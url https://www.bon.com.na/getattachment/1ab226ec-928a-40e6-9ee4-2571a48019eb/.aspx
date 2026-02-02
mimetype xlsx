--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Output Tables\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Output table\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF54E8D2-6062-4BC4-8D7A-CF615D626C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2648677A-40F9-4BC1-86A9-C1F99F011188}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="29016" windowHeight="16416" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR 201.xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="93">
   <si>
     <t>Description</t>
@@ -906,51 +906,51 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>60960</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>809625</xdr:colOff>
+      <xdr:colOff>815340</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>512445</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Return to Homepage">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6F31873-F882-4A64-9A3F-44895BCECF90}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -1268,64 +1268,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:N87"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9:H87"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44.88671875" customWidth="1"/>
     <col min="2" max="2" width="32.109375" customWidth="1"/>
     <col min="3" max="4" width="16" customWidth="1"/>
-    <col min="5" max="5" width="9.6640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="11.33203125" style="17" customWidth="1"/>
+    <col min="5" max="5" width="11.21875" customWidth="1"/>
+    <col min="6" max="6" width="12.6640625" customWidth="1"/>
+    <col min="7" max="8" width="11.33203125" style="17" customWidth="1"/>
     <col min="9" max="10" width="12" style="17" customWidth="1"/>
+    <col min="11" max="11" width="9.5546875" customWidth="1"/>
+    <col min="13" max="13" width="9.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="8"/>
       <c r="C3" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="18"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="29"/>
     </row>
     <row r="4" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="5"/>
       <c r="B4" s="27"/>
       <c r="C4" s="5" t="s">
@@ -1486,2393 +1487,2867 @@
       </c>
     </row>
     <row r="9" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A9" s="33" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13"/>
       <c r="C9" s="44">
         <v>1433226</v>
       </c>
       <c r="D9" s="44">
         <v>1252153</v>
       </c>
       <c r="E9" s="44">
         <v>1402884</v>
       </c>
       <c r="F9" s="45">
         <v>1356027</v>
       </c>
       <c r="G9" s="46">
         <v>1375168</v>
       </c>
       <c r="H9" s="46">
         <v>1333959</v>
       </c>
-      <c r="I9" s="46"/>
-[...1 lines deleted...]
-      <c r="K9" s="46"/>
+      <c r="I9" s="46">
+        <v>1389138</v>
+      </c>
+      <c r="J9" s="46">
+        <v>1402375</v>
+      </c>
+      <c r="K9" s="46">
+        <v>1360325</v>
+      </c>
       <c r="L9" s="46"/>
       <c r="M9" s="46"/>
       <c r="N9" s="46"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="49"/>
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="12">
         <v>18612</v>
       </c>
       <c r="D10" s="12">
         <v>21559</v>
       </c>
       <c r="E10" s="12">
         <v>25478</v>
       </c>
       <c r="F10" s="20">
         <v>20498</v>
       </c>
       <c r="G10" s="24">
         <v>18918</v>
       </c>
       <c r="H10" s="24">
         <v>13182</v>
       </c>
-      <c r="I10" s="24"/>
-[...1 lines deleted...]
-      <c r="K10" s="24"/>
+      <c r="I10" s="24">
+        <v>9956</v>
+      </c>
+      <c r="J10" s="24">
+        <v>13231</v>
+      </c>
+      <c r="K10" s="24">
+        <v>11083</v>
+      </c>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="49"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="10">
         <v>98624</v>
       </c>
       <c r="D11" s="10">
         <v>69465</v>
       </c>
       <c r="E11" s="10">
         <v>75017</v>
       </c>
       <c r="F11" s="21">
         <v>73150</v>
       </c>
       <c r="G11" s="25">
         <v>67598</v>
       </c>
       <c r="H11" s="25">
         <v>61321</v>
       </c>
-      <c r="I11" s="25"/>
-[...1 lines deleted...]
-      <c r="K11" s="25"/>
+      <c r="I11" s="25">
+        <v>60046</v>
+      </c>
+      <c r="J11" s="25">
+        <v>56176</v>
+      </c>
+      <c r="K11" s="25">
+        <v>50862</v>
+      </c>
       <c r="L11" s="25"/>
       <c r="M11" s="25"/>
       <c r="N11" s="25"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="49"/>
       <c r="B12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="12">
         <v>184874</v>
       </c>
       <c r="D12" s="12">
         <v>165387</v>
       </c>
       <c r="E12" s="12">
         <v>182308</v>
       </c>
       <c r="F12" s="20">
         <v>176592</v>
       </c>
       <c r="G12" s="24">
         <v>180482</v>
       </c>
       <c r="H12" s="24">
         <v>170393</v>
       </c>
-      <c r="I12" s="24"/>
-[...1 lines deleted...]
-      <c r="K12" s="24"/>
+      <c r="I12" s="24">
+        <v>175331</v>
+      </c>
+      <c r="J12" s="24">
+        <v>177639</v>
+      </c>
+      <c r="K12" s="24">
+        <v>178080</v>
+      </c>
       <c r="L12" s="24"/>
       <c r="M12" s="24"/>
       <c r="N12" s="24"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="49"/>
       <c r="B13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="10">
         <v>41</v>
       </c>
       <c r="D13" s="10">
         <v>14</v>
       </c>
       <c r="E13" s="10">
         <v>21</v>
       </c>
       <c r="F13" s="21">
         <v>59</v>
       </c>
       <c r="G13" s="25">
         <v>34</v>
       </c>
       <c r="H13" s="25">
         <v>2</v>
       </c>
-      <c r="I13" s="25"/>
-[...1 lines deleted...]
-      <c r="K13" s="25"/>
+      <c r="I13" s="25">
+        <v>7243</v>
+      </c>
+      <c r="J13" s="25">
+        <v>13082</v>
+      </c>
+      <c r="K13" s="25">
+        <v>8041</v>
+      </c>
       <c r="L13" s="25"/>
       <c r="M13" s="25"/>
       <c r="N13" s="25"/>
     </row>
     <row r="14" spans="1:14" ht="24" x14ac:dyDescent="0.25">
       <c r="A14" s="49"/>
       <c r="B14" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="12">
         <v>0</v>
       </c>
       <c r="D14" s="12">
         <v>0</v>
       </c>
       <c r="E14" s="12">
         <v>0</v>
       </c>
       <c r="F14" s="20">
         <v>0</v>
       </c>
       <c r="G14" s="24">
         <v>0</v>
       </c>
       <c r="H14" s="24">
         <v>0</v>
       </c>
-      <c r="I14" s="24"/>
-[...1 lines deleted...]
-      <c r="K14" s="24"/>
+      <c r="I14" s="24">
+        <v>0</v>
+      </c>
+      <c r="J14" s="24">
+        <v>0</v>
+      </c>
+      <c r="K14" s="24">
+        <v>0</v>
+      </c>
       <c r="L14" s="24"/>
       <c r="M14" s="24"/>
       <c r="N14" s="24"/>
     </row>
     <row r="15" spans="1:14" ht="24" x14ac:dyDescent="0.25">
       <c r="A15" s="49"/>
       <c r="B15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="10">
         <v>4542</v>
       </c>
       <c r="D15" s="10">
         <v>1934</v>
       </c>
       <c r="E15" s="10">
         <v>1446</v>
       </c>
       <c r="F15" s="21">
         <v>1852</v>
       </c>
       <c r="G15" s="25">
         <v>1146</v>
       </c>
       <c r="H15" s="25">
         <v>1829</v>
       </c>
-      <c r="I15" s="25"/>
-[...1 lines deleted...]
-      <c r="K15" s="25"/>
+      <c r="I15" s="25">
+        <v>4900</v>
+      </c>
+      <c r="J15" s="25">
+        <v>5289</v>
+      </c>
+      <c r="K15" s="25">
+        <v>5544</v>
+      </c>
       <c r="L15" s="25"/>
       <c r="M15" s="25"/>
       <c r="N15" s="25"/>
     </row>
     <row r="16" spans="1:14" ht="24" x14ac:dyDescent="0.25">
       <c r="A16" s="49"/>
       <c r="B16" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="12">
         <v>141439</v>
       </c>
       <c r="D16" s="12">
         <v>122916</v>
       </c>
       <c r="E16" s="12">
         <v>130771</v>
       </c>
       <c r="F16" s="20">
         <v>132116</v>
       </c>
       <c r="G16" s="24">
         <v>138034</v>
       </c>
       <c r="H16" s="24">
         <v>148017</v>
       </c>
-      <c r="I16" s="24"/>
-[...1 lines deleted...]
-      <c r="K16" s="24"/>
+      <c r="I16" s="24">
+        <v>146625</v>
+      </c>
+      <c r="J16" s="24">
+        <v>144530</v>
+      </c>
+      <c r="K16" s="24">
+        <v>141772</v>
+      </c>
       <c r="L16" s="24"/>
       <c r="M16" s="24"/>
       <c r="N16" s="24"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="49"/>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="10">
         <v>426052</v>
       </c>
       <c r="D17" s="10">
         <v>371187</v>
       </c>
       <c r="E17" s="10">
         <v>432386</v>
       </c>
       <c r="F17" s="21">
         <v>389739</v>
       </c>
       <c r="G17" s="25">
         <v>414965</v>
       </c>
       <c r="H17" s="25">
         <v>379327</v>
       </c>
-      <c r="I17" s="25"/>
-[...1 lines deleted...]
-      <c r="K17" s="25"/>
+      <c r="I17" s="25">
+        <v>417249</v>
+      </c>
+      <c r="J17" s="25">
+        <v>428529</v>
+      </c>
+      <c r="K17" s="25">
+        <v>406934</v>
+      </c>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A18" s="49"/>
       <c r="B18" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="12">
         <v>115872</v>
       </c>
       <c r="D18" s="12">
         <v>101876</v>
       </c>
       <c r="E18" s="12">
         <v>103795</v>
       </c>
       <c r="F18" s="20">
         <v>110566</v>
       </c>
       <c r="G18" s="24">
         <v>113017</v>
       </c>
       <c r="H18" s="24">
         <v>117539</v>
       </c>
-      <c r="I18" s="24"/>
-[...1 lines deleted...]
-      <c r="K18" s="24"/>
+      <c r="I18" s="24">
+        <v>99990</v>
+      </c>
+      <c r="J18" s="24">
+        <v>108377</v>
+      </c>
+      <c r="K18" s="24">
+        <v>105387</v>
+      </c>
       <c r="L18" s="24"/>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="49"/>
       <c r="B19" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="10">
         <v>131390</v>
       </c>
       <c r="D19" s="10">
         <v>118637</v>
       </c>
       <c r="E19" s="10">
         <v>131886</v>
       </c>
       <c r="F19" s="21">
         <v>125704</v>
       </c>
       <c r="G19" s="25">
         <v>134233</v>
       </c>
       <c r="H19" s="25">
         <v>140273</v>
       </c>
-      <c r="I19" s="25"/>
-[...1 lines deleted...]
-      <c r="K19" s="25"/>
+      <c r="I19" s="25">
+        <v>135581</v>
+      </c>
+      <c r="J19" s="25">
+        <v>137025</v>
+      </c>
+      <c r="K19" s="25">
+        <v>136405</v>
+      </c>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="49"/>
       <c r="B20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="12">
         <v>207058</v>
       </c>
       <c r="D20" s="12">
         <v>164389</v>
       </c>
       <c r="E20" s="12">
         <v>187058</v>
       </c>
       <c r="F20" s="20">
         <v>180966</v>
       </c>
       <c r="G20" s="24">
         <v>171897</v>
       </c>
       <c r="H20" s="24">
         <v>169863</v>
       </c>
-      <c r="I20" s="24"/>
-[...1 lines deleted...]
-      <c r="K20" s="24"/>
+      <c r="I20" s="24">
+        <v>203644</v>
+      </c>
+      <c r="J20" s="24">
+        <v>197522</v>
+      </c>
+      <c r="K20" s="24">
+        <v>201650</v>
+      </c>
       <c r="L20" s="24"/>
       <c r="M20" s="24"/>
       <c r="N20" s="24"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="49"/>
       <c r="B21" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="10">
         <v>118471</v>
       </c>
       <c r="D21" s="10">
         <v>111069</v>
       </c>
       <c r="E21" s="10">
         <v>120240</v>
       </c>
       <c r="F21" s="21">
         <v>112031</v>
       </c>
       <c r="G21" s="25">
         <v>113726</v>
       </c>
       <c r="H21" s="25">
         <v>100949</v>
       </c>
-      <c r="I21" s="25"/>
-[...1 lines deleted...]
-      <c r="K21" s="25"/>
+      <c r="I21" s="25">
+        <v>109278</v>
+      </c>
+      <c r="J21" s="25">
+        <v>94894</v>
+      </c>
+      <c r="K21" s="25">
+        <v>108386</v>
+      </c>
       <c r="L21" s="25"/>
       <c r="M21" s="25"/>
       <c r="N21" s="25"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="49"/>
       <c r="B22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="12">
         <v>10232</v>
       </c>
       <c r="D22" s="12">
         <v>9583</v>
       </c>
       <c r="E22" s="12">
         <v>10174</v>
       </c>
       <c r="F22" s="20">
         <v>10061</v>
       </c>
       <c r="G22" s="24">
         <v>10139</v>
       </c>
       <c r="H22" s="24">
         <v>10149</v>
       </c>
-      <c r="I22" s="24"/>
-[...1 lines deleted...]
-      <c r="K22" s="24"/>
+      <c r="I22" s="24">
+        <v>10338</v>
+      </c>
+      <c r="J22" s="24">
+        <v>10257</v>
+      </c>
+      <c r="K22" s="24">
+        <v>10392</v>
+      </c>
       <c r="L22" s="24"/>
       <c r="M22" s="24"/>
       <c r="N22" s="24"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="49"/>
       <c r="B23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="10">
         <v>904</v>
       </c>
       <c r="D23" s="10">
         <v>128</v>
       </c>
       <c r="E23" s="10">
         <v>195</v>
       </c>
       <c r="F23" s="21">
         <v>600</v>
       </c>
       <c r="G23" s="25">
         <v>61</v>
       </c>
       <c r="H23" s="25">
         <v>218</v>
       </c>
-      <c r="I23" s="25"/>
-[...1 lines deleted...]
-      <c r="K23" s="25"/>
+      <c r="I23" s="25">
+        <v>563</v>
+      </c>
+      <c r="J23" s="25">
+        <v>0</v>
+      </c>
+      <c r="K23" s="25">
+        <v>121</v>
+      </c>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
       <c r="N23" s="25"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A24" s="49"/>
       <c r="B24" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="12">
         <v>98</v>
       </c>
       <c r="D24" s="12">
         <v>147</v>
       </c>
       <c r="E24" s="12">
         <v>0</v>
       </c>
       <c r="F24" s="20">
         <v>139</v>
       </c>
       <c r="G24" s="24">
         <v>0</v>
       </c>
       <c r="H24" s="24">
         <v>1781</v>
       </c>
-      <c r="I24" s="24"/>
-[...1 lines deleted...]
-      <c r="K24" s="24"/>
+      <c r="I24" s="24">
+        <v>0</v>
+      </c>
+      <c r="J24" s="24">
+        <v>0</v>
+      </c>
+      <c r="K24" s="24">
+        <v>0</v>
+      </c>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A25" s="49"/>
       <c r="B25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="10">
         <v>10204</v>
       </c>
       <c r="D25" s="10">
         <v>9029</v>
       </c>
       <c r="E25" s="10">
         <v>9904</v>
       </c>
       <c r="F25" s="21">
         <v>9578</v>
       </c>
       <c r="G25" s="25">
         <v>9889</v>
       </c>
       <c r="H25" s="25">
         <v>9552</v>
       </c>
-      <c r="I25" s="25"/>
-[...1 lines deleted...]
-      <c r="K25" s="25"/>
+      <c r="I25" s="25">
+        <v>9079</v>
+      </c>
+      <c r="J25" s="25">
+        <v>8996</v>
+      </c>
+      <c r="K25" s="25">
+        <v>8651</v>
+      </c>
       <c r="L25" s="25"/>
       <c r="M25" s="25"/>
       <c r="N25" s="25"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A26" s="49"/>
       <c r="B26" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="12">
         <v>2343</v>
       </c>
       <c r="D26" s="12">
         <v>2034</v>
       </c>
       <c r="E26" s="12">
         <v>2690</v>
       </c>
       <c r="F26" s="20">
         <v>1938</v>
       </c>
       <c r="G26" s="24">
         <v>2295</v>
       </c>
       <c r="H26" s="24">
         <v>17391</v>
       </c>
-      <c r="I26" s="24"/>
-[...1 lines deleted...]
-      <c r="K26" s="24"/>
+      <c r="I26" s="24">
+        <v>5156</v>
+      </c>
+      <c r="J26" s="24">
+        <v>3659</v>
+      </c>
+      <c r="K26" s="24">
+        <v>3084</v>
+      </c>
       <c r="L26" s="24"/>
       <c r="M26" s="24"/>
       <c r="N26" s="24"/>
     </row>
     <row r="27" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="33" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="14">
         <v>37530</v>
       </c>
       <c r="D27" s="14">
         <v>17201</v>
       </c>
       <c r="E27" s="14">
         <v>10485</v>
       </c>
       <c r="F27" s="19">
         <v>-10438</v>
       </c>
       <c r="G27" s="23">
         <v>1266</v>
       </c>
       <c r="H27" s="23">
         <v>7827</v>
       </c>
-      <c r="I27" s="48"/>
-[...1 lines deleted...]
-      <c r="K27" s="48"/>
+      <c r="I27" s="48">
+        <v>5841</v>
+      </c>
+      <c r="J27" s="48">
+        <v>-3169</v>
+      </c>
+      <c r="K27" s="48">
+        <v>16067</v>
+      </c>
       <c r="L27" s="48"/>
       <c r="M27" s="48"/>
       <c r="N27" s="48"/>
     </row>
     <row r="28" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A28" s="35" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="16">
         <v>673132</v>
       </c>
       <c r="D28" s="16">
         <v>586651</v>
       </c>
       <c r="E28" s="16">
         <v>631386</v>
       </c>
       <c r="F28" s="22">
         <v>616119</v>
       </c>
       <c r="G28" s="26">
         <v>615346</v>
       </c>
       <c r="H28" s="26">
         <v>588883</v>
       </c>
-      <c r="I28" s="26"/>
-[...1 lines deleted...]
-      <c r="K28" s="26"/>
+      <c r="I28" s="26">
+        <v>600833</v>
+      </c>
+      <c r="J28" s="26">
+        <v>605911</v>
+      </c>
+      <c r="K28" s="26">
+        <v>575238</v>
+      </c>
       <c r="L28" s="26"/>
       <c r="M28" s="26"/>
       <c r="N28" s="26"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="50"/>
       <c r="B29" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="10">
         <v>26776</v>
       </c>
       <c r="D29" s="10">
         <v>7497</v>
       </c>
       <c r="E29" s="10">
         <v>7516</v>
       </c>
       <c r="F29" s="21">
         <v>7427</v>
       </c>
       <c r="G29" s="25">
         <v>8675</v>
       </c>
       <c r="H29" s="25">
         <v>8735</v>
       </c>
-      <c r="I29" s="25"/>
-[...1 lines deleted...]
-      <c r="K29" s="25"/>
+      <c r="I29" s="25">
+        <v>11957</v>
+      </c>
+      <c r="J29" s="25">
+        <v>10402</v>
+      </c>
+      <c r="K29" s="25">
+        <v>8461</v>
+      </c>
       <c r="L29" s="25"/>
       <c r="M29" s="25"/>
       <c r="N29" s="25"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="50"/>
       <c r="B30" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="12">
         <v>3635</v>
       </c>
       <c r="D30" s="12">
         <v>1826</v>
       </c>
       <c r="E30" s="12">
         <v>3465</v>
       </c>
       <c r="F30" s="20">
         <v>3589</v>
       </c>
       <c r="G30" s="24">
         <v>2115</v>
       </c>
       <c r="H30" s="24">
         <v>3947</v>
       </c>
-      <c r="I30" s="24"/>
-[...1 lines deleted...]
-      <c r="K30" s="24"/>
+      <c r="I30" s="24">
+        <v>2603</v>
+      </c>
+      <c r="J30" s="24">
+        <v>2806</v>
+      </c>
+      <c r="K30" s="24">
+        <v>2644</v>
+      </c>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A31" s="50"/>
       <c r="B31" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="10">
         <v>3021</v>
       </c>
       <c r="D31" s="10">
         <v>2859</v>
       </c>
       <c r="E31" s="10">
         <v>3131</v>
       </c>
       <c r="F31" s="21">
         <v>2630</v>
       </c>
       <c r="G31" s="25">
         <v>3127</v>
       </c>
       <c r="H31" s="25">
         <v>2829</v>
       </c>
-      <c r="I31" s="25"/>
-[...1 lines deleted...]
-      <c r="K31" s="25"/>
+      <c r="I31" s="25">
+        <v>2778</v>
+      </c>
+      <c r="J31" s="25">
+        <v>3075</v>
+      </c>
+      <c r="K31" s="25">
+        <v>2906</v>
+      </c>
       <c r="L31" s="25"/>
       <c r="M31" s="25"/>
       <c r="N31" s="25"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A32" s="50"/>
       <c r="B32" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="12">
         <v>0</v>
       </c>
       <c r="D32" s="12">
         <v>5</v>
       </c>
       <c r="E32" s="12">
         <v>2</v>
       </c>
       <c r="F32" s="20">
         <v>41</v>
       </c>
       <c r="G32" s="24">
         <v>3</v>
       </c>
       <c r="H32" s="24">
         <v>-20</v>
       </c>
-      <c r="I32" s="24"/>
-[...1 lines deleted...]
-      <c r="K32" s="24"/>
+      <c r="I32" s="24">
+        <v>2</v>
+      </c>
+      <c r="J32" s="24">
+        <v>1</v>
+      </c>
+      <c r="K32" s="24">
+        <v>2</v>
+      </c>
       <c r="L32" s="24"/>
       <c r="M32" s="24"/>
       <c r="N32" s="24"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A33" s="50"/>
       <c r="B33" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="10">
         <v>1015</v>
       </c>
       <c r="D33" s="10">
         <v>882</v>
       </c>
       <c r="E33" s="10">
         <v>927</v>
       </c>
       <c r="F33" s="21">
         <v>864</v>
       </c>
       <c r="G33" s="25">
         <v>874</v>
       </c>
       <c r="H33" s="25">
         <v>828</v>
       </c>
-      <c r="I33" s="25"/>
-[...1 lines deleted...]
-      <c r="K33" s="25"/>
+      <c r="I33" s="25">
+        <v>836</v>
+      </c>
+      <c r="J33" s="25">
+        <v>818</v>
+      </c>
+      <c r="K33" s="25">
+        <v>773</v>
+      </c>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="25"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A34" s="50"/>
       <c r="B34" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="12">
         <v>81394</v>
       </c>
       <c r="D34" s="12">
         <v>71678</v>
       </c>
       <c r="E34" s="12">
         <v>77039</v>
       </c>
       <c r="F34" s="20">
         <v>74129</v>
       </c>
       <c r="G34" s="24">
         <v>78444</v>
       </c>
       <c r="H34" s="24">
         <v>79058</v>
       </c>
-      <c r="I34" s="24"/>
-[...1 lines deleted...]
-      <c r="K34" s="24"/>
+      <c r="I34" s="24">
+        <v>82400</v>
+      </c>
+      <c r="J34" s="24">
+        <v>81629</v>
+      </c>
+      <c r="K34" s="24">
+        <v>79651</v>
+      </c>
       <c r="L34" s="24"/>
       <c r="M34" s="24"/>
       <c r="N34" s="24"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="50"/>
       <c r="B35" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="10">
         <v>197840</v>
       </c>
       <c r="D35" s="10">
         <v>181516</v>
       </c>
       <c r="E35" s="10">
         <v>197133</v>
       </c>
       <c r="F35" s="21">
         <v>194563</v>
       </c>
       <c r="G35" s="25">
         <v>190341</v>
       </c>
       <c r="H35" s="25">
         <v>178978</v>
       </c>
-      <c r="I35" s="25"/>
-[...1 lines deleted...]
-      <c r="K35" s="25"/>
+      <c r="I35" s="25">
+        <v>181838</v>
+      </c>
+      <c r="J35" s="25">
+        <v>188687</v>
+      </c>
+      <c r="K35" s="25">
+        <v>174966</v>
+      </c>
       <c r="L35" s="25"/>
       <c r="M35" s="25"/>
       <c r="N35" s="25"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="50"/>
       <c r="B36" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="12">
         <v>13510</v>
       </c>
       <c r="D36" s="12">
         <v>11722</v>
       </c>
       <c r="E36" s="12">
         <v>11647</v>
       </c>
       <c r="F36" s="20">
         <v>11281</v>
       </c>
       <c r="G36" s="24">
         <v>11896</v>
       </c>
       <c r="H36" s="24">
         <v>11777</v>
       </c>
-      <c r="I36" s="24"/>
-[...1 lines deleted...]
-      <c r="K36" s="24"/>
+      <c r="I36" s="24">
+        <v>12452</v>
+      </c>
+      <c r="J36" s="24">
+        <v>12100</v>
+      </c>
+      <c r="K36" s="24">
+        <v>11973</v>
+      </c>
       <c r="L36" s="24"/>
       <c r="M36" s="24"/>
       <c r="N36" s="24"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A37" s="50"/>
       <c r="B37" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="10">
         <v>139233</v>
       </c>
       <c r="D37" s="10">
         <v>124544</v>
       </c>
       <c r="E37" s="10">
         <v>135718</v>
       </c>
       <c r="F37" s="21">
         <v>132386</v>
       </c>
       <c r="G37" s="25">
         <v>131302</v>
       </c>
       <c r="H37" s="25">
         <v>126268</v>
       </c>
-      <c r="I37" s="25"/>
-[...1 lines deleted...]
-      <c r="K37" s="25"/>
+      <c r="I37" s="25">
+        <v>131809</v>
+      </c>
+      <c r="J37" s="25">
+        <v>133686</v>
+      </c>
+      <c r="K37" s="25">
+        <v>131115</v>
+      </c>
       <c r="L37" s="25"/>
       <c r="M37" s="25"/>
       <c r="N37" s="25"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A38" s="50"/>
       <c r="B38" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="12">
         <v>139084</v>
       </c>
       <c r="D38" s="12">
         <v>124304</v>
       </c>
       <c r="E38" s="12">
         <v>129942</v>
       </c>
       <c r="F38" s="20">
         <v>122637</v>
       </c>
       <c r="G38" s="24">
         <v>121499</v>
       </c>
       <c r="H38" s="24">
         <v>111642</v>
       </c>
-      <c r="I38" s="24"/>
-[...1 lines deleted...]
-      <c r="K38" s="24"/>
+      <c r="I38" s="24">
+        <v>110951</v>
+      </c>
+      <c r="J38" s="24">
+        <v>108992</v>
+      </c>
+      <c r="K38" s="24">
+        <v>100505</v>
+      </c>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
       <c r="N38" s="24"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" s="50"/>
       <c r="B39" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="10">
         <v>6789</v>
       </c>
       <c r="D39" s="10">
         <v>6810</v>
       </c>
       <c r="E39" s="10">
         <v>7611</v>
       </c>
       <c r="F39" s="21">
         <v>9079</v>
       </c>
       <c r="G39" s="25">
         <v>7873</v>
       </c>
       <c r="H39" s="25">
         <v>8021</v>
       </c>
-      <c r="I39" s="25"/>
-[...1 lines deleted...]
-      <c r="K39" s="25"/>
+      <c r="I39" s="25">
+        <v>6945</v>
+      </c>
+      <c r="J39" s="25">
+        <v>6405</v>
+      </c>
+      <c r="K39" s="25">
+        <v>6971</v>
+      </c>
       <c r="L39" s="25"/>
       <c r="M39" s="25"/>
       <c r="N39" s="25"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" s="50"/>
       <c r="B40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="12">
         <v>0</v>
       </c>
       <c r="D40" s="12">
         <v>0</v>
       </c>
       <c r="E40" s="12">
         <v>0</v>
       </c>
       <c r="F40" s="20">
         <v>0</v>
       </c>
       <c r="G40" s="24">
         <v>0</v>
       </c>
       <c r="H40" s="24">
         <v>0</v>
       </c>
-      <c r="I40" s="24"/>
-[...1 lines deleted...]
-      <c r="K40" s="24"/>
+      <c r="I40" s="24">
+        <v>0</v>
+      </c>
+      <c r="J40" s="24">
+        <v>0</v>
+      </c>
+      <c r="K40" s="24">
+        <v>0</v>
+      </c>
       <c r="L40" s="24"/>
       <c r="M40" s="24"/>
       <c r="N40" s="24"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A41" s="50"/>
       <c r="B41" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="10">
         <v>38207</v>
       </c>
       <c r="D41" s="10">
         <v>32636</v>
       </c>
       <c r="E41" s="10">
         <v>34440</v>
       </c>
       <c r="F41" s="21">
         <v>33344</v>
       </c>
       <c r="G41" s="25">
         <v>33985</v>
       </c>
       <c r="H41" s="25">
         <v>32744</v>
       </c>
-      <c r="I41" s="25"/>
-[...1 lines deleted...]
-      <c r="K41" s="25"/>
+      <c r="I41" s="25">
+        <v>32478</v>
+      </c>
+      <c r="J41" s="25">
+        <v>32642</v>
+      </c>
+      <c r="K41" s="25">
+        <v>31751</v>
+      </c>
       <c r="L41" s="25"/>
       <c r="M41" s="25"/>
       <c r="N41" s="25"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" s="50"/>
       <c r="B42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C42" s="12">
         <v>0</v>
       </c>
       <c r="D42" s="12">
         <v>0</v>
       </c>
       <c r="E42" s="12">
         <v>0</v>
       </c>
       <c r="F42" s="20">
         <v>0</v>
       </c>
       <c r="G42" s="24">
         <v>0</v>
       </c>
       <c r="H42" s="24">
         <v>1293</v>
       </c>
-      <c r="I42" s="24"/>
-[...1 lines deleted...]
-      <c r="K42" s="24"/>
+      <c r="I42" s="24">
+        <v>1055</v>
+      </c>
+      <c r="J42" s="24">
+        <v>1335</v>
+      </c>
+      <c r="K42" s="24">
+        <v>0</v>
+      </c>
       <c r="L42" s="24"/>
       <c r="M42" s="24"/>
       <c r="N42" s="24"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="50"/>
       <c r="B43" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="10">
         <v>22628</v>
       </c>
       <c r="D43" s="10">
         <v>20372</v>
       </c>
       <c r="E43" s="10">
         <v>22815</v>
       </c>
       <c r="F43" s="21">
         <v>24149</v>
       </c>
       <c r="G43" s="25">
         <v>25212</v>
       </c>
       <c r="H43" s="25">
         <v>22783</v>
       </c>
-      <c r="I43" s="25"/>
-[...1 lines deleted...]
-      <c r="K43" s="25"/>
+      <c r="I43" s="25">
+        <v>22729</v>
+      </c>
+      <c r="J43" s="25">
+        <v>23333</v>
+      </c>
+      <c r="K43" s="25">
+        <v>23520</v>
+      </c>
       <c r="L43" s="25"/>
       <c r="M43" s="25"/>
       <c r="N43" s="25"/>
     </row>
     <row r="44" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="35" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="15"/>
       <c r="C44" s="16">
         <v>760094</v>
       </c>
       <c r="D44" s="16">
         <v>665502</v>
       </c>
       <c r="E44" s="16">
         <v>771498</v>
       </c>
       <c r="F44" s="22">
         <v>739908</v>
       </c>
       <c r="G44" s="26">
         <v>759822</v>
       </c>
       <c r="H44" s="26">
         <v>745076</v>
       </c>
-      <c r="I44" s="26"/>
-[...1 lines deleted...]
-      <c r="K44" s="26"/>
+      <c r="I44" s="26">
+        <v>788305</v>
+      </c>
+      <c r="J44" s="26">
+        <v>796464</v>
+      </c>
+      <c r="K44" s="26">
+        <v>785087</v>
+      </c>
       <c r="L44" s="26"/>
       <c r="M44" s="26"/>
       <c r="N44" s="26"/>
     </row>
     <row r="45" spans="1:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="33" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="13"/>
       <c r="C45" s="14">
         <v>143941</v>
       </c>
       <c r="D45" s="14">
         <v>88612</v>
       </c>
       <c r="E45" s="14">
         <v>93638</v>
       </c>
       <c r="F45" s="19">
         <v>-31597</v>
       </c>
       <c r="G45" s="23">
         <v>60136</v>
       </c>
       <c r="H45" s="23">
         <v>89670</v>
       </c>
-      <c r="I45" s="23"/>
-[...1 lines deleted...]
-      <c r="K45" s="23"/>
+      <c r="I45" s="23">
+        <v>47182</v>
+      </c>
+      <c r="J45" s="23">
+        <v>49033</v>
+      </c>
+      <c r="K45" s="23">
+        <v>135487</v>
+      </c>
       <c r="L45" s="23"/>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A46" s="49"/>
       <c r="B46" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C46" s="12">
         <v>96603</v>
       </c>
       <c r="D46" s="12">
         <v>21573</v>
       </c>
       <c r="E46" s="12">
         <v>40133</v>
       </c>
       <c r="F46" s="20">
         <v>22091</v>
       </c>
       <c r="G46" s="24">
         <v>-10010</v>
       </c>
       <c r="H46" s="24">
         <v>88819</v>
       </c>
-      <c r="I46" s="24"/>
-[...1 lines deleted...]
-      <c r="K46" s="24"/>
+      <c r="I46" s="24">
+        <v>14974</v>
+      </c>
+      <c r="J46" s="24">
+        <v>9041</v>
+      </c>
+      <c r="K46" s="24">
+        <v>121674</v>
+      </c>
       <c r="L46" s="24"/>
       <c r="M46" s="24"/>
       <c r="N46" s="24"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A47" s="49"/>
       <c r="B47" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C47" s="10">
         <v>11816</v>
       </c>
       <c r="D47" s="10">
         <v>61155</v>
       </c>
       <c r="E47" s="10">
         <v>50202</v>
       </c>
       <c r="F47" s="21">
         <v>28090</v>
       </c>
       <c r="G47" s="25">
         <v>85005</v>
       </c>
       <c r="H47" s="25">
         <v>72471</v>
       </c>
-      <c r="I47" s="25"/>
-[...1 lines deleted...]
-      <c r="K47" s="25"/>
+      <c r="I47" s="25">
+        <v>36136</v>
+      </c>
+      <c r="J47" s="25">
+        <v>22887</v>
+      </c>
+      <c r="K47" s="25">
+        <v>27127</v>
+      </c>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="25"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A48" s="49"/>
       <c r="B48" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C48" s="12">
         <v>37337</v>
       </c>
       <c r="D48" s="12">
         <v>8209</v>
       </c>
       <c r="E48" s="12">
         <v>17082</v>
       </c>
       <c r="F48" s="20">
         <v>-73366</v>
       </c>
       <c r="G48" s="24">
         <v>-5452</v>
       </c>
       <c r="H48" s="24">
         <v>-40902</v>
       </c>
-      <c r="I48" s="24"/>
-[...1 lines deleted...]
-      <c r="K48" s="24"/>
+      <c r="I48" s="24">
+        <v>26193</v>
+      </c>
+      <c r="J48" s="24">
+        <v>20519</v>
+      </c>
+      <c r="K48" s="24">
+        <v>14906</v>
+      </c>
       <c r="L48" s="24"/>
       <c r="M48" s="24"/>
       <c r="N48" s="24"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A49" s="49"/>
       <c r="B49" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C49" s="10">
         <v>-1815</v>
       </c>
       <c r="D49" s="10">
         <v>-2325</v>
       </c>
       <c r="E49" s="10">
         <v>-13779</v>
       </c>
       <c r="F49" s="21">
         <v>-8412</v>
       </c>
       <c r="G49" s="25">
         <v>-9407</v>
       </c>
       <c r="H49" s="25">
         <v>-30718</v>
       </c>
-      <c r="I49" s="25"/>
-[...1 lines deleted...]
-      <c r="K49" s="25"/>
+      <c r="I49" s="25">
+        <v>-30121</v>
+      </c>
+      <c r="J49" s="25">
+        <v>-3414</v>
+      </c>
+      <c r="K49" s="25">
+        <v>-28220</v>
+      </c>
       <c r="L49" s="25"/>
       <c r="M49" s="25"/>
       <c r="N49" s="25"/>
     </row>
     <row r="50" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="35" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="15"/>
       <c r="C50" s="16">
         <v>445830</v>
       </c>
       <c r="D50" s="16">
         <v>425244</v>
       </c>
       <c r="E50" s="16">
         <v>448738</v>
       </c>
       <c r="F50" s="22">
         <v>452641</v>
       </c>
       <c r="G50" s="26">
         <v>472672</v>
       </c>
       <c r="H50" s="26">
         <v>488668</v>
       </c>
-      <c r="I50" s="26"/>
-[...1 lines deleted...]
-      <c r="K50" s="26"/>
+      <c r="I50" s="26">
+        <v>446698</v>
+      </c>
+      <c r="J50" s="26">
+        <v>462864</v>
+      </c>
+      <c r="K50" s="26">
+        <v>475596</v>
+      </c>
       <c r="L50" s="26"/>
       <c r="M50" s="26"/>
       <c r="N50" s="26"/>
     </row>
     <row r="51" spans="1:14" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="50"/>
       <c r="B51" s="51" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="10">
         <v>411409</v>
       </c>
       <c r="D51" s="10">
         <v>387815</v>
       </c>
       <c r="E51" s="10">
         <v>414513</v>
       </c>
       <c r="F51" s="21">
         <v>411988</v>
       </c>
       <c r="G51" s="25">
         <v>413129</v>
       </c>
       <c r="H51" s="25">
         <v>375715</v>
       </c>
-      <c r="I51" s="25"/>
-[...1 lines deleted...]
-      <c r="K51" s="25"/>
+      <c r="I51" s="25">
+        <v>416945</v>
+      </c>
+      <c r="J51" s="25">
+        <v>430989</v>
+      </c>
+      <c r="K51" s="25">
+        <v>448890</v>
+      </c>
       <c r="L51" s="25"/>
       <c r="M51" s="25"/>
       <c r="N51" s="25"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A52" s="50"/>
       <c r="B52" s="51"/>
       <c r="C52" s="12">
         <v>388829</v>
       </c>
       <c r="D52" s="12">
         <v>366063</v>
       </c>
       <c r="E52" s="12">
         <v>390414</v>
       </c>
       <c r="F52" s="20">
         <v>387421</v>
       </c>
       <c r="G52" s="24">
         <v>388122</v>
       </c>
       <c r="H52" s="24">
         <v>351647</v>
       </c>
-      <c r="I52" s="24"/>
-[...1 lines deleted...]
-      <c r="K52" s="24"/>
+      <c r="I52" s="24">
+        <v>391775</v>
+      </c>
+      <c r="J52" s="24">
+        <v>406380</v>
+      </c>
+      <c r="K52" s="24">
+        <v>422728</v>
+      </c>
       <c r="L52" s="24"/>
       <c r="M52" s="24"/>
       <c r="N52" s="24"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A53" s="50"/>
       <c r="B53" s="51"/>
       <c r="C53" s="10">
         <v>22580</v>
       </c>
       <c r="D53" s="10">
         <v>21752</v>
       </c>
       <c r="E53" s="10">
         <v>24099</v>
       </c>
       <c r="F53" s="21">
         <v>24567</v>
       </c>
       <c r="G53" s="25">
         <v>25007</v>
       </c>
       <c r="H53" s="25">
         <v>24068</v>
       </c>
-      <c r="I53" s="25"/>
-[...1 lines deleted...]
-      <c r="K53" s="25"/>
+      <c r="I53" s="25">
+        <v>25170</v>
+      </c>
+      <c r="J53" s="25">
+        <v>24609</v>
+      </c>
+      <c r="K53" s="25">
+        <v>26162</v>
+      </c>
       <c r="L53" s="25"/>
       <c r="M53" s="25"/>
       <c r="N53" s="25"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A54" s="50"/>
       <c r="B54" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="12">
         <v>34421</v>
       </c>
       <c r="D54" s="12">
         <v>37429</v>
       </c>
       <c r="E54" s="12">
         <v>34225</v>
       </c>
       <c r="F54" s="20">
         <v>40653</v>
       </c>
       <c r="G54" s="24">
         <v>59543</v>
       </c>
       <c r="H54" s="24">
         <v>112953</v>
       </c>
-      <c r="I54" s="24"/>
-[...1 lines deleted...]
-      <c r="K54" s="24"/>
+      <c r="I54" s="24">
+        <v>29753</v>
+      </c>
+      <c r="J54" s="24">
+        <v>31875</v>
+      </c>
+      <c r="K54" s="24">
+        <v>26706</v>
+      </c>
       <c r="L54" s="24"/>
       <c r="M54" s="24"/>
       <c r="N54" s="24"/>
     </row>
     <row r="55" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="33" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="14">
         <v>99515</v>
       </c>
       <c r="D55" s="14">
         <v>118001</v>
       </c>
       <c r="E55" s="14">
         <v>125332</v>
       </c>
       <c r="F55" s="19">
         <v>120012</v>
       </c>
       <c r="G55" s="23">
         <v>108869</v>
       </c>
       <c r="H55" s="23">
         <v>58109</v>
       </c>
-      <c r="I55" s="23"/>
-[...1 lines deleted...]
-      <c r="K55" s="23"/>
+      <c r="I55" s="23">
+        <v>123234</v>
+      </c>
+      <c r="J55" s="23">
+        <v>98625</v>
+      </c>
+      <c r="K55" s="23">
+        <v>115545</v>
+      </c>
       <c r="L55" s="23"/>
       <c r="M55" s="23"/>
       <c r="N55" s="23"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A56" s="49"/>
       <c r="B56" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C56" s="12">
         <v>37183</v>
       </c>
       <c r="D56" s="12">
         <v>42341</v>
       </c>
       <c r="E56" s="12">
         <v>52979</v>
       </c>
       <c r="F56" s="20">
         <v>112227</v>
       </c>
       <c r="G56" s="24">
         <v>15565</v>
       </c>
       <c r="H56" s="24">
         <v>23035</v>
       </c>
-      <c r="I56" s="24"/>
-[...1 lines deleted...]
-      <c r="K56" s="24"/>
+      <c r="I56" s="24">
+        <v>47919</v>
+      </c>
+      <c r="J56" s="24">
+        <v>36928</v>
+      </c>
+      <c r="K56" s="24">
+        <v>31763</v>
+      </c>
       <c r="L56" s="24"/>
       <c r="M56" s="24"/>
       <c r="N56" s="24"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A57" s="49"/>
       <c r="B57" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="10">
         <v>0</v>
       </c>
       <c r="D57" s="10">
         <v>0</v>
       </c>
       <c r="E57" s="10">
         <v>0</v>
       </c>
       <c r="F57" s="21">
         <v>0</v>
       </c>
       <c r="G57" s="25">
         <v>0</v>
       </c>
       <c r="H57" s="25">
         <v>0</v>
       </c>
-      <c r="I57" s="25"/>
-[...1 lines deleted...]
-      <c r="K57" s="25"/>
+      <c r="I57" s="25">
+        <v>0</v>
+      </c>
+      <c r="J57" s="25">
+        <v>0</v>
+      </c>
+      <c r="K57" s="25">
+        <v>0</v>
+      </c>
       <c r="L57" s="25"/>
       <c r="M57" s="25"/>
       <c r="N57" s="25"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A58" s="49"/>
       <c r="B58" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C58" s="12">
         <v>3322</v>
       </c>
       <c r="D58" s="12">
         <v>21676</v>
       </c>
       <c r="E58" s="12">
         <v>13036</v>
       </c>
       <c r="F58" s="20">
         <v>-53923</v>
       </c>
       <c r="G58" s="24">
         <v>36623</v>
       </c>
       <c r="H58" s="24">
         <v>-32137</v>
       </c>
-      <c r="I58" s="24"/>
-[...1 lines deleted...]
-      <c r="K58" s="24"/>
+      <c r="I58" s="24">
+        <v>7573</v>
+      </c>
+      <c r="J58" s="24">
+        <v>1370</v>
+      </c>
+      <c r="K58" s="24">
+        <v>11879</v>
+      </c>
       <c r="L58" s="24"/>
       <c r="M58" s="24"/>
       <c r="N58" s="24"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A59" s="49"/>
       <c r="B59" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C59" s="10">
         <v>59010</v>
       </c>
       <c r="D59" s="10">
         <v>53984</v>
       </c>
       <c r="E59" s="10">
         <v>59317</v>
       </c>
       <c r="F59" s="21">
         <v>61708</v>
       </c>
       <c r="G59" s="25">
         <v>56681</v>
       </c>
       <c r="H59" s="25">
         <v>67211</v>
       </c>
-      <c r="I59" s="25"/>
-[...1 lines deleted...]
-      <c r="K59" s="25"/>
+      <c r="I59" s="25">
+        <v>67742</v>
+      </c>
+      <c r="J59" s="25">
+        <v>60327</v>
+      </c>
+      <c r="K59" s="25">
+        <v>71903</v>
+      </c>
       <c r="L59" s="25"/>
       <c r="M59" s="25"/>
       <c r="N59" s="25"/>
     </row>
     <row r="60" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="35" t="s">
         <v>59</v>
       </c>
       <c r="B60" s="15"/>
       <c r="C60" s="16">
         <v>16427</v>
       </c>
       <c r="D60" s="16">
         <v>12683</v>
       </c>
       <c r="E60" s="16">
         <v>13624</v>
       </c>
       <c r="F60" s="22">
         <v>13523</v>
       </c>
       <c r="G60" s="26">
         <v>14609</v>
       </c>
       <c r="H60" s="26">
         <v>11950</v>
       </c>
-      <c r="I60" s="26"/>
-[...1 lines deleted...]
-      <c r="K60" s="26"/>
+      <c r="I60" s="26">
+        <v>10908</v>
+      </c>
+      <c r="J60" s="26">
+        <v>10894</v>
+      </c>
+      <c r="K60" s="26">
+        <v>10701</v>
+      </c>
       <c r="L60" s="26"/>
       <c r="M60" s="26"/>
       <c r="N60" s="26"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A61" s="50"/>
       <c r="B61" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="10">
         <v>995</v>
       </c>
       <c r="D61" s="10">
         <v>901</v>
       </c>
       <c r="E61" s="10">
         <v>983</v>
       </c>
       <c r="F61" s="21">
         <v>942</v>
       </c>
       <c r="G61" s="25">
         <v>894</v>
       </c>
       <c r="H61" s="25">
         <v>573</v>
       </c>
-      <c r="I61" s="25"/>
-[...1 lines deleted...]
-      <c r="K61" s="25"/>
+      <c r="I61" s="25">
+        <v>438</v>
+      </c>
+      <c r="J61" s="25">
+        <v>446</v>
+      </c>
+      <c r="K61" s="25">
+        <v>709</v>
+      </c>
       <c r="L61" s="25"/>
       <c r="M61" s="25"/>
       <c r="N61" s="25"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A62" s="50"/>
       <c r="B62" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="12">
         <v>0</v>
       </c>
       <c r="D62" s="12">
         <v>0</v>
       </c>
       <c r="E62" s="12">
         <v>0</v>
       </c>
       <c r="F62" s="20">
         <v>0</v>
       </c>
       <c r="G62" s="24">
         <v>0</v>
       </c>
       <c r="H62" s="24">
         <v>0</v>
       </c>
-      <c r="I62" s="24"/>
-[...1 lines deleted...]
-      <c r="K62" s="24"/>
+      <c r="I62" s="24">
+        <v>0</v>
+      </c>
+      <c r="J62" s="24">
+        <v>0</v>
+      </c>
+      <c r="K62" s="24">
+        <v>0</v>
+      </c>
       <c r="L62" s="24"/>
       <c r="M62" s="24"/>
       <c r="N62" s="24"/>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A63" s="50"/>
       <c r="B63" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C63" s="10">
         <v>2753</v>
       </c>
       <c r="D63" s="10">
         <v>277</v>
       </c>
       <c r="E63" s="10">
         <v>336</v>
       </c>
       <c r="F63" s="21">
         <v>597</v>
       </c>
       <c r="G63" s="25">
         <v>1265</v>
       </c>
       <c r="H63" s="25">
         <v>-454</v>
       </c>
-      <c r="I63" s="25"/>
-[...1 lines deleted...]
-      <c r="K63" s="25"/>
+      <c r="I63" s="25">
+        <v>-114</v>
+      </c>
+      <c r="J63" s="25">
+        <v>-62</v>
+      </c>
+      <c r="K63" s="25">
+        <v>-132</v>
+      </c>
       <c r="L63" s="25"/>
       <c r="M63" s="25"/>
       <c r="N63" s="25"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A64" s="50"/>
       <c r="B64" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="12">
         <v>12679</v>
       </c>
       <c r="D64" s="12">
         <v>11505</v>
       </c>
       <c r="E64" s="12">
         <v>12305</v>
       </c>
       <c r="F64" s="20">
         <v>11984</v>
       </c>
       <c r="G64" s="24">
         <v>12450</v>
       </c>
       <c r="H64" s="24">
         <v>11831</v>
       </c>
-      <c r="I64" s="24"/>
-[...1 lines deleted...]
-      <c r="K64" s="24"/>
+      <c r="I64" s="24">
+        <v>10584</v>
+      </c>
+      <c r="J64" s="24">
+        <v>10510</v>
+      </c>
+      <c r="K64" s="24">
+        <v>10124</v>
+      </c>
       <c r="L64" s="24"/>
       <c r="M64" s="24"/>
       <c r="N64" s="24"/>
     </row>
     <row r="65" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="33" t="s">
         <v>60</v>
       </c>
       <c r="B65" s="13"/>
       <c r="C65" s="14">
         <v>642091</v>
       </c>
       <c r="D65" s="14">
         <v>658333</v>
       </c>
       <c r="E65" s="14">
         <v>721436</v>
       </c>
       <c r="F65" s="19">
         <v>745810</v>
       </c>
       <c r="G65" s="23">
         <v>720604</v>
       </c>
       <c r="H65" s="23">
         <v>761930</v>
       </c>
-      <c r="I65" s="23"/>
-[...1 lines deleted...]
-      <c r="K65" s="23"/>
+      <c r="I65" s="23">
+        <v>753040</v>
+      </c>
+      <c r="J65" s="23">
+        <v>732654</v>
+      </c>
+      <c r="K65" s="23">
+        <v>755491</v>
+      </c>
       <c r="L65" s="23"/>
       <c r="M65" s="23"/>
       <c r="N65" s="23"/>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A66" s="49"/>
       <c r="B66" s="11" t="s">
         <v>61</v>
       </c>
       <c r="C66" s="12">
         <v>322237</v>
       </c>
       <c r="D66" s="12">
         <v>352153</v>
       </c>
       <c r="E66" s="12">
         <v>359273</v>
       </c>
       <c r="F66" s="20">
         <v>377245</v>
       </c>
       <c r="G66" s="24">
         <v>372103</v>
       </c>
       <c r="H66" s="24">
         <v>365417</v>
       </c>
-      <c r="I66" s="24"/>
-[...1 lines deleted...]
-      <c r="K66" s="24"/>
+      <c r="I66" s="24">
+        <v>368995</v>
+      </c>
+      <c r="J66" s="24">
+        <v>382767</v>
+      </c>
+      <c r="K66" s="24">
+        <v>388312</v>
+      </c>
       <c r="L66" s="24"/>
       <c r="M66" s="24"/>
       <c r="N66" s="24"/>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A67" s="49"/>
       <c r="B67" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C67" s="10">
         <v>2741</v>
       </c>
       <c r="D67" s="10">
         <v>3222</v>
       </c>
       <c r="E67" s="10">
         <v>3483</v>
       </c>
       <c r="F67" s="21">
         <v>3451</v>
       </c>
       <c r="G67" s="25">
         <v>3102</v>
       </c>
       <c r="H67" s="25">
         <v>6004</v>
       </c>
-      <c r="I67" s="25"/>
-[...1 lines deleted...]
-      <c r="K67" s="25"/>
+      <c r="I67" s="25">
+        <v>3649</v>
+      </c>
+      <c r="J67" s="25">
+        <v>3522</v>
+      </c>
+      <c r="K67" s="25">
+        <v>5180</v>
+      </c>
       <c r="L67" s="25"/>
       <c r="M67" s="25"/>
       <c r="N67" s="25"/>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A68" s="49"/>
       <c r="B68" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C68" s="12">
         <v>11330</v>
       </c>
       <c r="D68" s="12">
         <v>11947</v>
       </c>
       <c r="E68" s="12">
         <v>18453</v>
       </c>
       <c r="F68" s="20">
         <v>17820</v>
       </c>
       <c r="G68" s="24">
         <v>15403</v>
       </c>
       <c r="H68" s="24">
         <v>22042</v>
       </c>
-      <c r="I68" s="24"/>
-[...1 lines deleted...]
-      <c r="K68" s="24"/>
+      <c r="I68" s="24">
+        <v>21089</v>
+      </c>
+      <c r="J68" s="24">
+        <v>18117</v>
+      </c>
+      <c r="K68" s="24">
+        <v>16004</v>
+      </c>
       <c r="L68" s="24"/>
       <c r="M68" s="24"/>
       <c r="N68" s="24"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A69" s="49"/>
       <c r="B69" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C69" s="10">
         <v>3489</v>
       </c>
       <c r="D69" s="10">
         <v>3509</v>
       </c>
       <c r="E69" s="10">
         <v>6165</v>
       </c>
       <c r="F69" s="21">
         <v>5569</v>
       </c>
       <c r="G69" s="25">
         <v>3716</v>
       </c>
       <c r="H69" s="25">
         <v>3070</v>
       </c>
-      <c r="I69" s="25"/>
-[...1 lines deleted...]
-      <c r="K69" s="25"/>
+      <c r="I69" s="25">
+        <v>4009</v>
+      </c>
+      <c r="J69" s="25">
+        <v>4375</v>
+      </c>
+      <c r="K69" s="25">
+        <v>4011</v>
+      </c>
       <c r="L69" s="25"/>
       <c r="M69" s="25"/>
       <c r="N69" s="25"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A70" s="49"/>
       <c r="B70" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C70" s="12">
         <v>57081</v>
       </c>
       <c r="D70" s="12">
         <v>48256</v>
       </c>
       <c r="E70" s="12">
         <v>61744</v>
       </c>
       <c r="F70" s="20">
         <v>55275</v>
       </c>
       <c r="G70" s="24">
         <v>55927</v>
       </c>
       <c r="H70" s="24">
         <v>61328</v>
       </c>
-      <c r="I70" s="24"/>
-[...1 lines deleted...]
-      <c r="K70" s="24"/>
+      <c r="I70" s="24">
+        <v>59677</v>
+      </c>
+      <c r="J70" s="24">
+        <v>59221</v>
+      </c>
+      <c r="K70" s="24">
+        <v>59284</v>
+      </c>
       <c r="L70" s="24"/>
       <c r="M70" s="24"/>
       <c r="N70" s="24"/>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" s="49"/>
       <c r="B71" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C71" s="10">
         <v>20761</v>
       </c>
       <c r="D71" s="10">
         <v>19190</v>
       </c>
       <c r="E71" s="10">
         <v>19249</v>
       </c>
       <c r="F71" s="21">
         <v>23284</v>
       </c>
       <c r="G71" s="25">
         <v>20886</v>
       </c>
       <c r="H71" s="25">
         <v>21375</v>
       </c>
-      <c r="I71" s="25"/>
-[...1 lines deleted...]
-      <c r="K71" s="25"/>
+      <c r="I71" s="25">
+        <v>19424</v>
+      </c>
+      <c r="J71" s="25">
+        <v>16035</v>
+      </c>
+      <c r="K71" s="25">
+        <v>17909</v>
+      </c>
       <c r="L71" s="25"/>
       <c r="M71" s="25"/>
       <c r="N71" s="25"/>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A72" s="49"/>
       <c r="B72" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C72" s="12">
         <v>41751</v>
       </c>
       <c r="D72" s="12">
         <v>45689</v>
       </c>
       <c r="E72" s="12">
         <v>48485</v>
       </c>
       <c r="F72" s="20">
         <v>47409</v>
       </c>
       <c r="G72" s="24">
         <v>49398</v>
       </c>
       <c r="H72" s="24">
         <v>37720</v>
       </c>
-      <c r="I72" s="24"/>
-[...1 lines deleted...]
-      <c r="K72" s="24"/>
+      <c r="I72" s="24">
+        <v>48986</v>
+      </c>
+      <c r="J72" s="24">
+        <v>52117</v>
+      </c>
+      <c r="K72" s="24">
+        <v>48144</v>
+      </c>
       <c r="L72" s="24"/>
       <c r="M72" s="24"/>
       <c r="N72" s="24"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A73" s="49"/>
       <c r="B73" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C73" s="10">
         <v>182701</v>
       </c>
       <c r="D73" s="10">
         <v>174367</v>
       </c>
       <c r="E73" s="10">
         <v>204584</v>
       </c>
       <c r="F73" s="21">
         <v>215757</v>
       </c>
       <c r="G73" s="25">
         <v>200069</v>
       </c>
       <c r="H73" s="25">
         <v>244974</v>
       </c>
-      <c r="I73" s="25"/>
-[...1 lines deleted...]
-      <c r="K73" s="25"/>
+      <c r="I73" s="25">
+        <v>227211</v>
+      </c>
+      <c r="J73" s="25">
+        <v>196500</v>
+      </c>
+      <c r="K73" s="25">
+        <v>216647</v>
+      </c>
       <c r="L73" s="25"/>
       <c r="M73" s="25"/>
       <c r="N73" s="25"/>
     </row>
     <row r="74" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A74" s="35" t="s">
         <v>69</v>
       </c>
       <c r="B74" s="15"/>
       <c r="C74" s="16">
         <v>535834</v>
       </c>
       <c r="D74" s="16">
         <v>474485</v>
       </c>
       <c r="E74" s="16">
         <v>544118</v>
       </c>
       <c r="F74" s="22">
         <v>611871</v>
       </c>
       <c r="G74" s="26">
         <v>575232</v>
       </c>
       <c r="H74" s="26">
         <v>452203</v>
       </c>
-      <c r="I74" s="26"/>
-[...1 lines deleted...]
-      <c r="K74" s="26"/>
+      <c r="I74" s="26">
+        <v>568923</v>
+      </c>
+      <c r="J74" s="26">
+        <v>587160</v>
+      </c>
+      <c r="K74" s="26">
+        <v>495951</v>
+      </c>
       <c r="L74" s="26"/>
       <c r="M74" s="26"/>
       <c r="N74" s="26"/>
     </row>
     <row r="75" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="33" t="s">
         <v>70</v>
       </c>
       <c r="B75" s="13"/>
       <c r="C75" s="14">
         <v>147501</v>
       </c>
       <c r="D75" s="14">
         <v>139889</v>
       </c>
       <c r="E75" s="14">
         <v>145839</v>
       </c>
       <c r="F75" s="19">
         <v>186876</v>
       </c>
       <c r="G75" s="23">
         <v>168717</v>
       </c>
       <c r="H75" s="23">
         <v>102414</v>
       </c>
-      <c r="I75" s="23"/>
-[...1 lines deleted...]
-      <c r="K75" s="23"/>
+      <c r="I75" s="23">
+        <v>152804</v>
+      </c>
+      <c r="J75" s="23">
+        <v>173334</v>
+      </c>
+      <c r="K75" s="23">
+        <v>141849</v>
+      </c>
       <c r="L75" s="23"/>
       <c r="M75" s="23"/>
       <c r="N75" s="23"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A76" s="49"/>
       <c r="B76" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C76" s="12">
         <v>153198</v>
       </c>
       <c r="D76" s="12">
         <v>128389</v>
       </c>
       <c r="E76" s="12">
         <v>130367</v>
       </c>
       <c r="F76" s="20">
         <v>196262</v>
       </c>
       <c r="G76" s="24">
         <v>174474</v>
       </c>
       <c r="H76" s="24">
         <v>158151</v>
       </c>
-      <c r="I76" s="24"/>
-[...1 lines deleted...]
-      <c r="K76" s="24"/>
+      <c r="I76" s="24">
+        <v>155649</v>
+      </c>
+      <c r="J76" s="24">
+        <v>187253</v>
+      </c>
+      <c r="K76" s="24">
+        <v>147935</v>
+      </c>
       <c r="L76" s="24"/>
       <c r="M76" s="24"/>
       <c r="N76" s="24"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A77" s="49"/>
       <c r="B77" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C77" s="10">
         <v>-5697</v>
       </c>
       <c r="D77" s="10">
         <v>11500</v>
       </c>
       <c r="E77" s="10">
         <v>15472</v>
       </c>
       <c r="F77" s="21">
         <v>-9386</v>
       </c>
       <c r="G77" s="25">
         <v>-5757</v>
       </c>
       <c r="H77" s="25">
         <v>-55737</v>
       </c>
-      <c r="I77" s="25"/>
-[...1 lines deleted...]
-      <c r="K77" s="25"/>
+      <c r="I77" s="25">
+        <v>-2845</v>
+      </c>
+      <c r="J77" s="25">
+        <v>-13919</v>
+      </c>
+      <c r="K77" s="25">
+        <v>-6086</v>
+      </c>
       <c r="L77" s="25"/>
       <c r="M77" s="25"/>
       <c r="N77" s="25"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A78" s="49"/>
       <c r="B78" s="11" t="s">
         <v>73</v>
       </c>
       <c r="C78" s="12">
         <v>0</v>
       </c>
       <c r="D78" s="12">
         <v>0</v>
       </c>
       <c r="E78" s="12">
         <v>0</v>
       </c>
       <c r="F78" s="20">
         <v>0</v>
       </c>
       <c r="G78" s="24">
         <v>0</v>
       </c>
       <c r="H78" s="24">
         <v>0</v>
       </c>
-      <c r="I78" s="24"/>
-[...1 lines deleted...]
-      <c r="K78" s="24"/>
+      <c r="I78" s="24">
+        <v>0</v>
+      </c>
+      <c r="J78" s="24">
+        <v>0</v>
+      </c>
+      <c r="K78" s="24">
+        <v>0</v>
+      </c>
       <c r="L78" s="24"/>
       <c r="M78" s="24"/>
       <c r="N78" s="24"/>
     </row>
     <row r="79" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A79" s="33" t="s">
         <v>74</v>
       </c>
       <c r="B79" s="13"/>
       <c r="C79" s="14">
         <v>388333</v>
       </c>
       <c r="D79" s="14">
         <v>334596</v>
       </c>
       <c r="E79" s="14">
         <v>398279</v>
       </c>
       <c r="F79" s="19">
         <v>424995</v>
       </c>
       <c r="G79" s="23">
         <v>406515</v>
       </c>
       <c r="H79" s="23">
         <v>349789</v>
       </c>
-      <c r="I79" s="23"/>
-[...1 lines deleted...]
-      <c r="K79" s="23"/>
+      <c r="I79" s="23">
+        <v>416119</v>
+      </c>
+      <c r="J79" s="23">
+        <v>413826</v>
+      </c>
+      <c r="K79" s="23">
+        <v>354102</v>
+      </c>
       <c r="L79" s="23"/>
       <c r="M79" s="23"/>
       <c r="N79" s="23"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A80" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B80" s="11"/>
       <c r="C80" s="12">
         <v>0</v>
       </c>
       <c r="D80" s="12">
         <v>0</v>
       </c>
       <c r="E80" s="12">
         <v>0</v>
       </c>
       <c r="F80" s="20">
         <v>0</v>
       </c>
       <c r="G80" s="24">
         <v>0</v>
       </c>
       <c r="H80" s="24">
         <v>0</v>
       </c>
-      <c r="I80" s="24"/>
-[...1 lines deleted...]
-      <c r="K80" s="24"/>
+      <c r="I80" s="24">
+        <v>0</v>
+      </c>
+      <c r="J80" s="24">
+        <v>0</v>
+      </c>
+      <c r="K80" s="24">
+        <v>0</v>
+      </c>
       <c r="L80" s="24"/>
       <c r="M80" s="24"/>
       <c r="N80" s="24"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" s="36" t="s">
         <v>76</v>
       </c>
       <c r="B81" s="9"/>
       <c r="C81" s="10">
         <v>0</v>
       </c>
       <c r="D81" s="10">
         <v>0</v>
       </c>
       <c r="E81" s="10">
         <v>0</v>
       </c>
       <c r="F81" s="21">
         <v>0</v>
       </c>
       <c r="G81" s="25">
         <v>0</v>
       </c>
       <c r="H81" s="25">
         <v>0</v>
       </c>
-      <c r="I81" s="25"/>
-[...1 lines deleted...]
-      <c r="K81" s="25"/>
+      <c r="I81" s="25">
+        <v>0</v>
+      </c>
+      <c r="J81" s="25">
+        <v>0</v>
+      </c>
+      <c r="K81" s="25">
+        <v>0</v>
+      </c>
       <c r="L81" s="25"/>
       <c r="M81" s="25"/>
       <c r="N81" s="25"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A82" s="34" t="s">
         <v>77</v>
       </c>
       <c r="B82" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C82" s="12">
         <v>29348</v>
       </c>
       <c r="D82" s="12">
         <v>87322</v>
       </c>
       <c r="E82" s="12">
         <v>134122</v>
       </c>
       <c r="F82" s="20">
         <v>-35276</v>
       </c>
       <c r="G82" s="24">
         <v>76951</v>
       </c>
       <c r="H82" s="24">
         <v>-851162</v>
       </c>
-      <c r="I82" s="24"/>
-[...1 lines deleted...]
-      <c r="K82" s="24"/>
+      <c r="I82" s="24">
+        <v>214281</v>
+      </c>
+      <c r="J82" s="24">
+        <v>321572</v>
+      </c>
+      <c r="K82" s="24">
+        <v>403545</v>
+      </c>
       <c r="L82" s="24"/>
       <c r="M82" s="24"/>
       <c r="N82" s="24"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A83" s="36"/>
       <c r="B83" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C83" s="10">
         <v>818</v>
       </c>
       <c r="D83" s="10">
         <v>-1608</v>
       </c>
       <c r="E83" s="10">
         <v>30542</v>
       </c>
       <c r="F83" s="21">
         <v>2114</v>
       </c>
       <c r="G83" s="25">
         <v>-3033</v>
       </c>
       <c r="H83" s="25">
         <v>-3568</v>
       </c>
-      <c r="I83" s="25"/>
-[...1 lines deleted...]
-      <c r="K83" s="25"/>
+      <c r="I83" s="25">
+        <v>-4600</v>
+      </c>
+      <c r="J83" s="25">
+        <v>-2027</v>
+      </c>
+      <c r="K83" s="25">
+        <v>1466</v>
+      </c>
       <c r="L83" s="25"/>
       <c r="M83" s="25"/>
       <c r="N83" s="25"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A84" s="34" t="s">
         <v>80</v>
       </c>
       <c r="B84" s="11"/>
       <c r="C84" s="12">
         <v>0</v>
       </c>
       <c r="D84" s="12">
         <v>-921198</v>
       </c>
       <c r="E84" s="12">
         <v>-301323</v>
       </c>
       <c r="F84" s="20">
         <v>0</v>
       </c>
       <c r="G84" s="24">
         <v>0</v>
       </c>
       <c r="H84" s="24">
         <v>-87708</v>
       </c>
-      <c r="I84" s="24"/>
-[...1 lines deleted...]
-      <c r="K84" s="24"/>
+      <c r="I84" s="24">
+        <v>0</v>
+      </c>
+      <c r="J84" s="24">
+        <v>-746367</v>
+      </c>
+      <c r="K84" s="24">
+        <v>-784482</v>
+      </c>
       <c r="L84" s="24"/>
       <c r="M84" s="24"/>
       <c r="N84" s="24"/>
     </row>
     <row r="85" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="33" t="s">
         <v>81</v>
       </c>
       <c r="B85" s="13"/>
       <c r="C85" s="14">
         <v>418499</v>
       </c>
       <c r="D85" s="14">
         <v>-500888</v>
       </c>
       <c r="E85" s="14">
         <v>261620</v>
       </c>
       <c r="F85" s="19">
         <v>391833</v>
       </c>
       <c r="G85" s="23">
         <v>480433</v>
       </c>
       <c r="H85" s="23">
         <v>-592649</v>
       </c>
-      <c r="I85" s="23"/>
-[...1 lines deleted...]
-      <c r="K85" s="23"/>
+      <c r="I85" s="23">
+        <v>625800</v>
+      </c>
+      <c r="J85" s="23">
+        <v>-12996</v>
+      </c>
+      <c r="K85" s="23">
+        <v>-25369</v>
+      </c>
       <c r="L85" s="23"/>
       <c r="M85" s="23"/>
       <c r="N85" s="23"/>
     </row>
     <row r="86" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="35" t="s">
         <v>82</v>
       </c>
       <c r="B86" s="15"/>
       <c r="C86" s="16">
         <v>11699676</v>
       </c>
       <c r="D86" s="16">
         <v>11843482</v>
       </c>
       <c r="E86" s="16">
         <v>11498393</v>
       </c>
       <c r="F86" s="22">
         <v>11665616</v>
       </c>
       <c r="G86" s="26">
         <v>11843333</v>
       </c>
       <c r="H86" s="26">
         <v>12003545</v>
       </c>
-      <c r="I86" s="26"/>
-[...1 lines deleted...]
-      <c r="K86" s="26"/>
+      <c r="I86" s="26">
+        <v>12093337</v>
+      </c>
+      <c r="J86" s="26">
+        <v>12270333</v>
+      </c>
+      <c r="K86" s="26">
+        <v>11757305</v>
+      </c>
       <c r="L86" s="26"/>
       <c r="M86" s="26"/>
       <c r="N86" s="26"/>
     </row>
     <row r="87" spans="1:14" s="1" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="37" t="s">
         <v>83</v>
       </c>
       <c r="B87" s="38"/>
       <c r="C87" s="39">
         <v>12118175</v>
       </c>
       <c r="D87" s="39">
         <v>11342594</v>
       </c>
       <c r="E87" s="39">
         <v>11760013</v>
       </c>
       <c r="F87" s="40">
         <v>12057449</v>
       </c>
       <c r="G87" s="41">
         <v>12323766</v>
       </c>
       <c r="H87" s="41">
         <v>11410896</v>
       </c>
-      <c r="I87" s="41"/>
-[...1 lines deleted...]
-      <c r="K87" s="41"/>
+      <c r="I87" s="41">
+        <v>12719137</v>
+      </c>
+      <c r="J87" s="41">
+        <v>12257337</v>
+      </c>
+      <c r="K87" s="41">
+        <v>11731936</v>
+      </c>
       <c r="L87" s="41"/>
       <c r="M87" s="41"/>
       <c r="N87" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B51:B53"/>
     <mergeCell ref="A10:A26"/>
     <mergeCell ref="A29:A43"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A61:A64"/>
     <mergeCell ref="A66:A73"/>
     <mergeCell ref="A76:A78"/>
     <mergeCell ref="A46:A49"/>
     <mergeCell ref="A51:A54"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>