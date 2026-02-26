--- v1 (2026-02-02)
+++ v2 (2026-02-26)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Output table\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Output tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2648677A-40F9-4BC1-86A9-C1F99F011188}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81DEF5F0-761B-4156-8E12-1DDCEE9EE7F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR 201.xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="93">
   <si>
     <t>Description</t>
@@ -842,57 +842,57 @@
     </xf>
     <xf numFmtId="37" fontId="2" fillId="3" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="3" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{57FCF84F-6AB5-4D78-9278-0FEC6BD40B4D}"/>
   </cellStyles>
@@ -1268,3103 +1268,3577 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:N87"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="44.88671875" customWidth="1"/>
-    <col min="2" max="2" width="32.109375" customWidth="1"/>
+    <col min="1" max="1" width="44.90625" customWidth="1"/>
+    <col min="2" max="2" width="32.08984375" customWidth="1"/>
     <col min="3" max="4" width="16" customWidth="1"/>
-    <col min="5" max="5" width="11.21875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="8" width="11.33203125" style="17" customWidth="1"/>
+    <col min="5" max="5" width="11.1796875" customWidth="1"/>
+    <col min="6" max="6" width="12.6328125" customWidth="1"/>
+    <col min="7" max="8" width="11.36328125" style="17" customWidth="1"/>
     <col min="9" max="10" width="12" style="17" customWidth="1"/>
-    <col min="11" max="11" width="9.5546875" customWidth="1"/>
-    <col min="13" max="13" width="9.88671875" customWidth="1"/>
+    <col min="11" max="11" width="9.54296875" customWidth="1"/>
+    <col min="13" max="13" width="9.90625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" ht="52.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
       <c r="B3" s="8"/>
       <c r="C3" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="18"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="29"/>
     </row>
-    <row r="4" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="27"/>
       <c r="C4" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
       <c r="G4" s="31"/>
       <c r="H4" s="31"/>
       <c r="I4" s="31"/>
       <c r="J4" s="31"/>
       <c r="K4" s="30"/>
       <c r="L4" s="30"/>
       <c r="M4" s="30"/>
       <c r="N4" s="27"/>
     </row>
-    <row r="5" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="6"/>
       <c r="B5" s="28"/>
       <c r="C5" s="6" t="s">
         <v>92</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="28"/>
     </row>
-    <row r="6" spans="1:14" ht="16.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="16.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="52" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="55" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="47">
         <v>2025</v>
       </c>
       <c r="D6" s="47">
         <v>2025</v>
       </c>
       <c r="E6" s="47">
         <v>2025</v>
       </c>
       <c r="F6" s="47">
         <v>2025</v>
       </c>
       <c r="G6" s="47">
         <v>2025</v>
       </c>
       <c r="H6" s="47">
         <v>2025</v>
       </c>
       <c r="I6" s="47">
         <v>2025</v>
       </c>
       <c r="J6" s="47">
         <v>2025</v>
       </c>
       <c r="K6" s="47">
         <v>2025</v>
       </c>
       <c r="L6" s="47">
         <v>2025</v>
       </c>
       <c r="M6" s="47">
         <v>2025</v>
       </c>
       <c r="N6" s="47">
         <v>2025</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="12.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="12.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="53"/>
       <c r="B7" s="56"/>
       <c r="C7" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="43" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="43" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="43" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="43" t="s">
         <v>86</v>
       </c>
       <c r="J7" s="43" t="s">
         <v>87</v>
       </c>
       <c r="K7" s="43" t="s">
         <v>88</v>
       </c>
       <c r="L7" s="43" t="s">
         <v>89</v>
       </c>
       <c r="M7" s="43" t="s">
         <v>90</v>
       </c>
       <c r="N7" s="43" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:14" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="54"/>
       <c r="B8" s="57"/>
       <c r="C8" s="47" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="42" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="J8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="K8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="L8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="M8" s="43" t="s">
         <v>8</v>
       </c>
       <c r="N8" s="43" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A9" s="33" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13"/>
       <c r="C9" s="44">
         <v>1433226</v>
       </c>
       <c r="D9" s="44">
         <v>1252153</v>
       </c>
       <c r="E9" s="44">
         <v>1402884</v>
       </c>
       <c r="F9" s="45">
         <v>1356027</v>
       </c>
       <c r="G9" s="46">
         <v>1375168</v>
       </c>
       <c r="H9" s="46">
         <v>1333959</v>
       </c>
       <c r="I9" s="46">
         <v>1389138</v>
       </c>
       <c r="J9" s="46">
         <v>1402375</v>
       </c>
       <c r="K9" s="46">
         <v>1360325</v>
       </c>
-      <c r="L9" s="46"/>
-[...1 lines deleted...]
-      <c r="N9" s="46"/>
+      <c r="L9" s="46">
+        <v>1401247</v>
+      </c>
+      <c r="M9" s="46">
+        <v>1340447</v>
+      </c>
+      <c r="N9" s="46">
+        <v>1382125</v>
+      </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A10" s="49"/>
+      <c r="A10" s="50"/>
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="12">
         <v>18612</v>
       </c>
       <c r="D10" s="12">
         <v>21559</v>
       </c>
       <c r="E10" s="12">
         <v>25478</v>
       </c>
       <c r="F10" s="20">
         <v>20498</v>
       </c>
       <c r="G10" s="24">
         <v>18918</v>
       </c>
       <c r="H10" s="24">
         <v>13182</v>
       </c>
       <c r="I10" s="24">
         <v>9956</v>
       </c>
       <c r="J10" s="24">
         <v>13231</v>
       </c>
       <c r="K10" s="24">
         <v>11083</v>
       </c>
-      <c r="L10" s="24"/>
-[...1 lines deleted...]
-      <c r="N10" s="24"/>
+      <c r="L10" s="24">
+        <v>9606</v>
+      </c>
+      <c r="M10" s="24">
+        <v>10452</v>
+      </c>
+      <c r="N10" s="24">
+        <v>16204</v>
+      </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A11" s="49"/>
+      <c r="A11" s="50"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="10">
         <v>98624</v>
       </c>
       <c r="D11" s="10">
         <v>69465</v>
       </c>
       <c r="E11" s="10">
         <v>75017</v>
       </c>
       <c r="F11" s="21">
         <v>73150</v>
       </c>
       <c r="G11" s="25">
         <v>67598</v>
       </c>
       <c r="H11" s="25">
         <v>61321</v>
       </c>
       <c r="I11" s="25">
         <v>60046</v>
       </c>
       <c r="J11" s="25">
         <v>56176</v>
       </c>
       <c r="K11" s="25">
         <v>50862</v>
       </c>
-      <c r="L11" s="25"/>
-[...1 lines deleted...]
-      <c r="N11" s="25"/>
+      <c r="L11" s="25">
+        <v>46522</v>
+      </c>
+      <c r="M11" s="25">
+        <v>51262</v>
+      </c>
+      <c r="N11" s="25">
+        <v>40767</v>
+      </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A12" s="49"/>
+      <c r="A12" s="50"/>
       <c r="B12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="12">
         <v>184874</v>
       </c>
       <c r="D12" s="12">
         <v>165387</v>
       </c>
       <c r="E12" s="12">
         <v>182308</v>
       </c>
       <c r="F12" s="20">
         <v>176592</v>
       </c>
       <c r="G12" s="24">
         <v>180482</v>
       </c>
       <c r="H12" s="24">
         <v>170393</v>
       </c>
       <c r="I12" s="24">
         <v>175331</v>
       </c>
       <c r="J12" s="24">
         <v>177639</v>
       </c>
       <c r="K12" s="24">
         <v>178080</v>
       </c>
-      <c r="L12" s="24"/>
-[...1 lines deleted...]
-      <c r="N12" s="24"/>
+      <c r="L12" s="24">
+        <v>179230</v>
+      </c>
+      <c r="M12" s="24">
+        <v>173847</v>
+      </c>
+      <c r="N12" s="24">
+        <v>181860</v>
+      </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A13" s="49"/>
+      <c r="A13" s="50"/>
       <c r="B13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="10">
         <v>41</v>
       </c>
       <c r="D13" s="10">
         <v>14</v>
       </c>
       <c r="E13" s="10">
         <v>21</v>
       </c>
       <c r="F13" s="21">
         <v>59</v>
       </c>
       <c r="G13" s="25">
         <v>34</v>
       </c>
       <c r="H13" s="25">
         <v>2</v>
       </c>
       <c r="I13" s="25">
         <v>7243</v>
       </c>
       <c r="J13" s="25">
         <v>13082</v>
       </c>
       <c r="K13" s="25">
         <v>8041</v>
       </c>
-      <c r="L13" s="25"/>
-[...1 lines deleted...]
-      <c r="N13" s="25"/>
+      <c r="L13" s="25">
+        <v>4793</v>
+      </c>
+      <c r="M13" s="25">
+        <v>4264</v>
+      </c>
+      <c r="N13" s="25">
+        <v>3859</v>
+      </c>
     </row>
     <row r="14" spans="1:14" ht="24" x14ac:dyDescent="0.25">
-      <c r="A14" s="49"/>
+      <c r="A14" s="50"/>
       <c r="B14" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="12">
         <v>0</v>
       </c>
       <c r="D14" s="12">
         <v>0</v>
       </c>
       <c r="E14" s="12">
         <v>0</v>
       </c>
       <c r="F14" s="20">
         <v>0</v>
       </c>
       <c r="G14" s="24">
         <v>0</v>
       </c>
       <c r="H14" s="24">
         <v>0</v>
       </c>
       <c r="I14" s="24">
         <v>0</v>
       </c>
       <c r="J14" s="24">
         <v>0</v>
       </c>
       <c r="K14" s="24">
         <v>0</v>
       </c>
-      <c r="L14" s="24"/>
-[...1 lines deleted...]
-      <c r="N14" s="24"/>
+      <c r="L14" s="24">
+        <v>0</v>
+      </c>
+      <c r="M14" s="24">
+        <v>0</v>
+      </c>
+      <c r="N14" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:14" ht="24" x14ac:dyDescent="0.25">
-      <c r="A15" s="49"/>
+      <c r="A15" s="50"/>
       <c r="B15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="10">
         <v>4542</v>
       </c>
       <c r="D15" s="10">
         <v>1934</v>
       </c>
       <c r="E15" s="10">
         <v>1446</v>
       </c>
       <c r="F15" s="21">
         <v>1852</v>
       </c>
       <c r="G15" s="25">
         <v>1146</v>
       </c>
       <c r="H15" s="25">
         <v>1829</v>
       </c>
       <c r="I15" s="25">
         <v>4900</v>
       </c>
       <c r="J15" s="25">
         <v>5289</v>
       </c>
       <c r="K15" s="25">
         <v>5544</v>
       </c>
-      <c r="L15" s="25"/>
-[...1 lines deleted...]
-      <c r="N15" s="25"/>
+      <c r="L15" s="25">
+        <v>5389</v>
+      </c>
+      <c r="M15" s="25">
+        <v>4911</v>
+      </c>
+      <c r="N15" s="25">
+        <v>4766</v>
+      </c>
     </row>
     <row r="16" spans="1:14" ht="24" x14ac:dyDescent="0.25">
-      <c r="A16" s="49"/>
+      <c r="A16" s="50"/>
       <c r="B16" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="12">
         <v>141439</v>
       </c>
       <c r="D16" s="12">
         <v>122916</v>
       </c>
       <c r="E16" s="12">
         <v>130771</v>
       </c>
       <c r="F16" s="20">
         <v>132116</v>
       </c>
       <c r="G16" s="24">
         <v>138034</v>
       </c>
       <c r="H16" s="24">
         <v>148017</v>
       </c>
       <c r="I16" s="24">
         <v>146625</v>
       </c>
       <c r="J16" s="24">
         <v>144530</v>
       </c>
       <c r="K16" s="24">
         <v>141772</v>
       </c>
-      <c r="L16" s="24"/>
-[...1 lines deleted...]
-      <c r="N16" s="24"/>
+      <c r="L16" s="24">
+        <v>149189</v>
+      </c>
+      <c r="M16" s="24">
+        <v>138881</v>
+      </c>
+      <c r="N16" s="24">
+        <v>151860</v>
+      </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A17" s="49"/>
+      <c r="A17" s="50"/>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="10">
         <v>426052</v>
       </c>
       <c r="D17" s="10">
         <v>371187</v>
       </c>
       <c r="E17" s="10">
         <v>432386</v>
       </c>
       <c r="F17" s="21">
         <v>389739</v>
       </c>
       <c r="G17" s="25">
         <v>414965</v>
       </c>
       <c r="H17" s="25">
         <v>379327</v>
       </c>
       <c r="I17" s="25">
         <v>417249</v>
       </c>
       <c r="J17" s="25">
         <v>428529</v>
       </c>
       <c r="K17" s="25">
         <v>406934</v>
       </c>
-      <c r="L17" s="25"/>
-[...1 lines deleted...]
-      <c r="N17" s="25"/>
+      <c r="L17" s="25">
+        <v>405162</v>
+      </c>
+      <c r="M17" s="25">
+        <v>389295</v>
+      </c>
+      <c r="N17" s="25">
+        <v>368892</v>
+      </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="49"/>
+      <c r="A18" s="50"/>
       <c r="B18" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="12">
         <v>115872</v>
       </c>
       <c r="D18" s="12">
         <v>101876</v>
       </c>
       <c r="E18" s="12">
         <v>103795</v>
       </c>
       <c r="F18" s="20">
         <v>110566</v>
       </c>
       <c r="G18" s="24">
         <v>113017</v>
       </c>
       <c r="H18" s="24">
         <v>117539</v>
       </c>
       <c r="I18" s="24">
         <v>99990</v>
       </c>
       <c r="J18" s="24">
         <v>108377</v>
       </c>
       <c r="K18" s="24">
         <v>105387</v>
       </c>
-      <c r="L18" s="24"/>
-[...1 lines deleted...]
-      <c r="N18" s="24"/>
+      <c r="L18" s="24">
+        <v>106282</v>
+      </c>
+      <c r="M18" s="24">
+        <v>103032</v>
+      </c>
+      <c r="N18" s="24">
+        <v>116330</v>
+      </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A19" s="49"/>
+      <c r="A19" s="50"/>
       <c r="B19" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="10">
         <v>131390</v>
       </c>
       <c r="D19" s="10">
         <v>118637</v>
       </c>
       <c r="E19" s="10">
         <v>131886</v>
       </c>
       <c r="F19" s="21">
         <v>125704</v>
       </c>
       <c r="G19" s="25">
         <v>134233</v>
       </c>
       <c r="H19" s="25">
         <v>140273</v>
       </c>
       <c r="I19" s="25">
         <v>135581</v>
       </c>
       <c r="J19" s="25">
         <v>137025</v>
       </c>
       <c r="K19" s="25">
         <v>136405</v>
       </c>
-      <c r="L19" s="25"/>
-[...1 lines deleted...]
-      <c r="N19" s="25"/>
+      <c r="L19" s="25">
+        <v>141685</v>
+      </c>
+      <c r="M19" s="25">
+        <v>134854</v>
+      </c>
+      <c r="N19" s="25">
+        <v>136699</v>
+      </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="49"/>
+      <c r="A20" s="50"/>
       <c r="B20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="12">
         <v>207058</v>
       </c>
       <c r="D20" s="12">
         <v>164389</v>
       </c>
       <c r="E20" s="12">
         <v>187058</v>
       </c>
       <c r="F20" s="20">
         <v>180966</v>
       </c>
       <c r="G20" s="24">
         <v>171897</v>
       </c>
       <c r="H20" s="24">
         <v>169863</v>
       </c>
       <c r="I20" s="24">
         <v>203644</v>
       </c>
       <c r="J20" s="24">
         <v>197522</v>
       </c>
       <c r="K20" s="24">
         <v>201650</v>
       </c>
-      <c r="L20" s="24"/>
-[...1 lines deleted...]
-      <c r="N20" s="24"/>
+      <c r="L20" s="24">
+        <v>225755</v>
+      </c>
+      <c r="M20" s="24">
+        <v>226782</v>
+      </c>
+      <c r="N20" s="24">
+        <v>251206</v>
+      </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A21" s="49"/>
+      <c r="A21" s="50"/>
       <c r="B21" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="10">
         <v>118471</v>
       </c>
       <c r="D21" s="10">
         <v>111069</v>
       </c>
       <c r="E21" s="10">
         <v>120240</v>
       </c>
       <c r="F21" s="21">
         <v>112031</v>
       </c>
       <c r="G21" s="25">
         <v>113726</v>
       </c>
       <c r="H21" s="25">
         <v>100949</v>
       </c>
       <c r="I21" s="25">
         <v>109278</v>
       </c>
       <c r="J21" s="25">
         <v>94894</v>
       </c>
       <c r="K21" s="25">
         <v>108386</v>
       </c>
-      <c r="L21" s="25"/>
-[...1 lines deleted...]
-      <c r="N21" s="25"/>
+      <c r="L21" s="25">
+        <v>97549</v>
+      </c>
+      <c r="M21" s="25">
+        <v>95477</v>
+      </c>
+      <c r="N21" s="25">
+        <v>85463</v>
+      </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="49"/>
+      <c r="A22" s="50"/>
       <c r="B22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="12">
         <v>10232</v>
       </c>
       <c r="D22" s="12">
         <v>9583</v>
       </c>
       <c r="E22" s="12">
         <v>10174</v>
       </c>
       <c r="F22" s="20">
         <v>10061</v>
       </c>
       <c r="G22" s="24">
         <v>10139</v>
       </c>
       <c r="H22" s="24">
         <v>10149</v>
       </c>
       <c r="I22" s="24">
         <v>10338</v>
       </c>
       <c r="J22" s="24">
         <v>10257</v>
       </c>
       <c r="K22" s="24">
         <v>10392</v>
       </c>
-      <c r="L22" s="24"/>
-[...1 lines deleted...]
-      <c r="N22" s="24"/>
+      <c r="L22" s="24">
+        <v>10414</v>
+      </c>
+      <c r="M22" s="24">
+        <v>9636</v>
+      </c>
+      <c r="N22" s="24">
+        <v>9920</v>
+      </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A23" s="49"/>
+      <c r="A23" s="50"/>
       <c r="B23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="10">
         <v>904</v>
       </c>
       <c r="D23" s="10">
         <v>128</v>
       </c>
       <c r="E23" s="10">
         <v>195</v>
       </c>
       <c r="F23" s="21">
         <v>600</v>
       </c>
       <c r="G23" s="25">
         <v>61</v>
       </c>
       <c r="H23" s="25">
         <v>218</v>
       </c>
       <c r="I23" s="25">
         <v>563</v>
       </c>
       <c r="J23" s="25">
         <v>0</v>
       </c>
       <c r="K23" s="25">
         <v>121</v>
       </c>
-      <c r="L23" s="25"/>
-[...1 lines deleted...]
-      <c r="N23" s="25"/>
+      <c r="L23" s="25">
+        <v>504</v>
+      </c>
+      <c r="M23" s="25">
+        <v>0</v>
+      </c>
+      <c r="N23" s="25">
+        <v>280</v>
+      </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="49"/>
+      <c r="A24" s="50"/>
       <c r="B24" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="12">
         <v>98</v>
       </c>
       <c r="D24" s="12">
         <v>147</v>
       </c>
       <c r="E24" s="12">
         <v>0</v>
       </c>
       <c r="F24" s="20">
         <v>139</v>
       </c>
       <c r="G24" s="24">
         <v>0</v>
       </c>
       <c r="H24" s="24">
         <v>1781</v>
       </c>
       <c r="I24" s="24">
         <v>0</v>
       </c>
       <c r="J24" s="24">
         <v>0</v>
       </c>
       <c r="K24" s="24">
         <v>0</v>
       </c>
-      <c r="L24" s="24"/>
-[...1 lines deleted...]
-      <c r="N24" s="24"/>
+      <c r="L24" s="24">
+        <v>0</v>
+      </c>
+      <c r="M24" s="24">
+        <v>0</v>
+      </c>
+      <c r="N24" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A25" s="49"/>
+      <c r="A25" s="50"/>
       <c r="B25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="10">
         <v>10204</v>
       </c>
       <c r="D25" s="10">
         <v>9029</v>
       </c>
       <c r="E25" s="10">
         <v>9904</v>
       </c>
       <c r="F25" s="21">
         <v>9578</v>
       </c>
       <c r="G25" s="25">
         <v>9889</v>
       </c>
       <c r="H25" s="25">
         <v>9552</v>
       </c>
       <c r="I25" s="25">
         <v>9079</v>
       </c>
       <c r="J25" s="25">
         <v>8996</v>
       </c>
       <c r="K25" s="25">
         <v>8651</v>
       </c>
-      <c r="L25" s="25"/>
-[...1 lines deleted...]
-      <c r="N25" s="25"/>
+      <c r="L25" s="25">
+        <v>8750</v>
+      </c>
+      <c r="M25" s="25">
+        <v>8437</v>
+      </c>
+      <c r="N25" s="25">
+        <v>8754</v>
+      </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="49"/>
+      <c r="A26" s="50"/>
       <c r="B26" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="12">
         <v>2343</v>
       </c>
       <c r="D26" s="12">
         <v>2034</v>
       </c>
       <c r="E26" s="12">
         <v>2690</v>
       </c>
       <c r="F26" s="20">
         <v>1938</v>
       </c>
       <c r="G26" s="24">
         <v>2295</v>
       </c>
       <c r="H26" s="24">
         <v>17391</v>
       </c>
       <c r="I26" s="24">
         <v>5156</v>
       </c>
       <c r="J26" s="24">
         <v>3659</v>
       </c>
       <c r="K26" s="24">
         <v>3084</v>
       </c>
-      <c r="L26" s="24"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L26" s="24">
+        <v>2226</v>
+      </c>
+      <c r="M26" s="24">
+        <v>2262</v>
+      </c>
+      <c r="N26" s="24">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="33" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="14">
         <v>37530</v>
       </c>
       <c r="D27" s="14">
         <v>17201</v>
       </c>
       <c r="E27" s="14">
         <v>10485</v>
       </c>
       <c r="F27" s="19">
         <v>-10438</v>
       </c>
       <c r="G27" s="23">
         <v>1266</v>
       </c>
       <c r="H27" s="23">
         <v>7827</v>
       </c>
       <c r="I27" s="48">
         <v>5841</v>
       </c>
       <c r="J27" s="48">
         <v>-3169</v>
       </c>
       <c r="K27" s="48">
         <v>16067</v>
       </c>
-      <c r="L27" s="48"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+      <c r="L27" s="48">
+        <v>-8191</v>
+      </c>
+      <c r="M27" s="48">
+        <v>12945</v>
+      </c>
+      <c r="N27" s="48">
+        <v>-1466</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A28" s="35" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="16">
         <v>673132</v>
       </c>
       <c r="D28" s="16">
         <v>586651</v>
       </c>
       <c r="E28" s="16">
         <v>631386</v>
       </c>
       <c r="F28" s="22">
         <v>616119</v>
       </c>
       <c r="G28" s="26">
         <v>615346</v>
       </c>
       <c r="H28" s="26">
         <v>588883</v>
       </c>
       <c r="I28" s="26">
         <v>600833</v>
       </c>
       <c r="J28" s="26">
         <v>605911</v>
       </c>
       <c r="K28" s="26">
         <v>575238</v>
       </c>
-      <c r="L28" s="26"/>
-[...1 lines deleted...]
-      <c r="N28" s="26"/>
+      <c r="L28" s="26">
+        <v>586147</v>
+      </c>
+      <c r="M28" s="26">
+        <v>568419</v>
+      </c>
+      <c r="N28" s="26">
+        <v>584277</v>
+      </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="50"/>
+      <c r="A29" s="51"/>
       <c r="B29" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="10">
         <v>26776</v>
       </c>
       <c r="D29" s="10">
         <v>7497</v>
       </c>
       <c r="E29" s="10">
         <v>7516</v>
       </c>
       <c r="F29" s="21">
         <v>7427</v>
       </c>
       <c r="G29" s="25">
         <v>8675</v>
       </c>
       <c r="H29" s="25">
         <v>8735</v>
       </c>
       <c r="I29" s="25">
         <v>11957</v>
       </c>
       <c r="J29" s="25">
         <v>10402</v>
       </c>
       <c r="K29" s="25">
         <v>8461</v>
       </c>
-      <c r="L29" s="25"/>
-[...1 lines deleted...]
-      <c r="N29" s="25"/>
+      <c r="L29" s="25">
+        <v>8771</v>
+      </c>
+      <c r="M29" s="25">
+        <v>6299</v>
+      </c>
+      <c r="N29" s="25">
+        <v>9757</v>
+      </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A30" s="50"/>
+      <c r="A30" s="51"/>
       <c r="B30" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="12">
         <v>3635</v>
       </c>
       <c r="D30" s="12">
         <v>1826</v>
       </c>
       <c r="E30" s="12">
         <v>3465</v>
       </c>
       <c r="F30" s="20">
         <v>3589</v>
       </c>
       <c r="G30" s="24">
         <v>2115</v>
       </c>
       <c r="H30" s="24">
         <v>3947</v>
       </c>
       <c r="I30" s="24">
         <v>2603</v>
       </c>
       <c r="J30" s="24">
         <v>2806</v>
       </c>
       <c r="K30" s="24">
         <v>2644</v>
       </c>
-      <c r="L30" s="24"/>
-[...1 lines deleted...]
-      <c r="N30" s="24"/>
+      <c r="L30" s="24">
+        <v>899</v>
+      </c>
+      <c r="M30" s="24">
+        <v>2585</v>
+      </c>
+      <c r="N30" s="24">
+        <v>3329</v>
+      </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="50"/>
+      <c r="A31" s="51"/>
       <c r="B31" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="10">
         <v>3021</v>
       </c>
       <c r="D31" s="10">
         <v>2859</v>
       </c>
       <c r="E31" s="10">
         <v>3131</v>
       </c>
       <c r="F31" s="21">
         <v>2630</v>
       </c>
       <c r="G31" s="25">
         <v>3127</v>
       </c>
       <c r="H31" s="25">
         <v>2829</v>
       </c>
       <c r="I31" s="25">
         <v>2778</v>
       </c>
       <c r="J31" s="25">
         <v>3075</v>
       </c>
       <c r="K31" s="25">
         <v>2906</v>
       </c>
-      <c r="L31" s="25"/>
-[...1 lines deleted...]
-      <c r="N31" s="25"/>
+      <c r="L31" s="25">
+        <v>2880</v>
+      </c>
+      <c r="M31" s="25">
+        <v>2826</v>
+      </c>
+      <c r="N31" s="25">
+        <v>2754</v>
+      </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="50"/>
+      <c r="A32" s="51"/>
       <c r="B32" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="12">
         <v>0</v>
       </c>
       <c r="D32" s="12">
         <v>5</v>
       </c>
       <c r="E32" s="12">
         <v>2</v>
       </c>
       <c r="F32" s="20">
         <v>41</v>
       </c>
       <c r="G32" s="24">
         <v>3</v>
       </c>
       <c r="H32" s="24">
         <v>-20</v>
       </c>
       <c r="I32" s="24">
         <v>2</v>
       </c>
       <c r="J32" s="24">
         <v>1</v>
       </c>
       <c r="K32" s="24">
         <v>2</v>
       </c>
-      <c r="L32" s="24"/>
-[...1 lines deleted...]
-      <c r="N32" s="24"/>
+      <c r="L32" s="24">
+        <v>1</v>
+      </c>
+      <c r="M32" s="24">
+        <v>2</v>
+      </c>
+      <c r="N32" s="24">
+        <v>2</v>
+      </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A33" s="50"/>
+      <c r="A33" s="51"/>
       <c r="B33" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="10">
         <v>1015</v>
       </c>
       <c r="D33" s="10">
         <v>882</v>
       </c>
       <c r="E33" s="10">
         <v>927</v>
       </c>
       <c r="F33" s="21">
         <v>864</v>
       </c>
       <c r="G33" s="25">
         <v>874</v>
       </c>
       <c r="H33" s="25">
         <v>828</v>
       </c>
       <c r="I33" s="25">
         <v>836</v>
       </c>
       <c r="J33" s="25">
         <v>818</v>
       </c>
       <c r="K33" s="25">
         <v>773</v>
       </c>
-      <c r="L33" s="25"/>
-[...1 lines deleted...]
-      <c r="N33" s="25"/>
+      <c r="L33" s="25">
+        <v>1305</v>
+      </c>
+      <c r="M33" s="25">
+        <v>1716</v>
+      </c>
+      <c r="N33" s="25">
+        <v>3567</v>
+      </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A34" s="50"/>
+      <c r="A34" s="51"/>
       <c r="B34" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="12">
         <v>81394</v>
       </c>
       <c r="D34" s="12">
         <v>71678</v>
       </c>
       <c r="E34" s="12">
         <v>77039</v>
       </c>
       <c r="F34" s="20">
         <v>74129</v>
       </c>
       <c r="G34" s="24">
         <v>78444</v>
       </c>
       <c r="H34" s="24">
         <v>79058</v>
       </c>
       <c r="I34" s="24">
         <v>82400</v>
       </c>
       <c r="J34" s="24">
         <v>81629</v>
       </c>
       <c r="K34" s="24">
         <v>79651</v>
       </c>
-      <c r="L34" s="24"/>
-[...1 lines deleted...]
-      <c r="N34" s="24"/>
+      <c r="L34" s="24">
+        <v>79318</v>
+      </c>
+      <c r="M34" s="24">
+        <v>78176</v>
+      </c>
+      <c r="N34" s="24">
+        <v>73573</v>
+      </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A35" s="50"/>
+      <c r="A35" s="51"/>
       <c r="B35" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="10">
         <v>197840</v>
       </c>
       <c r="D35" s="10">
         <v>181516</v>
       </c>
       <c r="E35" s="10">
         <v>197133</v>
       </c>
       <c r="F35" s="21">
         <v>194563</v>
       </c>
       <c r="G35" s="25">
         <v>190341</v>
       </c>
       <c r="H35" s="25">
         <v>178978</v>
       </c>
       <c r="I35" s="25">
         <v>181838</v>
       </c>
       <c r="J35" s="25">
         <v>188687</v>
       </c>
       <c r="K35" s="25">
         <v>174966</v>
       </c>
-      <c r="L35" s="25"/>
-[...1 lines deleted...]
-      <c r="N35" s="25"/>
+      <c r="L35" s="25">
+        <v>175167</v>
+      </c>
+      <c r="M35" s="25">
+        <v>168777</v>
+      </c>
+      <c r="N35" s="25">
+        <v>178824</v>
+      </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A36" s="50"/>
+      <c r="A36" s="51"/>
       <c r="B36" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="12">
         <v>13510</v>
       </c>
       <c r="D36" s="12">
         <v>11722</v>
       </c>
       <c r="E36" s="12">
         <v>11647</v>
       </c>
       <c r="F36" s="20">
         <v>11281</v>
       </c>
       <c r="G36" s="24">
         <v>11896</v>
       </c>
       <c r="H36" s="24">
         <v>11777</v>
       </c>
       <c r="I36" s="24">
         <v>12452</v>
       </c>
       <c r="J36" s="24">
         <v>12100</v>
       </c>
       <c r="K36" s="24">
         <v>11973</v>
       </c>
-      <c r="L36" s="24"/>
-[...1 lines deleted...]
-      <c r="N36" s="24"/>
+      <c r="L36" s="24">
+        <v>12171</v>
+      </c>
+      <c r="M36" s="24">
+        <v>11331</v>
+      </c>
+      <c r="N36" s="24">
+        <v>12092</v>
+      </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A37" s="50"/>
+      <c r="A37" s="51"/>
       <c r="B37" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="10">
         <v>139233</v>
       </c>
       <c r="D37" s="10">
         <v>124544</v>
       </c>
       <c r="E37" s="10">
         <v>135718</v>
       </c>
       <c r="F37" s="21">
         <v>132386</v>
       </c>
       <c r="G37" s="25">
         <v>131302</v>
       </c>
       <c r="H37" s="25">
         <v>126268</v>
       </c>
       <c r="I37" s="25">
         <v>131809</v>
       </c>
       <c r="J37" s="25">
         <v>133686</v>
       </c>
       <c r="K37" s="25">
         <v>131115</v>
       </c>
-      <c r="L37" s="25"/>
-[...1 lines deleted...]
-      <c r="N37" s="25"/>
+      <c r="L37" s="25">
+        <v>134546</v>
+      </c>
+      <c r="M37" s="25">
+        <v>127777</v>
+      </c>
+      <c r="N37" s="25">
+        <v>131525</v>
+      </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A38" s="50"/>
+      <c r="A38" s="51"/>
       <c r="B38" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="12">
         <v>139084</v>
       </c>
       <c r="D38" s="12">
         <v>124304</v>
       </c>
       <c r="E38" s="12">
         <v>129942</v>
       </c>
       <c r="F38" s="20">
         <v>122637</v>
       </c>
       <c r="G38" s="24">
         <v>121499</v>
       </c>
       <c r="H38" s="24">
         <v>111642</v>
       </c>
       <c r="I38" s="24">
         <v>110951</v>
       </c>
       <c r="J38" s="24">
         <v>108992</v>
       </c>
       <c r="K38" s="24">
         <v>100505</v>
       </c>
-      <c r="L38" s="24"/>
-[...1 lines deleted...]
-      <c r="N38" s="24"/>
+      <c r="L38" s="24">
+        <v>107424</v>
+      </c>
+      <c r="M38" s="24">
+        <v>107901</v>
+      </c>
+      <c r="N38" s="24">
+        <v>110568</v>
+      </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A39" s="50"/>
+      <c r="A39" s="51"/>
       <c r="B39" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="10">
         <v>6789</v>
       </c>
       <c r="D39" s="10">
         <v>6810</v>
       </c>
       <c r="E39" s="10">
         <v>7611</v>
       </c>
       <c r="F39" s="21">
         <v>9079</v>
       </c>
       <c r="G39" s="25">
         <v>7873</v>
       </c>
       <c r="H39" s="25">
         <v>8021</v>
       </c>
       <c r="I39" s="25">
         <v>6945</v>
       </c>
       <c r="J39" s="25">
         <v>6405</v>
       </c>
       <c r="K39" s="25">
         <v>6971</v>
       </c>
-      <c r="L39" s="25"/>
-[...4 lines deleted...]
-      <c r="A40" s="50"/>
+      <c r="L39" s="25">
+        <v>7600</v>
+      </c>
+      <c r="M39" s="25">
+        <v>7869</v>
+      </c>
+      <c r="N39" s="25">
+        <v>8045</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="24" x14ac:dyDescent="0.25">
+      <c r="A40" s="51"/>
       <c r="B40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="12">
         <v>0</v>
       </c>
       <c r="D40" s="12">
         <v>0</v>
       </c>
       <c r="E40" s="12">
         <v>0</v>
       </c>
       <c r="F40" s="20">
         <v>0</v>
       </c>
       <c r="G40" s="24">
         <v>0</v>
       </c>
       <c r="H40" s="24">
         <v>0</v>
       </c>
       <c r="I40" s="24">
         <v>0</v>
       </c>
       <c r="J40" s="24">
         <v>0</v>
       </c>
       <c r="K40" s="24">
         <v>0</v>
       </c>
-      <c r="L40" s="24"/>
-[...1 lines deleted...]
-      <c r="N40" s="24"/>
+      <c r="L40" s="24">
+        <v>0</v>
+      </c>
+      <c r="M40" s="24">
+        <v>0</v>
+      </c>
+      <c r="N40" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A41" s="50"/>
+      <c r="A41" s="51"/>
       <c r="B41" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="10">
         <v>38207</v>
       </c>
       <c r="D41" s="10">
         <v>32636</v>
       </c>
       <c r="E41" s="10">
         <v>34440</v>
       </c>
       <c r="F41" s="21">
         <v>33344</v>
       </c>
       <c r="G41" s="25">
         <v>33985</v>
       </c>
       <c r="H41" s="25">
         <v>32744</v>
       </c>
       <c r="I41" s="25">
         <v>32478</v>
       </c>
       <c r="J41" s="25">
         <v>32642</v>
       </c>
       <c r="K41" s="25">
         <v>31751</v>
       </c>
-      <c r="L41" s="25"/>
-[...1 lines deleted...]
-      <c r="N41" s="25"/>
+      <c r="L41" s="25">
+        <v>31772</v>
+      </c>
+      <c r="M41" s="25">
+        <v>31254</v>
+      </c>
+      <c r="N41" s="25">
+        <v>29802</v>
+      </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A42" s="50"/>
+      <c r="A42" s="51"/>
       <c r="B42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C42" s="12">
         <v>0</v>
       </c>
       <c r="D42" s="12">
         <v>0</v>
       </c>
       <c r="E42" s="12">
         <v>0</v>
       </c>
       <c r="F42" s="20">
         <v>0</v>
       </c>
       <c r="G42" s="24">
         <v>0</v>
       </c>
       <c r="H42" s="24">
         <v>1293</v>
       </c>
       <c r="I42" s="24">
         <v>1055</v>
       </c>
       <c r="J42" s="24">
         <v>1335</v>
       </c>
       <c r="K42" s="24">
         <v>0</v>
       </c>
-      <c r="L42" s="24"/>
-[...1 lines deleted...]
-      <c r="N42" s="24"/>
+      <c r="L42" s="24">
+        <v>0</v>
+      </c>
+      <c r="M42" s="24">
+        <v>0</v>
+      </c>
+      <c r="N42" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A43" s="50"/>
+      <c r="A43" s="51"/>
       <c r="B43" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="10">
         <v>22628</v>
       </c>
       <c r="D43" s="10">
         <v>20372</v>
       </c>
       <c r="E43" s="10">
         <v>22815</v>
       </c>
       <c r="F43" s="21">
         <v>24149</v>
       </c>
       <c r="G43" s="25">
         <v>25212</v>
       </c>
       <c r="H43" s="25">
         <v>22783</v>
       </c>
       <c r="I43" s="25">
         <v>22729</v>
       </c>
       <c r="J43" s="25">
         <v>23333</v>
       </c>
       <c r="K43" s="25">
         <v>23520</v>
       </c>
-      <c r="L43" s="25"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L43" s="25">
+        <v>24293</v>
+      </c>
+      <c r="M43" s="25">
+        <v>21906</v>
+      </c>
+      <c r="N43" s="25">
+        <v>20439</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A44" s="35" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="15"/>
       <c r="C44" s="16">
         <v>760094</v>
       </c>
       <c r="D44" s="16">
         <v>665502</v>
       </c>
       <c r="E44" s="16">
         <v>771498</v>
       </c>
       <c r="F44" s="22">
         <v>739908</v>
       </c>
       <c r="G44" s="26">
         <v>759822</v>
       </c>
       <c r="H44" s="26">
         <v>745076</v>
       </c>
       <c r="I44" s="26">
         <v>788305</v>
       </c>
       <c r="J44" s="26">
         <v>796464</v>
       </c>
       <c r="K44" s="26">
         <v>785087</v>
       </c>
-      <c r="L44" s="26"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L44" s="26">
+        <v>815100</v>
+      </c>
+      <c r="M44" s="26">
+        <v>772028</v>
+      </c>
+      <c r="N44" s="26">
+        <v>797848</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="33" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="13"/>
       <c r="C45" s="14">
         <v>143941</v>
       </c>
       <c r="D45" s="14">
         <v>88612</v>
       </c>
       <c r="E45" s="14">
         <v>93638</v>
       </c>
       <c r="F45" s="19">
         <v>-31597</v>
       </c>
       <c r="G45" s="23">
         <v>60136</v>
       </c>
       <c r="H45" s="23">
         <v>89670</v>
       </c>
       <c r="I45" s="23">
         <v>47182</v>
       </c>
       <c r="J45" s="23">
         <v>49033</v>
       </c>
       <c r="K45" s="23">
         <v>135487</v>
       </c>
-      <c r="L45" s="23"/>
-[...1 lines deleted...]
-      <c r="N45" s="23"/>
+      <c r="L45" s="23">
+        <v>101785</v>
+      </c>
+      <c r="M45" s="23">
+        <v>49796</v>
+      </c>
+      <c r="N45" s="23">
+        <v>39958</v>
+      </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A46" s="49"/>
+      <c r="A46" s="50"/>
       <c r="B46" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C46" s="12">
         <v>96603</v>
       </c>
       <c r="D46" s="12">
         <v>21573</v>
       </c>
       <c r="E46" s="12">
         <v>40133</v>
       </c>
       <c r="F46" s="20">
         <v>22091</v>
       </c>
       <c r="G46" s="24">
         <v>-10010</v>
       </c>
       <c r="H46" s="24">
         <v>88819</v>
       </c>
       <c r="I46" s="24">
         <v>14974</v>
       </c>
       <c r="J46" s="24">
         <v>9041</v>
       </c>
       <c r="K46" s="24">
         <v>121674</v>
       </c>
-      <c r="L46" s="24"/>
-[...1 lines deleted...]
-      <c r="N46" s="24"/>
+      <c r="L46" s="24">
+        <v>107857</v>
+      </c>
+      <c r="M46" s="24">
+        <v>63325</v>
+      </c>
+      <c r="N46" s="24">
+        <v>182663</v>
+      </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A47" s="49"/>
+      <c r="A47" s="50"/>
       <c r="B47" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C47" s="10">
         <v>11816</v>
       </c>
       <c r="D47" s="10">
         <v>61155</v>
       </c>
       <c r="E47" s="10">
         <v>50202</v>
       </c>
       <c r="F47" s="21">
         <v>28090</v>
       </c>
       <c r="G47" s="25">
         <v>85005</v>
       </c>
       <c r="H47" s="25">
         <v>72471</v>
       </c>
       <c r="I47" s="25">
         <v>36136</v>
       </c>
       <c r="J47" s="25">
         <v>22887</v>
       </c>
       <c r="K47" s="25">
         <v>27127</v>
       </c>
-      <c r="L47" s="25"/>
-[...1 lines deleted...]
-      <c r="N47" s="25"/>
+      <c r="L47" s="25">
+        <v>14750</v>
+      </c>
+      <c r="M47" s="25">
+        <v>3877</v>
+      </c>
+      <c r="N47" s="25">
+        <v>883</v>
+      </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A48" s="49"/>
+      <c r="A48" s="50"/>
       <c r="B48" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C48" s="12">
         <v>37337</v>
       </c>
       <c r="D48" s="12">
         <v>8209</v>
       </c>
       <c r="E48" s="12">
         <v>17082</v>
       </c>
       <c r="F48" s="20">
         <v>-73366</v>
       </c>
       <c r="G48" s="24">
         <v>-5452</v>
       </c>
       <c r="H48" s="24">
         <v>-40902</v>
       </c>
       <c r="I48" s="24">
         <v>26193</v>
       </c>
       <c r="J48" s="24">
         <v>20519</v>
       </c>
       <c r="K48" s="24">
         <v>14906</v>
       </c>
-      <c r="L48" s="24"/>
-[...1 lines deleted...]
-      <c r="N48" s="24"/>
+      <c r="L48" s="24">
+        <v>-6082</v>
+      </c>
+      <c r="M48" s="24">
+        <v>-13510</v>
+      </c>
+      <c r="N48" s="24">
+        <v>-140397</v>
+      </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A49" s="49"/>
+      <c r="A49" s="50"/>
       <c r="B49" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C49" s="10">
         <v>-1815</v>
       </c>
       <c r="D49" s="10">
         <v>-2325</v>
       </c>
       <c r="E49" s="10">
         <v>-13779</v>
       </c>
       <c r="F49" s="21">
         <v>-8412</v>
       </c>
       <c r="G49" s="25">
         <v>-9407</v>
       </c>
       <c r="H49" s="25">
         <v>-30718</v>
       </c>
       <c r="I49" s="25">
         <v>-30121</v>
       </c>
       <c r="J49" s="25">
         <v>-3414</v>
       </c>
       <c r="K49" s="25">
         <v>-28220</v>
       </c>
-      <c r="L49" s="25"/>
-[...3 lines deleted...]
-    <row r="50" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L49" s="25">
+        <v>-14740</v>
+      </c>
+      <c r="M49" s="25">
+        <v>-3896</v>
+      </c>
+      <c r="N49" s="25">
+        <v>-3191</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A50" s="35" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="15"/>
       <c r="C50" s="16">
         <v>445830</v>
       </c>
       <c r="D50" s="16">
         <v>425244</v>
       </c>
       <c r="E50" s="16">
         <v>448738</v>
       </c>
       <c r="F50" s="22">
         <v>452641</v>
       </c>
       <c r="G50" s="26">
         <v>472672</v>
       </c>
       <c r="H50" s="26">
         <v>488668</v>
       </c>
       <c r="I50" s="26">
         <v>446698</v>
       </c>
       <c r="J50" s="26">
         <v>462864</v>
       </c>
       <c r="K50" s="26">
         <v>475596</v>
       </c>
-      <c r="L50" s="26"/>
-[...1 lines deleted...]
-      <c r="N50" s="26"/>
+      <c r="L50" s="26">
+        <v>495733</v>
+      </c>
+      <c r="M50" s="26">
+        <v>499832</v>
+      </c>
+      <c r="N50" s="26">
+        <v>548391</v>
+      </c>
     </row>
     <row r="51" spans="1:14" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="50"/>
-      <c r="B51" s="51" t="s">
+      <c r="A51" s="51"/>
+      <c r="B51" s="49" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="10">
         <v>411409</v>
       </c>
       <c r="D51" s="10">
         <v>387815</v>
       </c>
       <c r="E51" s="10">
         <v>414513</v>
       </c>
       <c r="F51" s="21">
         <v>411988</v>
       </c>
       <c r="G51" s="25">
         <v>413129</v>
       </c>
       <c r="H51" s="25">
         <v>375715</v>
       </c>
       <c r="I51" s="25">
         <v>416945</v>
       </c>
       <c r="J51" s="25">
         <v>430989</v>
       </c>
       <c r="K51" s="25">
         <v>448890</v>
       </c>
-      <c r="L51" s="25"/>
-[...1 lines deleted...]
-      <c r="N51" s="25"/>
+      <c r="L51" s="25">
+        <v>458044</v>
+      </c>
+      <c r="M51" s="25">
+        <v>438942</v>
+      </c>
+      <c r="N51" s="25">
+        <v>510337</v>
+      </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A52" s="50"/>
-      <c r="B52" s="51"/>
+      <c r="A52" s="51"/>
+      <c r="B52" s="49"/>
       <c r="C52" s="12">
         <v>388829</v>
       </c>
       <c r="D52" s="12">
         <v>366063</v>
       </c>
       <c r="E52" s="12">
         <v>390414</v>
       </c>
       <c r="F52" s="20">
         <v>387421</v>
       </c>
       <c r="G52" s="24">
         <v>388122</v>
       </c>
       <c r="H52" s="24">
         <v>351647</v>
       </c>
       <c r="I52" s="24">
         <v>391775</v>
       </c>
       <c r="J52" s="24">
         <v>406380</v>
       </c>
       <c r="K52" s="24">
         <v>422728</v>
       </c>
-      <c r="L52" s="24"/>
-[...1 lines deleted...]
-      <c r="N52" s="24"/>
+      <c r="L52" s="24">
+        <v>432069</v>
+      </c>
+      <c r="M52" s="24">
+        <v>415017</v>
+      </c>
+      <c r="N52" s="24">
+        <v>482325</v>
+      </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A53" s="50"/>
-      <c r="B53" s="51"/>
+      <c r="A53" s="51"/>
+      <c r="B53" s="49"/>
       <c r="C53" s="10">
         <v>22580</v>
       </c>
       <c r="D53" s="10">
         <v>21752</v>
       </c>
       <c r="E53" s="10">
         <v>24099</v>
       </c>
       <c r="F53" s="21">
         <v>24567</v>
       </c>
       <c r="G53" s="25">
         <v>25007</v>
       </c>
       <c r="H53" s="25">
         <v>24068</v>
       </c>
       <c r="I53" s="25">
         <v>25170</v>
       </c>
       <c r="J53" s="25">
         <v>24609</v>
       </c>
       <c r="K53" s="25">
         <v>26162</v>
       </c>
-      <c r="L53" s="25"/>
-[...1 lines deleted...]
-      <c r="N53" s="25"/>
+      <c r="L53" s="25">
+        <v>25975</v>
+      </c>
+      <c r="M53" s="25">
+        <v>23925</v>
+      </c>
+      <c r="N53" s="25">
+        <v>28012</v>
+      </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A54" s="50"/>
+      <c r="A54" s="51"/>
       <c r="B54" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="12">
         <v>34421</v>
       </c>
       <c r="D54" s="12">
         <v>37429</v>
       </c>
       <c r="E54" s="12">
         <v>34225</v>
       </c>
       <c r="F54" s="20">
         <v>40653</v>
       </c>
       <c r="G54" s="24">
         <v>59543</v>
       </c>
       <c r="H54" s="24">
         <v>112953</v>
       </c>
       <c r="I54" s="24">
         <v>29753</v>
       </c>
       <c r="J54" s="24">
         <v>31875</v>
       </c>
       <c r="K54" s="24">
         <v>26706</v>
       </c>
-      <c r="L54" s="24"/>
-[...3 lines deleted...]
-    <row r="55" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L54" s="24">
+        <v>37689</v>
+      </c>
+      <c r="M54" s="24">
+        <v>60890</v>
+      </c>
+      <c r="N54" s="24">
+        <v>38054</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A55" s="33" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="14">
         <v>99515</v>
       </c>
       <c r="D55" s="14">
         <v>118001</v>
       </c>
       <c r="E55" s="14">
         <v>125332</v>
       </c>
       <c r="F55" s="19">
         <v>120012</v>
       </c>
       <c r="G55" s="23">
         <v>108869</v>
       </c>
       <c r="H55" s="23">
         <v>58109</v>
       </c>
       <c r="I55" s="23">
         <v>123234</v>
       </c>
       <c r="J55" s="23">
         <v>98625</v>
       </c>
       <c r="K55" s="23">
         <v>115545</v>
       </c>
-      <c r="L55" s="23"/>
-[...1 lines deleted...]
-      <c r="N55" s="23"/>
+      <c r="L55" s="23">
+        <v>117006</v>
+      </c>
+      <c r="M55" s="23">
+        <v>108699</v>
+      </c>
+      <c r="N55" s="23">
+        <v>140939</v>
+      </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A56" s="49"/>
+      <c r="A56" s="50"/>
       <c r="B56" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C56" s="12">
         <v>37183</v>
       </c>
       <c r="D56" s="12">
         <v>42341</v>
       </c>
       <c r="E56" s="12">
         <v>52979</v>
       </c>
       <c r="F56" s="20">
         <v>112227</v>
       </c>
       <c r="G56" s="24">
         <v>15565</v>
       </c>
       <c r="H56" s="24">
         <v>23035</v>
       </c>
       <c r="I56" s="24">
         <v>47919</v>
       </c>
       <c r="J56" s="24">
         <v>36928</v>
       </c>
       <c r="K56" s="24">
         <v>31763</v>
       </c>
-      <c r="L56" s="24"/>
-[...1 lines deleted...]
-      <c r="N56" s="24"/>
+      <c r="L56" s="24">
+        <v>32549</v>
+      </c>
+      <c r="M56" s="24">
+        <v>18133</v>
+      </c>
+      <c r="N56" s="24">
+        <v>60047</v>
+      </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A57" s="49"/>
+      <c r="A57" s="50"/>
       <c r="B57" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="10">
         <v>0</v>
       </c>
       <c r="D57" s="10">
         <v>0</v>
       </c>
       <c r="E57" s="10">
         <v>0</v>
       </c>
       <c r="F57" s="21">
         <v>0</v>
       </c>
       <c r="G57" s="25">
         <v>0</v>
       </c>
       <c r="H57" s="25">
         <v>0</v>
       </c>
       <c r="I57" s="25">
         <v>0</v>
       </c>
       <c r="J57" s="25">
         <v>0</v>
       </c>
       <c r="K57" s="25">
         <v>0</v>
       </c>
-      <c r="L57" s="25"/>
-[...1 lines deleted...]
-      <c r="N57" s="25"/>
+      <c r="L57" s="25">
+        <v>0</v>
+      </c>
+      <c r="M57" s="25">
+        <v>0</v>
+      </c>
+      <c r="N57" s="25">
+        <v>0</v>
+      </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A58" s="49"/>
+      <c r="A58" s="50"/>
       <c r="B58" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C58" s="12">
         <v>3322</v>
       </c>
       <c r="D58" s="12">
         <v>21676</v>
       </c>
       <c r="E58" s="12">
         <v>13036</v>
       </c>
       <c r="F58" s="20">
         <v>-53923</v>
       </c>
       <c r="G58" s="24">
         <v>36623</v>
       </c>
       <c r="H58" s="24">
         <v>-32137</v>
       </c>
       <c r="I58" s="24">
         <v>7573</v>
       </c>
       <c r="J58" s="24">
         <v>1370</v>
       </c>
       <c r="K58" s="24">
         <v>11879</v>
       </c>
-      <c r="L58" s="24"/>
-[...1 lines deleted...]
-      <c r="N58" s="24"/>
+      <c r="L58" s="24">
+        <v>7671</v>
+      </c>
+      <c r="M58" s="24">
+        <v>9403</v>
+      </c>
+      <c r="N58" s="24">
+        <v>-1462</v>
+      </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A59" s="49"/>
+      <c r="A59" s="50"/>
       <c r="B59" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C59" s="10">
         <v>59010</v>
       </c>
       <c r="D59" s="10">
         <v>53984</v>
       </c>
       <c r="E59" s="10">
         <v>59317</v>
       </c>
       <c r="F59" s="21">
         <v>61708</v>
       </c>
       <c r="G59" s="25">
         <v>56681</v>
       </c>
       <c r="H59" s="25">
         <v>67211</v>
       </c>
       <c r="I59" s="25">
         <v>67742</v>
       </c>
       <c r="J59" s="25">
         <v>60327</v>
       </c>
       <c r="K59" s="25">
         <v>71903</v>
       </c>
-      <c r="L59" s="25"/>
-[...3 lines deleted...]
-    <row r="60" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L59" s="25">
+        <v>76786</v>
+      </c>
+      <c r="M59" s="25">
+        <v>81163</v>
+      </c>
+      <c r="N59" s="25">
+        <v>82354</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A60" s="35" t="s">
         <v>59</v>
       </c>
       <c r="B60" s="15"/>
       <c r="C60" s="16">
         <v>16427</v>
       </c>
       <c r="D60" s="16">
         <v>12683</v>
       </c>
       <c r="E60" s="16">
         <v>13624</v>
       </c>
       <c r="F60" s="22">
         <v>13523</v>
       </c>
       <c r="G60" s="26">
         <v>14609</v>
       </c>
       <c r="H60" s="26">
         <v>11950</v>
       </c>
       <c r="I60" s="26">
         <v>10908</v>
       </c>
       <c r="J60" s="26">
         <v>10894</v>
       </c>
       <c r="K60" s="26">
         <v>10701</v>
       </c>
-      <c r="L60" s="26"/>
-[...1 lines deleted...]
-      <c r="N60" s="26"/>
+      <c r="L60" s="26">
+        <v>11407</v>
+      </c>
+      <c r="M60" s="26">
+        <v>10253</v>
+      </c>
+      <c r="N60" s="26">
+        <v>9692</v>
+      </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A61" s="50"/>
+      <c r="A61" s="51"/>
       <c r="B61" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="10">
         <v>995</v>
       </c>
       <c r="D61" s="10">
         <v>901</v>
       </c>
       <c r="E61" s="10">
         <v>983</v>
       </c>
       <c r="F61" s="21">
         <v>942</v>
       </c>
       <c r="G61" s="25">
         <v>894</v>
       </c>
       <c r="H61" s="25">
         <v>573</v>
       </c>
       <c r="I61" s="25">
         <v>438</v>
       </c>
       <c r="J61" s="25">
         <v>446</v>
       </c>
       <c r="K61" s="25">
         <v>709</v>
       </c>
-      <c r="L61" s="25"/>
-[...1 lines deleted...]
-      <c r="N61" s="25"/>
+      <c r="L61" s="25">
+        <v>1009</v>
+      </c>
+      <c r="M61" s="25">
+        <v>944</v>
+      </c>
+      <c r="N61" s="25">
+        <v>-617</v>
+      </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A62" s="50"/>
+      <c r="A62" s="51"/>
       <c r="B62" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="12">
         <v>0</v>
       </c>
       <c r="D62" s="12">
         <v>0</v>
       </c>
       <c r="E62" s="12">
         <v>0</v>
       </c>
       <c r="F62" s="20">
         <v>0</v>
       </c>
       <c r="G62" s="24">
         <v>0</v>
       </c>
       <c r="H62" s="24">
         <v>0</v>
       </c>
       <c r="I62" s="24">
         <v>0</v>
       </c>
       <c r="J62" s="24">
         <v>0</v>
       </c>
       <c r="K62" s="24">
         <v>0</v>
       </c>
-      <c r="L62" s="24"/>
-[...1 lines deleted...]
-      <c r="N62" s="24"/>
+      <c r="L62" s="24">
+        <v>0</v>
+      </c>
+      <c r="M62" s="24">
+        <v>0</v>
+      </c>
+      <c r="N62" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A63" s="50"/>
+      <c r="A63" s="51"/>
       <c r="B63" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C63" s="10">
         <v>2753</v>
       </c>
       <c r="D63" s="10">
         <v>277</v>
       </c>
       <c r="E63" s="10">
         <v>336</v>
       </c>
       <c r="F63" s="21">
         <v>597</v>
       </c>
       <c r="G63" s="25">
         <v>1265</v>
       </c>
       <c r="H63" s="25">
         <v>-454</v>
       </c>
       <c r="I63" s="25">
         <v>-114</v>
       </c>
       <c r="J63" s="25">
         <v>-62</v>
       </c>
       <c r="K63" s="25">
         <v>-132</v>
       </c>
-      <c r="L63" s="25"/>
-[...1 lines deleted...]
-      <c r="N63" s="25"/>
+      <c r="L63" s="25">
+        <v>-149</v>
+      </c>
+      <c r="M63" s="25">
+        <v>-698</v>
+      </c>
+      <c r="N63" s="25">
+        <v>-143</v>
+      </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A64" s="50"/>
+      <c r="A64" s="51"/>
       <c r="B64" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="12">
         <v>12679</v>
       </c>
       <c r="D64" s="12">
         <v>11505</v>
       </c>
       <c r="E64" s="12">
         <v>12305</v>
       </c>
       <c r="F64" s="20">
         <v>11984</v>
       </c>
       <c r="G64" s="24">
         <v>12450</v>
       </c>
       <c r="H64" s="24">
         <v>11831</v>
       </c>
       <c r="I64" s="24">
         <v>10584</v>
       </c>
       <c r="J64" s="24">
         <v>10510</v>
       </c>
       <c r="K64" s="24">
         <v>10124</v>
       </c>
-      <c r="L64" s="24"/>
-[...3 lines deleted...]
-    <row r="65" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L64" s="24">
+        <v>10547</v>
+      </c>
+      <c r="M64" s="24">
+        <v>10007</v>
+      </c>
+      <c r="N64" s="24">
+        <v>10452</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A65" s="33" t="s">
         <v>60</v>
       </c>
       <c r="B65" s="13"/>
       <c r="C65" s="14">
         <v>642091</v>
       </c>
       <c r="D65" s="14">
         <v>658333</v>
       </c>
       <c r="E65" s="14">
         <v>721436</v>
       </c>
       <c r="F65" s="19">
         <v>745810</v>
       </c>
       <c r="G65" s="23">
         <v>720604</v>
       </c>
       <c r="H65" s="23">
         <v>761930</v>
       </c>
       <c r="I65" s="23">
         <v>753040</v>
       </c>
       <c r="J65" s="23">
         <v>732654</v>
       </c>
       <c r="K65" s="23">
         <v>755491</v>
       </c>
-      <c r="L65" s="23"/>
-[...1 lines deleted...]
-      <c r="N65" s="23"/>
+      <c r="L65" s="23">
+        <v>776271</v>
+      </c>
+      <c r="M65" s="23">
+        <v>769864</v>
+      </c>
+      <c r="N65" s="23">
+        <v>801673</v>
+      </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A66" s="49"/>
+      <c r="A66" s="50"/>
       <c r="B66" s="11" t="s">
         <v>61</v>
       </c>
       <c r="C66" s="12">
         <v>322237</v>
       </c>
       <c r="D66" s="12">
         <v>352153</v>
       </c>
       <c r="E66" s="12">
         <v>359273</v>
       </c>
       <c r="F66" s="20">
         <v>377245</v>
       </c>
       <c r="G66" s="24">
         <v>372103</v>
       </c>
       <c r="H66" s="24">
         <v>365417</v>
       </c>
       <c r="I66" s="24">
         <v>368995</v>
       </c>
       <c r="J66" s="24">
         <v>382767</v>
       </c>
       <c r="K66" s="24">
         <v>388312</v>
       </c>
-      <c r="L66" s="24"/>
-[...1 lines deleted...]
-      <c r="N66" s="24"/>
+      <c r="L66" s="24">
+        <v>383123</v>
+      </c>
+      <c r="M66" s="24">
+        <v>383235</v>
+      </c>
+      <c r="N66" s="24">
+        <v>366837</v>
+      </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A67" s="49"/>
+      <c r="A67" s="50"/>
       <c r="B67" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C67" s="10">
         <v>2741</v>
       </c>
       <c r="D67" s="10">
         <v>3222</v>
       </c>
       <c r="E67" s="10">
         <v>3483</v>
       </c>
       <c r="F67" s="21">
         <v>3451</v>
       </c>
       <c r="G67" s="25">
         <v>3102</v>
       </c>
       <c r="H67" s="25">
         <v>6004</v>
       </c>
       <c r="I67" s="25">
         <v>3649</v>
       </c>
       <c r="J67" s="25">
         <v>3522</v>
       </c>
       <c r="K67" s="25">
         <v>5180</v>
       </c>
-      <c r="L67" s="25"/>
-[...1 lines deleted...]
-      <c r="N67" s="25"/>
+      <c r="L67" s="25">
+        <v>4705</v>
+      </c>
+      <c r="M67" s="25">
+        <v>5189</v>
+      </c>
+      <c r="N67" s="25">
+        <v>4231</v>
+      </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A68" s="49"/>
+      <c r="A68" s="50"/>
       <c r="B68" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C68" s="12">
         <v>11330</v>
       </c>
       <c r="D68" s="12">
         <v>11947</v>
       </c>
       <c r="E68" s="12">
         <v>18453</v>
       </c>
       <c r="F68" s="20">
         <v>17820</v>
       </c>
       <c r="G68" s="24">
         <v>15403</v>
       </c>
       <c r="H68" s="24">
         <v>22042</v>
       </c>
       <c r="I68" s="24">
         <v>21089</v>
       </c>
       <c r="J68" s="24">
         <v>18117</v>
       </c>
       <c r="K68" s="24">
         <v>16004</v>
       </c>
-      <c r="L68" s="24"/>
-[...1 lines deleted...]
-      <c r="N68" s="24"/>
+      <c r="L68" s="24">
+        <v>16153</v>
+      </c>
+      <c r="M68" s="24">
+        <v>15642</v>
+      </c>
+      <c r="N68" s="24">
+        <v>22312</v>
+      </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A69" s="49"/>
+      <c r="A69" s="50"/>
       <c r="B69" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C69" s="10">
         <v>3489</v>
       </c>
       <c r="D69" s="10">
         <v>3509</v>
       </c>
       <c r="E69" s="10">
         <v>6165</v>
       </c>
       <c r="F69" s="21">
         <v>5569</v>
       </c>
       <c r="G69" s="25">
         <v>3716</v>
       </c>
       <c r="H69" s="25">
         <v>3070</v>
       </c>
       <c r="I69" s="25">
         <v>4009</v>
       </c>
       <c r="J69" s="25">
         <v>4375</v>
       </c>
       <c r="K69" s="25">
         <v>4011</v>
       </c>
-      <c r="L69" s="25"/>
-[...1 lines deleted...]
-      <c r="N69" s="25"/>
+      <c r="L69" s="25">
+        <v>3817</v>
+      </c>
+      <c r="M69" s="25">
+        <v>6348</v>
+      </c>
+      <c r="N69" s="25">
+        <v>657</v>
+      </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A70" s="49"/>
+      <c r="A70" s="50"/>
       <c r="B70" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C70" s="12">
         <v>57081</v>
       </c>
       <c r="D70" s="12">
         <v>48256</v>
       </c>
       <c r="E70" s="12">
         <v>61744</v>
       </c>
       <c r="F70" s="20">
         <v>55275</v>
       </c>
       <c r="G70" s="24">
         <v>55927</v>
       </c>
       <c r="H70" s="24">
         <v>61328</v>
       </c>
       <c r="I70" s="24">
         <v>59677</v>
       </c>
       <c r="J70" s="24">
         <v>59221</v>
       </c>
       <c r="K70" s="24">
         <v>59284</v>
       </c>
-      <c r="L70" s="24"/>
-[...1 lines deleted...]
-      <c r="N70" s="24"/>
+      <c r="L70" s="24">
+        <v>57756</v>
+      </c>
+      <c r="M70" s="24">
+        <v>58848</v>
+      </c>
+      <c r="N70" s="24">
+        <v>81434</v>
+      </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A71" s="49"/>
+      <c r="A71" s="50"/>
       <c r="B71" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C71" s="10">
         <v>20761</v>
       </c>
       <c r="D71" s="10">
         <v>19190</v>
       </c>
       <c r="E71" s="10">
         <v>19249</v>
       </c>
       <c r="F71" s="21">
         <v>23284</v>
       </c>
       <c r="G71" s="25">
         <v>20886</v>
       </c>
       <c r="H71" s="25">
         <v>21375</v>
       </c>
       <c r="I71" s="25">
         <v>19424</v>
       </c>
       <c r="J71" s="25">
         <v>16035</v>
       </c>
       <c r="K71" s="25">
         <v>17909</v>
       </c>
-      <c r="L71" s="25"/>
-[...1 lines deleted...]
-      <c r="N71" s="25"/>
+      <c r="L71" s="25">
+        <v>22209</v>
+      </c>
+      <c r="M71" s="25">
+        <v>25036</v>
+      </c>
+      <c r="N71" s="25">
+        <v>28321</v>
+      </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A72" s="49"/>
+      <c r="A72" s="50"/>
       <c r="B72" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C72" s="12">
         <v>41751</v>
       </c>
       <c r="D72" s="12">
         <v>45689</v>
       </c>
       <c r="E72" s="12">
         <v>48485</v>
       </c>
       <c r="F72" s="20">
         <v>47409</v>
       </c>
       <c r="G72" s="24">
         <v>49398</v>
       </c>
       <c r="H72" s="24">
         <v>37720</v>
       </c>
       <c r="I72" s="24">
         <v>48986</v>
       </c>
       <c r="J72" s="24">
         <v>52117</v>
       </c>
       <c r="K72" s="24">
         <v>48144</v>
       </c>
-      <c r="L72" s="24"/>
-[...1 lines deleted...]
-      <c r="N72" s="24"/>
+      <c r="L72" s="24">
+        <v>46859</v>
+      </c>
+      <c r="M72" s="24">
+        <v>45713</v>
+      </c>
+      <c r="N72" s="24">
+        <v>47972</v>
+      </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A73" s="49"/>
+      <c r="A73" s="50"/>
       <c r="B73" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C73" s="10">
         <v>182701</v>
       </c>
       <c r="D73" s="10">
         <v>174367</v>
       </c>
       <c r="E73" s="10">
         <v>204584</v>
       </c>
       <c r="F73" s="21">
         <v>215757</v>
       </c>
       <c r="G73" s="25">
         <v>200069</v>
       </c>
       <c r="H73" s="25">
         <v>244974</v>
       </c>
       <c r="I73" s="25">
         <v>227211</v>
       </c>
       <c r="J73" s="25">
         <v>196500</v>
       </c>
       <c r="K73" s="25">
         <v>216647</v>
       </c>
-      <c r="L73" s="25"/>
-[...3 lines deleted...]
-    <row r="74" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+      <c r="L73" s="25">
+        <v>241649</v>
+      </c>
+      <c r="M73" s="25">
+        <v>229853</v>
+      </c>
+      <c r="N73" s="25">
+        <v>249909</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" s="1" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A74" s="35" t="s">
         <v>69</v>
       </c>
       <c r="B74" s="15"/>
       <c r="C74" s="16">
         <v>535834</v>
       </c>
       <c r="D74" s="16">
         <v>474485</v>
       </c>
       <c r="E74" s="16">
         <v>544118</v>
       </c>
       <c r="F74" s="22">
         <v>611871</v>
       </c>
       <c r="G74" s="26">
         <v>575232</v>
       </c>
       <c r="H74" s="26">
         <v>452203</v>
       </c>
       <c r="I74" s="26">
         <v>568923</v>
       </c>
       <c r="J74" s="26">
         <v>587160</v>
       </c>
       <c r="K74" s="26">
         <v>495951</v>
       </c>
-      <c r="L74" s="26"/>
-[...3 lines deleted...]
-    <row r="75" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L74" s="26">
+        <v>561190</v>
+      </c>
+      <c r="M74" s="26">
+        <v>571152</v>
+      </c>
+      <c r="N74" s="26">
+        <v>655239</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A75" s="33" t="s">
         <v>70</v>
       </c>
       <c r="B75" s="13"/>
       <c r="C75" s="14">
         <v>147501</v>
       </c>
       <c r="D75" s="14">
         <v>139889</v>
       </c>
       <c r="E75" s="14">
         <v>145839</v>
       </c>
       <c r="F75" s="19">
         <v>186876</v>
       </c>
       <c r="G75" s="23">
         <v>168717</v>
       </c>
       <c r="H75" s="23">
         <v>102414</v>
       </c>
       <c r="I75" s="23">
         <v>152804</v>
       </c>
       <c r="J75" s="23">
         <v>173334</v>
       </c>
       <c r="K75" s="23">
         <v>141849</v>
       </c>
-      <c r="L75" s="23"/>
-[...1 lines deleted...]
-      <c r="N75" s="23"/>
+      <c r="L75" s="23">
+        <v>155868</v>
+      </c>
+      <c r="M75" s="23">
+        <v>147718</v>
+      </c>
+      <c r="N75" s="23">
+        <v>191405</v>
+      </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A76" s="49"/>
+      <c r="A76" s="50"/>
       <c r="B76" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C76" s="12">
         <v>153198</v>
       </c>
       <c r="D76" s="12">
         <v>128389</v>
       </c>
       <c r="E76" s="12">
         <v>130367</v>
       </c>
       <c r="F76" s="20">
         <v>196262</v>
       </c>
       <c r="G76" s="24">
         <v>174474</v>
       </c>
       <c r="H76" s="24">
         <v>158151</v>
       </c>
       <c r="I76" s="24">
         <v>155649</v>
       </c>
       <c r="J76" s="24">
         <v>187253</v>
       </c>
       <c r="K76" s="24">
         <v>147935</v>
       </c>
-      <c r="L76" s="24"/>
-[...1 lines deleted...]
-      <c r="N76" s="24"/>
+      <c r="L76" s="24">
+        <v>168136</v>
+      </c>
+      <c r="M76" s="24">
+        <v>157074</v>
+      </c>
+      <c r="N76" s="24">
+        <v>183861</v>
+      </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A77" s="49"/>
+      <c r="A77" s="50"/>
       <c r="B77" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C77" s="10">
         <v>-5697</v>
       </c>
       <c r="D77" s="10">
         <v>11500</v>
       </c>
       <c r="E77" s="10">
         <v>15472</v>
       </c>
       <c r="F77" s="21">
         <v>-9386</v>
       </c>
       <c r="G77" s="25">
         <v>-5757</v>
       </c>
       <c r="H77" s="25">
         <v>-55737</v>
       </c>
       <c r="I77" s="25">
         <v>-2845</v>
       </c>
       <c r="J77" s="25">
         <v>-13919</v>
       </c>
       <c r="K77" s="25">
         <v>-6086</v>
       </c>
-      <c r="L77" s="25"/>
-[...1 lines deleted...]
-      <c r="N77" s="25"/>
+      <c r="L77" s="25">
+        <v>-12268</v>
+      </c>
+      <c r="M77" s="25">
+        <v>-9356</v>
+      </c>
+      <c r="N77" s="25">
+        <v>7544</v>
+      </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A78" s="49"/>
+      <c r="A78" s="50"/>
       <c r="B78" s="11" t="s">
         <v>73</v>
       </c>
       <c r="C78" s="12">
         <v>0</v>
       </c>
       <c r="D78" s="12">
         <v>0</v>
       </c>
       <c r="E78" s="12">
         <v>0</v>
       </c>
       <c r="F78" s="20">
         <v>0</v>
       </c>
       <c r="G78" s="24">
         <v>0</v>
       </c>
       <c r="H78" s="24">
         <v>0</v>
       </c>
       <c r="I78" s="24">
         <v>0</v>
       </c>
       <c r="J78" s="24">
         <v>0</v>
       </c>
       <c r="K78" s="24">
         <v>0</v>
       </c>
-      <c r="L78" s="24"/>
-[...3 lines deleted...]
-    <row r="79" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L78" s="24">
+        <v>0</v>
+      </c>
+      <c r="M78" s="24">
+        <v>0</v>
+      </c>
+      <c r="N78" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A79" s="33" t="s">
         <v>74</v>
       </c>
       <c r="B79" s="13"/>
       <c r="C79" s="14">
         <v>388333</v>
       </c>
       <c r="D79" s="14">
         <v>334596</v>
       </c>
       <c r="E79" s="14">
         <v>398279</v>
       </c>
       <c r="F79" s="19">
         <v>424995</v>
       </c>
       <c r="G79" s="23">
         <v>406515</v>
       </c>
       <c r="H79" s="23">
         <v>349789</v>
       </c>
       <c r="I79" s="23">
         <v>416119</v>
       </c>
       <c r="J79" s="23">
         <v>413826</v>
       </c>
       <c r="K79" s="23">
         <v>354102</v>
       </c>
-      <c r="L79" s="23"/>
-[...1 lines deleted...]
-      <c r="N79" s="23"/>
+      <c r="L79" s="23">
+        <v>405322</v>
+      </c>
+      <c r="M79" s="23">
+        <v>423434</v>
+      </c>
+      <c r="N79" s="23">
+        <v>463834</v>
+      </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A80" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B80" s="11"/>
       <c r="C80" s="12">
         <v>0</v>
       </c>
       <c r="D80" s="12">
         <v>0</v>
       </c>
       <c r="E80" s="12">
         <v>0</v>
       </c>
       <c r="F80" s="20">
         <v>0</v>
       </c>
       <c r="G80" s="24">
         <v>0</v>
       </c>
       <c r="H80" s="24">
         <v>0</v>
       </c>
       <c r="I80" s="24">
         <v>0</v>
       </c>
       <c r="J80" s="24">
         <v>0</v>
       </c>
       <c r="K80" s="24">
         <v>0</v>
       </c>
-      <c r="L80" s="24"/>
-[...1 lines deleted...]
-      <c r="N80" s="24"/>
+      <c r="L80" s="24">
+        <v>0</v>
+      </c>
+      <c r="M80" s="24">
+        <v>0</v>
+      </c>
+      <c r="N80" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" s="36" t="s">
         <v>76</v>
       </c>
       <c r="B81" s="9"/>
       <c r="C81" s="10">
         <v>0</v>
       </c>
       <c r="D81" s="10">
         <v>0</v>
       </c>
       <c r="E81" s="10">
         <v>0</v>
       </c>
       <c r="F81" s="21">
         <v>0</v>
       </c>
       <c r="G81" s="25">
         <v>0</v>
       </c>
       <c r="H81" s="25">
         <v>0</v>
       </c>
       <c r="I81" s="25">
         <v>0</v>
       </c>
       <c r="J81" s="25">
         <v>0</v>
       </c>
       <c r="K81" s="25">
         <v>0</v>
       </c>
-      <c r="L81" s="25"/>
-[...1 lines deleted...]
-      <c r="N81" s="25"/>
+      <c r="L81" s="25">
+        <v>0</v>
+      </c>
+      <c r="M81" s="25">
+        <v>0</v>
+      </c>
+      <c r="N81" s="25">
+        <v>0</v>
+      </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A82" s="34" t="s">
         <v>77</v>
       </c>
       <c r="B82" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C82" s="12">
         <v>29348</v>
       </c>
       <c r="D82" s="12">
         <v>87322</v>
       </c>
       <c r="E82" s="12">
         <v>134122</v>
       </c>
       <c r="F82" s="20">
         <v>-35276</v>
       </c>
       <c r="G82" s="24">
         <v>76951</v>
       </c>
       <c r="H82" s="24">
         <v>-851162</v>
       </c>
       <c r="I82" s="24">
         <v>214281</v>
       </c>
       <c r="J82" s="24">
         <v>321572</v>
       </c>
       <c r="K82" s="24">
         <v>403545</v>
       </c>
-      <c r="L82" s="24"/>
-[...1 lines deleted...]
-      <c r="N82" s="24"/>
+      <c r="L82" s="24">
+        <v>762542</v>
+      </c>
+      <c r="M82" s="24">
+        <v>796718</v>
+      </c>
+      <c r="N82" s="24">
+        <v>934928</v>
+      </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A83" s="36"/>
       <c r="B83" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C83" s="10">
         <v>818</v>
       </c>
       <c r="D83" s="10">
         <v>-1608</v>
       </c>
       <c r="E83" s="10">
         <v>30542</v>
       </c>
       <c r="F83" s="21">
         <v>2114</v>
       </c>
       <c r="G83" s="25">
         <v>-3033</v>
       </c>
       <c r="H83" s="25">
         <v>-3568</v>
       </c>
       <c r="I83" s="25">
         <v>-4600</v>
       </c>
       <c r="J83" s="25">
         <v>-2027</v>
       </c>
       <c r="K83" s="25">
         <v>1466</v>
       </c>
-      <c r="L83" s="25"/>
-[...1 lines deleted...]
-      <c r="N83" s="25"/>
+      <c r="L83" s="25">
+        <v>2</v>
+      </c>
+      <c r="M83" s="25">
+        <v>-4641</v>
+      </c>
+      <c r="N83" s="25">
+        <v>-2113</v>
+      </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A84" s="34" t="s">
         <v>80</v>
       </c>
       <c r="B84" s="11"/>
       <c r="C84" s="12">
         <v>0</v>
       </c>
       <c r="D84" s="12">
         <v>-921198</v>
       </c>
       <c r="E84" s="12">
         <v>-301323</v>
       </c>
       <c r="F84" s="20">
         <v>0</v>
       </c>
       <c r="G84" s="24">
         <v>0</v>
       </c>
       <c r="H84" s="24">
         <v>-87708</v>
       </c>
       <c r="I84" s="24">
         <v>0</v>
       </c>
       <c r="J84" s="24">
         <v>-746367</v>
       </c>
       <c r="K84" s="24">
         <v>-784482</v>
       </c>
-      <c r="L84" s="24"/>
-[...3 lines deleted...]
-    <row r="85" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L84" s="24">
+        <v>-736639</v>
+      </c>
+      <c r="M84" s="24">
+        <v>-630014</v>
+      </c>
+      <c r="N84" s="24">
+        <v>-595805</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A85" s="33" t="s">
         <v>81</v>
       </c>
       <c r="B85" s="13"/>
       <c r="C85" s="14">
         <v>418499</v>
       </c>
       <c r="D85" s="14">
         <v>-500888</v>
       </c>
       <c r="E85" s="14">
         <v>261620</v>
       </c>
       <c r="F85" s="19">
         <v>391833</v>
       </c>
       <c r="G85" s="23">
         <v>480433</v>
       </c>
       <c r="H85" s="23">
         <v>-592649</v>
       </c>
       <c r="I85" s="23">
         <v>625800</v>
       </c>
       <c r="J85" s="23">
         <v>-12996</v>
       </c>
       <c r="K85" s="23">
         <v>-25369</v>
       </c>
-      <c r="L85" s="23"/>
-[...3 lines deleted...]
-    <row r="86" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L85" s="23">
+        <v>431227</v>
+      </c>
+      <c r="M85" s="23">
+        <v>585497</v>
+      </c>
+      <c r="N85" s="23">
+        <v>800844</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A86" s="35" t="s">
         <v>82</v>
       </c>
       <c r="B86" s="15"/>
       <c r="C86" s="16">
         <v>11699676</v>
       </c>
       <c r="D86" s="16">
         <v>11843482</v>
       </c>
       <c r="E86" s="16">
         <v>11498393</v>
       </c>
       <c r="F86" s="22">
         <v>11665616</v>
       </c>
       <c r="G86" s="26">
         <v>11843333</v>
       </c>
       <c r="H86" s="26">
         <v>12003545</v>
       </c>
       <c r="I86" s="26">
         <v>12093337</v>
       </c>
       <c r="J86" s="26">
         <v>12270333</v>
       </c>
       <c r="K86" s="26">
         <v>11757305</v>
       </c>
-      <c r="L86" s="26"/>
-[...3 lines deleted...]
-    <row r="87" spans="1:14" s="1" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="L86" s="26">
+        <v>11922912</v>
+      </c>
+      <c r="M86" s="26">
+        <v>12073279</v>
+      </c>
+      <c r="N86" s="26">
+        <v>12212203</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" s="1" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" s="37" t="s">
         <v>83</v>
       </c>
       <c r="B87" s="38"/>
       <c r="C87" s="39">
         <v>12118175</v>
       </c>
       <c r="D87" s="39">
         <v>11342594</v>
       </c>
       <c r="E87" s="39">
         <v>11760013</v>
       </c>
       <c r="F87" s="40">
         <v>12057449</v>
       </c>
       <c r="G87" s="41">
         <v>12323766</v>
       </c>
       <c r="H87" s="41">
         <v>11410896</v>
       </c>
       <c r="I87" s="41">
         <v>12719137</v>
       </c>
       <c r="J87" s="41">
         <v>12257337</v>
       </c>
       <c r="K87" s="41">
         <v>11731936</v>
       </c>
-      <c r="L87" s="41"/>
-[...1 lines deleted...]
-      <c r="N87" s="41"/>
+      <c r="L87" s="41">
+        <v>12354139</v>
+      </c>
+      <c r="M87" s="41">
+        <v>12658776</v>
+      </c>
+      <c r="N87" s="41">
+        <v>13013047</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="B51:B53"/>
-[...3 lines deleted...]
-    <mergeCell ref="B6:B8"/>
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A61:A64"/>
     <mergeCell ref="A66:A73"/>
     <mergeCell ref="A76:A78"/>
     <mergeCell ref="A46:A49"/>
     <mergeCell ref="A51:A54"/>
+    <mergeCell ref="B51:B53"/>
+    <mergeCell ref="A10:A26"/>
+    <mergeCell ref="A29:A43"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="B6:B8"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>