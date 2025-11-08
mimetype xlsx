--- v0 (2025-10-10)
+++ v1 (2025-11-08)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/Monetary and Financial Statistics/Set of Tables/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="703" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F1F63DB8-A239-41F7-99EE-DBAA31B5A3C7}"/>
+  <xr:revisionPtr revIDLastSave="725" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{57379A76-9646-4BEA-8B35-A12F9E808663}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="table ii.1(a)" sheetId="1" r:id="rId1"/>
     <sheet name="table ii.1 (b)" sheetId="7" r:id="rId2"/>
     <sheet name="table ii.2(a)" sheetId="13" r:id="rId3"/>
     <sheet name="table ii.2(b)" sheetId="5" r:id="rId4"/>
     <sheet name="table ii. 3" sheetId="4" r:id="rId5"/>
     <sheet name="table ii. 4" sheetId="2" r:id="rId6"/>
     <sheet name="table ii.5" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'table ii. 3'!$B$1:$B$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'table ii.1 (b)'!$B$1:$B$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'table ii.5'!$B$1:$B$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -5672,1986 +5672,2159 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J38"/>
+  <dimension ref="A1:K38"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="P26" sqref="P26"/>
+      <selection pane="bottomRight" activeCell="T40" sqref="T40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="13.109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.88671875" style="7" customWidth="1"/>
-    <col min="3" max="10" width="11.33203125" style="7" customWidth="1"/>
-    <col min="11" max="16384" width="8.88671875" style="7"/>
+    <col min="3" max="11" width="11.33203125" style="7" customWidth="1"/>
+    <col min="12" max="16384" width="8.88671875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:10" ht="13.8">
+    <row r="4" spans="1:11" ht="13.8">
       <c r="A4" s="12"/>
       <c r="B4" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
-    </row>
-    <row r="5" spans="1:10" ht="13.8">
+      <c r="K4" s="73">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="13.8">
       <c r="A5" s="14"/>
       <c r="B5" s="48"/>
       <c r="C5" s="64"/>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="64"/>
       <c r="I5" s="64"/>
       <c r="J5" s="64"/>
-    </row>
-    <row r="6" spans="1:10" ht="13.8">
+      <c r="K5" s="64"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.8">
       <c r="A6" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>51436.611865312341</v>
       </c>
       <c r="D6" s="75">
         <v>50530.102536009559</v>
       </c>
       <c r="E6" s="75">
         <v>54263.168540312334</v>
       </c>
       <c r="F6" s="75">
         <v>57912.975279763574</v>
       </c>
       <c r="G6" s="75">
         <v>52147.435508147326</v>
       </c>
       <c r="H6" s="75">
         <v>54369.597535850349</v>
       </c>
       <c r="I6" s="75">
         <v>52999.975125710669</v>
       </c>
       <c r="J6" s="75">
         <v>51917.620972074066</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" ht="13.8">
+      <c r="K6" s="75">
+        <v>49961.214720611126</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="13.8">
       <c r="A7" s="14" t="s">
         <v>142</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>59066.584826992344</v>
       </c>
       <c r="D7" s="75">
         <v>58143.026558409561</v>
       </c>
       <c r="E7" s="75">
         <v>61950.597312442333</v>
       </c>
       <c r="F7" s="75">
         <v>65874.287518983576</v>
       </c>
       <c r="G7" s="75">
         <v>59727.100246907328</v>
       </c>
       <c r="H7" s="75">
         <v>62075.072019400352</v>
       </c>
       <c r="I7" s="75">
         <v>60723.905663280668</v>
       </c>
       <c r="J7" s="75">
         <v>59586.433636134068</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" ht="13.8">
+      <c r="K7" s="75">
+        <v>57413.016704391128</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="13.8">
       <c r="A8" s="14" t="s">
         <v>143</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="75">
         <v>4185.8803031699999</v>
       </c>
       <c r="D8" s="75">
         <v>4145.4219192600003</v>
       </c>
       <c r="E8" s="75">
         <v>4185.9630287999998</v>
       </c>
       <c r="F8" s="75">
         <v>4312.4527889399997</v>
       </c>
       <c r="G8" s="75">
         <v>4109.3844279099994</v>
       </c>
       <c r="H8" s="75">
         <v>4169.8151067199997</v>
       </c>
       <c r="I8" s="75">
         <v>4159.6211192800001</v>
       </c>
       <c r="J8" s="75">
         <v>4119.3115991599998</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" ht="13.8">
+      <c r="K8" s="75">
+        <v>4006.01617842</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>31.080769790000002</v>
       </c>
       <c r="D9" s="76">
         <v>31.370769790000001</v>
       </c>
       <c r="E9" s="76">
         <v>36.680769789999999</v>
       </c>
       <c r="F9" s="76">
         <v>41.13476979</v>
       </c>
       <c r="G9" s="76">
         <v>41.934769789999997</v>
       </c>
       <c r="H9" s="76">
         <v>53.991151379999998</v>
       </c>
       <c r="I9" s="76">
         <v>60.324930729999998</v>
       </c>
       <c r="J9" s="76">
         <v>79.111681369999999</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" ht="13.8">
+      <c r="K9" s="76">
+        <v>104.91584879</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>12940.081141179997</v>
       </c>
       <c r="D10" s="76">
         <v>13661.326993249999</v>
       </c>
       <c r="E10" s="76">
         <v>16229.974962439996</v>
       </c>
       <c r="F10" s="76">
         <v>17130.307152450001</v>
       </c>
       <c r="G10" s="76">
         <v>14960.57502018</v>
       </c>
       <c r="H10" s="76">
         <v>16842.306387410004</v>
       </c>
       <c r="I10" s="76">
         <v>16761.283420449996</v>
       </c>
       <c r="J10" s="76">
         <v>16843.263150660001</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" ht="13.8">
+      <c r="K10" s="76">
+        <v>18681.788598400002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>146</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>39331.174745959994</v>
       </c>
       <c r="D11" s="76">
         <v>39920.179537479999</v>
       </c>
       <c r="E11" s="76">
         <v>41121.48660389</v>
       </c>
       <c r="F11" s="76">
         <v>44009.105997229992</v>
       </c>
       <c r="G11" s="76">
         <v>40216.475102090008</v>
       </c>
       <c r="H11" s="76">
         <v>40592.694244189996</v>
       </c>
       <c r="I11" s="76">
         <v>39321.722185949999</v>
       </c>
       <c r="J11" s="76">
         <v>38114.853427229995</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" ht="13.8">
+      <c r="K11" s="76">
+        <v>34177.355843169993</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>147</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" ht="13.8">
+      <c r="K12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>148</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" ht="13.8">
+      <c r="K13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="13.8">
       <c r="A14" s="14" t="s">
         <v>149</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>313</v>
       </c>
       <c r="C14" s="76">
         <v>2578.367866892353</v>
       </c>
       <c r="D14" s="76">
         <v>384.72733862956494</v>
       </c>
       <c r="E14" s="76">
         <v>376.49194752233296</v>
       </c>
       <c r="F14" s="76">
         <v>381.28681057358943</v>
       </c>
       <c r="G14" s="76">
         <v>398.73092693732025</v>
       </c>
       <c r="H14" s="76">
         <v>416.26512970035071</v>
       </c>
       <c r="I14" s="76">
         <v>420.95400687068093</v>
       </c>
       <c r="J14" s="76">
         <v>429.89377771407118</v>
       </c>
-    </row>
-    <row r="15" spans="1:10" ht="13.8">
+      <c r="K14" s="76">
+        <v>442.94023561113192</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>150</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7629.9729616799996</v>
       </c>
       <c r="D15" s="75">
         <v>7612.9240223999996</v>
       </c>
       <c r="E15" s="75">
         <v>7687.4287721299997</v>
       </c>
       <c r="F15" s="75">
         <v>7961.3122392200003</v>
       </c>
       <c r="G15" s="75">
         <v>7579.6647387600005</v>
       </c>
       <c r="H15" s="75">
         <v>7705.4744835499987</v>
       </c>
       <c r="I15" s="75">
         <v>7723.9305375699987</v>
       </c>
       <c r="J15" s="75">
         <v>7668.8126640599994</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" ht="13.8">
+      <c r="K15" s="75">
+        <v>7451.8019837800002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>151</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>0</v>
       </c>
       <c r="D16" s="76">
         <v>0</v>
       </c>
       <c r="E16" s="76">
         <v>0</v>
       </c>
       <c r="F16" s="76">
         <v>0</v>
       </c>
       <c r="G16" s="76">
         <v>0</v>
       </c>
       <c r="H16" s="76">
         <v>0</v>
       </c>
       <c r="I16" s="76">
         <v>0</v>
       </c>
       <c r="J16" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" ht="13.8">
+      <c r="K16" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>152</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>0</v>
       </c>
       <c r="D17" s="76">
         <v>0</v>
       </c>
       <c r="E17" s="76">
         <v>0</v>
       </c>
       <c r="F17" s="76">
         <v>0</v>
       </c>
       <c r="G17" s="76">
         <v>0</v>
       </c>
       <c r="H17" s="76">
         <v>0</v>
       </c>
       <c r="I17" s="76">
         <v>0</v>
       </c>
       <c r="J17" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" ht="13.8">
+      <c r="K17" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>153</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" ht="13.8">
+      <c r="K18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>154</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" ht="13.8">
+      <c r="K19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="13.8">
       <c r="A20" s="14" t="s">
         <v>155</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>314</v>
       </c>
       <c r="C20" s="76">
         <v>7629.9729616799996</v>
       </c>
       <c r="D20" s="76">
         <v>7612.9240223999996</v>
       </c>
       <c r="E20" s="76">
         <v>7687.4287721299997</v>
       </c>
       <c r="F20" s="76">
         <v>7961.3122392200003</v>
       </c>
       <c r="G20" s="76">
         <v>7579.6647387600005</v>
       </c>
       <c r="H20" s="76">
         <v>7705.4744835499987</v>
       </c>
       <c r="I20" s="76">
         <v>7723.9305375699987</v>
       </c>
       <c r="J20" s="76">
         <v>7668.8126640599994</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" ht="13.8">
+      <c r="K20" s="76">
+        <v>7451.8019837800002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="13.8">
       <c r="A21" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="75">
         <v>350.13234981999994</v>
       </c>
       <c r="D21" s="75">
         <v>343.32487966000002</v>
       </c>
       <c r="E21" s="75">
         <v>362.51285377999943</v>
       </c>
       <c r="F21" s="75">
         <v>324.60435211999999</v>
       </c>
       <c r="G21" s="75">
         <v>317.59760621999999</v>
       </c>
       <c r="H21" s="75">
         <v>310.9080204200053</v>
       </c>
       <c r="I21" s="75">
         <v>303.68219204999997</v>
       </c>
       <c r="J21" s="75">
         <v>311.77231870999287</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" ht="13.8">
+      <c r="K21" s="75">
+        <v>289.53852852</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="13.8">
       <c r="A22" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="75">
         <v>-3742.6058065700004</v>
       </c>
       <c r="D22" s="75">
         <v>-68.194686929999989</v>
       </c>
       <c r="E22" s="75">
         <v>-3489.6656816900004</v>
       </c>
       <c r="F22" s="75">
         <v>-6771.2410169200002</v>
       </c>
       <c r="G22" s="75">
         <v>-7357.0423826099995</v>
       </c>
       <c r="H22" s="75">
         <v>-9322.6345007599994</v>
       </c>
       <c r="I22" s="75">
         <v>-7111.9451659399974</v>
       </c>
       <c r="J22" s="75">
         <v>-6679.9019049900007</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" ht="13.8">
+      <c r="K22" s="75">
+        <v>-5253.82116365</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="13.8">
       <c r="A23" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="75">
         <v>0</v>
       </c>
       <c r="D23" s="75">
         <v>329.93747658999996</v>
       </c>
       <c r="E23" s="75">
         <v>4011.51355625</v>
       </c>
       <c r="F23" s="75">
         <v>2270.2492350700004</v>
       </c>
       <c r="G23" s="75">
         <v>1410.0319790799999</v>
       </c>
       <c r="H23" s="75">
         <v>0</v>
       </c>
       <c r="I23" s="75">
         <v>3317.70175569</v>
       </c>
       <c r="J23" s="75">
         <v>1665.0580256199999</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" ht="13.8">
+      <c r="K23" s="75">
+        <v>2930.4867224600002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="13.8">
       <c r="A24" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="76">
         <v>0</v>
       </c>
       <c r="D24" s="76">
         <v>0</v>
       </c>
       <c r="E24" s="76">
         <v>0</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" ht="13.8">
+      <c r="K24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="13.8">
       <c r="A25" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="77">
         <v>0</v>
       </c>
       <c r="D25" s="77">
         <v>329.93747658999996</v>
       </c>
       <c r="E25" s="77">
         <v>4011.51355625</v>
       </c>
       <c r="F25" s="77">
         <v>2270.2492350700004</v>
       </c>
       <c r="G25" s="77">
         <v>1410.0319790799999</v>
       </c>
       <c r="H25" s="77">
         <v>0</v>
       </c>
       <c r="I25" s="77">
         <v>3317.70175569</v>
       </c>
       <c r="J25" s="77">
         <v>1665.0580256199999</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" ht="13.8">
+      <c r="K25" s="77">
+        <v>2930.4867224600002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="13.8">
       <c r="A26" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="75">
         <v>3742.6058065700004</v>
       </c>
       <c r="D26" s="75">
         <v>398.13216351999995</v>
       </c>
       <c r="E26" s="75">
         <v>7501.1792379400003</v>
       </c>
       <c r="F26" s="75">
         <v>9041.4902519900006</v>
       </c>
       <c r="G26" s="75">
         <v>8767.0743616899999</v>
       </c>
       <c r="H26" s="75">
         <v>9322.6345007599994</v>
       </c>
       <c r="I26" s="75">
         <v>10429.646921629997</v>
       </c>
       <c r="J26" s="75">
         <v>8344.9599306100008</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" ht="13.8">
+      <c r="K26" s="75">
+        <v>8184.3078861100003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="76">
         <v>3742.6058065700004</v>
       </c>
       <c r="D27" s="76">
         <v>398.13216351999995</v>
       </c>
       <c r="E27" s="76">
         <v>7501.1792379400003</v>
       </c>
       <c r="F27" s="76">
         <v>9041.4902519900006</v>
       </c>
       <c r="G27" s="76">
         <v>8767.0743616899999</v>
       </c>
       <c r="H27" s="76">
         <v>9322.6345007599994</v>
       </c>
       <c r="I27" s="76">
         <v>10429.646921629997</v>
       </c>
       <c r="J27" s="76">
         <v>8344.9599306100008</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" ht="13.8">
+      <c r="K27" s="76">
+        <v>8184.3078861100003</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="77">
         <v>0</v>
       </c>
       <c r="D28" s="77">
         <v>0</v>
       </c>
       <c r="E28" s="77">
         <v>0</v>
       </c>
       <c r="F28" s="77">
         <v>0</v>
       </c>
       <c r="G28" s="77">
         <v>0</v>
       </c>
       <c r="H28" s="77">
         <v>0</v>
       </c>
       <c r="I28" s="77">
         <v>0</v>
       </c>
       <c r="J28" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" ht="13.8">
+      <c r="K28" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="75">
         <v>165.78882125000001</v>
       </c>
       <c r="D29" s="75">
         <v>172.00262422999998</v>
       </c>
       <c r="E29" s="75">
         <v>173.45908309999999</v>
       </c>
       <c r="F29" s="75">
         <v>177.84987209000002</v>
       </c>
       <c r="G29" s="75">
         <v>183.15136883000002</v>
       </c>
       <c r="H29" s="75">
         <v>183.45992670999999</v>
       </c>
       <c r="I29" s="75">
         <v>185.84098269999998</v>
       </c>
       <c r="J29" s="75">
         <v>187.60381365000001</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" ht="13.8">
+      <c r="K29" s="75">
+        <v>192.18764126000002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="D30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="E30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="F30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="G30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="H30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="I30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="J30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
-    </row>
-    <row r="31" spans="1:10" ht="13.8">
+      <c r="K30" s="76">
+        <v>9.9999999999999995E-7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="76">
         <v>0</v>
       </c>
       <c r="D31" s="76">
         <v>0</v>
       </c>
       <c r="E31" s="76">
         <v>0</v>
       </c>
       <c r="F31" s="76">
         <v>0</v>
       </c>
       <c r="G31" s="76">
         <v>0</v>
       </c>
       <c r="H31" s="76">
         <v>0</v>
       </c>
       <c r="I31" s="76">
         <v>0</v>
       </c>
       <c r="J31" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:10" ht="13.8">
+      <c r="K31" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="13.8">
       <c r="A32" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="76">
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <v>0</v>
       </c>
       <c r="J32" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:10" ht="13.8">
+      <c r="K32" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="76">
         <v>0</v>
       </c>
       <c r="D33" s="76">
         <v>0</v>
       </c>
       <c r="E33" s="76">
         <v>0</v>
       </c>
       <c r="F33" s="76">
         <v>0</v>
       </c>
       <c r="G33" s="76">
         <v>0</v>
       </c>
       <c r="H33" s="76">
         <v>0</v>
       </c>
       <c r="I33" s="76">
         <v>0</v>
       </c>
       <c r="J33" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:10" ht="13.8">
+      <c r="K33" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="13.8">
       <c r="A34" s="13" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="78">
         <v>165.78882025000001</v>
       </c>
       <c r="D34" s="78">
         <v>172.00262322999998</v>
       </c>
       <c r="E34" s="78">
         <v>173.45908209999999</v>
       </c>
       <c r="F34" s="78">
         <v>177.84987109000002</v>
       </c>
       <c r="G34" s="78">
         <v>183.15136783000003</v>
       </c>
       <c r="H34" s="78">
         <v>183.45992570999999</v>
       </c>
       <c r="I34" s="78">
         <v>185.84098169999999</v>
       </c>
       <c r="J34" s="78">
         <v>187.60381265000001</v>
       </c>
-    </row>
-    <row r="35" spans="1:10" ht="13.8">
+      <c r="K34" s="78">
+        <v>192.18764026000002</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="13.8">
       <c r="B35" s="27"/>
     </row>
-    <row r="36" spans="1:10" ht="13.8">
+    <row r="36" spans="1:11" ht="13.8">
       <c r="B36" s="27"/>
     </row>
-    <row r="37" spans="1:10" ht="13.8">
+    <row r="37" spans="1:11" ht="13.8">
       <c r="B37" s="27"/>
     </row>
-    <row r="38" spans="1:10" ht="13.8">
+    <row r="38" spans="1:11" ht="13.8">
       <c r="B38" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="32532" divId="Set of Tables_32532" sourceType="range" sourceRef="B1:B34" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Assets.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J59"/>
+  <dimension ref="A1:K59"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="J1" sqref="J1:J1048576"/>
+      <selection pane="bottomRight" activeCell="P31" sqref="P31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="60" style="9" customWidth="1"/>
-    <col min="3" max="10" width="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="11" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="A3" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B3" s="47" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="73">
         <v>45688</v>
       </c>
       <c r="D3" s="73">
         <v>45716</v>
       </c>
       <c r="E3" s="73">
         <v>45747</v>
       </c>
       <c r="F3" s="73">
         <v>45777</v>
       </c>
       <c r="G3" s="73">
         <v>45808</v>
       </c>
       <c r="H3" s="73">
         <v>45838</v>
       </c>
       <c r="I3" s="73">
         <v>45869</v>
       </c>
       <c r="J3" s="73">
         <v>45900</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" ht="13.8">
+      <c r="K3" s="73">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="13.8">
       <c r="A4" s="16"/>
       <c r="B4" s="31"/>
       <c r="C4" s="66"/>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
-    </row>
-    <row r="5" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K4" s="66"/>
+    </row>
+    <row r="5" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>113</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="75">
         <v>11203.19187457</v>
       </c>
       <c r="D5" s="75">
         <v>12150.610416800002</v>
       </c>
       <c r="E5" s="75">
         <v>10263.253734850001</v>
       </c>
       <c r="F5" s="75">
         <v>11994.289687069999</v>
       </c>
       <c r="G5" s="75">
         <v>8985.2770833200011</v>
       </c>
       <c r="H5" s="75">
         <v>8547.9950862299993</v>
       </c>
       <c r="I5" s="75">
         <v>9211.3634830599985</v>
       </c>
       <c r="J5" s="75">
         <v>8747.1012456400003</v>
       </c>
-    </row>
-    <row r="6" spans="1:10" ht="13.8">
+      <c r="K5" s="75">
+        <v>8886.7586110500015</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>114</v>
       </c>
       <c r="B6" s="31" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="75">
         <v>5217.9579418100002</v>
       </c>
       <c r="D6" s="75">
         <v>5089.3933845700012</v>
       </c>
       <c r="E6" s="75">
         <v>5146.13070883</v>
       </c>
       <c r="F6" s="75">
         <v>5349.0424983499997</v>
       </c>
       <c r="G6" s="75">
         <v>5623.6427486900002</v>
       </c>
       <c r="H6" s="75">
         <v>5344.8458463200004</v>
       </c>
       <c r="I6" s="75">
         <v>5330.3627017899989</v>
       </c>
       <c r="J6" s="75">
         <v>5510.1832240800004</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" ht="13.8">
+      <c r="K6" s="75">
+        <v>5694.1853354400009</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>115</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="75">
         <v>5985.2339327600002</v>
       </c>
       <c r="D7" s="75">
         <v>7061.2170322299999</v>
       </c>
       <c r="E7" s="75">
         <v>5117.12302602</v>
       </c>
       <c r="F7" s="75">
         <v>6645.247188719999</v>
       </c>
       <c r="G7" s="75">
         <v>3361.63433463</v>
       </c>
       <c r="H7" s="75">
         <v>3203.1492399099993</v>
       </c>
       <c r="I7" s="75">
         <v>3881.0007812699996</v>
       </c>
       <c r="J7" s="75">
         <v>3236.9180215599995</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" ht="13.8">
+      <c r="K7" s="75">
+        <v>3192.5732756099997</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C8" s="76">
         <v>5985.2339327600002</v>
       </c>
       <c r="D8" s="76">
         <v>7061.2170322299999</v>
       </c>
       <c r="E8" s="76">
         <v>5117.12302602</v>
       </c>
       <c r="F8" s="76">
         <v>6645.247188719999</v>
       </c>
       <c r="G8" s="76">
         <v>3361.63433463</v>
       </c>
       <c r="H8" s="76">
         <v>3203.1492399099993</v>
       </c>
       <c r="I8" s="76">
         <v>3881.0007812699996</v>
       </c>
       <c r="J8" s="76">
         <v>3236.9180215599995</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" ht="13.8">
+      <c r="K8" s="76">
+        <v>3192.5732756099997</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="76">
         <v>0</v>
       </c>
       <c r="D9" s="76">
         <v>0</v>
       </c>
       <c r="E9" s="76">
         <v>0</v>
       </c>
       <c r="F9" s="76">
         <v>0</v>
       </c>
       <c r="G9" s="76">
         <v>0</v>
       </c>
       <c r="H9" s="76">
         <v>0</v>
       </c>
       <c r="I9" s="76">
         <v>0</v>
       </c>
       <c r="J9" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" ht="13.8">
+      <c r="K9" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="D10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="E10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="F10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="G10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="H10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="I10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="J10" s="75">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" ht="13.8">
+      <c r="K10" s="75">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="D11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="E11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="F11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="G11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="H11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="I11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="J11" s="76">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K11" s="76">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D14" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E14" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F14" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G14" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H14" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I14" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J14" s="76">
         <v>-0.26110157000000001</v>
       </c>
-    </row>
-    <row r="15" spans="1:10" ht="13.8">
+      <c r="K14" s="76">
+        <v>-0.33182855999999999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D15" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E15" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F15" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G15" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H15" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I15" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J15" s="76">
         <v>-0.26110157000000001</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K15" s="76">
+        <v>-0.33182855999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="75">
         <v>20943.414832049999</v>
       </c>
       <c r="D16" s="75">
         <v>21117.914188660001</v>
       </c>
       <c r="E16" s="75">
         <v>21034.135325359999</v>
       </c>
       <c r="F16" s="75">
         <v>20920.985849879999</v>
       </c>
       <c r="G16" s="75">
         <v>20986.393240960002</v>
       </c>
       <c r="H16" s="75">
         <v>21435.77174919</v>
       </c>
       <c r="I16" s="75">
         <v>21616.401296280001</v>
       </c>
       <c r="J16" s="75">
         <v>21999.562541130003</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" ht="14.4">
+      <c r="K16" s="75">
+        <v>22962.085827139999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="14.4">
       <c r="A17" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="76">
         <v>20202.560215149999</v>
       </c>
       <c r="D17" s="76">
         <v>20442.89750503</v>
       </c>
       <c r="E17" s="76">
         <v>20354.141646029999</v>
       </c>
       <c r="F17" s="76">
         <v>20236.640828249998</v>
       </c>
       <c r="G17" s="76">
         <v>20296.77461068</v>
       </c>
       <c r="H17" s="76">
         <v>20740.88469734</v>
       </c>
       <c r="I17" s="76">
         <v>20916.238356460002</v>
       </c>
       <c r="J17" s="76">
         <v>21293.788430780001</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K17" s="76">
+        <v>22250.580084720001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" ht="14.4">
+      <c r="K18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="14.4">
       <c r="A19" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="76">
         <v>0</v>
       </c>
       <c r="D20" s="76">
         <v>0</v>
       </c>
       <c r="E20" s="76">
         <v>0</v>
       </c>
       <c r="F20" s="76">
         <v>0</v>
       </c>
       <c r="G20" s="76">
         <v>0</v>
       </c>
       <c r="H20" s="76">
         <v>0</v>
       </c>
       <c r="I20" s="76">
         <v>0</v>
       </c>
       <c r="J20" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" ht="14.4">
+      <c r="K20" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="14.4">
       <c r="A21" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C21" s="76">
         <v>0</v>
       </c>
       <c r="D21" s="76">
         <v>0</v>
       </c>
       <c r="E21" s="76">
         <v>0</v>
       </c>
       <c r="F21" s="76">
         <v>0</v>
       </c>
       <c r="G21" s="76">
         <v>0</v>
       </c>
       <c r="H21" s="76">
         <v>0</v>
       </c>
       <c r="I21" s="76">
         <v>0</v>
       </c>
       <c r="J21" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K21" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="75">
         <v>13229.964908810001</v>
       </c>
       <c r="D22" s="75">
         <v>13282.474425159997</v>
       </c>
       <c r="E22" s="75">
         <v>13310.704261369998</v>
       </c>
       <c r="F22" s="75">
         <v>12823.242455930002</v>
       </c>
       <c r="G22" s="75">
         <v>12411.54859056</v>
       </c>
       <c r="H22" s="75">
         <v>12487.185072359998</v>
       </c>
       <c r="I22" s="75">
         <v>12581.484136180001</v>
       </c>
       <c r="J22" s="75">
         <v>12599.301274829997</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" ht="13.8">
+      <c r="K22" s="75">
+        <v>12341.690191170001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="76">
         <v>40</v>
       </c>
       <c r="D23" s="76">
         <v>40</v>
       </c>
       <c r="E23" s="76">
         <v>40</v>
       </c>
       <c r="F23" s="76">
         <v>40</v>
       </c>
       <c r="G23" s="76">
         <v>40</v>
       </c>
       <c r="H23" s="76">
         <v>40</v>
       </c>
       <c r="I23" s="76">
         <v>40</v>
       </c>
       <c r="J23" s="76">
         <v>40</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" ht="13.8">
+      <c r="K23" s="76">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>77</v>
       </c>
       <c r="C24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="D24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="E24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" ht="13.8">
+      <c r="K24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="76">
         <v>3563.31932792</v>
       </c>
       <c r="D25" s="76">
         <v>3599.0185667299997</v>
       </c>
       <c r="E25" s="76">
         <v>3620.0364107300002</v>
       </c>
       <c r="F25" s="76">
         <v>4074.4280957199999</v>
       </c>
       <c r="G25" s="76">
         <v>4055.4870855000004</v>
       </c>
       <c r="H25" s="76">
         <v>4214.2124901999996</v>
       </c>
       <c r="I25" s="76">
         <v>4155.1781699399999</v>
       </c>
       <c r="J25" s="76">
         <v>4210.3456250499994</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" ht="13.8">
+      <c r="K25" s="76">
+        <v>4241.8508449200008</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="76">
         <v>8411.2615093000004</v>
       </c>
       <c r="D26" s="76">
         <v>8356.2879528999983</v>
       </c>
       <c r="E26" s="76">
         <v>8335.020421109999</v>
       </c>
       <c r="F26" s="76">
         <v>8447.4850469100002</v>
       </c>
       <c r="G26" s="76">
         <v>8006.5065929099992</v>
       </c>
       <c r="H26" s="76">
         <v>7934.3704337599993</v>
       </c>
       <c r="I26" s="76">
         <v>8025.1135334600003</v>
       </c>
       <c r="J26" s="76">
         <v>7914.9317870199993</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" ht="13.8">
+      <c r="K26" s="76">
+        <v>7601.8296344700002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="76">
         <v>108.16997981999998</v>
       </c>
       <c r="D27" s="76">
         <v>179.95381376000006</v>
       </c>
       <c r="E27" s="76">
         <v>208.43333775999986</v>
       </c>
       <c r="F27" s="76">
         <v>261.32931330000008</v>
       </c>
       <c r="G27" s="76">
         <v>309.55491215000001</v>
       </c>
       <c r="H27" s="76">
         <v>298.60214839999981</v>
       </c>
       <c r="I27" s="76">
         <v>361.19243278000005</v>
       </c>
       <c r="J27" s="76">
         <v>434.02386275999993</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" ht="13.8">
+      <c r="K27" s="76">
+        <v>458.00971177999952</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="75">
         <v>1000.073020167647</v>
       </c>
       <c r="D28" s="75">
         <v>490.01700719043572</v>
       </c>
       <c r="E28" s="75">
         <v>307.32808333766729</v>
       </c>
       <c r="F28" s="75">
         <v>373.32424314641128</v>
       </c>
       <c r="G28" s="75">
         <v>429.41614984268119</v>
       </c>
       <c r="H28" s="75">
         <v>393.86144953964777</v>
       </c>
       <c r="I28" s="75">
         <v>563.92792730931797</v>
       </c>
       <c r="J28" s="75">
         <v>634.80500575592816</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" ht="13.8">
+      <c r="K28" s="75">
+        <v>826.39303157886741</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B29" s="87" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="76">
         <v>1480.5200313800001</v>
       </c>
       <c r="D29" s="76">
         <v>1038.0359060399999</v>
       </c>
       <c r="E29" s="76">
         <v>1067.59147988</v>
       </c>
       <c r="F29" s="76">
         <v>1104.60197494</v>
       </c>
       <c r="G29" s="76">
         <v>1193.80193031</v>
       </c>
       <c r="H29" s="76">
         <v>1197.0682786599998</v>
       </c>
       <c r="I29" s="76">
         <v>1228.2650457899999</v>
       </c>
       <c r="J29" s="76">
         <v>1262.20635423</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" ht="13.8">
+      <c r="K29" s="76">
+        <v>1432.8244060899999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="13.8">
       <c r="A30" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="88" t="s">
         <v>320</v>
       </c>
       <c r="C30" s="78">
         <v>480.44701121235312</v>
       </c>
       <c r="D30" s="78">
         <v>548.01889884956415</v>
       </c>
       <c r="E30" s="78">
         <v>760.26339654233266</v>
       </c>
       <c r="F30" s="78">
         <v>731.27773179358871</v>
       </c>
       <c r="G30" s="78">
         <v>764.3857804673188</v>
       </c>
       <c r="H30" s="78">
         <v>803.20682912035204</v>
       </c>
       <c r="I30" s="78">
         <v>664.33711848068197</v>
       </c>
       <c r="J30" s="78">
         <v>627.40134847407182</v>
       </c>
-    </row>
-    <row r="31" spans="1:10" ht="13.8">
+      <c r="K30" s="78">
+        <v>606.4313745111325</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="13.8">
       <c r="B31" s="27"/>
     </row>
-    <row r="32" spans="1:10" ht="13.8">
+    <row r="32" spans="1:11" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -7709,1100 +7882,1192 @@
     </row>
     <row r="58" spans="2:2" ht="13.8">
       <c r="B58" s="27"/>
     </row>
     <row r="59" spans="2:2" ht="13.8">
       <c r="B59" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="4183" divId="Set of Tables_4183" sourceType="range" sourceRef="B1:B30" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J120"/>
+  <dimension ref="A1:K120"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="J1" sqref="J1:J1048576"/>
+      <selection pane="topRight" activeCell="J4" sqref="J4:K4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="16.109375" customWidth="1"/>
     <col min="2" max="2" width="45.44140625" customWidth="1"/>
-    <col min="3" max="10" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="11" width="11.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="46" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="46"/>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="B3" s="46" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="13.8">
+    <row r="4" spans="1:11" ht="13.8">
       <c r="A4" s="15"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="89">
         <v>45777</v>
       </c>
       <c r="G4" s="89">
         <v>45808</v>
       </c>
       <c r="H4" s="89">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
-    </row>
-    <row r="5" spans="1:10" ht="13.8">
+      <c r="K4" s="73">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="13.8">
       <c r="A5" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="47" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="79"/>
       <c r="D5" s="79"/>
       <c r="E5" s="79"/>
       <c r="F5" s="79"/>
       <c r="G5" s="79"/>
       <c r="H5" s="79"/>
       <c r="I5" s="79"/>
       <c r="J5" s="79"/>
-    </row>
-    <row r="6" spans="1:10" ht="13.8">
+      <c r="K5" s="79"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.8">
       <c r="A6" s="16"/>
       <c r="B6" s="31"/>
       <c r="C6" s="80"/>
       <c r="D6" s="80"/>
       <c r="E6" s="80"/>
       <c r="F6" s="80"/>
       <c r="G6" s="80"/>
       <c r="H6" s="80"/>
       <c r="I6" s="80"/>
       <c r="J6" s="80"/>
-    </row>
-    <row r="7" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K6" s="80"/>
+    </row>
+    <row r="7" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="75">
         <v>28050.513939218985</v>
       </c>
       <c r="D7" s="75">
         <v>27203.969196176964</v>
       </c>
       <c r="E7" s="75">
         <v>33980.557453664187</v>
       </c>
       <c r="F7" s="75">
         <v>31823.570852187655</v>
       </c>
       <c r="G7" s="75">
         <v>32342.312771083409</v>
       </c>
       <c r="H7" s="75">
         <v>29733.885278799957</v>
       </c>
       <c r="I7" s="75">
         <v>36202.589015070269</v>
       </c>
       <c r="J7" s="75">
         <v>36307.735560353431</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K7" s="75">
+        <v>37710.7059165971</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="75">
         <v>35595.014284368561</v>
       </c>
       <c r="D8" s="75">
         <v>34700.962427657658</v>
       </c>
       <c r="E8" s="75">
         <v>42145.099318762892</v>
       </c>
       <c r="F8" s="75">
         <v>40348.967028083338</v>
       </c>
       <c r="G8" s="75">
         <v>41516.151207313422</v>
       </c>
       <c r="H8" s="75">
         <v>38593.661044678367</v>
       </c>
       <c r="I8" s="75">
         <v>44999.617663309487</v>
       </c>
       <c r="J8" s="75">
         <v>45028.028986523364</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K8" s="75">
+        <v>46618.855787160232</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>150.02450972888298</v>
       </c>
       <c r="D9" s="76">
         <v>138.28571634046679</v>
       </c>
       <c r="E9" s="76">
         <v>195.21539406726768</v>
       </c>
       <c r="F9" s="76">
         <v>210.2430694310768</v>
       </c>
       <c r="G9" s="76">
         <v>206.89363334591172</v>
       </c>
       <c r="H9" s="76">
         <v>260.57938126407714</v>
       </c>
       <c r="I9" s="76">
         <v>197.34184141711256</v>
       </c>
       <c r="J9" s="76">
         <v>183.31053077138958</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K9" s="76">
+        <v>182.19602554415562</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>25842.648954314296</v>
       </c>
       <c r="D10" s="76">
         <v>25372.526318949349</v>
       </c>
       <c r="E10" s="76">
         <v>25357.129066501904</v>
       </c>
       <c r="F10" s="76">
         <v>24606.722731076406</v>
       </c>
       <c r="G10" s="76">
         <v>25005.153727298904</v>
       </c>
       <c r="H10" s="76">
         <v>21654.755761996374</v>
       </c>
       <c r="I10" s="76">
         <v>23332.491581337625</v>
       </c>
       <c r="J10" s="76">
         <v>21766.220916272789</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K10" s="76">
+        <v>24911.485657612502</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>9045.9043734552397</v>
       </c>
       <c r="D11" s="76">
         <v>8574.39809336894</v>
       </c>
       <c r="E11" s="76">
         <v>15964.37508086189</v>
       </c>
       <c r="F11" s="76">
         <v>14949.643995641889</v>
       </c>
       <c r="G11" s="76">
         <v>15639.816287674908</v>
       </c>
       <c r="H11" s="76">
         <v>16128.053992187501</v>
       </c>
       <c r="I11" s="76">
         <v>18434.937814893841</v>
       </c>
       <c r="J11" s="76">
         <v>19946.200894668178</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K11" s="76">
+        <v>19610.67408597867</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C12" s="76">
         <v>351.45941884013905</v>
       </c>
       <c r="D12" s="76">
         <v>385.2856809689045</v>
       </c>
       <c r="E12" s="76">
         <v>360.02272963182509</v>
       </c>
       <c r="F12" s="76">
         <v>276.81199343396275</v>
       </c>
       <c r="G12" s="76">
         <v>248.8900279836935</v>
       </c>
       <c r="H12" s="76">
         <v>204.70954005042043</v>
       </c>
       <c r="I12" s="76">
         <v>2708.4195117709123</v>
       </c>
       <c r="J12" s="76">
         <v>2838.7375833710107</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K12" s="76">
+        <v>1607.4211112049104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C13" s="76">
         <v>195.29034963999999</v>
       </c>
       <c r="D13" s="76">
         <v>219.31834064</v>
       </c>
       <c r="E13" s="76">
         <v>249.74495230999997</v>
       </c>
       <c r="F13" s="76">
         <v>290.72153410999999</v>
       </c>
       <c r="G13" s="76">
         <v>404.86491961999997</v>
       </c>
       <c r="H13" s="76">
         <v>334.89861979000005</v>
       </c>
       <c r="I13" s="76">
         <v>316.40631749999994</v>
       </c>
       <c r="J13" s="76">
         <v>289.86343004999998</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K13" s="76">
+        <v>303.55917643000004</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C14" s="76">
         <v>9.6866783899999991</v>
       </c>
       <c r="D14" s="76">
         <v>11.148277390000001</v>
       </c>
       <c r="E14" s="76">
         <v>18.61209539</v>
       </c>
       <c r="F14" s="76">
         <v>14.82370439</v>
       </c>
       <c r="G14" s="76">
         <v>10.532611390000001</v>
       </c>
       <c r="H14" s="76">
         <v>10.66374939</v>
       </c>
       <c r="I14" s="76">
         <v>10.02059639</v>
       </c>
       <c r="J14" s="76">
         <v>3.69563139</v>
       </c>
-    </row>
-    <row r="15" spans="1:10" ht="13.8">
+      <c r="K14" s="76">
+        <v>3.5197303900000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B15" s="36" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7544.500345149575</v>
       </c>
       <c r="D15" s="75">
         <v>7496.993231480692</v>
       </c>
       <c r="E15" s="75">
         <v>8164.5418650987021</v>
       </c>
       <c r="F15" s="75">
         <v>8525.396175895683</v>
       </c>
       <c r="G15" s="75">
         <v>9173.8384362300148</v>
       </c>
       <c r="H15" s="75">
         <v>8859.7757658784121</v>
       </c>
       <c r="I15" s="75">
         <v>8797.0286482392185</v>
       </c>
       <c r="J15" s="75">
         <v>8720.293426169932</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K15" s="75">
+        <v>8908.1498705631275</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>3946.8684290411884</v>
       </c>
       <c r="D16" s="76">
         <v>4216.4772610085438</v>
       </c>
       <c r="E16" s="76">
         <v>4549.8554055777167</v>
       </c>
       <c r="F16" s="76">
         <v>4559.2373634366922</v>
       </c>
       <c r="G16" s="76">
         <v>5337.0372288723629</v>
       </c>
       <c r="H16" s="76">
         <v>5292.4739979477345</v>
       </c>
       <c r="I16" s="76">
         <v>5159.0998875435744</v>
       </c>
       <c r="J16" s="76">
         <v>4977.0347235323898</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K16" s="76">
+        <v>4673.897435847739</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>1674.5458151500002</v>
       </c>
       <c r="D17" s="76">
         <v>1303.94991377</v>
       </c>
       <c r="E17" s="76">
         <v>1327.1595167400001</v>
       </c>
       <c r="F17" s="76">
         <v>1289.0877618499999</v>
       </c>
       <c r="G17" s="76">
         <v>1297.6912465599999</v>
       </c>
       <c r="H17" s="76">
         <v>1270.3731719699999</v>
       </c>
       <c r="I17" s="76">
         <v>1272.9404821399999</v>
       </c>
       <c r="J17" s="76">
         <v>1291.2698835000001</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K17" s="76">
+        <v>1282.9195886300001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C18" s="76">
         <v>1003.9237460815376</v>
       </c>
       <c r="D18" s="76">
         <v>985.23026716214861</v>
       </c>
       <c r="E18" s="76">
         <v>978.51825405098634</v>
       </c>
       <c r="F18" s="76">
         <v>987.87976729899174</v>
       </c>
       <c r="G18" s="76">
         <v>974.26174254765328</v>
       </c>
       <c r="H18" s="76">
         <v>846.94664557067813</v>
       </c>
       <c r="I18" s="76">
         <v>853.74547581564389</v>
       </c>
       <c r="J18" s="76">
         <v>857.14386677754305</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K18" s="76">
+        <v>861.32272634538845</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C19" s="76">
         <v>474.18617410000002</v>
       </c>
       <c r="D19" s="76">
         <v>534.04405015999987</v>
       </c>
       <c r="E19" s="76">
         <v>824.52571166999996</v>
       </c>
       <c r="F19" s="76">
         <v>1182.5823083899998</v>
       </c>
       <c r="G19" s="76">
         <v>1042.5315283399998</v>
       </c>
       <c r="H19" s="76">
         <v>917.97548217999997</v>
       </c>
       <c r="I19" s="76">
         <v>937.03003565000006</v>
       </c>
       <c r="J19" s="76">
         <v>1006.9910688800001</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K19" s="76">
+        <v>1482.0212105600001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C20" s="76">
         <v>444.97618077684933</v>
       </c>
       <c r="D20" s="76">
         <v>457.29173937999997</v>
       </c>
       <c r="E20" s="76">
         <v>484.48297706</v>
       </c>
       <c r="F20" s="76">
         <v>506.60897492000004</v>
       </c>
       <c r="G20" s="76">
         <v>522.31668991000004</v>
       </c>
       <c r="H20" s="76">
         <v>532.00646820999998</v>
       </c>
       <c r="I20" s="76">
         <v>574.21276709000006</v>
       </c>
       <c r="J20" s="76">
         <v>587.85388347999992</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K20" s="76">
+        <v>607.98890917999995</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="75">
         <v>16529.814424341115</v>
       </c>
       <c r="D21" s="75">
         <v>18698.51265445953</v>
       </c>
       <c r="E21" s="75">
         <v>11146.010566566732</v>
       </c>
       <c r="F21" s="75">
         <v>13047.197426868923</v>
       </c>
       <c r="G21" s="75">
         <v>7937.3212572140874</v>
       </c>
       <c r="H21" s="75">
         <v>7892.2257858821731</v>
       </c>
       <c r="I21" s="75">
         <v>8312.2867474828872</v>
       </c>
       <c r="J21" s="75">
         <v>7527.3756748686101</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K21" s="75">
+        <v>6596.5997375169409</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="76">
         <v>1475.2339230611169</v>
       </c>
       <c r="D22" s="76">
         <v>1430.5321361195336</v>
       </c>
       <c r="E22" s="76">
         <v>1415.2304778627324</v>
       </c>
       <c r="F22" s="76">
         <v>1677.7075223189229</v>
       </c>
       <c r="G22" s="76">
         <v>1694.869847234088</v>
       </c>
       <c r="H22" s="76">
         <v>1420.5637057421729</v>
       </c>
       <c r="I22" s="76">
         <v>1477.8909272828873</v>
       </c>
       <c r="J22" s="76">
         <v>1461.3885722886102</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K22" s="76">
+        <v>1727.387987225844</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="76">
         <v>8678.0394565799998</v>
       </c>
       <c r="D23" s="76">
         <v>10596.32467765</v>
       </c>
       <c r="E23" s="76">
         <v>8683.564493853999</v>
       </c>
       <c r="F23" s="76">
         <v>10471.47345768</v>
       </c>
       <c r="G23" s="76">
         <v>5642.9416051399994</v>
       </c>
       <c r="H23" s="76">
         <v>6222.2630801100004</v>
       </c>
       <c r="I23" s="76">
         <v>6634.4508237600003</v>
       </c>
       <c r="J23" s="76">
         <v>5366.9042665500001</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K23" s="76">
+        <v>4370.2849300110965</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>83</v>
       </c>
       <c r="C24" s="76">
         <v>6376.5410447000004</v>
       </c>
       <c r="D24" s="76">
         <v>6671.6558406899976</v>
       </c>
       <c r="E24" s="76">
         <v>1047.2155948499999</v>
       </c>
       <c r="F24" s="76">
         <v>898.0164468700001</v>
       </c>
       <c r="G24" s="76">
         <v>599.5098048399999</v>
       </c>
       <c r="H24" s="76">
         <v>249.39900003</v>
       </c>
       <c r="I24" s="76">
         <v>199.94499643999998</v>
       </c>
       <c r="J24" s="76">
         <v>699.08283603000007</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K24" s="76">
+        <v>498.92682028000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="75">
         <v>37111.379146199994</v>
       </c>
       <c r="D25" s="75">
         <v>38586.410506740001</v>
       </c>
       <c r="E25" s="75">
         <v>38637.660962740003</v>
       </c>
       <c r="F25" s="75">
         <v>38826.028462979993</v>
       </c>
       <c r="G25" s="75">
         <v>39839.98949018</v>
       </c>
       <c r="H25" s="75">
         <v>39806.067936400003</v>
       </c>
       <c r="I25" s="75">
         <v>39697.908525120009</v>
       </c>
       <c r="J25" s="75">
         <v>40363.345086050002</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K25" s="75">
+        <v>41077.962572750002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="75">
         <v>40865.683819009995</v>
       </c>
       <c r="D26" s="75">
         <v>42100.029386390001</v>
       </c>
       <c r="E26" s="75">
         <v>42308.560370200001</v>
       </c>
       <c r="F26" s="75">
         <v>42385.577209339994</v>
       </c>
       <c r="G26" s="75">
         <v>43512.849916970001</v>
       </c>
       <c r="H26" s="75">
         <v>43524.170912720001</v>
       </c>
       <c r="I26" s="75">
         <v>43305.741475300005</v>
       </c>
       <c r="J26" s="75">
         <v>44089.803507850003</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K26" s="75">
+        <v>44709.291978300003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D27" s="76">
         <v>42100.029386390001</v>
       </c>
       <c r="E27" s="76">
         <v>42308.560370200001</v>
       </c>
       <c r="F27" s="76">
         <v>42385.577209339994</v>
       </c>
       <c r="G27" s="76">
         <v>43512.849916970001</v>
       </c>
       <c r="H27" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I27" s="76">
         <v>43305.741475300005</v>
       </c>
       <c r="J27" s="76">
         <v>44089.803507850003</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" ht="13.8">
+      <c r="K27" s="76">
+        <v>44709.291978300003</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="75">
         <v>3754.3046728099994</v>
       </c>
       <c r="D28" s="75">
         <v>3513.618879650001</v>
       </c>
       <c r="E28" s="75">
         <v>3670.8994074600009</v>
       </c>
       <c r="F28" s="75">
         <v>3559.5487463600002</v>
       </c>
       <c r="G28" s="75">
         <v>3672.86042679</v>
       </c>
       <c r="H28" s="75">
         <v>3718.1029763200004</v>
       </c>
       <c r="I28" s="75">
         <v>3607.8329501799994</v>
       </c>
       <c r="J28" s="75">
         <v>3726.4584218000005</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K28" s="75">
+        <v>3631.3294055500005</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="76">
         <v>3754.3046728099994</v>
       </c>
       <c r="D29" s="76">
         <v>3513.618879650001</v>
       </c>
       <c r="E29" s="76">
         <v>3670.8994074600009</v>
       </c>
       <c r="F29" s="76">
         <v>3559.5487463600002</v>
       </c>
       <c r="G29" s="76">
         <v>3672.86042679</v>
       </c>
       <c r="H29" s="76">
         <v>3718.1029763200004</v>
       </c>
       <c r="I29" s="76">
         <v>3607.8329501799994</v>
       </c>
       <c r="J29" s="76">
         <v>3726.4584218000005</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K29" s="76">
+        <v>3631.3294055500005</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="75">
         <v>125338.43788957837</v>
       </c>
       <c r="D30" s="75">
         <v>124895.59770050952</v>
       </c>
       <c r="E30" s="75">
         <v>125394.41027620112</v>
       </c>
       <c r="F30" s="75">
         <v>125825.84897305617</v>
       </c>
       <c r="G30" s="75">
         <v>125989.08704321628</v>
       </c>
       <c r="H30" s="75">
-        <v>126860.08089705049</v>
+        <v>127040.24139705049</v>
       </c>
       <c r="I30" s="75">
-        <v>126601.91826378502</v>
+        <v>126788.21555755215</v>
       </c>
       <c r="J30" s="75">
-        <v>127142.44920096346</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" s="8" customFormat="1" ht="13.8">
+        <v>127326.40640828022</v>
+      </c>
+      <c r="K30" s="75">
+        <v>129060.05410223713</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="76">
         <v>4163.1822335000006</v>
       </c>
       <c r="D31" s="76">
         <v>4174.4503515699989</v>
       </c>
       <c r="E31" s="76">
         <v>4122.8214123199996</v>
       </c>
       <c r="F31" s="76">
         <v>4028.9738758932262</v>
       </c>
       <c r="G31" s="76">
         <v>4043.4720591319997</v>
       </c>
       <c r="H31" s="76">
-        <v>3848.3309438400006</v>
+        <v>4028.4914438400006</v>
       </c>
       <c r="I31" s="76">
-        <v>3738.42540108</v>
+        <v>3924.7226948471248</v>
       </c>
       <c r="J31" s="76">
-        <v>3716.4820864899998</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" s="8" customFormat="1" ht="13.8">
+        <v>3900.4392938067695</v>
+      </c>
+      <c r="K31" s="76">
+        <v>3975.0677943850355</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D32" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E32" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F32" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G32" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H32" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I32" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J32" s="76">
         <v>159.42183500000007</v>
       </c>
-    </row>
-    <row r="33" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K32" s="76">
+        <v>108.5073112800001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D33" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E33" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F33" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G33" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H33" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I33" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J33" s="76">
         <v>1388.1578383399999</v>
       </c>
-    </row>
-    <row r="34" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K33" s="76">
+        <v>1817.7757332713231</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D34" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E34" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F34" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G34" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H34" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I34" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J34" s="76">
         <v>52057.457911478916</v>
       </c>
-    </row>
-    <row r="35" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K34" s="76">
+        <v>52890.973113317581</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A35" s="18" t="s">
         <v>181</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="78">
         <v>68655.14307787102</v>
       </c>
       <c r="D35" s="78">
         <v>68724.891277576244</v>
       </c>
       <c r="E35" s="78">
         <v>68804.251734923077</v>
       </c>
       <c r="F35" s="78">
         <v>68942.91212322659</v>
       </c>
       <c r="G35" s="78">
         <v>69110.998449168619</v>
       </c>
       <c r="H35" s="78">
         <v>69321.054236405107</v>
       </c>
       <c r="I35" s="78">
         <v>69648.829407463447</v>
       </c>
       <c r="J35" s="78">
         <v>69820.929529654546</v>
       </c>
-    </row>
-    <row r="36" spans="1:10" ht="13.8">
+      <c r="K35" s="78">
+        <v>70267.730149983196</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="13.8">
       <c r="B36" s="34"/>
     </row>
-    <row r="37" spans="1:10" ht="13.8">
+    <row r="37" spans="1:11" ht="13.8">
       <c r="B37" s="34"/>
     </row>
-    <row r="38" spans="1:10" ht="13.8">
+    <row r="38" spans="1:11" ht="13.8">
       <c r="B38" s="34"/>
     </row>
-    <row r="39" spans="1:10" ht="13.8">
+    <row r="39" spans="1:11" ht="13.8">
       <c r="B39" s="34"/>
     </row>
-    <row r="40" spans="1:10" ht="13.8">
+    <row r="40" spans="1:11" ht="13.8">
       <c r="B40" s="34"/>
     </row>
-    <row r="41" spans="1:10" ht="13.8">
+    <row r="41" spans="1:11" ht="13.8">
       <c r="B41" s="34"/>
     </row>
-    <row r="42" spans="1:10" ht="13.8">
+    <row r="42" spans="1:11" ht="13.8">
       <c r="B42" s="34"/>
     </row>
-    <row r="43" spans="1:10" ht="13.8">
+    <row r="43" spans="1:11" ht="13.8">
       <c r="B43" s="34"/>
     </row>
-    <row r="44" spans="1:10" ht="13.8">
+    <row r="44" spans="1:11" ht="13.8">
       <c r="B44" s="34"/>
     </row>
-    <row r="45" spans="1:10" ht="13.8">
+    <row r="45" spans="1:11" ht="13.8">
       <c r="B45" s="34"/>
     </row>
-    <row r="46" spans="1:10" ht="13.8">
+    <row r="46" spans="1:11" ht="13.8">
       <c r="B46" s="34"/>
     </row>
-    <row r="47" spans="1:10" ht="13.8">
+    <row r="47" spans="1:11" ht="13.8">
       <c r="B47" s="34"/>
     </row>
-    <row r="48" spans="1:10" ht="13.8">
+    <row r="48" spans="1:11" ht="13.8">
       <c r="B48" s="34"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="34"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="34"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="34"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="34"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="34"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="34"/>
     </row>
     <row r="55" spans="2:2">
       <c r="B55" s="1"/>
     </row>
     <row r="56" spans="2:2">
       <c r="B56" s="1"/>
@@ -8991,1117 +9256,1211 @@
       <c r="B117" s="1"/>
     </row>
     <row r="118" spans="2:2">
       <c r="B118" s="1"/>
     </row>
     <row r="119" spans="2:2">
       <c r="B119" s="1"/>
     </row>
     <row r="120" spans="2:2">
       <c r="B120" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="73" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:K85"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="J1" sqref="J1:J1048576"/>
+      <selection pane="topRight" activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
     <col min="2" max="2" width="56.33203125" style="11" customWidth="1"/>
-    <col min="3" max="10" width="12" style="7" bestFit="1" customWidth="1"/>
-    <col min="11" max="16384" width="8.88671875" style="9"/>
+    <col min="3" max="11" width="12" style="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="39" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="39"/>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="B3" s="39" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="13.8">
+    <row r="4" spans="1:11" ht="13.8">
       <c r="B4" s="54"/>
     </row>
-    <row r="5" spans="1:10" ht="13.8">
+    <row r="5" spans="1:11" ht="13.8">
       <c r="A5" s="19"/>
       <c r="B5" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="67">
         <v>45688</v>
       </c>
       <c r="D5" s="67">
         <v>45716</v>
       </c>
       <c r="E5" s="67">
         <v>45747</v>
       </c>
       <c r="F5" s="67">
         <v>45777</v>
       </c>
       <c r="G5" s="67">
         <v>45808</v>
       </c>
       <c r="H5" s="67">
         <v>45838</v>
       </c>
       <c r="I5" s="67">
         <v>45869</v>
       </c>
       <c r="J5" s="67">
         <v>45900</v>
       </c>
-    </row>
-    <row r="6" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K5" s="67">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A6" s="20" t="s">
         <v>182</v>
       </c>
       <c r="B6" s="41" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="81">
         <v>349.61178503999997</v>
       </c>
       <c r="D6" s="81">
         <v>354.43629920999996</v>
       </c>
       <c r="E6" s="81">
         <v>347.18110417000003</v>
       </c>
       <c r="F6" s="81">
         <v>337.40491652999992</v>
       </c>
       <c r="G6" s="81">
         <v>328.11336333999998</v>
       </c>
       <c r="H6" s="81">
         <v>330.89674551000007</v>
       </c>
       <c r="I6" s="81">
         <v>477.18668929999995</v>
       </c>
       <c r="J6" s="81">
         <v>307.32244359000003</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K6" s="81">
+        <v>304.71478775000003</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A7" s="20" t="s">
         <v>183</v>
       </c>
       <c r="B7" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="81">
         <v>154677.58147837862</v>
       </c>
       <c r="D7" s="81">
         <v>154833.98306783015</v>
       </c>
       <c r="E7" s="81">
         <v>157531.28225287941</v>
       </c>
       <c r="F7" s="81">
         <v>160154.61659862963</v>
       </c>
       <c r="G7" s="81">
         <v>157027.34980193549</v>
       </c>
       <c r="H7" s="81">
         <v>156031.86764614185</v>
       </c>
       <c r="I7" s="81">
         <v>162404.47502017173</v>
       </c>
       <c r="J7" s="81">
         <v>162639.8764647959</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K7" s="81">
+        <v>163688.47687155195</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A8" s="20" t="s">
         <v>184</v>
       </c>
       <c r="B8" s="41" t="s">
         <v>68</v>
       </c>
       <c r="C8" s="81">
         <v>86233.117493956001</v>
       </c>
       <c r="D8" s="81">
         <v>86178.223547210742</v>
       </c>
       <c r="E8" s="81">
         <v>86826.093994245792</v>
       </c>
       <c r="F8" s="81">
         <v>88085.242082646029</v>
       </c>
       <c r="G8" s="81">
         <v>85384.107852763453</v>
       </c>
       <c r="H8" s="81">
         <v>84498.583185273135</v>
       </c>
       <c r="I8" s="81">
         <v>88533.022702063725</v>
       </c>
       <c r="J8" s="81">
         <v>87765.930129166634</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K8" s="81">
+        <v>87990.192667205498</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>185</v>
       </c>
       <c r="B9" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="82">
         <v>9954.6630407748089</v>
       </c>
       <c r="D9" s="82">
         <v>10031.24816360866</v>
       </c>
       <c r="E9" s="82">
         <v>9829.7483184860394</v>
       </c>
       <c r="F9" s="82">
         <v>9731.2597107774309</v>
       </c>
       <c r="G9" s="82">
         <v>10082.856021452712</v>
       </c>
       <c r="H9" s="82">
         <v>9890.3391366114556</v>
       </c>
       <c r="I9" s="82">
         <v>10516.741071591054</v>
       </c>
       <c r="J9" s="82">
         <v>10217.982467067521</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K9" s="82">
+        <v>9377.1471511379023</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="82">
         <v>958.35131366999997</v>
       </c>
       <c r="D10" s="82">
         <v>1113.4871836500001</v>
       </c>
       <c r="E10" s="82">
         <v>1155.8150115399999</v>
       </c>
       <c r="F10" s="82">
         <v>1083.4070420599999</v>
       </c>
       <c r="G10" s="82">
         <v>1084.55058439</v>
       </c>
       <c r="H10" s="82">
         <v>880.30810532999999</v>
       </c>
       <c r="I10" s="82">
         <v>853.24281237999992</v>
       </c>
       <c r="J10" s="82">
         <v>930.55878871999982</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K10" s="82">
+        <v>913.88244320999991</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>187</v>
       </c>
       <c r="B11" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="82">
         <v>5687.27666005828</v>
       </c>
       <c r="D11" s="82">
         <v>5527.529293690639</v>
       </c>
       <c r="E11" s="82">
         <v>5563.0646455494407</v>
       </c>
       <c r="F11" s="82">
         <v>6579.1206066094392</v>
       </c>
       <c r="G11" s="82">
         <v>5756.2610590856293</v>
       </c>
       <c r="H11" s="82">
         <v>6159.7868518414598</v>
       </c>
       <c r="I11" s="82">
         <v>5760.5262962419702</v>
       </c>
       <c r="J11" s="82">
         <v>6460.5692940119698</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K11" s="82">
+        <v>6342.1450984305293</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>188</v>
       </c>
       <c r="B12" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="82">
         <v>47275.730985932758</v>
       </c>
       <c r="D12" s="82">
         <v>47033.858168711828</v>
       </c>
       <c r="E12" s="82">
         <v>47646.495943514106</v>
       </c>
       <c r="F12" s="82">
         <v>47822.58187079311</v>
       </c>
       <c r="G12" s="82">
         <v>45652.774950392479</v>
       </c>
       <c r="H12" s="82">
         <v>44261.779958639352</v>
       </c>
       <c r="I12" s="82">
         <v>48124.499574300833</v>
       </c>
       <c r="J12" s="82">
         <v>46881.813187794141</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K12" s="82">
+        <v>48036.450977880238</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>189</v>
       </c>
       <c r="B13" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="82">
         <v>22357.095493520152</v>
       </c>
       <c r="D13" s="82">
         <v>22472.100737549608</v>
       </c>
       <c r="E13" s="82">
         <v>22630.970075156209</v>
       </c>
       <c r="F13" s="82">
         <v>22868.87285240605</v>
       </c>
       <c r="G13" s="82">
         <v>22807.66523744263</v>
       </c>
       <c r="H13" s="82">
         <v>23306.369132850876</v>
       </c>
       <c r="I13" s="82">
         <v>23278.012947549876</v>
       </c>
       <c r="J13" s="82">
         <v>23275.006391572999</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K13" s="82">
+        <v>23320.566996546833</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A14" s="20" t="s">
         <v>190</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="81">
         <v>68444.463984422619</v>
       </c>
       <c r="D14" s="81">
         <v>68655.759520619409</v>
       </c>
       <c r="E14" s="81">
         <v>70705.1882586336</v>
       </c>
       <c r="F14" s="81">
         <v>72069.374515983596</v>
       </c>
       <c r="G14" s="81">
         <v>71643.241949172021</v>
       </c>
       <c r="H14" s="81">
         <v>71533.284460868716</v>
       </c>
       <c r="I14" s="81">
         <v>73871.452318107986</v>
       </c>
       <c r="J14" s="81">
         <v>74873.946335629269</v>
       </c>
-    </row>
-    <row r="15" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K14" s="81">
+        <v>75698.284204346433</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="82">
         <v>6102.9990580995009</v>
       </c>
       <c r="D15" s="82">
         <v>6164.3114689769</v>
       </c>
       <c r="E15" s="82">
         <v>6156.3351391872002</v>
       </c>
       <c r="F15" s="82">
         <v>6494.2515857871995</v>
       </c>
       <c r="G15" s="82">
         <v>6941.4410847137997</v>
       </c>
       <c r="H15" s="82">
         <v>7460.7787846018</v>
       </c>
       <c r="I15" s="82">
         <v>8200.1480176641999</v>
       </c>
       <c r="J15" s="82">
         <v>7884.6753866407007</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K15" s="82">
+        <v>8283.6422790124998</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="82">
         <v>857.63558400239992</v>
       </c>
       <c r="D16" s="82">
         <v>891.78113405900001</v>
       </c>
       <c r="E16" s="82">
         <v>910.98820074529999</v>
       </c>
       <c r="F16" s="82">
         <v>1035.4558872652999</v>
       </c>
       <c r="G16" s="82">
         <v>1124.8427594213997</v>
       </c>
       <c r="H16" s="82">
         <v>1117.8394638892999</v>
       </c>
       <c r="I16" s="82">
         <v>1100.1436350975002</v>
       </c>
       <c r="J16" s="82">
         <v>1121.3615293324999</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K16" s="82">
+        <v>859.45124280720017</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>192</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="82">
         <v>7703.8729798511995</v>
       </c>
       <c r="D17" s="82">
         <v>7535.4623999119995</v>
       </c>
       <c r="E17" s="82">
         <v>7650.069175167001</v>
       </c>
       <c r="F17" s="82">
         <v>7403.4182097370003</v>
       </c>
       <c r="G17" s="82">
         <v>6961.8713089208995</v>
       </c>
       <c r="H17" s="82">
         <v>6772.0854955173008</v>
       </c>
       <c r="I17" s="82">
         <v>6824.9640537794003</v>
       </c>
       <c r="J17" s="82">
         <v>6782.6441291363999</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K17" s="82">
+        <v>7012.5692745376</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>193</v>
       </c>
       <c r="B18" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C18" s="82">
         <v>24423.234781180123</v>
       </c>
       <c r="D18" s="82">
         <v>24379.371848056617</v>
       </c>
       <c r="E18" s="82">
         <v>25946.887103848203</v>
       </c>
       <c r="F18" s="82">
         <v>26666.68300412238</v>
       </c>
       <c r="G18" s="82">
         <v>25932.444760280301</v>
       </c>
       <c r="H18" s="82">
         <v>25389.668079602798</v>
       </c>
       <c r="I18" s="82">
         <v>26222.569424475671</v>
       </c>
       <c r="J18" s="82">
         <v>26937.12848835452</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K18" s="82">
+        <v>27170.207519659762</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>194</v>
       </c>
       <c r="B19" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="82">
         <v>29356.721581289392</v>
       </c>
       <c r="D19" s="82">
         <v>29684.832669614887</v>
       </c>
       <c r="E19" s="82">
         <v>30040.908639685887</v>
       </c>
       <c r="F19" s="82">
         <v>30469.565829071718</v>
       </c>
       <c r="G19" s="82">
         <v>30682.642035835615</v>
       </c>
       <c r="H19" s="82">
         <v>30792.912637257512</v>
       </c>
       <c r="I19" s="82">
         <v>31523.627187091217</v>
       </c>
       <c r="J19" s="82">
         <v>32148.136802165151</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K19" s="82">
+        <v>32372.413888329374</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A20" s="20" t="s">
         <v>196</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="82">
         <v>0</v>
       </c>
       <c r="D20" s="82">
         <v>0</v>
       </c>
       <c r="E20" s="82">
         <v>0</v>
       </c>
       <c r="F20" s="82">
         <v>0</v>
       </c>
       <c r="G20" s="82">
         <v>0</v>
       </c>
       <c r="H20" s="82">
         <v>0</v>
       </c>
       <c r="I20" s="82">
         <v>0</v>
       </c>
       <c r="J20" s="82">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K20" s="82">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A21" s="20" t="s">
         <v>197</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="81">
         <v>8842.5011990677685</v>
       </c>
       <c r="D21" s="81">
         <v>9550.5878933843396</v>
       </c>
       <c r="E21" s="81">
         <v>8265.6409402885038</v>
       </c>
       <c r="F21" s="81">
         <v>7982.1175392839777</v>
       </c>
       <c r="G21" s="81">
         <v>8813.2770227388046</v>
       </c>
       <c r="H21" s="81">
         <v>8942.4099954132071</v>
       </c>
       <c r="I21" s="81">
         <v>7811.6290709901386</v>
       </c>
       <c r="J21" s="81">
         <v>8161.3349871550272</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K21" s="81">
+        <v>9289.0687771262201</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A22" s="20" t="s">
         <v>198</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="81">
         <v>17673.097950176725</v>
       </c>
       <c r="D22" s="81">
         <v>17790.001860381581</v>
       </c>
       <c r="E22" s="81">
         <v>17552.686493300222</v>
       </c>
       <c r="F22" s="81">
         <v>17667.045307467855</v>
       </c>
       <c r="G22" s="81">
         <v>16627.695876935355</v>
       </c>
       <c r="H22" s="81">
         <v>16482.79335023191</v>
       </c>
       <c r="I22" s="81">
         <v>15712.617682265471</v>
       </c>
       <c r="J22" s="81">
         <v>16441.317897279703</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" s="7" customFormat="1" ht="14.4">
+      <c r="K22" s="81">
+        <v>16531.523559763365</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="7" customFormat="1" ht="14.4">
       <c r="A23" s="14" t="s">
         <v>199</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="82">
         <v>16305.724350404724</v>
       </c>
       <c r="D23" s="82">
         <v>16416.660210641581</v>
       </c>
       <c r="E23" s="82">
         <v>15920.876307168222</v>
       </c>
       <c r="F23" s="82">
         <v>16039.271879727856</v>
       </c>
       <c r="G23" s="82">
         <v>14991.239613885356</v>
       </c>
       <c r="H23" s="82">
         <v>14851.091302391909</v>
       </c>
       <c r="I23" s="82">
         <v>14282.703701995471</v>
       </c>
       <c r="J23" s="82">
         <v>15008.324725419701</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K23" s="82">
+        <v>15101.314223773366</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A24" s="20" t="s">
         <v>200</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="81">
         <v>217.37200000000001</v>
       </c>
       <c r="D24" s="81">
         <v>218.90299999999999</v>
       </c>
       <c r="E24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="F24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="G24" s="81">
         <v>206.00700000000001</v>
       </c>
       <c r="H24" s="81">
         <v>202.81700000000001</v>
       </c>
       <c r="I24" s="81">
         <v>200.13300000000001</v>
       </c>
       <c r="J24" s="81">
         <v>210.50299999999999</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K24" s="81">
+        <v>217.39699999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A25" s="20" t="s">
         <v>201</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="81">
         <v>201.03761451</v>
       </c>
       <c r="D25" s="81">
         <v>208.48768568999998</v>
       </c>
       <c r="E25" s="81">
         <v>224.80110109999998</v>
       </c>
       <c r="F25" s="81">
         <v>248.69799896000001</v>
       </c>
       <c r="G25" s="81">
         <v>309.47571665999999</v>
       </c>
       <c r="H25" s="81">
         <v>327.35028055999999</v>
       </c>
       <c r="I25" s="81">
         <v>309.87405195000002</v>
       </c>
       <c r="J25" s="81">
         <v>284.65370315000001</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" s="10" customFormat="1" ht="13.8">
+      <c r="K25" s="81">
+        <v>298.70443951000004</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A26" s="20" t="s">
         <v>202</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="81">
         <v>28781.167072575936</v>
       </c>
       <c r="D26" s="81">
         <v>28109.510492363926</v>
       </c>
       <c r="E26" s="81">
         <v>28132.165627864433</v>
       </c>
       <c r="F26" s="81">
         <v>28521.067841894434</v>
       </c>
       <c r="G26" s="81">
         <v>29076.764678484429</v>
       </c>
       <c r="H26" s="81">
         <v>29314.853146665107</v>
       </c>
       <c r="I26" s="81">
         <v>29926.254222134427</v>
       </c>
       <c r="J26" s="81">
         <v>29596.664120214431</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K26" s="81">
+        <v>28936.254716464431</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>203</v>
       </c>
       <c r="B27" s="42" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="82">
         <v>5100.6581401500007</v>
       </c>
       <c r="D27" s="82">
         <v>5089.2442310799997</v>
       </c>
       <c r="E27" s="82">
         <v>5081.33391355</v>
       </c>
       <c r="F27" s="82">
         <v>5081.6649330600003</v>
       </c>
       <c r="G27" s="82">
         <v>5180.7304631499992</v>
       </c>
       <c r="H27" s="82">
         <v>5180.5462155100004</v>
       </c>
       <c r="I27" s="82">
         <v>5205.3918421100007</v>
       </c>
       <c r="J27" s="82">
         <v>5205.4081876600003</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K27" s="82">
+        <v>5205.4246070200006</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>204</v>
       </c>
       <c r="B28" s="42" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="82">
         <v>13658.340643289999</v>
       </c>
       <c r="D28" s="82">
         <v>13496.6544146</v>
       </c>
       <c r="E28" s="82">
         <v>13296.53424182</v>
       </c>
       <c r="F28" s="82">
         <v>13283.897844810002</v>
       </c>
       <c r="G28" s="82">
         <v>13306.43055829</v>
       </c>
       <c r="H28" s="82">
         <v>13278.974279159997</v>
       </c>
       <c r="I28" s="82">
         <v>14045.761089279997</v>
       </c>
       <c r="J28" s="82">
         <v>14065.167769719998</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K28" s="82">
+        <v>13738.443455599998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>205</v>
       </c>
       <c r="B29" s="42" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="82">
         <v>8199.6756165700008</v>
       </c>
       <c r="D29" s="82">
         <v>8194.5642724299996</v>
       </c>
       <c r="E29" s="82">
         <v>8191.0140049300007</v>
       </c>
       <c r="F29" s="82">
         <v>8159.9588101400004</v>
       </c>
       <c r="G29" s="82">
         <v>8185.3187226800001</v>
       </c>
       <c r="H29" s="82">
         <v>8176.1246809392778</v>
       </c>
       <c r="I29" s="82">
         <v>9127.7570977100004</v>
       </c>
       <c r="J29" s="82">
         <v>9120.2465452699998</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K29" s="82">
+        <v>9147.0384451500013</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="42" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="D30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="E30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="F30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="G30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="H30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="I30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="J30" s="82">
-        <v>4.0152191244309003</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" s="7" customFormat="1" ht="13.8">
+        <v>2.91498474</v>
+      </c>
+      <c r="K30" s="82">
+        <v>2.91498474</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>207</v>
       </c>
       <c r="B31" s="42" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="82">
         <v>1817.890139235938</v>
       </c>
       <c r="D31" s="82">
         <v>1324.4450409239312</v>
       </c>
       <c r="E31" s="82">
         <v>1558.6809342344313</v>
       </c>
       <c r="F31" s="82">
         <v>1990.9437205544305</v>
       </c>
       <c r="G31" s="82">
         <v>2399.6824010344308</v>
       </c>
       <c r="H31" s="82">
         <v>2676.2929863158352</v>
       </c>
       <c r="I31" s="82">
         <v>1544.4292082944314</v>
       </c>
       <c r="J31" s="82">
-        <v>1201.8263984399994</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" s="10" customFormat="1" ht="13.8">
+        <v>1202.9266328244303</v>
+      </c>
+      <c r="K31" s="82">
+        <v>842.43322395443136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A32" s="20" t="s">
         <v>208</v>
       </c>
       <c r="B32" s="41" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="81">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D32" s="81">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E32" s="81">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F32" s="81">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G32" s="81">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H32" s="81">
-        <v>-7340.7280198442968</v>
+        <v>-7160.567519844295</v>
       </c>
       <c r="I32" s="81">
-        <v>-6027.4670707020105</v>
+        <v>-5841.1697769348848</v>
       </c>
       <c r="J32" s="81">
-        <v>-6300.7673197582881</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" s="10" customFormat="1" ht="13.8">
+        <v>-6116.8101124415189</v>
+      </c>
+      <c r="K32" s="81">
+        <v>-4820.8173775847408</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="10" customFormat="1" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>211</v>
       </c>
       <c r="B33" s="56" t="s">
         <v>316</v>
       </c>
       <c r="C33" s="82">
         <v>5515.6539896390896</v>
       </c>
       <c r="D33" s="82">
         <v>6420.9029666311199</v>
       </c>
       <c r="E33" s="82">
         <v>6068.1645040163694</v>
       </c>
       <c r="F33" s="82">
         <v>8384.4950380346472</v>
       </c>
       <c r="G33" s="82">
         <v>8873.2658950678906</v>
       </c>
       <c r="H33" s="82">
-        <v>8239.5624223157101</v>
+        <v>8059.4019223157084</v>
       </c>
       <c r="I33" s="82">
-        <v>7679.7874175005436</v>
+        <v>7493.4901237334179</v>
       </c>
       <c r="J33" s="82">
-        <v>8553.3759354724898</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" s="7" customFormat="1" ht="13.8">
+        <v>8369.4187281557206</v>
+      </c>
+      <c r="K33" s="82">
+        <v>8939.364085956011</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A34" s="14" t="s">
         <v>209</v>
       </c>
       <c r="B34" s="42" t="s">
         <v>325</v>
       </c>
       <c r="C34" s="82">
         <v>-7815.1333086756858</v>
       </c>
       <c r="D34" s="82">
         <v>-6195.5651865358623</v>
       </c>
       <c r="E34" s="82">
         <v>-6029.7106690350474</v>
       </c>
       <c r="F34" s="82">
         <v>-5900.3596984295773</v>
       </c>
       <c r="G34" s="82">
         <v>-6484.5492897896447</v>
       </c>
       <c r="H34" s="82">
         <v>-7302.9597630601484</v>
       </c>
       <c r="I34" s="82">
         <v>-6404.7053453346753</v>
       </c>
       <c r="J34" s="82">
         <v>-6288.7958474148327</v>
       </c>
-    </row>
-    <row r="35" spans="1:10" s="7" customFormat="1" ht="13.8">
+      <c r="K34" s="82">
+        <v>-5370.9277409201968</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="7" customFormat="1" ht="13.8">
       <c r="A35" s="14" t="s">
         <v>210</v>
       </c>
       <c r="B35" s="42" t="s">
         <v>324</v>
       </c>
       <c r="C35" s="82">
         <v>9618.5626316353482</v>
       </c>
       <c r="D35" s="82">
         <v>10935.047466925975</v>
       </c>
       <c r="E35" s="82">
         <v>8988.1278556762663</v>
       </c>
       <c r="F35" s="82">
         <v>8681.9211778869158</v>
       </c>
       <c r="G35" s="82">
         <v>9077.8427542132995</v>
       </c>
       <c r="H35" s="82">
         <v>8201.7941655315626</v>
       </c>
       <c r="I35" s="82">
         <v>8057.0256921332093</v>
       </c>
       <c r="J35" s="82">
         <v>8541.4044631290344</v>
       </c>
-    </row>
-    <row r="36" spans="1:10" ht="13.8">
+      <c r="K35" s="82">
+        <v>9489.474449291467</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="13.8">
       <c r="A36" s="21"/>
       <c r="B36" s="44"/>
       <c r="C36" s="83"/>
       <c r="D36" s="83"/>
       <c r="E36" s="83"/>
       <c r="F36" s="83"/>
       <c r="G36" s="83"/>
       <c r="H36" s="83"/>
       <c r="I36" s="83"/>
       <c r="J36" s="83"/>
-    </row>
-    <row r="37" spans="1:10" ht="13.8">
+      <c r="K36" s="83"/>
+    </row>
+    <row r="37" spans="1:11" ht="13.8">
       <c r="B37" s="45"/>
     </row>
-    <row r="38" spans="1:10" ht="13.8">
+    <row r="38" spans="1:11" ht="13.8">
       <c r="B38" s="45"/>
     </row>
-    <row r="39" spans="1:10" ht="13.8">
+    <row r="39" spans="1:11" ht="13.8">
       <c r="B39" s="45"/>
     </row>
-    <row r="40" spans="1:10" ht="13.8">
+    <row r="40" spans="1:11" ht="13.8">
       <c r="B40" s="45"/>
     </row>
-    <row r="41" spans="1:10" ht="13.8">
+    <row r="41" spans="1:11" ht="13.8">
       <c r="B41" s="45"/>
     </row>
-    <row r="42" spans="1:10" ht="13.8">
+    <row r="42" spans="1:11" ht="13.8">
       <c r="B42" s="45"/>
     </row>
-    <row r="43" spans="1:10" ht="13.8">
+    <row r="43" spans="1:11" ht="13.8">
       <c r="B43" s="45"/>
     </row>
-    <row r="44" spans="1:10" ht="13.8">
+    <row r="44" spans="1:11" ht="13.8">
       <c r="B44" s="45"/>
     </row>
-    <row r="45" spans="1:10" ht="13.8">
+    <row r="45" spans="1:11" ht="13.8">
       <c r="B45" s="45"/>
     </row>
-    <row r="46" spans="1:10" ht="13.8">
+    <row r="46" spans="1:11" ht="13.8">
       <c r="B46" s="45"/>
     </row>
-    <row r="47" spans="1:10" ht="13.8">
+    <row r="47" spans="1:11" ht="13.8">
       <c r="B47" s="45"/>
     </row>
-    <row r="48" spans="1:10" ht="13.8">
+    <row r="48" spans="1:11" ht="13.8">
       <c r="B48" s="45"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="45"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="45"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="45"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="45"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="45"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="45"/>
     </row>
     <row r="55" spans="2:2" ht="13.8">
       <c r="B55" s="45"/>
     </row>
     <row r="56" spans="2:2" ht="13.8">
       <c r="B56" s="45"/>
@@ -10189,1395 +10548,1516 @@
     </row>
     <row r="84" spans="2:2" ht="13.8">
       <c r="B84" s="45"/>
     </row>
     <row r="85" spans="2:2" ht="13.8">
       <c r="B85" s="45"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27592" divId="Set of Tables_27592" sourceType="range" sourceRef="B1:B36" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J188"/>
+  <dimension ref="A1:K188"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="Q34" sqref="Q34"/>
+      <selection pane="bottomRight" activeCell="V35" sqref="V35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="4.88671875" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
-    <col min="3" max="10" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="11" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:10" ht="13.8">
+    <row r="4" spans="1:11" ht="13.8">
       <c r="A4" s="22" t="s">
         <v>97</v>
       </c>
       <c r="B4" s="35" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="67">
         <v>45688</v>
       </c>
       <c r="D4" s="67">
         <v>45716</v>
       </c>
       <c r="E4" s="67">
         <v>45747</v>
       </c>
       <c r="F4" s="67">
         <v>45777</v>
       </c>
       <c r="G4" s="67">
         <v>45808</v>
       </c>
       <c r="H4" s="67">
         <v>45838</v>
       </c>
       <c r="I4" s="67">
         <v>45869</v>
       </c>
       <c r="J4" s="67">
         <v>45900</v>
       </c>
-    </row>
-    <row r="5" spans="1:10" ht="13.8">
+      <c r="K4" s="67">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="13.8">
       <c r="A5" s="22"/>
       <c r="B5" s="31"/>
       <c r="C5" s="68"/>
       <c r="D5" s="68"/>
       <c r="E5" s="68"/>
       <c r="F5" s="68"/>
       <c r="G5" s="68"/>
       <c r="H5" s="68"/>
       <c r="I5" s="68"/>
       <c r="J5" s="68"/>
-    </row>
-    <row r="6" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K5" s="68"/>
+    </row>
+    <row r="6" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>212</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>79487.12580453133</v>
       </c>
       <c r="D6" s="75">
         <v>77734.071732186523</v>
       </c>
       <c r="E6" s="75">
         <v>88243.725993976521</v>
       </c>
       <c r="F6" s="75">
         <v>89736.54613195124</v>
       </c>
       <c r="G6" s="75">
         <v>84489.748279230727</v>
       </c>
       <c r="H6" s="75">
         <v>84103.482814650313</v>
       </c>
       <c r="I6" s="75">
         <v>89202.564140780945</v>
       </c>
       <c r="J6" s="75">
         <v>88225.356532427497</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K6" s="75">
+        <v>87671.920637208226</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>213</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>94661.599111360905</v>
       </c>
       <c r="D7" s="75">
         <v>92843.988986067212</v>
       </c>
       <c r="E7" s="75">
         <v>104095.69663120522</v>
       </c>
       <c r="F7" s="75">
         <v>106223.25454706693</v>
       </c>
       <c r="G7" s="75">
         <v>101243.25145422074</v>
       </c>
       <c r="H7" s="75">
         <v>100668.73306407873</v>
       </c>
       <c r="I7" s="75">
         <v>105723.52332659016</v>
       </c>
       <c r="J7" s="75">
         <v>104614.46262265743</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" s="8" customFormat="1" ht="14.4">
+      <c r="K7" s="75">
+        <v>104031.87249155136</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="8" customFormat="1" ht="14.4">
       <c r="A8" s="17" t="s">
         <v>214</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="76">
         <v>15174.473306829575</v>
       </c>
       <c r="D8" s="76">
         <v>15109.917253880692</v>
       </c>
       <c r="E8" s="76">
         <v>15851.970637228702</v>
       </c>
       <c r="F8" s="76">
         <v>16486.708415115681</v>
       </c>
       <c r="G8" s="76">
         <v>16753.503174990015</v>
       </c>
       <c r="H8" s="76">
         <v>16565.250249428413</v>
       </c>
       <c r="I8" s="76">
         <v>16520.959185809217</v>
       </c>
       <c r="J8" s="76">
         <v>16389.106090229932</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K8" s="76">
+        <v>16359.951854343128</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>215</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="75">
         <v>158873.00005045836</v>
       </c>
       <c r="D9" s="75">
         <v>163585.81614454952</v>
       </c>
       <c r="E9" s="75">
         <v>160715.86464035109</v>
       </c>
       <c r="F9" s="75">
         <v>158058.48629120615</v>
       </c>
       <c r="G9" s="75">
         <v>158655.18551961627</v>
       </c>
       <c r="H9" s="75">
-        <v>157526.97425940051</v>
+        <v>157707.13475940051</v>
       </c>
       <c r="I9" s="75">
-        <v>159373.72260566504</v>
+        <v>159560.01989943214</v>
       </c>
       <c r="J9" s="75">
-        <v>161013.49619567348</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" s="2" customFormat="1" ht="13.8">
+        <v>161197.45340299024</v>
+      </c>
+      <c r="K9" s="75">
+        <v>165076.38315259715</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>216</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="75">
         <v>33368.773339629995</v>
       </c>
       <c r="D10" s="75">
         <v>38518.215819810001</v>
       </c>
       <c r="E10" s="75">
         <v>35147.995281049996</v>
       </c>
       <c r="F10" s="75">
         <v>32054.787446059992</v>
       </c>
       <c r="G10" s="75">
         <v>32482.947107569998</v>
       </c>
       <c r="H10" s="75">
         <v>30483.43343564</v>
       </c>
       <c r="I10" s="75">
         <v>32585.963359180008</v>
       </c>
       <c r="J10" s="75">
         <v>33683.44318106</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K10" s="75">
+        <v>35824.141409100004</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D11" s="76">
         <v>42429.96686298</v>
       </c>
       <c r="E11" s="76">
         <v>46320.073926450001</v>
       </c>
       <c r="F11" s="76">
         <v>44655.826444409991</v>
       </c>
       <c r="G11" s="76">
         <v>44922.881896049999</v>
       </c>
       <c r="H11" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I11" s="76">
         <v>46623.443230990008</v>
       </c>
       <c r="J11" s="76">
         <v>45754.861533470001</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" s="8" customFormat="1" ht="14.4">
+      <c r="K11" s="76">
+        <v>47639.778700760005</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="8" customFormat="1" ht="14.4">
       <c r="A12" s="17" t="s">
         <v>218</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="76">
         <v>7496.9104793799997</v>
       </c>
       <c r="D12" s="76">
         <v>3911.7510431700011</v>
       </c>
       <c r="E12" s="76">
         <v>11172.078645400001</v>
       </c>
       <c r="F12" s="76">
         <v>12601.038998350001</v>
       </c>
       <c r="G12" s="76">
         <v>12439.934788480001</v>
       </c>
       <c r="H12" s="76">
         <v>13040.73747708</v>
       </c>
       <c r="I12" s="76">
         <v>14037.479871809997</v>
       </c>
       <c r="J12" s="76">
         <v>12071.418352410001</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K12" s="76">
+        <v>11815.637291660001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>219</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="75">
         <v>125504.22671082837</v>
       </c>
       <c r="D13" s="75">
         <v>125067.60032473953</v>
       </c>
       <c r="E13" s="75">
         <v>125567.86935930111</v>
       </c>
       <c r="F13" s="75">
         <v>126003.69884514617</v>
       </c>
       <c r="G13" s="75">
         <v>126172.23841204627</v>
       </c>
       <c r="H13" s="75">
-        <v>127043.5408237605</v>
+        <v>127223.7013237605</v>
       </c>
       <c r="I13" s="75">
-        <v>126787.75924648502</v>
+        <v>126974.05654025215</v>
       </c>
       <c r="J13" s="75">
-        <v>127330.05301461347</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" s="8" customFormat="1" ht="13.8">
+        <v>127514.01022193024</v>
+      </c>
+      <c r="K13" s="75">
+        <v>129252.24174349714</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>220</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="76">
         <v>4163.182234500001</v>
       </c>
       <c r="D14" s="76">
         <v>4174.4503525699993</v>
       </c>
       <c r="E14" s="76">
         <v>4122.8214133199999</v>
       </c>
       <c r="F14" s="76">
         <v>4028.9738768932261</v>
       </c>
       <c r="G14" s="76">
         <v>4043.4720601319996</v>
       </c>
       <c r="H14" s="76">
-        <v>3848.3309448400005</v>
+        <v>4028.4914448400004</v>
       </c>
       <c r="I14" s="76">
-        <v>3738.4254020799999</v>
+        <v>3924.7226958471247</v>
       </c>
       <c r="J14" s="76">
-        <v>3716.4820874899997</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" s="8" customFormat="1" ht="13.8">
+        <v>3900.4392948067693</v>
+      </c>
+      <c r="K14" s="76">
+        <v>3975.0677953850354</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>221</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D15" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E15" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F15" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G15" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H15" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I15" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J15" s="76">
         <v>159.42183500000007</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K15" s="76">
+        <v>108.5073112800001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>222</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D16" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E16" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F16" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G16" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H16" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I16" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J16" s="76">
         <v>1388.1578383399999</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K16" s="76">
+        <v>1817.7757332713231</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>223</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D17" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E17" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F17" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G17" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H17" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I17" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J17" s="76">
         <v>52057.457911478916</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K17" s="76">
+        <v>52890.973113317581</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>224</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="76">
         <v>68820.931898121024</v>
       </c>
       <c r="D18" s="76">
         <v>68896.893900806244</v>
       </c>
       <c r="E18" s="76">
         <v>68977.710817023079</v>
       </c>
       <c r="F18" s="76">
         <v>69120.761994316592</v>
       </c>
       <c r="G18" s="76">
         <v>69294.149816998615</v>
       </c>
       <c r="H18" s="76">
         <v>69504.514162115112</v>
       </c>
       <c r="I18" s="76">
         <v>69834.670389163453</v>
       </c>
       <c r="J18" s="76">
         <v>70008.533342304552</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K18" s="76">
+        <v>70459.917790243198</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="52" t="s">
         <v>225</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="75">
         <v>158420.3055185175</v>
       </c>
       <c r="D19" s="75">
         <v>158492.8443376706</v>
       </c>
       <c r="E19" s="75">
         <v>161262.18250523665</v>
       </c>
       <c r="F19" s="75">
         <v>163825.9515960507</v>
       </c>
       <c r="G19" s="75">
         <v>160956.12272478139</v>
       </c>
       <c r="H19" s="75">
         <v>159956.14980810968</v>
       </c>
       <c r="I19" s="75">
         <v>166256.94681606884</v>
       </c>
       <c r="J19" s="75">
         <v>166688.6711379773</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K19" s="75">
+        <v>167655.27424115609</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>226</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="75">
         <v>3742.7240187488833</v>
       </c>
       <c r="D20" s="75">
         <v>3658.8612484504674</v>
       </c>
       <c r="E20" s="75">
         <v>3730.9002309672678</v>
       </c>
       <c r="F20" s="75">
         <v>3671.3349760310766</v>
       </c>
       <c r="G20" s="75">
         <v>3928.7729014559122</v>
       </c>
       <c r="H20" s="75">
         <v>3924.2821405778277</v>
       </c>
       <c r="I20" s="75">
         <v>3852.4717745071116</v>
       </c>
       <c r="J20" s="75">
         <v>4048.7946517913902</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K20" s="75">
+        <v>3966.797348214157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="75">
         <v>86233.117515346006</v>
       </c>
       <c r="D21" s="75">
         <v>86178.223568600733</v>
       </c>
       <c r="E21" s="75">
         <v>86826.094015635797</v>
       </c>
       <c r="F21" s="75">
         <v>88085.242104036035</v>
       </c>
       <c r="G21" s="75">
         <v>85384.107874153444</v>
       </c>
       <c r="H21" s="75">
         <v>84498.583206663141</v>
       </c>
       <c r="I21" s="75">
         <v>88533.022723453731</v>
       </c>
       <c r="J21" s="75">
         <v>87765.93015055664</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K21" s="75">
+        <v>87990.192688595504</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>228</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D22" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E22" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F22" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G22" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H22" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I22" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J22" s="76">
         <v>10217.982467067521</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K22" s="76">
+        <v>9377.1471511379023</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>229</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D23" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E23" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F23" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G23" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H23" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I23" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J23" s="76">
         <v>930.55878871999982</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K23" s="76">
+        <v>913.88244320999991</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D24" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E24" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F24" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G24" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H24" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I24" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J24" s="76">
         <v>6460.5692940119698</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K24" s="76">
+        <v>6342.1450984305293</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>231</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="76">
         <v>47275.730985932758</v>
       </c>
       <c r="D25" s="76">
         <v>47033.858168711828</v>
       </c>
       <c r="E25" s="76">
         <v>47646.495943514106</v>
       </c>
       <c r="F25" s="76">
         <v>47822.58187079311</v>
       </c>
       <c r="G25" s="76">
         <v>45652.774950392479</v>
       </c>
       <c r="H25" s="76">
         <v>44261.779958639352</v>
       </c>
       <c r="I25" s="76">
         <v>48124.499574300833</v>
       </c>
       <c r="J25" s="76">
         <v>46881.813187794141</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K25" s="76">
+        <v>48036.450977880238</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>232</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="76">
         <v>22357.09551491015</v>
       </c>
       <c r="D26" s="76">
         <v>22472.100758939607</v>
       </c>
       <c r="E26" s="76">
         <v>22630.970096546207</v>
       </c>
       <c r="F26" s="76">
         <v>22868.872873796048</v>
       </c>
       <c r="G26" s="76">
         <v>22807.665258832629</v>
       </c>
       <c r="H26" s="76">
         <v>23306.369154240874</v>
       </c>
       <c r="I26" s="76">
         <v>23278.012968939875</v>
       </c>
       <c r="J26" s="76">
         <v>23275.006412962997</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" s="8" customFormat="1" ht="14.4">
+      <c r="K26" s="76">
+        <v>23320.567017936832</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="8" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>233</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="76">
         <v>0</v>
       </c>
       <c r="D27" s="76">
         <v>0</v>
       </c>
       <c r="E27" s="76">
         <v>0</v>
       </c>
       <c r="F27" s="76">
         <v>0</v>
       </c>
       <c r="G27" s="76">
         <v>0</v>
       </c>
       <c r="H27" s="76">
         <v>0</v>
       </c>
       <c r="I27" s="76">
         <v>0</v>
       </c>
       <c r="J27" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K27" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>234</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D28" s="75">
         <v>68655.759520619409</v>
       </c>
       <c r="E28" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F28" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G28" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H28" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I28" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J28" s="75">
         <v>74873.946335629269</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K28" s="75">
+        <v>75698.284204346433</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>235</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D29" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E29" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F29" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G29" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H29" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I29" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J29" s="76">
         <v>7884.6753866407007</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K29" s="76">
+        <v>8283.6422790124998</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>236</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D30" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E30" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F30" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G30" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H30" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I30" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J30" s="76">
         <v>1121.3615293324999</v>
       </c>
-    </row>
-    <row r="31" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K30" s="76">
+        <v>859.45124280720017</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>237</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D31" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E31" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F31" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G31" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H31" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I31" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J31" s="76">
         <v>6782.6441291363999</v>
       </c>
-    </row>
-    <row r="32" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K31" s="76">
+        <v>7012.5692745376</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>238</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="76">
         <v>24423.234781180123</v>
       </c>
       <c r="D32" s="76">
         <v>24379.371848056617</v>
       </c>
       <c r="E32" s="76">
         <v>25946.887103848203</v>
       </c>
       <c r="F32" s="76">
         <v>26666.68300412238</v>
       </c>
       <c r="G32" s="76">
         <v>25932.444760280301</v>
       </c>
       <c r="H32" s="76">
         <v>25389.668079602798</v>
       </c>
       <c r="I32" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J32" s="76">
         <v>26937.12848835452</v>
       </c>
-    </row>
-    <row r="33" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K32" s="76">
+        <v>27170.207519659762</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>239</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="76">
         <v>29356.721581289392</v>
       </c>
       <c r="D33" s="76">
         <v>29684.832669614887</v>
       </c>
       <c r="E33" s="76">
         <v>30040.908639685887</v>
       </c>
       <c r="F33" s="76">
         <v>30469.565829071718</v>
       </c>
       <c r="G33" s="76">
         <v>30682.642035835615</v>
       </c>
       <c r="H33" s="76">
         <v>30792.912637257512</v>
       </c>
       <c r="I33" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J33" s="76">
         <v>32148.136802165151</v>
       </c>
-    </row>
-    <row r="34" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K33" s="76">
+        <v>32372.413888329374</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>240</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="75">
         <v>0</v>
       </c>
       <c r="D34" s="75">
         <v>0</v>
       </c>
       <c r="E34" s="75">
         <v>0</v>
       </c>
       <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="75">
         <v>0</v>
       </c>
       <c r="H34" s="75">
         <v>0</v>
       </c>
       <c r="I34" s="75">
         <v>0</v>
       </c>
       <c r="J34" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K34" s="75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A35" s="17" t="s">
         <v>241</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="75">
         <v>8843.2621185477692</v>
       </c>
       <c r="D35" s="75">
         <v>9552.4249051543393</v>
       </c>
       <c r="E35" s="75">
         <v>8267.4806478985029</v>
       </c>
       <c r="F35" s="75">
         <v>7982.5745370839777</v>
       </c>
       <c r="G35" s="75">
         <v>8813.640199888805</v>
       </c>
       <c r="H35" s="75">
         <v>8942.371293093207</v>
       </c>
       <c r="I35" s="75">
         <v>7811.5406047201386</v>
       </c>
       <c r="J35" s="75">
         <v>8161.0738855850268</v>
       </c>
-    </row>
-    <row r="36" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K35" s="75">
+        <v>9288.7369485662202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A36" s="17" t="s">
         <v>306</v>
       </c>
       <c r="B36" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="75">
         <v>38616.512782226724</v>
       </c>
       <c r="D36" s="75">
         <v>38907.916049041582</v>
       </c>
       <c r="E36" s="75">
         <v>38586.821818660217</v>
       </c>
       <c r="F36" s="75">
         <v>38588.031157347854</v>
       </c>
       <c r="G36" s="75">
         <v>37614.089117895361</v>
       </c>
       <c r="H36" s="75">
         <v>37918.56509942191</v>
       </c>
       <c r="I36" s="75">
         <v>37329.018978545471</v>
       </c>
       <c r="J36" s="75">
         <v>38440.880438409702</v>
       </c>
-    </row>
-    <row r="37" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K36" s="75">
+        <v>39493.609386903365</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A37" s="17" t="s">
         <v>242</v>
       </c>
       <c r="B37" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="75">
         <v>217.37200000000001</v>
       </c>
       <c r="D37" s="75">
         <v>218.90299999999999</v>
       </c>
       <c r="E37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="F37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="G37" s="75">
         <v>206.00700000000001</v>
       </c>
       <c r="H37" s="75">
         <v>202.81700000000001</v>
       </c>
       <c r="I37" s="75">
         <v>200.13300000000001</v>
       </c>
       <c r="J37" s="75">
         <v>210.50299999999999</v>
       </c>
-    </row>
-    <row r="38" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K37" s="75">
+        <v>217.39699999999999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A38" s="17" t="s">
         <v>243</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="75">
         <v>201.03761451</v>
       </c>
       <c r="D38" s="75">
         <v>208.48768568999998</v>
       </c>
       <c r="E38" s="75">
         <v>224.80110109999998</v>
       </c>
       <c r="F38" s="75">
         <v>248.69799896000001</v>
       </c>
       <c r="G38" s="75">
         <v>309.47571665999999</v>
       </c>
       <c r="H38" s="75">
         <v>327.35028055999999</v>
       </c>
       <c r="I38" s="75">
         <v>309.87405195000002</v>
       </c>
       <c r="J38" s="75">
         <v>284.65370315000001</v>
       </c>
-    </row>
-    <row r="39" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K38" s="75">
+        <v>298.70443951000004</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A39" s="17" t="s">
         <v>244</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="75">
         <v>42011.131981385945</v>
       </c>
       <c r="D39" s="75">
         <v>41391.984917523929</v>
       </c>
       <c r="E39" s="75">
         <v>41442.869889234426</v>
       </c>
       <c r="F39" s="75">
         <v>41344.310297824435</v>
       </c>
       <c r="G39" s="75">
         <v>41488.313269044433</v>
       </c>
       <c r="H39" s="75">
         <v>41802.038219025104</v>
       </c>
       <c r="I39" s="75">
         <v>42507.738358314426</v>
       </c>
       <c r="J39" s="75">
         <v>42195.965395044426</v>
       </c>
-    </row>
-    <row r="40" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K39" s="75">
+        <v>41277.944907634432</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A40" s="17" t="s">
         <v>245</v>
       </c>
       <c r="B40" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="75">
         <v>-9948.9936545370765</v>
       </c>
       <c r="D40" s="75">
         <v>-7451.4868485114412</v>
       </c>
       <c r="E40" s="75">
         <v>-1037.936368986816</v>
       </c>
       <c r="F40" s="75">
         <v>-4408.5820566837228</v>
       </c>
       <c r="G40" s="75">
         <v>-6243.597354716916</v>
       </c>
       <c r="H40" s="75">
-        <v>-7516.9744178239507</v>
+        <v>-7336.8139178239489</v>
       </c>
       <c r="I40" s="75">
-        <v>-5840.4857230013213</v>
+        <v>-5654.1884292341956</v>
       </c>
       <c r="J40" s="75">
-        <v>-6743.9451824142097</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" s="4" customFormat="1" ht="13.8">
+        <v>-6559.9879750974405</v>
+      </c>
+      <c r="K40" s="75">
+        <v>-5484.4826880147166</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A41" s="17"/>
       <c r="B41" s="57" t="s">
         <v>316</v>
       </c>
       <c r="C41" s="75">
         <v>-5334.2619305900025</v>
       </c>
       <c r="D41" s="75">
         <v>-5378.1851700299985</v>
       </c>
       <c r="E41" s="75">
         <v>1376.6536065060011</v>
       </c>
       <c r="F41" s="75">
         <v>957.94503431999874</v>
       </c>
       <c r="G41" s="75">
         <v>353.25197571000183</v>
       </c>
       <c r="H41" s="75">
         <v>109.60919879999349</v>
       </c>
       <c r="I41" s="75">
         <v>643.27384078000739</v>
       </c>
       <c r="J41" s="75">
         <v>85.958076450006956</v>
       </c>
-    </row>
-    <row r="42" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K41" s="75">
+        <v>40.388143698889735</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A42" s="17"/>
       <c r="B42" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C42" s="75">
         <v>-902.50705726764704</v>
       </c>
       <c r="D42" s="75">
         <v>-391.88099224043583</v>
       </c>
       <c r="E42" s="75">
         <v>695.15734188233273</v>
       </c>
       <c r="F42" s="75">
         <v>236.40646757358863</v>
       </c>
       <c r="G42" s="75">
         <v>-316.87689978268111</v>
       </c>
       <c r="H42" s="75">
         <v>-285.85559677964761</v>
       </c>
       <c r="I42" s="75">
         <v>-456.29249307931809</v>
       </c>
       <c r="J42" s="75">
         <v>-529.13593910592829</v>
       </c>
-    </row>
-    <row r="43" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K42" s="75">
+        <v>-704.05345412886743</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A43" s="17" t="s">
         <v>246</v>
       </c>
       <c r="B43" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C43" s="75">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D43" s="75">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E43" s="75">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F43" s="75">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G43" s="75">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H43" s="75">
-        <v>-7340.7280198442968</v>
+        <v>-7160.567519844295</v>
       </c>
       <c r="I43" s="75">
-        <v>-6027.4670707020105</v>
+        <v>-5841.1697769348848</v>
       </c>
       <c r="J43" s="75">
-        <v>-6300.7673197582881</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" ht="13.8">
+        <v>-6116.8101124415189</v>
+      </c>
+      <c r="K43" s="75">
+        <v>-4820.817377584739</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="13.8">
       <c r="A44" s="17"/>
       <c r="B44" s="31"/>
       <c r="C44" s="72"/>
       <c r="D44" s="72"/>
       <c r="E44" s="72"/>
       <c r="F44" s="72"/>
       <c r="G44" s="72"/>
       <c r="H44" s="72"/>
       <c r="I44" s="72"/>
       <c r="J44" s="72"/>
-    </row>
-    <row r="45" spans="1:10" s="4" customFormat="1" ht="13.8">
+      <c r="K44" s="72"/>
+    </row>
+    <row r="45" spans="1:11" s="4" customFormat="1" ht="13.8">
       <c r="A45" s="17"/>
       <c r="B45" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="72">
         <v>-0.5025056611848413</v>
       </c>
       <c r="D45" s="72">
         <v>-1.1861698329821593</v>
       </c>
       <c r="E45" s="72">
         <v>-1.2579588153266741</v>
       </c>
       <c r="F45" s="72">
         <v>-0.58010742581791419</v>
       </c>
       <c r="G45" s="72">
         <v>0.88312529391623684</v>
       </c>
       <c r="H45" s="72">
         <v>-1.8602083351343026</v>
       </c>
       <c r="I45" s="72">
         <v>1.5206598484282949</v>
       </c>
       <c r="J45" s="72">
         <v>1.0503503487207126</v>
       </c>
-    </row>
-    <row r="46" spans="1:10" ht="13.8">
+      <c r="K45" s="72"/>
+    </row>
+    <row r="46" spans="1:11" ht="13.8">
       <c r="A46" s="18"/>
       <c r="B46" s="38"/>
       <c r="C46" s="69"/>
       <c r="D46" s="69"/>
       <c r="E46" s="69"/>
       <c r="F46" s="69"/>
       <c r="G46" s="69"/>
       <c r="H46" s="69"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
-    </row>
-    <row r="47" spans="1:10" ht="13.8">
+      <c r="K46" s="69"/>
+    </row>
+    <row r="47" spans="1:11" ht="13.8">
       <c r="A47" s="8"/>
       <c r="B47" s="27"/>
     </row>
-    <row r="48" spans="1:10" ht="13.8">
+    <row r="48" spans="1:11" ht="13.8">
       <c r="A48" s="8"/>
       <c r="B48" s="27"/>
     </row>
     <row r="49" spans="1:2" ht="13.8">
       <c r="A49" s="8"/>
       <c r="B49" s="27"/>
     </row>
     <row r="50" spans="1:2" ht="13.8">
       <c r="A50" s="8"/>
       <c r="B50" s="27"/>
     </row>
     <row r="51" spans="1:2" ht="13.8">
       <c r="A51" s="8"/>
       <c r="B51" s="27"/>
     </row>
     <row r="52" spans="1:2" ht="13.8">
       <c r="A52" s="8"/>
       <c r="B52" s="27"/>
     </row>
     <row r="53" spans="1:2" ht="13.8">
       <c r="A53" s="8"/>
       <c r="B53" s="27"/>
     </row>
     <row r="54" spans="1:2" ht="13.8">
       <c r="A54" s="8"/>
@@ -12015,103 +12495,105 @@
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="1057" divId="Set of Tables_1057" sourceType="range" sourceRef="B1:B46" destinationFile="I:\internet\StatisticalTables\Monetary Data\Monetary Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AYM457"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
-      <selection pane="bottomRight" activeCell="P29" sqref="P29"/>
+      <selection pane="bottomRight" activeCell="R34" sqref="R34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="20.6640625" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="50.33203125" customWidth="1"/>
-    <col min="3" max="10" width="11.33203125" customWidth="1"/>
+    <col min="3" max="11" width="11.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:299" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="2" spans="1:299" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:299" ht="14.4" thickBot="1">
       <c r="B3" s="27"/>
     </row>
     <row r="4" spans="1:299" s="6" customFormat="1" ht="13.8">
       <c r="A4" s="50"/>
       <c r="B4" s="62" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="70">
         <v>45688</v>
       </c>
       <c r="D4" s="70">
         <v>45716</v>
       </c>
       <c r="E4" s="70">
         <v>45747</v>
       </c>
       <c r="F4" s="70">
         <v>45777</v>
       </c>
       <c r="G4" s="70">
         <v>45808</v>
       </c>
       <c r="H4" s="90">
         <v>45838</v>
       </c>
       <c r="I4" s="70">
         <v>45869</v>
       </c>
       <c r="J4" s="70">
         <v>45900</v>
       </c>
-      <c r="K4"/>
+      <c r="K4" s="70">
+        <v>45930</v>
+      </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
@@ -12368,339 +12850,366 @@
       <c r="KA4"/>
       <c r="KB4"/>
       <c r="KC4"/>
       <c r="KD4"/>
       <c r="KE4"/>
       <c r="KF4"/>
       <c r="KG4"/>
       <c r="KH4"/>
       <c r="KI4"/>
       <c r="KJ4"/>
       <c r="KK4"/>
       <c r="KL4"/>
       <c r="KM4"/>
     </row>
     <row r="5" spans="1:299" ht="13.8">
       <c r="A5" s="51"/>
       <c r="B5" s="61"/>
       <c r="C5" s="71"/>
       <c r="D5" s="71"/>
       <c r="E5" s="71"/>
       <c r="F5" s="71"/>
       <c r="G5" s="71"/>
       <c r="H5" s="91"/>
       <c r="I5" s="71"/>
       <c r="J5" s="71"/>
+      <c r="K5" s="71"/>
     </row>
     <row r="6" spans="1:299" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="58" t="s">
         <v>247</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C6" s="84">
         <v>121933.31282797406</v>
       </c>
       <c r="D6" s="84">
         <v>121649.65126008663</v>
       </c>
       <c r="E6" s="84">
         <v>122035.1935081332</v>
       </c>
       <c r="F6" s="84">
         <v>121895.9264496525</v>
       </c>
       <c r="G6" s="84">
         <v>122497.32165338506</v>
       </c>
       <c r="H6" s="92">
         <v>123609.4339708609</v>
       </c>
       <c r="I6" s="84">
         <v>125987.36676419305</v>
       </c>
       <c r="J6" s="84">
         <v>126607.76387203124</v>
       </c>
+      <c r="K6" s="84">
+        <v>126583.21592723204</v>
+      </c>
     </row>
     <row r="7" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A7" s="58" t="s">
         <v>248</v>
       </c>
       <c r="B7" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="85">
         <v>5.4461030000000001E-2</v>
       </c>
       <c r="D7" s="85">
         <v>8.3304520000000007E-2</v>
       </c>
       <c r="E7" s="85">
         <v>7.8685469999999993E-2</v>
       </c>
       <c r="F7" s="85">
         <v>0.10366491000000001</v>
       </c>
       <c r="G7" s="85">
         <v>6.3773050000000012E-2</v>
       </c>
       <c r="H7" s="93">
         <v>4.2884430000000001E-2</v>
       </c>
       <c r="I7" s="85">
         <v>6.2463310000000001E-2</v>
       </c>
       <c r="J7" s="85">
         <v>0.15392231000000001</v>
       </c>
+      <c r="K7" s="85">
+        <v>7.4851110000000012E-2</v>
+      </c>
     </row>
     <row r="8" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A8" s="58" t="s">
         <v>249</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="85">
         <v>8.9467379999999999</v>
       </c>
       <c r="D8" s="85">
         <v>9.0162600000000008</v>
       </c>
       <c r="E8" s="85">
         <v>8.7868206099999995</v>
       </c>
       <c r="F8" s="85">
         <v>8.6528032300000017</v>
       </c>
       <c r="G8" s="85">
         <v>8.6216938299999999</v>
       </c>
       <c r="H8" s="93">
         <v>8.5458793800000006</v>
       </c>
       <c r="I8" s="85">
-        <v>194.75040246712425</v>
+        <v>8.4531087000000014</v>
       </c>
       <c r="J8" s="85">
-        <v>194.67115358712425</v>
+        <v>8.3738598199999998</v>
+      </c>
+      <c r="K8" s="85">
+        <v>8.3509951700000027</v>
       </c>
     </row>
     <row r="9" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="58" t="s">
         <v>250</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="85">
         <v>1408.9934549300001</v>
       </c>
       <c r="D9" s="85">
         <v>1417.11463794</v>
       </c>
       <c r="E9" s="85">
         <v>1417.3097906099997</v>
       </c>
       <c r="F9" s="85">
         <v>1406.9155921400002</v>
       </c>
       <c r="G9" s="85">
         <v>1420.6594364500002</v>
       </c>
       <c r="H9" s="93">
         <v>1416.31099739</v>
       </c>
       <c r="I9" s="85">
         <v>1407.14279207</v>
       </c>
       <c r="J9" s="85">
         <v>1418.2883204499999</v>
       </c>
+      <c r="K9" s="85">
+        <v>1416.0499979199999</v>
+      </c>
     </row>
     <row r="10" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="58" t="s">
         <v>251</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="85">
         <v>24.844961180000002</v>
       </c>
       <c r="D10" s="85">
         <v>17.426680320000006</v>
       </c>
       <c r="E10" s="85">
         <v>28.459076660000022</v>
       </c>
       <c r="F10" s="85">
         <v>17.546160280000002</v>
       </c>
       <c r="G10" s="85">
         <v>15.659979589999999</v>
       </c>
       <c r="H10" s="93">
         <v>15.325546250000006</v>
       </c>
       <c r="I10" s="85">
         <v>29.855149320000006</v>
       </c>
       <c r="J10" s="85">
         <v>18.958217020000003</v>
       </c>
+      <c r="K10" s="85">
+        <v>27.306414710000031</v>
+      </c>
     </row>
     <row r="11" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="58" t="s">
         <v>252</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="85">
         <v>173.62583335000002</v>
       </c>
       <c r="D11" s="85">
         <v>170.5016074799999</v>
       </c>
       <c r="E11" s="85">
         <v>168.58132321999992</v>
       </c>
       <c r="F11" s="85">
         <v>165.32547176000006</v>
       </c>
       <c r="G11" s="85">
         <v>162.3687996700001</v>
       </c>
       <c r="H11" s="93">
         <v>158.59867292000007</v>
       </c>
       <c r="I11" s="85">
         <v>158.38049620000001</v>
       </c>
       <c r="J11" s="85">
         <v>159.42183500000007</v>
       </c>
+      <c r="K11" s="85">
+        <v>108.5073112800001</v>
+      </c>
     </row>
     <row r="12" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="58" t="s">
         <v>253</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>312</v>
       </c>
       <c r="C12" s="85">
         <v>1645.73734977</v>
       </c>
       <c r="D12" s="85">
         <v>1842.1602757800003</v>
       </c>
       <c r="E12" s="85">
         <v>1555.1292601369778</v>
       </c>
       <c r="F12" s="85">
         <v>1421.4786610799999</v>
       </c>
       <c r="G12" s="85">
         <v>1380.0463351020198</v>
       </c>
       <c r="H12" s="93">
         <v>1438.7174992995799</v>
       </c>
       <c r="I12" s="85">
         <v>1403.5037298400002</v>
       </c>
       <c r="J12" s="85">
         <v>1348.1430368699998</v>
       </c>
+      <c r="K12" s="85">
+        <v>1794.9798241613232</v>
+      </c>
     </row>
     <row r="13" spans="1:299" ht="13.8">
       <c r="A13" s="58" t="s">
         <v>254</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>311</v>
       </c>
       <c r="C13" s="84">
         <v>49329.29150827734</v>
       </c>
       <c r="D13" s="84">
         <v>48980.797192543279</v>
       </c>
       <c r="E13" s="84">
         <v>49591.433608531057</v>
       </c>
       <c r="F13" s="84">
         <v>49584.34384149636</v>
       </c>
       <c r="G13" s="84">
         <v>50086.440642513626</v>
       </c>
       <c r="H13" s="92">
         <v>50888.992673965804</v>
       </c>
       <c r="I13" s="84">
         <v>50545.942260501572</v>
       </c>
       <c r="J13" s="84">
         <v>50912.343687878914</v>
       </c>
+      <c r="K13" s="84">
+        <v>51179.308299577177</v>
+      </c>
     </row>
     <row r="14" spans="1:299" s="53" customFormat="1" ht="13.8">
       <c r="A14" s="59" t="s">
         <v>255</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="85">
         <v>42971.693629738285</v>
       </c>
       <c r="D14" s="85">
         <v>42626.645420381421</v>
       </c>
       <c r="E14" s="85">
         <v>43102.298046088516</v>
       </c>
       <c r="F14" s="85">
         <v>43034.433062785538</v>
       </c>
       <c r="G14" s="85">
         <v>43566.172259073057</v>
       </c>
       <c r="H14" s="93">
         <v>43919.047042883569</v>
       </c>
       <c r="I14" s="85">
         <v>43506.048612670747</v>
       </c>
       <c r="J14" s="85">
         <v>43774.4909941441</v>
       </c>
-      <c r="K14"/>
+      <c r="K14" s="85">
+        <v>43651.627694514493</v>
+      </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="8"/>
       <c r="U14" s="8"/>
       <c r="V14" s="8"/>
       <c r="W14" s="8"/>
       <c r="X14" s="8"/>
       <c r="Y14" s="8"/>
       <c r="Z14" s="8"/>
       <c r="AA14" s="8"/>
       <c r="AB14" s="8"/>
       <c r="AC14" s="8"/>
       <c r="AD14" s="8"/>
       <c r="AE14" s="8"/>
       <c r="AF14" s="8"/>
       <c r="AG14" s="8"/>
       <c r="AH14" s="8"/>
       <c r="AI14" s="8"/>
       <c r="AJ14" s="8"/>
@@ -12977,51 +13486,53 @@
       </c>
       <c r="C15" s="85">
         <v>890.37037462615103</v>
       </c>
       <c r="D15" s="85">
         <v>880.21582972768999</v>
       </c>
       <c r="E15" s="85">
         <v>871.06538047709682</v>
       </c>
       <c r="F15" s="85">
         <v>878.53621598227653</v>
       </c>
       <c r="G15" s="85">
         <v>878.41169828234399</v>
       </c>
       <c r="H15" s="93">
         <v>915.65840747185689</v>
       </c>
       <c r="I15" s="85">
         <v>915.03760994640459</v>
       </c>
       <c r="J15" s="85">
         <v>910.95073800567309</v>
       </c>
-      <c r="K15"/>
+      <c r="K15" s="85">
+        <v>910.97701931078177</v>
+      </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="8"/>
       <c r="U15" s="8"/>
       <c r="V15" s="8"/>
       <c r="W15" s="8"/>
       <c r="X15" s="8"/>
       <c r="Y15" s="8"/>
       <c r="Z15" s="8"/>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
       <c r="AC15" s="8"/>
       <c r="AD15" s="8"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8"/>
       <c r="AG15" s="8"/>
       <c r="AH15" s="8"/>
       <c r="AI15" s="8"/>
       <c r="AJ15" s="8"/>
@@ -13298,51 +13809,53 @@
       </c>
       <c r="C16" s="85">
         <v>12801.458231942008</v>
       </c>
       <c r="D16" s="85">
         <v>12928.493395955889</v>
       </c>
       <c r="E16" s="85">
         <v>12418.053702442394</v>
       </c>
       <c r="F16" s="85">
         <v>12345.667055045107</v>
       </c>
       <c r="G16" s="85">
         <v>12311.599578025412</v>
       </c>
       <c r="H16" s="93">
         <v>12252.976037735289</v>
       </c>
       <c r="I16" s="85">
         <v>12439.224344850811</v>
       </c>
       <c r="J16" s="85">
         <v>12499.651353434985</v>
       </c>
-      <c r="K16"/>
+      <c r="K16" s="85">
+        <v>12470.872762703766</v>
+      </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="8"/>
       <c r="V16" s="8"/>
       <c r="W16" s="8"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="8"/>
       <c r="AC16" s="8"/>
       <c r="AD16" s="8"/>
       <c r="AE16" s="8"/>
       <c r="AF16" s="8"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
@@ -13619,51 +14132,53 @@
       </c>
       <c r="C17" s="85">
         <v>2153.8371784503697</v>
       </c>
       <c r="D17" s="85">
         <v>2133.4481796776358</v>
       </c>
       <c r="E17" s="85">
         <v>2125.2481835404942</v>
       </c>
       <c r="F17" s="85">
         <v>2099.7867101369416</v>
       </c>
       <c r="G17" s="85">
         <v>2051.0096448049521</v>
       </c>
       <c r="H17" s="93">
         <v>2061.3954568106806</v>
       </c>
       <c r="I17" s="85">
         <v>2093.9126359627048</v>
       </c>
       <c r="J17" s="85">
         <v>2465.9719980242994</v>
       </c>
-      <c r="K17"/>
+      <c r="K17" s="85">
+        <v>2392.1827906522644</v>
+      </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
       <c r="V17" s="8"/>
       <c r="W17" s="8"/>
       <c r="X17" s="8"/>
       <c r="Y17" s="8"/>
       <c r="Z17" s="8"/>
       <c r="AA17" s="8"/>
       <c r="AB17" s="8"/>
       <c r="AC17" s="8"/>
       <c r="AD17" s="8"/>
       <c r="AE17" s="8"/>
       <c r="AF17" s="8"/>
       <c r="AG17" s="8"/>
       <c r="AH17" s="8"/>
       <c r="AI17" s="8"/>
       <c r="AJ17" s="8"/>
@@ -13940,51 +14455,53 @@
       </c>
       <c r="C18" s="85">
         <v>10647.621053491637</v>
       </c>
       <c r="D18" s="85">
         <v>10795.045216278253</v>
       </c>
       <c r="E18" s="85">
         <v>10292.8055189019</v>
       </c>
       <c r="F18" s="85">
         <v>10245.880344908166</v>
       </c>
       <c r="G18" s="85">
         <v>10260.589933220461</v>
       </c>
       <c r="H18" s="93">
         <v>10191.580580924609</v>
       </c>
       <c r="I18" s="85">
         <v>10345.311708888106</v>
       </c>
       <c r="J18" s="85">
         <v>10033.679355410686</v>
       </c>
-      <c r="K18"/>
+      <c r="K18" s="85">
+        <v>10078.689972051501</v>
+      </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="8"/>
       <c r="U18" s="8"/>
       <c r="V18" s="8"/>
       <c r="W18" s="8"/>
       <c r="X18" s="8"/>
       <c r="Y18" s="8"/>
       <c r="Z18" s="8"/>
       <c r="AA18" s="8"/>
       <c r="AB18" s="8"/>
       <c r="AC18" s="8"/>
       <c r="AD18" s="8"/>
       <c r="AE18" s="8"/>
       <c r="AF18" s="8"/>
       <c r="AG18" s="8"/>
       <c r="AH18" s="8"/>
       <c r="AI18" s="8"/>
       <c r="AJ18" s="8"/>
@@ -14261,51 +14778,53 @@
       </c>
       <c r="C19" s="85">
         <v>9764.4284363555416</v>
       </c>
       <c r="D19" s="85">
         <v>10104.124899744966</v>
       </c>
       <c r="E19" s="85">
         <v>10439.04018882837</v>
       </c>
       <c r="F19" s="85">
         <v>9609.5365150903308</v>
       </c>
       <c r="G19" s="85">
         <v>9638.0189734040305</v>
       </c>
       <c r="H19" s="93">
         <v>10228.313201955742</v>
       </c>
       <c r="I19" s="85">
         <v>10163.369260895141</v>
       </c>
       <c r="J19" s="85">
         <v>10026.641277673998</v>
       </c>
-      <c r="K19"/>
+      <c r="K19" s="85">
+        <v>10463.813459873043</v>
+      </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="8"/>
       <c r="U19" s="8"/>
       <c r="V19" s="8"/>
       <c r="W19" s="8"/>
       <c r="X19" s="8"/>
       <c r="Y19" s="8"/>
       <c r="Z19" s="8"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="8"/>
       <c r="AC19" s="8"/>
       <c r="AD19" s="8"/>
       <c r="AE19" s="8"/>
       <c r="AF19" s="8"/>
       <c r="AG19" s="8"/>
       <c r="AH19" s="8"/>
       <c r="AI19" s="8"/>
       <c r="AJ19" s="8"/>
@@ -14582,51 +15101,53 @@
       </c>
       <c r="C20" s="85">
         <v>19515.436586814576</v>
       </c>
       <c r="D20" s="85">
         <v>18713.81129495288</v>
       </c>
       <c r="E20" s="85">
         <v>19374.138774340652</v>
       </c>
       <c r="F20" s="85">
         <v>20200.693276667822</v>
       </c>
       <c r="G20" s="85">
         <v>20738.142009361269</v>
       </c>
       <c r="H20" s="93">
         <v>20522.099395720681</v>
       </c>
       <c r="I20" s="85">
         <v>19988.417396978388</v>
       </c>
       <c r="J20" s="85">
         <v>20337.247625029442</v>
       </c>
-      <c r="K20"/>
+      <c r="K20" s="85">
+        <v>19805.964452626904</v>
+      </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
       <c r="Z20" s="8"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
       <c r="AC20" s="8"/>
       <c r="AD20" s="8"/>
       <c r="AE20" s="8"/>
       <c r="AF20" s="8"/>
       <c r="AG20" s="8"/>
       <c r="AH20" s="8"/>
       <c r="AI20" s="8"/>
       <c r="AJ20" s="8"/>
@@ -14903,51 +15424,53 @@
       </c>
       <c r="C21" s="85">
         <v>6357.5978785390525</v>
       </c>
       <c r="D21" s="85">
         <v>6354.1517721618548</v>
       </c>
       <c r="E21" s="85">
         <v>6489.1355624425369</v>
       </c>
       <c r="F21" s="85">
         <v>6549.9107787108278</v>
       </c>
       <c r="G21" s="85">
         <v>6520.2683834405689</v>
       </c>
       <c r="H21" s="93">
         <v>6969.9456310822379</v>
       </c>
       <c r="I21" s="85">
         <v>7039.8936478308242</v>
       </c>
       <c r="J21" s="85">
         <v>7137.8526937348151</v>
       </c>
-      <c r="K21"/>
+      <c r="K21" s="85">
+        <v>7527.6806050626828</v>
+      </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="8"/>
       <c r="AC21" s="8"/>
       <c r="AD21" s="8"/>
       <c r="AE21" s="8"/>
       <c r="AF21" s="8"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
@@ -15224,83 +15747,88 @@
       </c>
       <c r="C22" s="84">
         <v>68566.023944996588</v>
       </c>
       <c r="D22" s="84">
         <v>68642.37341535624</v>
       </c>
       <c r="E22" s="84">
         <v>68719.246411413071</v>
       </c>
       <c r="F22" s="84">
         <v>68828.58616624659</v>
       </c>
       <c r="G22" s="84">
         <v>68995.264532638612</v>
       </c>
       <c r="H22" s="92">
         <v>69201.104973975103</v>
       </c>
       <c r="I22" s="84">
         <v>69539.309958713435</v>
       </c>
       <c r="J22" s="84">
         <v>69719.386201994552</v>
       </c>
+      <c r="K22" s="84">
+        <v>70154.861998463195</v>
+      </c>
     </row>
     <row r="23" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A23" s="59" t="s">
         <v>264</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="85">
         <v>60640.205200335091</v>
       </c>
       <c r="D23" s="85">
         <v>60665.947983882237</v>
       </c>
       <c r="E23" s="85">
         <v>60612.877534438594</v>
       </c>
       <c r="F23" s="85">
         <v>60654.835639626763</v>
       </c>
       <c r="G23" s="85">
         <v>60774.234067031924</v>
       </c>
       <c r="H23" s="93">
         <v>60838.27079939437</v>
       </c>
       <c r="I23" s="85">
         <v>61084.284751753294</v>
       </c>
       <c r="J23" s="85">
         <v>61202.407236179359</v>
       </c>
-      <c r="K23"/>
+      <c r="K23" s="85">
+        <v>61540.53068294828</v>
+      </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
       <c r="AF23"/>
       <c r="AG23"/>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
@@ -16617,51 +17145,53 @@
       </c>
       <c r="C24" s="85">
         <v>3262.0916442803064</v>
       </c>
       <c r="D24" s="85">
         <v>3273.2567623604286</v>
       </c>
       <c r="E24" s="85">
         <v>3198.642410396822</v>
       </c>
       <c r="F24" s="85">
         <v>3194.173059650147</v>
       </c>
       <c r="G24" s="85">
         <v>3212.5473724806452</v>
       </c>
       <c r="H24" s="93">
         <v>3183.3002467698007</v>
       </c>
       <c r="I24" s="85">
         <v>3181.0819543036664</v>
       </c>
       <c r="J24" s="85">
         <v>3152.4637021419526</v>
       </c>
-      <c r="K24"/>
+      <c r="K24" s="85">
+        <v>3046.4866276904631</v>
+      </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
@@ -17978,51 +18508,53 @@
       </c>
       <c r="C25" s="85">
         <v>42501.640033036012</v>
       </c>
       <c r="D25" s="85">
         <v>42425.643164817702</v>
       </c>
       <c r="E25" s="85">
         <v>42470.831109938801</v>
       </c>
       <c r="F25" s="85">
         <v>42568.5721047685</v>
       </c>
       <c r="G25" s="85">
         <v>42566.97012315935</v>
       </c>
       <c r="H25" s="93">
         <v>42733.842329429812</v>
       </c>
       <c r="I25" s="85">
         <v>42812.55340552485</v>
       </c>
       <c r="J25" s="85">
         <v>42861.445822601709</v>
       </c>
-      <c r="K25"/>
+      <c r="K25" s="85">
+        <v>42823.7806866061</v>
+      </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
       <c r="AF25"/>
       <c r="AG25"/>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
@@ -19339,51 +19871,53 @@
       </c>
       <c r="C26" s="85">
         <v>42488.524386926008</v>
       </c>
       <c r="D26" s="85">
         <v>42412.5442083577</v>
       </c>
       <c r="E26" s="85">
         <v>42457.838710268799</v>
       </c>
       <c r="F26" s="85">
         <v>42555.687759368499</v>
       </c>
       <c r="G26" s="85">
         <v>42554.200543859348</v>
       </c>
       <c r="H26" s="93">
         <v>42717.705837559814</v>
       </c>
       <c r="I26" s="85">
         <v>42796.53025526485</v>
       </c>
       <c r="J26" s="85">
         <v>42837.699057371712</v>
       </c>
-      <c r="K26"/>
+      <c r="K26" s="85">
+        <v>42797.932608946103</v>
+      </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
@@ -20700,51 +21234,53 @@
       </c>
       <c r="C27" s="85">
         <v>13.11564611</v>
       </c>
       <c r="D27" s="85">
         <v>13.09895646</v>
       </c>
       <c r="E27" s="85">
         <v>12.992399669999999</v>
       </c>
       <c r="F27" s="85">
         <v>12.884345400000001</v>
       </c>
       <c r="G27" s="85">
         <v>12.769579300000002</v>
       </c>
       <c r="H27" s="93">
         <v>16.13649187</v>
       </c>
       <c r="I27" s="85">
         <v>16.023150260000001</v>
       </c>
       <c r="J27" s="85">
         <v>23.746765230000001</v>
       </c>
-      <c r="K27"/>
+      <c r="K27" s="85">
+        <v>25.848077660000001</v>
+      </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
       <c r="AG27"/>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
@@ -22061,51 +22597,53 @@
       </c>
       <c r="C28" s="85">
         <v>2430.5083022460658</v>
       </c>
       <c r="D28" s="85">
         <v>2488.7796517167571</v>
       </c>
       <c r="E28" s="85">
         <v>2473.8830694868557</v>
       </c>
       <c r="F28" s="85">
         <v>2406.0339848143285</v>
       </c>
       <c r="G28" s="85">
         <v>2444.0538437245154</v>
       </c>
       <c r="H28" s="93">
         <v>2257.4558502572831</v>
       </c>
       <c r="I28" s="85">
         <v>2336.7599604691</v>
       </c>
       <c r="J28" s="85">
         <v>2384.3034558625459</v>
       </c>
-      <c r="K28"/>
+      <c r="K28" s="85">
+        <v>2401.0172740701641</v>
+      </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
@@ -23422,51 +23960,53 @@
       </c>
       <c r="C29" s="85">
         <v>12445.965220772707</v>
       </c>
       <c r="D29" s="85">
         <v>12478.268404987346</v>
       </c>
       <c r="E29" s="85">
         <v>12469.520944616113</v>
       </c>
       <c r="F29" s="85">
         <v>12486.056490393794</v>
       </c>
       <c r="G29" s="85">
         <v>12550.662727667419</v>
       </c>
       <c r="H29" s="93">
         <v>12663.672372937475</v>
       </c>
       <c r="I29" s="85">
         <v>12753.889431455676</v>
       </c>
       <c r="J29" s="85">
         <v>12804.194255573153</v>
       </c>
-      <c r="K29"/>
+      <c r="K29" s="85">
+        <v>13269.246094581547</v>
+      </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
@@ -24783,51 +25323,53 @@
       </c>
       <c r="C30" s="85">
         <v>7925.8187446615066</v>
       </c>
       <c r="D30" s="85">
         <v>7976.4254314740037</v>
       </c>
       <c r="E30" s="85">
         <v>8106.3688769744776</v>
       </c>
       <c r="F30" s="85">
         <v>8173.7505266198195</v>
       </c>
       <c r="G30" s="85">
         <v>8221.030465606691</v>
       </c>
       <c r="H30" s="93">
         <v>8362.8341745807356</v>
       </c>
       <c r="I30" s="85">
         <v>8455.0252069601429</v>
       </c>
       <c r="J30" s="85">
         <v>8516.9789658151858</v>
       </c>
-      <c r="K30"/>
+      <c r="K30" s="85">
+        <v>8614.3313155149172</v>
+      </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
@@ -26144,51 +26686,53 @@
       </c>
       <c r="C31" s="84">
         <v>351.45941884013905</v>
       </c>
       <c r="D31" s="84">
         <v>385.2856809689045</v>
       </c>
       <c r="E31" s="84">
         <v>360.02272963182509</v>
       </c>
       <c r="F31" s="84">
         <v>276.81199343396275</v>
       </c>
       <c r="G31" s="84">
         <v>248.8900279836935</v>
       </c>
       <c r="H31" s="92">
         <v>204.70954005042043</v>
       </c>
       <c r="I31" s="84">
         <v>2708.4195117709123</v>
       </c>
       <c r="J31" s="84">
         <v>2720.8602274510108</v>
       </c>
-      <c r="K31"/>
+      <c r="K31" s="84">
+        <v>2713.1310823849108</v>
+      </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
@@ -27505,51 +28049,53 @@
       </c>
       <c r="C32" s="85">
         <v>351.45941884013905</v>
       </c>
       <c r="D32" s="85">
         <v>385.2856809689045</v>
       </c>
       <c r="E32" s="85">
         <v>360.02272963182509</v>
       </c>
       <c r="F32" s="85">
         <v>276.81199343396275</v>
       </c>
       <c r="G32" s="85">
         <v>248.8900279836935</v>
       </c>
       <c r="H32" s="93">
         <v>204.70954005042043</v>
       </c>
       <c r="I32" s="85">
         <v>208.34088868091226</v>
       </c>
       <c r="J32" s="85">
         <v>220.87912984101058</v>
       </c>
-      <c r="K32"/>
+      <c r="K32" s="85">
+        <v>213.14998477491056</v>
+      </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
@@ -28866,51 +29412,53 @@
       </c>
       <c r="C33" s="85">
         <v>0</v>
       </c>
       <c r="D33" s="85">
         <v>0</v>
       </c>
       <c r="E33" s="85">
         <v>0</v>
       </c>
       <c r="F33" s="85">
         <v>0</v>
       </c>
       <c r="G33" s="85">
         <v>0</v>
       </c>
       <c r="H33" s="93">
         <v>0</v>
       </c>
       <c r="I33" s="85">
         <v>0</v>
       </c>
       <c r="J33" s="85">
         <v>0</v>
       </c>
-      <c r="K33"/>
+      <c r="K33" s="85">
+        <v>0</v>
+      </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
       <c r="AF33"/>
       <c r="AG33"/>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
@@ -30227,51 +30775,53 @@
       </c>
       <c r="C34" s="85">
         <v>151.49312735999999</v>
       </c>
       <c r="D34" s="85">
         <v>150.74104269000003</v>
       </c>
       <c r="E34" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F34" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G34" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H34" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I34" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J34" s="85">
         <v>145.95931199999993</v>
       </c>
-      <c r="K34"/>
+      <c r="K34" s="85">
+        <v>142.98459600999996</v>
+      </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
@@ -31588,51 +32138,53 @@
       </c>
       <c r="C35" s="85">
         <v>151.49312735999999</v>
       </c>
       <c r="D35" s="85">
         <v>150.74104269000003</v>
       </c>
       <c r="E35" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F35" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G35" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H35" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I35" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J35" s="85">
         <v>145.95931199999993</v>
       </c>
-      <c r="K35"/>
+      <c r="K35" s="85">
+        <v>142.98459600999996</v>
+      </c>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
       <c r="AF35"/>
       <c r="AG35"/>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
@@ -32949,51 +33501,53 @@
       </c>
       <c r="C36" s="85">
         <v>0</v>
       </c>
       <c r="D36" s="85">
         <v>0</v>
       </c>
       <c r="E36" s="85">
         <v>0</v>
       </c>
       <c r="F36" s="85">
         <v>0</v>
       </c>
       <c r="G36" s="85">
         <v>0</v>
       </c>
       <c r="H36" s="93">
         <v>0</v>
       </c>
       <c r="I36" s="85">
         <v>0</v>
       </c>
       <c r="J36" s="85">
         <v>0</v>
       </c>
-      <c r="K36"/>
+      <c r="K36" s="85">
+        <v>0</v>
+      </c>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
@@ -34310,51 +34864,53 @@
       </c>
       <c r="C37" s="85">
         <v>8.5296777899999938</v>
       </c>
       <c r="D37" s="85">
         <v>7.7511864900000003</v>
       </c>
       <c r="E37" s="85">
         <v>6.842276899999999</v>
       </c>
       <c r="F37" s="85">
         <v>6.4352518700000054</v>
       </c>
       <c r="G37" s="85">
         <v>6.1022481800000072</v>
       </c>
       <c r="H37" s="93">
         <v>6.1206974799999676</v>
       </c>
       <c r="I37" s="85">
         <v>6.5858795299999606</v>
       </c>
       <c r="J37" s="85">
         <v>6.5479486900000037</v>
       </c>
-      <c r="K37"/>
+      <c r="K37" s="85">
+        <v>8.8784402099999742</v>
+      </c>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
       <c r="AG37"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
@@ -35671,51 +36227,53 @@
       </c>
       <c r="C38" s="85">
         <v>191.43661369013904</v>
       </c>
       <c r="D38" s="85">
         <v>226.79345178890446</v>
       </c>
       <c r="E38" s="85">
         <v>208.8295560118251</v>
       </c>
       <c r="F38" s="85">
         <v>131.02430786396269</v>
       </c>
       <c r="G38" s="85">
         <v>104.74125606369354</v>
       </c>
       <c r="H38" s="93">
         <v>57.819735030420496</v>
       </c>
       <c r="I38" s="85">
         <v>2560.3646323909124</v>
       </c>
       <c r="J38" s="85">
         <v>2568.352966761011</v>
       </c>
-      <c r="K38"/>
+      <c r="K38" s="85">
+        <v>2561.2680461649106</v>
+      </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
@@ -37032,51 +37590,53 @@
       </c>
       <c r="C39" s="65">
         <v>0</v>
       </c>
       <c r="D39" s="65">
         <v>0</v>
       </c>
       <c r="E39" s="65">
         <v>0</v>
       </c>
       <c r="F39" s="65">
         <v>0</v>
       </c>
       <c r="G39" s="65">
         <v>0</v>
       </c>
       <c r="H39" s="94">
         <v>0</v>
       </c>
       <c r="I39" s="65">
         <v>9.7525479999999998E-2</v>
       </c>
       <c r="J39" s="65">
         <v>0</v>
       </c>
-      <c r="K39"/>
+      <c r="K39" s="65">
+        <v>0</v>
+      </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39"/>
       <c r="AE39"/>
       <c r="AF39"/>
       <c r="AG39"/>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
@@ -39634,951 +40194,1033 @@
     </row>
     <row r="456" spans="2:2">
       <c r="B456" s="1"/>
     </row>
     <row r="457" spans="2:2">
       <c r="B457" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="8486" divId="Set of Tables_8486" sourceType="range" sourceRef="B1:B39" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB Claims on Private Sector.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J55"/>
+  <dimension ref="A1:K55"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="topRight" activeCell="F24" sqref="F24"/>
+      <selection pane="topRight" activeCell="P36" sqref="P36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="19.33203125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="38.33203125" style="9" customWidth="1"/>
-    <col min="3" max="10" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="11" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.8">
+    <row r="1" spans="1:11" ht="13.8">
       <c r="B1" s="25" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.8">
+    <row r="2" spans="1:11" ht="13.8">
       <c r="B2" s="26" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="13.8">
+    <row r="3" spans="1:11" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:10" ht="13.8">
+    <row r="4" spans="1:11" ht="13.8">
       <c r="A4" s="23"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
-    </row>
-    <row r="5" spans="1:10" ht="13.8">
+      <c r="K4" s="73">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="74"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="74"/>
       <c r="G5" s="74"/>
       <c r="H5" s="74"/>
       <c r="I5" s="74"/>
       <c r="J5" s="74"/>
-    </row>
-    <row r="6" spans="1:10" ht="13.8">
+      <c r="K5" s="74"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>305</v>
       </c>
       <c r="B6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="86">
         <v>179450.31274535891</v>
       </c>
       <c r="D6" s="86">
         <v>179472.16620848086</v>
       </c>
       <c r="E6" s="86">
         <v>181745.41097035402</v>
       </c>
       <c r="F6" s="86">
         <v>183771.18861256423</v>
       </c>
       <c r="G6" s="86">
         <v>182940.64800582218</v>
       </c>
       <c r="H6" s="86">
         <v>181215.09301044187</v>
       </c>
       <c r="I6" s="86">
         <v>186774.19397070204</v>
       </c>
       <c r="J6" s="86">
         <v>187508.22749235007</v>
       </c>
-    </row>
-    <row r="7" spans="1:10" ht="13.8" hidden="1">
+      <c r="K6" s="86">
+        <v>188593.15270604551</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="13.8" hidden="1">
       <c r="A7" s="17"/>
       <c r="B7" s="30"/>
       <c r="C7" s="77">
         <v>0</v>
       </c>
       <c r="D7" s="77">
         <v>0</v>
       </c>
       <c r="E7" s="77">
         <v>0</v>
       </c>
       <c r="F7" s="77">
         <v>0</v>
       </c>
       <c r="G7" s="77">
         <v>0</v>
       </c>
       <c r="H7" s="77">
         <v>0</v>
       </c>
       <c r="I7" s="77">
         <v>0</v>
       </c>
       <c r="J7" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K7" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>281</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="75">
         <v>154677.58147837862</v>
       </c>
       <c r="D8" s="75">
         <v>154833.98306783015</v>
       </c>
       <c r="E8" s="75">
         <v>157531.28225287941</v>
       </c>
       <c r="F8" s="75">
         <v>160154.61659862963</v>
       </c>
       <c r="G8" s="75">
         <v>157027.34980193549</v>
       </c>
       <c r="H8" s="75">
         <v>156031.86764614185</v>
       </c>
       <c r="I8" s="75">
         <v>162404.47502017173</v>
       </c>
       <c r="J8" s="75">
         <v>162639.8764647959</v>
       </c>
-    </row>
-    <row r="9" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K8" s="75">
+        <v>163688.47687155195</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>282</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="75">
         <v>86233.117493956001</v>
       </c>
       <c r="D9" s="75">
         <v>86178.223547210742</v>
       </c>
       <c r="E9" s="75">
         <v>86826.093994245792</v>
       </c>
       <c r="F9" s="75">
         <v>88085.242082646029</v>
       </c>
       <c r="G9" s="75">
         <v>85384.107852763453</v>
       </c>
       <c r="H9" s="75">
         <v>84498.583185273135</v>
       </c>
       <c r="I9" s="75">
         <v>88533.022702063725</v>
       </c>
       <c r="J9" s="75">
         <v>87765.930129166634</v>
       </c>
-    </row>
-    <row r="10" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K9" s="75">
+        <v>87990.192667205498</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>283</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="75">
         <v>82771.088787070184</v>
       </c>
       <c r="D10" s="75">
         <v>82576.098672785927</v>
       </c>
       <c r="E10" s="75">
         <v>82613.835549946176</v>
       </c>
       <c r="F10" s="75">
         <v>84601.783390932818</v>
       </c>
       <c r="G10" s="75">
         <v>81759.807306366609</v>
       </c>
       <c r="H10" s="75">
         <v>81556.873430051259</v>
       </c>
       <c r="I10" s="75">
         <v>85420.939247545859</v>
       </c>
       <c r="J10" s="75">
         <v>84682.97620436945</v>
       </c>
-    </row>
-    <row r="11" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K10" s="75">
+        <v>84782.930436399285</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>284</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D11" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E11" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F11" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G11" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H11" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I11" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J11" s="76">
         <v>10217.982467067521</v>
       </c>
-    </row>
-    <row r="12" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K11" s="76">
+        <v>9377.1471511379023</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>285</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D12" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E12" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F12" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G12" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H12" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I12" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J12" s="76">
         <v>930.55878871999982</v>
       </c>
-    </row>
-    <row r="13" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K12" s="76">
+        <v>913.88244320999991</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>286</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>309</v>
       </c>
       <c r="C13" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D13" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E13" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F13" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G13" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H13" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I13" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J13" s="76">
         <v>6460.5692940119698</v>
       </c>
-    </row>
-    <row r="14" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K13" s="76">
+        <v>6342.1450984305293</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>287</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>310</v>
       </c>
       <c r="C14" s="76">
         <v>43815.094393846935</v>
       </c>
       <c r="D14" s="76">
         <v>43432.485166987011</v>
       </c>
       <c r="E14" s="76">
         <v>43434.983789414488</v>
       </c>
       <c r="F14" s="76">
         <v>44339.825540579899</v>
       </c>
       <c r="G14" s="76">
         <v>42029.216382995633</v>
       </c>
       <c r="H14" s="76">
         <v>41320.986981617469</v>
       </c>
       <c r="I14" s="76">
         <v>45015.333535932965</v>
       </c>
       <c r="J14" s="76">
         <v>43803.528582396961</v>
       </c>
-    </row>
-    <row r="15" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K14" s="76">
+        <v>44833.633043924026</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>288</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="76">
         <v>22355.703378720151</v>
       </c>
       <c r="D15" s="76">
         <v>22471.34886484961</v>
       </c>
       <c r="E15" s="76">
         <v>22630.223784956208</v>
       </c>
       <c r="F15" s="76">
         <v>22868.17049090605</v>
       </c>
       <c r="G15" s="76">
         <v>22806.923258442632</v>
       </c>
       <c r="H15" s="76">
         <v>23305.452354650875</v>
       </c>
       <c r="I15" s="76">
         <v>23275.095531399875</v>
       </c>
       <c r="J15" s="76">
         <v>23270.337072172999</v>
       </c>
-    </row>
-    <row r="16" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K15" s="76">
+        <v>23316.122699696833</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>289</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="75">
         <v>3462.0287068858215</v>
       </c>
       <c r="D16" s="75">
         <v>3602.1248744248196</v>
       </c>
       <c r="E16" s="75">
         <v>4212.2584442996213</v>
       </c>
       <c r="F16" s="75">
         <v>3483.4586917132101</v>
       </c>
       <c r="G16" s="75">
         <v>3624.300546396842</v>
       </c>
       <c r="H16" s="75">
         <v>2941.7097552218838</v>
       </c>
       <c r="I16" s="75">
         <v>3112.0834545178686</v>
       </c>
       <c r="J16" s="75">
         <v>3082.9539247971798</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K16" s="75">
+        <v>3207.2622308062118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>290</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D17" s="75">
         <v>68655.759520619395</v>
       </c>
       <c r="E17" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F17" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G17" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H17" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I17" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J17" s="75">
         <v>74873.946335629269</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K17" s="75">
+        <v>75698.284204346433</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>291</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="75">
         <v>58341.611704422612</v>
       </c>
       <c r="D18" s="75">
         <v>58661.869026469401</v>
       </c>
       <c r="E18" s="75">
         <v>60185.984108633595</v>
       </c>
       <c r="F18" s="75">
         <v>61160.457827973602</v>
       </c>
       <c r="G18" s="75">
         <v>60766.354070342015</v>
       </c>
       <c r="H18" s="75">
         <v>60612.968752248715</v>
       </c>
       <c r="I18" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J18" s="75">
         <v>74873.946335629269</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K18" s="75">
+        <v>75698.284204346433</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>292</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D19" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E19" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F19" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G19" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H19" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I19" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J19" s="76">
         <v>7884.6753866407007</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K19" s="76">
+        <v>8283.6422790124998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>293</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D20" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E20" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F20" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G20" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H20" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I20" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J20" s="76">
         <v>1121.3615293324999</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K20" s="76">
+        <v>859.45124280720017</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>294</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D21" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E21" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F21" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G21" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H21" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I21" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J21" s="76">
         <v>6782.6441291363999</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K21" s="76">
+        <v>7012.5692745376</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>295</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="76">
         <v>17250.209661180121</v>
       </c>
       <c r="D22" s="76">
         <v>17283.70959721012</v>
       </c>
       <c r="E22" s="76">
         <v>18520.328973848205</v>
       </c>
       <c r="F22" s="76">
         <v>18964.98782238732</v>
       </c>
       <c r="G22" s="76">
         <v>18253.361917826322</v>
       </c>
       <c r="H22" s="76">
         <v>18052.307954981021</v>
       </c>
       <c r="I22" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J22" s="76">
         <v>26937.12848835452</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" s="8" customFormat="1" ht="13.8">
+      <c r="K22" s="76">
+        <v>27170.207519659762</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>296</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="76">
         <v>26426.894421289391</v>
       </c>
       <c r="D23" s="76">
         <v>26786.604426311387</v>
       </c>
       <c r="E23" s="76">
         <v>26948.262619685887</v>
       </c>
       <c r="F23" s="76">
         <v>27262.344322796776</v>
       </c>
       <c r="G23" s="76">
         <v>27484.836999459596</v>
       </c>
       <c r="H23" s="76">
         <v>27209.957053259292</v>
       </c>
       <c r="I23" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J23" s="76">
         <v>32148.136802165151</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K23" s="76">
+        <v>32372.413888329374</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>297</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="75">
         <v>10102.852280000001</v>
       </c>
       <c r="D24" s="75">
         <v>9993.8904941499986</v>
       </c>
       <c r="E24" s="75">
         <v>10519.20415</v>
       </c>
       <c r="F24" s="75">
         <v>10908.91668801</v>
       </c>
       <c r="G24" s="75">
         <v>10876.887878829999</v>
       </c>
       <c r="H24" s="75">
         <v>10920.315708619997</v>
       </c>
       <c r="I24" s="75">
         <v>0</v>
       </c>
       <c r="J24" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K24" s="75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>298</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="75">
         <v>24772.731266980292</v>
       </c>
       <c r="D25" s="75">
         <v>24638.183140650704</v>
       </c>
       <c r="E25" s="75">
         <v>24214.128717474599</v>
       </c>
       <c r="F25" s="75">
         <v>23616.572013934601</v>
       </c>
       <c r="G25" s="75">
         <v>25913.298203886701</v>
       </c>
       <c r="H25" s="75">
         <v>25183.2253643</v>
       </c>
       <c r="I25" s="75">
         <v>24369.718950530303</v>
       </c>
       <c r="J25" s="75">
         <v>24868.351027554156</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K25" s="75">
+        <v>24904.675834493566</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>299</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="75">
         <v>10677.215446622791</v>
       </c>
       <c r="D26" s="75">
         <v>11238.286946</v>
       </c>
       <c r="E26" s="75">
         <v>11570.60570819</v>
       </c>
       <c r="F26" s="75">
         <v>10713.206297440001</v>
       </c>
       <c r="G26" s="75">
         <v>12110.4282403</v>
       </c>
       <c r="H26" s="75">
         <v>12459.390567599999</v>
       </c>
       <c r="I26" s="75">
         <v>12333.431558449998</v>
       </c>
       <c r="J26" s="75">
         <v>12185.559078060001</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" s="5" customFormat="1" ht="14.4">
+      <c r="K26" s="75">
+        <v>11878.802289050001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="5" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>300</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="76">
         <v>6537.6850963712077</v>
       </c>
       <c r="D27" s="76">
         <v>6672.881653942205</v>
       </c>
       <c r="E27" s="76">
         <v>7153.0159562178014</v>
       </c>
       <c r="F27" s="76">
         <v>6822.837875990168</v>
       </c>
       <c r="G27" s="76">
         <v>7499.9913132695001</v>
       </c>
       <c r="H27" s="76">
         <v>6741.8495617333829</v>
       </c>
       <c r="I27" s="76">
         <v>7141.8164793244068</v>
       </c>
       <c r="J27" s="76">
         <v>7326.2220580223866</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" s="5" customFormat="1" ht="14.4">
+      <c r="K27" s="76">
+        <v>6660.2393906310817</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" s="5" customFormat="1" ht="14.4">
       <c r="A28" s="17" t="s">
         <v>301</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="76">
         <v>4139.5303502515835</v>
       </c>
       <c r="D28" s="76">
         <v>4565.405292057796</v>
       </c>
       <c r="E28" s="76">
         <v>4417.5897519721993</v>
       </c>
       <c r="F28" s="76">
         <v>3890.3684214498335</v>
       </c>
       <c r="G28" s="76">
         <v>4610.4369270305006</v>
       </c>
       <c r="H28" s="76">
         <v>5717.5410058666166</v>
       </c>
       <c r="I28" s="76">
         <v>5191.6150791255914</v>
       </c>
       <c r="J28" s="76">
         <v>4859.3370200376148</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" s="2" customFormat="1" ht="13.8">
+      <c r="K28" s="76">
+        <v>5218.5628984189198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="2" customFormat="1" ht="13.8">
       <c r="A29" s="52" t="s">
         <v>302</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="75">
         <v>14095.515820357501</v>
       </c>
       <c r="D29" s="75">
         <v>13399.896194650702</v>
       </c>
       <c r="E29" s="75">
         <v>12643.5230092846</v>
       </c>
       <c r="F29" s="75">
         <v>12903.365716494598</v>
       </c>
       <c r="G29" s="75">
         <v>13802.869963586701</v>
       </c>
       <c r="H29" s="75">
         <v>12723.834796700001</v>
       </c>
       <c r="I29" s="75">
         <v>12036.287392080303</v>
       </c>
       <c r="J29" s="75">
         <v>12682.791949494156</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" s="5" customFormat="1" ht="14.4">
+      <c r="K29" s="75">
+        <v>13025.873545443563</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="5" customFormat="1" ht="14.4">
       <c r="A30" s="17" t="s">
         <v>303</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="76">
         <v>8166.825462727501</v>
       </c>
       <c r="D30" s="76">
         <v>7414.302928540701</v>
       </c>
       <c r="E30" s="76">
         <v>7354.5402312046008</v>
       </c>
       <c r="F30" s="76">
         <v>7783.7430196545993</v>
       </c>
       <c r="G30" s="76">
         <v>7226.1112099367001</v>
       </c>
       <c r="H30" s="76">
         <v>8100.7166721699996</v>
       </c>
       <c r="I30" s="76">
         <v>7281.7889420503043</v>
       </c>
       <c r="J30" s="76">
         <v>7428.2202588141581</v>
       </c>
-    </row>
-    <row r="31" spans="1:10" s="5" customFormat="1" ht="14.4">
+      <c r="K30" s="76">
+        <v>7153.4293914635618</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="5" customFormat="1" ht="14.4">
       <c r="A31" s="18" t="s">
         <v>304</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>5928.690357630001</v>
       </c>
       <c r="D31" s="78">
         <v>5985.5932661100014</v>
       </c>
       <c r="E31" s="78">
         <v>5288.9827780799997</v>
       </c>
       <c r="F31" s="78">
         <v>5119.6226968399997</v>
       </c>
       <c r="G31" s="78">
         <v>6576.7587536500014</v>
       </c>
       <c r="H31" s="78">
         <v>4623.1181245300004</v>
       </c>
       <c r="I31" s="78">
         <v>4754.4984500299997</v>
       </c>
       <c r="J31" s="78">
         <v>5254.5716906799989</v>
       </c>
-    </row>
-    <row r="32" spans="1:10" ht="13.8">
+      <c r="K31" s="78">
+        <v>5872.4441539800009</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -40632,61 +41274,52 @@
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27513" divId="Set of Tables_27513" sourceType="range" sourceRef="B1:B31" destinationFile="I:\internet\StatisticalTables\Monetary Data\Banking Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a9718dbc26a7fe1c432363e75cc4f2" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -40906,87 +41539,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3B7A63D-390E-4C98-AA2C-B773219354C1}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB179D-2BCE-447A-ACB9-CA8B6C9042C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>