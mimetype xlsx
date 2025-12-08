--- v1 (2025-11-08)
+++ v2 (2025-12-08)
@@ -9,58 +9,58 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/Monetary and Financial Statistics/Set of Tables/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="725" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{57379A76-9646-4BEA-8B35-A12F9E808663}"/>
+  <xr:revisionPtr revIDLastSave="741" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9301307A-8DB2-454E-A6AF-22C9D0D38AB4}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="table ii.1(a)" sheetId="1" r:id="rId1"/>
     <sheet name="table ii.1 (b)" sheetId="7" r:id="rId2"/>
     <sheet name="table ii.2(a)" sheetId="13" r:id="rId3"/>
     <sheet name="table ii.2(b)" sheetId="5" r:id="rId4"/>
     <sheet name="table ii. 3" sheetId="4" r:id="rId5"/>
     <sheet name="table ii. 4" sheetId="2" r:id="rId6"/>
     <sheet name="table ii.5" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'table ii. 3'!$B$1:$B$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'table ii.1 (b)'!$B$1:$B$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'table ii.5'!$B$1:$B$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -1568,51 +1568,51 @@
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="61">
+  <fills count="62">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -1891,50 +1891,56 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
@@ -3823,51 +3829,51 @@
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="95">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="28" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="28" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -3943,50 +3949,52 @@
     <xf numFmtId="170" fontId="16" fillId="25" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="17" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="19" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="16" fillId="25" borderId="19" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="17" fillId="25" borderId="15" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="24" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="24" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="17" fillId="25" borderId="26" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="16" fillId="25" borderId="14" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="43" xfId="1140" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="173" fontId="18" fillId="61" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="173" fontId="18" fillId="61" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1386">
     <cellStyle name="=C:\WINNT35\SYSTEM32\COMMAND.COM" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="1 indent" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="2 indents" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1" xfId="4" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 3 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 3 2 2" xfId="943" xr:uid="{66A7BF44-884B-47E2-A4DE-512F47E9200C}"/>
     <cellStyle name="20% - Accent1 3 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 3 3 2" xfId="944" xr:uid="{6D7867B4-68C0-4C6B-A398-BCEB85815086}"/>
     <cellStyle name="20% - Accent1 3 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 3 4 2" xfId="945" xr:uid="{8E64AB40-A60B-47E1-BA02-4E9068879C42}"/>
     <cellStyle name="20% - Accent1 3 5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 3 5 2" xfId="946" xr:uid="{52A87F92-A326-445C-B401-201522D3B6C6}"/>
     <cellStyle name="20% - Accent1 3 6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 3 6 2" xfId="947" xr:uid="{638A6B2D-72EF-428A-9780-D83B7425538A}"/>
     <cellStyle name="20% - Accent1 3 7" xfId="942" xr:uid="{C2BCB0C8-5C09-4880-B3A3-C9CB92DD81B8}"/>
     <cellStyle name="20% - Accent1 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 4 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 4 2 2" xfId="949" xr:uid="{0BD38C2C-0393-47AE-823D-7CE13BEE2DD9}"/>
     <cellStyle name="20% - Accent1 4 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 4 3 2" xfId="950" xr:uid="{B0F9FFA7-3BE9-4AF4-A8CD-D8264069DC5A}"/>
@@ -5672,2159 +5680,2332 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K38"/>
+  <dimension ref="A1:L38"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="T40" sqref="T40"/>
+      <selection pane="bottomRight" activeCell="K1" sqref="K1:L1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="13.109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.88671875" style="7" customWidth="1"/>
-    <col min="3" max="11" width="11.33203125" style="7" customWidth="1"/>
-    <col min="12" max="16384" width="8.88671875" style="7"/>
+    <col min="3" max="12" width="11.33203125" style="7" customWidth="1"/>
+    <col min="13" max="16384" width="8.88671875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:11" ht="13.8">
+    <row r="4" spans="1:12" ht="13.8">
       <c r="A4" s="12"/>
       <c r="B4" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" ht="13.8">
+      <c r="L4" s="73">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="13.8">
       <c r="A5" s="14"/>
       <c r="B5" s="48"/>
       <c r="C5" s="64"/>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="64"/>
       <c r="I5" s="64"/>
       <c r="J5" s="64"/>
       <c r="K5" s="64"/>
-    </row>
-    <row r="6" spans="1:11" ht="13.8">
+      <c r="L5" s="64"/>
+    </row>
+    <row r="6" spans="1:12" ht="13.8">
       <c r="A6" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>51436.611865312341</v>
       </c>
       <c r="D6" s="75">
         <v>50530.102536009559</v>
       </c>
       <c r="E6" s="75">
         <v>54263.168540312334</v>
       </c>
       <c r="F6" s="75">
         <v>57912.975279763574</v>
       </c>
       <c r="G6" s="75">
         <v>52147.435508147326</v>
       </c>
       <c r="H6" s="75">
         <v>54369.597535850349</v>
       </c>
       <c r="I6" s="75">
         <v>52999.975125710669</v>
       </c>
       <c r="J6" s="75">
         <v>51917.620972074066</v>
       </c>
       <c r="K6" s="75">
         <v>49961.214720611126</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" ht="13.8">
+      <c r="L6" s="75">
+        <v>43885.386996251269</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="13.8">
       <c r="A7" s="14" t="s">
         <v>142</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>59066.584826992344</v>
       </c>
       <c r="D7" s="75">
         <v>58143.026558409561</v>
       </c>
       <c r="E7" s="75">
         <v>61950.597312442333</v>
       </c>
       <c r="F7" s="75">
         <v>65874.287518983576</v>
       </c>
       <c r="G7" s="75">
         <v>59727.100246907328</v>
       </c>
       <c r="H7" s="75">
         <v>62075.072019400352</v>
       </c>
       <c r="I7" s="75">
         <v>60723.905663280668</v>
       </c>
       <c r="J7" s="75">
         <v>59586.433636134068</v>
       </c>
       <c r="K7" s="75">
         <v>57413.016704391128</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" ht="13.8">
+      <c r="L7" s="75">
+        <v>51300.093254251267</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="13.8">
       <c r="A8" s="14" t="s">
         <v>143</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="75">
         <v>4185.8803031699999</v>
       </c>
       <c r="D8" s="75">
         <v>4145.4219192600003</v>
       </c>
       <c r="E8" s="75">
         <v>4185.9630287999998</v>
       </c>
       <c r="F8" s="75">
         <v>4312.4527889399997</v>
       </c>
       <c r="G8" s="75">
         <v>4109.3844279099994</v>
       </c>
       <c r="H8" s="75">
         <v>4169.8151067199997</v>
       </c>
       <c r="I8" s="75">
         <v>4159.6211192800001</v>
       </c>
       <c r="J8" s="75">
         <v>4119.3115991599998</v>
       </c>
       <c r="K8" s="75">
         <v>4006.01617842</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" ht="13.8">
+      <c r="L8" s="75">
+        <v>3981.6951188200001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>31.080769790000002</v>
       </c>
       <c r="D9" s="76">
         <v>31.370769790000001</v>
       </c>
       <c r="E9" s="76">
         <v>36.680769789999999</v>
       </c>
       <c r="F9" s="76">
         <v>41.13476979</v>
       </c>
       <c r="G9" s="76">
         <v>41.934769789999997</v>
       </c>
       <c r="H9" s="76">
         <v>53.991151379999998</v>
       </c>
       <c r="I9" s="76">
         <v>60.324930729999998</v>
       </c>
       <c r="J9" s="76">
         <v>79.111681369999999</v>
       </c>
       <c r="K9" s="76">
         <v>104.91584879</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" ht="13.8">
+      <c r="L9" s="76">
+        <v>44.86180805</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>12940.081141179997</v>
       </c>
       <c r="D10" s="76">
         <v>13661.326993249999</v>
       </c>
       <c r="E10" s="76">
         <v>16229.974962439996</v>
       </c>
       <c r="F10" s="76">
         <v>17130.307152450001</v>
       </c>
       <c r="G10" s="76">
         <v>14960.57502018</v>
       </c>
       <c r="H10" s="76">
         <v>16842.306387410004</v>
       </c>
       <c r="I10" s="76">
         <v>16761.283420449996</v>
       </c>
       <c r="J10" s="76">
         <v>16843.263150660001</v>
       </c>
       <c r="K10" s="76">
         <v>18681.788598400002</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" ht="13.8">
+      <c r="L10" s="76">
+        <v>10503.54808742</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>146</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>39331.174745959994</v>
       </c>
       <c r="D11" s="76">
         <v>39920.179537479999</v>
       </c>
       <c r="E11" s="76">
         <v>41121.48660389</v>
       </c>
       <c r="F11" s="76">
         <v>44009.105997229992</v>
       </c>
       <c r="G11" s="76">
         <v>40216.475102090008</v>
       </c>
       <c r="H11" s="76">
         <v>40592.694244189996</v>
       </c>
       <c r="I11" s="76">
         <v>39321.722185949999</v>
       </c>
       <c r="J11" s="76">
         <v>38114.853427229995</v>
       </c>
       <c r="K11" s="76">
         <v>34177.355843169993</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" ht="13.8">
+      <c r="L11" s="76">
+        <v>36318.746728689999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>147</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" ht="13.8">
+      <c r="L12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>148</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" ht="13.8">
+      <c r="L13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="13.8">
       <c r="A14" s="14" t="s">
         <v>149</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>313</v>
       </c>
       <c r="C14" s="76">
         <v>2578.367866892353</v>
       </c>
       <c r="D14" s="76">
         <v>384.72733862956494</v>
       </c>
       <c r="E14" s="76">
         <v>376.49194752233296</v>
       </c>
       <c r="F14" s="76">
         <v>381.28681057358943</v>
       </c>
       <c r="G14" s="76">
         <v>398.73092693732025</v>
       </c>
       <c r="H14" s="76">
         <v>416.26512970035071</v>
       </c>
       <c r="I14" s="76">
         <v>420.95400687068093</v>
       </c>
       <c r="J14" s="76">
         <v>429.89377771407118</v>
       </c>
       <c r="K14" s="76">
         <v>442.94023561113192</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" ht="13.8">
+      <c r="L14" s="76">
+        <v>451.24151127126726</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>150</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7629.9729616799996</v>
       </c>
       <c r="D15" s="75">
         <v>7612.9240223999996</v>
       </c>
       <c r="E15" s="75">
         <v>7687.4287721299997</v>
       </c>
       <c r="F15" s="75">
         <v>7961.3122392200003</v>
       </c>
       <c r="G15" s="75">
         <v>7579.6647387600005</v>
       </c>
       <c r="H15" s="75">
         <v>7705.4744835499987</v>
       </c>
       <c r="I15" s="75">
         <v>7723.9305375699987</v>
       </c>
       <c r="J15" s="75">
         <v>7668.8126640599994</v>
       </c>
       <c r="K15" s="75">
         <v>7451.8019837800002</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" ht="13.8">
+      <c r="L15" s="75">
+        <v>7414.7062579999993</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>151</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>0</v>
       </c>
       <c r="D16" s="76">
         <v>0</v>
       </c>
       <c r="E16" s="76">
         <v>0</v>
       </c>
       <c r="F16" s="76">
         <v>0</v>
       </c>
       <c r="G16" s="76">
         <v>0</v>
       </c>
       <c r="H16" s="76">
         <v>0</v>
       </c>
       <c r="I16" s="76">
         <v>0</v>
       </c>
       <c r="J16" s="76">
         <v>0</v>
       </c>
       <c r="K16" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" ht="13.8">
+      <c r="L16" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>152</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>0</v>
       </c>
       <c r="D17" s="76">
         <v>0</v>
       </c>
       <c r="E17" s="76">
         <v>0</v>
       </c>
       <c r="F17" s="76">
         <v>0</v>
       </c>
       <c r="G17" s="76">
         <v>0</v>
       </c>
       <c r="H17" s="76">
         <v>0</v>
       </c>
       <c r="I17" s="76">
         <v>0</v>
       </c>
       <c r="J17" s="76">
         <v>0</v>
       </c>
       <c r="K17" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" ht="13.8">
+      <c r="L17" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>153</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" ht="13.8">
+      <c r="L18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>154</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" ht="13.8">
+      <c r="L19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="13.8">
       <c r="A20" s="14" t="s">
         <v>155</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>314</v>
       </c>
       <c r="C20" s="76">
         <v>7629.9729616799996</v>
       </c>
       <c r="D20" s="76">
         <v>7612.9240223999996</v>
       </c>
       <c r="E20" s="76">
         <v>7687.4287721299997</v>
       </c>
       <c r="F20" s="76">
         <v>7961.3122392200003</v>
       </c>
       <c r="G20" s="76">
         <v>7579.6647387600005</v>
       </c>
       <c r="H20" s="76">
         <v>7705.4744835499987</v>
       </c>
       <c r="I20" s="76">
         <v>7723.9305375699987</v>
       </c>
       <c r="J20" s="76">
         <v>7668.8126640599994</v>
       </c>
       <c r="K20" s="76">
         <v>7451.8019837800002</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" ht="13.8">
+      <c r="L20" s="76">
+        <v>7414.7062579999993</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="13.8">
       <c r="A21" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="75">
         <v>350.13234981999994</v>
       </c>
       <c r="D21" s="75">
         <v>343.32487966000002</v>
       </c>
       <c r="E21" s="75">
         <v>362.51285377999943</v>
       </c>
       <c r="F21" s="75">
         <v>324.60435211999999</v>
       </c>
       <c r="G21" s="75">
         <v>317.59760621999999</v>
       </c>
       <c r="H21" s="75">
         <v>310.9080204200053</v>
       </c>
       <c r="I21" s="75">
         <v>303.68219204999997</v>
       </c>
       <c r="J21" s="75">
         <v>311.77231870999287</v>
       </c>
       <c r="K21" s="75">
         <v>289.53852852</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" ht="13.8">
+      <c r="L21" s="75">
+        <v>1019.7033410000029</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="13.8">
       <c r="A22" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="75">
         <v>-3742.6058065700004</v>
       </c>
       <c r="D22" s="75">
         <v>-68.194686929999989</v>
       </c>
       <c r="E22" s="75">
         <v>-3489.6656816900004</v>
       </c>
       <c r="F22" s="75">
         <v>-6771.2410169200002</v>
       </c>
       <c r="G22" s="75">
         <v>-7357.0423826099995</v>
       </c>
       <c r="H22" s="75">
         <v>-9322.6345007599994</v>
       </c>
       <c r="I22" s="75">
         <v>-7111.9451659399974</v>
       </c>
       <c r="J22" s="75">
         <v>-6679.9019049900007</v>
       </c>
       <c r="K22" s="75">
         <v>-5253.82116365</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" ht="13.8">
+      <c r="L22" s="75">
+        <v>999.81187608000005</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="13.8">
       <c r="A23" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="75">
         <v>0</v>
       </c>
       <c r="D23" s="75">
         <v>329.93747658999996</v>
       </c>
       <c r="E23" s="75">
         <v>4011.51355625</v>
       </c>
       <c r="F23" s="75">
         <v>2270.2492350700004</v>
       </c>
       <c r="G23" s="75">
         <v>1410.0319790799999</v>
       </c>
       <c r="H23" s="75">
         <v>0</v>
       </c>
       <c r="I23" s="75">
         <v>3317.70175569</v>
       </c>
       <c r="J23" s="75">
         <v>1665.0580256199999</v>
       </c>
       <c r="K23" s="75">
         <v>2930.4867224600002</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" ht="13.8">
+      <c r="L23" s="75">
+        <v>2272.2906692900001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="13.8">
       <c r="A24" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="76">
         <v>0</v>
       </c>
       <c r="D24" s="76">
         <v>0</v>
       </c>
       <c r="E24" s="76">
         <v>0</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" ht="13.8">
+      <c r="L24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="13.8">
       <c r="A25" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="77">
         <v>0</v>
       </c>
       <c r="D25" s="77">
         <v>329.93747658999996</v>
       </c>
       <c r="E25" s="77">
         <v>4011.51355625</v>
       </c>
       <c r="F25" s="77">
         <v>2270.2492350700004</v>
       </c>
       <c r="G25" s="77">
         <v>1410.0319790799999</v>
       </c>
       <c r="H25" s="77">
         <v>0</v>
       </c>
       <c r="I25" s="77">
         <v>3317.70175569</v>
       </c>
       <c r="J25" s="77">
         <v>1665.0580256199999</v>
       </c>
       <c r="K25" s="77">
         <v>2930.4867224600002</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" ht="13.8">
+      <c r="L25" s="77">
+        <v>2272.2906692900001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="13.8">
       <c r="A26" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="75">
         <v>3742.6058065700004</v>
       </c>
       <c r="D26" s="75">
         <v>398.13216351999995</v>
       </c>
       <c r="E26" s="75">
         <v>7501.1792379400003</v>
       </c>
       <c r="F26" s="75">
         <v>9041.4902519900006</v>
       </c>
       <c r="G26" s="75">
         <v>8767.0743616899999</v>
       </c>
       <c r="H26" s="75">
         <v>9322.6345007599994</v>
       </c>
       <c r="I26" s="75">
         <v>10429.646921629997</v>
       </c>
       <c r="J26" s="75">
         <v>8344.9599306100008</v>
       </c>
       <c r="K26" s="75">
         <v>8184.3078861100003</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" ht="13.8">
+      <c r="L26" s="75">
+        <v>1272.47879321</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="76">
         <v>3742.6058065700004</v>
       </c>
       <c r="D27" s="76">
         <v>398.13216351999995</v>
       </c>
       <c r="E27" s="76">
         <v>7501.1792379400003</v>
       </c>
       <c r="F27" s="76">
         <v>9041.4902519900006</v>
       </c>
       <c r="G27" s="76">
         <v>8767.0743616899999</v>
       </c>
       <c r="H27" s="76">
         <v>9322.6345007599994</v>
       </c>
       <c r="I27" s="76">
         <v>10429.646921629997</v>
       </c>
       <c r="J27" s="76">
         <v>8344.9599306100008</v>
       </c>
       <c r="K27" s="76">
         <v>8184.3078861100003</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" ht="13.8">
+      <c r="L27" s="76">
+        <v>1272.47879321</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="77">
         <v>0</v>
       </c>
       <c r="D28" s="77">
         <v>0</v>
       </c>
       <c r="E28" s="77">
         <v>0</v>
       </c>
       <c r="F28" s="77">
         <v>0</v>
       </c>
       <c r="G28" s="77">
         <v>0</v>
       </c>
       <c r="H28" s="77">
         <v>0</v>
       </c>
       <c r="I28" s="77">
         <v>0</v>
       </c>
       <c r="J28" s="77">
         <v>0</v>
       </c>
       <c r="K28" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" ht="13.8">
+      <c r="L28" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="75">
         <v>165.78882125000001</v>
       </c>
       <c r="D29" s="75">
         <v>172.00262422999998</v>
       </c>
       <c r="E29" s="75">
         <v>173.45908309999999</v>
       </c>
       <c r="F29" s="75">
         <v>177.84987209000002</v>
       </c>
       <c r="G29" s="75">
         <v>183.15136883000002</v>
       </c>
       <c r="H29" s="75">
         <v>183.45992670999999</v>
       </c>
       <c r="I29" s="75">
         <v>185.84098269999998</v>
       </c>
       <c r="J29" s="75">
         <v>187.60381365000001</v>
       </c>
       <c r="K29" s="75">
         <v>192.18764126000002</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" ht="13.8">
+      <c r="L29" s="75">
+        <v>189.13313588</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="D30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="E30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="F30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="G30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="H30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="I30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="J30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" ht="13.8">
+      <c r="L30" s="76">
+        <v>9.9999999999999995E-7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="76">
         <v>0</v>
       </c>
       <c r="D31" s="76">
         <v>0</v>
       </c>
       <c r="E31" s="76">
         <v>0</v>
       </c>
       <c r="F31" s="76">
         <v>0</v>
       </c>
       <c r="G31" s="76">
         <v>0</v>
       </c>
       <c r="H31" s="76">
         <v>0</v>
       </c>
       <c r="I31" s="76">
         <v>0</v>
       </c>
       <c r="J31" s="76">
         <v>0</v>
       </c>
       <c r="K31" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" ht="13.8">
+      <c r="L31" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="13.8">
       <c r="A32" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="76">
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <v>0</v>
       </c>
       <c r="J32" s="76">
         <v>0</v>
       </c>
       <c r="K32" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" ht="13.8">
+      <c r="L32" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="76">
         <v>0</v>
       </c>
       <c r="D33" s="76">
         <v>0</v>
       </c>
       <c r="E33" s="76">
         <v>0</v>
       </c>
       <c r="F33" s="76">
         <v>0</v>
       </c>
       <c r="G33" s="76">
         <v>0</v>
       </c>
       <c r="H33" s="76">
         <v>0</v>
       </c>
       <c r="I33" s="76">
         <v>0</v>
       </c>
       <c r="J33" s="76">
         <v>0</v>
       </c>
       <c r="K33" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" ht="13.8">
+      <c r="L33" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="13.8">
       <c r="A34" s="13" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="78">
         <v>165.78882025000001</v>
       </c>
       <c r="D34" s="78">
         <v>172.00262322999998</v>
       </c>
       <c r="E34" s="78">
         <v>173.45908209999999</v>
       </c>
       <c r="F34" s="78">
         <v>177.84987109000002</v>
       </c>
       <c r="G34" s="78">
         <v>183.15136783000003</v>
       </c>
       <c r="H34" s="78">
         <v>183.45992570999999</v>
       </c>
       <c r="I34" s="78">
         <v>185.84098169999999</v>
       </c>
       <c r="J34" s="78">
         <v>187.60381265000001</v>
       </c>
       <c r="K34" s="78">
         <v>192.18764026000002</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" ht="13.8">
+      <c r="L34" s="78">
+        <v>189.13313488</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="13.8">
       <c r="B35" s="27"/>
     </row>
-    <row r="36" spans="1:11" ht="13.8">
+    <row r="36" spans="1:12" ht="13.8">
       <c r="B36" s="27"/>
     </row>
-    <row r="37" spans="1:11" ht="13.8">
+    <row r="37" spans="1:12" ht="13.8">
       <c r="B37" s="27"/>
     </row>
-    <row r="38" spans="1:11" ht="13.8">
+    <row r="38" spans="1:12" ht="13.8">
       <c r="B38" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="32532" divId="Set of Tables_32532" sourceType="range" sourceRef="B1:B34" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Assets.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K59"/>
+  <dimension ref="A1:L59"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="P31" sqref="P31"/>
+      <selection pane="bottomRight" activeCell="K1" sqref="K1:L1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="60" style="9" customWidth="1"/>
-    <col min="3" max="11" width="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="12" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="A3" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B3" s="47" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="73">
         <v>45688</v>
       </c>
       <c r="D3" s="73">
         <v>45716</v>
       </c>
       <c r="E3" s="73">
         <v>45747</v>
       </c>
       <c r="F3" s="73">
         <v>45777</v>
       </c>
       <c r="G3" s="73">
         <v>45808</v>
       </c>
       <c r="H3" s="73">
         <v>45838</v>
       </c>
       <c r="I3" s="73">
         <v>45869</v>
       </c>
       <c r="J3" s="73">
         <v>45900</v>
       </c>
       <c r="K3" s="73">
         <v>45930</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" ht="13.8">
+      <c r="L3" s="73">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="13.8">
       <c r="A4" s="16"/>
       <c r="B4" s="31"/>
       <c r="C4" s="66"/>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
       <c r="K4" s="66"/>
-    </row>
-    <row r="5" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L4" s="66"/>
+    </row>
+    <row r="5" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>113</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="75">
         <v>11203.19187457</v>
       </c>
       <c r="D5" s="75">
         <v>12150.610416800002</v>
       </c>
       <c r="E5" s="75">
         <v>10263.253734850001</v>
       </c>
       <c r="F5" s="75">
         <v>11994.289687069999</v>
       </c>
       <c r="G5" s="75">
         <v>8985.2770833200011</v>
       </c>
       <c r="H5" s="75">
         <v>8547.9950862299993</v>
       </c>
       <c r="I5" s="75">
         <v>9211.3634830599985</v>
       </c>
       <c r="J5" s="75">
         <v>8747.1012456400003</v>
       </c>
       <c r="K5" s="75">
         <v>8886.7586110500015</v>
       </c>
-    </row>
-    <row r="6" spans="1:11" ht="13.8">
+      <c r="L5" s="75">
+        <v>9035.3445021200005</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>114</v>
       </c>
       <c r="B6" s="31" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="75">
         <v>5217.9579418100002</v>
       </c>
       <c r="D6" s="75">
         <v>5089.3933845700012</v>
       </c>
       <c r="E6" s="75">
         <v>5146.13070883</v>
       </c>
       <c r="F6" s="75">
         <v>5349.0424983499997</v>
       </c>
       <c r="G6" s="75">
         <v>5623.6427486900002</v>
       </c>
       <c r="H6" s="75">
         <v>5344.8458463200004</v>
       </c>
       <c r="I6" s="75">
         <v>5330.3627017899989</v>
       </c>
       <c r="J6" s="75">
         <v>5510.1832240800004</v>
       </c>
       <c r="K6" s="75">
         <v>5694.1853354400009</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" ht="13.8">
+      <c r="L6" s="75">
+        <v>5561.8015748900007</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>115</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="75">
         <v>5985.2339327600002</v>
       </c>
       <c r="D7" s="75">
         <v>7061.2170322299999</v>
       </c>
       <c r="E7" s="75">
         <v>5117.12302602</v>
       </c>
       <c r="F7" s="75">
         <v>6645.247188719999</v>
       </c>
       <c r="G7" s="75">
         <v>3361.63433463</v>
       </c>
       <c r="H7" s="75">
         <v>3203.1492399099993</v>
       </c>
       <c r="I7" s="75">
         <v>3881.0007812699996</v>
       </c>
       <c r="J7" s="75">
         <v>3236.9180215599995</v>
       </c>
       <c r="K7" s="75">
         <v>3192.5732756099997</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" ht="13.8">
+      <c r="L7" s="75">
+        <v>3473.5429272300003</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C8" s="76">
         <v>5985.2339327600002</v>
       </c>
       <c r="D8" s="76">
         <v>7061.2170322299999</v>
       </c>
       <c r="E8" s="76">
         <v>5117.12302602</v>
       </c>
       <c r="F8" s="76">
         <v>6645.247188719999</v>
       </c>
       <c r="G8" s="76">
         <v>3361.63433463</v>
       </c>
       <c r="H8" s="76">
         <v>3203.1492399099993</v>
       </c>
       <c r="I8" s="76">
         <v>3881.0007812699996</v>
       </c>
       <c r="J8" s="76">
         <v>3236.9180215599995</v>
       </c>
       <c r="K8" s="76">
         <v>3192.5732756099997</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" ht="13.8">
+      <c r="L8" s="76">
+        <v>3473.5429272300003</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="76">
         <v>0</v>
       </c>
       <c r="D9" s="76">
         <v>0</v>
       </c>
       <c r="E9" s="76">
         <v>0</v>
       </c>
       <c r="F9" s="76">
         <v>0</v>
       </c>
       <c r="G9" s="76">
         <v>0</v>
       </c>
       <c r="H9" s="76">
         <v>0</v>
       </c>
       <c r="I9" s="76">
         <v>0</v>
       </c>
       <c r="J9" s="76">
         <v>0</v>
       </c>
       <c r="K9" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" ht="13.8">
+      <c r="L9" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="D10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="E10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="F10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="G10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="H10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="I10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="J10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="K10" s="75">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" ht="13.8">
+      <c r="L10" s="75">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="D11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="E11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="F11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="G11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="H11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="I11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="J11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="K11" s="76">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L11" s="76">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D14" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E14" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F14" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G14" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H14" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I14" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J14" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K14" s="76">
         <v>-0.33182855999999999</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" ht="13.8">
+      <c r="L14" s="76">
+        <v>-0.51145127000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D15" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E15" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F15" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G15" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H15" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I15" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J15" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K15" s="76">
         <v>-0.33182855999999999</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L15" s="76">
+        <v>-0.51145127000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="75">
         <v>20943.414832049999</v>
       </c>
       <c r="D16" s="75">
         <v>21117.914188660001</v>
       </c>
       <c r="E16" s="75">
         <v>21034.135325359999</v>
       </c>
       <c r="F16" s="75">
         <v>20920.985849879999</v>
       </c>
       <c r="G16" s="75">
         <v>20986.393240960002</v>
       </c>
       <c r="H16" s="75">
         <v>21435.77174919</v>
       </c>
       <c r="I16" s="75">
         <v>21616.401296280001</v>
       </c>
       <c r="J16" s="75">
         <v>21999.562541130003</v>
       </c>
       <c r="K16" s="75">
         <v>22962.085827139999</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" ht="14.4">
+      <c r="L16" s="75">
+        <v>23369.63592044</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="14.4">
       <c r="A17" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="76">
         <v>20202.560215149999</v>
       </c>
       <c r="D17" s="76">
         <v>20442.89750503</v>
       </c>
       <c r="E17" s="76">
         <v>20354.141646029999</v>
       </c>
       <c r="F17" s="76">
         <v>20236.640828249998</v>
       </c>
       <c r="G17" s="76">
         <v>20296.77461068</v>
       </c>
       <c r="H17" s="76">
         <v>20740.88469734</v>
       </c>
       <c r="I17" s="76">
         <v>20916.238356460002</v>
       </c>
       <c r="J17" s="76">
         <v>21293.788430780001</v>
       </c>
       <c r="K17" s="76">
         <v>22250.580084720001</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L17" s="76">
+        <v>22652.40125979</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" ht="14.4">
+      <c r="L18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="14.4">
       <c r="A19" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="76">
         <v>0</v>
       </c>
       <c r="D20" s="76">
         <v>0</v>
       </c>
       <c r="E20" s="76">
         <v>0</v>
       </c>
       <c r="F20" s="76">
         <v>0</v>
       </c>
       <c r="G20" s="76">
         <v>0</v>
       </c>
       <c r="H20" s="76">
         <v>0</v>
       </c>
       <c r="I20" s="76">
         <v>0</v>
       </c>
       <c r="J20" s="76">
         <v>0</v>
       </c>
       <c r="K20" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" ht="14.4">
+      <c r="L20" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="14.4">
       <c r="A21" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C21" s="76">
         <v>0</v>
       </c>
       <c r="D21" s="76">
         <v>0</v>
       </c>
       <c r="E21" s="76">
         <v>0</v>
       </c>
       <c r="F21" s="76">
         <v>0</v>
       </c>
       <c r="G21" s="76">
         <v>0</v>
       </c>
       <c r="H21" s="76">
         <v>0</v>
       </c>
       <c r="I21" s="76">
         <v>0</v>
       </c>
       <c r="J21" s="76">
         <v>0</v>
       </c>
       <c r="K21" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L21" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="75">
         <v>13229.964908810001</v>
       </c>
       <c r="D22" s="75">
         <v>13282.474425159997</v>
       </c>
       <c r="E22" s="75">
         <v>13310.704261369998</v>
       </c>
       <c r="F22" s="75">
         <v>12823.242455930002</v>
       </c>
       <c r="G22" s="75">
         <v>12411.54859056</v>
       </c>
       <c r="H22" s="75">
         <v>12487.185072359998</v>
       </c>
       <c r="I22" s="75">
         <v>12581.484136180001</v>
       </c>
       <c r="J22" s="75">
         <v>12599.301274829997</v>
       </c>
       <c r="K22" s="75">
         <v>12341.690191170001</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" ht="13.8">
+      <c r="L22" s="75">
+        <v>12447.46255009</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="76">
         <v>40</v>
       </c>
       <c r="D23" s="76">
         <v>40</v>
       </c>
       <c r="E23" s="76">
         <v>40</v>
       </c>
       <c r="F23" s="76">
         <v>40</v>
       </c>
       <c r="G23" s="76">
         <v>40</v>
       </c>
       <c r="H23" s="76">
         <v>40</v>
       </c>
       <c r="I23" s="76">
         <v>40</v>
       </c>
       <c r="J23" s="76">
         <v>40</v>
       </c>
       <c r="K23" s="76">
         <v>40</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" ht="13.8">
+      <c r="L23" s="76">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>77</v>
       </c>
       <c r="C24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="D24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="E24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" ht="13.8">
+      <c r="L24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="76">
         <v>3563.31932792</v>
       </c>
       <c r="D25" s="76">
         <v>3599.0185667299997</v>
       </c>
       <c r="E25" s="76">
         <v>3620.0364107300002</v>
       </c>
       <c r="F25" s="76">
         <v>4074.4280957199999</v>
       </c>
       <c r="G25" s="76">
         <v>4055.4870855000004</v>
       </c>
       <c r="H25" s="76">
         <v>4214.2124901999996</v>
       </c>
       <c r="I25" s="76">
         <v>4155.1781699399999</v>
       </c>
       <c r="J25" s="76">
         <v>4210.3456250499994</v>
       </c>
       <c r="K25" s="76">
         <v>4241.8508449200008</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" ht="13.8">
+      <c r="L25" s="76">
+        <v>4237.0257202900002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="76">
         <v>8411.2615093000004</v>
       </c>
       <c r="D26" s="76">
         <v>8356.2879528999983</v>
       </c>
       <c r="E26" s="76">
         <v>8335.020421109999</v>
       </c>
       <c r="F26" s="76">
         <v>8447.4850469100002</v>
       </c>
       <c r="G26" s="76">
         <v>8006.5065929099992</v>
       </c>
       <c r="H26" s="76">
         <v>7934.3704337599993</v>
       </c>
       <c r="I26" s="76">
         <v>8025.1135334600003</v>
       </c>
       <c r="J26" s="76">
         <v>7914.9317870199993</v>
       </c>
       <c r="K26" s="76">
         <v>7601.8296344700002</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" ht="13.8">
+      <c r="L26" s="76">
+        <v>7683.3631983599998</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="76">
         <v>108.16997981999998</v>
       </c>
       <c r="D27" s="76">
         <v>179.95381376000006</v>
       </c>
       <c r="E27" s="76">
         <v>208.43333775999986</v>
       </c>
       <c r="F27" s="76">
         <v>261.32931330000008</v>
       </c>
       <c r="G27" s="76">
         <v>309.55491215000001</v>
       </c>
       <c r="H27" s="76">
         <v>298.60214839999981</v>
       </c>
       <c r="I27" s="76">
         <v>361.19243278000005</v>
       </c>
       <c r="J27" s="76">
         <v>434.02386275999993</v>
       </c>
       <c r="K27" s="76">
         <v>458.00971177999952</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" ht="13.8">
+      <c r="L27" s="76">
+        <v>487.07363144000033</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="75">
         <v>1000.073020167647</v>
       </c>
       <c r="D28" s="75">
         <v>490.01700719043572</v>
       </c>
       <c r="E28" s="75">
         <v>307.32808333766729</v>
       </c>
       <c r="F28" s="75">
         <v>373.32424314641128</v>
       </c>
       <c r="G28" s="75">
         <v>429.41614984268119</v>
       </c>
       <c r="H28" s="75">
         <v>393.86144953964777</v>
       </c>
       <c r="I28" s="75">
         <v>563.92792730931797</v>
       </c>
       <c r="J28" s="75">
         <v>634.80500575592816</v>
       </c>
       <c r="K28" s="75">
         <v>826.39303157886741</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" ht="13.8">
+      <c r="L28" s="75">
+        <v>908.84680611873216</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B29" s="87" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="76">
         <v>1480.5200313800001</v>
       </c>
       <c r="D29" s="76">
         <v>1038.0359060399999</v>
       </c>
       <c r="E29" s="76">
         <v>1067.59147988</v>
       </c>
       <c r="F29" s="76">
         <v>1104.60197494</v>
       </c>
       <c r="G29" s="76">
         <v>1193.80193031</v>
       </c>
       <c r="H29" s="76">
         <v>1197.0682786599998</v>
       </c>
       <c r="I29" s="76">
         <v>1228.2650457899999</v>
       </c>
       <c r="J29" s="76">
         <v>1262.20635423</v>
       </c>
       <c r="K29" s="76">
         <v>1432.8244060899999</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" ht="13.8">
+      <c r="L29" s="76">
+        <v>1490.0120519700001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="13.8">
       <c r="A30" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="88" t="s">
         <v>320</v>
       </c>
       <c r="C30" s="78">
         <v>480.44701121235312</v>
       </c>
       <c r="D30" s="78">
         <v>548.01889884956415</v>
       </c>
       <c r="E30" s="78">
         <v>760.26339654233266</v>
       </c>
       <c r="F30" s="78">
         <v>731.27773179358871</v>
       </c>
       <c r="G30" s="78">
         <v>764.3857804673188</v>
       </c>
       <c r="H30" s="78">
         <v>803.20682912035204</v>
       </c>
       <c r="I30" s="78">
         <v>664.33711848068197</v>
       </c>
       <c r="J30" s="78">
         <v>627.40134847407182</v>
       </c>
       <c r="K30" s="78">
         <v>606.4313745111325</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" ht="13.8">
+      <c r="L30" s="78">
+        <v>581.16524585126797</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="13.8">
       <c r="B31" s="27"/>
     </row>
-    <row r="32" spans="1:11" ht="13.8">
+    <row r="32" spans="1:12" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -7882,1192 +8063,1284 @@
     </row>
     <row r="58" spans="2:2" ht="13.8">
       <c r="B58" s="27"/>
     </row>
     <row r="59" spans="2:2" ht="13.8">
       <c r="B59" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="4183" divId="Set of Tables_4183" sourceType="range" sourceRef="B1:B30" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K120"/>
+  <dimension ref="A1:L120"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="J4" sqref="J4:K4"/>
+      <selection pane="topRight" activeCell="L1" sqref="L1:L1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="16.109375" customWidth="1"/>
     <col min="2" max="2" width="45.44140625" customWidth="1"/>
-    <col min="3" max="11" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="12" width="11.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="46" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="46"/>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="B3" s="46" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="13.8">
+    <row r="4" spans="1:12" ht="13.8">
       <c r="A4" s="15"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="89">
         <v>45777</v>
       </c>
       <c r="G4" s="89">
         <v>45808</v>
       </c>
       <c r="H4" s="89">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" ht="13.8">
+      <c r="L4" s="73">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="13.8">
       <c r="A5" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="47" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="79"/>
       <c r="D5" s="79"/>
       <c r="E5" s="79"/>
       <c r="F5" s="79"/>
       <c r="G5" s="79"/>
       <c r="H5" s="79"/>
       <c r="I5" s="79"/>
       <c r="J5" s="79"/>
       <c r="K5" s="79"/>
-    </row>
-    <row r="6" spans="1:11" ht="13.8">
+      <c r="L5" s="79"/>
+    </row>
+    <row r="6" spans="1:12" ht="13.8">
       <c r="A6" s="16"/>
       <c r="B6" s="31"/>
       <c r="C6" s="80"/>
       <c r="D6" s="80"/>
       <c r="E6" s="80"/>
       <c r="F6" s="80"/>
       <c r="G6" s="80"/>
       <c r="H6" s="80"/>
       <c r="I6" s="80"/>
       <c r="J6" s="80"/>
       <c r="K6" s="80"/>
-    </row>
-    <row r="7" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L6" s="80"/>
+    </row>
+    <row r="7" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="75">
         <v>28050.513939218985</v>
       </c>
       <c r="D7" s="75">
         <v>27203.969196176964</v>
       </c>
       <c r="E7" s="75">
         <v>33980.557453664187</v>
       </c>
       <c r="F7" s="75">
         <v>31823.570852187655</v>
       </c>
       <c r="G7" s="75">
         <v>32342.312771083409</v>
       </c>
       <c r="H7" s="75">
         <v>29733.885278799957</v>
       </c>
       <c r="I7" s="75">
         <v>36202.589015070269</v>
       </c>
       <c r="J7" s="75">
         <v>36307.735560353431</v>
       </c>
       <c r="K7" s="75">
         <v>37710.7059165971</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L7" s="75">
+        <v>32587.096443954229</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="75">
         <v>35595.014284368561</v>
       </c>
       <c r="D8" s="75">
         <v>34700.962427657658</v>
       </c>
       <c r="E8" s="75">
         <v>42145.099318762892</v>
       </c>
       <c r="F8" s="75">
         <v>40348.967028083338</v>
       </c>
       <c r="G8" s="75">
         <v>41516.151207313422</v>
       </c>
       <c r="H8" s="75">
         <v>38593.661044678367</v>
       </c>
       <c r="I8" s="75">
         <v>44999.617663309487</v>
       </c>
       <c r="J8" s="75">
         <v>45028.028986523364</v>
       </c>
       <c r="K8" s="75">
         <v>46618.855787160232</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L8" s="75">
+        <v>41841.611485888199</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>150.02450972888298</v>
       </c>
       <c r="D9" s="76">
         <v>138.28571634046679</v>
       </c>
       <c r="E9" s="76">
         <v>195.21539406726768</v>
       </c>
       <c r="F9" s="76">
         <v>210.2430694310768</v>
       </c>
       <c r="G9" s="76">
         <v>206.89363334591172</v>
       </c>
       <c r="H9" s="76">
         <v>260.57938126407714</v>
       </c>
       <c r="I9" s="76">
         <v>197.34184141711256</v>
       </c>
       <c r="J9" s="76">
         <v>183.31053077138958</v>
       </c>
       <c r="K9" s="76">
         <v>182.19602554415562</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L9" s="76">
+        <v>160.56884622014746</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>25842.648954314296</v>
       </c>
       <c r="D10" s="76">
         <v>25372.526318949349</v>
       </c>
       <c r="E10" s="76">
         <v>25357.129066501904</v>
       </c>
       <c r="F10" s="76">
         <v>24606.722731076406</v>
       </c>
       <c r="G10" s="76">
         <v>25005.153727298904</v>
       </c>
       <c r="H10" s="76">
         <v>21654.755761996374</v>
       </c>
       <c r="I10" s="76">
         <v>23332.491581337625</v>
       </c>
       <c r="J10" s="76">
         <v>21766.220916272789</v>
       </c>
       <c r="K10" s="76">
         <v>24911.485657612502</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L10" s="76">
+        <v>21474.383538816808</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>9045.9043734552397</v>
       </c>
       <c r="D11" s="76">
         <v>8574.39809336894</v>
       </c>
       <c r="E11" s="76">
         <v>15964.37508086189</v>
       </c>
       <c r="F11" s="76">
         <v>14949.643995641889</v>
       </c>
       <c r="G11" s="76">
         <v>15639.816287674908</v>
       </c>
       <c r="H11" s="76">
         <v>16128.053992187501</v>
       </c>
       <c r="I11" s="76">
         <v>18434.937814893841</v>
       </c>
       <c r="J11" s="76">
         <v>19946.200894668178</v>
       </c>
       <c r="K11" s="76">
         <v>19610.67408597867</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L11" s="76">
+        <v>18601.731158965475</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C12" s="76">
         <v>351.45941884013905</v>
       </c>
       <c r="D12" s="76">
         <v>385.2856809689045</v>
       </c>
       <c r="E12" s="76">
         <v>360.02272963182509</v>
       </c>
       <c r="F12" s="76">
         <v>276.81199343396275</v>
       </c>
       <c r="G12" s="76">
         <v>248.8900279836935</v>
       </c>
       <c r="H12" s="76">
         <v>204.70954005042043</v>
       </c>
       <c r="I12" s="76">
         <v>2708.4195117709123</v>
       </c>
       <c r="J12" s="76">
         <v>2838.7375833710107</v>
       </c>
       <c r="K12" s="76">
         <v>1607.4211112049104</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L12" s="76">
+        <v>1326.7705918557695</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C13" s="76">
         <v>195.29034963999999</v>
       </c>
       <c r="D13" s="76">
         <v>219.31834064</v>
       </c>
       <c r="E13" s="76">
         <v>249.74495230999997</v>
       </c>
       <c r="F13" s="76">
         <v>290.72153410999999</v>
       </c>
       <c r="G13" s="76">
         <v>404.86491961999997</v>
       </c>
       <c r="H13" s="76">
         <v>334.89861979000005</v>
       </c>
       <c r="I13" s="76">
         <v>316.40631749999994</v>
       </c>
       <c r="J13" s="76">
         <v>289.86343004999998</v>
       </c>
       <c r="K13" s="76">
         <v>303.55917643000004</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L13" s="76">
+        <v>273.76534164000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C14" s="76">
         <v>9.6866783899999991</v>
       </c>
       <c r="D14" s="76">
         <v>11.148277390000001</v>
       </c>
       <c r="E14" s="76">
         <v>18.61209539</v>
       </c>
       <c r="F14" s="76">
         <v>14.82370439</v>
       </c>
       <c r="G14" s="76">
         <v>10.532611390000001</v>
       </c>
       <c r="H14" s="76">
         <v>10.66374939</v>
       </c>
       <c r="I14" s="76">
         <v>10.02059639</v>
       </c>
       <c r="J14" s="76">
         <v>3.69563139</v>
       </c>
       <c r="K14" s="76">
         <v>3.5197303900000003</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" ht="13.8">
+      <c r="L14" s="76">
+        <v>4.39200839</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B15" s="36" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7544.500345149575</v>
       </c>
       <c r="D15" s="75">
         <v>7496.993231480692</v>
       </c>
       <c r="E15" s="75">
         <v>8164.5418650987021</v>
       </c>
       <c r="F15" s="75">
         <v>8525.396175895683</v>
       </c>
       <c r="G15" s="75">
         <v>9173.8384362300148</v>
       </c>
       <c r="H15" s="75">
         <v>8859.7757658784121</v>
       </c>
       <c r="I15" s="75">
         <v>8797.0286482392185</v>
       </c>
       <c r="J15" s="75">
         <v>8720.293426169932</v>
       </c>
       <c r="K15" s="75">
         <v>8908.1498705631275</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L15" s="75">
+        <v>9254.5150419339698</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>3946.8684290411884</v>
       </c>
       <c r="D16" s="76">
         <v>4216.4772610085438</v>
       </c>
       <c r="E16" s="76">
         <v>4549.8554055777167</v>
       </c>
       <c r="F16" s="76">
         <v>4559.2373634366922</v>
       </c>
       <c r="G16" s="76">
         <v>5337.0372288723629</v>
       </c>
       <c r="H16" s="76">
         <v>5292.4739979477345</v>
       </c>
       <c r="I16" s="76">
         <v>5159.0998875435744</v>
       </c>
       <c r="J16" s="76">
         <v>4977.0347235323898</v>
       </c>
       <c r="K16" s="76">
         <v>4673.897435847739</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L16" s="76">
+        <v>4667.62694488331</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>1674.5458151500002</v>
       </c>
       <c r="D17" s="76">
         <v>1303.94991377</v>
       </c>
       <c r="E17" s="76">
         <v>1327.1595167400001</v>
       </c>
       <c r="F17" s="76">
         <v>1289.0877618499999</v>
       </c>
       <c r="G17" s="76">
         <v>1297.6912465599999</v>
       </c>
       <c r="H17" s="76">
         <v>1270.3731719699999</v>
       </c>
       <c r="I17" s="76">
         <v>1272.9404821399999</v>
       </c>
       <c r="J17" s="76">
         <v>1291.2698835000001</v>
       </c>
       <c r="K17" s="76">
         <v>1282.9195886300001</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L17" s="76">
+        <v>1337.9223282399998</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C18" s="76">
         <v>1003.9237460815376</v>
       </c>
       <c r="D18" s="76">
         <v>985.23026716214861</v>
       </c>
       <c r="E18" s="76">
         <v>978.51825405098634</v>
       </c>
       <c r="F18" s="76">
         <v>987.87976729899174</v>
       </c>
       <c r="G18" s="76">
         <v>974.26174254765328</v>
       </c>
       <c r="H18" s="76">
         <v>846.94664557067813</v>
       </c>
       <c r="I18" s="76">
         <v>853.74547581564389</v>
       </c>
       <c r="J18" s="76">
         <v>857.14386677754305</v>
       </c>
       <c r="K18" s="76">
         <v>861.32272634538845</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L18" s="76">
+        <v>869.58455313066054</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C19" s="76">
         <v>474.18617410000002</v>
       </c>
       <c r="D19" s="76">
         <v>534.04405015999987</v>
       </c>
       <c r="E19" s="76">
         <v>824.52571166999996</v>
       </c>
       <c r="F19" s="76">
         <v>1182.5823083899998</v>
       </c>
       <c r="G19" s="76">
         <v>1042.5315283399998</v>
       </c>
       <c r="H19" s="76">
         <v>917.97548217999997</v>
       </c>
       <c r="I19" s="76">
         <v>937.03003565000006</v>
       </c>
       <c r="J19" s="76">
         <v>1006.9910688800001</v>
       </c>
       <c r="K19" s="76">
         <v>1482.0212105600001</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L19" s="76">
+        <v>1750.9471353100002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C20" s="76">
         <v>444.97618077684933</v>
       </c>
       <c r="D20" s="76">
         <v>457.29173937999997</v>
       </c>
       <c r="E20" s="76">
         <v>484.48297706</v>
       </c>
       <c r="F20" s="76">
         <v>506.60897492000004</v>
       </c>
       <c r="G20" s="76">
         <v>522.31668991000004</v>
       </c>
       <c r="H20" s="76">
         <v>532.00646820999998</v>
       </c>
       <c r="I20" s="76">
         <v>574.21276709000006</v>
       </c>
       <c r="J20" s="76">
         <v>587.85388347999992</v>
       </c>
       <c r="K20" s="76">
         <v>607.98890917999995</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L20" s="76">
+        <v>628.43408036999995</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="75">
         <v>16529.814424341115</v>
       </c>
       <c r="D21" s="75">
         <v>18698.51265445953</v>
       </c>
       <c r="E21" s="75">
         <v>11146.010566566732</v>
       </c>
       <c r="F21" s="75">
         <v>13047.197426868923</v>
       </c>
       <c r="G21" s="75">
         <v>7937.3212572140874</v>
       </c>
       <c r="H21" s="75">
         <v>7892.2257858821731</v>
       </c>
       <c r="I21" s="75">
         <v>8312.2867474828872</v>
       </c>
       <c r="J21" s="75">
         <v>7527.3756748686101</v>
       </c>
       <c r="K21" s="75">
         <v>6596.5997375169409</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L21" s="75">
+        <v>7111.6815070228404</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="76">
         <v>1475.2339230611169</v>
       </c>
       <c r="D22" s="76">
         <v>1430.5321361195336</v>
       </c>
       <c r="E22" s="76">
         <v>1415.2304778627324</v>
       </c>
       <c r="F22" s="76">
         <v>1677.7075223189229</v>
       </c>
       <c r="G22" s="76">
         <v>1694.869847234088</v>
       </c>
       <c r="H22" s="76">
         <v>1420.5637057421729</v>
       </c>
       <c r="I22" s="76">
         <v>1477.8909272828873</v>
       </c>
       <c r="J22" s="76">
         <v>1461.3885722886102</v>
       </c>
       <c r="K22" s="76">
         <v>1727.387987225844</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L22" s="76">
+        <v>1563.4381288698523</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="76">
         <v>8678.0394565799998</v>
       </c>
       <c r="D23" s="76">
         <v>10596.32467765</v>
       </c>
       <c r="E23" s="76">
         <v>8683.564493853999</v>
       </c>
       <c r="F23" s="76">
         <v>10471.47345768</v>
       </c>
       <c r="G23" s="76">
         <v>5642.9416051399994</v>
       </c>
       <c r="H23" s="76">
         <v>6222.2630801100004</v>
       </c>
       <c r="I23" s="76">
         <v>6634.4508237600003</v>
       </c>
       <c r="J23" s="76">
         <v>5366.9042665500001</v>
       </c>
       <c r="K23" s="76">
         <v>4370.2849300110965</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L23" s="76">
+        <v>5348.780841212988</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>83</v>
       </c>
       <c r="C24" s="76">
         <v>6376.5410447000004</v>
       </c>
       <c r="D24" s="76">
         <v>6671.6558406899976</v>
       </c>
       <c r="E24" s="76">
         <v>1047.2155948499999</v>
       </c>
       <c r="F24" s="76">
         <v>898.0164468700001</v>
       </c>
       <c r="G24" s="76">
         <v>599.5098048399999</v>
       </c>
       <c r="H24" s="76">
         <v>249.39900003</v>
       </c>
       <c r="I24" s="76">
         <v>199.94499643999998</v>
       </c>
       <c r="J24" s="76">
         <v>699.08283603000007</v>
       </c>
       <c r="K24" s="76">
         <v>498.92682028000002</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L24" s="76">
+        <v>199.46253694000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="75">
         <v>37111.379146199994</v>
       </c>
       <c r="D25" s="75">
         <v>38586.410506740001</v>
       </c>
       <c r="E25" s="75">
         <v>38637.660962740003</v>
       </c>
       <c r="F25" s="75">
         <v>38826.028462979993</v>
       </c>
       <c r="G25" s="75">
         <v>39839.98949018</v>
       </c>
       <c r="H25" s="75">
         <v>39806.067936400003</v>
       </c>
       <c r="I25" s="75">
         <v>39697.908525120009</v>
       </c>
       <c r="J25" s="75">
         <v>40363.345086050002</v>
       </c>
       <c r="K25" s="75">
         <v>41077.962572750002</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L25" s="75">
+        <v>46538.443534260005</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="75">
         <v>40865.683819009995</v>
       </c>
       <c r="D26" s="75">
         <v>42100.029386390001</v>
       </c>
       <c r="E26" s="75">
         <v>42308.560370200001</v>
       </c>
       <c r="F26" s="75">
         <v>42385.577209339994</v>
       </c>
       <c r="G26" s="75">
         <v>43512.849916970001</v>
       </c>
       <c r="H26" s="75">
         <v>43524.170912720001</v>
       </c>
       <c r="I26" s="75">
         <v>43305.741475300005</v>
       </c>
       <c r="J26" s="75">
         <v>44089.803507850003</v>
       </c>
       <c r="K26" s="75">
         <v>44709.291978300003</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L26" s="75">
+        <v>50122.306463820001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D27" s="76">
         <v>42100.029386390001</v>
       </c>
       <c r="E27" s="76">
         <v>42308.560370200001</v>
       </c>
       <c r="F27" s="76">
         <v>42385.577209339994</v>
       </c>
       <c r="G27" s="76">
         <v>43512.849916970001</v>
       </c>
       <c r="H27" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I27" s="76">
         <v>43305.741475300005</v>
       </c>
       <c r="J27" s="76">
         <v>44089.803507850003</v>
       </c>
       <c r="K27" s="76">
         <v>44709.291978300003</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" ht="13.8">
+      <c r="L27" s="76">
+        <v>50122.306463820001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="75">
         <v>3754.3046728099994</v>
       </c>
       <c r="D28" s="75">
         <v>3513.618879650001</v>
       </c>
       <c r="E28" s="75">
         <v>3670.8994074600009</v>
       </c>
       <c r="F28" s="75">
         <v>3559.5487463600002</v>
       </c>
       <c r="G28" s="75">
         <v>3672.86042679</v>
       </c>
       <c r="H28" s="75">
         <v>3718.1029763200004</v>
       </c>
       <c r="I28" s="75">
         <v>3607.8329501799994</v>
       </c>
       <c r="J28" s="75">
         <v>3726.4584218000005</v>
       </c>
       <c r="K28" s="75">
         <v>3631.3294055500005</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L28" s="75">
+        <v>3583.8629295600003</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="76">
         <v>3754.3046728099994</v>
       </c>
       <c r="D29" s="76">
         <v>3513.618879650001</v>
       </c>
       <c r="E29" s="76">
         <v>3670.8994074600009</v>
       </c>
       <c r="F29" s="76">
         <v>3559.5487463600002</v>
       </c>
       <c r="G29" s="76">
         <v>3672.86042679</v>
       </c>
       <c r="H29" s="76">
         <v>3718.1029763200004</v>
       </c>
       <c r="I29" s="76">
         <v>3607.8329501799994</v>
       </c>
       <c r="J29" s="76">
         <v>3726.4584218000005</v>
       </c>
       <c r="K29" s="76">
         <v>3631.3294055500005</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L29" s="76">
+        <v>3583.8629295600003</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="75">
         <v>125338.43788957837</v>
       </c>
       <c r="D30" s="75">
         <v>124895.59770050952</v>
       </c>
       <c r="E30" s="75">
         <v>125394.41027620112</v>
       </c>
       <c r="F30" s="75">
         <v>125825.84897305617</v>
       </c>
       <c r="G30" s="75">
         <v>125989.08704321628</v>
       </c>
       <c r="H30" s="75">
         <v>127040.24139705049</v>
       </c>
       <c r="I30" s="75">
         <v>126788.21555755215</v>
       </c>
       <c r="J30" s="75">
         <v>127326.40640828022</v>
       </c>
       <c r="K30" s="75">
         <v>129060.05410223713</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L30" s="75">
+        <v>128628.73552456792</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="76">
         <v>4163.1822335000006</v>
       </c>
       <c r="D31" s="76">
         <v>4174.4503515699989</v>
       </c>
       <c r="E31" s="76">
         <v>4122.8214123199996</v>
       </c>
       <c r="F31" s="76">
         <v>4028.9738758932262</v>
       </c>
       <c r="G31" s="76">
         <v>4043.4720591319997</v>
       </c>
       <c r="H31" s="76">
         <v>4028.4914438400006</v>
       </c>
       <c r="I31" s="76">
         <v>3924.7226948471248</v>
       </c>
       <c r="J31" s="76">
         <v>3900.4392938067695</v>
       </c>
       <c r="K31" s="76">
         <v>3975.0677943850355</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L31" s="76">
+        <v>3949.2338342149219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D32" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E32" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F32" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G32" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H32" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I32" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J32" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K32" s="76">
         <v>108.5073112800001</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L32" s="76">
+        <v>109.75725496000015</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D33" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E33" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F33" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G33" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H33" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I33" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J33" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K33" s="76">
         <v>1817.7757332713231</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L33" s="76">
+        <v>1702.9677951800002</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D34" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E34" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F34" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G34" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H34" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I34" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J34" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K34" s="76">
         <v>52890.973113317581</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L34" s="76">
+        <v>52605.953178977063</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A35" s="18" t="s">
         <v>181</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="78">
         <v>68655.14307787102</v>
       </c>
       <c r="D35" s="78">
         <v>68724.891277576244</v>
       </c>
       <c r="E35" s="78">
         <v>68804.251734923077</v>
       </c>
       <c r="F35" s="78">
         <v>68942.91212322659</v>
       </c>
       <c r="G35" s="78">
         <v>69110.998449168619</v>
       </c>
       <c r="H35" s="78">
         <v>69321.054236405107</v>
       </c>
       <c r="I35" s="78">
         <v>69648.829407463447</v>
       </c>
       <c r="J35" s="78">
         <v>69820.929529654546</v>
       </c>
       <c r="K35" s="78">
         <v>70267.730149983196</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" ht="13.8">
+      <c r="L35" s="78">
+        <v>70260.823461235937</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="13.8">
       <c r="B36" s="34"/>
     </row>
-    <row r="37" spans="1:11" ht="13.8">
+    <row r="37" spans="1:12" ht="13.8">
       <c r="B37" s="34"/>
     </row>
-    <row r="38" spans="1:11" ht="13.8">
+    <row r="38" spans="1:12" ht="13.8">
       <c r="B38" s="34"/>
     </row>
-    <row r="39" spans="1:11" ht="13.8">
+    <row r="39" spans="1:12" ht="13.8">
       <c r="B39" s="34"/>
     </row>
-    <row r="40" spans="1:11" ht="13.8">
+    <row r="40" spans="1:12" ht="13.8">
       <c r="B40" s="34"/>
     </row>
-    <row r="41" spans="1:11" ht="13.8">
+    <row r="41" spans="1:12" ht="13.8">
       <c r="B41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="13.8">
+    <row r="42" spans="1:12" ht="13.8">
       <c r="B42" s="34"/>
     </row>
-    <row r="43" spans="1:11" ht="13.8">
+    <row r="43" spans="1:12" ht="13.8">
       <c r="B43" s="34"/>
     </row>
-    <row r="44" spans="1:11" ht="13.8">
+    <row r="44" spans="1:12" ht="13.8">
       <c r="B44" s="34"/>
     </row>
-    <row r="45" spans="1:11" ht="13.8">
+    <row r="45" spans="1:12" ht="13.8">
       <c r="B45" s="34"/>
     </row>
-    <row r="46" spans="1:11" ht="13.8">
+    <row r="46" spans="1:12" ht="13.8">
       <c r="B46" s="34"/>
     </row>
-    <row r="47" spans="1:11" ht="13.8">
+    <row r="47" spans="1:12" ht="13.8">
       <c r="B47" s="34"/>
     </row>
-    <row r="48" spans="1:11" ht="13.8">
+    <row r="48" spans="1:12" ht="13.8">
       <c r="B48" s="34"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="34"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="34"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="34"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="34"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="34"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="34"/>
     </row>
     <row r="55" spans="2:2">
       <c r="B55" s="1"/>
     </row>
     <row r="56" spans="2:2">
       <c r="B56" s="1"/>
@@ -9256,1211 +9529,1305 @@
       <c r="B117" s="1"/>
     </row>
     <row r="118" spans="2:2">
       <c r="B118" s="1"/>
     </row>
     <row r="119" spans="2:2">
       <c r="B119" s="1"/>
     </row>
     <row r="120" spans="2:2">
       <c r="B120" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="73" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K85"/>
+  <dimension ref="A1:L85"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="H6" sqref="H6"/>
+      <pane xSplit="2" topLeftCell="E1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="L1" sqref="L1:L1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
     <col min="2" max="2" width="56.33203125" style="11" customWidth="1"/>
-    <col min="3" max="11" width="12" style="7" bestFit="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.88671875" style="9"/>
+    <col min="3" max="12" width="12" style="7" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="39" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="39"/>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="B3" s="39" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="13.8">
+    <row r="4" spans="1:12" ht="13.8">
       <c r="B4" s="54"/>
     </row>
-    <row r="5" spans="1:11" ht="13.8">
+    <row r="5" spans="1:12" ht="13.8">
       <c r="A5" s="19"/>
       <c r="B5" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="67">
         <v>45688</v>
       </c>
       <c r="D5" s="67">
         <v>45716</v>
       </c>
       <c r="E5" s="67">
         <v>45747</v>
       </c>
       <c r="F5" s="67">
         <v>45777</v>
       </c>
       <c r="G5" s="67">
         <v>45808</v>
       </c>
       <c r="H5" s="67">
         <v>45838</v>
       </c>
       <c r="I5" s="67">
         <v>45869</v>
       </c>
       <c r="J5" s="67">
         <v>45900</v>
       </c>
       <c r="K5" s="67">
         <v>45930</v>
       </c>
-    </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L5" s="67">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A6" s="20" t="s">
         <v>182</v>
       </c>
       <c r="B6" s="41" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="81">
         <v>349.61178503999997</v>
       </c>
       <c r="D6" s="81">
         <v>354.43629920999996</v>
       </c>
       <c r="E6" s="81">
         <v>347.18110417000003</v>
       </c>
       <c r="F6" s="81">
         <v>337.40491652999992</v>
       </c>
       <c r="G6" s="81">
         <v>328.11336333999998</v>
       </c>
       <c r="H6" s="81">
         <v>330.89674551000007</v>
       </c>
       <c r="I6" s="81">
         <v>477.18668929999995</v>
       </c>
       <c r="J6" s="81">
         <v>307.32244359000003</v>
       </c>
       <c r="K6" s="81">
         <v>304.71478775000003</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L6" s="81">
+        <v>671.04615045999992</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A7" s="20" t="s">
         <v>183</v>
       </c>
       <c r="B7" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="81">
         <v>154677.58147837862</v>
       </c>
       <c r="D7" s="81">
         <v>154833.98306783015</v>
       </c>
       <c r="E7" s="81">
         <v>157531.28225287941</v>
       </c>
       <c r="F7" s="81">
         <v>160154.61659862963</v>
       </c>
       <c r="G7" s="81">
         <v>157027.34980193549</v>
       </c>
       <c r="H7" s="81">
         <v>156031.86764614185</v>
       </c>
       <c r="I7" s="81">
         <v>162404.47502017173</v>
       </c>
       <c r="J7" s="81">
         <v>162639.8764647959</v>
       </c>
       <c r="K7" s="81">
         <v>163688.47687155195</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L7" s="81">
+        <v>163635.16382725566</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A8" s="20" t="s">
         <v>184</v>
       </c>
       <c r="B8" s="41" t="s">
         <v>68</v>
       </c>
       <c r="C8" s="81">
         <v>86233.117493956001</v>
       </c>
       <c r="D8" s="81">
         <v>86178.223547210742</v>
       </c>
       <c r="E8" s="81">
         <v>86826.093994245792</v>
       </c>
       <c r="F8" s="81">
         <v>88085.242082646029</v>
       </c>
       <c r="G8" s="81">
         <v>85384.107852763453</v>
       </c>
       <c r="H8" s="81">
         <v>84498.583185273135</v>
       </c>
       <c r="I8" s="81">
         <v>88533.022702063725</v>
       </c>
       <c r="J8" s="81">
         <v>87765.930129166634</v>
       </c>
       <c r="K8" s="81">
         <v>87990.192667205498</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L8" s="81">
+        <v>88194.284618397476</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>185</v>
       </c>
       <c r="B9" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="82">
         <v>9954.6630407748089</v>
       </c>
       <c r="D9" s="82">
         <v>10031.24816360866</v>
       </c>
       <c r="E9" s="82">
         <v>9829.7483184860394</v>
       </c>
       <c r="F9" s="82">
         <v>9731.2597107774309</v>
       </c>
       <c r="G9" s="82">
         <v>10082.856021452712</v>
       </c>
       <c r="H9" s="82">
         <v>9890.3391366114556</v>
       </c>
       <c r="I9" s="82">
         <v>10516.741071591054</v>
       </c>
       <c r="J9" s="82">
         <v>10217.982467067521</v>
       </c>
       <c r="K9" s="82">
         <v>9377.1471511379023</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L9" s="82">
+        <v>9051.2777374921006</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="82">
         <v>958.35131366999997</v>
       </c>
       <c r="D10" s="82">
         <v>1113.4871836500001</v>
       </c>
       <c r="E10" s="82">
         <v>1155.8150115399999</v>
       </c>
       <c r="F10" s="82">
         <v>1083.4070420599999</v>
       </c>
       <c r="G10" s="82">
         <v>1084.55058439</v>
       </c>
       <c r="H10" s="82">
         <v>880.30810532999999</v>
       </c>
       <c r="I10" s="82">
         <v>853.24281237999992</v>
       </c>
       <c r="J10" s="82">
         <v>930.55878871999982</v>
       </c>
       <c r="K10" s="82">
         <v>913.88244320999991</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L10" s="82">
+        <v>897.50828320000005</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>187</v>
       </c>
       <c r="B11" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="82">
         <v>5687.27666005828</v>
       </c>
       <c r="D11" s="82">
         <v>5527.529293690639</v>
       </c>
       <c r="E11" s="82">
         <v>5563.0646455494407</v>
       </c>
       <c r="F11" s="82">
         <v>6579.1206066094392</v>
       </c>
       <c r="G11" s="82">
         <v>5756.2610590856293</v>
       </c>
       <c r="H11" s="82">
         <v>6159.7868518414598</v>
       </c>
       <c r="I11" s="82">
         <v>5760.5262962419702</v>
       </c>
       <c r="J11" s="82">
         <v>6460.5692940119698</v>
       </c>
       <c r="K11" s="82">
         <v>6342.1450984305293</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L11" s="82">
+        <v>6690.4739985841798</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>188</v>
       </c>
       <c r="B12" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="82">
         <v>47275.730985932758</v>
       </c>
       <c r="D12" s="82">
         <v>47033.858168711828</v>
       </c>
       <c r="E12" s="82">
         <v>47646.495943514106</v>
       </c>
       <c r="F12" s="82">
         <v>47822.58187079311</v>
       </c>
       <c r="G12" s="82">
         <v>45652.774950392479</v>
       </c>
       <c r="H12" s="82">
         <v>44261.779958639352</v>
       </c>
       <c r="I12" s="82">
         <v>48124.499574300833</v>
       </c>
       <c r="J12" s="82">
         <v>46881.813187794141</v>
       </c>
       <c r="K12" s="82">
         <v>48036.450977880238</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L12" s="82">
+        <v>47829.52671639793</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>189</v>
       </c>
       <c r="B13" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="82">
         <v>22357.095493520152</v>
       </c>
       <c r="D13" s="82">
         <v>22472.100737549608</v>
       </c>
       <c r="E13" s="82">
         <v>22630.970075156209</v>
       </c>
       <c r="F13" s="82">
         <v>22868.87285240605</v>
       </c>
       <c r="G13" s="82">
         <v>22807.66523744263</v>
       </c>
       <c r="H13" s="82">
         <v>23306.369132850876</v>
       </c>
       <c r="I13" s="82">
         <v>23278.012947549876</v>
       </c>
       <c r="J13" s="82">
         <v>23275.006391572999</v>
       </c>
       <c r="K13" s="82">
         <v>23320.566996546833</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L13" s="82">
+        <v>23725.497882723274</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A14" s="20" t="s">
         <v>190</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="81">
         <v>68444.463984422619</v>
       </c>
       <c r="D14" s="81">
         <v>68655.759520619409</v>
       </c>
       <c r="E14" s="81">
         <v>70705.1882586336</v>
       </c>
       <c r="F14" s="81">
         <v>72069.374515983596</v>
       </c>
       <c r="G14" s="81">
         <v>71643.241949172021</v>
       </c>
       <c r="H14" s="81">
         <v>71533.284460868716</v>
       </c>
       <c r="I14" s="81">
         <v>73871.452318107986</v>
       </c>
       <c r="J14" s="81">
         <v>74873.946335629269</v>
       </c>
       <c r="K14" s="81">
         <v>75698.284204346433</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L14" s="81">
+        <v>75440.879208858183</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="82">
         <v>6102.9990580995009</v>
       </c>
       <c r="D15" s="82">
         <v>6164.3114689769</v>
       </c>
       <c r="E15" s="82">
         <v>6156.3351391872002</v>
       </c>
       <c r="F15" s="82">
         <v>6494.2515857871995</v>
       </c>
       <c r="G15" s="82">
         <v>6941.4410847137997</v>
       </c>
       <c r="H15" s="82">
         <v>7460.7787846018</v>
       </c>
       <c r="I15" s="82">
         <v>8200.1480176641999</v>
       </c>
       <c r="J15" s="82">
         <v>7884.6753866407007</v>
       </c>
       <c r="K15" s="82">
         <v>8283.6422790124998</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L15" s="82">
+        <v>8369.2638716907004</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="82">
         <v>857.63558400239992</v>
       </c>
       <c r="D16" s="82">
         <v>891.78113405900001</v>
       </c>
       <c r="E16" s="82">
         <v>910.98820074529999</v>
       </c>
       <c r="F16" s="82">
         <v>1035.4558872652999</v>
       </c>
       <c r="G16" s="82">
         <v>1124.8427594213997</v>
       </c>
       <c r="H16" s="82">
         <v>1117.8394638892999</v>
       </c>
       <c r="I16" s="82">
         <v>1100.1436350975002</v>
       </c>
       <c r="J16" s="82">
         <v>1121.3615293324999</v>
       </c>
       <c r="K16" s="82">
         <v>859.45124280720017</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L16" s="82">
+        <v>955.14125423860003</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>192</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="82">
         <v>7703.8729798511995</v>
       </c>
       <c r="D17" s="82">
         <v>7535.4623999119995</v>
       </c>
       <c r="E17" s="82">
         <v>7650.069175167001</v>
       </c>
       <c r="F17" s="82">
         <v>7403.4182097370003</v>
       </c>
       <c r="G17" s="82">
         <v>6961.8713089208995</v>
       </c>
       <c r="H17" s="82">
         <v>6772.0854955173008</v>
       </c>
       <c r="I17" s="82">
         <v>6824.9640537794003</v>
       </c>
       <c r="J17" s="82">
         <v>6782.6441291363999</v>
       </c>
       <c r="K17" s="82">
         <v>7012.5692745376</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L17" s="82">
+        <v>7199.2787957763003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>193</v>
       </c>
       <c r="B18" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C18" s="82">
         <v>24423.234781180123</v>
       </c>
       <c r="D18" s="82">
         <v>24379.371848056617</v>
       </c>
       <c r="E18" s="82">
         <v>25946.887103848203</v>
       </c>
       <c r="F18" s="82">
         <v>26666.68300412238</v>
       </c>
       <c r="G18" s="82">
         <v>25932.444760280301</v>
       </c>
       <c r="H18" s="82">
         <v>25389.668079602798</v>
       </c>
       <c r="I18" s="82">
         <v>26222.569424475671</v>
       </c>
       <c r="J18" s="82">
         <v>26937.12848835452</v>
       </c>
       <c r="K18" s="82">
         <v>27170.207519659762</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L18" s="82">
+        <v>26959.327219483945</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>194</v>
       </c>
       <c r="B19" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="82">
         <v>29356.721581289392</v>
       </c>
       <c r="D19" s="82">
         <v>29684.832669614887</v>
       </c>
       <c r="E19" s="82">
         <v>30040.908639685887</v>
       </c>
       <c r="F19" s="82">
         <v>30469.565829071718</v>
       </c>
       <c r="G19" s="82">
         <v>30682.642035835615</v>
       </c>
       <c r="H19" s="82">
         <v>30792.912637257512</v>
       </c>
       <c r="I19" s="82">
         <v>31523.627187091217</v>
       </c>
       <c r="J19" s="82">
         <v>32148.136802165151</v>
       </c>
       <c r="K19" s="82">
         <v>32372.413888329374</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L19" s="82">
+        <v>31957.868067668631</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A20" s="20" t="s">
         <v>196</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="82">
         <v>0</v>
       </c>
       <c r="D20" s="82">
         <v>0</v>
       </c>
       <c r="E20" s="82">
         <v>0</v>
       </c>
       <c r="F20" s="82">
         <v>0</v>
       </c>
       <c r="G20" s="82">
         <v>0</v>
       </c>
       <c r="H20" s="82">
         <v>0</v>
       </c>
       <c r="I20" s="82">
         <v>0</v>
       </c>
       <c r="J20" s="82">
         <v>0</v>
       </c>
       <c r="K20" s="82">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L20" s="82">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A21" s="20" t="s">
         <v>197</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="81">
         <v>8842.5011990677685</v>
       </c>
       <c r="D21" s="81">
         <v>9550.5878933843396</v>
       </c>
       <c r="E21" s="81">
         <v>8265.6409402885038</v>
       </c>
       <c r="F21" s="81">
         <v>7982.1175392839777</v>
       </c>
       <c r="G21" s="81">
         <v>8813.2770227388046</v>
       </c>
       <c r="H21" s="81">
         <v>8942.4099954132071</v>
       </c>
       <c r="I21" s="81">
         <v>7811.6290709901386</v>
       </c>
       <c r="J21" s="81">
         <v>8161.3349871550272</v>
       </c>
       <c r="K21" s="81">
         <v>9289.0687771262201</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L21" s="81">
+        <v>10528.244088553169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A22" s="20" t="s">
         <v>198</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="81">
         <v>17673.097950176725</v>
       </c>
       <c r="D22" s="81">
         <v>17790.001860381581</v>
       </c>
       <c r="E22" s="81">
         <v>17552.686493300222</v>
       </c>
       <c r="F22" s="81">
         <v>17667.045307467855</v>
       </c>
       <c r="G22" s="81">
         <v>16627.695876935355</v>
       </c>
       <c r="H22" s="81">
         <v>16482.79335023191</v>
       </c>
       <c r="I22" s="81">
         <v>15712.617682265471</v>
       </c>
       <c r="J22" s="81">
         <v>16441.317897279703</v>
       </c>
       <c r="K22" s="81">
         <v>16531.523559763365</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" s="7" customFormat="1" ht="14.4">
+      <c r="L22" s="81">
+        <v>17706.871654951865</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="7" customFormat="1" ht="14.4">
       <c r="A23" s="14" t="s">
         <v>199</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="82">
         <v>16305.724350404724</v>
       </c>
       <c r="D23" s="82">
         <v>16416.660210641581</v>
       </c>
       <c r="E23" s="82">
         <v>15920.876307168222</v>
       </c>
       <c r="F23" s="82">
         <v>16039.271879727856</v>
       </c>
       <c r="G23" s="82">
         <v>14991.239613885356</v>
       </c>
       <c r="H23" s="82">
         <v>14851.091302391909</v>
       </c>
       <c r="I23" s="82">
         <v>14282.703701995471</v>
       </c>
       <c r="J23" s="82">
         <v>15008.324725419701</v>
       </c>
       <c r="K23" s="82">
         <v>15101.314223773366</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L23" s="82">
+        <v>16280.903936411865</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A24" s="20" t="s">
         <v>200</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="81">
         <v>217.37200000000001</v>
       </c>
       <c r="D24" s="81">
         <v>218.90299999999999</v>
       </c>
       <c r="E24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="F24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="G24" s="81">
         <v>206.00700000000001</v>
       </c>
       <c r="H24" s="81">
         <v>202.81700000000001</v>
       </c>
       <c r="I24" s="81">
         <v>200.13300000000001</v>
       </c>
       <c r="J24" s="81">
         <v>210.50299999999999</v>
       </c>
       <c r="K24" s="81">
         <v>217.39699999999999</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L24" s="81">
+        <v>218.07499999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A25" s="20" t="s">
         <v>201</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="81">
         <v>201.03761451</v>
       </c>
       <c r="D25" s="81">
         <v>208.48768568999998</v>
       </c>
       <c r="E25" s="81">
         <v>224.80110109999998</v>
       </c>
       <c r="F25" s="81">
         <v>248.69799896000001</v>
       </c>
       <c r="G25" s="81">
         <v>309.47571665999999</v>
       </c>
       <c r="H25" s="81">
         <v>327.35028055999999</v>
       </c>
       <c r="I25" s="81">
         <v>309.87405195000002</v>
       </c>
       <c r="J25" s="81">
         <v>284.65370315000001</v>
       </c>
       <c r="K25" s="81">
         <v>298.70443951000004</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L25" s="81">
+        <v>272.38309644000003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A26" s="20" t="s">
         <v>202</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="81">
         <v>28781.167072575936</v>
       </c>
       <c r="D26" s="81">
         <v>28109.510492363926</v>
       </c>
       <c r="E26" s="81">
         <v>28132.165627864433</v>
       </c>
       <c r="F26" s="81">
         <v>28521.067841894434</v>
       </c>
       <c r="G26" s="81">
         <v>29076.764678484429</v>
       </c>
       <c r="H26" s="81">
         <v>29314.853146665107</v>
       </c>
       <c r="I26" s="81">
         <v>29926.254222134427</v>
       </c>
       <c r="J26" s="81">
         <v>29596.664120214431</v>
       </c>
       <c r="K26" s="81">
         <v>28936.254716464431</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L26" s="81">
+        <v>29392.023581700003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>203</v>
       </c>
       <c r="B27" s="42" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="82">
         <v>5100.6581401500007</v>
       </c>
       <c r="D27" s="82">
         <v>5089.2442310799997</v>
       </c>
       <c r="E27" s="82">
         <v>5081.33391355</v>
       </c>
       <c r="F27" s="82">
         <v>5081.6649330600003</v>
       </c>
       <c r="G27" s="82">
         <v>5180.7304631499992</v>
       </c>
       <c r="H27" s="82">
         <v>5180.5462155100004</v>
       </c>
       <c r="I27" s="82">
         <v>5205.3918421100007</v>
       </c>
       <c r="J27" s="82">
         <v>5205.4081876600003</v>
       </c>
       <c r="K27" s="82">
         <v>5205.4246070200006</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L27" s="82">
+        <v>5204.4404301200002</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>204</v>
       </c>
       <c r="B28" s="42" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="82">
         <v>13658.340643289999</v>
       </c>
       <c r="D28" s="82">
         <v>13496.6544146</v>
       </c>
       <c r="E28" s="82">
         <v>13296.53424182</v>
       </c>
       <c r="F28" s="82">
         <v>13283.897844810002</v>
       </c>
       <c r="G28" s="82">
         <v>13306.43055829</v>
       </c>
       <c r="H28" s="82">
         <v>13278.974279159997</v>
       </c>
       <c r="I28" s="82">
         <v>14045.761089279997</v>
       </c>
       <c r="J28" s="82">
         <v>14065.167769719998</v>
       </c>
       <c r="K28" s="82">
         <v>13738.443455599998</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L28" s="82">
+        <v>13637.730681459998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>205</v>
       </c>
       <c r="B29" s="42" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="82">
         <v>8199.6756165700008</v>
       </c>
       <c r="D29" s="82">
         <v>8194.5642724299996</v>
       </c>
       <c r="E29" s="82">
         <v>8191.0140049300007</v>
       </c>
       <c r="F29" s="82">
         <v>8159.9588101400004</v>
       </c>
       <c r="G29" s="82">
         <v>8185.3187226800001</v>
       </c>
       <c r="H29" s="82">
         <v>8176.1246809392778</v>
       </c>
       <c r="I29" s="82">
         <v>9127.7570977100004</v>
       </c>
       <c r="J29" s="82">
         <v>9120.2465452699998</v>
       </c>
       <c r="K29" s="82">
         <v>9147.0384451500013</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L29" s="82">
+        <v>9054.8961374400005</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="42" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="D30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="E30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="F30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="G30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="H30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="I30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="J30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="K30" s="82">
         <v>2.91498474</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L30" s="82">
+        <v>2.91498474</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>207</v>
       </c>
       <c r="B31" s="42" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="82">
         <v>1817.890139235938</v>
       </c>
       <c r="D31" s="82">
         <v>1324.4450409239312</v>
       </c>
       <c r="E31" s="82">
         <v>1558.6809342344313</v>
       </c>
       <c r="F31" s="82">
         <v>1990.9437205544305</v>
       </c>
       <c r="G31" s="82">
         <v>2399.6824010344308</v>
       </c>
       <c r="H31" s="82">
         <v>2676.2929863158352</v>
       </c>
       <c r="I31" s="82">
         <v>1544.4292082944314</v>
       </c>
       <c r="J31" s="82">
         <v>1202.9266328244303</v>
       </c>
       <c r="K31" s="82">
         <v>842.43322395443136</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L31" s="82">
+        <v>1492.0413479399999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A32" s="20" t="s">
         <v>208</v>
       </c>
       <c r="B32" s="41" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="81">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D32" s="81">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E32" s="81">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F32" s="81">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G32" s="81">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H32" s="81">
         <v>-7160.567519844295</v>
       </c>
       <c r="I32" s="81">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J32" s="81">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K32" s="81">
         <v>-4820.8173775847408</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" s="10" customFormat="1" ht="13.8">
+      <c r="L32" s="81">
+        <v>-7557.8503079210568</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="10" customFormat="1" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>211</v>
       </c>
       <c r="B33" s="56" t="s">
         <v>316</v>
       </c>
       <c r="C33" s="82">
         <v>5515.6539896390896</v>
       </c>
       <c r="D33" s="82">
         <v>6420.9029666311199</v>
       </c>
       <c r="E33" s="82">
         <v>6068.1645040163694</v>
       </c>
       <c r="F33" s="82">
         <v>8384.4950380346472</v>
       </c>
       <c r="G33" s="82">
         <v>8873.2658950678906</v>
       </c>
       <c r="H33" s="82">
         <v>8059.4019223157084</v>
       </c>
       <c r="I33" s="82">
         <v>7493.4901237334179</v>
       </c>
       <c r="J33" s="82">
         <v>8369.4187281557206</v>
       </c>
       <c r="K33" s="82">
         <v>8939.364085956011</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L33" s="82">
+        <v>9167.2187793046633</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A34" s="14" t="s">
         <v>209</v>
       </c>
       <c r="B34" s="42" t="s">
         <v>325</v>
       </c>
       <c r="C34" s="82">
         <v>-7815.1333086756858</v>
       </c>
       <c r="D34" s="82">
         <v>-6195.5651865358623</v>
       </c>
       <c r="E34" s="82">
         <v>-6029.7106690350474</v>
       </c>
       <c r="F34" s="82">
         <v>-5900.3596984295773</v>
       </c>
       <c r="G34" s="82">
         <v>-6484.5492897896447</v>
       </c>
       <c r="H34" s="82">
         <v>-7302.9597630601484</v>
       </c>
       <c r="I34" s="82">
         <v>-6404.7053453346753</v>
       </c>
       <c r="J34" s="82">
         <v>-6288.7958474148327</v>
       </c>
       <c r="K34" s="82">
         <v>-5370.9277409201968</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" s="7" customFormat="1" ht="13.8">
+      <c r="L34" s="82">
+        <v>-6225.3516802107461</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="7" customFormat="1" ht="13.8">
       <c r="A35" s="14" t="s">
         <v>210</v>
       </c>
       <c r="B35" s="42" t="s">
         <v>324</v>
       </c>
       <c r="C35" s="82">
         <v>9618.5626316353482</v>
       </c>
       <c r="D35" s="82">
         <v>10935.047466925975</v>
       </c>
       <c r="E35" s="82">
         <v>8988.1278556762663</v>
       </c>
       <c r="F35" s="82">
         <v>8681.9211778869158</v>
       </c>
       <c r="G35" s="82">
         <v>9077.8427542132995</v>
       </c>
       <c r="H35" s="82">
         <v>8201.7941655315626</v>
       </c>
       <c r="I35" s="82">
         <v>8057.0256921332093</v>
       </c>
       <c r="J35" s="82">
         <v>8541.4044631290344</v>
       </c>
       <c r="K35" s="82">
         <v>9489.474449291467</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" ht="13.8">
+      <c r="L35" s="82">
+        <v>7834.7201515943525</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="13.8">
       <c r="A36" s="21"/>
       <c r="B36" s="44"/>
       <c r="C36" s="83"/>
       <c r="D36" s="83"/>
       <c r="E36" s="83"/>
       <c r="F36" s="83"/>
       <c r="G36" s="83"/>
       <c r="H36" s="83"/>
       <c r="I36" s="83"/>
       <c r="J36" s="83"/>
       <c r="K36" s="83"/>
-    </row>
-    <row r="37" spans="1:11" ht="13.8">
+      <c r="L36" s="83"/>
+    </row>
+    <row r="37" spans="1:12" ht="13.8">
       <c r="B37" s="45"/>
     </row>
-    <row r="38" spans="1:11" ht="13.8">
+    <row r="38" spans="1:12" ht="13.8">
       <c r="B38" s="45"/>
     </row>
-    <row r="39" spans="1:11" ht="13.8">
+    <row r="39" spans="1:12" ht="13.8">
       <c r="B39" s="45"/>
     </row>
-    <row r="40" spans="1:11" ht="13.8">
+    <row r="40" spans="1:12" ht="13.8">
       <c r="B40" s="45"/>
     </row>
-    <row r="41" spans="1:11" ht="13.8">
+    <row r="41" spans="1:12" ht="13.8">
       <c r="B41" s="45"/>
     </row>
-    <row r="42" spans="1:11" ht="13.8">
+    <row r="42" spans="1:12" ht="13.8">
       <c r="B42" s="45"/>
     </row>
-    <row r="43" spans="1:11" ht="13.8">
+    <row r="43" spans="1:12" ht="13.8">
       <c r="B43" s="45"/>
     </row>
-    <row r="44" spans="1:11" ht="13.8">
+    <row r="44" spans="1:12" ht="13.8">
       <c r="B44" s="45"/>
     </row>
-    <row r="45" spans="1:11" ht="13.8">
+    <row r="45" spans="1:12" ht="13.8">
       <c r="B45" s="45"/>
     </row>
-    <row r="46" spans="1:11" ht="13.8">
+    <row r="46" spans="1:12" ht="13.8">
       <c r="B46" s="45"/>
     </row>
-    <row r="47" spans="1:11" ht="13.8">
+    <row r="47" spans="1:12" ht="13.8">
       <c r="B47" s="45"/>
     </row>
-    <row r="48" spans="1:11" ht="13.8">
+    <row r="48" spans="1:12" ht="13.8">
       <c r="B48" s="45"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="45"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="45"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="45"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="45"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="45"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="45"/>
     </row>
     <row r="55" spans="2:2" ht="13.8">
       <c r="B55" s="45"/>
     </row>
     <row r="56" spans="2:2" ht="13.8">
       <c r="B56" s="45"/>
@@ -10548,1516 +10915,1641 @@
     </row>
     <row r="84" spans="2:2" ht="13.8">
       <c r="B84" s="45"/>
     </row>
     <row r="85" spans="2:2" ht="13.8">
       <c r="B85" s="45"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27592" divId="Set of Tables_27592" sourceType="range" sourceRef="B1:B36" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K188"/>
+  <dimension ref="A1:L188"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="J2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="V35" sqref="V35"/>
+      <selection pane="bottomRight" activeCell="Q45" sqref="Q45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="4.88671875" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
-    <col min="3" max="11" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="12" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:11" ht="13.8">
+    <row r="4" spans="1:12" ht="13.8">
       <c r="A4" s="22" t="s">
         <v>97</v>
       </c>
       <c r="B4" s="35" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="67">
         <v>45688</v>
       </c>
       <c r="D4" s="67">
         <v>45716</v>
       </c>
       <c r="E4" s="67">
         <v>45747</v>
       </c>
       <c r="F4" s="67">
         <v>45777</v>
       </c>
       <c r="G4" s="67">
         <v>45808</v>
       </c>
       <c r="H4" s="67">
         <v>45838</v>
       </c>
       <c r="I4" s="67">
         <v>45869</v>
       </c>
       <c r="J4" s="67">
         <v>45900</v>
       </c>
       <c r="K4" s="67">
         <v>45930</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" ht="13.8">
+      <c r="L4" s="67">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="13.8">
       <c r="A5" s="22"/>
       <c r="B5" s="31"/>
       <c r="C5" s="68"/>
       <c r="D5" s="68"/>
       <c r="E5" s="68"/>
       <c r="F5" s="68"/>
       <c r="G5" s="68"/>
       <c r="H5" s="68"/>
       <c r="I5" s="68"/>
       <c r="J5" s="68"/>
       <c r="K5" s="68"/>
-    </row>
-    <row r="6" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L5" s="68"/>
+    </row>
+    <row r="6" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>212</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>79487.12580453133</v>
       </c>
       <c r="D6" s="75">
         <v>77734.071732186523</v>
       </c>
       <c r="E6" s="75">
         <v>88243.725993976521</v>
       </c>
       <c r="F6" s="75">
         <v>89736.54613195124</v>
       </c>
       <c r="G6" s="75">
         <v>84489.748279230727</v>
       </c>
       <c r="H6" s="75">
         <v>84103.482814650313</v>
       </c>
       <c r="I6" s="75">
         <v>89202.564140780945</v>
       </c>
       <c r="J6" s="75">
         <v>88225.356532427497</v>
       </c>
       <c r="K6" s="75">
         <v>87671.920637208226</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L6" s="75">
+        <v>76472.483440205498</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>213</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>94661.599111360905</v>
       </c>
       <c r="D7" s="75">
         <v>92843.988986067212</v>
       </c>
       <c r="E7" s="75">
         <v>104095.69663120522</v>
       </c>
       <c r="F7" s="75">
         <v>106223.25454706693</v>
       </c>
       <c r="G7" s="75">
         <v>101243.25145422074</v>
       </c>
       <c r="H7" s="75">
         <v>100668.73306407873</v>
       </c>
       <c r="I7" s="75">
         <v>105723.52332659016</v>
       </c>
       <c r="J7" s="75">
         <v>104614.46262265743</v>
       </c>
       <c r="K7" s="75">
         <v>104031.87249155136</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" s="8" customFormat="1" ht="14.4">
+      <c r="L7" s="75">
+        <v>93141.704740139467</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="8" customFormat="1" ht="14.4">
       <c r="A8" s="17" t="s">
         <v>214</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="76">
         <v>15174.473306829575</v>
       </c>
       <c r="D8" s="76">
         <v>15109.917253880692</v>
       </c>
       <c r="E8" s="76">
         <v>15851.970637228702</v>
       </c>
       <c r="F8" s="76">
         <v>16486.708415115681</v>
       </c>
       <c r="G8" s="76">
         <v>16753.503174990015</v>
       </c>
       <c r="H8" s="76">
         <v>16565.250249428413</v>
       </c>
       <c r="I8" s="76">
         <v>16520.959185809217</v>
       </c>
       <c r="J8" s="76">
         <v>16389.106090229932</v>
       </c>
       <c r="K8" s="76">
         <v>16359.951854343128</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L8" s="76">
+        <v>16669.221299933968</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>215</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="75">
         <v>158873.00005045836</v>
       </c>
       <c r="D9" s="75">
         <v>163585.81614454952</v>
       </c>
       <c r="E9" s="75">
         <v>160715.86464035109</v>
       </c>
       <c r="F9" s="75">
         <v>158058.48629120615</v>
       </c>
       <c r="G9" s="75">
         <v>158655.18551961627</v>
       </c>
       <c r="H9" s="75">
         <v>157707.13475940051</v>
       </c>
       <c r="I9" s="75">
         <v>159560.01989943214</v>
       </c>
       <c r="J9" s="75">
         <v>161197.45340299024</v>
       </c>
       <c r="K9" s="75">
         <v>165076.38315259715</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L9" s="75">
+        <v>176356.12407078792</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>216</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="75">
         <v>33368.773339629995</v>
       </c>
       <c r="D10" s="75">
         <v>38518.215819810001</v>
       </c>
       <c r="E10" s="75">
         <v>35147.995281049996</v>
       </c>
       <c r="F10" s="75">
         <v>32054.787446059992</v>
       </c>
       <c r="G10" s="75">
         <v>32482.947107569998</v>
       </c>
       <c r="H10" s="75">
         <v>30483.43343564</v>
       </c>
       <c r="I10" s="75">
         <v>32585.963359180008</v>
       </c>
       <c r="J10" s="75">
         <v>33683.44318106</v>
       </c>
       <c r="K10" s="75">
         <v>35824.141409100004</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L10" s="75">
+        <v>47538.255410340003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D11" s="76">
         <v>42429.96686298</v>
       </c>
       <c r="E11" s="76">
         <v>46320.073926450001</v>
       </c>
       <c r="F11" s="76">
         <v>44655.826444409991</v>
       </c>
       <c r="G11" s="76">
         <v>44922.881896049999</v>
       </c>
       <c r="H11" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I11" s="76">
         <v>46623.443230990008</v>
       </c>
       <c r="J11" s="76">
         <v>45754.861533470001</v>
       </c>
       <c r="K11" s="76">
         <v>47639.778700760005</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" s="8" customFormat="1" ht="14.4">
+      <c r="L11" s="76">
+        <v>52394.597133110001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="8" customFormat="1" ht="14.4">
       <c r="A12" s="17" t="s">
         <v>218</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="76">
         <v>7496.9104793799997</v>
       </c>
       <c r="D12" s="76">
         <v>3911.7510431700011</v>
       </c>
       <c r="E12" s="76">
         <v>11172.078645400001</v>
       </c>
       <c r="F12" s="76">
         <v>12601.038998350001</v>
       </c>
       <c r="G12" s="76">
         <v>12439.934788480001</v>
       </c>
       <c r="H12" s="76">
         <v>13040.73747708</v>
       </c>
       <c r="I12" s="76">
         <v>14037.479871809997</v>
       </c>
       <c r="J12" s="76">
         <v>12071.418352410001</v>
       </c>
       <c r="K12" s="76">
         <v>11815.637291660001</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L12" s="76">
+        <v>4856.3417227700002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>219</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="75">
         <v>125504.22671082837</v>
       </c>
       <c r="D13" s="75">
         <v>125067.60032473953</v>
       </c>
       <c r="E13" s="75">
         <v>125567.86935930111</v>
       </c>
       <c r="F13" s="75">
         <v>126003.69884514617</v>
       </c>
       <c r="G13" s="75">
         <v>126172.23841204627</v>
       </c>
       <c r="H13" s="75">
         <v>127223.7013237605</v>
       </c>
       <c r="I13" s="75">
         <v>126974.05654025215</v>
       </c>
       <c r="J13" s="75">
         <v>127514.01022193024</v>
       </c>
       <c r="K13" s="75">
         <v>129252.24174349714</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L13" s="75">
+        <v>128817.86866044792</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>220</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="76">
         <v>4163.182234500001</v>
       </c>
       <c r="D14" s="76">
         <v>4174.4503525699993</v>
       </c>
       <c r="E14" s="76">
         <v>4122.8214133199999</v>
       </c>
       <c r="F14" s="76">
         <v>4028.9738768932261</v>
       </c>
       <c r="G14" s="76">
         <v>4043.4720601319996</v>
       </c>
       <c r="H14" s="76">
         <v>4028.4914448400004</v>
       </c>
       <c r="I14" s="76">
         <v>3924.7226958471247</v>
       </c>
       <c r="J14" s="76">
         <v>3900.4392948067693</v>
       </c>
       <c r="K14" s="76">
         <v>3975.0677953850354</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L14" s="76">
+        <v>3949.2338352149218</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>221</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D15" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E15" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F15" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G15" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H15" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I15" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J15" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K15" s="76">
         <v>108.5073112800001</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L15" s="76">
+        <v>109.75725496000015</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>222</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D16" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E16" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F16" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G16" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H16" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I16" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J16" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K16" s="76">
         <v>1817.7757332713231</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L16" s="76">
+        <v>1702.9677951800002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>223</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D17" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E17" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F17" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G17" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H17" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I17" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J17" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K17" s="76">
         <v>52890.973113317581</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L17" s="76">
+        <v>52605.953178977063</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>224</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="76">
         <v>68820.931898121024</v>
       </c>
       <c r="D18" s="76">
         <v>68896.893900806244</v>
       </c>
       <c r="E18" s="76">
         <v>68977.710817023079</v>
       </c>
       <c r="F18" s="76">
         <v>69120.761994316592</v>
       </c>
       <c r="G18" s="76">
         <v>69294.149816998615</v>
       </c>
       <c r="H18" s="76">
         <v>69504.514162115112</v>
       </c>
       <c r="I18" s="76">
         <v>69834.670389163453</v>
       </c>
       <c r="J18" s="76">
         <v>70008.533342304552</v>
       </c>
       <c r="K18" s="76">
         <v>70459.917790243198</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L18" s="76">
+        <v>70449.956596115939</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="52" t="s">
         <v>225</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="75">
         <v>158420.3055185175</v>
       </c>
       <c r="D19" s="75">
         <v>158492.8443376706</v>
       </c>
       <c r="E19" s="75">
         <v>161262.18250523665</v>
       </c>
       <c r="F19" s="75">
         <v>163825.9515960507</v>
       </c>
       <c r="G19" s="75">
         <v>160956.12272478139</v>
       </c>
       <c r="H19" s="75">
         <v>159956.14980810968</v>
       </c>
       <c r="I19" s="75">
         <v>166256.94681606884</v>
       </c>
       <c r="J19" s="75">
         <v>166688.6711379773</v>
       </c>
       <c r="K19" s="75">
         <v>167655.27424115609</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L19" s="75">
+        <v>167633.52729466581</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>226</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="75">
         <v>3742.7240187488833</v>
       </c>
       <c r="D20" s="75">
         <v>3658.8612484504674</v>
       </c>
       <c r="E20" s="75">
         <v>3730.9002309672678</v>
       </c>
       <c r="F20" s="75">
         <v>3671.3349760310766</v>
       </c>
       <c r="G20" s="75">
         <v>3928.7729014559122</v>
       </c>
       <c r="H20" s="75">
         <v>3924.2821405778277</v>
       </c>
       <c r="I20" s="75">
         <v>3852.4717745071116</v>
       </c>
       <c r="J20" s="75">
         <v>4048.7946517913902</v>
       </c>
       <c r="K20" s="75">
         <v>3966.797348214157</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L20" s="75">
+        <v>3998.3634460201483</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="75">
         <v>86233.117515346006</v>
       </c>
       <c r="D21" s="75">
         <v>86178.223568600733</v>
       </c>
       <c r="E21" s="75">
         <v>86826.094015635797</v>
       </c>
       <c r="F21" s="75">
         <v>88085.242104036035</v>
       </c>
       <c r="G21" s="75">
         <v>85384.107874153444</v>
       </c>
       <c r="H21" s="75">
         <v>84498.583206663141</v>
       </c>
       <c r="I21" s="75">
         <v>88533.022723453731</v>
       </c>
       <c r="J21" s="75">
         <v>87765.93015055664</v>
       </c>
       <c r="K21" s="75">
         <v>87990.192688595504</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L21" s="75">
+        <v>88194.284639787482</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>228</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D22" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E22" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F22" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G22" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H22" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I22" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J22" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K22" s="76">
         <v>9377.1471511379023</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L22" s="76">
+        <v>9051.2777374921006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>229</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D23" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E23" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F23" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G23" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H23" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I23" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J23" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K23" s="76">
         <v>913.88244320999991</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L23" s="76">
+        <v>897.50828320000005</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D24" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E24" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F24" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G24" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H24" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I24" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J24" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K24" s="76">
         <v>6342.1450984305293</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L24" s="76">
+        <v>6690.4739985841798</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>231</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="76">
         <v>47275.730985932758</v>
       </c>
       <c r="D25" s="76">
         <v>47033.858168711828</v>
       </c>
       <c r="E25" s="76">
         <v>47646.495943514106</v>
       </c>
       <c r="F25" s="76">
         <v>47822.58187079311</v>
       </c>
       <c r="G25" s="76">
         <v>45652.774950392479</v>
       </c>
       <c r="H25" s="76">
         <v>44261.779958639352</v>
       </c>
       <c r="I25" s="76">
         <v>48124.499574300833</v>
       </c>
       <c r="J25" s="76">
         <v>46881.813187794141</v>
       </c>
       <c r="K25" s="76">
         <v>48036.450977880238</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L25" s="76">
+        <v>47829.52671639793</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>232</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="76">
         <v>22357.09551491015</v>
       </c>
       <c r="D26" s="76">
         <v>22472.100758939607</v>
       </c>
       <c r="E26" s="76">
         <v>22630.970096546207</v>
       </c>
       <c r="F26" s="76">
         <v>22868.872873796048</v>
       </c>
       <c r="G26" s="76">
         <v>22807.665258832629</v>
       </c>
       <c r="H26" s="76">
         <v>23306.369154240874</v>
       </c>
       <c r="I26" s="76">
         <v>23278.012968939875</v>
       </c>
       <c r="J26" s="76">
         <v>23275.006412962997</v>
       </c>
       <c r="K26" s="76">
         <v>23320.567017936832</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" s="8" customFormat="1" ht="14.4">
+      <c r="L26" s="76">
+        <v>23725.497904113272</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="8" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>233</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="76">
         <v>0</v>
       </c>
       <c r="D27" s="76">
         <v>0</v>
       </c>
       <c r="E27" s="76">
         <v>0</v>
       </c>
       <c r="F27" s="76">
         <v>0</v>
       </c>
       <c r="G27" s="76">
         <v>0</v>
       </c>
       <c r="H27" s="76">
         <v>0</v>
       </c>
       <c r="I27" s="76">
         <v>0</v>
       </c>
       <c r="J27" s="76">
         <v>0</v>
       </c>
       <c r="K27" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L27" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>234</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D28" s="75">
         <v>68655.759520619409</v>
       </c>
       <c r="E28" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F28" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G28" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H28" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I28" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J28" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K28" s="75">
         <v>75698.284204346433</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L28" s="75">
+        <v>75440.879208858183</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>235</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D29" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E29" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F29" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G29" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H29" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I29" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J29" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K29" s="76">
         <v>8283.6422790124998</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L29" s="76">
+        <v>8369.2638716907004</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>236</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D30" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E30" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F30" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G30" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H30" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I30" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J30" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K30" s="76">
         <v>859.45124280720017</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L30" s="76">
+        <v>955.14125423860003</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>237</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D31" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E31" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F31" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G31" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H31" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I31" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J31" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K31" s="76">
         <v>7012.5692745376</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L31" s="76">
+        <v>7199.2787957763003</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>238</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="76">
         <v>24423.234781180123</v>
       </c>
       <c r="D32" s="76">
         <v>24379.371848056617</v>
       </c>
       <c r="E32" s="76">
         <v>25946.887103848203</v>
       </c>
       <c r="F32" s="76">
         <v>26666.68300412238</v>
       </c>
       <c r="G32" s="76">
         <v>25932.444760280301</v>
       </c>
       <c r="H32" s="76">
         <v>25389.668079602798</v>
       </c>
       <c r="I32" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J32" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K32" s="76">
         <v>27170.207519659762</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L32" s="76">
+        <v>26959.327219483945</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>239</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="76">
         <v>29356.721581289392</v>
       </c>
       <c r="D33" s="76">
         <v>29684.832669614887</v>
       </c>
       <c r="E33" s="76">
         <v>30040.908639685887</v>
       </c>
       <c r="F33" s="76">
         <v>30469.565829071718</v>
       </c>
       <c r="G33" s="76">
         <v>30682.642035835615</v>
       </c>
       <c r="H33" s="76">
         <v>30792.912637257512</v>
       </c>
       <c r="I33" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J33" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K33" s="76">
         <v>32372.413888329374</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L33" s="76">
+        <v>31957.868067668631</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>240</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="75">
         <v>0</v>
       </c>
       <c r="D34" s="75">
         <v>0</v>
       </c>
       <c r="E34" s="75">
         <v>0</v>
       </c>
       <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="75">
         <v>0</v>
       </c>
       <c r="H34" s="75">
         <v>0</v>
       </c>
       <c r="I34" s="75">
         <v>0</v>
       </c>
       <c r="J34" s="75">
         <v>0</v>
       </c>
       <c r="K34" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L34" s="75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A35" s="17" t="s">
         <v>241</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="75">
         <v>8843.2621185477692</v>
       </c>
       <c r="D35" s="75">
         <v>9552.4249051543393</v>
       </c>
       <c r="E35" s="75">
         <v>8267.4806478985029</v>
       </c>
       <c r="F35" s="75">
         <v>7982.5745370839777</v>
       </c>
       <c r="G35" s="75">
         <v>8813.640199888805</v>
       </c>
       <c r="H35" s="75">
         <v>8942.371293093207</v>
       </c>
       <c r="I35" s="75">
         <v>7811.5406047201386</v>
       </c>
       <c r="J35" s="75">
         <v>8161.0738855850268</v>
       </c>
       <c r="K35" s="75">
         <v>9288.7369485662202</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L35" s="75">
+        <v>10527.732637283169</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A36" s="17" t="s">
         <v>306</v>
       </c>
       <c r="B36" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="75">
         <v>38616.512782226724</v>
       </c>
       <c r="D36" s="75">
         <v>38907.916049041582</v>
       </c>
       <c r="E36" s="75">
         <v>38586.821818660217</v>
       </c>
       <c r="F36" s="75">
         <v>38588.031157347854</v>
       </c>
       <c r="G36" s="75">
         <v>37614.089117895361</v>
       </c>
       <c r="H36" s="75">
         <v>37918.56509942191</v>
       </c>
       <c r="I36" s="75">
         <v>37329.018978545471</v>
       </c>
       <c r="J36" s="75">
         <v>38440.880438409702</v>
       </c>
       <c r="K36" s="75">
         <v>39493.609386903365</v>
       </c>
-    </row>
-    <row r="37" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L36" s="75">
+        <v>41076.507575391865</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A37" s="17" t="s">
         <v>242</v>
       </c>
       <c r="B37" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="75">
         <v>217.37200000000001</v>
       </c>
       <c r="D37" s="75">
         <v>218.90299999999999</v>
       </c>
       <c r="E37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="F37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="G37" s="75">
         <v>206.00700000000001</v>
       </c>
       <c r="H37" s="75">
         <v>202.81700000000001</v>
       </c>
       <c r="I37" s="75">
         <v>200.13300000000001</v>
       </c>
       <c r="J37" s="75">
         <v>210.50299999999999</v>
       </c>
       <c r="K37" s="75">
         <v>217.39699999999999</v>
       </c>
-    </row>
-    <row r="38" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L37" s="75">
+        <v>218.07499999999999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A38" s="17" t="s">
         <v>243</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="75">
         <v>201.03761451</v>
       </c>
       <c r="D38" s="75">
         <v>208.48768568999998</v>
       </c>
       <c r="E38" s="75">
         <v>224.80110109999998</v>
       </c>
       <c r="F38" s="75">
         <v>248.69799896000001</v>
       </c>
       <c r="G38" s="75">
         <v>309.47571665999999</v>
       </c>
       <c r="H38" s="75">
         <v>327.35028055999999</v>
       </c>
       <c r="I38" s="75">
         <v>309.87405195000002</v>
       </c>
       <c r="J38" s="75">
         <v>284.65370315000001</v>
       </c>
       <c r="K38" s="75">
         <v>298.70443951000004</v>
       </c>
-    </row>
-    <row r="39" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L38" s="75">
+        <v>272.38309644000003</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A39" s="17" t="s">
         <v>244</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="75">
         <v>42011.131981385945</v>
       </c>
       <c r="D39" s="75">
         <v>41391.984917523929</v>
       </c>
       <c r="E39" s="75">
         <v>41442.869889234426</v>
       </c>
       <c r="F39" s="75">
         <v>41344.310297824435</v>
       </c>
       <c r="G39" s="75">
         <v>41488.313269044433</v>
       </c>
       <c r="H39" s="75">
         <v>41802.038219025104</v>
       </c>
       <c r="I39" s="75">
         <v>42507.738358314426</v>
       </c>
       <c r="J39" s="75">
         <v>42195.965395044426</v>
       </c>
       <c r="K39" s="75">
         <v>41277.944907634432</v>
       </c>
-    </row>
-    <row r="40" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L39" s="75">
+        <v>41839.486131790007</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A40" s="17" t="s">
         <v>245</v>
       </c>
       <c r="B40" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="75">
         <v>-9948.9936545370765</v>
       </c>
       <c r="D40" s="75">
         <v>-7451.4868485114412</v>
       </c>
       <c r="E40" s="75">
         <v>-1037.936368986816</v>
       </c>
       <c r="F40" s="75">
         <v>-4408.5820566837228</v>
       </c>
       <c r="G40" s="75">
         <v>-6243.597354716916</v>
       </c>
       <c r="H40" s="75">
         <v>-7336.8139178239489</v>
       </c>
       <c r="I40" s="75">
         <v>-5654.1884292341956</v>
       </c>
       <c r="J40" s="75">
         <v>-6559.9879750974405</v>
       </c>
       <c r="K40" s="75">
         <v>-5484.4826880147166</v>
       </c>
-    </row>
-    <row r="41" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L40" s="75">
+        <v>-8740.1565728027781</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A41" s="17"/>
       <c r="B41" s="57" t="s">
         <v>316</v>
       </c>
       <c r="C41" s="75">
         <v>-5334.2619305900025</v>
       </c>
       <c r="D41" s="75">
         <v>-5378.1851700299985</v>
       </c>
       <c r="E41" s="75">
         <v>1376.6536065060011</v>
       </c>
       <c r="F41" s="75">
         <v>957.94503431999874</v>
       </c>
       <c r="G41" s="75">
         <v>353.25197571000183</v>
       </c>
       <c r="H41" s="75">
         <v>109.60919879999349</v>
       </c>
       <c r="I41" s="75">
         <v>643.27384078000739</v>
       </c>
       <c r="J41" s="75">
         <v>85.958076450006956</v>
       </c>
       <c r="K41" s="75">
         <v>40.388143698889735</v>
       </c>
-    </row>
-    <row r="42" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L41" s="75">
+        <v>-380.32994747299006</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A42" s="17"/>
       <c r="B42" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C42" s="75">
         <v>-902.50705726764704</v>
       </c>
       <c r="D42" s="75">
         <v>-391.88099224043583</v>
       </c>
       <c r="E42" s="75">
         <v>695.15734188233273</v>
       </c>
       <c r="F42" s="75">
         <v>236.40646757358863</v>
       </c>
       <c r="G42" s="75">
         <v>-316.87689978268111</v>
       </c>
       <c r="H42" s="75">
         <v>-285.85559677964761</v>
       </c>
       <c r="I42" s="75">
         <v>-456.29249307931809</v>
       </c>
       <c r="J42" s="75">
         <v>-529.13593910592829</v>
       </c>
       <c r="K42" s="75">
         <v>-704.05345412886743</v>
       </c>
-    </row>
-    <row r="43" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L42" s="75">
+        <v>-801.97631740873192</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A43" s="17" t="s">
         <v>246</v>
       </c>
       <c r="B43" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C43" s="75">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D43" s="75">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E43" s="75">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F43" s="75">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G43" s="75">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H43" s="75">
         <v>-7160.567519844295</v>
       </c>
       <c r="I43" s="75">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J43" s="75">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K43" s="75">
         <v>-4820.817377584739</v>
       </c>
-    </row>
-    <row r="44" spans="1:11" ht="13.8">
+      <c r="L43" s="75">
+        <v>-7557.8503079210568</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="13.8">
       <c r="A44" s="17"/>
       <c r="B44" s="31"/>
       <c r="C44" s="72"/>
       <c r="D44" s="72"/>
       <c r="E44" s="72"/>
       <c r="F44" s="72"/>
       <c r="G44" s="72"/>
       <c r="H44" s="72"/>
       <c r="I44" s="72"/>
       <c r="J44" s="72"/>
       <c r="K44" s="72"/>
-    </row>
-    <row r="45" spans="1:11" s="4" customFormat="1" ht="13.8">
+      <c r="L44" s="72"/>
+    </row>
+    <row r="45" spans="1:12" s="4" customFormat="1" ht="13.8">
       <c r="A45" s="17"/>
       <c r="B45" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="72">
         <v>-0.5025056611848413</v>
       </c>
       <c r="D45" s="72">
         <v>-1.1861698329821593</v>
       </c>
       <c r="E45" s="72">
         <v>-1.2579588153266741</v>
       </c>
       <c r="F45" s="72">
         <v>-0.58010742581791419</v>
       </c>
       <c r="G45" s="72">
         <v>0.88312529391623684</v>
       </c>
       <c r="H45" s="72">
         <v>-1.8602083351343026</v>
       </c>
       <c r="I45" s="72">
         <v>1.5206598484282949</v>
       </c>
       <c r="J45" s="72">
         <v>1.0503503487207126</v>
       </c>
-      <c r="K45" s="72"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:11" ht="13.8">
+      <c r="K45" s="72">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="L45" s="72">
+        <v>1.0523482253629481</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="13.8">
       <c r="A46" s="18"/>
       <c r="B46" s="38"/>
       <c r="C46" s="69"/>
       <c r="D46" s="69"/>
       <c r="E46" s="69"/>
       <c r="F46" s="69"/>
       <c r="G46" s="69"/>
       <c r="H46" s="69"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="69"/>
-    </row>
-    <row r="47" spans="1:11" ht="13.8">
+      <c r="L46" s="69"/>
+    </row>
+    <row r="47" spans="1:12" ht="13.8">
       <c r="A47" s="8"/>
       <c r="B47" s="27"/>
     </row>
-    <row r="48" spans="1:11" ht="13.8">
+    <row r="48" spans="1:12" ht="13.8">
       <c r="A48" s="8"/>
       <c r="B48" s="27"/>
     </row>
     <row r="49" spans="1:2" ht="13.8">
       <c r="A49" s="8"/>
       <c r="B49" s="27"/>
     </row>
     <row r="50" spans="1:2" ht="13.8">
       <c r="A50" s="8"/>
       <c r="B50" s="27"/>
     </row>
     <row r="51" spans="1:2" ht="13.8">
       <c r="A51" s="8"/>
       <c r="B51" s="27"/>
     </row>
     <row r="52" spans="1:2" ht="13.8">
       <c r="A52" s="8"/>
       <c r="B52" s="27"/>
     </row>
     <row r="53" spans="1:2" ht="13.8">
       <c r="A53" s="8"/>
       <c r="B53" s="27"/>
     </row>
     <row r="54" spans="1:2" ht="13.8">
       <c r="A54" s="8"/>
@@ -12491,110 +12983,112 @@
     </row>
     <row r="188" spans="1:1">
       <c r="A188" s="8"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="1057" divId="Set of Tables_1057" sourceType="range" sourceRef="B1:B46" destinationFile="I:\internet\StatisticalTables\Monetary Data\Monetary Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AYM457"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="H6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
-      <selection pane="bottomRight" activeCell="R34" sqref="R34"/>
+      <selection pane="bottomRight" activeCell="O49" sqref="O49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="20.6640625" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="50.33203125" customWidth="1"/>
-    <col min="3" max="11" width="11.33203125" customWidth="1"/>
+    <col min="3" max="12" width="11.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:299" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="2" spans="1:299" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:299" ht="14.4" thickBot="1">
       <c r="B3" s="27"/>
     </row>
     <row r="4" spans="1:299" s="6" customFormat="1" ht="13.8">
       <c r="A4" s="50"/>
       <c r="B4" s="62" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="70">
         <v>45688</v>
       </c>
       <c r="D4" s="70">
         <v>45716</v>
       </c>
       <c r="E4" s="70">
         <v>45747</v>
       </c>
       <c r="F4" s="70">
         <v>45777</v>
       </c>
       <c r="G4" s="70">
         <v>45808</v>
       </c>
       <c r="H4" s="90">
         <v>45838</v>
       </c>
       <c r="I4" s="70">
         <v>45869</v>
       </c>
       <c r="J4" s="70">
         <v>45900</v>
       </c>
       <c r="K4" s="70">
         <v>45930</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" s="70">
+        <v>45961</v>
+      </c>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
@@ -12851,366 +13345,393 @@
       <c r="KB4"/>
       <c r="KC4"/>
       <c r="KD4"/>
       <c r="KE4"/>
       <c r="KF4"/>
       <c r="KG4"/>
       <c r="KH4"/>
       <c r="KI4"/>
       <c r="KJ4"/>
       <c r="KK4"/>
       <c r="KL4"/>
       <c r="KM4"/>
     </row>
     <row r="5" spans="1:299" ht="13.8">
       <c r="A5" s="51"/>
       <c r="B5" s="61"/>
       <c r="C5" s="71"/>
       <c r="D5" s="71"/>
       <c r="E5" s="71"/>
       <c r="F5" s="71"/>
       <c r="G5" s="71"/>
       <c r="H5" s="91"/>
       <c r="I5" s="71"/>
       <c r="J5" s="71"/>
       <c r="K5" s="71"/>
+      <c r="L5" s="71"/>
     </row>
     <row r="6" spans="1:299" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="58" t="s">
         <v>247</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C6" s="84">
         <v>121933.31282797406</v>
       </c>
       <c r="D6" s="84">
         <v>121649.65126008663</v>
       </c>
       <c r="E6" s="84">
         <v>122035.1935081332</v>
       </c>
       <c r="F6" s="84">
         <v>121895.9264496525</v>
       </c>
       <c r="G6" s="84">
         <v>122497.32165338506</v>
       </c>
       <c r="H6" s="92">
         <v>123609.4339708609</v>
       </c>
       <c r="I6" s="84">
         <v>125987.36676419305</v>
       </c>
       <c r="J6" s="84">
         <v>126607.76387203124</v>
       </c>
       <c r="K6" s="84">
         <v>126583.21592723204</v>
       </c>
+      <c r="L6" s="84">
+        <v>131020.49255219812</v>
+      </c>
     </row>
     <row r="7" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A7" s="58" t="s">
         <v>248</v>
       </c>
       <c r="B7" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="85">
         <v>5.4461030000000001E-2</v>
       </c>
       <c r="D7" s="85">
         <v>8.3304520000000007E-2</v>
       </c>
       <c r="E7" s="85">
         <v>7.8685469999999993E-2</v>
       </c>
       <c r="F7" s="85">
         <v>0.10366491000000001</v>
       </c>
       <c r="G7" s="85">
         <v>6.3773050000000012E-2</v>
       </c>
       <c r="H7" s="93">
         <v>4.2884430000000001E-2</v>
       </c>
       <c r="I7" s="85">
         <v>6.2463310000000001E-2</v>
       </c>
       <c r="J7" s="85">
         <v>0.15392231000000001</v>
       </c>
       <c r="K7" s="85">
         <v>7.4851110000000012E-2</v>
       </c>
+      <c r="L7" s="85">
+        <v>7.4351790000000001E-2</v>
+      </c>
     </row>
     <row r="8" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A8" s="58" t="s">
         <v>249</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="85">
         <v>8.9467379999999999</v>
       </c>
       <c r="D8" s="85">
         <v>9.0162600000000008</v>
       </c>
       <c r="E8" s="85">
         <v>8.7868206099999995</v>
       </c>
       <c r="F8" s="85">
         <v>8.6528032300000017</v>
       </c>
       <c r="G8" s="85">
         <v>8.6216938299999999</v>
       </c>
       <c r="H8" s="93">
         <v>8.5458793800000006</v>
       </c>
       <c r="I8" s="85">
         <v>8.4531087000000014</v>
       </c>
       <c r="J8" s="85">
         <v>8.3738598199999998</v>
       </c>
       <c r="K8" s="85">
         <v>8.3509951700000027</v>
       </c>
+      <c r="L8" s="85">
+        <v>8.1852912499999988</v>
+      </c>
     </row>
     <row r="9" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="58" t="s">
         <v>250</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="85">
         <v>1408.9934549300001</v>
       </c>
       <c r="D9" s="85">
         <v>1417.11463794</v>
       </c>
       <c r="E9" s="85">
         <v>1417.3097906099997</v>
       </c>
       <c r="F9" s="85">
         <v>1406.9155921400002</v>
       </c>
       <c r="G9" s="85">
         <v>1420.6594364500002</v>
       </c>
       <c r="H9" s="93">
         <v>1416.31099739</v>
       </c>
       <c r="I9" s="85">
         <v>1407.14279207</v>
       </c>
       <c r="J9" s="85">
         <v>1418.2883204499999</v>
       </c>
       <c r="K9" s="85">
         <v>1416.0499979199999</v>
       </c>
+      <c r="L9" s="85">
+        <v>1430.4996988800001</v>
+      </c>
     </row>
     <row r="10" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="58" t="s">
         <v>251</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="85">
         <v>24.844961180000002</v>
       </c>
       <c r="D10" s="85">
         <v>17.426680320000006</v>
       </c>
       <c r="E10" s="85">
         <v>28.459076660000022</v>
       </c>
       <c r="F10" s="85">
         <v>17.546160280000002</v>
       </c>
       <c r="G10" s="85">
         <v>15.659979589999999</v>
       </c>
       <c r="H10" s="93">
         <v>15.325546250000006</v>
       </c>
       <c r="I10" s="85">
         <v>29.855149320000006</v>
       </c>
       <c r="J10" s="85">
         <v>18.958217020000003</v>
       </c>
       <c r="K10" s="85">
         <v>27.306414710000031</v>
       </c>
+      <c r="L10" s="85">
+        <v>5295.9800899299998</v>
+      </c>
     </row>
     <row r="11" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="58" t="s">
         <v>252</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="85">
         <v>173.62583335000002</v>
       </c>
       <c r="D11" s="85">
         <v>170.5016074799999</v>
       </c>
       <c r="E11" s="85">
         <v>168.58132321999992</v>
       </c>
       <c r="F11" s="85">
         <v>165.32547176000006</v>
       </c>
       <c r="G11" s="85">
         <v>162.3687996700001</v>
       </c>
       <c r="H11" s="93">
         <v>158.59867292000007</v>
       </c>
       <c r="I11" s="85">
         <v>158.38049620000001</v>
       </c>
       <c r="J11" s="85">
         <v>159.42183500000007</v>
       </c>
       <c r="K11" s="85">
         <v>108.5073112800001</v>
       </c>
+      <c r="L11" s="85">
+        <v>109.75725496000015</v>
+      </c>
     </row>
     <row r="12" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="58" t="s">
         <v>253</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>312</v>
       </c>
       <c r="C12" s="85">
         <v>1645.73734977</v>
       </c>
       <c r="D12" s="85">
         <v>1842.1602757800003</v>
       </c>
       <c r="E12" s="85">
         <v>1555.1292601369778</v>
       </c>
       <c r="F12" s="85">
         <v>1421.4786610799999</v>
       </c>
       <c r="G12" s="85">
         <v>1380.0463351020198</v>
       </c>
       <c r="H12" s="93">
         <v>1438.7174992995799</v>
       </c>
       <c r="I12" s="85">
         <v>1403.5037298400002</v>
       </c>
       <c r="J12" s="85">
         <v>1348.1430368699998</v>
       </c>
       <c r="K12" s="85">
         <v>1794.9798241613232</v>
       </c>
+      <c r="L12" s="85">
+        <v>1673.8462314600001</v>
+      </c>
     </row>
     <row r="13" spans="1:299" ht="13.8">
       <c r="A13" s="58" t="s">
         <v>254</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>311</v>
       </c>
       <c r="C13" s="84">
         <v>49329.29150827734</v>
       </c>
       <c r="D13" s="84">
         <v>48980.797192543279</v>
       </c>
       <c r="E13" s="84">
         <v>49591.433608531057</v>
       </c>
       <c r="F13" s="84">
         <v>49584.34384149636</v>
       </c>
       <c r="G13" s="84">
         <v>50086.440642513626</v>
       </c>
       <c r="H13" s="92">
         <v>50888.992673965804</v>
       </c>
       <c r="I13" s="84">
         <v>50545.942260501572</v>
       </c>
       <c r="J13" s="84">
         <v>50912.343687878914</v>
       </c>
       <c r="K13" s="84">
         <v>51179.308299577177</v>
       </c>
+      <c r="L13" s="84">
+        <v>50721.016669537057</v>
+      </c>
     </row>
     <row r="14" spans="1:299" s="53" customFormat="1" ht="13.8">
       <c r="A14" s="59" t="s">
         <v>255</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="85">
         <v>42971.693629738285</v>
       </c>
       <c r="D14" s="85">
         <v>42626.645420381421</v>
       </c>
       <c r="E14" s="85">
         <v>43102.298046088516</v>
       </c>
       <c r="F14" s="85">
         <v>43034.433062785538</v>
       </c>
       <c r="G14" s="85">
         <v>43566.172259073057</v>
       </c>
       <c r="H14" s="93">
         <v>43919.047042883569</v>
       </c>
       <c r="I14" s="85">
         <v>43506.048612670747</v>
       </c>
       <c r="J14" s="85">
         <v>43774.4909941441</v>
       </c>
       <c r="K14" s="85">
         <v>43651.627694514493</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" s="85">
+        <v>43079.009904630315</v>
+      </c>
       <c r="M14"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="8"/>
       <c r="U14" s="8"/>
       <c r="V14" s="8"/>
       <c r="W14" s="8"/>
       <c r="X14" s="8"/>
       <c r="Y14" s="8"/>
       <c r="Z14" s="8"/>
       <c r="AA14" s="8"/>
       <c r="AB14" s="8"/>
       <c r="AC14" s="8"/>
       <c r="AD14" s="8"/>
       <c r="AE14" s="8"/>
       <c r="AF14" s="8"/>
       <c r="AG14" s="8"/>
       <c r="AH14" s="8"/>
       <c r="AI14" s="8"/>
       <c r="AJ14" s="8"/>
       <c r="AK14" s="8"/>
@@ -13489,51 +14010,53 @@
       </c>
       <c r="D15" s="85">
         <v>880.21582972768999</v>
       </c>
       <c r="E15" s="85">
         <v>871.06538047709682</v>
       </c>
       <c r="F15" s="85">
         <v>878.53621598227653</v>
       </c>
       <c r="G15" s="85">
         <v>878.41169828234399</v>
       </c>
       <c r="H15" s="93">
         <v>915.65840747185689</v>
       </c>
       <c r="I15" s="85">
         <v>915.03760994640459</v>
       </c>
       <c r="J15" s="85">
         <v>910.95073800567309</v>
       </c>
       <c r="K15" s="85">
         <v>910.97701931078177</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" s="85">
+        <v>910.85363966511056</v>
+      </c>
       <c r="M15"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="8"/>
       <c r="U15" s="8"/>
       <c r="V15" s="8"/>
       <c r="W15" s="8"/>
       <c r="X15" s="8"/>
       <c r="Y15" s="8"/>
       <c r="Z15" s="8"/>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
       <c r="AC15" s="8"/>
       <c r="AD15" s="8"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8"/>
       <c r="AG15" s="8"/>
       <c r="AH15" s="8"/>
       <c r="AI15" s="8"/>
       <c r="AJ15" s="8"/>
       <c r="AK15" s="8"/>
@@ -13812,51 +14335,53 @@
       </c>
       <c r="D16" s="85">
         <v>12928.493395955889</v>
       </c>
       <c r="E16" s="85">
         <v>12418.053702442394</v>
       </c>
       <c r="F16" s="85">
         <v>12345.667055045107</v>
       </c>
       <c r="G16" s="85">
         <v>12311.599578025412</v>
       </c>
       <c r="H16" s="93">
         <v>12252.976037735289</v>
       </c>
       <c r="I16" s="85">
         <v>12439.224344850811</v>
       </c>
       <c r="J16" s="85">
         <v>12499.651353434985</v>
       </c>
       <c r="K16" s="85">
         <v>12470.872762703766</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" s="85">
+        <v>12350.058551252489</v>
+      </c>
       <c r="M16"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="8"/>
       <c r="V16" s="8"/>
       <c r="W16" s="8"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="8"/>
       <c r="AC16" s="8"/>
       <c r="AD16" s="8"/>
       <c r="AE16" s="8"/>
       <c r="AF16" s="8"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="8"/>
@@ -14135,51 +14660,53 @@
       </c>
       <c r="D17" s="85">
         <v>2133.4481796776358</v>
       </c>
       <c r="E17" s="85">
         <v>2125.2481835404942</v>
       </c>
       <c r="F17" s="85">
         <v>2099.7867101369416</v>
       </c>
       <c r="G17" s="85">
         <v>2051.0096448049521</v>
       </c>
       <c r="H17" s="93">
         <v>2061.3954568106806</v>
       </c>
       <c r="I17" s="85">
         <v>2093.9126359627048</v>
       </c>
       <c r="J17" s="85">
         <v>2465.9719980242994</v>
       </c>
       <c r="K17" s="85">
         <v>2392.1827906522644</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" s="85">
+        <v>2273.5013021133022</v>
+      </c>
       <c r="M17"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
       <c r="V17" s="8"/>
       <c r="W17" s="8"/>
       <c r="X17" s="8"/>
       <c r="Y17" s="8"/>
       <c r="Z17" s="8"/>
       <c r="AA17" s="8"/>
       <c r="AB17" s="8"/>
       <c r="AC17" s="8"/>
       <c r="AD17" s="8"/>
       <c r="AE17" s="8"/>
       <c r="AF17" s="8"/>
       <c r="AG17" s="8"/>
       <c r="AH17" s="8"/>
       <c r="AI17" s="8"/>
       <c r="AJ17" s="8"/>
       <c r="AK17" s="8"/>
@@ -14458,51 +14985,53 @@
       </c>
       <c r="D18" s="85">
         <v>10795.045216278253</v>
       </c>
       <c r="E18" s="85">
         <v>10292.8055189019</v>
       </c>
       <c r="F18" s="85">
         <v>10245.880344908166</v>
       </c>
       <c r="G18" s="85">
         <v>10260.589933220461</v>
       </c>
       <c r="H18" s="93">
         <v>10191.580580924609</v>
       </c>
       <c r="I18" s="85">
         <v>10345.311708888106</v>
       </c>
       <c r="J18" s="85">
         <v>10033.679355410686</v>
       </c>
       <c r="K18" s="85">
         <v>10078.689972051501</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" s="85">
+        <v>10076.557249139187</v>
+      </c>
       <c r="M18"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="8"/>
       <c r="U18" s="8"/>
       <c r="V18" s="8"/>
       <c r="W18" s="8"/>
       <c r="X18" s="8"/>
       <c r="Y18" s="8"/>
       <c r="Z18" s="8"/>
       <c r="AA18" s="8"/>
       <c r="AB18" s="8"/>
       <c r="AC18" s="8"/>
       <c r="AD18" s="8"/>
       <c r="AE18" s="8"/>
       <c r="AF18" s="8"/>
       <c r="AG18" s="8"/>
       <c r="AH18" s="8"/>
       <c r="AI18" s="8"/>
       <c r="AJ18" s="8"/>
       <c r="AK18" s="8"/>
@@ -14781,51 +15310,53 @@
       </c>
       <c r="D19" s="85">
         <v>10104.124899744966</v>
       </c>
       <c r="E19" s="85">
         <v>10439.04018882837</v>
       </c>
       <c r="F19" s="85">
         <v>9609.5365150903308</v>
       </c>
       <c r="G19" s="85">
         <v>9638.0189734040305</v>
       </c>
       <c r="H19" s="93">
         <v>10228.313201955742</v>
       </c>
       <c r="I19" s="85">
         <v>10163.369260895141</v>
       </c>
       <c r="J19" s="85">
         <v>10026.641277673998</v>
       </c>
       <c r="K19" s="85">
         <v>10463.813459873043</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" s="85">
+        <v>10216.021621911494</v>
+      </c>
       <c r="M19"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="8"/>
       <c r="U19" s="8"/>
       <c r="V19" s="8"/>
       <c r="W19" s="8"/>
       <c r="X19" s="8"/>
       <c r="Y19" s="8"/>
       <c r="Z19" s="8"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="8"/>
       <c r="AC19" s="8"/>
       <c r="AD19" s="8"/>
       <c r="AE19" s="8"/>
       <c r="AF19" s="8"/>
       <c r="AG19" s="8"/>
       <c r="AH19" s="8"/>
       <c r="AI19" s="8"/>
       <c r="AJ19" s="8"/>
       <c r="AK19" s="8"/>
@@ -15104,51 +15635,53 @@
       </c>
       <c r="D20" s="85">
         <v>18713.81129495288</v>
       </c>
       <c r="E20" s="85">
         <v>19374.138774340652</v>
       </c>
       <c r="F20" s="85">
         <v>20200.693276667822</v>
       </c>
       <c r="G20" s="85">
         <v>20738.142009361269</v>
       </c>
       <c r="H20" s="93">
         <v>20522.099395720681</v>
       </c>
       <c r="I20" s="85">
         <v>19988.417396978388</v>
       </c>
       <c r="J20" s="85">
         <v>20337.247625029442</v>
       </c>
       <c r="K20" s="85">
         <v>19805.964452626904</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" s="85">
+        <v>19602.076091801227</v>
+      </c>
       <c r="M20"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
       <c r="Z20" s="8"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
       <c r="AC20" s="8"/>
       <c r="AD20" s="8"/>
       <c r="AE20" s="8"/>
       <c r="AF20" s="8"/>
       <c r="AG20" s="8"/>
       <c r="AH20" s="8"/>
       <c r="AI20" s="8"/>
       <c r="AJ20" s="8"/>
       <c r="AK20" s="8"/>
@@ -15427,51 +15960,53 @@
       </c>
       <c r="D21" s="85">
         <v>6354.1517721618548</v>
       </c>
       <c r="E21" s="85">
         <v>6489.1355624425369</v>
       </c>
       <c r="F21" s="85">
         <v>6549.9107787108278</v>
       </c>
       <c r="G21" s="85">
         <v>6520.2683834405689</v>
       </c>
       <c r="H21" s="93">
         <v>6969.9456310822379</v>
       </c>
       <c r="I21" s="85">
         <v>7039.8936478308242</v>
       </c>
       <c r="J21" s="85">
         <v>7137.8526937348151</v>
       </c>
       <c r="K21" s="85">
         <v>7527.6806050626828</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" s="85">
+        <v>7642.0067649067378</v>
+      </c>
       <c r="M21"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="8"/>
       <c r="AC21" s="8"/>
       <c r="AD21" s="8"/>
       <c r="AE21" s="8"/>
       <c r="AF21" s="8"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
       <c r="AK21" s="8"/>
@@ -15750,86 +16285,91 @@
       </c>
       <c r="D22" s="84">
         <v>68642.37341535624</v>
       </c>
       <c r="E22" s="84">
         <v>68719.246411413071</v>
       </c>
       <c r="F22" s="84">
         <v>68828.58616624659</v>
       </c>
       <c r="G22" s="84">
         <v>68995.264532638612</v>
       </c>
       <c r="H22" s="92">
         <v>69201.104973975103</v>
       </c>
       <c r="I22" s="84">
         <v>69539.309958713435</v>
       </c>
       <c r="J22" s="84">
         <v>69719.386201994552</v>
       </c>
       <c r="K22" s="84">
         <v>70154.861998463195</v>
       </c>
+      <c r="L22" s="84">
+        <v>70169.60922249037</v>
+      </c>
     </row>
     <row r="23" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A23" s="59" t="s">
         <v>264</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="85">
         <v>60640.205200335091</v>
       </c>
       <c r="D23" s="85">
         <v>60665.947983882237</v>
       </c>
       <c r="E23" s="85">
         <v>60612.877534438594</v>
       </c>
       <c r="F23" s="85">
         <v>60654.835639626763</v>
       </c>
       <c r="G23" s="85">
         <v>60774.234067031924</v>
       </c>
       <c r="H23" s="93">
         <v>60838.27079939437</v>
       </c>
       <c r="I23" s="85">
         <v>61084.284751753294</v>
       </c>
       <c r="J23" s="85">
         <v>61202.407236179359</v>
       </c>
       <c r="K23" s="85">
         <v>61540.53068294828</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" s="85">
+        <v>61438.776946505212</v>
+      </c>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
       <c r="AF23"/>
       <c r="AG23"/>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
@@ -17148,51 +17688,53 @@
       </c>
       <c r="D24" s="85">
         <v>3273.2567623604286</v>
       </c>
       <c r="E24" s="85">
         <v>3198.642410396822</v>
       </c>
       <c r="F24" s="85">
         <v>3194.173059650147</v>
       </c>
       <c r="G24" s="85">
         <v>3212.5473724806452</v>
       </c>
       <c r="H24" s="93">
         <v>3183.3002467698007</v>
       </c>
       <c r="I24" s="85">
         <v>3181.0819543036664</v>
       </c>
       <c r="J24" s="85">
         <v>3152.4637021419526</v>
       </c>
       <c r="K24" s="85">
         <v>3046.4866276904631</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" s="85">
+        <v>3029.2833492477889</v>
+      </c>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
@@ -18511,51 +19053,53 @@
       </c>
       <c r="D25" s="85">
         <v>42425.643164817702</v>
       </c>
       <c r="E25" s="85">
         <v>42470.831109938801</v>
       </c>
       <c r="F25" s="85">
         <v>42568.5721047685</v>
       </c>
       <c r="G25" s="85">
         <v>42566.97012315935</v>
       </c>
       <c r="H25" s="93">
         <v>42733.842329429812</v>
       </c>
       <c r="I25" s="85">
         <v>42812.55340552485</v>
       </c>
       <c r="J25" s="85">
         <v>42861.445822601709</v>
       </c>
       <c r="K25" s="85">
         <v>42823.7806866061</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" s="85">
+        <v>42770.867380375079</v>
+      </c>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
       <c r="AF25"/>
       <c r="AG25"/>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
@@ -19874,51 +20418,53 @@
       </c>
       <c r="D26" s="85">
         <v>42412.5442083577</v>
       </c>
       <c r="E26" s="85">
         <v>42457.838710268799</v>
       </c>
       <c r="F26" s="85">
         <v>42555.687759368499</v>
       </c>
       <c r="G26" s="85">
         <v>42554.200543859348</v>
       </c>
       <c r="H26" s="93">
         <v>42717.705837559814</v>
       </c>
       <c r="I26" s="85">
         <v>42796.53025526485</v>
       </c>
       <c r="J26" s="85">
         <v>42837.699057371712</v>
       </c>
       <c r="K26" s="85">
         <v>42797.932608946103</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" s="85">
+        <v>42745.170496875078</v>
+      </c>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
@@ -21237,51 +21783,53 @@
       </c>
       <c r="D27" s="85">
         <v>13.09895646</v>
       </c>
       <c r="E27" s="85">
         <v>12.992399669999999</v>
       </c>
       <c r="F27" s="85">
         <v>12.884345400000001</v>
       </c>
       <c r="G27" s="85">
         <v>12.769579300000002</v>
       </c>
       <c r="H27" s="93">
         <v>16.13649187</v>
       </c>
       <c r="I27" s="85">
         <v>16.023150260000001</v>
       </c>
       <c r="J27" s="85">
         <v>23.746765230000001</v>
       </c>
       <c r="K27" s="85">
         <v>25.848077660000001</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" s="85">
+        <v>25.696883499999998</v>
+      </c>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
       <c r="AG27"/>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
@@ -22600,51 +23148,53 @@
       </c>
       <c r="D28" s="85">
         <v>2488.7796517167571</v>
       </c>
       <c r="E28" s="85">
         <v>2473.8830694868557</v>
       </c>
       <c r="F28" s="85">
         <v>2406.0339848143285</v>
       </c>
       <c r="G28" s="85">
         <v>2444.0538437245154</v>
       </c>
       <c r="H28" s="93">
         <v>2257.4558502572831</v>
       </c>
       <c r="I28" s="85">
         <v>2336.7599604691</v>
       </c>
       <c r="J28" s="85">
         <v>2384.3034558625459</v>
       </c>
       <c r="K28" s="85">
         <v>2401.0172740701641</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" s="85">
+        <v>2389.8026742924712</v>
+      </c>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
@@ -23963,51 +24513,53 @@
       </c>
       <c r="D29" s="85">
         <v>12478.268404987346</v>
       </c>
       <c r="E29" s="85">
         <v>12469.520944616113</v>
       </c>
       <c r="F29" s="85">
         <v>12486.056490393794</v>
       </c>
       <c r="G29" s="85">
         <v>12550.662727667419</v>
       </c>
       <c r="H29" s="93">
         <v>12663.672372937475</v>
       </c>
       <c r="I29" s="85">
         <v>12753.889431455676</v>
       </c>
       <c r="J29" s="85">
         <v>12804.194255573153</v>
       </c>
       <c r="K29" s="85">
         <v>13269.246094581547</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" s="85">
+        <v>13248.823542589873</v>
+      </c>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
@@ -25326,51 +25878,53 @@
       </c>
       <c r="D30" s="85">
         <v>7976.4254314740037</v>
       </c>
       <c r="E30" s="85">
         <v>8106.3688769744776</v>
       </c>
       <c r="F30" s="85">
         <v>8173.7505266198195</v>
       </c>
       <c r="G30" s="85">
         <v>8221.030465606691</v>
       </c>
       <c r="H30" s="93">
         <v>8362.8341745807356</v>
       </c>
       <c r="I30" s="85">
         <v>8455.0252069601429</v>
       </c>
       <c r="J30" s="85">
         <v>8516.9789658151858</v>
       </c>
       <c r="K30" s="85">
         <v>8614.3313155149172</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" s="85">
+        <v>8730.832275985169</v>
+      </c>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
@@ -26689,51 +27243,53 @@
       </c>
       <c r="D31" s="84">
         <v>385.2856809689045</v>
       </c>
       <c r="E31" s="84">
         <v>360.02272963182509</v>
       </c>
       <c r="F31" s="84">
         <v>276.81199343396275</v>
       </c>
       <c r="G31" s="84">
         <v>248.8900279836935</v>
       </c>
       <c r="H31" s="92">
         <v>204.70954005042043</v>
       </c>
       <c r="I31" s="84">
         <v>2708.4195117709123</v>
       </c>
       <c r="J31" s="84">
         <v>2720.8602274510108</v>
       </c>
       <c r="K31" s="84">
         <v>2713.1310823849108</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" s="84">
+        <v>2712.8125354557696</v>
+      </c>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
@@ -28052,51 +28608,53 @@
       </c>
       <c r="D32" s="85">
         <v>385.2856809689045</v>
       </c>
       <c r="E32" s="85">
         <v>360.02272963182509</v>
       </c>
       <c r="F32" s="85">
         <v>276.81199343396275</v>
       </c>
       <c r="G32" s="85">
         <v>248.8900279836935</v>
       </c>
       <c r="H32" s="93">
         <v>204.70954005042043</v>
       </c>
       <c r="I32" s="85">
         <v>208.34088868091226</v>
       </c>
       <c r="J32" s="85">
         <v>220.87912984101058</v>
       </c>
       <c r="K32" s="85">
         <v>213.14998477491056</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" s="85">
+        <v>212.83143784576941</v>
+      </c>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
@@ -29415,51 +29973,53 @@
       </c>
       <c r="D33" s="85">
         <v>0</v>
       </c>
       <c r="E33" s="85">
         <v>0</v>
       </c>
       <c r="F33" s="85">
         <v>0</v>
       </c>
       <c r="G33" s="85">
         <v>0</v>
       </c>
       <c r="H33" s="93">
         <v>0</v>
       </c>
       <c r="I33" s="85">
         <v>0</v>
       </c>
       <c r="J33" s="85">
         <v>0</v>
       </c>
       <c r="K33" s="85">
         <v>0</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" s="85">
+        <v>0</v>
+      </c>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
       <c r="AF33"/>
       <c r="AG33"/>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
@@ -30778,51 +31338,53 @@
       </c>
       <c r="D34" s="85">
         <v>150.74104269000003</v>
       </c>
       <c r="E34" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F34" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G34" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H34" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I34" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J34" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K34" s="85">
         <v>142.98459600999996</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" s="85">
+        <v>143.76165103000002</v>
+      </c>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
@@ -32141,51 +32703,53 @@
       </c>
       <c r="D35" s="85">
         <v>150.74104269000003</v>
       </c>
       <c r="E35" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F35" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G35" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H35" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I35" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J35" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K35" s="85">
         <v>142.98459600999996</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" s="85">
+        <v>143.76165103000002</v>
+      </c>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
       <c r="AF35"/>
       <c r="AG35"/>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
@@ -33504,51 +34068,53 @@
       </c>
       <c r="D36" s="85">
         <v>0</v>
       </c>
       <c r="E36" s="85">
         <v>0</v>
       </c>
       <c r="F36" s="85">
         <v>0</v>
       </c>
       <c r="G36" s="85">
         <v>0</v>
       </c>
       <c r="H36" s="93">
         <v>0</v>
       </c>
       <c r="I36" s="85">
         <v>0</v>
       </c>
       <c r="J36" s="85">
         <v>0</v>
       </c>
       <c r="K36" s="85">
         <v>0</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" s="85">
+        <v>0</v>
+      </c>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
@@ -34867,51 +35433,53 @@
       </c>
       <c r="D37" s="85">
         <v>7.7511864900000003</v>
       </c>
       <c r="E37" s="85">
         <v>6.842276899999999</v>
       </c>
       <c r="F37" s="85">
         <v>6.4352518700000054</v>
       </c>
       <c r="G37" s="85">
         <v>6.1022481800000072</v>
       </c>
       <c r="H37" s="93">
         <v>6.1206974799999676</v>
       </c>
       <c r="I37" s="85">
         <v>6.5858795299999606</v>
       </c>
       <c r="J37" s="85">
         <v>6.5479486900000037</v>
       </c>
       <c r="K37" s="85">
         <v>8.8784402099999742</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" s="85">
+        <v>8.4379339900000012</v>
+      </c>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
       <c r="AG37"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
@@ -36218,63 +36786,65 @@
       <c r="AYL37"/>
       <c r="AYM37"/>
     </row>
     <row r="38" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A38" s="59" t="s">
         <v>279</v>
       </c>
       <c r="B38" s="31" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="85">
         <v>191.43661369013904</v>
       </c>
       <c r="D38" s="85">
         <v>226.79345178890446</v>
       </c>
       <c r="E38" s="85">
         <v>208.8295560118251</v>
       </c>
       <c r="F38" s="85">
         <v>131.02430786396269</v>
       </c>
       <c r="G38" s="85">
         <v>104.74125606369354</v>
       </c>
-      <c r="H38" s="93">
+      <c r="H38" s="95">
         <v>57.819735030420496</v>
       </c>
-      <c r="I38" s="85">
+      <c r="I38" s="96">
         <v>2560.3646323909124</v>
       </c>
-      <c r="J38" s="85">
+      <c r="J38" s="96">
         <v>2568.352966761011</v>
       </c>
-      <c r="K38" s="85">
+      <c r="K38" s="96">
         <v>2561.2680461649106</v>
       </c>
-      <c r="L38"/>
+      <c r="L38" s="96">
+        <v>2560.6129504357696</v>
+      </c>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
@@ -37593,51 +38163,53 @@
       </c>
       <c r="D39" s="65">
         <v>0</v>
       </c>
       <c r="E39" s="65">
         <v>0</v>
       </c>
       <c r="F39" s="65">
         <v>0</v>
       </c>
       <c r="G39" s="65">
         <v>0</v>
       </c>
       <c r="H39" s="94">
         <v>0</v>
       </c>
       <c r="I39" s="65">
         <v>9.7525479999999998E-2</v>
       </c>
       <c r="J39" s="65">
         <v>0</v>
       </c>
       <c r="K39" s="65">
         <v>0</v>
       </c>
-      <c r="L39"/>
+      <c r="L39" s="65">
+        <v>0</v>
+      </c>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39"/>
       <c r="AE39"/>
       <c r="AF39"/>
       <c r="AG39"/>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
       <c r="AK39"/>
@@ -40194,1033 +40766,1115 @@
     </row>
     <row r="456" spans="2:2">
       <c r="B456" s="1"/>
     </row>
     <row r="457" spans="2:2">
       <c r="B457" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="8486" divId="Set of Tables_8486" sourceType="range" sourceRef="B1:B39" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB Claims on Private Sector.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K55"/>
+  <dimension ref="A1:L55"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="topRight" activeCell="P36" sqref="P36"/>
+      <selection pane="topRight" activeCell="K29" sqref="K29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="19.33203125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="38.33203125" style="9" customWidth="1"/>
-    <col min="3" max="11" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="12" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.8">
+    <row r="1" spans="1:12" ht="13.8">
       <c r="B1" s="25" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.8">
+    <row r="2" spans="1:12" ht="13.8">
       <c r="B2" s="26" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="13.8">
+    <row r="3" spans="1:12" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:11" ht="13.8">
+    <row r="4" spans="1:12" ht="13.8">
       <c r="A4" s="23"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" ht="13.8">
+      <c r="L4" s="73">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="74"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="74"/>
       <c r="G5" s="74"/>
       <c r="H5" s="74"/>
       <c r="I5" s="74"/>
       <c r="J5" s="74"/>
       <c r="K5" s="74"/>
-    </row>
-    <row r="6" spans="1:11" ht="13.8">
+      <c r="L5" s="74"/>
+    </row>
+    <row r="6" spans="1:12" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>305</v>
       </c>
       <c r="B6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="86">
         <v>179450.31274535891</v>
       </c>
       <c r="D6" s="86">
         <v>179472.16620848086</v>
       </c>
       <c r="E6" s="86">
         <v>181745.41097035402</v>
       </c>
       <c r="F6" s="86">
         <v>183771.18861256423</v>
       </c>
       <c r="G6" s="86">
         <v>182940.64800582218</v>
       </c>
       <c r="H6" s="86">
         <v>181215.09301044187</v>
       </c>
       <c r="I6" s="86">
         <v>186774.19397070204</v>
       </c>
       <c r="J6" s="86">
         <v>187508.22749235007</v>
       </c>
       <c r="K6" s="86">
         <v>188593.15270604551</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" ht="13.8" hidden="1">
+      <c r="L6" s="86">
+        <v>190300.92584686691</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="13.8" hidden="1">
       <c r="A7" s="17"/>
       <c r="B7" s="30"/>
       <c r="C7" s="77">
         <v>0</v>
       </c>
       <c r="D7" s="77">
         <v>0</v>
       </c>
       <c r="E7" s="77">
         <v>0</v>
       </c>
       <c r="F7" s="77">
         <v>0</v>
       </c>
       <c r="G7" s="77">
         <v>0</v>
       </c>
       <c r="H7" s="77">
         <v>0</v>
       </c>
       <c r="I7" s="77">
         <v>0</v>
       </c>
       <c r="J7" s="77">
         <v>0</v>
       </c>
       <c r="K7" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L7" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>281</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="75">
         <v>154677.58147837862</v>
       </c>
       <c r="D8" s="75">
         <v>154833.98306783015</v>
       </c>
       <c r="E8" s="75">
         <v>157531.28225287941</v>
       </c>
       <c r="F8" s="75">
         <v>160154.61659862963</v>
       </c>
       <c r="G8" s="75">
         <v>157027.34980193549</v>
       </c>
       <c r="H8" s="75">
         <v>156031.86764614185</v>
       </c>
       <c r="I8" s="75">
         <v>162404.47502017173</v>
       </c>
       <c r="J8" s="75">
         <v>162639.8764647959</v>
       </c>
       <c r="K8" s="75">
         <v>163688.47687155195</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L8" s="75">
+        <v>163635.16382725566</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>282</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="75">
         <v>86233.117493956001</v>
       </c>
       <c r="D9" s="75">
         <v>86178.223547210742</v>
       </c>
       <c r="E9" s="75">
         <v>86826.093994245792</v>
       </c>
       <c r="F9" s="75">
         <v>88085.242082646029</v>
       </c>
       <c r="G9" s="75">
         <v>85384.107852763453</v>
       </c>
       <c r="H9" s="75">
         <v>84498.583185273135</v>
       </c>
       <c r="I9" s="75">
         <v>88533.022702063725</v>
       </c>
       <c r="J9" s="75">
         <v>87765.930129166634</v>
       </c>
       <c r="K9" s="75">
         <v>87990.192667205498</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L9" s="75">
+        <v>88194.284618397476</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>283</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="75">
         <v>82771.088787070184</v>
       </c>
       <c r="D10" s="75">
         <v>82576.098672785927</v>
       </c>
       <c r="E10" s="75">
         <v>82613.835549946176</v>
       </c>
       <c r="F10" s="75">
         <v>84601.783390932818</v>
       </c>
       <c r="G10" s="75">
         <v>81759.807306366609</v>
       </c>
       <c r="H10" s="75">
         <v>81556.873430051259</v>
       </c>
       <c r="I10" s="75">
         <v>85420.939247545859</v>
       </c>
       <c r="J10" s="75">
         <v>84682.97620436945</v>
       </c>
       <c r="K10" s="75">
         <v>84782.930436399285</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L10" s="75">
+        <v>85184.135814382273</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>284</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D11" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E11" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F11" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G11" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H11" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I11" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J11" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K11" s="76">
         <v>9377.1471511379023</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L11" s="76">
+        <v>9051.2777374921006</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>285</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D12" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E12" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F12" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G12" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H12" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I12" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J12" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K12" s="76">
         <v>913.88244320999991</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L12" s="76">
+        <v>897.50828320000005</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>286</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>309</v>
       </c>
       <c r="C13" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D13" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E13" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F13" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G13" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H13" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I13" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J13" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K13" s="76">
         <v>6342.1450984305293</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L13" s="76">
+        <v>6690.4739985841798</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>287</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>310</v>
       </c>
       <c r="C14" s="76">
         <v>43815.094393846935</v>
       </c>
       <c r="D14" s="76">
         <v>43432.485166987011</v>
       </c>
       <c r="E14" s="76">
         <v>43434.983789414488</v>
       </c>
       <c r="F14" s="76">
         <v>44339.825540579899</v>
       </c>
       <c r="G14" s="76">
         <v>42029.216382995633</v>
       </c>
       <c r="H14" s="76">
         <v>41320.986981617469</v>
       </c>
       <c r="I14" s="76">
         <v>45015.333535932965</v>
       </c>
       <c r="J14" s="76">
         <v>43803.528582396961</v>
       </c>
       <c r="K14" s="76">
         <v>44833.633043924026</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L14" s="76">
+        <v>44824.06782233272</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>288</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="76">
         <v>22355.703378720151</v>
       </c>
       <c r="D15" s="76">
         <v>22471.34886484961</v>
       </c>
       <c r="E15" s="76">
         <v>22630.223784956208</v>
       </c>
       <c r="F15" s="76">
         <v>22868.17049090605</v>
       </c>
       <c r="G15" s="76">
         <v>22806.923258442632</v>
       </c>
       <c r="H15" s="76">
         <v>23305.452354650875</v>
       </c>
       <c r="I15" s="76">
         <v>23275.095531399875</v>
       </c>
       <c r="J15" s="76">
         <v>23270.337072172999</v>
       </c>
       <c r="K15" s="76">
         <v>23316.122699696833</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L15" s="76">
+        <v>23720.807972773273</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>289</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="75">
         <v>3462.0287068858215</v>
       </c>
       <c r="D16" s="75">
         <v>3602.1248744248196</v>
       </c>
       <c r="E16" s="75">
         <v>4212.2584442996213</v>
       </c>
       <c r="F16" s="75">
         <v>3483.4586917132101</v>
       </c>
       <c r="G16" s="75">
         <v>3624.300546396842</v>
       </c>
       <c r="H16" s="75">
         <v>2941.7097552218838</v>
       </c>
       <c r="I16" s="75">
         <v>3112.0834545178686</v>
       </c>
       <c r="J16" s="75">
         <v>3082.9539247971798</v>
       </c>
       <c r="K16" s="75">
         <v>3207.2622308062118</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L16" s="75">
+        <v>3010.148804015209</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>290</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D17" s="75">
         <v>68655.759520619395</v>
       </c>
       <c r="E17" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F17" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G17" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H17" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I17" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J17" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K17" s="75">
         <v>75698.284204346433</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L17" s="75">
+        <v>75440.879208858183</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>291</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="75">
         <v>58341.611704422612</v>
       </c>
       <c r="D18" s="75">
         <v>58661.869026469401</v>
       </c>
       <c r="E18" s="75">
         <v>60185.984108633595</v>
       </c>
       <c r="F18" s="75">
         <v>61160.457827973602</v>
       </c>
       <c r="G18" s="75">
         <v>60766.354070342015</v>
       </c>
       <c r="H18" s="75">
         <v>60612.968752248715</v>
       </c>
       <c r="I18" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J18" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K18" s="75">
         <v>75698.284204346433</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L18" s="75">
+        <v>75420.865408858182</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>292</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D19" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E19" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F19" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G19" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H19" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I19" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J19" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K19" s="76">
         <v>8283.6422790124998</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L19" s="76">
+        <v>8349.2500716906998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>293</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D20" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E20" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F20" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G20" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H20" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I20" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J20" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K20" s="76">
         <v>859.45124280720017</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L20" s="76">
+        <v>955.14125423860003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>294</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D21" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E21" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F21" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G21" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H21" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I21" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J21" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K21" s="76">
         <v>7012.5692745376</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L21" s="76">
+        <v>7199.2787957763003</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>295</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="76">
         <v>17250.209661180121</v>
       </c>
       <c r="D22" s="76">
         <v>17283.70959721012</v>
       </c>
       <c r="E22" s="76">
         <v>18520.328973848205</v>
       </c>
       <c r="F22" s="76">
         <v>18964.98782238732</v>
       </c>
       <c r="G22" s="76">
         <v>18253.361917826322</v>
       </c>
       <c r="H22" s="76">
         <v>18052.307954981021</v>
       </c>
       <c r="I22" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J22" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K22" s="76">
         <v>27170.207519659762</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" s="8" customFormat="1" ht="13.8">
+      <c r="L22" s="76">
+        <v>26959.327219483945</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>296</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="76">
         <v>26426.894421289391</v>
       </c>
       <c r="D23" s="76">
         <v>26786.604426311387</v>
       </c>
       <c r="E23" s="76">
         <v>26948.262619685887</v>
       </c>
       <c r="F23" s="76">
         <v>27262.344322796776</v>
       </c>
       <c r="G23" s="76">
         <v>27484.836999459596</v>
       </c>
       <c r="H23" s="76">
         <v>27209.957053259292</v>
       </c>
       <c r="I23" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J23" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K23" s="76">
         <v>32372.413888329374</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L23" s="76">
+        <v>31957.868067668631</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>297</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="75">
         <v>10102.852280000001</v>
       </c>
       <c r="D24" s="75">
         <v>9993.8904941499986</v>
       </c>
       <c r="E24" s="75">
         <v>10519.20415</v>
       </c>
       <c r="F24" s="75">
         <v>10908.91668801</v>
       </c>
       <c r="G24" s="75">
         <v>10876.887878829999</v>
       </c>
       <c r="H24" s="75">
         <v>10920.315708619997</v>
       </c>
       <c r="I24" s="75">
         <v>0</v>
       </c>
       <c r="J24" s="75">
         <v>0</v>
       </c>
       <c r="K24" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L24" s="75">
+        <v>20.0138</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>298</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="75">
         <v>24772.731266980292</v>
       </c>
       <c r="D25" s="75">
         <v>24638.183140650704</v>
       </c>
       <c r="E25" s="75">
         <v>24214.128717474599</v>
       </c>
       <c r="F25" s="75">
         <v>23616.572013934601</v>
       </c>
       <c r="G25" s="75">
         <v>25913.298203886701</v>
       </c>
       <c r="H25" s="75">
         <v>25183.2253643</v>
       </c>
       <c r="I25" s="75">
         <v>24369.718950530303</v>
       </c>
       <c r="J25" s="75">
         <v>24868.351027554156</v>
       </c>
       <c r="K25" s="75">
         <v>24904.675834493566</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L25" s="75">
+        <v>26665.76201961124</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>299</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="75">
         <v>10677.215446622791</v>
       </c>
       <c r="D26" s="75">
         <v>11238.286946</v>
       </c>
       <c r="E26" s="75">
         <v>11570.60570819</v>
       </c>
       <c r="F26" s="75">
         <v>10713.206297440001</v>
       </c>
       <c r="G26" s="75">
         <v>12110.4282403</v>
       </c>
       <c r="H26" s="75">
         <v>12459.390567599999</v>
       </c>
       <c r="I26" s="75">
         <v>12333.431558449998</v>
       </c>
       <c r="J26" s="75">
         <v>12185.559078060001</v>
       </c>
       <c r="K26" s="75">
         <v>11878.802289050001</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" s="5" customFormat="1" ht="14.4">
+      <c r="L26" s="75">
+        <v>12693.840706530002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="5" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>300</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="76">
         <v>6537.6850963712077</v>
       </c>
       <c r="D27" s="76">
         <v>6672.881653942205</v>
       </c>
       <c r="E27" s="76">
         <v>7153.0159562178014</v>
       </c>
       <c r="F27" s="76">
         <v>6822.837875990168</v>
       </c>
       <c r="G27" s="76">
         <v>7499.9913132695001</v>
       </c>
       <c r="H27" s="76">
         <v>6741.8495617333829</v>
       </c>
       <c r="I27" s="76">
         <v>7141.8164793244068</v>
       </c>
       <c r="J27" s="76">
         <v>7326.2220580223866</v>
       </c>
       <c r="K27" s="76">
         <v>6660.2393906310817</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" s="5" customFormat="1" ht="14.4">
+      <c r="L27" s="76">
+        <v>7186.3954165416535</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="5" customFormat="1" ht="14.4">
       <c r="A28" s="17" t="s">
         <v>301</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="76">
         <v>4139.5303502515835</v>
       </c>
       <c r="D28" s="76">
         <v>4565.405292057796</v>
       </c>
       <c r="E28" s="76">
         <v>4417.5897519721993</v>
       </c>
       <c r="F28" s="76">
         <v>3890.3684214498335</v>
       </c>
       <c r="G28" s="76">
         <v>4610.4369270305006</v>
       </c>
       <c r="H28" s="76">
         <v>5717.5410058666166</v>
       </c>
       <c r="I28" s="76">
         <v>5191.6150791255914</v>
       </c>
       <c r="J28" s="76">
         <v>4859.3370200376148</v>
       </c>
       <c r="K28" s="76">
         <v>5218.5628984189198</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="2" customFormat="1" ht="13.8">
+      <c r="L28" s="76">
+        <v>5507.4452899883472</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="2" customFormat="1" ht="13.8">
       <c r="A29" s="52" t="s">
         <v>302</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="75">
         <v>14095.515820357501</v>
       </c>
       <c r="D29" s="75">
         <v>13399.896194650702</v>
       </c>
       <c r="E29" s="75">
         <v>12643.5230092846</v>
       </c>
       <c r="F29" s="75">
         <v>12903.365716494598</v>
       </c>
       <c r="G29" s="75">
         <v>13802.869963586701</v>
       </c>
       <c r="H29" s="75">
         <v>12723.834796700001</v>
       </c>
       <c r="I29" s="75">
         <v>12036.287392080303</v>
       </c>
       <c r="J29" s="75">
         <v>12682.791949494156</v>
       </c>
       <c r="K29" s="75">
         <v>13025.873545443563</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" s="5" customFormat="1" ht="14.4">
+      <c r="L29" s="75">
+        <v>13971.921313081239</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="5" customFormat="1" ht="14.4">
       <c r="A30" s="17" t="s">
         <v>303</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="76">
         <v>8166.825462727501</v>
       </c>
       <c r="D30" s="76">
         <v>7414.302928540701</v>
       </c>
       <c r="E30" s="76">
         <v>7354.5402312046008</v>
       </c>
       <c r="F30" s="76">
         <v>7783.7430196545993</v>
       </c>
       <c r="G30" s="76">
         <v>7226.1112099367001</v>
       </c>
       <c r="H30" s="76">
         <v>8100.7166721699996</v>
       </c>
       <c r="I30" s="76">
         <v>7281.7889420503043</v>
       </c>
       <c r="J30" s="76">
         <v>7428.2202588141581</v>
       </c>
       <c r="K30" s="76">
         <v>7153.4293914635618</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" s="5" customFormat="1" ht="14.4">
+      <c r="L30" s="76">
+        <v>7512.1029907512411</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="5" customFormat="1" ht="14.4">
       <c r="A31" s="18" t="s">
         <v>304</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>5928.690357630001</v>
       </c>
       <c r="D31" s="78">
         <v>5985.5932661100014</v>
       </c>
       <c r="E31" s="78">
         <v>5288.9827780799997</v>
       </c>
       <c r="F31" s="78">
         <v>5119.6226968399997</v>
       </c>
       <c r="G31" s="78">
         <v>6576.7587536500014</v>
       </c>
       <c r="H31" s="78">
         <v>4623.1181245300004</v>
       </c>
       <c r="I31" s="78">
         <v>4754.4984500299997</v>
       </c>
       <c r="J31" s="78">
         <v>5254.5716906799989</v>
       </c>
       <c r="K31" s="78">
         <v>5872.4441539800009</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" ht="13.8">
+      <c r="L31" s="78">
+        <v>6459.8183223299975</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -41274,52 +41928,74 @@
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27513" divId="Set of Tables_27513" sourceType="range" sourceRef="B1:B31" destinationFile="I:\internet\StatisticalTables\Monetary Data\Banking Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -41539,92 +42215,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3B7A63D-390E-4C98-AA2C-B773219354C1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB179D-2BCE-447A-ACB9-CA8B6C9042C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76A2BE2D-5AD9-4445-B434-4B1020D8FA32}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>