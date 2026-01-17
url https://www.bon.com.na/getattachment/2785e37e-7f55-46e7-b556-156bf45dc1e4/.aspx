--- v2 (2025-12-08)
+++ v3 (2026-01-17)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/Monetary and Financial Statistics/Set of Tables/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="741" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9301307A-8DB2-454E-A6AF-22C9D0D38AB4}"/>
+  <xr:revisionPtr revIDLastSave="757" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{186D0114-3CB6-473C-B256-BC10213A9841}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="table ii.1(a)" sheetId="1" r:id="rId1"/>
     <sheet name="table ii.1 (b)" sheetId="7" r:id="rId2"/>
     <sheet name="table ii.2(a)" sheetId="13" r:id="rId3"/>
     <sheet name="table ii.2(b)" sheetId="5" r:id="rId4"/>
     <sheet name="table ii. 3" sheetId="4" r:id="rId5"/>
     <sheet name="table ii. 4" sheetId="2" r:id="rId6"/>
     <sheet name="table ii.5" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'table ii. 3'!$B$1:$B$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'table ii.1 (b)'!$B$1:$B$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'table ii.5'!$B$1:$B$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -5680,2332 +5680,2505 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L38"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="K1" sqref="K1:L1048576"/>
+      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="13.109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.88671875" style="7" customWidth="1"/>
-    <col min="3" max="12" width="11.33203125" style="7" customWidth="1"/>
-    <col min="13" max="16384" width="8.88671875" style="7"/>
+    <col min="3" max="13" width="11.33203125" style="7" customWidth="1"/>
+    <col min="14" max="16384" width="8.88671875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:12" ht="13.8">
+    <row r="4" spans="1:13" ht="13.8">
       <c r="A4" s="12"/>
       <c r="B4" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" ht="13.8">
+      <c r="M4" s="73">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13.8">
       <c r="A5" s="14"/>
       <c r="B5" s="48"/>
       <c r="C5" s="64"/>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="64"/>
       <c r="I5" s="64"/>
       <c r="J5" s="64"/>
       <c r="K5" s="64"/>
       <c r="L5" s="64"/>
-    </row>
-    <row r="6" spans="1:12" ht="13.8">
+      <c r="M5" s="64"/>
+    </row>
+    <row r="6" spans="1:13" ht="13.8">
       <c r="A6" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>51436.611865312341</v>
       </c>
       <c r="D6" s="75">
         <v>50530.102536009559</v>
       </c>
       <c r="E6" s="75">
         <v>54263.168540312334</v>
       </c>
       <c r="F6" s="75">
         <v>57912.975279763574</v>
       </c>
       <c r="G6" s="75">
         <v>52147.435508147326</v>
       </c>
       <c r="H6" s="75">
         <v>54369.597535850349</v>
       </c>
       <c r="I6" s="75">
         <v>52999.975125710669</v>
       </c>
       <c r="J6" s="75">
         <v>51917.620972074066</v>
       </c>
       <c r="K6" s="75">
         <v>49961.214720611126</v>
       </c>
       <c r="L6" s="75">
         <v>43885.386996251269</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" ht="13.8">
+      <c r="M6" s="75">
+        <v>44620.278978631519</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="13.8">
       <c r="A7" s="14" t="s">
         <v>142</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>59066.584826992344</v>
       </c>
       <c r="D7" s="75">
         <v>58143.026558409561</v>
       </c>
       <c r="E7" s="75">
         <v>61950.597312442333</v>
       </c>
       <c r="F7" s="75">
         <v>65874.287518983576</v>
       </c>
       <c r="G7" s="75">
         <v>59727.100246907328</v>
       </c>
       <c r="H7" s="75">
         <v>62075.072019400352</v>
       </c>
       <c r="I7" s="75">
         <v>60723.905663280668</v>
       </c>
       <c r="J7" s="75">
         <v>59586.433636134068</v>
       </c>
       <c r="K7" s="75">
         <v>57413.016704391128</v>
       </c>
       <c r="L7" s="75">
         <v>51300.093254251267</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" ht="13.8">
+      <c r="M7" s="75">
+        <v>51949.563533831519</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="13.8">
       <c r="A8" s="14" t="s">
         <v>143</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="75">
         <v>4185.8803031699999</v>
       </c>
       <c r="D8" s="75">
         <v>4145.4219192600003</v>
       </c>
       <c r="E8" s="75">
         <v>4185.9630287999998</v>
       </c>
       <c r="F8" s="75">
         <v>4312.4527889399997</v>
       </c>
       <c r="G8" s="75">
         <v>4109.3844279099994</v>
       </c>
       <c r="H8" s="75">
         <v>4169.8151067199997</v>
       </c>
       <c r="I8" s="75">
         <v>4159.6211192800001</v>
       </c>
       <c r="J8" s="75">
         <v>4119.3115991599998</v>
       </c>
       <c r="K8" s="75">
         <v>4006.01617842</v>
       </c>
       <c r="L8" s="75">
         <v>3981.6951188200001</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" ht="13.8">
+      <c r="M8" s="75">
+        <v>3916.5012895500004</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>31.080769790000002</v>
       </c>
       <c r="D9" s="76">
         <v>31.370769790000001</v>
       </c>
       <c r="E9" s="76">
         <v>36.680769789999999</v>
       </c>
       <c r="F9" s="76">
         <v>41.13476979</v>
       </c>
       <c r="G9" s="76">
         <v>41.934769789999997</v>
       </c>
       <c r="H9" s="76">
         <v>53.991151379999998</v>
       </c>
       <c r="I9" s="76">
         <v>60.324930729999998</v>
       </c>
       <c r="J9" s="76">
         <v>79.111681369999999</v>
       </c>
       <c r="K9" s="76">
         <v>104.91584879</v>
       </c>
       <c r="L9" s="76">
         <v>44.86180805</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" ht="13.8">
+      <c r="M9" s="76">
+        <v>58.176485679999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>12940.081141179997</v>
       </c>
       <c r="D10" s="76">
         <v>13661.326993249999</v>
       </c>
       <c r="E10" s="76">
         <v>16229.974962439996</v>
       </c>
       <c r="F10" s="76">
         <v>17130.307152450001</v>
       </c>
       <c r="G10" s="76">
         <v>14960.57502018</v>
       </c>
       <c r="H10" s="76">
         <v>16842.306387410004</v>
       </c>
       <c r="I10" s="76">
         <v>16761.283420449996</v>
       </c>
       <c r="J10" s="76">
         <v>16843.263150660001</v>
       </c>
       <c r="K10" s="76">
         <v>18681.788598400002</v>
       </c>
       <c r="L10" s="76">
         <v>10503.54808742</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="13.8">
+      <c r="M10" s="76">
+        <v>9880.55309304</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>146</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>39331.174745959994</v>
       </c>
       <c r="D11" s="76">
         <v>39920.179537479999</v>
       </c>
       <c r="E11" s="76">
         <v>41121.48660389</v>
       </c>
       <c r="F11" s="76">
         <v>44009.105997229992</v>
       </c>
       <c r="G11" s="76">
         <v>40216.475102090008</v>
       </c>
       <c r="H11" s="76">
         <v>40592.694244189996</v>
       </c>
       <c r="I11" s="76">
         <v>39321.722185949999</v>
       </c>
       <c r="J11" s="76">
         <v>38114.853427229995</v>
       </c>
       <c r="K11" s="76">
         <v>34177.355843169993</v>
       </c>
       <c r="L11" s="76">
         <v>36318.746728689999</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="13.8">
+      <c r="M11" s="76">
+        <v>37642.983294509999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>147</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" ht="13.8">
+      <c r="M12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>148</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
       <c r="L13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" ht="13.8">
+      <c r="M13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="13.8">
       <c r="A14" s="14" t="s">
         <v>149</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>313</v>
       </c>
       <c r="C14" s="76">
         <v>2578.367866892353</v>
       </c>
       <c r="D14" s="76">
         <v>384.72733862956494</v>
       </c>
       <c r="E14" s="76">
         <v>376.49194752233296</v>
       </c>
       <c r="F14" s="76">
         <v>381.28681057358943</v>
       </c>
       <c r="G14" s="76">
         <v>398.73092693732025</v>
       </c>
       <c r="H14" s="76">
         <v>416.26512970035071</v>
       </c>
       <c r="I14" s="76">
         <v>420.95400687068093</v>
       </c>
       <c r="J14" s="76">
         <v>429.89377771407118</v>
       </c>
       <c r="K14" s="76">
         <v>442.94023561113192</v>
       </c>
       <c r="L14" s="76">
         <v>451.24151127126726</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" ht="13.8">
+      <c r="M14" s="76">
+        <v>451.34937105151539</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>150</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7629.9729616799996</v>
       </c>
       <c r="D15" s="75">
         <v>7612.9240223999996</v>
       </c>
       <c r="E15" s="75">
         <v>7687.4287721299997</v>
       </c>
       <c r="F15" s="75">
         <v>7961.3122392200003</v>
       </c>
       <c r="G15" s="75">
         <v>7579.6647387600005</v>
       </c>
       <c r="H15" s="75">
         <v>7705.4744835499987</v>
       </c>
       <c r="I15" s="75">
         <v>7723.9305375699987</v>
       </c>
       <c r="J15" s="75">
         <v>7668.8126640599994</v>
       </c>
       <c r="K15" s="75">
         <v>7451.8019837800002</v>
       </c>
       <c r="L15" s="75">
         <v>7414.7062579999993</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" ht="13.8">
+      <c r="M15" s="75">
+        <v>7329.2845551999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>151</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>0</v>
       </c>
       <c r="D16" s="76">
         <v>0</v>
       </c>
       <c r="E16" s="76">
         <v>0</v>
       </c>
       <c r="F16" s="76">
         <v>0</v>
       </c>
       <c r="G16" s="76">
         <v>0</v>
       </c>
       <c r="H16" s="76">
         <v>0</v>
       </c>
       <c r="I16" s="76">
         <v>0</v>
       </c>
       <c r="J16" s="76">
         <v>0</v>
       </c>
       <c r="K16" s="76">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" ht="13.8">
+      <c r="M16" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>152</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>0</v>
       </c>
       <c r="D17" s="76">
         <v>0</v>
       </c>
       <c r="E17" s="76">
         <v>0</v>
       </c>
       <c r="F17" s="76">
         <v>0</v>
       </c>
       <c r="G17" s="76">
         <v>0</v>
       </c>
       <c r="H17" s="76">
         <v>0</v>
       </c>
       <c r="I17" s="76">
         <v>0</v>
       </c>
       <c r="J17" s="76">
         <v>0</v>
       </c>
       <c r="K17" s="76">
         <v>0</v>
       </c>
       <c r="L17" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" ht="13.8">
+      <c r="M17" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>153</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" ht="13.8">
+      <c r="M18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>154</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
       <c r="L19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" ht="13.8">
+      <c r="M19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="13.8">
       <c r="A20" s="14" t="s">
         <v>155</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>314</v>
       </c>
       <c r="C20" s="76">
         <v>7629.9729616799996</v>
       </c>
       <c r="D20" s="76">
         <v>7612.9240223999996</v>
       </c>
       <c r="E20" s="76">
         <v>7687.4287721299997</v>
       </c>
       <c r="F20" s="76">
         <v>7961.3122392200003</v>
       </c>
       <c r="G20" s="76">
         <v>7579.6647387600005</v>
       </c>
       <c r="H20" s="76">
         <v>7705.4744835499987</v>
       </c>
       <c r="I20" s="76">
         <v>7723.9305375699987</v>
       </c>
       <c r="J20" s="76">
         <v>7668.8126640599994</v>
       </c>
       <c r="K20" s="76">
         <v>7451.8019837800002</v>
       </c>
       <c r="L20" s="76">
         <v>7414.7062579999993</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" ht="13.8">
+      <c r="M20" s="76">
+        <v>7329.2845551999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="13.8">
       <c r="A21" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="75">
         <v>350.13234981999994</v>
       </c>
       <c r="D21" s="75">
         <v>343.32487966000002</v>
       </c>
       <c r="E21" s="75">
         <v>362.51285377999943</v>
       </c>
       <c r="F21" s="75">
         <v>324.60435211999999</v>
       </c>
       <c r="G21" s="75">
         <v>317.59760621999999</v>
       </c>
       <c r="H21" s="75">
         <v>310.9080204200053</v>
       </c>
       <c r="I21" s="75">
         <v>303.68219204999997</v>
       </c>
       <c r="J21" s="75">
         <v>311.77231870999287</v>
       </c>
       <c r="K21" s="75">
         <v>289.53852852</v>
       </c>
       <c r="L21" s="75">
         <v>1019.7033410000029</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" ht="13.8">
+      <c r="M21" s="75">
+        <v>739.32101881999915</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="13.8">
       <c r="A22" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="75">
         <v>-3742.6058065700004</v>
       </c>
       <c r="D22" s="75">
         <v>-68.194686929999989</v>
       </c>
       <c r="E22" s="75">
         <v>-3489.6656816900004</v>
       </c>
       <c r="F22" s="75">
         <v>-6771.2410169200002</v>
       </c>
       <c r="G22" s="75">
         <v>-7357.0423826099995</v>
       </c>
       <c r="H22" s="75">
         <v>-9322.6345007599994</v>
       </c>
       <c r="I22" s="75">
         <v>-7111.9451659399974</v>
       </c>
       <c r="J22" s="75">
         <v>-6679.9019049900007</v>
       </c>
       <c r="K22" s="75">
         <v>-5253.82116365</v>
       </c>
       <c r="L22" s="75">
         <v>999.81187608000005</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" ht="13.8">
+      <c r="M22" s="75">
+        <v>2563.94940795</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="13.8">
       <c r="A23" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="75">
         <v>0</v>
       </c>
       <c r="D23" s="75">
         <v>329.93747658999996</v>
       </c>
       <c r="E23" s="75">
         <v>4011.51355625</v>
       </c>
       <c r="F23" s="75">
         <v>2270.2492350700004</v>
       </c>
       <c r="G23" s="75">
         <v>1410.0319790799999</v>
       </c>
       <c r="H23" s="75">
         <v>0</v>
       </c>
       <c r="I23" s="75">
         <v>3317.70175569</v>
       </c>
       <c r="J23" s="75">
         <v>1665.0580256199999</v>
       </c>
       <c r="K23" s="75">
         <v>2930.4867224600002</v>
       </c>
       <c r="L23" s="75">
         <v>2272.2906692900001</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" ht="13.8">
+      <c r="M23" s="75">
+        <v>3357.4862617199997</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="13.8">
       <c r="A24" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="76">
         <v>0</v>
       </c>
       <c r="D24" s="76">
         <v>0</v>
       </c>
       <c r="E24" s="76">
         <v>0</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" ht="13.8">
+      <c r="M24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="13.8">
       <c r="A25" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="77">
         <v>0</v>
       </c>
       <c r="D25" s="77">
         <v>329.93747658999996</v>
       </c>
       <c r="E25" s="77">
         <v>4011.51355625</v>
       </c>
       <c r="F25" s="77">
         <v>2270.2492350700004</v>
       </c>
       <c r="G25" s="77">
         <v>1410.0319790799999</v>
       </c>
       <c r="H25" s="77">
         <v>0</v>
       </c>
       <c r="I25" s="77">
         <v>3317.70175569</v>
       </c>
       <c r="J25" s="77">
         <v>1665.0580256199999</v>
       </c>
       <c r="K25" s="77">
         <v>2930.4867224600002</v>
       </c>
       <c r="L25" s="77">
         <v>2272.2906692900001</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" ht="13.8">
+      <c r="M25" s="77">
+        <v>3357.4862617199997</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="13.8">
       <c r="A26" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="75">
         <v>3742.6058065700004</v>
       </c>
       <c r="D26" s="75">
         <v>398.13216351999995</v>
       </c>
       <c r="E26" s="75">
         <v>7501.1792379400003</v>
       </c>
       <c r="F26" s="75">
         <v>9041.4902519900006</v>
       </c>
       <c r="G26" s="75">
         <v>8767.0743616899999</v>
       </c>
       <c r="H26" s="75">
         <v>9322.6345007599994</v>
       </c>
       <c r="I26" s="75">
         <v>10429.646921629997</v>
       </c>
       <c r="J26" s="75">
         <v>8344.9599306100008</v>
       </c>
       <c r="K26" s="75">
         <v>8184.3078861100003</v>
       </c>
       <c r="L26" s="75">
         <v>1272.47879321</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" ht="13.8">
+      <c r="M26" s="75">
+        <v>793.53685376999988</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="76">
         <v>3742.6058065700004</v>
       </c>
       <c r="D27" s="76">
         <v>398.13216351999995</v>
       </c>
       <c r="E27" s="76">
         <v>7501.1792379400003</v>
       </c>
       <c r="F27" s="76">
         <v>9041.4902519900006</v>
       </c>
       <c r="G27" s="76">
         <v>8767.0743616899999</v>
       </c>
       <c r="H27" s="76">
         <v>9322.6345007599994</v>
       </c>
       <c r="I27" s="76">
         <v>10429.646921629997</v>
       </c>
       <c r="J27" s="76">
         <v>8344.9599306100008</v>
       </c>
       <c r="K27" s="76">
         <v>8184.3078861100003</v>
       </c>
       <c r="L27" s="76">
         <v>1272.47879321</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" ht="13.8">
+      <c r="M27" s="76">
+        <v>793.53685376999988</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="77">
         <v>0</v>
       </c>
       <c r="D28" s="77">
         <v>0</v>
       </c>
       <c r="E28" s="77">
         <v>0</v>
       </c>
       <c r="F28" s="77">
         <v>0</v>
       </c>
       <c r="G28" s="77">
         <v>0</v>
       </c>
       <c r="H28" s="77">
         <v>0</v>
       </c>
       <c r="I28" s="77">
         <v>0</v>
       </c>
       <c r="J28" s="77">
         <v>0</v>
       </c>
       <c r="K28" s="77">
         <v>0</v>
       </c>
       <c r="L28" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" ht="13.8">
+      <c r="M28" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="75">
         <v>165.78882125000001</v>
       </c>
       <c r="D29" s="75">
         <v>172.00262422999998</v>
       </c>
       <c r="E29" s="75">
         <v>173.45908309999999</v>
       </c>
       <c r="F29" s="75">
         <v>177.84987209000002</v>
       </c>
       <c r="G29" s="75">
         <v>183.15136883000002</v>
       </c>
       <c r="H29" s="75">
         <v>183.45992670999999</v>
       </c>
       <c r="I29" s="75">
         <v>185.84098269999998</v>
       </c>
       <c r="J29" s="75">
         <v>187.60381365000001</v>
       </c>
       <c r="K29" s="75">
         <v>192.18764126000002</v>
       </c>
       <c r="L29" s="75">
         <v>189.13313588</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" ht="13.8">
+      <c r="M29" s="75">
+        <v>193.93842983000002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="D30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="E30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="F30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="G30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="H30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="I30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="J30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="L30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" ht="13.8">
+      <c r="M30" s="76">
+        <v>9.9999999999999995E-7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="76">
         <v>0</v>
       </c>
       <c r="D31" s="76">
         <v>0</v>
       </c>
       <c r="E31" s="76">
         <v>0</v>
       </c>
       <c r="F31" s="76">
         <v>0</v>
       </c>
       <c r="G31" s="76">
         <v>0</v>
       </c>
       <c r="H31" s="76">
         <v>0</v>
       </c>
       <c r="I31" s="76">
         <v>0</v>
       </c>
       <c r="J31" s="76">
         <v>0</v>
       </c>
       <c r="K31" s="76">
         <v>0</v>
       </c>
       <c r="L31" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" ht="13.8">
+      <c r="M31" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="13.8">
       <c r="A32" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="76">
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <v>0</v>
       </c>
       <c r="J32" s="76">
         <v>0</v>
       </c>
       <c r="K32" s="76">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" ht="13.8">
+      <c r="M32" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="76">
         <v>0</v>
       </c>
       <c r="D33" s="76">
         <v>0</v>
       </c>
       <c r="E33" s="76">
         <v>0</v>
       </c>
       <c r="F33" s="76">
         <v>0</v>
       </c>
       <c r="G33" s="76">
         <v>0</v>
       </c>
       <c r="H33" s="76">
         <v>0</v>
       </c>
       <c r="I33" s="76">
         <v>0</v>
       </c>
       <c r="J33" s="76">
         <v>0</v>
       </c>
       <c r="K33" s="76">
         <v>0</v>
       </c>
       <c r="L33" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" ht="13.8">
+      <c r="M33" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="13.8">
       <c r="A34" s="13" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="78">
         <v>165.78882025000001</v>
       </c>
       <c r="D34" s="78">
         <v>172.00262322999998</v>
       </c>
       <c r="E34" s="78">
         <v>173.45908209999999</v>
       </c>
       <c r="F34" s="78">
         <v>177.84987109000002</v>
       </c>
       <c r="G34" s="78">
         <v>183.15136783000003</v>
       </c>
       <c r="H34" s="78">
         <v>183.45992570999999</v>
       </c>
       <c r="I34" s="78">
         <v>185.84098169999999</v>
       </c>
       <c r="J34" s="78">
         <v>187.60381265000001</v>
       </c>
       <c r="K34" s="78">
         <v>192.18764026000002</v>
       </c>
       <c r="L34" s="78">
         <v>189.13313488</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" ht="13.8">
+      <c r="M34" s="78">
+        <v>193.93842883000002</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="13.8">
       <c r="B35" s="27"/>
     </row>
-    <row r="36" spans="1:12" ht="13.8">
+    <row r="36" spans="1:13" ht="13.8">
       <c r="B36" s="27"/>
     </row>
-    <row r="37" spans="1:12" ht="13.8">
+    <row r="37" spans="1:13" ht="13.8">
       <c r="B37" s="27"/>
     </row>
-    <row r="38" spans="1:12" ht="13.8">
+    <row r="38" spans="1:13" ht="13.8">
       <c r="B38" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="32532" divId="Set of Tables_32532" sourceType="range" sourceRef="B1:B34" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Assets.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L59"/>
+  <dimension ref="A1:M59"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="K1" sqref="K1:L1048576"/>
+      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="60" style="9" customWidth="1"/>
-    <col min="3" max="12" width="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="13" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="A3" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B3" s="47" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="73">
         <v>45688</v>
       </c>
       <c r="D3" s="73">
         <v>45716</v>
       </c>
       <c r="E3" s="73">
         <v>45747</v>
       </c>
       <c r="F3" s="73">
         <v>45777</v>
       </c>
       <c r="G3" s="73">
         <v>45808</v>
       </c>
       <c r="H3" s="73">
         <v>45838</v>
       </c>
       <c r="I3" s="73">
         <v>45869</v>
       </c>
       <c r="J3" s="73">
         <v>45900</v>
       </c>
       <c r="K3" s="73">
         <v>45930</v>
       </c>
       <c r="L3" s="73">
         <v>45961</v>
       </c>
-    </row>
-    <row r="4" spans="1:12" ht="13.8">
+      <c r="M3" s="73">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="13.8">
       <c r="A4" s="16"/>
       <c r="B4" s="31"/>
       <c r="C4" s="66"/>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
       <c r="K4" s="66"/>
       <c r="L4" s="66"/>
-    </row>
-    <row r="5" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M4" s="66"/>
+    </row>
+    <row r="5" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>113</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="75">
         <v>11203.19187457</v>
       </c>
       <c r="D5" s="75">
         <v>12150.610416800002</v>
       </c>
       <c r="E5" s="75">
         <v>10263.253734850001</v>
       </c>
       <c r="F5" s="75">
         <v>11994.289687069999</v>
       </c>
       <c r="G5" s="75">
         <v>8985.2770833200011</v>
       </c>
       <c r="H5" s="75">
         <v>8547.9950862299993</v>
       </c>
       <c r="I5" s="75">
         <v>9211.3634830599985</v>
       </c>
       <c r="J5" s="75">
         <v>8747.1012456400003</v>
       </c>
       <c r="K5" s="75">
         <v>8886.7586110500015</v>
       </c>
       <c r="L5" s="75">
         <v>9035.3445021200005</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" ht="13.8">
+      <c r="M5" s="75">
+        <v>9764.1527830899995</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>114</v>
       </c>
       <c r="B6" s="31" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="75">
         <v>5217.9579418100002</v>
       </c>
       <c r="D6" s="75">
         <v>5089.3933845700012</v>
       </c>
       <c r="E6" s="75">
         <v>5146.13070883</v>
       </c>
       <c r="F6" s="75">
         <v>5349.0424983499997</v>
       </c>
       <c r="G6" s="75">
         <v>5623.6427486900002</v>
       </c>
       <c r="H6" s="75">
         <v>5344.8458463200004</v>
       </c>
       <c r="I6" s="75">
         <v>5330.3627017899989</v>
       </c>
       <c r="J6" s="75">
         <v>5510.1832240800004</v>
       </c>
       <c r="K6" s="75">
         <v>5694.1853354400009</v>
       </c>
       <c r="L6" s="75">
         <v>5561.8015748900007</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" ht="13.8">
+      <c r="M6" s="75">
+        <v>5859.1013504799994</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>115</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="75">
         <v>5985.2339327600002</v>
       </c>
       <c r="D7" s="75">
         <v>7061.2170322299999</v>
       </c>
       <c r="E7" s="75">
         <v>5117.12302602</v>
       </c>
       <c r="F7" s="75">
         <v>6645.247188719999</v>
       </c>
       <c r="G7" s="75">
         <v>3361.63433463</v>
       </c>
       <c r="H7" s="75">
         <v>3203.1492399099993</v>
       </c>
       <c r="I7" s="75">
         <v>3881.0007812699996</v>
       </c>
       <c r="J7" s="75">
         <v>3236.9180215599995</v>
       </c>
       <c r="K7" s="75">
         <v>3192.5732756099997</v>
       </c>
       <c r="L7" s="75">
         <v>3473.5429272300003</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" ht="13.8">
+      <c r="M7" s="75">
+        <v>3905.0514326100001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C8" s="76">
         <v>5985.2339327600002</v>
       </c>
       <c r="D8" s="76">
         <v>7061.2170322299999</v>
       </c>
       <c r="E8" s="76">
         <v>5117.12302602</v>
       </c>
       <c r="F8" s="76">
         <v>6645.247188719999</v>
       </c>
       <c r="G8" s="76">
         <v>3361.63433463</v>
       </c>
       <c r="H8" s="76">
         <v>3203.1492399099993</v>
       </c>
       <c r="I8" s="76">
         <v>3881.0007812699996</v>
       </c>
       <c r="J8" s="76">
         <v>3236.9180215599995</v>
       </c>
       <c r="K8" s="76">
         <v>3192.5732756099997</v>
       </c>
       <c r="L8" s="76">
         <v>3473.5429272300003</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" ht="13.8">
+      <c r="M8" s="76">
+        <v>3905.0514326100001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="76">
         <v>0</v>
       </c>
       <c r="D9" s="76">
         <v>0</v>
       </c>
       <c r="E9" s="76">
         <v>0</v>
       </c>
       <c r="F9" s="76">
         <v>0</v>
       </c>
       <c r="G9" s="76">
         <v>0</v>
       </c>
       <c r="H9" s="76">
         <v>0</v>
       </c>
       <c r="I9" s="76">
         <v>0</v>
       </c>
       <c r="J9" s="76">
         <v>0</v>
       </c>
       <c r="K9" s="76">
         <v>0</v>
       </c>
       <c r="L9" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" ht="13.8">
+      <c r="M9" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="D10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="E10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="F10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="G10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="H10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="I10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="J10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="K10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="L10" s="75">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="13.8">
+      <c r="M10" s="75">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="D11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="E11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="F11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="G11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="H11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="I11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="J11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="K11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="L11" s="76">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M11" s="76">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
       <c r="L13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D14" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E14" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F14" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G14" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H14" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I14" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J14" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K14" s="76">
         <v>-0.33182855999999999</v>
       </c>
       <c r="L14" s="76">
         <v>-0.51145127000000001</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" ht="13.8">
+      <c r="M14" s="76">
+        <v>-0.67216197999999994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D15" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E15" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F15" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G15" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H15" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I15" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J15" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K15" s="76">
         <v>-0.33182855999999999</v>
       </c>
       <c r="L15" s="76">
         <v>-0.51145127000000001</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M15" s="76">
+        <v>-0.67216197999999994</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="75">
         <v>20943.414832049999</v>
       </c>
       <c r="D16" s="75">
         <v>21117.914188660001</v>
       </c>
       <c r="E16" s="75">
         <v>21034.135325359999</v>
       </c>
       <c r="F16" s="75">
         <v>20920.985849879999</v>
       </c>
       <c r="G16" s="75">
         <v>20986.393240960002</v>
       </c>
       <c r="H16" s="75">
         <v>21435.77174919</v>
       </c>
       <c r="I16" s="75">
         <v>21616.401296280001</v>
       </c>
       <c r="J16" s="75">
         <v>21999.562541130003</v>
       </c>
       <c r="K16" s="75">
         <v>22962.085827139999</v>
       </c>
       <c r="L16" s="75">
         <v>23369.63592044</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" ht="14.4">
+      <c r="M16" s="75">
+        <v>24763.903052689999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="14.4">
       <c r="A17" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="76">
         <v>20202.560215149999</v>
       </c>
       <c r="D17" s="76">
         <v>20442.89750503</v>
       </c>
       <c r="E17" s="76">
         <v>20354.141646029999</v>
       </c>
       <c r="F17" s="76">
         <v>20236.640828249998</v>
       </c>
       <c r="G17" s="76">
         <v>20296.77461068</v>
       </c>
       <c r="H17" s="76">
         <v>20740.88469734</v>
       </c>
       <c r="I17" s="76">
         <v>20916.238356460002</v>
       </c>
       <c r="J17" s="76">
         <v>21293.788430780001</v>
       </c>
       <c r="K17" s="76">
         <v>22250.580084720001</v>
       </c>
       <c r="L17" s="76">
         <v>22652.40125979</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M17" s="76">
+        <v>24040.285138449999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" ht="14.4">
+      <c r="M18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="14.4">
       <c r="A19" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
       <c r="L19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="76">
         <v>0</v>
       </c>
       <c r="D20" s="76">
         <v>0</v>
       </c>
       <c r="E20" s="76">
         <v>0</v>
       </c>
       <c r="F20" s="76">
         <v>0</v>
       </c>
       <c r="G20" s="76">
         <v>0</v>
       </c>
       <c r="H20" s="76">
         <v>0</v>
       </c>
       <c r="I20" s="76">
         <v>0</v>
       </c>
       <c r="J20" s="76">
         <v>0</v>
       </c>
       <c r="K20" s="76">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" ht="14.4">
+      <c r="M20" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="14.4">
       <c r="A21" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C21" s="76">
         <v>0</v>
       </c>
       <c r="D21" s="76">
         <v>0</v>
       </c>
       <c r="E21" s="76">
         <v>0</v>
       </c>
       <c r="F21" s="76">
         <v>0</v>
       </c>
       <c r="G21" s="76">
         <v>0</v>
       </c>
       <c r="H21" s="76">
         <v>0</v>
       </c>
       <c r="I21" s="76">
         <v>0</v>
       </c>
       <c r="J21" s="76">
         <v>0</v>
       </c>
       <c r="K21" s="76">
         <v>0</v>
       </c>
       <c r="L21" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M21" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="75">
         <v>13229.964908810001</v>
       </c>
       <c r="D22" s="75">
         <v>13282.474425159997</v>
       </c>
       <c r="E22" s="75">
         <v>13310.704261369998</v>
       </c>
       <c r="F22" s="75">
         <v>12823.242455930002</v>
       </c>
       <c r="G22" s="75">
         <v>12411.54859056</v>
       </c>
       <c r="H22" s="75">
         <v>12487.185072359998</v>
       </c>
       <c r="I22" s="75">
         <v>12581.484136180001</v>
       </c>
       <c r="J22" s="75">
         <v>12599.301274829997</v>
       </c>
       <c r="K22" s="75">
         <v>12341.690191170001</v>
       </c>
       <c r="L22" s="75">
         <v>12447.46255009</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" ht="13.8">
+      <c r="M22" s="75">
+        <v>12423.634555250001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="76">
         <v>40</v>
       </c>
       <c r="D23" s="76">
         <v>40</v>
       </c>
       <c r="E23" s="76">
         <v>40</v>
       </c>
       <c r="F23" s="76">
         <v>40</v>
       </c>
       <c r="G23" s="76">
         <v>40</v>
       </c>
       <c r="H23" s="76">
         <v>40</v>
       </c>
       <c r="I23" s="76">
         <v>40</v>
       </c>
       <c r="J23" s="76">
         <v>40</v>
       </c>
       <c r="K23" s="76">
         <v>40</v>
       </c>
       <c r="L23" s="76">
         <v>40</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" ht="13.8">
+      <c r="M23" s="76">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>77</v>
       </c>
       <c r="C24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="D24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="E24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" ht="13.8">
+      <c r="M24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="76">
         <v>3563.31932792</v>
       </c>
       <c r="D25" s="76">
         <v>3599.0185667299997</v>
       </c>
       <c r="E25" s="76">
         <v>3620.0364107300002</v>
       </c>
       <c r="F25" s="76">
         <v>4074.4280957199999</v>
       </c>
       <c r="G25" s="76">
         <v>4055.4870855000004</v>
       </c>
       <c r="H25" s="76">
         <v>4214.2124901999996</v>
       </c>
       <c r="I25" s="76">
         <v>4155.1781699399999</v>
       </c>
       <c r="J25" s="76">
         <v>4210.3456250499994</v>
       </c>
       <c r="K25" s="76">
         <v>4241.8508449200008</v>
       </c>
       <c r="L25" s="76">
         <v>4237.0257202900002</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" ht="13.8">
+      <c r="M25" s="76">
+        <v>4239.2357963500008</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="76">
         <v>8411.2615093000004</v>
       </c>
       <c r="D26" s="76">
         <v>8356.2879528999983</v>
       </c>
       <c r="E26" s="76">
         <v>8335.020421109999</v>
       </c>
       <c r="F26" s="76">
         <v>8447.4850469100002</v>
       </c>
       <c r="G26" s="76">
         <v>8006.5065929099992</v>
       </c>
       <c r="H26" s="76">
         <v>7934.3704337599993</v>
       </c>
       <c r="I26" s="76">
         <v>8025.1135334600003</v>
       </c>
       <c r="J26" s="76">
         <v>7914.9317870199993</v>
       </c>
       <c r="K26" s="76">
         <v>7601.8296344700002</v>
       </c>
       <c r="L26" s="76">
         <v>7683.3631983599998</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" ht="13.8">
+      <c r="M26" s="76">
+        <v>7608.1674878000003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="76">
         <v>108.16997981999998</v>
       </c>
       <c r="D27" s="76">
         <v>179.95381376000006</v>
       </c>
       <c r="E27" s="76">
         <v>208.43333775999986</v>
       </c>
       <c r="F27" s="76">
         <v>261.32931330000008</v>
       </c>
       <c r="G27" s="76">
         <v>309.55491215000001</v>
       </c>
       <c r="H27" s="76">
         <v>298.60214839999981</v>
       </c>
       <c r="I27" s="76">
         <v>361.19243278000005</v>
       </c>
       <c r="J27" s="76">
         <v>434.02386275999993</v>
       </c>
       <c r="K27" s="76">
         <v>458.00971177999952</v>
       </c>
       <c r="L27" s="76">
         <v>487.07363144000033</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" ht="13.8">
+      <c r="M27" s="76">
+        <v>536.23127110000019</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="75">
         <v>1000.073020167647</v>
       </c>
       <c r="D28" s="75">
         <v>490.01700719043572</v>
       </c>
       <c r="E28" s="75">
         <v>307.32808333766729</v>
       </c>
       <c r="F28" s="75">
         <v>373.32424314641128</v>
       </c>
       <c r="G28" s="75">
         <v>429.41614984268119</v>
       </c>
       <c r="H28" s="75">
         <v>393.86144953964777</v>
       </c>
       <c r="I28" s="75">
         <v>563.92792730931797</v>
       </c>
       <c r="J28" s="75">
         <v>634.80500575592816</v>
       </c>
       <c r="K28" s="75">
         <v>826.39303157886741</v>
       </c>
       <c r="L28" s="75">
         <v>908.84680611873216</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" ht="13.8">
+      <c r="M28" s="75">
+        <v>912.0997556784838</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B29" s="87" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="76">
         <v>1480.5200313800001</v>
       </c>
       <c r="D29" s="76">
         <v>1038.0359060399999</v>
       </c>
       <c r="E29" s="76">
         <v>1067.59147988</v>
       </c>
       <c r="F29" s="76">
         <v>1104.60197494</v>
       </c>
       <c r="G29" s="76">
         <v>1193.80193031</v>
       </c>
       <c r="H29" s="76">
         <v>1197.0682786599998</v>
       </c>
       <c r="I29" s="76">
         <v>1228.2650457899999</v>
       </c>
       <c r="J29" s="76">
         <v>1262.20635423</v>
       </c>
       <c r="K29" s="76">
         <v>1432.8244060899999</v>
       </c>
       <c r="L29" s="76">
         <v>1490.0120519700001</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" ht="13.8">
+      <c r="M29" s="76">
+        <v>1507.7139714800001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="13.8">
       <c r="A30" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="88" t="s">
         <v>320</v>
       </c>
       <c r="C30" s="78">
         <v>480.44701121235312</v>
       </c>
       <c r="D30" s="78">
         <v>548.01889884956415</v>
       </c>
       <c r="E30" s="78">
         <v>760.26339654233266</v>
       </c>
       <c r="F30" s="78">
         <v>731.27773179358871</v>
       </c>
       <c r="G30" s="78">
         <v>764.3857804673188</v>
       </c>
       <c r="H30" s="78">
         <v>803.20682912035204</v>
       </c>
       <c r="I30" s="78">
         <v>664.33711848068197</v>
       </c>
       <c r="J30" s="78">
         <v>627.40134847407182</v>
       </c>
       <c r="K30" s="78">
         <v>606.4313745111325</v>
       </c>
       <c r="L30" s="78">
         <v>581.16524585126797</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" ht="13.8">
+      <c r="M30" s="78">
+        <v>595.61421580151625</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="13.8">
       <c r="B31" s="27"/>
     </row>
-    <row r="32" spans="1:12" ht="13.8">
+    <row r="32" spans="1:13" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -8063,1284 +8236,1376 @@
     </row>
     <row r="58" spans="2:2" ht="13.8">
       <c r="B58" s="27"/>
     </row>
     <row r="59" spans="2:2" ht="13.8">
       <c r="B59" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="4183" divId="Set of Tables_4183" sourceType="range" sourceRef="B1:B30" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L120"/>
+  <dimension ref="A1:M120"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="L1" sqref="L1:L1048576"/>
+      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="16.109375" customWidth="1"/>
     <col min="2" max="2" width="45.44140625" customWidth="1"/>
-    <col min="3" max="12" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="13" width="11.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="46" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="46"/>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="B3" s="46" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="13.8">
+    <row r="4" spans="1:13" ht="13.8">
       <c r="A4" s="15"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="89">
         <v>45777</v>
       </c>
       <c r="G4" s="89">
         <v>45808</v>
       </c>
       <c r="H4" s="89">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" ht="13.8">
+      <c r="M4" s="73">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13.8">
       <c r="A5" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="47" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="79"/>
       <c r="D5" s="79"/>
       <c r="E5" s="79"/>
       <c r="F5" s="79"/>
       <c r="G5" s="79"/>
       <c r="H5" s="79"/>
       <c r="I5" s="79"/>
       <c r="J5" s="79"/>
       <c r="K5" s="79"/>
       <c r="L5" s="79"/>
-    </row>
-    <row r="6" spans="1:12" ht="13.8">
+      <c r="M5" s="79"/>
+    </row>
+    <row r="6" spans="1:13" ht="13.8">
       <c r="A6" s="16"/>
       <c r="B6" s="31"/>
       <c r="C6" s="80"/>
       <c r="D6" s="80"/>
       <c r="E6" s="80"/>
       <c r="F6" s="80"/>
       <c r="G6" s="80"/>
       <c r="H6" s="80"/>
       <c r="I6" s="80"/>
       <c r="J6" s="80"/>
       <c r="K6" s="80"/>
       <c r="L6" s="80"/>
-    </row>
-    <row r="7" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M6" s="80"/>
+    </row>
+    <row r="7" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="75">
         <v>28050.513939218985</v>
       </c>
       <c r="D7" s="75">
         <v>27203.969196176964</v>
       </c>
       <c r="E7" s="75">
         <v>33980.557453664187</v>
       </c>
       <c r="F7" s="75">
         <v>31823.570852187655</v>
       </c>
       <c r="G7" s="75">
         <v>32342.312771083409</v>
       </c>
       <c r="H7" s="75">
         <v>29733.885278799957</v>
       </c>
       <c r="I7" s="75">
         <v>36202.589015070269</v>
       </c>
       <c r="J7" s="75">
         <v>36307.735560353431</v>
       </c>
       <c r="K7" s="75">
         <v>37710.7059165971</v>
       </c>
       <c r="L7" s="75">
         <v>32587.096443954229</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M7" s="75">
+        <v>32299.504990639409</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="75">
         <v>35595.014284368561</v>
       </c>
       <c r="D8" s="75">
         <v>34700.962427657658</v>
       </c>
       <c r="E8" s="75">
         <v>42145.099318762892</v>
       </c>
       <c r="F8" s="75">
         <v>40348.967028083338</v>
       </c>
       <c r="G8" s="75">
         <v>41516.151207313422</v>
       </c>
       <c r="H8" s="75">
         <v>38593.661044678367</v>
       </c>
       <c r="I8" s="75">
         <v>44999.617663309487</v>
       </c>
       <c r="J8" s="75">
         <v>45028.028986523364</v>
       </c>
       <c r="K8" s="75">
         <v>46618.855787160232</v>
       </c>
       <c r="L8" s="75">
         <v>41841.611485888199</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M8" s="75">
+        <v>43406.111302335717</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>150.02450972888298</v>
       </c>
       <c r="D9" s="76">
         <v>138.28571634046679</v>
       </c>
       <c r="E9" s="76">
         <v>195.21539406726768</v>
       </c>
       <c r="F9" s="76">
         <v>210.2430694310768</v>
       </c>
       <c r="G9" s="76">
         <v>206.89363334591172</v>
       </c>
       <c r="H9" s="76">
         <v>260.57938126407714</v>
       </c>
       <c r="I9" s="76">
         <v>197.34184141711256</v>
       </c>
       <c r="J9" s="76">
         <v>183.31053077138958</v>
       </c>
       <c r="K9" s="76">
         <v>182.19602554415562</v>
       </c>
       <c r="L9" s="76">
         <v>160.56884622014746</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M9" s="76">
+        <v>199.09131078957853</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>25842.648954314296</v>
       </c>
       <c r="D10" s="76">
         <v>25372.526318949349</v>
       </c>
       <c r="E10" s="76">
         <v>25357.129066501904</v>
       </c>
       <c r="F10" s="76">
         <v>24606.722731076406</v>
       </c>
       <c r="G10" s="76">
         <v>25005.153727298904</v>
       </c>
       <c r="H10" s="76">
         <v>21654.755761996374</v>
       </c>
       <c r="I10" s="76">
         <v>23332.491581337625</v>
       </c>
       <c r="J10" s="76">
         <v>21766.220916272789</v>
       </c>
       <c r="K10" s="76">
         <v>24911.485657612502</v>
       </c>
       <c r="L10" s="76">
         <v>21474.383538816808</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M10" s="76">
+        <v>23312.89023319741</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>9045.9043734552397</v>
       </c>
       <c r="D11" s="76">
         <v>8574.39809336894</v>
       </c>
       <c r="E11" s="76">
         <v>15964.37508086189</v>
       </c>
       <c r="F11" s="76">
         <v>14949.643995641889</v>
       </c>
       <c r="G11" s="76">
         <v>15639.816287674908</v>
       </c>
       <c r="H11" s="76">
         <v>16128.053992187501</v>
       </c>
       <c r="I11" s="76">
         <v>18434.937814893841</v>
       </c>
       <c r="J11" s="76">
         <v>19946.200894668178</v>
       </c>
       <c r="K11" s="76">
         <v>19610.67408597867</v>
       </c>
       <c r="L11" s="76">
         <v>18601.731158965475</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M11" s="76">
+        <v>17792.168557476049</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C12" s="76">
         <v>351.45941884013905</v>
       </c>
       <c r="D12" s="76">
         <v>385.2856809689045</v>
       </c>
       <c r="E12" s="76">
         <v>360.02272963182509</v>
       </c>
       <c r="F12" s="76">
         <v>276.81199343396275</v>
       </c>
       <c r="G12" s="76">
         <v>248.8900279836935</v>
       </c>
       <c r="H12" s="76">
         <v>204.70954005042043</v>
       </c>
       <c r="I12" s="76">
         <v>2708.4195117709123</v>
       </c>
       <c r="J12" s="76">
         <v>2838.7375833710107</v>
       </c>
       <c r="K12" s="76">
         <v>1607.4211112049104</v>
       </c>
       <c r="L12" s="76">
         <v>1326.7705918557695</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M12" s="76">
+        <v>1851.7793945726801</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C13" s="76">
         <v>195.29034963999999</v>
       </c>
       <c r="D13" s="76">
         <v>219.31834064</v>
       </c>
       <c r="E13" s="76">
         <v>249.74495230999997</v>
       </c>
       <c r="F13" s="76">
         <v>290.72153410999999</v>
       </c>
       <c r="G13" s="76">
         <v>404.86491961999997</v>
       </c>
       <c r="H13" s="76">
         <v>334.89861979000005</v>
       </c>
       <c r="I13" s="76">
         <v>316.40631749999994</v>
       </c>
       <c r="J13" s="76">
         <v>289.86343004999998</v>
       </c>
       <c r="K13" s="76">
         <v>303.55917643000004</v>
       </c>
       <c r="L13" s="76">
         <v>273.76534164000003</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M13" s="76">
+        <v>244.14096791000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C14" s="76">
         <v>9.6866783899999991</v>
       </c>
       <c r="D14" s="76">
         <v>11.148277390000001</v>
       </c>
       <c r="E14" s="76">
         <v>18.61209539</v>
       </c>
       <c r="F14" s="76">
         <v>14.82370439</v>
       </c>
       <c r="G14" s="76">
         <v>10.532611390000001</v>
       </c>
       <c r="H14" s="76">
         <v>10.66374939</v>
       </c>
       <c r="I14" s="76">
         <v>10.02059639</v>
       </c>
       <c r="J14" s="76">
         <v>3.69563139</v>
       </c>
       <c r="K14" s="76">
         <v>3.5197303900000003</v>
       </c>
       <c r="L14" s="76">
         <v>4.39200839</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" ht="13.8">
+      <c r="M14" s="76">
+        <v>6.0408383900000011</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B15" s="36" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7544.500345149575</v>
       </c>
       <c r="D15" s="75">
         <v>7496.993231480692</v>
       </c>
       <c r="E15" s="75">
         <v>8164.5418650987021</v>
       </c>
       <c r="F15" s="75">
         <v>8525.396175895683</v>
       </c>
       <c r="G15" s="75">
         <v>9173.8384362300148</v>
       </c>
       <c r="H15" s="75">
         <v>8859.7757658784121</v>
       </c>
       <c r="I15" s="75">
         <v>8797.0286482392185</v>
       </c>
       <c r="J15" s="75">
         <v>8720.293426169932</v>
       </c>
       <c r="K15" s="75">
         <v>8908.1498705631275</v>
       </c>
       <c r="L15" s="75">
         <v>9254.5150419339698</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M15" s="75">
+        <v>11106.606311696309</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>3946.8684290411884</v>
       </c>
       <c r="D16" s="76">
         <v>4216.4772610085438</v>
       </c>
       <c r="E16" s="76">
         <v>4549.8554055777167</v>
       </c>
       <c r="F16" s="76">
         <v>4559.2373634366922</v>
       </c>
       <c r="G16" s="76">
         <v>5337.0372288723629</v>
       </c>
       <c r="H16" s="76">
         <v>5292.4739979477345</v>
       </c>
       <c r="I16" s="76">
         <v>5159.0998875435744</v>
       </c>
       <c r="J16" s="76">
         <v>4977.0347235323898</v>
       </c>
       <c r="K16" s="76">
         <v>4673.897435847739</v>
       </c>
       <c r="L16" s="76">
         <v>4667.62694488331</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M16" s="76">
+        <v>6389.5570716411221</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>1674.5458151500002</v>
       </c>
       <c r="D17" s="76">
         <v>1303.94991377</v>
       </c>
       <c r="E17" s="76">
         <v>1327.1595167400001</v>
       </c>
       <c r="F17" s="76">
         <v>1289.0877618499999</v>
       </c>
       <c r="G17" s="76">
         <v>1297.6912465599999</v>
       </c>
       <c r="H17" s="76">
         <v>1270.3731719699999</v>
       </c>
       <c r="I17" s="76">
         <v>1272.9404821399999</v>
       </c>
       <c r="J17" s="76">
         <v>1291.2698835000001</v>
       </c>
       <c r="K17" s="76">
         <v>1282.9195886300001</v>
       </c>
       <c r="L17" s="76">
         <v>1337.9223282399998</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M17" s="76">
+        <v>1341.5216490800001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C18" s="76">
         <v>1003.9237460815376</v>
       </c>
       <c r="D18" s="76">
         <v>985.23026716214861</v>
       </c>
       <c r="E18" s="76">
         <v>978.51825405098634</v>
       </c>
       <c r="F18" s="76">
         <v>987.87976729899174</v>
       </c>
       <c r="G18" s="76">
         <v>974.26174254765328</v>
       </c>
       <c r="H18" s="76">
         <v>846.94664557067813</v>
       </c>
       <c r="I18" s="76">
         <v>853.74547581564389</v>
       </c>
       <c r="J18" s="76">
         <v>857.14386677754305</v>
       </c>
       <c r="K18" s="76">
         <v>861.32272634538845</v>
       </c>
       <c r="L18" s="76">
         <v>869.58455313066054</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M18" s="76">
+        <v>853.78955978518695</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C19" s="76">
         <v>474.18617410000002</v>
       </c>
       <c r="D19" s="76">
         <v>534.04405015999987</v>
       </c>
       <c r="E19" s="76">
         <v>824.52571166999996</v>
       </c>
       <c r="F19" s="76">
         <v>1182.5823083899998</v>
       </c>
       <c r="G19" s="76">
         <v>1042.5315283399998</v>
       </c>
       <c r="H19" s="76">
         <v>917.97548217999997</v>
       </c>
       <c r="I19" s="76">
         <v>937.03003565000006</v>
       </c>
       <c r="J19" s="76">
         <v>1006.9910688800001</v>
       </c>
       <c r="K19" s="76">
         <v>1482.0212105600001</v>
       </c>
       <c r="L19" s="76">
         <v>1750.9471353100002</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M19" s="76">
+        <v>1877.2007248400002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C20" s="76">
         <v>444.97618077684933</v>
       </c>
       <c r="D20" s="76">
         <v>457.29173937999997</v>
       </c>
       <c r="E20" s="76">
         <v>484.48297706</v>
       </c>
       <c r="F20" s="76">
         <v>506.60897492000004</v>
       </c>
       <c r="G20" s="76">
         <v>522.31668991000004</v>
       </c>
       <c r="H20" s="76">
         <v>532.00646820999998</v>
       </c>
       <c r="I20" s="76">
         <v>574.21276709000006</v>
       </c>
       <c r="J20" s="76">
         <v>587.85388347999992</v>
       </c>
       <c r="K20" s="76">
         <v>607.98890917999995</v>
       </c>
       <c r="L20" s="76">
         <v>628.43408036999995</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M20" s="76">
+        <v>644.53730634999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="75">
         <v>16529.814424341115</v>
       </c>
       <c r="D21" s="75">
         <v>18698.51265445953</v>
       </c>
       <c r="E21" s="75">
         <v>11146.010566566732</v>
       </c>
       <c r="F21" s="75">
         <v>13047.197426868923</v>
       </c>
       <c r="G21" s="75">
         <v>7937.3212572140874</v>
       </c>
       <c r="H21" s="75">
         <v>7892.2257858821731</v>
       </c>
       <c r="I21" s="75">
         <v>8312.2867474828872</v>
       </c>
       <c r="J21" s="75">
         <v>7527.3756748686101</v>
       </c>
       <c r="K21" s="75">
         <v>6596.5997375169409</v>
       </c>
       <c r="L21" s="75">
         <v>7111.6815070228404</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M21" s="75">
+        <v>7459.672088153372</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="76">
         <v>1475.2339230611169</v>
       </c>
       <c r="D22" s="76">
         <v>1430.5321361195336</v>
       </c>
       <c r="E22" s="76">
         <v>1415.2304778627324</v>
       </c>
       <c r="F22" s="76">
         <v>1677.7075223189229</v>
       </c>
       <c r="G22" s="76">
         <v>1694.869847234088</v>
       </c>
       <c r="H22" s="76">
         <v>1420.5637057421729</v>
       </c>
       <c r="I22" s="76">
         <v>1477.8909272828873</v>
       </c>
       <c r="J22" s="76">
         <v>1461.3885722886102</v>
       </c>
       <c r="K22" s="76">
         <v>1727.387987225844</v>
       </c>
       <c r="L22" s="76">
         <v>1563.4381288698523</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M22" s="76">
+        <v>1556.3433799704212</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="76">
         <v>8678.0394565799998</v>
       </c>
       <c r="D23" s="76">
         <v>10596.32467765</v>
       </c>
       <c r="E23" s="76">
         <v>8683.564493853999</v>
       </c>
       <c r="F23" s="76">
         <v>10471.47345768</v>
       </c>
       <c r="G23" s="76">
         <v>5642.9416051399994</v>
       </c>
       <c r="H23" s="76">
         <v>6222.2630801100004</v>
       </c>
       <c r="I23" s="76">
         <v>6634.4508237600003</v>
       </c>
       <c r="J23" s="76">
         <v>5366.9042665500001</v>
       </c>
       <c r="K23" s="76">
         <v>4370.2849300110965</v>
       </c>
       <c r="L23" s="76">
         <v>5348.780841212988</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M23" s="76">
+        <v>5903.2691682629511</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>83</v>
       </c>
       <c r="C24" s="76">
         <v>6376.5410447000004</v>
       </c>
       <c r="D24" s="76">
         <v>6671.6558406899976</v>
       </c>
       <c r="E24" s="76">
         <v>1047.2155948499999</v>
       </c>
       <c r="F24" s="76">
         <v>898.0164468700001</v>
       </c>
       <c r="G24" s="76">
         <v>599.5098048399999</v>
       </c>
       <c r="H24" s="76">
         <v>249.39900003</v>
       </c>
       <c r="I24" s="76">
         <v>199.94499643999998</v>
       </c>
       <c r="J24" s="76">
         <v>699.08283603000007</v>
       </c>
       <c r="K24" s="76">
         <v>498.92682028000002</v>
       </c>
       <c r="L24" s="76">
         <v>199.46253694000001</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M24" s="76">
+        <v>5.9539919999999996E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="75">
         <v>37111.379146199994</v>
       </c>
       <c r="D25" s="75">
         <v>38586.410506740001</v>
       </c>
       <c r="E25" s="75">
         <v>38637.660962740003</v>
       </c>
       <c r="F25" s="75">
         <v>38826.028462979993</v>
       </c>
       <c r="G25" s="75">
         <v>39839.98949018</v>
       </c>
       <c r="H25" s="75">
         <v>39806.067936400003</v>
       </c>
       <c r="I25" s="75">
         <v>39697.908525120009</v>
       </c>
       <c r="J25" s="75">
         <v>40363.345086050002</v>
       </c>
       <c r="K25" s="75">
         <v>41077.962572750002</v>
       </c>
       <c r="L25" s="75">
         <v>46538.443534260005</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M25" s="75">
+        <v>47246.587581129992</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="75">
         <v>40865.683819009995</v>
       </c>
       <c r="D26" s="75">
         <v>42100.029386390001</v>
       </c>
       <c r="E26" s="75">
         <v>42308.560370200001</v>
       </c>
       <c r="F26" s="75">
         <v>42385.577209339994</v>
       </c>
       <c r="G26" s="75">
         <v>43512.849916970001</v>
       </c>
       <c r="H26" s="75">
         <v>43524.170912720001</v>
       </c>
       <c r="I26" s="75">
         <v>43305.741475300005</v>
       </c>
       <c r="J26" s="75">
         <v>44089.803507850003</v>
       </c>
       <c r="K26" s="75">
         <v>44709.291978300003</v>
       </c>
       <c r="L26" s="75">
         <v>50122.306463820001</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M26" s="75">
+        <v>50825.078569529993</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D27" s="76">
         <v>42100.029386390001</v>
       </c>
       <c r="E27" s="76">
         <v>42308.560370200001</v>
       </c>
       <c r="F27" s="76">
         <v>42385.577209339994</v>
       </c>
       <c r="G27" s="76">
         <v>43512.849916970001</v>
       </c>
       <c r="H27" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I27" s="76">
         <v>43305.741475300005</v>
       </c>
       <c r="J27" s="76">
         <v>44089.803507850003</v>
       </c>
       <c r="K27" s="76">
         <v>44709.291978300003</v>
       </c>
       <c r="L27" s="76">
         <v>50122.306463820001</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" ht="13.8">
+      <c r="M27" s="76">
+        <v>50825.078569529993</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="75">
         <v>3754.3046728099994</v>
       </c>
       <c r="D28" s="75">
         <v>3513.618879650001</v>
       </c>
       <c r="E28" s="75">
         <v>3670.8994074600009</v>
       </c>
       <c r="F28" s="75">
         <v>3559.5487463600002</v>
       </c>
       <c r="G28" s="75">
         <v>3672.86042679</v>
       </c>
       <c r="H28" s="75">
         <v>3718.1029763200004</v>
       </c>
       <c r="I28" s="75">
         <v>3607.8329501799994</v>
       </c>
       <c r="J28" s="75">
         <v>3726.4584218000005</v>
       </c>
       <c r="K28" s="75">
         <v>3631.3294055500005</v>
       </c>
       <c r="L28" s="75">
         <v>3583.8629295600003</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M28" s="75">
+        <v>3578.4909883999999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="76">
         <v>3754.3046728099994</v>
       </c>
       <c r="D29" s="76">
         <v>3513.618879650001</v>
       </c>
       <c r="E29" s="76">
         <v>3670.8994074600009</v>
       </c>
       <c r="F29" s="76">
         <v>3559.5487463600002</v>
       </c>
       <c r="G29" s="76">
         <v>3672.86042679</v>
       </c>
       <c r="H29" s="76">
         <v>3718.1029763200004</v>
       </c>
       <c r="I29" s="76">
         <v>3607.8329501799994</v>
       </c>
       <c r="J29" s="76">
         <v>3726.4584218000005</v>
       </c>
       <c r="K29" s="76">
         <v>3631.3294055500005</v>
       </c>
       <c r="L29" s="76">
         <v>3583.8629295600003</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M29" s="76">
+        <v>3578.4909883999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="75">
         <v>125338.43788957837</v>
       </c>
       <c r="D30" s="75">
         <v>124895.59770050952</v>
       </c>
       <c r="E30" s="75">
         <v>125394.41027620112</v>
       </c>
       <c r="F30" s="75">
         <v>125825.84897305617</v>
       </c>
       <c r="G30" s="75">
         <v>125989.08704321628</v>
       </c>
       <c r="H30" s="75">
         <v>127040.24139705049</v>
       </c>
       <c r="I30" s="75">
         <v>126788.21555755215</v>
       </c>
       <c r="J30" s="75">
         <v>127326.40640828022</v>
       </c>
       <c r="K30" s="75">
         <v>129060.05410223713</v>
       </c>
       <c r="L30" s="75">
         <v>128628.73552456792</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M30" s="75">
+        <v>129500.30345031337</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="76">
         <v>4163.1822335000006</v>
       </c>
       <c r="D31" s="76">
         <v>4174.4503515699989</v>
       </c>
       <c r="E31" s="76">
         <v>4122.8214123199996</v>
       </c>
       <c r="F31" s="76">
         <v>4028.9738758932262</v>
       </c>
       <c r="G31" s="76">
         <v>4043.4720591319997</v>
       </c>
       <c r="H31" s="76">
         <v>4028.4914438400006</v>
       </c>
       <c r="I31" s="76">
         <v>3924.7226948471248</v>
       </c>
       <c r="J31" s="76">
         <v>3900.4392938067695</v>
       </c>
       <c r="K31" s="76">
         <v>3975.0677943850355</v>
       </c>
       <c r="L31" s="76">
         <v>3949.2338342149219</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M31" s="76">
+        <v>3917.3781157943467</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D32" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E32" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F32" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G32" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H32" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I32" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J32" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K32" s="76">
         <v>108.5073112800001</v>
       </c>
       <c r="L32" s="76">
         <v>109.75725496000015</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M32" s="76">
+        <v>108.11087531</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D33" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E33" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F33" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G33" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H33" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I33" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J33" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K33" s="76">
         <v>1817.7757332713231</v>
       </c>
       <c r="L33" s="76">
         <v>1702.9677951800002</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M33" s="76">
+        <v>1877.2956615688354</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D34" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E34" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F34" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G34" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H34" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I34" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J34" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K34" s="76">
         <v>52890.973113317581</v>
       </c>
       <c r="L34" s="76">
         <v>52605.953178977063</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M34" s="76">
+        <v>53318.45358259834</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A35" s="18" t="s">
         <v>181</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="78">
         <v>68655.14307787102</v>
       </c>
       <c r="D35" s="78">
         <v>68724.891277576244</v>
       </c>
       <c r="E35" s="78">
         <v>68804.251734923077</v>
       </c>
       <c r="F35" s="78">
         <v>68942.91212322659</v>
       </c>
       <c r="G35" s="78">
         <v>69110.998449168619</v>
       </c>
       <c r="H35" s="78">
         <v>69321.054236405107</v>
       </c>
       <c r="I35" s="78">
         <v>69648.829407463447</v>
       </c>
       <c r="J35" s="78">
         <v>69820.929529654546</v>
       </c>
       <c r="K35" s="78">
         <v>70267.730149983196</v>
       </c>
       <c r="L35" s="78">
         <v>70260.823461235937</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" ht="13.8">
+      <c r="M35" s="78">
+        <v>70279.065215041846</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="13.8">
       <c r="B36" s="34"/>
     </row>
-    <row r="37" spans="1:12" ht="13.8">
+    <row r="37" spans="1:13" ht="13.8">
       <c r="B37" s="34"/>
     </row>
-    <row r="38" spans="1:12" ht="13.8">
+    <row r="38" spans="1:13" ht="13.8">
       <c r="B38" s="34"/>
     </row>
-    <row r="39" spans="1:12" ht="13.8">
+    <row r="39" spans="1:13" ht="13.8">
       <c r="B39" s="34"/>
     </row>
-    <row r="40" spans="1:12" ht="13.8">
+    <row r="40" spans="1:13" ht="13.8">
       <c r="B40" s="34"/>
     </row>
-    <row r="41" spans="1:12" ht="13.8">
+    <row r="41" spans="1:13" ht="13.8">
       <c r="B41" s="34"/>
     </row>
-    <row r="42" spans="1:12" ht="13.8">
+    <row r="42" spans="1:13" ht="13.8">
       <c r="B42" s="34"/>
     </row>
-    <row r="43" spans="1:12" ht="13.8">
+    <row r="43" spans="1:13" ht="13.8">
       <c r="B43" s="34"/>
     </row>
-    <row r="44" spans="1:12" ht="13.8">
+    <row r="44" spans="1:13" ht="13.8">
       <c r="B44" s="34"/>
     </row>
-    <row r="45" spans="1:12" ht="13.8">
+    <row r="45" spans="1:13" ht="13.8">
       <c r="B45" s="34"/>
     </row>
-    <row r="46" spans="1:12" ht="13.8">
+    <row r="46" spans="1:13" ht="13.8">
       <c r="B46" s="34"/>
     </row>
-    <row r="47" spans="1:12" ht="13.8">
+    <row r="47" spans="1:13" ht="13.8">
       <c r="B47" s="34"/>
     </row>
-    <row r="48" spans="1:12" ht="13.8">
+    <row r="48" spans="1:13" ht="13.8">
       <c r="B48" s="34"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="34"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="34"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="34"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="34"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="34"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="34"/>
     </row>
     <row r="55" spans="2:2">
       <c r="B55" s="1"/>
     </row>
     <row r="56" spans="2:2">
       <c r="B56" s="1"/>
@@ -9529,1305 +9794,1399 @@
       <c r="B117" s="1"/>
     </row>
     <row r="118" spans="2:2">
       <c r="B118" s="1"/>
     </row>
     <row r="119" spans="2:2">
       <c r="B119" s="1"/>
     </row>
     <row r="120" spans="2:2">
       <c r="B120" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="73" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L85"/>
+  <dimension ref="A1:M85"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="E1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="L1" sqref="L1:L1048576"/>
+      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
     <col min="2" max="2" width="56.33203125" style="11" customWidth="1"/>
-    <col min="3" max="12" width="12" style="7" bestFit="1" customWidth="1"/>
-    <col min="13" max="16384" width="8.88671875" style="9"/>
+    <col min="3" max="13" width="12" style="7" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="39" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="39"/>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="B3" s="39" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="13.8">
+    <row r="4" spans="1:13" ht="13.8">
       <c r="B4" s="54"/>
     </row>
-    <row r="5" spans="1:12" ht="13.8">
+    <row r="5" spans="1:13" ht="13.8">
       <c r="A5" s="19"/>
       <c r="B5" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="67">
         <v>45688</v>
       </c>
       <c r="D5" s="67">
         <v>45716</v>
       </c>
       <c r="E5" s="67">
         <v>45747</v>
       </c>
       <c r="F5" s="67">
         <v>45777</v>
       </c>
       <c r="G5" s="67">
         <v>45808</v>
       </c>
       <c r="H5" s="67">
         <v>45838</v>
       </c>
       <c r="I5" s="67">
         <v>45869</v>
       </c>
       <c r="J5" s="67">
         <v>45900</v>
       </c>
       <c r="K5" s="67">
         <v>45930</v>
       </c>
       <c r="L5" s="67">
         <v>45961</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M5" s="67">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A6" s="20" t="s">
         <v>182</v>
       </c>
       <c r="B6" s="41" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="81">
         <v>349.61178503999997</v>
       </c>
       <c r="D6" s="81">
         <v>354.43629920999996</v>
       </c>
       <c r="E6" s="81">
         <v>347.18110417000003</v>
       </c>
       <c r="F6" s="81">
         <v>337.40491652999992</v>
       </c>
       <c r="G6" s="81">
         <v>328.11336333999998</v>
       </c>
       <c r="H6" s="81">
         <v>330.89674551000007</v>
       </c>
       <c r="I6" s="81">
         <v>477.18668929999995</v>
       </c>
       <c r="J6" s="81">
         <v>307.32244359000003</v>
       </c>
       <c r="K6" s="81">
         <v>304.71478775000003</v>
       </c>
       <c r="L6" s="81">
         <v>671.04615045999992</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M6" s="81">
+        <v>388.65931007000006</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A7" s="20" t="s">
         <v>183</v>
       </c>
       <c r="B7" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="81">
         <v>154677.58147837862</v>
       </c>
       <c r="D7" s="81">
         <v>154833.98306783015</v>
       </c>
       <c r="E7" s="81">
         <v>157531.28225287941</v>
       </c>
       <c r="F7" s="81">
         <v>160154.61659862963</v>
       </c>
       <c r="G7" s="81">
         <v>157027.34980193549</v>
       </c>
       <c r="H7" s="81">
         <v>156031.86764614185</v>
       </c>
       <c r="I7" s="81">
         <v>162404.47502017173</v>
       </c>
       <c r="J7" s="81">
         <v>162639.8764647959</v>
       </c>
       <c r="K7" s="81">
         <v>163688.47687155195</v>
       </c>
       <c r="L7" s="81">
         <v>163635.16382725566</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M7" s="81">
+        <v>165955.61658957961</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A8" s="20" t="s">
         <v>184</v>
       </c>
       <c r="B8" s="41" t="s">
         <v>68</v>
       </c>
       <c r="C8" s="81">
         <v>86233.117493956001</v>
       </c>
       <c r="D8" s="81">
         <v>86178.223547210742</v>
       </c>
       <c r="E8" s="81">
         <v>86826.093994245792</v>
       </c>
       <c r="F8" s="81">
         <v>88085.242082646029</v>
       </c>
       <c r="G8" s="81">
         <v>85384.107852763453</v>
       </c>
       <c r="H8" s="81">
         <v>84498.583185273135</v>
       </c>
       <c r="I8" s="81">
         <v>88533.022702063725</v>
       </c>
       <c r="J8" s="81">
         <v>87765.930129166634</v>
       </c>
       <c r="K8" s="81">
         <v>87990.192667205498</v>
       </c>
       <c r="L8" s="81">
         <v>88194.284618397476</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M8" s="81">
+        <v>90085.843641339918</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>185</v>
       </c>
       <c r="B9" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="82">
         <v>9954.6630407748089</v>
       </c>
       <c r="D9" s="82">
         <v>10031.24816360866</v>
       </c>
       <c r="E9" s="82">
         <v>9829.7483184860394</v>
       </c>
       <c r="F9" s="82">
         <v>9731.2597107774309</v>
       </c>
       <c r="G9" s="82">
         <v>10082.856021452712</v>
       </c>
       <c r="H9" s="82">
         <v>9890.3391366114556</v>
       </c>
       <c r="I9" s="82">
         <v>10516.741071591054</v>
       </c>
       <c r="J9" s="82">
         <v>10217.982467067521</v>
       </c>
       <c r="K9" s="82">
         <v>9377.1471511379023</v>
       </c>
       <c r="L9" s="82">
         <v>9051.2777374921006</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M9" s="82">
+        <v>8567.0709838060411</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="82">
         <v>958.35131366999997</v>
       </c>
       <c r="D10" s="82">
         <v>1113.4871836500001</v>
       </c>
       <c r="E10" s="82">
         <v>1155.8150115399999</v>
       </c>
       <c r="F10" s="82">
         <v>1083.4070420599999</v>
       </c>
       <c r="G10" s="82">
         <v>1084.55058439</v>
       </c>
       <c r="H10" s="82">
         <v>880.30810532999999</v>
       </c>
       <c r="I10" s="82">
         <v>853.24281237999992</v>
       </c>
       <c r="J10" s="82">
         <v>930.55878871999982</v>
       </c>
       <c r="K10" s="82">
         <v>913.88244320999991</v>
       </c>
       <c r="L10" s="82">
         <v>897.50828320000005</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M10" s="82">
+        <v>923.9259701499999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>187</v>
       </c>
       <c r="B11" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="82">
         <v>5687.27666005828</v>
       </c>
       <c r="D11" s="82">
         <v>5527.529293690639</v>
       </c>
       <c r="E11" s="82">
         <v>5563.0646455494407</v>
       </c>
       <c r="F11" s="82">
         <v>6579.1206066094392</v>
       </c>
       <c r="G11" s="82">
         <v>5756.2610590856293</v>
       </c>
       <c r="H11" s="82">
         <v>6159.7868518414598</v>
       </c>
       <c r="I11" s="82">
         <v>5760.5262962419702</v>
       </c>
       <c r="J11" s="82">
         <v>6460.5692940119698</v>
       </c>
       <c r="K11" s="82">
         <v>6342.1450984305293</v>
       </c>
       <c r="L11" s="82">
         <v>6690.4739985841798</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M11" s="82">
+        <v>6693.0289734503403</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>188</v>
       </c>
       <c r="B12" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="82">
         <v>47275.730985932758</v>
       </c>
       <c r="D12" s="82">
         <v>47033.858168711828</v>
       </c>
       <c r="E12" s="82">
         <v>47646.495943514106</v>
       </c>
       <c r="F12" s="82">
         <v>47822.58187079311</v>
       </c>
       <c r="G12" s="82">
         <v>45652.774950392479</v>
       </c>
       <c r="H12" s="82">
         <v>44261.779958639352</v>
       </c>
       <c r="I12" s="82">
         <v>48124.499574300833</v>
       </c>
       <c r="J12" s="82">
         <v>46881.813187794141</v>
       </c>
       <c r="K12" s="82">
         <v>48036.450977880238</v>
       </c>
       <c r="L12" s="82">
         <v>47829.52671639793</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M12" s="82">
+        <v>49753.984885372352</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>189</v>
       </c>
       <c r="B13" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="82">
         <v>22357.095493520152</v>
       </c>
       <c r="D13" s="82">
         <v>22472.100737549608</v>
       </c>
       <c r="E13" s="82">
         <v>22630.970075156209</v>
       </c>
       <c r="F13" s="82">
         <v>22868.87285240605</v>
       </c>
       <c r="G13" s="82">
         <v>22807.66523744263</v>
       </c>
       <c r="H13" s="82">
         <v>23306.369132850876</v>
       </c>
       <c r="I13" s="82">
         <v>23278.012947549876</v>
       </c>
       <c r="J13" s="82">
         <v>23275.006391572999</v>
       </c>
       <c r="K13" s="82">
         <v>23320.566996546833</v>
       </c>
       <c r="L13" s="82">
         <v>23725.497882723274</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M13" s="82">
+        <v>24147.832828561182</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A14" s="20" t="s">
         <v>190</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="81">
         <v>68444.463984422619</v>
       </c>
       <c r="D14" s="81">
         <v>68655.759520619409</v>
       </c>
       <c r="E14" s="81">
         <v>70705.1882586336</v>
       </c>
       <c r="F14" s="81">
         <v>72069.374515983596</v>
       </c>
       <c r="G14" s="81">
         <v>71643.241949172021</v>
       </c>
       <c r="H14" s="81">
         <v>71533.284460868716</v>
       </c>
       <c r="I14" s="81">
         <v>73871.452318107986</v>
       </c>
       <c r="J14" s="81">
         <v>74873.946335629269</v>
       </c>
       <c r="K14" s="81">
         <v>75698.284204346433</v>
       </c>
       <c r="L14" s="81">
         <v>75440.879208858183</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M14" s="81">
+        <v>75869.772948239697</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="82">
         <v>6102.9990580995009</v>
       </c>
       <c r="D15" s="82">
         <v>6164.3114689769</v>
       </c>
       <c r="E15" s="82">
         <v>6156.3351391872002</v>
       </c>
       <c r="F15" s="82">
         <v>6494.2515857871995</v>
       </c>
       <c r="G15" s="82">
         <v>6941.4410847137997</v>
       </c>
       <c r="H15" s="82">
         <v>7460.7787846018</v>
       </c>
       <c r="I15" s="82">
         <v>8200.1480176641999</v>
       </c>
       <c r="J15" s="82">
         <v>7884.6753866407007</v>
       </c>
       <c r="K15" s="82">
         <v>8283.6422790124998</v>
       </c>
       <c r="L15" s="82">
         <v>8369.2638716907004</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M15" s="82">
+        <v>8349.9444206807002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="82">
         <v>857.63558400239992</v>
       </c>
       <c r="D16" s="82">
         <v>891.78113405900001</v>
       </c>
       <c r="E16" s="82">
         <v>910.98820074529999</v>
       </c>
       <c r="F16" s="82">
         <v>1035.4558872652999</v>
       </c>
       <c r="G16" s="82">
         <v>1124.8427594213997</v>
       </c>
       <c r="H16" s="82">
         <v>1117.8394638892999</v>
       </c>
       <c r="I16" s="82">
         <v>1100.1436350975002</v>
       </c>
       <c r="J16" s="82">
         <v>1121.3615293324999</v>
       </c>
       <c r="K16" s="82">
         <v>859.45124280720017</v>
       </c>
       <c r="L16" s="82">
         <v>955.14125423860003</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M16" s="82">
+        <v>845.76398001859991</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>192</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="82">
         <v>7703.8729798511995</v>
       </c>
       <c r="D17" s="82">
         <v>7535.4623999119995</v>
       </c>
       <c r="E17" s="82">
         <v>7650.069175167001</v>
       </c>
       <c r="F17" s="82">
         <v>7403.4182097370003</v>
       </c>
       <c r="G17" s="82">
         <v>6961.8713089208995</v>
       </c>
       <c r="H17" s="82">
         <v>6772.0854955173008</v>
       </c>
       <c r="I17" s="82">
         <v>6824.9640537794003</v>
       </c>
       <c r="J17" s="82">
         <v>6782.6441291363999</v>
       </c>
       <c r="K17" s="82">
         <v>7012.5692745376</v>
       </c>
       <c r="L17" s="82">
         <v>7199.2787957763003</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M17" s="82">
+        <v>7467.0750851462999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>193</v>
       </c>
       <c r="B18" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C18" s="82">
         <v>24423.234781180123</v>
       </c>
       <c r="D18" s="82">
         <v>24379.371848056617</v>
       </c>
       <c r="E18" s="82">
         <v>25946.887103848203</v>
       </c>
       <c r="F18" s="82">
         <v>26666.68300412238</v>
       </c>
       <c r="G18" s="82">
         <v>25932.444760280301</v>
       </c>
       <c r="H18" s="82">
         <v>25389.668079602798</v>
       </c>
       <c r="I18" s="82">
         <v>26222.569424475671</v>
       </c>
       <c r="J18" s="82">
         <v>26937.12848835452</v>
       </c>
       <c r="K18" s="82">
         <v>27170.207519659762</v>
       </c>
       <c r="L18" s="82">
         <v>26959.327219483945</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M18" s="82">
+        <v>26864.554737827224</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>194</v>
       </c>
       <c r="B19" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="82">
         <v>29356.721581289392</v>
       </c>
       <c r="D19" s="82">
         <v>29684.832669614887</v>
       </c>
       <c r="E19" s="82">
         <v>30040.908639685887</v>
       </c>
       <c r="F19" s="82">
         <v>30469.565829071718</v>
       </c>
       <c r="G19" s="82">
         <v>30682.642035835615</v>
       </c>
       <c r="H19" s="82">
         <v>30792.912637257512</v>
       </c>
       <c r="I19" s="82">
         <v>31523.627187091217</v>
       </c>
       <c r="J19" s="82">
         <v>32148.136802165151</v>
       </c>
       <c r="K19" s="82">
         <v>32372.413888329374</v>
       </c>
       <c r="L19" s="82">
         <v>31957.868067668631</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M19" s="82">
+        <v>32342.434724566883</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A20" s="20" t="s">
         <v>196</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="82">
         <v>0</v>
       </c>
       <c r="D20" s="82">
         <v>0</v>
       </c>
       <c r="E20" s="82">
         <v>0</v>
       </c>
       <c r="F20" s="82">
         <v>0</v>
       </c>
       <c r="G20" s="82">
         <v>0</v>
       </c>
       <c r="H20" s="82">
         <v>0</v>
       </c>
       <c r="I20" s="82">
         <v>0</v>
       </c>
       <c r="J20" s="82">
         <v>0</v>
       </c>
       <c r="K20" s="82">
         <v>0</v>
       </c>
       <c r="L20" s="82">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M20" s="82">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A21" s="20" t="s">
         <v>197</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="81">
         <v>8842.5011990677685</v>
       </c>
       <c r="D21" s="81">
         <v>9550.5878933843396</v>
       </c>
       <c r="E21" s="81">
         <v>8265.6409402885038</v>
       </c>
       <c r="F21" s="81">
         <v>7982.1175392839777</v>
       </c>
       <c r="G21" s="81">
         <v>8813.2770227388046</v>
       </c>
       <c r="H21" s="81">
         <v>8942.4099954132071</v>
       </c>
       <c r="I21" s="81">
         <v>7811.6290709901386</v>
       </c>
       <c r="J21" s="81">
         <v>8161.3349871550272</v>
       </c>
       <c r="K21" s="81">
         <v>9289.0687771262201</v>
       </c>
       <c r="L21" s="81">
         <v>10528.244088553169</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M21" s="81">
+        <v>9518.745397906885</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A22" s="20" t="s">
         <v>198</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="81">
         <v>17673.097950176725</v>
       </c>
       <c r="D22" s="81">
         <v>17790.001860381581</v>
       </c>
       <c r="E22" s="81">
         <v>17552.686493300222</v>
       </c>
       <c r="F22" s="81">
         <v>17667.045307467855</v>
       </c>
       <c r="G22" s="81">
         <v>16627.695876935355</v>
       </c>
       <c r="H22" s="81">
         <v>16482.79335023191</v>
       </c>
       <c r="I22" s="81">
         <v>15712.617682265471</v>
       </c>
       <c r="J22" s="81">
         <v>16441.317897279703</v>
       </c>
       <c r="K22" s="81">
         <v>16531.523559763365</v>
       </c>
       <c r="L22" s="81">
         <v>17706.871654951865</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" s="7" customFormat="1" ht="14.4">
+      <c r="M22" s="81">
+        <v>17859.62502639135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="7" customFormat="1" ht="14.4">
       <c r="A23" s="14" t="s">
         <v>199</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="82">
         <v>16305.724350404724</v>
       </c>
       <c r="D23" s="82">
         <v>16416.660210641581</v>
       </c>
       <c r="E23" s="82">
         <v>15920.876307168222</v>
       </c>
       <c r="F23" s="82">
         <v>16039.271879727856</v>
       </c>
       <c r="G23" s="82">
         <v>14991.239613885356</v>
       </c>
       <c r="H23" s="82">
         <v>14851.091302391909</v>
       </c>
       <c r="I23" s="82">
         <v>14282.703701995471</v>
       </c>
       <c r="J23" s="82">
         <v>15008.324725419701</v>
       </c>
       <c r="K23" s="82">
         <v>15101.314223773366</v>
       </c>
       <c r="L23" s="82">
         <v>16280.903936411865</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M23" s="82">
+        <v>16427.373782411349</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A24" s="20" t="s">
         <v>200</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="81">
         <v>217.37200000000001</v>
       </c>
       <c r="D24" s="81">
         <v>218.90299999999999</v>
       </c>
       <c r="E24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="F24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="G24" s="81">
         <v>206.00700000000001</v>
       </c>
       <c r="H24" s="81">
         <v>202.81700000000001</v>
       </c>
       <c r="I24" s="81">
         <v>200.13300000000001</v>
       </c>
       <c r="J24" s="81">
         <v>210.50299999999999</v>
       </c>
       <c r="K24" s="81">
         <v>217.39699999999999</v>
       </c>
       <c r="L24" s="81">
         <v>218.07499999999999</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M24" s="81">
+        <v>219.67400000000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A25" s="20" t="s">
         <v>201</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="81">
         <v>201.03761451</v>
       </c>
       <c r="D25" s="81">
         <v>208.48768568999998</v>
       </c>
       <c r="E25" s="81">
         <v>224.80110109999998</v>
       </c>
       <c r="F25" s="81">
         <v>248.69799896000001</v>
       </c>
       <c r="G25" s="81">
         <v>309.47571665999999</v>
       </c>
       <c r="H25" s="81">
         <v>327.35028055999999</v>
       </c>
       <c r="I25" s="81">
         <v>309.87405195000002</v>
       </c>
       <c r="J25" s="81">
         <v>284.65370315000001</v>
       </c>
       <c r="K25" s="81">
         <v>298.70443951000004</v>
       </c>
       <c r="L25" s="81">
         <v>272.38309644000003</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M25" s="81">
+        <v>264.93751615999997</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A26" s="20" t="s">
         <v>202</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="81">
         <v>28781.167072575936</v>
       </c>
       <c r="D26" s="81">
         <v>28109.510492363926</v>
       </c>
       <c r="E26" s="81">
         <v>28132.165627864433</v>
       </c>
       <c r="F26" s="81">
         <v>28521.067841894434</v>
       </c>
       <c r="G26" s="81">
         <v>29076.764678484429</v>
       </c>
       <c r="H26" s="81">
         <v>29314.853146665107</v>
       </c>
       <c r="I26" s="81">
         <v>29926.254222134427</v>
       </c>
       <c r="J26" s="81">
         <v>29596.664120214431</v>
       </c>
       <c r="K26" s="81">
         <v>28936.254716464431</v>
       </c>
       <c r="L26" s="81">
         <v>29392.023581700003</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M26" s="81">
+        <v>30140.711376629999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>203</v>
       </c>
       <c r="B27" s="42" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="82">
         <v>5100.6581401500007</v>
       </c>
       <c r="D27" s="82">
         <v>5089.2442310799997</v>
       </c>
       <c r="E27" s="82">
         <v>5081.33391355</v>
       </c>
       <c r="F27" s="82">
         <v>5081.6649330600003</v>
       </c>
       <c r="G27" s="82">
         <v>5180.7304631499992</v>
       </c>
       <c r="H27" s="82">
         <v>5180.5462155100004</v>
       </c>
       <c r="I27" s="82">
         <v>5205.3918421100007</v>
       </c>
       <c r="J27" s="82">
         <v>5205.4081876600003</v>
       </c>
       <c r="K27" s="82">
         <v>5205.4246070200006</v>
       </c>
       <c r="L27" s="82">
         <v>5204.4404301200002</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M27" s="82">
+        <v>5229.2859671900005</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>204</v>
       </c>
       <c r="B28" s="42" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="82">
         <v>13658.340643289999</v>
       </c>
       <c r="D28" s="82">
         <v>13496.6544146</v>
       </c>
       <c r="E28" s="82">
         <v>13296.53424182</v>
       </c>
       <c r="F28" s="82">
         <v>13283.897844810002</v>
       </c>
       <c r="G28" s="82">
         <v>13306.43055829</v>
       </c>
       <c r="H28" s="82">
         <v>13278.974279159997</v>
       </c>
       <c r="I28" s="82">
         <v>14045.761089279997</v>
       </c>
       <c r="J28" s="82">
         <v>14065.167769719998</v>
       </c>
       <c r="K28" s="82">
         <v>13738.443455599998</v>
       </c>
       <c r="L28" s="82">
         <v>13637.730681459998</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M28" s="82">
+        <v>13707.049830469998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>205</v>
       </c>
       <c r="B29" s="42" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="82">
         <v>8199.6756165700008</v>
       </c>
       <c r="D29" s="82">
         <v>8194.5642724299996</v>
       </c>
       <c r="E29" s="82">
         <v>8191.0140049300007</v>
       </c>
       <c r="F29" s="82">
         <v>8159.9588101400004</v>
       </c>
       <c r="G29" s="82">
         <v>8185.3187226800001</v>
       </c>
       <c r="H29" s="82">
         <v>8176.1246809392778</v>
       </c>
       <c r="I29" s="82">
         <v>9127.7570977100004</v>
       </c>
       <c r="J29" s="82">
         <v>9120.2465452699998</v>
       </c>
       <c r="K29" s="82">
         <v>9147.0384451500013</v>
       </c>
       <c r="L29" s="82">
         <v>9054.8961374400005</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M29" s="82">
+        <v>9051.4058920099997</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="42" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="D30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="E30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="F30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="G30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="H30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="I30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="J30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="K30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="L30" s="82">
         <v>2.91498474</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M30" s="82">
+        <v>2.91498474</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>207</v>
       </c>
       <c r="B31" s="42" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="82">
         <v>1817.890139235938</v>
       </c>
       <c r="D31" s="82">
         <v>1324.4450409239312</v>
       </c>
       <c r="E31" s="82">
         <v>1558.6809342344313</v>
       </c>
       <c r="F31" s="82">
         <v>1990.9437205544305</v>
       </c>
       <c r="G31" s="82">
         <v>2399.6824010344308</v>
       </c>
       <c r="H31" s="82">
         <v>2676.2929863158352</v>
       </c>
       <c r="I31" s="82">
         <v>1544.4292082944314</v>
       </c>
       <c r="J31" s="82">
         <v>1202.9266328244303</v>
       </c>
       <c r="K31" s="82">
         <v>842.43322395443136</v>
       </c>
       <c r="L31" s="82">
         <v>1492.0413479399999</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M31" s="82">
+        <v>2150.0547022199994</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A32" s="20" t="s">
         <v>208</v>
       </c>
       <c r="B32" s="41" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="81">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D32" s="81">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E32" s="81">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F32" s="81">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G32" s="81">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H32" s="81">
         <v>-7160.567519844295</v>
       </c>
       <c r="I32" s="81">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J32" s="81">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K32" s="81">
         <v>-4820.8173775847408</v>
       </c>
       <c r="L32" s="81">
         <v>-7557.8503079210568</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" s="10" customFormat="1" ht="13.8">
+      <c r="M32" s="81">
+        <v>-7841.9008114944199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" s="10" customFormat="1" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>211</v>
       </c>
       <c r="B33" s="56" t="s">
         <v>316</v>
       </c>
       <c r="C33" s="82">
         <v>5515.6539896390896</v>
       </c>
       <c r="D33" s="82">
         <v>6420.9029666311199</v>
       </c>
       <c r="E33" s="82">
         <v>6068.1645040163694</v>
       </c>
       <c r="F33" s="82">
         <v>8384.4950380346472</v>
       </c>
       <c r="G33" s="82">
         <v>8873.2658950678906</v>
       </c>
       <c r="H33" s="82">
         <v>8059.4019223157084</v>
       </c>
       <c r="I33" s="82">
         <v>7493.4901237334179</v>
       </c>
       <c r="J33" s="82">
         <v>8369.4187281557206</v>
       </c>
       <c r="K33" s="82">
         <v>8939.364085956011</v>
       </c>
       <c r="L33" s="82">
         <v>9167.2187793046633</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M33" s="82">
+        <v>10048.961989726695</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A34" s="14" t="s">
         <v>209</v>
       </c>
       <c r="B34" s="42" t="s">
         <v>325</v>
       </c>
       <c r="C34" s="82">
         <v>-7815.1333086756858</v>
       </c>
       <c r="D34" s="82">
         <v>-6195.5651865358623</v>
       </c>
       <c r="E34" s="82">
         <v>-6029.7106690350474</v>
       </c>
       <c r="F34" s="82">
         <v>-5900.3596984295773</v>
       </c>
       <c r="G34" s="82">
         <v>-6484.5492897896447</v>
       </c>
       <c r="H34" s="82">
         <v>-7302.9597630601484</v>
       </c>
       <c r="I34" s="82">
         <v>-6404.7053453346753</v>
       </c>
       <c r="J34" s="82">
         <v>-6288.7958474148327</v>
       </c>
       <c r="K34" s="82">
         <v>-5370.9277409201968</v>
       </c>
       <c r="L34" s="82">
         <v>-6225.3516802107461</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" s="7" customFormat="1" ht="13.8">
+      <c r="M34" s="82">
+        <v>-5796.8107535681247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" s="7" customFormat="1" ht="13.8">
       <c r="A35" s="14" t="s">
         <v>210</v>
       </c>
       <c r="B35" s="42" t="s">
         <v>324</v>
       </c>
       <c r="C35" s="82">
         <v>9618.5626316353482</v>
       </c>
       <c r="D35" s="82">
         <v>10935.047466925975</v>
       </c>
       <c r="E35" s="82">
         <v>8988.1278556762663</v>
       </c>
       <c r="F35" s="82">
         <v>8681.9211778869158</v>
       </c>
       <c r="G35" s="82">
         <v>9077.8427542132995</v>
       </c>
       <c r="H35" s="82">
         <v>8201.7941655315626</v>
       </c>
       <c r="I35" s="82">
         <v>8057.0256921332093</v>
       </c>
       <c r="J35" s="82">
         <v>8541.4044631290344</v>
       </c>
       <c r="K35" s="82">
         <v>9489.474449291467</v>
       </c>
       <c r="L35" s="82">
         <v>7834.7201515943525</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" ht="13.8">
+      <c r="M35" s="82">
+        <v>8003.8719318003996</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="13.8">
       <c r="A36" s="21"/>
       <c r="B36" s="44"/>
       <c r="C36" s="83"/>
       <c r="D36" s="83"/>
       <c r="E36" s="83"/>
       <c r="F36" s="83"/>
       <c r="G36" s="83"/>
       <c r="H36" s="83"/>
       <c r="I36" s="83"/>
       <c r="J36" s="83"/>
       <c r="K36" s="83"/>
       <c r="L36" s="83"/>
-    </row>
-    <row r="37" spans="1:12" ht="13.8">
+      <c r="M36" s="83"/>
+    </row>
+    <row r="37" spans="1:13" ht="13.8">
       <c r="B37" s="45"/>
     </row>
-    <row r="38" spans="1:12" ht="13.8">
+    <row r="38" spans="1:13" ht="13.8">
       <c r="B38" s="45"/>
     </row>
-    <row r="39" spans="1:12" ht="13.8">
+    <row r="39" spans="1:13" ht="13.8">
       <c r="B39" s="45"/>
     </row>
-    <row r="40" spans="1:12" ht="13.8">
+    <row r="40" spans="1:13" ht="13.8">
       <c r="B40" s="45"/>
     </row>
-    <row r="41" spans="1:12" ht="13.8">
+    <row r="41" spans="1:13" ht="13.8">
       <c r="B41" s="45"/>
     </row>
-    <row r="42" spans="1:12" ht="13.8">
+    <row r="42" spans="1:13" ht="13.8">
       <c r="B42" s="45"/>
     </row>
-    <row r="43" spans="1:12" ht="13.8">
+    <row r="43" spans="1:13" ht="13.8">
       <c r="B43" s="45"/>
     </row>
-    <row r="44" spans="1:12" ht="13.8">
+    <row r="44" spans="1:13" ht="13.8">
       <c r="B44" s="45"/>
     </row>
-    <row r="45" spans="1:12" ht="13.8">
+    <row r="45" spans="1:13" ht="13.8">
       <c r="B45" s="45"/>
     </row>
-    <row r="46" spans="1:12" ht="13.8">
+    <row r="46" spans="1:13" ht="13.8">
       <c r="B46" s="45"/>
     </row>
-    <row r="47" spans="1:12" ht="13.8">
+    <row r="47" spans="1:13" ht="13.8">
       <c r="B47" s="45"/>
     </row>
-    <row r="48" spans="1:12" ht="13.8">
+    <row r="48" spans="1:13" ht="13.8">
       <c r="B48" s="45"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="45"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="45"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="45"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="45"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="45"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="45"/>
     </row>
     <row r="55" spans="2:2" ht="13.8">
       <c r="B55" s="45"/>
     </row>
     <row r="56" spans="2:2" ht="13.8">
       <c r="B56" s="45"/>
@@ -10915,1641 +11274,1764 @@
     </row>
     <row r="84" spans="2:2" ht="13.8">
       <c r="B84" s="45"/>
     </row>
     <row r="85" spans="2:2" ht="13.8">
       <c r="B85" s="45"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27592" divId="Set of Tables_27592" sourceType="range" sourceRef="B1:B36" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L188"/>
+  <dimension ref="A1:M188"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="J2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="G2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="Q45" sqref="Q45"/>
+      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="4.88671875" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
-    <col min="3" max="12" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="13" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:12" ht="13.8">
+    <row r="4" spans="1:13" ht="13.8">
       <c r="A4" s="22" t="s">
         <v>97</v>
       </c>
       <c r="B4" s="35" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="67">
         <v>45688</v>
       </c>
       <c r="D4" s="67">
         <v>45716</v>
       </c>
       <c r="E4" s="67">
         <v>45747</v>
       </c>
       <c r="F4" s="67">
         <v>45777</v>
       </c>
       <c r="G4" s="67">
         <v>45808</v>
       </c>
       <c r="H4" s="67">
         <v>45838</v>
       </c>
       <c r="I4" s="67">
         <v>45869</v>
       </c>
       <c r="J4" s="67">
         <v>45900</v>
       </c>
       <c r="K4" s="67">
         <v>45930</v>
       </c>
       <c r="L4" s="67">
         <v>45961</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" ht="13.8">
+      <c r="M4" s="67">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13.8">
       <c r="A5" s="22"/>
       <c r="B5" s="31"/>
       <c r="C5" s="68"/>
       <c r="D5" s="68"/>
       <c r="E5" s="68"/>
       <c r="F5" s="68"/>
       <c r="G5" s="68"/>
       <c r="H5" s="68"/>
       <c r="I5" s="68"/>
       <c r="J5" s="68"/>
       <c r="K5" s="68"/>
       <c r="L5" s="68"/>
-    </row>
-    <row r="6" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M5" s="68"/>
+    </row>
+    <row r="6" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>212</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>79487.12580453133</v>
       </c>
       <c r="D6" s="75">
         <v>77734.071732186523</v>
       </c>
       <c r="E6" s="75">
         <v>88243.725993976521</v>
       </c>
       <c r="F6" s="75">
         <v>89736.54613195124</v>
       </c>
       <c r="G6" s="75">
         <v>84489.748279230727</v>
       </c>
       <c r="H6" s="75">
         <v>84103.482814650313</v>
       </c>
       <c r="I6" s="75">
         <v>89202.564140780945</v>
       </c>
       <c r="J6" s="75">
         <v>88225.356532427497</v>
       </c>
       <c r="K6" s="75">
         <v>87671.920637208226</v>
       </c>
       <c r="L6" s="75">
         <v>76472.483440205498</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M6" s="75">
+        <v>76919.783969270909</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>213</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>94661.599111360905</v>
       </c>
       <c r="D7" s="75">
         <v>92843.988986067212</v>
       </c>
       <c r="E7" s="75">
         <v>104095.69663120522</v>
       </c>
       <c r="F7" s="75">
         <v>106223.25454706693</v>
       </c>
       <c r="G7" s="75">
         <v>101243.25145422074</v>
       </c>
       <c r="H7" s="75">
         <v>100668.73306407873</v>
       </c>
       <c r="I7" s="75">
         <v>105723.52332659016</v>
       </c>
       <c r="J7" s="75">
         <v>104614.46262265743</v>
       </c>
       <c r="K7" s="75">
         <v>104031.87249155136</v>
       </c>
       <c r="L7" s="75">
         <v>93141.704740139467</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="8" customFormat="1" ht="14.4">
+      <c r="M7" s="75">
+        <v>95355.674836167222</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="8" customFormat="1" ht="14.4">
       <c r="A8" s="17" t="s">
         <v>214</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="76">
         <v>15174.473306829575</v>
       </c>
       <c r="D8" s="76">
         <v>15109.917253880692</v>
       </c>
       <c r="E8" s="76">
         <v>15851.970637228702</v>
       </c>
       <c r="F8" s="76">
         <v>16486.708415115681</v>
       </c>
       <c r="G8" s="76">
         <v>16753.503174990015</v>
       </c>
       <c r="H8" s="76">
         <v>16565.250249428413</v>
       </c>
       <c r="I8" s="76">
         <v>16520.959185809217</v>
       </c>
       <c r="J8" s="76">
         <v>16389.106090229932</v>
       </c>
       <c r="K8" s="76">
         <v>16359.951854343128</v>
       </c>
       <c r="L8" s="76">
         <v>16669.221299933968</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M8" s="76">
+        <v>18435.890866896309</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>215</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="75">
         <v>158873.00005045836</v>
       </c>
       <c r="D9" s="75">
         <v>163585.81614454952</v>
       </c>
       <c r="E9" s="75">
         <v>160715.86464035109</v>
       </c>
       <c r="F9" s="75">
         <v>158058.48629120615</v>
       </c>
       <c r="G9" s="75">
         <v>158655.18551961627</v>
       </c>
       <c r="H9" s="75">
         <v>157707.13475940051</v>
       </c>
       <c r="I9" s="75">
         <v>159560.01989943214</v>
       </c>
       <c r="J9" s="75">
         <v>161197.45340299024</v>
       </c>
       <c r="K9" s="75">
         <v>165076.38315259715</v>
       </c>
       <c r="L9" s="75">
         <v>176356.12407078792</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M9" s="75">
+        <v>179504.77886922337</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>216</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="75">
         <v>33368.773339629995</v>
       </c>
       <c r="D10" s="75">
         <v>38518.215819810001</v>
       </c>
       <c r="E10" s="75">
         <v>35147.995281049996</v>
       </c>
       <c r="F10" s="75">
         <v>32054.787446059992</v>
       </c>
       <c r="G10" s="75">
         <v>32482.947107569998</v>
       </c>
       <c r="H10" s="75">
         <v>30483.43343564</v>
       </c>
       <c r="I10" s="75">
         <v>32585.963359180008</v>
       </c>
       <c r="J10" s="75">
         <v>33683.44318106</v>
       </c>
       <c r="K10" s="75">
         <v>35824.141409100004</v>
       </c>
       <c r="L10" s="75">
         <v>47538.255410340003</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M10" s="75">
+        <v>49810.536989079992</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D11" s="76">
         <v>42429.96686298</v>
       </c>
       <c r="E11" s="76">
         <v>46320.073926450001</v>
       </c>
       <c r="F11" s="76">
         <v>44655.826444409991</v>
       </c>
       <c r="G11" s="76">
         <v>44922.881896049999</v>
       </c>
       <c r="H11" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I11" s="76">
         <v>46623.443230990008</v>
       </c>
       <c r="J11" s="76">
         <v>45754.861533470001</v>
       </c>
       <c r="K11" s="76">
         <v>47639.778700760005</v>
       </c>
       <c r="L11" s="76">
         <v>52394.597133110001</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="8" customFormat="1" ht="14.4">
+      <c r="M11" s="76">
+        <v>54182.564831249991</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="8" customFormat="1" ht="14.4">
       <c r="A12" s="17" t="s">
         <v>218</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="76">
         <v>7496.9104793799997</v>
       </c>
       <c r="D12" s="76">
         <v>3911.7510431700011</v>
       </c>
       <c r="E12" s="76">
         <v>11172.078645400001</v>
       </c>
       <c r="F12" s="76">
         <v>12601.038998350001</v>
       </c>
       <c r="G12" s="76">
         <v>12439.934788480001</v>
       </c>
       <c r="H12" s="76">
         <v>13040.73747708</v>
       </c>
       <c r="I12" s="76">
         <v>14037.479871809997</v>
       </c>
       <c r="J12" s="76">
         <v>12071.418352410001</v>
       </c>
       <c r="K12" s="76">
         <v>11815.637291660001</v>
       </c>
       <c r="L12" s="76">
         <v>4856.3417227700002</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M12" s="76">
+        <v>4372.0278421699995</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>219</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="75">
         <v>125504.22671082837</v>
       </c>
       <c r="D13" s="75">
         <v>125067.60032473953</v>
       </c>
       <c r="E13" s="75">
         <v>125567.86935930111</v>
       </c>
       <c r="F13" s="75">
         <v>126003.69884514617</v>
       </c>
       <c r="G13" s="75">
         <v>126172.23841204627</v>
       </c>
       <c r="H13" s="75">
         <v>127223.7013237605</v>
       </c>
       <c r="I13" s="75">
         <v>126974.05654025215</v>
       </c>
       <c r="J13" s="75">
         <v>127514.01022193024</v>
       </c>
       <c r="K13" s="75">
         <v>129252.24174349714</v>
       </c>
       <c r="L13" s="75">
         <v>128817.86866044792</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M13" s="75">
+        <v>129694.24188014338</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>220</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="76">
         <v>4163.182234500001</v>
       </c>
       <c r="D14" s="76">
         <v>4174.4503525699993</v>
       </c>
       <c r="E14" s="76">
         <v>4122.8214133199999</v>
       </c>
       <c r="F14" s="76">
         <v>4028.9738768932261</v>
       </c>
       <c r="G14" s="76">
         <v>4043.4720601319996</v>
       </c>
       <c r="H14" s="76">
         <v>4028.4914448400004</v>
       </c>
       <c r="I14" s="76">
         <v>3924.7226958471247</v>
       </c>
       <c r="J14" s="76">
         <v>3900.4392948067693</v>
       </c>
       <c r="K14" s="76">
         <v>3975.0677953850354</v>
       </c>
       <c r="L14" s="76">
         <v>3949.2338352149218</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M14" s="76">
+        <v>3917.3781167943466</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>221</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D15" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E15" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F15" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G15" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H15" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I15" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J15" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K15" s="76">
         <v>108.5073112800001</v>
       </c>
       <c r="L15" s="76">
         <v>109.75725496000015</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M15" s="76">
+        <v>108.11087531</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>222</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D16" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E16" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F16" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G16" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H16" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I16" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J16" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K16" s="76">
         <v>1817.7757332713231</v>
       </c>
       <c r="L16" s="76">
         <v>1702.9677951800002</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M16" s="76">
+        <v>1877.2956615688354</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>223</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D17" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E17" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F17" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G17" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H17" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I17" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J17" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K17" s="76">
         <v>52890.973113317581</v>
       </c>
       <c r="L17" s="76">
         <v>52605.953178977063</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M17" s="76">
+        <v>53318.45358259834</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>224</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="76">
         <v>68820.931898121024</v>
       </c>
       <c r="D18" s="76">
         <v>68896.893900806244</v>
       </c>
       <c r="E18" s="76">
         <v>68977.710817023079</v>
       </c>
       <c r="F18" s="76">
         <v>69120.761994316592</v>
       </c>
       <c r="G18" s="76">
         <v>69294.149816998615</v>
       </c>
       <c r="H18" s="76">
         <v>69504.514162115112</v>
       </c>
       <c r="I18" s="76">
         <v>69834.670389163453</v>
       </c>
       <c r="J18" s="76">
         <v>70008.533342304552</v>
       </c>
       <c r="K18" s="76">
         <v>70459.917790243198</v>
       </c>
       <c r="L18" s="76">
         <v>70449.956596115939</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M18" s="76">
+        <v>70473.003643871853</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="52" t="s">
         <v>225</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="75">
         <v>158420.3055185175</v>
       </c>
       <c r="D19" s="75">
         <v>158492.8443376706</v>
       </c>
       <c r="E19" s="75">
         <v>161262.18250523665</v>
       </c>
       <c r="F19" s="75">
         <v>163825.9515960507</v>
       </c>
       <c r="G19" s="75">
         <v>160956.12272478139</v>
       </c>
       <c r="H19" s="75">
         <v>159956.14980810968</v>
       </c>
       <c r="I19" s="75">
         <v>166256.94681606884</v>
       </c>
       <c r="J19" s="75">
         <v>166688.6711379773</v>
       </c>
       <c r="K19" s="75">
         <v>167655.27424115609</v>
       </c>
       <c r="L19" s="75">
         <v>167633.52729466581</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M19" s="75">
+        <v>170258.37458147921</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>226</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="75">
         <v>3742.7240187488833</v>
       </c>
       <c r="D20" s="75">
         <v>3658.8612484504674</v>
       </c>
       <c r="E20" s="75">
         <v>3730.9002309672678</v>
       </c>
       <c r="F20" s="75">
         <v>3671.3349760310766</v>
       </c>
       <c r="G20" s="75">
         <v>3928.7729014559122</v>
       </c>
       <c r="H20" s="75">
         <v>3924.2821405778277</v>
       </c>
       <c r="I20" s="75">
         <v>3852.4717745071116</v>
       </c>
       <c r="J20" s="75">
         <v>4048.7946517913902</v>
       </c>
       <c r="K20" s="75">
         <v>3966.797348214157</v>
       </c>
       <c r="L20" s="75">
         <v>3998.3634460201483</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M20" s="75">
+        <v>4302.7579705095777</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="75">
         <v>86233.117515346006</v>
       </c>
       <c r="D21" s="75">
         <v>86178.223568600733</v>
       </c>
       <c r="E21" s="75">
         <v>86826.094015635797</v>
       </c>
       <c r="F21" s="75">
         <v>88085.242104036035</v>
       </c>
       <c r="G21" s="75">
         <v>85384.107874153444</v>
       </c>
       <c r="H21" s="75">
         <v>84498.583206663141</v>
       </c>
       <c r="I21" s="75">
         <v>88533.022723453731</v>
       </c>
       <c r="J21" s="75">
         <v>87765.93015055664</v>
       </c>
       <c r="K21" s="75">
         <v>87990.192688595504</v>
       </c>
       <c r="L21" s="75">
         <v>88194.284639787482</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M21" s="75">
+        <v>90085.843662729923</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>228</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D22" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E22" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F22" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G22" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H22" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I22" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J22" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K22" s="76">
         <v>9377.1471511379023</v>
       </c>
       <c r="L22" s="76">
         <v>9051.2777374921006</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M22" s="76">
+        <v>8567.0709838060411</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>229</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D23" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E23" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F23" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G23" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H23" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I23" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J23" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K23" s="76">
         <v>913.88244320999991</v>
       </c>
       <c r="L23" s="76">
         <v>897.50828320000005</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M23" s="76">
+        <v>923.9259701499999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D24" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E24" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F24" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G24" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H24" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I24" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J24" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K24" s="76">
         <v>6342.1450984305293</v>
       </c>
       <c r="L24" s="76">
         <v>6690.4739985841798</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M24" s="76">
+        <v>6693.0289734503403</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>231</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="76">
         <v>47275.730985932758</v>
       </c>
       <c r="D25" s="76">
         <v>47033.858168711828</v>
       </c>
       <c r="E25" s="76">
         <v>47646.495943514106</v>
       </c>
       <c r="F25" s="76">
         <v>47822.58187079311</v>
       </c>
       <c r="G25" s="76">
         <v>45652.774950392479</v>
       </c>
       <c r="H25" s="76">
         <v>44261.779958639352</v>
       </c>
       <c r="I25" s="76">
         <v>48124.499574300833</v>
       </c>
       <c r="J25" s="76">
         <v>46881.813187794141</v>
       </c>
       <c r="K25" s="76">
         <v>48036.450977880238</v>
       </c>
       <c r="L25" s="76">
         <v>47829.52671639793</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M25" s="76">
+        <v>49753.984885372352</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>232</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="76">
         <v>22357.09551491015</v>
       </c>
       <c r="D26" s="76">
         <v>22472.100758939607</v>
       </c>
       <c r="E26" s="76">
         <v>22630.970096546207</v>
       </c>
       <c r="F26" s="76">
         <v>22868.872873796048</v>
       </c>
       <c r="G26" s="76">
         <v>22807.665258832629</v>
       </c>
       <c r="H26" s="76">
         <v>23306.369154240874</v>
       </c>
       <c r="I26" s="76">
         <v>23278.012968939875</v>
       </c>
       <c r="J26" s="76">
         <v>23275.006412962997</v>
       </c>
       <c r="K26" s="76">
         <v>23320.567017936832</v>
       </c>
       <c r="L26" s="76">
         <v>23725.497904113272</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" s="8" customFormat="1" ht="14.4">
+      <c r="M26" s="76">
+        <v>24147.832849951181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" s="8" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>233</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="76">
         <v>0</v>
       </c>
       <c r="D27" s="76">
         <v>0</v>
       </c>
       <c r="E27" s="76">
         <v>0</v>
       </c>
       <c r="F27" s="76">
         <v>0</v>
       </c>
       <c r="G27" s="76">
         <v>0</v>
       </c>
       <c r="H27" s="76">
         <v>0</v>
       </c>
       <c r="I27" s="76">
         <v>0</v>
       </c>
       <c r="J27" s="76">
         <v>0</v>
       </c>
       <c r="K27" s="76">
         <v>0</v>
       </c>
       <c r="L27" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M27" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>234</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D28" s="75">
         <v>68655.759520619409</v>
       </c>
       <c r="E28" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F28" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G28" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H28" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I28" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J28" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K28" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L28" s="75">
         <v>75440.879208858183</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M28" s="75">
+        <v>75869.772948239697</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>235</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D29" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E29" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F29" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G29" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H29" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I29" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J29" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K29" s="76">
         <v>8283.6422790124998</v>
       </c>
       <c r="L29" s="76">
         <v>8369.2638716907004</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M29" s="76">
+        <v>8349.9444206807002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>236</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D30" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E30" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F30" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G30" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H30" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I30" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J30" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K30" s="76">
         <v>859.45124280720017</v>
       </c>
       <c r="L30" s="76">
         <v>955.14125423860003</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M30" s="76">
+        <v>845.76398001859991</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>237</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D31" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E31" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F31" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G31" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H31" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I31" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J31" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K31" s="76">
         <v>7012.5692745376</v>
       </c>
       <c r="L31" s="76">
         <v>7199.2787957763003</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M31" s="76">
+        <v>7467.0750851462999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>238</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="76">
         <v>24423.234781180123</v>
       </c>
       <c r="D32" s="76">
         <v>24379.371848056617</v>
       </c>
       <c r="E32" s="76">
         <v>25946.887103848203</v>
       </c>
       <c r="F32" s="76">
         <v>26666.68300412238</v>
       </c>
       <c r="G32" s="76">
         <v>25932.444760280301</v>
       </c>
       <c r="H32" s="76">
         <v>25389.668079602798</v>
       </c>
       <c r="I32" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J32" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K32" s="76">
         <v>27170.207519659762</v>
       </c>
       <c r="L32" s="76">
         <v>26959.327219483945</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M32" s="76">
+        <v>26864.554737827224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>239</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="76">
         <v>29356.721581289392</v>
       </c>
       <c r="D33" s="76">
         <v>29684.832669614887</v>
       </c>
       <c r="E33" s="76">
         <v>30040.908639685887</v>
       </c>
       <c r="F33" s="76">
         <v>30469.565829071718</v>
       </c>
       <c r="G33" s="76">
         <v>30682.642035835615</v>
       </c>
       <c r="H33" s="76">
         <v>30792.912637257512</v>
       </c>
       <c r="I33" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J33" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K33" s="76">
         <v>32372.413888329374</v>
       </c>
       <c r="L33" s="76">
         <v>31957.868067668631</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M33" s="76">
+        <v>32342.434724566883</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>240</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="75">
         <v>0</v>
       </c>
       <c r="D34" s="75">
         <v>0</v>
       </c>
       <c r="E34" s="75">
         <v>0</v>
       </c>
       <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="75">
         <v>0</v>
       </c>
       <c r="H34" s="75">
         <v>0</v>
       </c>
       <c r="I34" s="75">
         <v>0</v>
       </c>
       <c r="J34" s="75">
         <v>0</v>
       </c>
       <c r="K34" s="75">
         <v>0</v>
       </c>
       <c r="L34" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M34" s="75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A35" s="17" t="s">
         <v>241</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="75">
         <v>8843.2621185477692</v>
       </c>
       <c r="D35" s="75">
         <v>9552.4249051543393</v>
       </c>
       <c r="E35" s="75">
         <v>8267.4806478985029</v>
       </c>
       <c r="F35" s="75">
         <v>7982.5745370839777</v>
       </c>
       <c r="G35" s="75">
         <v>8813.640199888805</v>
       </c>
       <c r="H35" s="75">
         <v>8942.371293093207</v>
       </c>
       <c r="I35" s="75">
         <v>7811.5406047201386</v>
       </c>
       <c r="J35" s="75">
         <v>8161.0738855850268</v>
       </c>
       <c r="K35" s="75">
         <v>9288.7369485662202</v>
       </c>
       <c r="L35" s="75">
         <v>10527.732637283169</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M35" s="75">
+        <v>9518.0732359268859</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A36" s="17" t="s">
         <v>306</v>
       </c>
       <c r="B36" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="75">
         <v>38616.512782226724</v>
       </c>
       <c r="D36" s="75">
         <v>38907.916049041582</v>
       </c>
       <c r="E36" s="75">
         <v>38586.821818660217</v>
       </c>
       <c r="F36" s="75">
         <v>38588.031157347854</v>
       </c>
       <c r="G36" s="75">
         <v>37614.089117895361</v>
       </c>
       <c r="H36" s="75">
         <v>37918.56509942191</v>
       </c>
       <c r="I36" s="75">
         <v>37329.018978545471</v>
       </c>
       <c r="J36" s="75">
         <v>38440.880438409702</v>
       </c>
       <c r="K36" s="75">
         <v>39493.609386903365</v>
       </c>
       <c r="L36" s="75">
         <v>41076.507575391865</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M36" s="75">
+        <v>42623.528079081349</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A37" s="17" t="s">
         <v>242</v>
       </c>
       <c r="B37" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="75">
         <v>217.37200000000001</v>
       </c>
       <c r="D37" s="75">
         <v>218.90299999999999</v>
       </c>
       <c r="E37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="F37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="G37" s="75">
         <v>206.00700000000001</v>
       </c>
       <c r="H37" s="75">
         <v>202.81700000000001</v>
       </c>
       <c r="I37" s="75">
         <v>200.13300000000001</v>
       </c>
       <c r="J37" s="75">
         <v>210.50299999999999</v>
       </c>
       <c r="K37" s="75">
         <v>217.39699999999999</v>
       </c>
       <c r="L37" s="75">
         <v>218.07499999999999</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M37" s="75">
+        <v>219.67400000000001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A38" s="17" t="s">
         <v>243</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="75">
         <v>201.03761451</v>
       </c>
       <c r="D38" s="75">
         <v>208.48768568999998</v>
       </c>
       <c r="E38" s="75">
         <v>224.80110109999998</v>
       </c>
       <c r="F38" s="75">
         <v>248.69799896000001</v>
       </c>
       <c r="G38" s="75">
         <v>309.47571665999999</v>
       </c>
       <c r="H38" s="75">
         <v>327.35028055999999</v>
       </c>
       <c r="I38" s="75">
         <v>309.87405195000002</v>
       </c>
       <c r="J38" s="75">
         <v>284.65370315000001</v>
       </c>
       <c r="K38" s="75">
         <v>298.70443951000004</v>
       </c>
       <c r="L38" s="75">
         <v>272.38309644000003</v>
       </c>
-    </row>
-    <row r="39" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M38" s="75">
+        <v>264.93751615999997</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A39" s="17" t="s">
         <v>244</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="75">
         <v>42011.131981385945</v>
       </c>
       <c r="D39" s="75">
         <v>41391.984917523929</v>
       </c>
       <c r="E39" s="75">
         <v>41442.869889234426</v>
       </c>
       <c r="F39" s="75">
         <v>41344.310297824435</v>
       </c>
       <c r="G39" s="75">
         <v>41488.313269044433</v>
       </c>
       <c r="H39" s="75">
         <v>41802.038219025104</v>
       </c>
       <c r="I39" s="75">
         <v>42507.738358314426</v>
       </c>
       <c r="J39" s="75">
         <v>42195.965395044426</v>
       </c>
       <c r="K39" s="75">
         <v>41277.944907634432</v>
       </c>
       <c r="L39" s="75">
         <v>41839.486131790007</v>
       </c>
-    </row>
-    <row r="40" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M39" s="75">
+        <v>42564.345931880001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A40" s="17" t="s">
         <v>245</v>
       </c>
       <c r="B40" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="75">
         <v>-9948.9936545370765</v>
       </c>
       <c r="D40" s="75">
         <v>-7451.4868485114412</v>
       </c>
       <c r="E40" s="75">
         <v>-1037.936368986816</v>
       </c>
       <c r="F40" s="75">
         <v>-4408.5820566837228</v>
       </c>
       <c r="G40" s="75">
         <v>-6243.597354716916</v>
       </c>
       <c r="H40" s="75">
         <v>-7336.8139178239489</v>
       </c>
       <c r="I40" s="75">
         <v>-5654.1884292341956</v>
       </c>
       <c r="J40" s="75">
         <v>-6559.9879750974405</v>
       </c>
       <c r="K40" s="75">
         <v>-5484.4826880147166</v>
       </c>
       <c r="L40" s="75">
         <v>-8740.1565728027781</v>
       </c>
-    </row>
-    <row r="41" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M40" s="75">
+        <v>-9025.3094387658566</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A41" s="17"/>
       <c r="B41" s="57" t="s">
         <v>316</v>
       </c>
       <c r="C41" s="75">
         <v>-5334.2619305900025</v>
       </c>
       <c r="D41" s="75">
         <v>-5378.1851700299985</v>
       </c>
       <c r="E41" s="75">
         <v>1376.6536065060011</v>
       </c>
       <c r="F41" s="75">
         <v>957.94503431999874</v>
       </c>
       <c r="G41" s="75">
         <v>353.25197571000183</v>
       </c>
       <c r="H41" s="75">
         <v>109.60919879999349</v>
       </c>
       <c r="I41" s="75">
         <v>643.27384078000739</v>
       </c>
       <c r="J41" s="75">
         <v>85.958076450006956</v>
       </c>
       <c r="K41" s="75">
         <v>40.388143698889735</v>
       </c>
       <c r="L41" s="75">
         <v>-380.32994747299006</v>
       </c>
-    </row>
-    <row r="42" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M41" s="75">
+        <v>-346.97124353295021</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A42" s="17"/>
       <c r="B42" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C42" s="75">
         <v>-902.50705726764704</v>
       </c>
       <c r="D42" s="75">
         <v>-391.88099224043583</v>
       </c>
       <c r="E42" s="75">
         <v>695.15734188233273</v>
       </c>
       <c r="F42" s="75">
         <v>236.40646757358863</v>
       </c>
       <c r="G42" s="75">
         <v>-316.87689978268111</v>
       </c>
       <c r="H42" s="75">
         <v>-285.85559677964761</v>
       </c>
       <c r="I42" s="75">
         <v>-456.29249307931809</v>
       </c>
       <c r="J42" s="75">
         <v>-529.13593910592829</v>
       </c>
       <c r="K42" s="75">
         <v>-704.05345412886743</v>
       </c>
       <c r="L42" s="75">
         <v>-801.97631740873192</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M42" s="75">
+        <v>-836.43738373848385</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A43" s="17" t="s">
         <v>246</v>
       </c>
       <c r="B43" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C43" s="75">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D43" s="75">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E43" s="75">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F43" s="75">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G43" s="75">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H43" s="75">
         <v>-7160.567519844295</v>
       </c>
       <c r="I43" s="75">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J43" s="75">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K43" s="75">
         <v>-4820.817377584739</v>
       </c>
       <c r="L43" s="75">
         <v>-7557.8503079210568</v>
       </c>
-    </row>
-    <row r="44" spans="1:12" ht="13.8">
+      <c r="M43" s="75">
+        <v>-7841.9008114944218</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="13.8">
       <c r="A44" s="17"/>
       <c r="B44" s="31"/>
       <c r="C44" s="72"/>
       <c r="D44" s="72"/>
       <c r="E44" s="72"/>
       <c r="F44" s="72"/>
       <c r="G44" s="72"/>
       <c r="H44" s="72"/>
       <c r="I44" s="72"/>
       <c r="J44" s="72"/>
       <c r="K44" s="72"/>
       <c r="L44" s="72"/>
-    </row>
-    <row r="45" spans="1:12" s="4" customFormat="1" ht="13.8">
+      <c r="M44" s="72"/>
+    </row>
+    <row r="45" spans="1:13" s="4" customFormat="1" ht="13.8">
       <c r="A45" s="17"/>
       <c r="B45" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="72">
         <v>-0.5025056611848413</v>
       </c>
       <c r="D45" s="72">
         <v>-1.1861698329821593</v>
       </c>
       <c r="E45" s="72">
         <v>-1.2579588153266741</v>
       </c>
       <c r="F45" s="72">
         <v>-0.58010742581791419</v>
       </c>
       <c r="G45" s="72">
         <v>0.88312529391623684</v>
       </c>
       <c r="H45" s="72">
         <v>-1.8602083351343026</v>
       </c>
       <c r="I45" s="72">
         <v>1.5206598484282949</v>
       </c>
       <c r="J45" s="72">
         <v>1.0503503487207126</v>
       </c>
       <c r="K45" s="72">
         <v>1.1000000000000001</v>
       </c>
       <c r="L45" s="72">
         <v>1.0523482253629481</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" ht="13.8">
+      <c r="M45" s="72">
+        <v>0.93893273267167388</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="13.8">
       <c r="A46" s="18"/>
       <c r="B46" s="38"/>
       <c r="C46" s="69"/>
       <c r="D46" s="69"/>
       <c r="E46" s="69"/>
       <c r="F46" s="69"/>
       <c r="G46" s="69"/>
       <c r="H46" s="69"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="69"/>
       <c r="L46" s="69"/>
-    </row>
-    <row r="47" spans="1:12" ht="13.8">
+      <c r="M46" s="69"/>
+    </row>
+    <row r="47" spans="1:13" ht="13.8">
       <c r="A47" s="8"/>
       <c r="B47" s="27"/>
     </row>
-    <row r="48" spans="1:12" ht="13.8">
+    <row r="48" spans="1:13" ht="13.8">
       <c r="A48" s="8"/>
       <c r="B48" s="27"/>
     </row>
     <row r="49" spans="1:2" ht="13.8">
       <c r="A49" s="8"/>
       <c r="B49" s="27"/>
     </row>
     <row r="50" spans="1:2" ht="13.8">
       <c r="A50" s="8"/>
       <c r="B50" s="27"/>
     </row>
     <row r="51" spans="1:2" ht="13.8">
       <c r="A51" s="8"/>
       <c r="B51" s="27"/>
     </row>
     <row r="52" spans="1:2" ht="13.8">
       <c r="A52" s="8"/>
       <c r="B52" s="27"/>
     </row>
     <row r="53" spans="1:2" ht="13.8">
       <c r="A53" s="8"/>
       <c r="B53" s="27"/>
     </row>
     <row r="54" spans="1:2" ht="13.8">
       <c r="A54" s="8"/>
@@ -12987,109 +13469,111 @@
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="1057" divId="Set of Tables_1057" sourceType="range" sourceRef="B1:B46" destinationFile="I:\internet\StatisticalTables\Monetary Data\Monetary Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AYM457"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="H6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
-      <selection pane="bottomRight" activeCell="O49" sqref="O49"/>
+      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="20.6640625" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="50.33203125" customWidth="1"/>
-    <col min="3" max="12" width="11.33203125" customWidth="1"/>
+    <col min="3" max="13" width="11.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:299" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="2" spans="1:299" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:299" ht="14.4" thickBot="1">
       <c r="B3" s="27"/>
     </row>
     <row r="4" spans="1:299" s="6" customFormat="1" ht="13.8">
       <c r="A4" s="50"/>
       <c r="B4" s="62" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="70">
         <v>45688</v>
       </c>
       <c r="D4" s="70">
         <v>45716</v>
       </c>
       <c r="E4" s="70">
         <v>45747</v>
       </c>
       <c r="F4" s="70">
         <v>45777</v>
       </c>
       <c r="G4" s="70">
         <v>45808</v>
       </c>
       <c r="H4" s="90">
         <v>45838</v>
       </c>
       <c r="I4" s="70">
         <v>45869</v>
       </c>
       <c r="J4" s="70">
         <v>45900</v>
       </c>
       <c r="K4" s="70">
         <v>45930</v>
       </c>
       <c r="L4" s="70">
         <v>45961</v>
       </c>
-      <c r="M4"/>
+      <c r="M4" s="70">
+        <v>45991</v>
+      </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
@@ -13346,393 +13830,420 @@
       <c r="KC4"/>
       <c r="KD4"/>
       <c r="KE4"/>
       <c r="KF4"/>
       <c r="KG4"/>
       <c r="KH4"/>
       <c r="KI4"/>
       <c r="KJ4"/>
       <c r="KK4"/>
       <c r="KL4"/>
       <c r="KM4"/>
     </row>
     <row r="5" spans="1:299" ht="13.8">
       <c r="A5" s="51"/>
       <c r="B5" s="61"/>
       <c r="C5" s="71"/>
       <c r="D5" s="71"/>
       <c r="E5" s="71"/>
       <c r="F5" s="71"/>
       <c r="G5" s="71"/>
       <c r="H5" s="91"/>
       <c r="I5" s="71"/>
       <c r="J5" s="71"/>
       <c r="K5" s="71"/>
       <c r="L5" s="71"/>
+      <c r="M5" s="71"/>
     </row>
     <row r="6" spans="1:299" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="58" t="s">
         <v>247</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C6" s="84">
         <v>121933.31282797406</v>
       </c>
       <c r="D6" s="84">
         <v>121649.65126008663</v>
       </c>
       <c r="E6" s="84">
         <v>122035.1935081332</v>
       </c>
       <c r="F6" s="84">
         <v>121895.9264496525</v>
       </c>
       <c r="G6" s="84">
         <v>122497.32165338506</v>
       </c>
       <c r="H6" s="92">
         <v>123609.4339708609</v>
       </c>
       <c r="I6" s="84">
         <v>125987.36676419305</v>
       </c>
       <c r="J6" s="84">
         <v>126607.76387203124</v>
       </c>
       <c r="K6" s="84">
         <v>126583.21592723204</v>
       </c>
       <c r="L6" s="84">
         <v>131020.49255219812</v>
       </c>
+      <c r="M6" s="84">
+        <v>132404.27659634606</v>
+      </c>
     </row>
     <row r="7" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A7" s="58" t="s">
         <v>248</v>
       </c>
       <c r="B7" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="85">
         <v>5.4461030000000001E-2</v>
       </c>
       <c r="D7" s="85">
         <v>8.3304520000000007E-2</v>
       </c>
       <c r="E7" s="85">
         <v>7.8685469999999993E-2</v>
       </c>
       <c r="F7" s="85">
         <v>0.10366491000000001</v>
       </c>
       <c r="G7" s="85">
         <v>6.3773050000000012E-2</v>
       </c>
       <c r="H7" s="93">
         <v>4.2884430000000001E-2</v>
       </c>
       <c r="I7" s="85">
         <v>6.2463310000000001E-2</v>
       </c>
       <c r="J7" s="85">
         <v>0.15392231000000001</v>
       </c>
       <c r="K7" s="85">
         <v>7.4851110000000012E-2</v>
       </c>
       <c r="L7" s="85">
         <v>7.4351790000000001E-2</v>
       </c>
+      <c r="M7" s="85">
+        <v>5.9539989999999994E-2</v>
+      </c>
     </row>
     <row r="8" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A8" s="58" t="s">
         <v>249</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="85">
         <v>8.9467379999999999</v>
       </c>
       <c r="D8" s="85">
         <v>9.0162600000000008</v>
       </c>
       <c r="E8" s="85">
         <v>8.7868206099999995</v>
       </c>
       <c r="F8" s="85">
         <v>8.6528032300000017</v>
       </c>
       <c r="G8" s="85">
         <v>8.6216938299999999</v>
       </c>
       <c r="H8" s="93">
         <v>8.5458793800000006</v>
       </c>
       <c r="I8" s="85">
         <v>8.4531087000000014</v>
       </c>
       <c r="J8" s="85">
         <v>8.3738598199999998</v>
       </c>
       <c r="K8" s="85">
         <v>8.3509951700000027</v>
       </c>
       <c r="L8" s="85">
         <v>8.1852912499999988</v>
       </c>
+      <c r="M8" s="85">
+        <v>8.2745463600000004</v>
+      </c>
     </row>
     <row r="9" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="58" t="s">
         <v>250</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="85">
         <v>1408.9934549300001</v>
       </c>
       <c r="D9" s="85">
         <v>1417.11463794</v>
       </c>
       <c r="E9" s="85">
         <v>1417.3097906099997</v>
       </c>
       <c r="F9" s="85">
         <v>1406.9155921400002</v>
       </c>
       <c r="G9" s="85">
         <v>1420.6594364500002</v>
       </c>
       <c r="H9" s="93">
         <v>1416.31099739</v>
       </c>
       <c r="I9" s="85">
         <v>1407.14279207</v>
       </c>
       <c r="J9" s="85">
         <v>1418.2883204499999</v>
       </c>
       <c r="K9" s="85">
         <v>1416.0499979199999</v>
       </c>
       <c r="L9" s="85">
         <v>1430.4996988800001</v>
       </c>
+      <c r="M9" s="85">
+        <v>1452.47918108</v>
+      </c>
     </row>
     <row r="10" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="58" t="s">
         <v>251</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="85">
         <v>24.844961180000002</v>
       </c>
       <c r="D10" s="85">
         <v>17.426680320000006</v>
       </c>
       <c r="E10" s="85">
         <v>28.459076660000022</v>
       </c>
       <c r="F10" s="85">
         <v>17.546160280000002</v>
       </c>
       <c r="G10" s="85">
         <v>15.659979589999999</v>
       </c>
       <c r="H10" s="93">
         <v>15.325546250000006</v>
       </c>
       <c r="I10" s="85">
         <v>29.855149320000006</v>
       </c>
       <c r="J10" s="85">
         <v>18.958217020000003</v>
       </c>
       <c r="K10" s="85">
         <v>27.306414710000031</v>
       </c>
       <c r="L10" s="85">
         <v>5295.9800899299998</v>
       </c>
+      <c r="M10" s="85">
+        <v>5343.655839850001</v>
+      </c>
     </row>
     <row r="11" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="58" t="s">
         <v>252</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="85">
         <v>173.62583335000002</v>
       </c>
       <c r="D11" s="85">
         <v>170.5016074799999</v>
       </c>
       <c r="E11" s="85">
         <v>168.58132321999992</v>
       </c>
       <c r="F11" s="85">
         <v>165.32547176000006</v>
       </c>
       <c r="G11" s="85">
         <v>162.3687996700001</v>
       </c>
       <c r="H11" s="93">
         <v>158.59867292000007</v>
       </c>
       <c r="I11" s="85">
         <v>158.38049620000001</v>
       </c>
       <c r="J11" s="85">
         <v>159.42183500000007</v>
       </c>
       <c r="K11" s="85">
         <v>108.5073112800001</v>
       </c>
       <c r="L11" s="85">
         <v>109.75725496000015</v>
       </c>
+      <c r="M11" s="85">
+        <v>108.11087531</v>
+      </c>
     </row>
     <row r="12" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="58" t="s">
         <v>253</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>312</v>
       </c>
       <c r="C12" s="85">
         <v>1645.73734977</v>
       </c>
       <c r="D12" s="85">
         <v>1842.1602757800003</v>
       </c>
       <c r="E12" s="85">
         <v>1555.1292601369778</v>
       </c>
       <c r="F12" s="85">
         <v>1421.4786610799999</v>
       </c>
       <c r="G12" s="85">
         <v>1380.0463351020198</v>
       </c>
       <c r="H12" s="93">
         <v>1438.7174992995799</v>
       </c>
       <c r="I12" s="85">
         <v>1403.5037298400002</v>
       </c>
       <c r="J12" s="85">
         <v>1348.1430368699998</v>
       </c>
       <c r="K12" s="85">
         <v>1794.9798241613232</v>
       </c>
       <c r="L12" s="85">
         <v>1673.8462314600001</v>
       </c>
+      <c r="M12" s="85">
+        <v>1745.9537513588355</v>
+      </c>
     </row>
     <row r="13" spans="1:299" ht="13.8">
       <c r="A13" s="58" t="s">
         <v>254</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>311</v>
       </c>
       <c r="C13" s="84">
         <v>49329.29150827734</v>
       </c>
       <c r="D13" s="84">
         <v>48980.797192543279</v>
       </c>
       <c r="E13" s="84">
         <v>49591.433608531057</v>
       </c>
       <c r="F13" s="84">
         <v>49584.34384149636</v>
       </c>
       <c r="G13" s="84">
         <v>50086.440642513626</v>
       </c>
       <c r="H13" s="92">
         <v>50888.992673965804</v>
       </c>
       <c r="I13" s="84">
         <v>50545.942260501572</v>
       </c>
       <c r="J13" s="84">
         <v>50912.343687878914</v>
       </c>
       <c r="K13" s="84">
         <v>51179.308299577177</v>
       </c>
       <c r="L13" s="84">
         <v>50721.016669537057</v>
       </c>
+      <c r="M13" s="84">
+        <v>51323.865272318886</v>
+      </c>
     </row>
     <row r="14" spans="1:299" s="53" customFormat="1" ht="13.8">
       <c r="A14" s="59" t="s">
         <v>255</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="85">
         <v>42971.693629738285</v>
       </c>
       <c r="D14" s="85">
         <v>42626.645420381421</v>
       </c>
       <c r="E14" s="85">
         <v>43102.298046088516</v>
       </c>
       <c r="F14" s="85">
         <v>43034.433062785538</v>
       </c>
       <c r="G14" s="85">
         <v>43566.172259073057</v>
       </c>
       <c r="H14" s="93">
         <v>43919.047042883569</v>
       </c>
       <c r="I14" s="85">
         <v>43506.048612670747</v>
       </c>
       <c r="J14" s="85">
         <v>43774.4909941441</v>
       </c>
       <c r="K14" s="85">
         <v>43651.627694514493</v>
       </c>
       <c r="L14" s="85">
         <v>43079.009904630315</v>
       </c>
-      <c r="M14"/>
+      <c r="M14" s="85">
+        <v>43666.892913060488</v>
+      </c>
       <c r="N14" s="8"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="8"/>
       <c r="U14" s="8"/>
       <c r="V14" s="8"/>
       <c r="W14" s="8"/>
       <c r="X14" s="8"/>
       <c r="Y14" s="8"/>
       <c r="Z14" s="8"/>
       <c r="AA14" s="8"/>
       <c r="AB14" s="8"/>
       <c r="AC14" s="8"/>
       <c r="AD14" s="8"/>
       <c r="AE14" s="8"/>
       <c r="AF14" s="8"/>
       <c r="AG14" s="8"/>
       <c r="AH14" s="8"/>
       <c r="AI14" s="8"/>
       <c r="AJ14" s="8"/>
       <c r="AK14" s="8"/>
       <c r="AL14" s="8"/>
@@ -14013,51 +14524,53 @@
       </c>
       <c r="E15" s="85">
         <v>871.06538047709682</v>
       </c>
       <c r="F15" s="85">
         <v>878.53621598227653</v>
       </c>
       <c r="G15" s="85">
         <v>878.41169828234399</v>
       </c>
       <c r="H15" s="93">
         <v>915.65840747185689</v>
       </c>
       <c r="I15" s="85">
         <v>915.03760994640459</v>
       </c>
       <c r="J15" s="85">
         <v>910.95073800567309</v>
       </c>
       <c r="K15" s="85">
         <v>910.97701931078177</v>
       </c>
       <c r="L15" s="85">
         <v>910.85363966511056</v>
       </c>
-      <c r="M15"/>
+      <c r="M15" s="85">
+        <v>911.35897010757742</v>
+      </c>
       <c r="N15" s="8"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="8"/>
       <c r="U15" s="8"/>
       <c r="V15" s="8"/>
       <c r="W15" s="8"/>
       <c r="X15" s="8"/>
       <c r="Y15" s="8"/>
       <c r="Z15" s="8"/>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
       <c r="AC15" s="8"/>
       <c r="AD15" s="8"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8"/>
       <c r="AG15" s="8"/>
       <c r="AH15" s="8"/>
       <c r="AI15" s="8"/>
       <c r="AJ15" s="8"/>
       <c r="AK15" s="8"/>
       <c r="AL15" s="8"/>
@@ -14338,51 +14851,53 @@
       </c>
       <c r="E16" s="85">
         <v>12418.053702442394</v>
       </c>
       <c r="F16" s="85">
         <v>12345.667055045107</v>
       </c>
       <c r="G16" s="85">
         <v>12311.599578025412</v>
       </c>
       <c r="H16" s="93">
         <v>12252.976037735289</v>
       </c>
       <c r="I16" s="85">
         <v>12439.224344850811</v>
       </c>
       <c r="J16" s="85">
         <v>12499.651353434985</v>
       </c>
       <c r="K16" s="85">
         <v>12470.872762703766</v>
       </c>
       <c r="L16" s="85">
         <v>12350.058551252489</v>
       </c>
-      <c r="M16"/>
+      <c r="M16" s="85">
+        <v>12466.378348424627</v>
+      </c>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="8"/>
       <c r="V16" s="8"/>
       <c r="W16" s="8"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="8"/>
       <c r="AC16" s="8"/>
       <c r="AD16" s="8"/>
       <c r="AE16" s="8"/>
       <c r="AF16" s="8"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="8"/>
       <c r="AL16" s="8"/>
@@ -14663,51 +15178,53 @@
       </c>
       <c r="E17" s="85">
         <v>2125.2481835404942</v>
       </c>
       <c r="F17" s="85">
         <v>2099.7867101369416</v>
       </c>
       <c r="G17" s="85">
         <v>2051.0096448049521</v>
       </c>
       <c r="H17" s="93">
         <v>2061.3954568106806</v>
       </c>
       <c r="I17" s="85">
         <v>2093.9126359627048</v>
       </c>
       <c r="J17" s="85">
         <v>2465.9719980242994</v>
       </c>
       <c r="K17" s="85">
         <v>2392.1827906522644</v>
       </c>
       <c r="L17" s="85">
         <v>2273.5013021133022</v>
       </c>
-      <c r="M17"/>
+      <c r="M17" s="85">
+        <v>2212.1782410437418</v>
+      </c>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
       <c r="V17" s="8"/>
       <c r="W17" s="8"/>
       <c r="X17" s="8"/>
       <c r="Y17" s="8"/>
       <c r="Z17" s="8"/>
       <c r="AA17" s="8"/>
       <c r="AB17" s="8"/>
       <c r="AC17" s="8"/>
       <c r="AD17" s="8"/>
       <c r="AE17" s="8"/>
       <c r="AF17" s="8"/>
       <c r="AG17" s="8"/>
       <c r="AH17" s="8"/>
       <c r="AI17" s="8"/>
       <c r="AJ17" s="8"/>
       <c r="AK17" s="8"/>
       <c r="AL17" s="8"/>
@@ -14988,51 +15505,53 @@
       </c>
       <c r="E18" s="85">
         <v>10292.8055189019</v>
       </c>
       <c r="F18" s="85">
         <v>10245.880344908166</v>
       </c>
       <c r="G18" s="85">
         <v>10260.589933220461</v>
       </c>
       <c r="H18" s="93">
         <v>10191.580580924609</v>
       </c>
       <c r="I18" s="85">
         <v>10345.311708888106</v>
       </c>
       <c r="J18" s="85">
         <v>10033.679355410686</v>
       </c>
       <c r="K18" s="85">
         <v>10078.689972051501</v>
       </c>
       <c r="L18" s="85">
         <v>10076.557249139187</v>
       </c>
-      <c r="M18"/>
+      <c r="M18" s="85">
+        <v>10254.200107380886</v>
+      </c>
       <c r="N18" s="8"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="8"/>
       <c r="U18" s="8"/>
       <c r="V18" s="8"/>
       <c r="W18" s="8"/>
       <c r="X18" s="8"/>
       <c r="Y18" s="8"/>
       <c r="Z18" s="8"/>
       <c r="AA18" s="8"/>
       <c r="AB18" s="8"/>
       <c r="AC18" s="8"/>
       <c r="AD18" s="8"/>
       <c r="AE18" s="8"/>
       <c r="AF18" s="8"/>
       <c r="AG18" s="8"/>
       <c r="AH18" s="8"/>
       <c r="AI18" s="8"/>
       <c r="AJ18" s="8"/>
       <c r="AK18" s="8"/>
       <c r="AL18" s="8"/>
@@ -15313,51 +15832,53 @@
       </c>
       <c r="E19" s="85">
         <v>10439.04018882837</v>
       </c>
       <c r="F19" s="85">
         <v>9609.5365150903308</v>
       </c>
       <c r="G19" s="85">
         <v>9638.0189734040305</v>
       </c>
       <c r="H19" s="93">
         <v>10228.313201955742</v>
       </c>
       <c r="I19" s="85">
         <v>10163.369260895141</v>
       </c>
       <c r="J19" s="85">
         <v>10026.641277673998</v>
       </c>
       <c r="K19" s="85">
         <v>10463.813459873043</v>
       </c>
       <c r="L19" s="85">
         <v>10216.021621911494</v>
       </c>
-      <c r="M19"/>
+      <c r="M19" s="85">
+        <v>10221.704871301023</v>
+      </c>
       <c r="N19" s="8"/>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="8"/>
       <c r="U19" s="8"/>
       <c r="V19" s="8"/>
       <c r="W19" s="8"/>
       <c r="X19" s="8"/>
       <c r="Y19" s="8"/>
       <c r="Z19" s="8"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="8"/>
       <c r="AC19" s="8"/>
       <c r="AD19" s="8"/>
       <c r="AE19" s="8"/>
       <c r="AF19" s="8"/>
       <c r="AG19" s="8"/>
       <c r="AH19" s="8"/>
       <c r="AI19" s="8"/>
       <c r="AJ19" s="8"/>
       <c r="AK19" s="8"/>
       <c r="AL19" s="8"/>
@@ -15638,51 +16159,53 @@
       </c>
       <c r="E20" s="85">
         <v>19374.138774340652</v>
       </c>
       <c r="F20" s="85">
         <v>20200.693276667822</v>
       </c>
       <c r="G20" s="85">
         <v>20738.142009361269</v>
       </c>
       <c r="H20" s="93">
         <v>20522.099395720681</v>
       </c>
       <c r="I20" s="85">
         <v>19988.417396978388</v>
       </c>
       <c r="J20" s="85">
         <v>20337.247625029442</v>
       </c>
       <c r="K20" s="85">
         <v>19805.964452626904</v>
       </c>
       <c r="L20" s="85">
         <v>19602.076091801227</v>
       </c>
-      <c r="M20"/>
+      <c r="M20" s="85">
+        <v>20067.450723227263</v>
+      </c>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
       <c r="Z20" s="8"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
       <c r="AC20" s="8"/>
       <c r="AD20" s="8"/>
       <c r="AE20" s="8"/>
       <c r="AF20" s="8"/>
       <c r="AG20" s="8"/>
       <c r="AH20" s="8"/>
       <c r="AI20" s="8"/>
       <c r="AJ20" s="8"/>
       <c r="AK20" s="8"/>
       <c r="AL20" s="8"/>
@@ -15963,51 +16486,53 @@
       </c>
       <c r="E21" s="85">
         <v>6489.1355624425369</v>
       </c>
       <c r="F21" s="85">
         <v>6549.9107787108278</v>
       </c>
       <c r="G21" s="85">
         <v>6520.2683834405689</v>
       </c>
       <c r="H21" s="93">
         <v>6969.9456310822379</v>
       </c>
       <c r="I21" s="85">
         <v>7039.8936478308242</v>
       </c>
       <c r="J21" s="85">
         <v>7137.8526937348151</v>
       </c>
       <c r="K21" s="85">
         <v>7527.6806050626828</v>
       </c>
       <c r="L21" s="85">
         <v>7642.0067649067378</v>
       </c>
-      <c r="M21"/>
+      <c r="M21" s="85">
+        <v>7656.9723592583996</v>
+      </c>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="8"/>
       <c r="AC21" s="8"/>
       <c r="AD21" s="8"/>
       <c r="AE21" s="8"/>
       <c r="AF21" s="8"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
       <c r="AK21" s="8"/>
       <c r="AL21" s="8"/>
@@ -16288,89 +16813,94 @@
       </c>
       <c r="E22" s="84">
         <v>68719.246411413071</v>
       </c>
       <c r="F22" s="84">
         <v>68828.58616624659</v>
       </c>
       <c r="G22" s="84">
         <v>68995.264532638612</v>
       </c>
       <c r="H22" s="92">
         <v>69201.104973975103</v>
       </c>
       <c r="I22" s="84">
         <v>69539.309958713435</v>
       </c>
       <c r="J22" s="84">
         <v>69719.386201994552</v>
       </c>
       <c r="K22" s="84">
         <v>70154.861998463195</v>
       </c>
       <c r="L22" s="84">
         <v>70169.60922249037</v>
       </c>
+      <c r="M22" s="84">
+        <v>70185.831569871836</v>
+      </c>
     </row>
     <row r="23" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A23" s="59" t="s">
         <v>264</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="85">
         <v>60640.205200335091</v>
       </c>
       <c r="D23" s="85">
         <v>60665.947983882237</v>
       </c>
       <c r="E23" s="85">
         <v>60612.877534438594</v>
       </c>
       <c r="F23" s="85">
         <v>60654.835639626763</v>
       </c>
       <c r="G23" s="85">
         <v>60774.234067031924</v>
       </c>
       <c r="H23" s="93">
         <v>60838.27079939437</v>
       </c>
       <c r="I23" s="85">
         <v>61084.284751753294</v>
       </c>
       <c r="J23" s="85">
         <v>61202.407236179359</v>
       </c>
       <c r="K23" s="85">
         <v>61540.53068294828</v>
       </c>
       <c r="L23" s="85">
         <v>61438.776946505212</v>
       </c>
-      <c r="M23"/>
+      <c r="M23" s="85">
+        <v>61358.439208297874</v>
+      </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
       <c r="AF23"/>
       <c r="AG23"/>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
       <c r="AL23"/>
@@ -17691,51 +18221,53 @@
       </c>
       <c r="E24" s="85">
         <v>3198.642410396822</v>
       </c>
       <c r="F24" s="85">
         <v>3194.173059650147</v>
       </c>
       <c r="G24" s="85">
         <v>3212.5473724806452</v>
       </c>
       <c r="H24" s="93">
         <v>3183.3002467698007</v>
       </c>
       <c r="I24" s="85">
         <v>3181.0819543036664</v>
       </c>
       <c r="J24" s="85">
         <v>3152.4637021419526</v>
       </c>
       <c r="K24" s="85">
         <v>3046.4866276904631</v>
       </c>
       <c r="L24" s="85">
         <v>3029.2833492477889</v>
       </c>
-      <c r="M24"/>
+      <c r="M24" s="85">
+        <v>2943.7863353358598</v>
+      </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
@@ -19056,51 +19588,53 @@
       </c>
       <c r="E25" s="85">
         <v>42470.831109938801</v>
       </c>
       <c r="F25" s="85">
         <v>42568.5721047685</v>
       </c>
       <c r="G25" s="85">
         <v>42566.97012315935</v>
       </c>
       <c r="H25" s="93">
         <v>42733.842329429812</v>
       </c>
       <c r="I25" s="85">
         <v>42812.55340552485</v>
       </c>
       <c r="J25" s="85">
         <v>42861.445822601709</v>
       </c>
       <c r="K25" s="85">
         <v>42823.7806866061</v>
       </c>
       <c r="L25" s="85">
         <v>42770.867380375079</v>
       </c>
-      <c r="M25"/>
+      <c r="M25" s="85">
+        <v>42848.995281188661</v>
+      </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
       <c r="AF25"/>
       <c r="AG25"/>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
       <c r="AL25"/>
@@ -20421,51 +20955,53 @@
       </c>
       <c r="E26" s="85">
         <v>42457.838710268799</v>
       </c>
       <c r="F26" s="85">
         <v>42555.687759368499</v>
       </c>
       <c r="G26" s="85">
         <v>42554.200543859348</v>
       </c>
       <c r="H26" s="93">
         <v>42717.705837559814</v>
       </c>
       <c r="I26" s="85">
         <v>42796.53025526485</v>
       </c>
       <c r="J26" s="85">
         <v>42837.699057371712</v>
       </c>
       <c r="K26" s="85">
         <v>42797.932608946103</v>
       </c>
       <c r="L26" s="85">
         <v>42745.170496875078</v>
       </c>
-      <c r="M26"/>
+      <c r="M26" s="85">
+        <v>42820.606554418664</v>
+      </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
@@ -21786,51 +22322,53 @@
       </c>
       <c r="E27" s="85">
         <v>12.992399669999999</v>
       </c>
       <c r="F27" s="85">
         <v>12.884345400000001</v>
       </c>
       <c r="G27" s="85">
         <v>12.769579300000002</v>
       </c>
       <c r="H27" s="93">
         <v>16.13649187</v>
       </c>
       <c r="I27" s="85">
         <v>16.023150260000001</v>
       </c>
       <c r="J27" s="85">
         <v>23.746765230000001</v>
       </c>
       <c r="K27" s="85">
         <v>25.848077660000001</v>
       </c>
       <c r="L27" s="85">
         <v>25.696883499999998</v>
       </c>
-      <c r="M27"/>
+      <c r="M27" s="85">
+        <v>28.388726770000002</v>
+      </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
       <c r="AG27"/>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
       <c r="AL27"/>
@@ -23151,51 +23689,53 @@
       </c>
       <c r="E28" s="85">
         <v>2473.8830694868557</v>
       </c>
       <c r="F28" s="85">
         <v>2406.0339848143285</v>
       </c>
       <c r="G28" s="85">
         <v>2444.0538437245154</v>
       </c>
       <c r="H28" s="93">
         <v>2257.4558502572831</v>
       </c>
       <c r="I28" s="85">
         <v>2336.7599604691</v>
       </c>
       <c r="J28" s="85">
         <v>2384.3034558625459</v>
       </c>
       <c r="K28" s="85">
         <v>2401.0172740701641</v>
       </c>
       <c r="L28" s="85">
         <v>2389.8026742924712</v>
       </c>
-      <c r="M28"/>
+      <c r="M28" s="85">
+        <v>2323.8360466531117</v>
+      </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
@@ -24516,51 +25056,53 @@
       </c>
       <c r="E29" s="85">
         <v>12469.520944616113</v>
       </c>
       <c r="F29" s="85">
         <v>12486.056490393794</v>
       </c>
       <c r="G29" s="85">
         <v>12550.662727667419</v>
       </c>
       <c r="H29" s="93">
         <v>12663.672372937475</v>
       </c>
       <c r="I29" s="85">
         <v>12753.889431455676</v>
       </c>
       <c r="J29" s="85">
         <v>12804.194255573153</v>
       </c>
       <c r="K29" s="85">
         <v>13269.246094581547</v>
       </c>
       <c r="L29" s="85">
         <v>13248.823542589873</v>
       </c>
-      <c r="M29"/>
+      <c r="M29" s="85">
+        <v>13241.82154512024</v>
+      </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
@@ -25881,51 +26423,53 @@
       </c>
       <c r="E30" s="85">
         <v>8106.3688769744776</v>
       </c>
       <c r="F30" s="85">
         <v>8173.7505266198195</v>
       </c>
       <c r="G30" s="85">
         <v>8221.030465606691</v>
       </c>
       <c r="H30" s="93">
         <v>8362.8341745807356</v>
       </c>
       <c r="I30" s="85">
         <v>8455.0252069601429</v>
       </c>
       <c r="J30" s="85">
         <v>8516.9789658151858</v>
       </c>
       <c r="K30" s="85">
         <v>8614.3313155149172</v>
       </c>
       <c r="L30" s="85">
         <v>8730.832275985169</v>
       </c>
-      <c r="M30"/>
+      <c r="M30" s="85">
+        <v>8827.3923615739604</v>
+      </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
@@ -27246,51 +27790,53 @@
       </c>
       <c r="E31" s="84">
         <v>360.02272963182509</v>
       </c>
       <c r="F31" s="84">
         <v>276.81199343396275</v>
       </c>
       <c r="G31" s="84">
         <v>248.8900279836935</v>
       </c>
       <c r="H31" s="92">
         <v>204.70954005042043</v>
       </c>
       <c r="I31" s="84">
         <v>2708.4195117709123</v>
       </c>
       <c r="J31" s="84">
         <v>2720.8602274510108</v>
       </c>
       <c r="K31" s="84">
         <v>2713.1310823849108</v>
       </c>
       <c r="L31" s="84">
         <v>2712.8125354557696</v>
       </c>
-      <c r="M31"/>
+      <c r="M31" s="84">
+        <v>2721.0440213426805</v>
+      </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
@@ -28611,51 +29157,53 @@
       </c>
       <c r="E32" s="85">
         <v>360.02272963182509</v>
       </c>
       <c r="F32" s="85">
         <v>276.81199343396275</v>
       </c>
       <c r="G32" s="85">
         <v>248.8900279836935</v>
       </c>
       <c r="H32" s="93">
         <v>204.70954005042043</v>
       </c>
       <c r="I32" s="85">
         <v>208.34088868091226</v>
       </c>
       <c r="J32" s="85">
         <v>220.87912984101058</v>
       </c>
       <c r="K32" s="85">
         <v>213.14998477491056</v>
       </c>
       <c r="L32" s="85">
         <v>212.83143784576941</v>
       </c>
-      <c r="M32"/>
+      <c r="M32" s="85">
+        <v>221.0629237326801</v>
+      </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
@@ -29976,51 +30524,53 @@
       </c>
       <c r="E33" s="85">
         <v>0</v>
       </c>
       <c r="F33" s="85">
         <v>0</v>
       </c>
       <c r="G33" s="85">
         <v>0</v>
       </c>
       <c r="H33" s="93">
         <v>0</v>
       </c>
       <c r="I33" s="85">
         <v>0</v>
       </c>
       <c r="J33" s="85">
         <v>0</v>
       </c>
       <c r="K33" s="85">
         <v>0</v>
       </c>
       <c r="L33" s="85">
         <v>0</v>
       </c>
-      <c r="M33"/>
+      <c r="M33" s="85">
+        <v>0</v>
+      </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
       <c r="AF33"/>
       <c r="AG33"/>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
       <c r="AL33"/>
@@ -31341,51 +31891,53 @@
       </c>
       <c r="E34" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F34" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G34" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H34" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I34" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J34" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K34" s="85">
         <v>142.98459600999996</v>
       </c>
       <c r="L34" s="85">
         <v>143.76165103000002</v>
       </c>
-      <c r="M34"/>
+      <c r="M34" s="85">
+        <v>149.76927409999999</v>
+      </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
@@ -32706,51 +33258,53 @@
       </c>
       <c r="E35" s="85">
         <v>144.35089671999998</v>
       </c>
       <c r="F35" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G35" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H35" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I35" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J35" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K35" s="85">
         <v>142.98459600999996</v>
       </c>
       <c r="L35" s="85">
         <v>143.76165103000002</v>
       </c>
-      <c r="M35"/>
+      <c r="M35" s="85">
+        <v>149.76927409999999</v>
+      </c>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
       <c r="AF35"/>
       <c r="AG35"/>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
       <c r="AL35"/>
@@ -34071,51 +34625,53 @@
       </c>
       <c r="E36" s="85">
         <v>0</v>
       </c>
       <c r="F36" s="85">
         <v>0</v>
       </c>
       <c r="G36" s="85">
         <v>0</v>
       </c>
       <c r="H36" s="93">
         <v>0</v>
       </c>
       <c r="I36" s="85">
         <v>0</v>
       </c>
       <c r="J36" s="85">
         <v>0</v>
       </c>
       <c r="K36" s="85">
         <v>0</v>
       </c>
       <c r="L36" s="85">
         <v>0</v>
       </c>
-      <c r="M36"/>
+      <c r="M36" s="85">
+        <v>0</v>
+      </c>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
@@ -35436,51 +35992,53 @@
       </c>
       <c r="E37" s="85">
         <v>6.842276899999999</v>
       </c>
       <c r="F37" s="85">
         <v>6.4352518700000054</v>
       </c>
       <c r="G37" s="85">
         <v>6.1022481800000072</v>
       </c>
       <c r="H37" s="93">
         <v>6.1206974799999676</v>
       </c>
       <c r="I37" s="85">
         <v>6.5858795299999606</v>
       </c>
       <c r="J37" s="85">
         <v>6.5479486900000037</v>
       </c>
       <c r="K37" s="85">
         <v>8.8784402099999742</v>
       </c>
       <c r="L37" s="85">
         <v>8.4379339900000012</v>
       </c>
-      <c r="M37"/>
+      <c r="M37" s="85">
+        <v>6.9054145400000024</v>
+      </c>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
       <c r="AG37"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
       <c r="AL37"/>
@@ -36801,51 +37359,53 @@
       </c>
       <c r="E38" s="85">
         <v>208.8295560118251</v>
       </c>
       <c r="F38" s="85">
         <v>131.02430786396269</v>
       </c>
       <c r="G38" s="85">
         <v>104.74125606369354</v>
       </c>
       <c r="H38" s="95">
         <v>57.819735030420496</v>
       </c>
       <c r="I38" s="96">
         <v>2560.3646323909124</v>
       </c>
       <c r="J38" s="96">
         <v>2568.352966761011</v>
       </c>
       <c r="K38" s="96">
         <v>2561.2680461649106</v>
       </c>
       <c r="L38" s="96">
         <v>2560.6129504357696</v>
       </c>
-      <c r="M38"/>
+      <c r="M38" s="96">
+        <v>2564.3693327026804</v>
+      </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
@@ -38166,51 +38726,53 @@
       </c>
       <c r="E39" s="65">
         <v>0</v>
       </c>
       <c r="F39" s="65">
         <v>0</v>
       </c>
       <c r="G39" s="65">
         <v>0</v>
       </c>
       <c r="H39" s="94">
         <v>0</v>
       </c>
       <c r="I39" s="65">
         <v>9.7525479999999998E-2</v>
       </c>
       <c r="J39" s="65">
         <v>0</v>
       </c>
       <c r="K39" s="65">
         <v>0</v>
       </c>
       <c r="L39" s="65">
         <v>0</v>
       </c>
-      <c r="M39"/>
+      <c r="M39" s="65">
+        <v>0</v>
+      </c>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39"/>
       <c r="AE39"/>
       <c r="AF39"/>
       <c r="AG39"/>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
       <c r="AK39"/>
       <c r="AL39"/>
@@ -40766,1115 +41328,1197 @@
     </row>
     <row r="456" spans="2:2">
       <c r="B456" s="1"/>
     </row>
     <row r="457" spans="2:2">
       <c r="B457" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="8486" divId="Set of Tables_8486" sourceType="range" sourceRef="B1:B39" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB Claims on Private Sector.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L55"/>
+  <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="topRight" activeCell="K29" sqref="K29"/>
+      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="19.33203125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="38.33203125" style="9" customWidth="1"/>
-    <col min="3" max="12" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="13" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:13" ht="13.8">
       <c r="B1" s="25" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:13" ht="13.8">
       <c r="B2" s="26" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:13" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:12" ht="13.8">
+    <row r="4" spans="1:13" ht="13.8">
       <c r="A4" s="23"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" ht="13.8">
+      <c r="M4" s="73">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="74"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="74"/>
       <c r="G5" s="74"/>
       <c r="H5" s="74"/>
       <c r="I5" s="74"/>
       <c r="J5" s="74"/>
       <c r="K5" s="74"/>
       <c r="L5" s="74"/>
-    </row>
-    <row r="6" spans="1:12" ht="13.8">
+      <c r="M5" s="74"/>
+    </row>
+    <row r="6" spans="1:13" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>305</v>
       </c>
       <c r="B6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="86">
         <v>179450.31274535891</v>
       </c>
       <c r="D6" s="86">
         <v>179472.16620848086</v>
       </c>
       <c r="E6" s="86">
         <v>181745.41097035402</v>
       </c>
       <c r="F6" s="86">
         <v>183771.18861256423</v>
       </c>
       <c r="G6" s="86">
         <v>182940.64800582218</v>
       </c>
       <c r="H6" s="86">
         <v>181215.09301044187</v>
       </c>
       <c r="I6" s="86">
         <v>186774.19397070204</v>
       </c>
       <c r="J6" s="86">
         <v>187508.22749235007</v>
       </c>
       <c r="K6" s="86">
         <v>188593.15270604551</v>
       </c>
       <c r="L6" s="86">
         <v>190300.92584686691</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" ht="13.8" hidden="1">
+      <c r="M6" s="86">
+        <v>193366.07276043712</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="13.8" hidden="1">
       <c r="A7" s="17"/>
       <c r="B7" s="30"/>
       <c r="C7" s="77">
         <v>0</v>
       </c>
       <c r="D7" s="77">
         <v>0</v>
       </c>
       <c r="E7" s="77">
         <v>0</v>
       </c>
       <c r="F7" s="77">
         <v>0</v>
       </c>
       <c r="G7" s="77">
         <v>0</v>
       </c>
       <c r="H7" s="77">
         <v>0</v>
       </c>
       <c r="I7" s="77">
         <v>0</v>
       </c>
       <c r="J7" s="77">
         <v>0</v>
       </c>
       <c r="K7" s="77">
         <v>0</v>
       </c>
       <c r="L7" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M7" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>281</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="75">
         <v>154677.58147837862</v>
       </c>
       <c r="D8" s="75">
         <v>154833.98306783015</v>
       </c>
       <c r="E8" s="75">
         <v>157531.28225287941</v>
       </c>
       <c r="F8" s="75">
         <v>160154.61659862963</v>
       </c>
       <c r="G8" s="75">
         <v>157027.34980193549</v>
       </c>
       <c r="H8" s="75">
         <v>156031.86764614185</v>
       </c>
       <c r="I8" s="75">
         <v>162404.47502017173</v>
       </c>
       <c r="J8" s="75">
         <v>162639.8764647959</v>
       </c>
       <c r="K8" s="75">
         <v>163688.47687155195</v>
       </c>
       <c r="L8" s="75">
         <v>163635.16382725566</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M8" s="75">
+        <v>165955.61658957961</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>282</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="75">
         <v>86233.117493956001</v>
       </c>
       <c r="D9" s="75">
         <v>86178.223547210742</v>
       </c>
       <c r="E9" s="75">
         <v>86826.093994245792</v>
       </c>
       <c r="F9" s="75">
         <v>88085.242082646029</v>
       </c>
       <c r="G9" s="75">
         <v>85384.107852763453</v>
       </c>
       <c r="H9" s="75">
         <v>84498.583185273135</v>
       </c>
       <c r="I9" s="75">
         <v>88533.022702063725</v>
       </c>
       <c r="J9" s="75">
         <v>87765.930129166634</v>
       </c>
       <c r="K9" s="75">
         <v>87990.192667205498</v>
       </c>
       <c r="L9" s="75">
         <v>88194.284618397476</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M9" s="75">
+        <v>90085.843641339918</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>283</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="75">
         <v>82771.088787070184</v>
       </c>
       <c r="D10" s="75">
         <v>82576.098672785927</v>
       </c>
       <c r="E10" s="75">
         <v>82613.835549946176</v>
       </c>
       <c r="F10" s="75">
         <v>84601.783390932818</v>
       </c>
       <c r="G10" s="75">
         <v>81759.807306366609</v>
       </c>
       <c r="H10" s="75">
         <v>81556.873430051259</v>
       </c>
       <c r="I10" s="75">
         <v>85420.939247545859</v>
       </c>
       <c r="J10" s="75">
         <v>84682.97620436945</v>
       </c>
       <c r="K10" s="75">
         <v>84782.930436399285</v>
       </c>
       <c r="L10" s="75">
         <v>85184.135814382273</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M10" s="75">
+        <v>87071.10549845401</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>284</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D11" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E11" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F11" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G11" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H11" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I11" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J11" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K11" s="76">
         <v>9377.1471511379023</v>
       </c>
       <c r="L11" s="76">
         <v>9051.2777374921006</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M11" s="76">
+        <v>8567.0709838060411</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>285</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D12" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E12" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F12" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G12" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H12" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I12" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J12" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K12" s="76">
         <v>913.88244320999991</v>
       </c>
       <c r="L12" s="76">
         <v>897.50828320000005</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M12" s="76">
+        <v>923.9259701499999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>286</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>309</v>
       </c>
       <c r="C13" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D13" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E13" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F13" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G13" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H13" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I13" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J13" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K13" s="76">
         <v>6342.1450984305293</v>
       </c>
       <c r="L13" s="76">
         <v>6690.4739985841798</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M13" s="76">
+        <v>6693.0289734503403</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>287</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>310</v>
       </c>
       <c r="C14" s="76">
         <v>43815.094393846935</v>
       </c>
       <c r="D14" s="76">
         <v>43432.485166987011</v>
       </c>
       <c r="E14" s="76">
         <v>43434.983789414488</v>
       </c>
       <c r="F14" s="76">
         <v>44339.825540579899</v>
       </c>
       <c r="G14" s="76">
         <v>42029.216382995633</v>
       </c>
       <c r="H14" s="76">
         <v>41320.986981617469</v>
       </c>
       <c r="I14" s="76">
         <v>45015.333535932965</v>
       </c>
       <c r="J14" s="76">
         <v>43803.528582396961</v>
       </c>
       <c r="K14" s="76">
         <v>44833.633043924026</v>
       </c>
       <c r="L14" s="76">
         <v>44824.06782233272</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M14" s="76">
+        <v>46744.100549286442</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>288</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="76">
         <v>22355.703378720151</v>
       </c>
       <c r="D15" s="76">
         <v>22471.34886484961</v>
       </c>
       <c r="E15" s="76">
         <v>22630.223784956208</v>
       </c>
       <c r="F15" s="76">
         <v>22868.17049090605</v>
       </c>
       <c r="G15" s="76">
         <v>22806.923258442632</v>
       </c>
       <c r="H15" s="76">
         <v>23305.452354650875</v>
       </c>
       <c r="I15" s="76">
         <v>23275.095531399875</v>
       </c>
       <c r="J15" s="76">
         <v>23270.337072172999</v>
       </c>
       <c r="K15" s="76">
         <v>23316.122699696833</v>
       </c>
       <c r="L15" s="76">
         <v>23720.807972773273</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M15" s="76">
+        <v>24142.979021761181</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>289</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="75">
         <v>3462.0287068858215</v>
       </c>
       <c r="D16" s="75">
         <v>3602.1248744248196</v>
       </c>
       <c r="E16" s="75">
         <v>4212.2584442996213</v>
       </c>
       <c r="F16" s="75">
         <v>3483.4586917132101</v>
       </c>
       <c r="G16" s="75">
         <v>3624.300546396842</v>
       </c>
       <c r="H16" s="75">
         <v>2941.7097552218838</v>
       </c>
       <c r="I16" s="75">
         <v>3112.0834545178686</v>
       </c>
       <c r="J16" s="75">
         <v>3082.9539247971798</v>
       </c>
       <c r="K16" s="75">
         <v>3207.2622308062118</v>
       </c>
       <c r="L16" s="75">
         <v>3010.148804015209</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M16" s="75">
+        <v>3014.738142885908</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>290</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D17" s="75">
         <v>68655.759520619395</v>
       </c>
       <c r="E17" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F17" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G17" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H17" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I17" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J17" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K17" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L17" s="75">
         <v>75440.879208858183</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M17" s="75">
+        <v>75869.772948239697</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>291</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="75">
         <v>58341.611704422612</v>
       </c>
       <c r="D18" s="75">
         <v>58661.869026469401</v>
       </c>
       <c r="E18" s="75">
         <v>60185.984108633595</v>
       </c>
       <c r="F18" s="75">
         <v>61160.457827973602</v>
       </c>
       <c r="G18" s="75">
         <v>60766.354070342015</v>
       </c>
       <c r="H18" s="75">
         <v>60612.968752248715</v>
       </c>
       <c r="I18" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J18" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K18" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L18" s="75">
         <v>75420.865408858182</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M18" s="75">
+        <v>75849.886948239699</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>292</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D19" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E19" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F19" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G19" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H19" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I19" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J19" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K19" s="76">
         <v>8283.6422790124998</v>
       </c>
       <c r="L19" s="76">
         <v>8349.2500716906998</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M19" s="76">
+        <v>8330.0584206806998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>293</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D20" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E20" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F20" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G20" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H20" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I20" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J20" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K20" s="76">
         <v>859.45124280720017</v>
       </c>
       <c r="L20" s="76">
         <v>955.14125423860003</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M20" s="76">
+        <v>845.76398001859991</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>294</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D21" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E21" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F21" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G21" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H21" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I21" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J21" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K21" s="76">
         <v>7012.5692745376</v>
       </c>
       <c r="L21" s="76">
         <v>7199.2787957763003</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M21" s="76">
+        <v>7467.0750851462999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>295</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="76">
         <v>17250.209661180121</v>
       </c>
       <c r="D22" s="76">
         <v>17283.70959721012</v>
       </c>
       <c r="E22" s="76">
         <v>18520.328973848205</v>
       </c>
       <c r="F22" s="76">
         <v>18964.98782238732</v>
       </c>
       <c r="G22" s="76">
         <v>18253.361917826322</v>
       </c>
       <c r="H22" s="76">
         <v>18052.307954981021</v>
       </c>
       <c r="I22" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J22" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K22" s="76">
         <v>27170.207519659762</v>
       </c>
       <c r="L22" s="76">
         <v>26959.327219483945</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" s="8" customFormat="1" ht="13.8">
+      <c r="M22" s="76">
+        <v>26864.554737827224</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>296</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="76">
         <v>26426.894421289391</v>
       </c>
       <c r="D23" s="76">
         <v>26786.604426311387</v>
       </c>
       <c r="E23" s="76">
         <v>26948.262619685887</v>
       </c>
       <c r="F23" s="76">
         <v>27262.344322796776</v>
       </c>
       <c r="G23" s="76">
         <v>27484.836999459596</v>
       </c>
       <c r="H23" s="76">
         <v>27209.957053259292</v>
       </c>
       <c r="I23" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J23" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K23" s="76">
         <v>32372.413888329374</v>
       </c>
       <c r="L23" s="76">
         <v>31957.868067668631</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M23" s="76">
+        <v>32342.434724566883</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>297</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="75">
         <v>10102.852280000001</v>
       </c>
       <c r="D24" s="75">
         <v>9993.8904941499986</v>
       </c>
       <c r="E24" s="75">
         <v>10519.20415</v>
       </c>
       <c r="F24" s="75">
         <v>10908.91668801</v>
       </c>
       <c r="G24" s="75">
         <v>10876.887878829999</v>
       </c>
       <c r="H24" s="75">
         <v>10920.315708619997</v>
       </c>
       <c r="I24" s="75">
         <v>0</v>
       </c>
       <c r="J24" s="75">
         <v>0</v>
       </c>
       <c r="K24" s="75">
         <v>0</v>
       </c>
       <c r="L24" s="75">
         <v>20.0138</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M24" s="75">
+        <v>19.885999999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>298</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="75">
         <v>24772.731266980292</v>
       </c>
       <c r="D25" s="75">
         <v>24638.183140650704</v>
       </c>
       <c r="E25" s="75">
         <v>24214.128717474599</v>
       </c>
       <c r="F25" s="75">
         <v>23616.572013934601</v>
       </c>
       <c r="G25" s="75">
         <v>25913.298203886701</v>
       </c>
       <c r="H25" s="75">
         <v>25183.2253643</v>
       </c>
       <c r="I25" s="75">
         <v>24369.718950530303</v>
       </c>
       <c r="J25" s="75">
         <v>24868.351027554156</v>
       </c>
       <c r="K25" s="75">
         <v>24904.675834493566</v>
       </c>
       <c r="L25" s="75">
         <v>26665.76201961124</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M25" s="75">
+        <v>27410.456170857498</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>299</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="75">
         <v>10677.215446622791</v>
       </c>
       <c r="D26" s="75">
         <v>11238.286946</v>
       </c>
       <c r="E26" s="75">
         <v>11570.60570819</v>
       </c>
       <c r="F26" s="75">
         <v>10713.206297440001</v>
       </c>
       <c r="G26" s="75">
         <v>12110.4282403</v>
       </c>
       <c r="H26" s="75">
         <v>12459.390567599999</v>
       </c>
       <c r="I26" s="75">
         <v>12333.431558449998</v>
       </c>
       <c r="J26" s="75">
         <v>12185.559078060001</v>
       </c>
       <c r="K26" s="75">
         <v>11878.802289050001</v>
       </c>
       <c r="L26" s="75">
         <v>12693.840706530002</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" s="5" customFormat="1" ht="14.4">
+      <c r="M26" s="75">
+        <v>13216.199575549999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" s="5" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>300</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="76">
         <v>6537.6850963712077</v>
       </c>
       <c r="D27" s="76">
         <v>6672.881653942205</v>
       </c>
       <c r="E27" s="76">
         <v>7153.0159562178014</v>
       </c>
       <c r="F27" s="76">
         <v>6822.837875990168</v>
       </c>
       <c r="G27" s="76">
         <v>7499.9913132695001</v>
       </c>
       <c r="H27" s="76">
         <v>6741.8495617333829</v>
       </c>
       <c r="I27" s="76">
         <v>7141.8164793244068</v>
       </c>
       <c r="J27" s="76">
         <v>7326.2220580223866</v>
       </c>
       <c r="K27" s="76">
         <v>6660.2393906310817</v>
       </c>
       <c r="L27" s="76">
         <v>7186.3954165416535</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" s="5" customFormat="1" ht="14.4">
+      <c r="M27" s="76">
+        <v>7788.6804411246312</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="5" customFormat="1" ht="14.4">
       <c r="A28" s="17" t="s">
         <v>301</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="76">
         <v>4139.5303502515835</v>
       </c>
       <c r="D28" s="76">
         <v>4565.405292057796</v>
       </c>
       <c r="E28" s="76">
         <v>4417.5897519721993</v>
       </c>
       <c r="F28" s="76">
         <v>3890.3684214498335</v>
       </c>
       <c r="G28" s="76">
         <v>4610.4369270305006</v>
       </c>
       <c r="H28" s="76">
         <v>5717.5410058666166</v>
       </c>
       <c r="I28" s="76">
         <v>5191.6150791255914</v>
       </c>
       <c r="J28" s="76">
         <v>4859.3370200376148</v>
       </c>
       <c r="K28" s="76">
         <v>5218.5628984189198</v>
       </c>
       <c r="L28" s="76">
         <v>5507.4452899883472</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" s="2" customFormat="1" ht="13.8">
+      <c r="M28" s="76">
+        <v>5427.519134425369</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="2" customFormat="1" ht="13.8">
       <c r="A29" s="52" t="s">
         <v>302</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="75">
         <v>14095.515820357501</v>
       </c>
       <c r="D29" s="75">
         <v>13399.896194650702</v>
       </c>
       <c r="E29" s="75">
         <v>12643.5230092846</v>
       </c>
       <c r="F29" s="75">
         <v>12903.365716494598</v>
       </c>
       <c r="G29" s="75">
         <v>13802.869963586701</v>
       </c>
       <c r="H29" s="75">
         <v>12723.834796700001</v>
       </c>
       <c r="I29" s="75">
         <v>12036.287392080303</v>
       </c>
       <c r="J29" s="75">
         <v>12682.791949494156</v>
       </c>
       <c r="K29" s="75">
         <v>13025.873545443563</v>
       </c>
       <c r="L29" s="75">
         <v>13971.921313081239</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" s="5" customFormat="1" ht="14.4">
+      <c r="M29" s="75">
+        <v>14194.256595307499</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="5" customFormat="1" ht="14.4">
       <c r="A30" s="17" t="s">
         <v>303</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="76">
         <v>8166.825462727501</v>
       </c>
       <c r="D30" s="76">
         <v>7414.302928540701</v>
       </c>
       <c r="E30" s="76">
         <v>7354.5402312046008</v>
       </c>
       <c r="F30" s="76">
         <v>7783.7430196545993</v>
       </c>
       <c r="G30" s="76">
         <v>7226.1112099367001</v>
       </c>
       <c r="H30" s="76">
         <v>8100.7166721699996</v>
       </c>
       <c r="I30" s="76">
         <v>7281.7889420503043</v>
       </c>
       <c r="J30" s="76">
         <v>7428.2202588141581</v>
       </c>
       <c r="K30" s="76">
         <v>7153.4293914635618</v>
       </c>
       <c r="L30" s="76">
         <v>7512.1029907512411</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" s="5" customFormat="1" ht="14.4">
+      <c r="M30" s="76">
+        <v>7540.7069345975005</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="5" customFormat="1" ht="14.4">
       <c r="A31" s="18" t="s">
         <v>304</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>5928.690357630001</v>
       </c>
       <c r="D31" s="78">
         <v>5985.5932661100014</v>
       </c>
       <c r="E31" s="78">
         <v>5288.9827780799997</v>
       </c>
       <c r="F31" s="78">
         <v>5119.6226968399997</v>
       </c>
       <c r="G31" s="78">
         <v>6576.7587536500014</v>
       </c>
       <c r="H31" s="78">
         <v>4623.1181245300004</v>
       </c>
       <c r="I31" s="78">
         <v>4754.4984500299997</v>
       </c>
       <c r="J31" s="78">
         <v>5254.5716906799989</v>
       </c>
       <c r="K31" s="78">
         <v>5872.4441539800009</v>
       </c>
       <c r="L31" s="78">
         <v>6459.8183223299975</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" ht="13.8">
+      <c r="M31" s="78">
+        <v>6653.5496607099976</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -41950,79 +42594,80 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12570f71-645b-41be-b316-af6cb6d3d1b1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -42072,50 +42717,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23656839-d31d-4903-8635-eff7f90abed5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89e6558f-5113-49e0-8f98-ced932a8e8dc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -42236,67 +42886,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB179D-2BCE-447A-ACB9-CA8B6C9042C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76A2BE2D-5AD9-4445-B434-4B1020D8FA32}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B82A2719-66F9-435B-A0D6-D9694A919A52}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>