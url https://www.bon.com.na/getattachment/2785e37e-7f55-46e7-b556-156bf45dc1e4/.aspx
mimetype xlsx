--- v3 (2026-01-17)
+++ v4 (2026-02-26)
@@ -9,58 +9,58 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/Monetary and Financial Statistics/Set of Tables/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="757" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{186D0114-3CB6-473C-B256-BC10213A9841}"/>
+  <xr:revisionPtr revIDLastSave="772" documentId="8_{880E03E3-A288-4975-A314-7D796359F86F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E2D21AB5-F207-4C9A-ACCF-160556F08452}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="table ii.1(a)" sheetId="1" r:id="rId1"/>
     <sheet name="table ii.1 (b)" sheetId="7" r:id="rId2"/>
     <sheet name="table ii.2(a)" sheetId="13" r:id="rId3"/>
     <sheet name="table ii.2(b)" sheetId="5" r:id="rId4"/>
     <sheet name="table ii. 3" sheetId="4" r:id="rId5"/>
     <sheet name="table ii. 4" sheetId="2" r:id="rId6"/>
     <sheet name="table ii.5" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'table ii. 3'!$B$1:$B$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'table ii.1 (b)'!$B$1:$B$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'table ii.5'!$B$1:$B$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -1568,51 +1568,51 @@
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="62">
+  <fills count="61">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -1891,56 +1891,50 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
@@ -3829,51 +3823,51 @@
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="59" borderId="34" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="97">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="28" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="28" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -3949,52 +3943,50 @@
     <xf numFmtId="170" fontId="16" fillId="25" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="17" fillId="25" borderId="21" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="19" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="16" fillId="25" borderId="19" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="17" fillId="25" borderId="15" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="24" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="24" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="17" fillId="25" borderId="26" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="16" fillId="25" borderId="14" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="16" fillId="25" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="14" fillId="25" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="18" fillId="25" borderId="43" xfId="1140" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="18" fillId="61" borderId="20" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="18" fillId="61" borderId="40" xfId="294" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1386">
     <cellStyle name="=C:\WINNT35\SYSTEM32\COMMAND.COM" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="1 indent" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="2 indents" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1" xfId="4" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 3 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 3 2 2" xfId="943" xr:uid="{66A7BF44-884B-47E2-A4DE-512F47E9200C}"/>
     <cellStyle name="20% - Accent1 3 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 3 3 2" xfId="944" xr:uid="{6D7867B4-68C0-4C6B-A398-BCEB85815086}"/>
     <cellStyle name="20% - Accent1 3 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 3 4 2" xfId="945" xr:uid="{8E64AB40-A60B-47E1-BA02-4E9068879C42}"/>
     <cellStyle name="20% - Accent1 3 5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 3 5 2" xfId="946" xr:uid="{52A87F92-A326-445C-B401-201522D3B6C6}"/>
     <cellStyle name="20% - Accent1 3 6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 3 6 2" xfId="947" xr:uid="{638A6B2D-72EF-428A-9780-D83B7425538A}"/>
     <cellStyle name="20% - Accent1 3 7" xfId="942" xr:uid="{C2BCB0C8-5C09-4880-B3A3-C9CB92DD81B8}"/>
     <cellStyle name="20% - Accent1 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 4 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 4 2 2" xfId="949" xr:uid="{0BD38C2C-0393-47AE-823D-7CE13BEE2DD9}"/>
     <cellStyle name="20% - Accent1 4 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 4 3 2" xfId="950" xr:uid="{B0F9FFA7-3BE9-4AF4-A8CD-D8264069DC5A}"/>
@@ -5680,2505 +5672,2678 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:N38"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="bottomRight" activeCell="N1" sqref="N1:N1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="13.109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.88671875" style="7" customWidth="1"/>
-    <col min="3" max="13" width="11.33203125" style="7" customWidth="1"/>
-    <col min="14" max="16384" width="8.88671875" style="7"/>
+    <col min="3" max="14" width="11.33203125" style="7" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:13" ht="13.8">
+    <row r="4" spans="1:14" ht="13.8">
       <c r="A4" s="12"/>
       <c r="B4" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
       <c r="M4" s="73">
         <v>45991</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="13.8">
+      <c r="N4" s="73">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="13.8">
       <c r="A5" s="14"/>
       <c r="B5" s="48"/>
       <c r="C5" s="64"/>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="64"/>
       <c r="I5" s="64"/>
       <c r="J5" s="64"/>
       <c r="K5" s="64"/>
       <c r="L5" s="64"/>
       <c r="M5" s="64"/>
-    </row>
-    <row r="6" spans="1:13" ht="13.8">
+      <c r="N5" s="64"/>
+    </row>
+    <row r="6" spans="1:14" ht="13.8">
       <c r="A6" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>51436.611865312341</v>
       </c>
       <c r="D6" s="75">
         <v>50530.102536009559</v>
       </c>
       <c r="E6" s="75">
         <v>54263.168540312334</v>
       </c>
       <c r="F6" s="75">
         <v>57912.975279763574</v>
       </c>
       <c r="G6" s="75">
         <v>52147.435508147326</v>
       </c>
       <c r="H6" s="75">
         <v>54369.597535850349</v>
       </c>
       <c r="I6" s="75">
         <v>52999.975125710669</v>
       </c>
       <c r="J6" s="75">
         <v>51917.620972074066</v>
       </c>
       <c r="K6" s="75">
         <v>49961.214720611126</v>
       </c>
       <c r="L6" s="75">
         <v>43885.386996251269</v>
       </c>
       <c r="M6" s="75">
         <v>44620.278978631519</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="13.8">
+      <c r="N6" s="75">
+        <v>47322.22967989531</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="13.8">
       <c r="A7" s="14" t="s">
         <v>142</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>59066.584826992344</v>
       </c>
       <c r="D7" s="75">
         <v>58143.026558409561</v>
       </c>
       <c r="E7" s="75">
         <v>61950.597312442333</v>
       </c>
       <c r="F7" s="75">
         <v>65874.287518983576</v>
       </c>
       <c r="G7" s="75">
         <v>59727.100246907328</v>
       </c>
       <c r="H7" s="75">
         <v>62075.072019400352</v>
       </c>
       <c r="I7" s="75">
         <v>60723.905663280668</v>
       </c>
       <c r="J7" s="75">
         <v>59586.433636134068</v>
       </c>
       <c r="K7" s="75">
         <v>57413.016704391128</v>
       </c>
       <c r="L7" s="75">
         <v>51300.093254251267</v>
       </c>
       <c r="M7" s="75">
         <v>51949.563533831519</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="13.8">
+      <c r="N7" s="75">
+        <v>54493.612001055313</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="13.8">
       <c r="A8" s="14" t="s">
         <v>143</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="75">
         <v>4185.8803031699999</v>
       </c>
       <c r="D8" s="75">
         <v>4145.4219192600003</v>
       </c>
       <c r="E8" s="75">
         <v>4185.9630287999998</v>
       </c>
       <c r="F8" s="75">
         <v>4312.4527889399997</v>
       </c>
       <c r="G8" s="75">
         <v>4109.3844279099994</v>
       </c>
       <c r="H8" s="75">
         <v>4169.8151067199997</v>
       </c>
       <c r="I8" s="75">
         <v>4159.6211192800001</v>
       </c>
       <c r="J8" s="75">
         <v>4119.3115991599998</v>
       </c>
       <c r="K8" s="75">
         <v>4006.01617842</v>
       </c>
       <c r="L8" s="75">
         <v>3981.6951188200001</v>
       </c>
       <c r="M8" s="75">
         <v>3916.5012895500004</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="13.8">
+      <c r="N8" s="75">
+        <v>3827.2881667199999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>31.080769790000002</v>
       </c>
       <c r="D9" s="76">
         <v>31.370769790000001</v>
       </c>
       <c r="E9" s="76">
         <v>36.680769789999999</v>
       </c>
       <c r="F9" s="76">
         <v>41.13476979</v>
       </c>
       <c r="G9" s="76">
         <v>41.934769789999997</v>
       </c>
       <c r="H9" s="76">
         <v>53.991151379999998</v>
       </c>
       <c r="I9" s="76">
         <v>60.324930729999998</v>
       </c>
       <c r="J9" s="76">
         <v>79.111681369999999</v>
       </c>
       <c r="K9" s="76">
         <v>104.91584879</v>
       </c>
       <c r="L9" s="76">
         <v>44.86180805</v>
       </c>
       <c r="M9" s="76">
         <v>58.176485679999999</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="13.8">
+      <c r="N9" s="76">
+        <v>74.102840700000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>12940.081141179997</v>
       </c>
       <c r="D10" s="76">
         <v>13661.326993249999</v>
       </c>
       <c r="E10" s="76">
         <v>16229.974962439996</v>
       </c>
       <c r="F10" s="76">
         <v>17130.307152450001</v>
       </c>
       <c r="G10" s="76">
         <v>14960.57502018</v>
       </c>
       <c r="H10" s="76">
         <v>16842.306387410004</v>
       </c>
       <c r="I10" s="76">
         <v>16761.283420449996</v>
       </c>
       <c r="J10" s="76">
         <v>16843.263150660001</v>
       </c>
       <c r="K10" s="76">
         <v>18681.788598400002</v>
       </c>
       <c r="L10" s="76">
         <v>10503.54808742</v>
       </c>
       <c r="M10" s="76">
         <v>9880.55309304</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" ht="13.8">
+      <c r="N10" s="76">
+        <v>9806.0459415799996</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>146</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>39331.174745959994</v>
       </c>
       <c r="D11" s="76">
         <v>39920.179537479999</v>
       </c>
       <c r="E11" s="76">
         <v>41121.48660389</v>
       </c>
       <c r="F11" s="76">
         <v>44009.105997229992</v>
       </c>
       <c r="G11" s="76">
         <v>40216.475102090008</v>
       </c>
       <c r="H11" s="76">
         <v>40592.694244189996</v>
       </c>
       <c r="I11" s="76">
         <v>39321.722185949999</v>
       </c>
       <c r="J11" s="76">
         <v>38114.853427229995</v>
       </c>
       <c r="K11" s="76">
         <v>34177.355843169993</v>
       </c>
       <c r="L11" s="76">
         <v>36318.746728689999</v>
       </c>
       <c r="M11" s="76">
         <v>37642.983294509999</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" ht="13.8">
+      <c r="N11" s="76">
+        <v>40329.429565280006</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>147</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" ht="13.8">
+      <c r="N12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>148</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
       <c r="L13" s="76">
         <v>0</v>
       </c>
       <c r="M13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" ht="13.8">
+      <c r="N13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="13.8">
       <c r="A14" s="14" t="s">
         <v>149</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>313</v>
       </c>
       <c r="C14" s="76">
         <v>2578.367866892353</v>
       </c>
       <c r="D14" s="76">
         <v>384.72733862956494</v>
       </c>
       <c r="E14" s="76">
         <v>376.49194752233296</v>
       </c>
       <c r="F14" s="76">
         <v>381.28681057358943</v>
       </c>
       <c r="G14" s="76">
         <v>398.73092693732025</v>
       </c>
       <c r="H14" s="76">
         <v>416.26512970035071</v>
       </c>
       <c r="I14" s="76">
         <v>420.95400687068093</v>
       </c>
       <c r="J14" s="76">
         <v>429.89377771407118</v>
       </c>
       <c r="K14" s="76">
         <v>442.94023561113192</v>
       </c>
       <c r="L14" s="76">
         <v>451.24151127126726</v>
       </c>
       <c r="M14" s="76">
         <v>451.34937105151539</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" ht="13.8">
+      <c r="N14" s="76">
+        <v>456.74548677531163</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>150</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7629.9729616799996</v>
       </c>
       <c r="D15" s="75">
         <v>7612.9240223999996</v>
       </c>
       <c r="E15" s="75">
         <v>7687.4287721299997</v>
       </c>
       <c r="F15" s="75">
         <v>7961.3122392200003</v>
       </c>
       <c r="G15" s="75">
         <v>7579.6647387600005</v>
       </c>
       <c r="H15" s="75">
         <v>7705.4744835499987</v>
       </c>
       <c r="I15" s="75">
         <v>7723.9305375699987</v>
       </c>
       <c r="J15" s="75">
         <v>7668.8126640599994</v>
       </c>
       <c r="K15" s="75">
         <v>7451.8019837800002</v>
       </c>
       <c r="L15" s="75">
         <v>7414.7062579999993</v>
       </c>
       <c r="M15" s="75">
         <v>7329.2845551999999</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" ht="13.8">
+      <c r="N15" s="75">
+        <v>7171.3823211600002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>151</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>0</v>
       </c>
       <c r="D16" s="76">
         <v>0</v>
       </c>
       <c r="E16" s="76">
         <v>0</v>
       </c>
       <c r="F16" s="76">
         <v>0</v>
       </c>
       <c r="G16" s="76">
         <v>0</v>
       </c>
       <c r="H16" s="76">
         <v>0</v>
       </c>
       <c r="I16" s="76">
         <v>0</v>
       </c>
       <c r="J16" s="76">
         <v>0</v>
       </c>
       <c r="K16" s="76">
         <v>0</v>
       </c>
       <c r="L16" s="76">
         <v>0</v>
       </c>
       <c r="M16" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" ht="13.8">
+      <c r="N16" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>152</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>0</v>
       </c>
       <c r="D17" s="76">
         <v>0</v>
       </c>
       <c r="E17" s="76">
         <v>0</v>
       </c>
       <c r="F17" s="76">
         <v>0</v>
       </c>
       <c r="G17" s="76">
         <v>0</v>
       </c>
       <c r="H17" s="76">
         <v>0</v>
       </c>
       <c r="I17" s="76">
         <v>0</v>
       </c>
       <c r="J17" s="76">
         <v>0</v>
       </c>
       <c r="K17" s="76">
         <v>0</v>
       </c>
       <c r="L17" s="76">
         <v>0</v>
       </c>
       <c r="M17" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" ht="13.8">
+      <c r="N17" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>153</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
       <c r="M18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" ht="13.8">
+      <c r="N18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>154</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
       <c r="L19" s="76">
         <v>0</v>
       </c>
       <c r="M19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" ht="13.8">
+      <c r="N19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="13.8">
       <c r="A20" s="14" t="s">
         <v>155</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>314</v>
       </c>
       <c r="C20" s="76">
         <v>7629.9729616799996</v>
       </c>
       <c r="D20" s="76">
         <v>7612.9240223999996</v>
       </c>
       <c r="E20" s="76">
         <v>7687.4287721299997</v>
       </c>
       <c r="F20" s="76">
         <v>7961.3122392200003</v>
       </c>
       <c r="G20" s="76">
         <v>7579.6647387600005</v>
       </c>
       <c r="H20" s="76">
         <v>7705.4744835499987</v>
       </c>
       <c r="I20" s="76">
         <v>7723.9305375699987</v>
       </c>
       <c r="J20" s="76">
         <v>7668.8126640599994</v>
       </c>
       <c r="K20" s="76">
         <v>7451.8019837800002</v>
       </c>
       <c r="L20" s="76">
         <v>7414.7062579999993</v>
       </c>
       <c r="M20" s="76">
         <v>7329.2845551999999</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" ht="13.8">
+      <c r="N20" s="76">
+        <v>7171.3823211600002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="13.8">
       <c r="A21" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="75">
         <v>350.13234981999994</v>
       </c>
       <c r="D21" s="75">
         <v>343.32487966000002</v>
       </c>
       <c r="E21" s="75">
         <v>362.51285377999943</v>
       </c>
       <c r="F21" s="75">
         <v>324.60435211999999</v>
       </c>
       <c r="G21" s="75">
         <v>317.59760621999999</v>
       </c>
       <c r="H21" s="75">
         <v>310.9080204200053</v>
       </c>
       <c r="I21" s="75">
         <v>303.68219204999997</v>
       </c>
       <c r="J21" s="75">
         <v>311.77231870999287</v>
       </c>
       <c r="K21" s="75">
         <v>289.53852852</v>
       </c>
       <c r="L21" s="75">
         <v>1019.7033410000029</v>
       </c>
       <c r="M21" s="75">
         <v>739.32101881999915</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" ht="13.8">
+      <c r="N21" s="75">
+        <v>923.37469651999299</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="13.8">
       <c r="A22" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="75">
         <v>-3742.6058065700004</v>
       </c>
       <c r="D22" s="75">
         <v>-68.194686929999989</v>
       </c>
       <c r="E22" s="75">
         <v>-3489.6656816900004</v>
       </c>
       <c r="F22" s="75">
         <v>-6771.2410169200002</v>
       </c>
       <c r="G22" s="75">
         <v>-7357.0423826099995</v>
       </c>
       <c r="H22" s="75">
         <v>-9322.6345007599994</v>
       </c>
       <c r="I22" s="75">
         <v>-7111.9451659399974</v>
       </c>
       <c r="J22" s="75">
         <v>-6679.9019049900007</v>
       </c>
       <c r="K22" s="75">
         <v>-5253.82116365</v>
       </c>
       <c r="L22" s="75">
         <v>999.81187608000005</v>
       </c>
       <c r="M22" s="75">
         <v>2563.94940795</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" ht="13.8">
+      <c r="N22" s="75">
+        <v>711.84951894000028</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="13.8">
       <c r="A23" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="75">
         <v>0</v>
       </c>
       <c r="D23" s="75">
         <v>329.93747658999996</v>
       </c>
       <c r="E23" s="75">
         <v>4011.51355625</v>
       </c>
       <c r="F23" s="75">
         <v>2270.2492350700004</v>
       </c>
       <c r="G23" s="75">
         <v>1410.0319790799999</v>
       </c>
       <c r="H23" s="75">
         <v>0</v>
       </c>
       <c r="I23" s="75">
         <v>3317.70175569</v>
       </c>
       <c r="J23" s="75">
         <v>1665.0580256199999</v>
       </c>
       <c r="K23" s="75">
         <v>2930.4867224600002</v>
       </c>
       <c r="L23" s="75">
         <v>2272.2906692900001</v>
       </c>
       <c r="M23" s="75">
         <v>3357.4862617199997</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" ht="13.8">
+      <c r="N23" s="75">
+        <v>1475.6204294200002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="13.8">
       <c r="A24" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="76">
         <v>0</v>
       </c>
       <c r="D24" s="76">
         <v>0</v>
       </c>
       <c r="E24" s="76">
         <v>0</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
       <c r="M24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" ht="13.8">
+      <c r="N24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="13.8">
       <c r="A25" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="55" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="77">
         <v>0</v>
       </c>
       <c r="D25" s="77">
         <v>329.93747658999996</v>
       </c>
       <c r="E25" s="77">
         <v>4011.51355625</v>
       </c>
       <c r="F25" s="77">
         <v>2270.2492350700004</v>
       </c>
       <c r="G25" s="77">
         <v>1410.0319790799999</v>
       </c>
       <c r="H25" s="77">
         <v>0</v>
       </c>
       <c r="I25" s="77">
         <v>3317.70175569</v>
       </c>
       <c r="J25" s="77">
         <v>1665.0580256199999</v>
       </c>
       <c r="K25" s="77">
         <v>2930.4867224600002</v>
       </c>
       <c r="L25" s="77">
         <v>2272.2906692900001</v>
       </c>
       <c r="M25" s="77">
         <v>3357.4862617199997</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" ht="13.8">
+      <c r="N25" s="77">
+        <v>1475.6204294200002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="13.8">
       <c r="A26" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="75">
         <v>3742.6058065700004</v>
       </c>
       <c r="D26" s="75">
         <v>398.13216351999995</v>
       </c>
       <c r="E26" s="75">
         <v>7501.1792379400003</v>
       </c>
       <c r="F26" s="75">
         <v>9041.4902519900006</v>
       </c>
       <c r="G26" s="75">
         <v>8767.0743616899999</v>
       </c>
       <c r="H26" s="75">
         <v>9322.6345007599994</v>
       </c>
       <c r="I26" s="75">
         <v>10429.646921629997</v>
       </c>
       <c r="J26" s="75">
         <v>8344.9599306100008</v>
       </c>
       <c r="K26" s="75">
         <v>8184.3078861100003</v>
       </c>
       <c r="L26" s="75">
         <v>1272.47879321</v>
       </c>
       <c r="M26" s="75">
         <v>793.53685376999988</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" ht="13.8">
+      <c r="N26" s="75">
+        <v>763.77091047999988</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="76">
         <v>3742.6058065700004</v>
       </c>
       <c r="D27" s="76">
         <v>398.13216351999995</v>
       </c>
       <c r="E27" s="76">
         <v>7501.1792379400003</v>
       </c>
       <c r="F27" s="76">
         <v>9041.4902519900006</v>
       </c>
       <c r="G27" s="76">
         <v>8767.0743616899999</v>
       </c>
       <c r="H27" s="76">
         <v>9322.6345007599994</v>
       </c>
       <c r="I27" s="76">
         <v>10429.646921629997</v>
       </c>
       <c r="J27" s="76">
         <v>8344.9599306100008</v>
       </c>
       <c r="K27" s="76">
         <v>8184.3078861100003</v>
       </c>
       <c r="L27" s="76">
         <v>1272.47879321</v>
       </c>
       <c r="M27" s="76">
         <v>793.53685376999988</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" ht="13.8">
+      <c r="N27" s="76">
+        <v>763.77091047999988</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="77">
         <v>0</v>
       </c>
       <c r="D28" s="77">
         <v>0</v>
       </c>
       <c r="E28" s="77">
         <v>0</v>
       </c>
       <c r="F28" s="77">
         <v>0</v>
       </c>
       <c r="G28" s="77">
         <v>0</v>
       </c>
       <c r="H28" s="77">
         <v>0</v>
       </c>
       <c r="I28" s="77">
         <v>0</v>
       </c>
       <c r="J28" s="77">
         <v>0</v>
       </c>
       <c r="K28" s="77">
         <v>0</v>
       </c>
       <c r="L28" s="77">
         <v>0</v>
       </c>
       <c r="M28" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" ht="13.8">
+      <c r="N28" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="75">
         <v>165.78882125000001</v>
       </c>
       <c r="D29" s="75">
         <v>172.00262422999998</v>
       </c>
       <c r="E29" s="75">
         <v>173.45908309999999</v>
       </c>
       <c r="F29" s="75">
         <v>177.84987209000002</v>
       </c>
       <c r="G29" s="75">
         <v>183.15136883000002</v>
       </c>
       <c r="H29" s="75">
         <v>183.45992670999999</v>
       </c>
       <c r="I29" s="75">
         <v>185.84098269999998</v>
       </c>
       <c r="J29" s="75">
         <v>187.60381365000001</v>
       </c>
       <c r="K29" s="75">
         <v>192.18764126000002</v>
       </c>
       <c r="L29" s="75">
         <v>189.13313588</v>
       </c>
       <c r="M29" s="75">
         <v>193.93842983000002</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" ht="13.8">
+      <c r="N29" s="75">
+        <v>199.18509705999998</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="D30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="E30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="F30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="G30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="H30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="I30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="J30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="L30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="M30" s="76">
         <v>9.9999999999999995E-7</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" ht="13.8">
+      <c r="N30" s="76">
+        <v>9.9999999999999995E-7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="76">
         <v>0</v>
       </c>
       <c r="D31" s="76">
         <v>0</v>
       </c>
       <c r="E31" s="76">
         <v>0</v>
       </c>
       <c r="F31" s="76">
         <v>0</v>
       </c>
       <c r="G31" s="76">
         <v>0</v>
       </c>
       <c r="H31" s="76">
         <v>0</v>
       </c>
       <c r="I31" s="76">
         <v>0</v>
       </c>
       <c r="J31" s="76">
         <v>0</v>
       </c>
       <c r="K31" s="76">
         <v>0</v>
       </c>
       <c r="L31" s="76">
         <v>0</v>
       </c>
       <c r="M31" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" ht="13.8">
+      <c r="N31" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="13.8">
       <c r="A32" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="76">
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <v>0</v>
       </c>
       <c r="J32" s="76">
         <v>0</v>
       </c>
       <c r="K32" s="76">
         <v>0</v>
       </c>
       <c r="L32" s="76">
         <v>0</v>
       </c>
       <c r="M32" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:13" ht="13.8">
+      <c r="N32" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="76">
         <v>0</v>
       </c>
       <c r="D33" s="76">
         <v>0</v>
       </c>
       <c r="E33" s="76">
         <v>0</v>
       </c>
       <c r="F33" s="76">
         <v>0</v>
       </c>
       <c r="G33" s="76">
         <v>0</v>
       </c>
       <c r="H33" s="76">
         <v>0</v>
       </c>
       <c r="I33" s="76">
         <v>0</v>
       </c>
       <c r="J33" s="76">
         <v>0</v>
       </c>
       <c r="K33" s="76">
         <v>0</v>
       </c>
       <c r="L33" s="76">
         <v>0</v>
       </c>
       <c r="M33" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" ht="13.8">
+      <c r="N33" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="13.8">
       <c r="A34" s="13" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="78">
         <v>165.78882025000001</v>
       </c>
       <c r="D34" s="78">
         <v>172.00262322999998</v>
       </c>
       <c r="E34" s="78">
         <v>173.45908209999999</v>
       </c>
       <c r="F34" s="78">
         <v>177.84987109000002</v>
       </c>
       <c r="G34" s="78">
         <v>183.15136783000003</v>
       </c>
       <c r="H34" s="78">
         <v>183.45992570999999</v>
       </c>
       <c r="I34" s="78">
         <v>185.84098169999999</v>
       </c>
       <c r="J34" s="78">
         <v>187.60381265000001</v>
       </c>
       <c r="K34" s="78">
         <v>192.18764026000002</v>
       </c>
       <c r="L34" s="78">
         <v>189.13313488</v>
       </c>
       <c r="M34" s="78">
         <v>193.93842883000002</v>
       </c>
-    </row>
-    <row r="35" spans="1:13" ht="13.8">
+      <c r="N34" s="78">
+        <v>199.18509605999998</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="13.8">
       <c r="B35" s="27"/>
     </row>
-    <row r="36" spans="1:13" ht="13.8">
+    <row r="36" spans="1:14" ht="13.8">
       <c r="B36" s="27"/>
     </row>
-    <row r="37" spans="1:13" ht="13.8">
+    <row r="37" spans="1:14" ht="13.8">
       <c r="B37" s="27"/>
     </row>
-    <row r="38" spans="1:13" ht="13.8">
+    <row r="38" spans="1:14" ht="13.8">
       <c r="B38" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="32532" divId="Set of Tables_32532" sourceType="range" sourceRef="B1:B34" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Assets.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:N59"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="bottomRight" activeCell="N1" sqref="N1:N1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="60" style="9" customWidth="1"/>
-    <col min="3" max="13" width="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="14" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="A3" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B3" s="47" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="73">
         <v>45688</v>
       </c>
       <c r="D3" s="73">
         <v>45716</v>
       </c>
       <c r="E3" s="73">
         <v>45747</v>
       </c>
       <c r="F3" s="73">
         <v>45777</v>
       </c>
       <c r="G3" s="73">
         <v>45808</v>
       </c>
       <c r="H3" s="73">
         <v>45838</v>
       </c>
       <c r="I3" s="73">
         <v>45869</v>
       </c>
       <c r="J3" s="73">
         <v>45900</v>
       </c>
       <c r="K3" s="73">
         <v>45930</v>
       </c>
       <c r="L3" s="73">
         <v>45961</v>
       </c>
       <c r="M3" s="73">
         <v>45991</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" ht="13.8">
+      <c r="N3" s="73">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="13.8">
       <c r="A4" s="16"/>
       <c r="B4" s="31"/>
       <c r="C4" s="66"/>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
       <c r="K4" s="66"/>
       <c r="L4" s="66"/>
       <c r="M4" s="66"/>
-    </row>
-    <row r="5" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N4" s="66"/>
+    </row>
+    <row r="5" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>113</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="75">
         <v>11203.19187457</v>
       </c>
       <c r="D5" s="75">
         <v>12150.610416800002</v>
       </c>
       <c r="E5" s="75">
         <v>10263.253734850001</v>
       </c>
       <c r="F5" s="75">
         <v>11994.289687069999</v>
       </c>
       <c r="G5" s="75">
         <v>8985.2770833200011</v>
       </c>
       <c r="H5" s="75">
         <v>8547.9950862299993</v>
       </c>
       <c r="I5" s="75">
         <v>9211.3634830599985</v>
       </c>
       <c r="J5" s="75">
         <v>8747.1012456400003</v>
       </c>
       <c r="K5" s="75">
         <v>8886.7586110500015</v>
       </c>
       <c r="L5" s="75">
         <v>9035.3445021200005</v>
       </c>
       <c r="M5" s="75">
         <v>9764.1527830899995</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" ht="13.8">
+      <c r="N5" s="75">
+        <v>9690.6590130699988</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>114</v>
       </c>
       <c r="B6" s="31" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="75">
         <v>5217.9579418100002</v>
       </c>
       <c r="D6" s="75">
         <v>5089.3933845700012</v>
       </c>
       <c r="E6" s="75">
         <v>5146.13070883</v>
       </c>
       <c r="F6" s="75">
         <v>5349.0424983499997</v>
       </c>
       <c r="G6" s="75">
         <v>5623.6427486900002</v>
       </c>
       <c r="H6" s="75">
         <v>5344.8458463200004</v>
       </c>
       <c r="I6" s="75">
         <v>5330.3627017899989</v>
       </c>
       <c r="J6" s="75">
         <v>5510.1832240800004</v>
       </c>
       <c r="K6" s="75">
         <v>5694.1853354400009</v>
       </c>
       <c r="L6" s="75">
         <v>5561.8015748900007</v>
       </c>
       <c r="M6" s="75">
         <v>5859.1013504799994</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="13.8">
+      <c r="N6" s="75">
+        <v>5941.0145163299994</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>115</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="75">
         <v>5985.2339327600002</v>
       </c>
       <c r="D7" s="75">
         <v>7061.2170322299999</v>
       </c>
       <c r="E7" s="75">
         <v>5117.12302602</v>
       </c>
       <c r="F7" s="75">
         <v>6645.247188719999</v>
       </c>
       <c r="G7" s="75">
         <v>3361.63433463</v>
       </c>
       <c r="H7" s="75">
         <v>3203.1492399099993</v>
       </c>
       <c r="I7" s="75">
         <v>3881.0007812699996</v>
       </c>
       <c r="J7" s="75">
         <v>3236.9180215599995</v>
       </c>
       <c r="K7" s="75">
         <v>3192.5732756099997</v>
       </c>
       <c r="L7" s="75">
         <v>3473.5429272300003</v>
       </c>
       <c r="M7" s="75">
         <v>3905.0514326100001</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="13.8">
+      <c r="N7" s="75">
+        <v>3749.6444967399998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C8" s="76">
         <v>5985.2339327600002</v>
       </c>
       <c r="D8" s="76">
         <v>7061.2170322299999</v>
       </c>
       <c r="E8" s="76">
         <v>5117.12302602</v>
       </c>
       <c r="F8" s="76">
         <v>6645.247188719999</v>
       </c>
       <c r="G8" s="76">
         <v>3361.63433463</v>
       </c>
       <c r="H8" s="76">
         <v>3203.1492399099993</v>
       </c>
       <c r="I8" s="76">
         <v>3881.0007812699996</v>
       </c>
       <c r="J8" s="76">
         <v>3236.9180215599995</v>
       </c>
       <c r="K8" s="76">
         <v>3192.5732756099997</v>
       </c>
       <c r="L8" s="76">
         <v>3473.5429272300003</v>
       </c>
       <c r="M8" s="76">
         <v>3905.0514326100001</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="13.8">
+      <c r="N8" s="76">
+        <v>3749.6444967399998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="76">
         <v>0</v>
       </c>
       <c r="D9" s="76">
         <v>0</v>
       </c>
       <c r="E9" s="76">
         <v>0</v>
       </c>
       <c r="F9" s="76">
         <v>0</v>
       </c>
       <c r="G9" s="76">
         <v>0</v>
       </c>
       <c r="H9" s="76">
         <v>0</v>
       </c>
       <c r="I9" s="76">
         <v>0</v>
       </c>
       <c r="J9" s="76">
         <v>0</v>
       </c>
       <c r="K9" s="76">
         <v>0</v>
       </c>
       <c r="L9" s="76">
         <v>0</v>
       </c>
       <c r="M9" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="13.8">
+      <c r="N9" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="D10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="E10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="F10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="G10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="H10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="I10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="J10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="K10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="L10" s="75">
         <v>2.139E-5</v>
       </c>
       <c r="M10" s="75">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" ht="13.8">
+      <c r="N10" s="75">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="D11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="E11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="F11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="G11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="H11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="I11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="J11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="K11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="L11" s="76">
         <v>2.139E-5</v>
       </c>
       <c r="M11" s="76">
         <v>2.139E-5</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N11" s="76">
+        <v>2.139E-5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="76">
         <v>0</v>
       </c>
       <c r="D12" s="76">
         <v>0</v>
       </c>
       <c r="E12" s="76">
         <v>0</v>
       </c>
       <c r="F12" s="76">
         <v>0</v>
       </c>
       <c r="G12" s="76">
         <v>0</v>
       </c>
       <c r="H12" s="76">
         <v>0</v>
       </c>
       <c r="I12" s="76">
         <v>0</v>
       </c>
       <c r="J12" s="76">
         <v>0</v>
       </c>
       <c r="K12" s="76">
         <v>0</v>
       </c>
       <c r="L12" s="76">
         <v>0</v>
       </c>
       <c r="M12" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N12" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="76">
         <v>0</v>
       </c>
       <c r="D13" s="76">
         <v>0</v>
       </c>
       <c r="E13" s="76">
         <v>0</v>
       </c>
       <c r="F13" s="76">
         <v>0</v>
       </c>
       <c r="G13" s="76">
         <v>0</v>
       </c>
       <c r="H13" s="76">
         <v>0</v>
       </c>
       <c r="I13" s="76">
         <v>0</v>
       </c>
       <c r="J13" s="76">
         <v>0</v>
       </c>
       <c r="K13" s="76">
         <v>0</v>
       </c>
       <c r="L13" s="76">
         <v>0</v>
       </c>
       <c r="M13" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N13" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D14" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E14" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F14" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G14" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H14" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I14" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J14" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K14" s="76">
         <v>-0.33182855999999999</v>
       </c>
       <c r="L14" s="76">
         <v>-0.51145127000000001</v>
       </c>
       <c r="M14" s="76">
         <v>-0.67216197999999994</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" ht="13.8">
+      <c r="N14" s="76">
+        <v>-7.4819306699999997</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="76">
         <v>0.76091947999999998</v>
       </c>
       <c r="D15" s="76">
         <v>1.8370117699999999</v>
       </c>
       <c r="E15" s="76">
         <v>1.83970761</v>
       </c>
       <c r="F15" s="76">
         <v>0.45699780000000001</v>
       </c>
       <c r="G15" s="76">
         <v>0.36317715</v>
       </c>
       <c r="H15" s="76">
         <v>-3.8702319999999998E-2</v>
       </c>
       <c r="I15" s="76">
         <v>-8.846627E-2</v>
       </c>
       <c r="J15" s="76">
         <v>-0.26110157000000001</v>
       </c>
       <c r="K15" s="76">
         <v>-0.33182855999999999</v>
       </c>
       <c r="L15" s="76">
         <v>-0.51145127000000001</v>
       </c>
       <c r="M15" s="76">
         <v>-0.67216197999999994</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N15" s="76">
+        <v>-7.4819306699999997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="75">
         <v>20943.414832049999</v>
       </c>
       <c r="D16" s="75">
         <v>21117.914188660001</v>
       </c>
       <c r="E16" s="75">
         <v>21034.135325359999</v>
       </c>
       <c r="F16" s="75">
         <v>20920.985849879999</v>
       </c>
       <c r="G16" s="75">
         <v>20986.393240960002</v>
       </c>
       <c r="H16" s="75">
         <v>21435.77174919</v>
       </c>
       <c r="I16" s="75">
         <v>21616.401296280001</v>
       </c>
       <c r="J16" s="75">
         <v>21999.562541130003</v>
       </c>
       <c r="K16" s="75">
         <v>22962.085827139999</v>
       </c>
       <c r="L16" s="75">
         <v>23369.63592044</v>
       </c>
       <c r="M16" s="75">
         <v>24763.903052689999</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" ht="14.4">
+      <c r="N16" s="75">
+        <v>25874.02332488</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="14.4">
       <c r="A17" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="76">
         <v>20202.560215149999</v>
       </c>
       <c r="D17" s="76">
         <v>20442.89750503</v>
       </c>
       <c r="E17" s="76">
         <v>20354.141646029999</v>
       </c>
       <c r="F17" s="76">
         <v>20236.640828249998</v>
       </c>
       <c r="G17" s="76">
         <v>20296.77461068</v>
       </c>
       <c r="H17" s="76">
         <v>20740.88469734</v>
       </c>
       <c r="I17" s="76">
         <v>20916.238356460002</v>
       </c>
       <c r="J17" s="76">
         <v>21293.788430780001</v>
       </c>
       <c r="K17" s="76">
         <v>22250.580084720001</v>
       </c>
       <c r="L17" s="76">
         <v>22652.40125979</v>
       </c>
       <c r="M17" s="76">
         <v>24040.285138449999</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N17" s="76">
+        <v>25144.103758929999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C18" s="76">
         <v>0</v>
       </c>
       <c r="D18" s="76">
         <v>0</v>
       </c>
       <c r="E18" s="76">
         <v>0</v>
       </c>
       <c r="F18" s="76">
         <v>0</v>
       </c>
       <c r="G18" s="76">
         <v>0</v>
       </c>
       <c r="H18" s="76">
         <v>0</v>
       </c>
       <c r="I18" s="76">
         <v>0</v>
       </c>
       <c r="J18" s="76">
         <v>0</v>
       </c>
       <c r="K18" s="76">
         <v>0</v>
       </c>
       <c r="L18" s="76">
         <v>0</v>
       </c>
       <c r="M18" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" ht="14.4">
+      <c r="N18" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="14.4">
       <c r="A19" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="76">
         <v>0</v>
       </c>
       <c r="D19" s="76">
         <v>0</v>
       </c>
       <c r="E19" s="76">
         <v>0</v>
       </c>
       <c r="F19" s="76">
         <v>0</v>
       </c>
       <c r="G19" s="76">
         <v>0</v>
       </c>
       <c r="H19" s="76">
         <v>0</v>
       </c>
       <c r="I19" s="76">
         <v>0</v>
       </c>
       <c r="J19" s="76">
         <v>0</v>
       </c>
       <c r="K19" s="76">
         <v>0</v>
       </c>
       <c r="L19" s="76">
         <v>0</v>
       </c>
       <c r="M19" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N19" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="76">
         <v>0</v>
       </c>
       <c r="D20" s="76">
         <v>0</v>
       </c>
       <c r="E20" s="76">
         <v>0</v>
       </c>
       <c r="F20" s="76">
         <v>0</v>
       </c>
       <c r="G20" s="76">
         <v>0</v>
       </c>
       <c r="H20" s="76">
         <v>0</v>
       </c>
       <c r="I20" s="76">
         <v>0</v>
       </c>
       <c r="J20" s="76">
         <v>0</v>
       </c>
       <c r="K20" s="76">
         <v>0</v>
       </c>
       <c r="L20" s="76">
         <v>0</v>
       </c>
       <c r="M20" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" ht="14.4">
+      <c r="N20" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="14.4">
       <c r="A21" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>71</v>
       </c>
       <c r="C21" s="76">
         <v>0</v>
       </c>
       <c r="D21" s="76">
         <v>0</v>
       </c>
       <c r="E21" s="76">
         <v>0</v>
       </c>
       <c r="F21" s="76">
         <v>0</v>
       </c>
       <c r="G21" s="76">
         <v>0</v>
       </c>
       <c r="H21" s="76">
         <v>0</v>
       </c>
       <c r="I21" s="76">
         <v>0</v>
       </c>
       <c r="J21" s="76">
         <v>0</v>
       </c>
       <c r="K21" s="76">
         <v>0</v>
       </c>
       <c r="L21" s="76">
         <v>0</v>
       </c>
       <c r="M21" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N21" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="75">
         <v>13229.964908810001</v>
       </c>
       <c r="D22" s="75">
         <v>13282.474425159997</v>
       </c>
       <c r="E22" s="75">
         <v>13310.704261369998</v>
       </c>
       <c r="F22" s="75">
         <v>12823.242455930002</v>
       </c>
       <c r="G22" s="75">
         <v>12411.54859056</v>
       </c>
       <c r="H22" s="75">
         <v>12487.185072359998</v>
       </c>
       <c r="I22" s="75">
         <v>12581.484136180001</v>
       </c>
       <c r="J22" s="75">
         <v>12599.301274829997</v>
       </c>
       <c r="K22" s="75">
         <v>12341.690191170001</v>
       </c>
       <c r="L22" s="75">
         <v>12447.46255009</v>
       </c>
       <c r="M22" s="75">
         <v>12423.634555250001</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" ht="13.8">
+      <c r="N22" s="75">
+        <v>11953.57724237</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="76">
         <v>40</v>
       </c>
       <c r="D23" s="76">
         <v>40</v>
       </c>
       <c r="E23" s="76">
         <v>40</v>
       </c>
       <c r="F23" s="76">
         <v>40</v>
       </c>
       <c r="G23" s="76">
         <v>40</v>
       </c>
       <c r="H23" s="76">
         <v>40</v>
       </c>
       <c r="I23" s="76">
         <v>40</v>
       </c>
       <c r="J23" s="76">
         <v>40</v>
       </c>
       <c r="K23" s="76">
         <v>40</v>
       </c>
       <c r="L23" s="76">
         <v>40</v>
       </c>
       <c r="M23" s="76">
         <v>40</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" ht="13.8">
+      <c r="N23" s="76">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>77</v>
       </c>
       <c r="C24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="D24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="E24" s="76">
         <v>1107.2140917699999</v>
       </c>
       <c r="F24" s="76">
         <v>0</v>
       </c>
       <c r="G24" s="76">
         <v>0</v>
       </c>
       <c r="H24" s="76">
         <v>0</v>
       </c>
       <c r="I24" s="76">
         <v>0</v>
       </c>
       <c r="J24" s="76">
         <v>0</v>
       </c>
       <c r="K24" s="76">
         <v>0</v>
       </c>
       <c r="L24" s="76">
         <v>0</v>
       </c>
       <c r="M24" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" ht="13.8">
+      <c r="N24" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="76">
         <v>3563.31932792</v>
       </c>
       <c r="D25" s="76">
         <v>3599.0185667299997</v>
       </c>
       <c r="E25" s="76">
         <v>3620.0364107300002</v>
       </c>
       <c r="F25" s="76">
         <v>4074.4280957199999</v>
       </c>
       <c r="G25" s="76">
         <v>4055.4870855000004</v>
       </c>
       <c r="H25" s="76">
         <v>4214.2124901999996</v>
       </c>
       <c r="I25" s="76">
         <v>4155.1781699399999</v>
       </c>
       <c r="J25" s="76">
         <v>4210.3456250499994</v>
       </c>
       <c r="K25" s="76">
         <v>4241.8508449200008</v>
       </c>
       <c r="L25" s="76">
         <v>4237.0257202900002</v>
       </c>
       <c r="M25" s="76">
         <v>4239.2357963500008</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" ht="13.8">
+      <c r="N25" s="76">
+        <v>4212.6030911200005</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="76">
         <v>8411.2615093000004</v>
       </c>
       <c r="D26" s="76">
         <v>8356.2879528999983</v>
       </c>
       <c r="E26" s="76">
         <v>8335.020421109999</v>
       </c>
       <c r="F26" s="76">
         <v>8447.4850469100002</v>
       </c>
       <c r="G26" s="76">
         <v>8006.5065929099992</v>
       </c>
       <c r="H26" s="76">
         <v>7934.3704337599993</v>
       </c>
       <c r="I26" s="76">
         <v>8025.1135334600003</v>
       </c>
       <c r="J26" s="76">
         <v>7914.9317870199993</v>
       </c>
       <c r="K26" s="76">
         <v>7601.8296344700002</v>
       </c>
       <c r="L26" s="76">
         <v>7683.3631983599998</v>
       </c>
       <c r="M26" s="76">
         <v>7608.1674878000003</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" ht="13.8">
+      <c r="N26" s="76">
+        <v>7162.4003620399999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="76">
         <v>108.16997981999998</v>
       </c>
       <c r="D27" s="76">
         <v>179.95381376000006</v>
       </c>
       <c r="E27" s="76">
         <v>208.43333775999986</v>
       </c>
       <c r="F27" s="76">
         <v>261.32931330000008</v>
       </c>
       <c r="G27" s="76">
         <v>309.55491215000001</v>
       </c>
       <c r="H27" s="76">
         <v>298.60214839999981</v>
       </c>
       <c r="I27" s="76">
         <v>361.19243278000005</v>
       </c>
       <c r="J27" s="76">
         <v>434.02386275999993</v>
       </c>
       <c r="K27" s="76">
         <v>458.00971177999952</v>
       </c>
       <c r="L27" s="76">
         <v>487.07363144000033</v>
       </c>
       <c r="M27" s="76">
         <v>536.23127110000019</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" ht="13.8">
+      <c r="N27" s="76">
+        <v>538.57378920999986</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="75">
         <v>1000.073020167647</v>
       </c>
       <c r="D28" s="75">
         <v>490.01700719043572</v>
       </c>
       <c r="E28" s="75">
         <v>307.32808333766729</v>
       </c>
       <c r="F28" s="75">
         <v>373.32424314641128</v>
       </c>
       <c r="G28" s="75">
         <v>429.41614984268119</v>
       </c>
       <c r="H28" s="75">
         <v>393.86144953964777</v>
       </c>
       <c r="I28" s="75">
         <v>563.92792730931797</v>
       </c>
       <c r="J28" s="75">
         <v>634.80500575592816</v>
       </c>
       <c r="K28" s="75">
         <v>826.39303157886741</v>
       </c>
       <c r="L28" s="75">
         <v>908.84680611873216</v>
       </c>
       <c r="M28" s="75">
         <v>912.0997556784838</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" ht="13.8">
+      <c r="N28" s="75">
+        <v>1035.539305964689</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B29" s="87" t="s">
         <v>315</v>
       </c>
       <c r="C29" s="76">
         <v>1480.5200313800001</v>
       </c>
       <c r="D29" s="76">
         <v>1038.0359060399999</v>
       </c>
       <c r="E29" s="76">
         <v>1067.59147988</v>
       </c>
       <c r="F29" s="76">
         <v>1104.60197494</v>
       </c>
       <c r="G29" s="76">
         <v>1193.80193031</v>
       </c>
       <c r="H29" s="76">
         <v>1197.0682786599998</v>
       </c>
       <c r="I29" s="76">
         <v>1228.2650457899999</v>
       </c>
       <c r="J29" s="76">
         <v>1262.20635423</v>
       </c>
       <c r="K29" s="76">
         <v>1432.8244060899999</v>
       </c>
       <c r="L29" s="76">
         <v>1490.0120519700001</v>
       </c>
       <c r="M29" s="76">
         <v>1507.7139714800001</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" ht="13.8">
+      <c r="N29" s="76">
+        <v>1543.35452575</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="13.8">
       <c r="A30" s="18" t="s">
         <v>138</v>
       </c>
       <c r="B30" s="88" t="s">
         <v>320</v>
       </c>
       <c r="C30" s="78">
         <v>480.44701121235312</v>
       </c>
       <c r="D30" s="78">
         <v>548.01889884956415</v>
       </c>
       <c r="E30" s="78">
         <v>760.26339654233266</v>
       </c>
       <c r="F30" s="78">
         <v>731.27773179358871</v>
       </c>
       <c r="G30" s="78">
         <v>764.3857804673188</v>
       </c>
       <c r="H30" s="78">
         <v>803.20682912035204</v>
       </c>
       <c r="I30" s="78">
         <v>664.33711848068197</v>
       </c>
       <c r="J30" s="78">
         <v>627.40134847407182</v>
       </c>
       <c r="K30" s="78">
         <v>606.4313745111325</v>
       </c>
       <c r="L30" s="78">
         <v>581.16524585126797</v>
       </c>
       <c r="M30" s="78">
         <v>595.61421580151625</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" ht="13.8">
+      <c r="N30" s="78">
+        <v>507.81521978531106</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="13.8">
       <c r="B31" s="27"/>
     </row>
-    <row r="32" spans="1:13" ht="13.8">
+    <row r="32" spans="1:14" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -8236,1376 +8401,1468 @@
     </row>
     <row r="58" spans="2:2" ht="13.8">
       <c r="B58" s="27"/>
     </row>
     <row r="59" spans="2:2" ht="13.8">
       <c r="B59" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="4183" divId="Set of Tables_4183" sourceType="range" sourceRef="B1:B30" destinationFile="I:\internet\StatisticalTables\Monetary Data\BoN DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M120"/>
+  <dimension ref="A1:N120"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="topRight" activeCell="N1" sqref="N1:N1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="16.109375" customWidth="1"/>
     <col min="2" max="2" width="45.44140625" customWidth="1"/>
-    <col min="3" max="13" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="14" width="11.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="46" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="46"/>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="B3" s="46" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="13.8">
+    <row r="4" spans="1:14" ht="13.8">
       <c r="A4" s="15"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="89">
         <v>45777</v>
       </c>
       <c r="G4" s="89">
         <v>45808</v>
       </c>
       <c r="H4" s="89">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
       <c r="M4" s="73">
         <v>45991</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="13.8">
+      <c r="N4" s="73">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="13.8">
       <c r="A5" s="16" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="47" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="79"/>
       <c r="D5" s="79"/>
       <c r="E5" s="79"/>
       <c r="F5" s="79"/>
       <c r="G5" s="79"/>
       <c r="H5" s="79"/>
       <c r="I5" s="79"/>
       <c r="J5" s="79"/>
       <c r="K5" s="79"/>
       <c r="L5" s="79"/>
       <c r="M5" s="79"/>
-    </row>
-    <row r="6" spans="1:13" ht="13.8">
+      <c r="N5" s="79"/>
+    </row>
+    <row r="6" spans="1:14" ht="13.8">
       <c r="A6" s="16"/>
       <c r="B6" s="31"/>
       <c r="C6" s="80"/>
       <c r="D6" s="80"/>
       <c r="E6" s="80"/>
       <c r="F6" s="80"/>
       <c r="G6" s="80"/>
       <c r="H6" s="80"/>
       <c r="I6" s="80"/>
       <c r="J6" s="80"/>
       <c r="K6" s="80"/>
       <c r="L6" s="80"/>
       <c r="M6" s="80"/>
-    </row>
-    <row r="7" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N6" s="80"/>
+    </row>
+    <row r="7" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="75">
         <v>28050.513939218985</v>
       </c>
       <c r="D7" s="75">
         <v>27203.969196176964</v>
       </c>
       <c r="E7" s="75">
         <v>33980.557453664187</v>
       </c>
       <c r="F7" s="75">
         <v>31823.570852187655</v>
       </c>
       <c r="G7" s="75">
         <v>32342.312771083409</v>
       </c>
       <c r="H7" s="75">
         <v>29733.885278799957</v>
       </c>
       <c r="I7" s="75">
         <v>36202.589015070269</v>
       </c>
       <c r="J7" s="75">
         <v>36307.735560353431</v>
       </c>
       <c r="K7" s="75">
         <v>37710.7059165971</v>
       </c>
       <c r="L7" s="75">
         <v>32587.096443954229</v>
       </c>
       <c r="M7" s="75">
         <v>32299.504990639409</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N7" s="75">
+        <v>28087.215138999094</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="75">
         <v>35595.014284368561</v>
       </c>
       <c r="D8" s="75">
         <v>34700.962427657658</v>
       </c>
       <c r="E8" s="75">
         <v>42145.099318762892</v>
       </c>
       <c r="F8" s="75">
         <v>40348.967028083338</v>
       </c>
       <c r="G8" s="75">
         <v>41516.151207313422</v>
       </c>
       <c r="H8" s="75">
         <v>38593.661044678367</v>
       </c>
       <c r="I8" s="75">
         <v>44999.617663309487</v>
       </c>
       <c r="J8" s="75">
         <v>45028.028986523364</v>
       </c>
       <c r="K8" s="75">
         <v>46618.855787160232</v>
       </c>
       <c r="L8" s="75">
         <v>41841.611485888199</v>
       </c>
       <c r="M8" s="75">
         <v>43406.111302335717</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N8" s="75">
+        <v>37578.02793033472</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="76">
         <v>150.02450972888298</v>
       </c>
       <c r="D9" s="76">
         <v>138.28571634046679</v>
       </c>
       <c r="E9" s="76">
         <v>195.21539406726768</v>
       </c>
       <c r="F9" s="76">
         <v>210.2430694310768</v>
       </c>
       <c r="G9" s="76">
         <v>206.89363334591172</v>
       </c>
       <c r="H9" s="76">
         <v>260.57938126407714</v>
       </c>
       <c r="I9" s="76">
         <v>197.34184141711256</v>
       </c>
       <c r="J9" s="76">
         <v>183.31053077138958</v>
       </c>
       <c r="K9" s="76">
         <v>182.19602554415562</v>
       </c>
       <c r="L9" s="76">
         <v>160.56884622014746</v>
       </c>
       <c r="M9" s="76">
         <v>199.09131078957853</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N9" s="76">
+        <v>152.60992963829224</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="76">
         <v>25842.648954314296</v>
       </c>
       <c r="D10" s="76">
         <v>25372.526318949349</v>
       </c>
       <c r="E10" s="76">
         <v>25357.129066501904</v>
       </c>
       <c r="F10" s="76">
         <v>24606.722731076406</v>
       </c>
       <c r="G10" s="76">
         <v>25005.153727298904</v>
       </c>
       <c r="H10" s="76">
         <v>21654.755761996374</v>
       </c>
       <c r="I10" s="76">
         <v>23332.491581337625</v>
       </c>
       <c r="J10" s="76">
         <v>21766.220916272789</v>
       </c>
       <c r="K10" s="76">
         <v>24911.485657612502</v>
       </c>
       <c r="L10" s="76">
         <v>21474.383538816808</v>
       </c>
       <c r="M10" s="76">
         <v>23312.89023319741</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N10" s="76">
+        <v>19884.60036995788</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="76">
         <v>9045.9043734552397</v>
       </c>
       <c r="D11" s="76">
         <v>8574.39809336894</v>
       </c>
       <c r="E11" s="76">
         <v>15964.37508086189</v>
       </c>
       <c r="F11" s="76">
         <v>14949.643995641889</v>
       </c>
       <c r="G11" s="76">
         <v>15639.816287674908</v>
       </c>
       <c r="H11" s="76">
         <v>16128.053992187501</v>
       </c>
       <c r="I11" s="76">
         <v>18434.937814893841</v>
       </c>
       <c r="J11" s="76">
         <v>19946.200894668178</v>
       </c>
       <c r="K11" s="76">
         <v>19610.67408597867</v>
       </c>
       <c r="L11" s="76">
         <v>18601.731158965475</v>
       </c>
       <c r="M11" s="76">
         <v>17792.168557476049</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N11" s="76">
+        <v>16591.199729296488</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C12" s="76">
         <v>351.45941884013905</v>
       </c>
       <c r="D12" s="76">
         <v>385.2856809689045</v>
       </c>
       <c r="E12" s="76">
         <v>360.02272963182509</v>
       </c>
       <c r="F12" s="76">
         <v>276.81199343396275</v>
       </c>
       <c r="G12" s="76">
         <v>248.8900279836935</v>
       </c>
       <c r="H12" s="76">
         <v>204.70954005042043</v>
       </c>
       <c r="I12" s="76">
         <v>2708.4195117709123</v>
       </c>
       <c r="J12" s="76">
         <v>2838.7375833710107</v>
       </c>
       <c r="K12" s="76">
         <v>1607.4211112049104</v>
       </c>
       <c r="L12" s="76">
         <v>1326.7705918557695</v>
       </c>
       <c r="M12" s="76">
         <v>1851.7793945726801</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N12" s="76">
+        <v>695.17389677206017</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C13" s="76">
         <v>195.29034963999999</v>
       </c>
       <c r="D13" s="76">
         <v>219.31834064</v>
       </c>
       <c r="E13" s="76">
         <v>249.74495230999997</v>
       </c>
       <c r="F13" s="76">
         <v>290.72153410999999</v>
       </c>
       <c r="G13" s="76">
         <v>404.86491961999997</v>
       </c>
       <c r="H13" s="76">
         <v>334.89861979000005</v>
       </c>
       <c r="I13" s="76">
         <v>316.40631749999994</v>
       </c>
       <c r="J13" s="76">
         <v>289.86343004999998</v>
       </c>
       <c r="K13" s="76">
         <v>303.55917643000004</v>
       </c>
       <c r="L13" s="76">
         <v>273.76534164000003</v>
       </c>
       <c r="M13" s="76">
         <v>244.14096791000003</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N13" s="76">
+        <v>249.01504828000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C14" s="76">
         <v>9.6866783899999991</v>
       </c>
       <c r="D14" s="76">
         <v>11.148277390000001</v>
       </c>
       <c r="E14" s="76">
         <v>18.61209539</v>
       </c>
       <c r="F14" s="76">
         <v>14.82370439</v>
       </c>
       <c r="G14" s="76">
         <v>10.532611390000001</v>
       </c>
       <c r="H14" s="76">
         <v>10.66374939</v>
       </c>
       <c r="I14" s="76">
         <v>10.02059639</v>
       </c>
       <c r="J14" s="76">
         <v>3.69563139</v>
       </c>
       <c r="K14" s="76">
         <v>3.5197303900000003</v>
       </c>
       <c r="L14" s="76">
         <v>4.39200839</v>
       </c>
       <c r="M14" s="76">
         <v>6.0408383900000011</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" ht="13.8">
+      <c r="N14" s="76">
+        <v>5.4289563899999997</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B15" s="36" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="75">
         <v>7544.500345149575</v>
       </c>
       <c r="D15" s="75">
         <v>7496.993231480692</v>
       </c>
       <c r="E15" s="75">
         <v>8164.5418650987021</v>
       </c>
       <c r="F15" s="75">
         <v>8525.396175895683</v>
       </c>
       <c r="G15" s="75">
         <v>9173.8384362300148</v>
       </c>
       <c r="H15" s="75">
         <v>8859.7757658784121</v>
       </c>
       <c r="I15" s="75">
         <v>8797.0286482392185</v>
       </c>
       <c r="J15" s="75">
         <v>8720.293426169932</v>
       </c>
       <c r="K15" s="75">
         <v>8908.1498705631275</v>
       </c>
       <c r="L15" s="75">
         <v>9254.5150419339698</v>
       </c>
       <c r="M15" s="75">
         <v>11106.606311696309</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N15" s="75">
+        <v>9490.8127913356257</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="76">
         <v>3946.8684290411884</v>
       </c>
       <c r="D16" s="76">
         <v>4216.4772610085438</v>
       </c>
       <c r="E16" s="76">
         <v>4549.8554055777167</v>
       </c>
       <c r="F16" s="76">
         <v>4559.2373634366922</v>
       </c>
       <c r="G16" s="76">
         <v>5337.0372288723629</v>
       </c>
       <c r="H16" s="76">
         <v>5292.4739979477345</v>
       </c>
       <c r="I16" s="76">
         <v>5159.0998875435744</v>
       </c>
       <c r="J16" s="76">
         <v>4977.0347235323898</v>
       </c>
       <c r="K16" s="76">
         <v>4673.897435847739</v>
       </c>
       <c r="L16" s="76">
         <v>4667.62694488331</v>
       </c>
       <c r="M16" s="76">
         <v>6389.5570716411221</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N16" s="76">
+        <v>4859.3658405146134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="76">
         <v>1674.5458151500002</v>
       </c>
       <c r="D17" s="76">
         <v>1303.94991377</v>
       </c>
       <c r="E17" s="76">
         <v>1327.1595167400001</v>
       </c>
       <c r="F17" s="76">
         <v>1289.0877618499999</v>
       </c>
       <c r="G17" s="76">
         <v>1297.6912465599999</v>
       </c>
       <c r="H17" s="76">
         <v>1270.3731719699999</v>
       </c>
       <c r="I17" s="76">
         <v>1272.9404821399999</v>
       </c>
       <c r="J17" s="76">
         <v>1291.2698835000001</v>
       </c>
       <c r="K17" s="76">
         <v>1282.9195886300001</v>
       </c>
       <c r="L17" s="76">
         <v>1337.9223282399998</v>
       </c>
       <c r="M17" s="76">
         <v>1341.5216490800001</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N17" s="76">
+        <v>1344.9331733700001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>321</v>
       </c>
       <c r="C18" s="76">
         <v>1003.9237460815376</v>
       </c>
       <c r="D18" s="76">
         <v>985.23026716214861</v>
       </c>
       <c r="E18" s="76">
         <v>978.51825405098634</v>
       </c>
       <c r="F18" s="76">
         <v>987.87976729899174</v>
       </c>
       <c r="G18" s="76">
         <v>974.26174254765328</v>
       </c>
       <c r="H18" s="76">
         <v>846.94664557067813</v>
       </c>
       <c r="I18" s="76">
         <v>853.74547581564389</v>
       </c>
       <c r="J18" s="76">
         <v>857.14386677754305</v>
       </c>
       <c r="K18" s="76">
         <v>861.32272634538845</v>
       </c>
       <c r="L18" s="76">
         <v>869.58455313066054</v>
       </c>
       <c r="M18" s="76">
         <v>853.78955978518695</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N18" s="76">
+        <v>692.49436520101324</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>322</v>
       </c>
       <c r="C19" s="76">
         <v>474.18617410000002</v>
       </c>
       <c r="D19" s="76">
         <v>534.04405015999987</v>
       </c>
       <c r="E19" s="76">
         <v>824.52571166999996</v>
       </c>
       <c r="F19" s="76">
         <v>1182.5823083899998</v>
       </c>
       <c r="G19" s="76">
         <v>1042.5315283399998</v>
       </c>
       <c r="H19" s="76">
         <v>917.97548217999997</v>
       </c>
       <c r="I19" s="76">
         <v>937.03003565000006</v>
       </c>
       <c r="J19" s="76">
         <v>1006.9910688800001</v>
       </c>
       <c r="K19" s="76">
         <v>1482.0212105600001</v>
       </c>
       <c r="L19" s="76">
         <v>1750.9471353100002</v>
       </c>
       <c r="M19" s="76">
         <v>1877.2007248400002</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N19" s="76">
+        <v>1931.9095474000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>323</v>
       </c>
       <c r="C20" s="76">
         <v>444.97618077684933</v>
       </c>
       <c r="D20" s="76">
         <v>457.29173937999997</v>
       </c>
       <c r="E20" s="76">
         <v>484.48297706</v>
       </c>
       <c r="F20" s="76">
         <v>506.60897492000004</v>
       </c>
       <c r="G20" s="76">
         <v>522.31668991000004</v>
       </c>
       <c r="H20" s="76">
         <v>532.00646820999998</v>
       </c>
       <c r="I20" s="76">
         <v>574.21276709000006</v>
       </c>
       <c r="J20" s="76">
         <v>587.85388347999992</v>
       </c>
       <c r="K20" s="76">
         <v>607.98890917999995</v>
       </c>
       <c r="L20" s="76">
         <v>628.43408036999995</v>
       </c>
       <c r="M20" s="76">
         <v>644.53730634999999</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N20" s="76">
+        <v>662.10986484999989</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="75">
         <v>16529.814424341115</v>
       </c>
       <c r="D21" s="75">
         <v>18698.51265445953</v>
       </c>
       <c r="E21" s="75">
         <v>11146.010566566732</v>
       </c>
       <c r="F21" s="75">
         <v>13047.197426868923</v>
       </c>
       <c r="G21" s="75">
         <v>7937.3212572140874</v>
       </c>
       <c r="H21" s="75">
         <v>7892.2257858821731</v>
       </c>
       <c r="I21" s="75">
         <v>8312.2867474828872</v>
       </c>
       <c r="J21" s="75">
         <v>7527.3756748686101</v>
       </c>
       <c r="K21" s="75">
         <v>6596.5997375169409</v>
       </c>
       <c r="L21" s="75">
         <v>7111.6815070228404</v>
       </c>
       <c r="M21" s="75">
         <v>7459.672088153372</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N21" s="75">
+        <v>7854.753125971707</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="76">
         <v>1475.2339230611169</v>
       </c>
       <c r="D22" s="76">
         <v>1430.5321361195336</v>
       </c>
       <c r="E22" s="76">
         <v>1415.2304778627324</v>
       </c>
       <c r="F22" s="76">
         <v>1677.7075223189229</v>
       </c>
       <c r="G22" s="76">
         <v>1694.869847234088</v>
       </c>
       <c r="H22" s="76">
         <v>1420.5637057421729</v>
       </c>
       <c r="I22" s="76">
         <v>1477.8909272828873</v>
       </c>
       <c r="J22" s="76">
         <v>1461.3885722886102</v>
       </c>
       <c r="K22" s="76">
         <v>1727.387987225844</v>
       </c>
       <c r="L22" s="76">
         <v>1563.4381288698523</v>
       </c>
       <c r="M22" s="76">
         <v>1556.3433799704212</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N22" s="76">
+        <v>1898.3211650017079</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="76">
         <v>8678.0394565799998</v>
       </c>
       <c r="D23" s="76">
         <v>10596.32467765</v>
       </c>
       <c r="E23" s="76">
         <v>8683.564493853999</v>
       </c>
       <c r="F23" s="76">
         <v>10471.47345768</v>
       </c>
       <c r="G23" s="76">
         <v>5642.9416051399994</v>
       </c>
       <c r="H23" s="76">
         <v>6222.2630801100004</v>
       </c>
       <c r="I23" s="76">
         <v>6634.4508237600003</v>
       </c>
       <c r="J23" s="76">
         <v>5366.9042665500001</v>
       </c>
       <c r="K23" s="76">
         <v>4370.2849300110965</v>
       </c>
       <c r="L23" s="76">
         <v>5348.780841212988</v>
       </c>
       <c r="M23" s="76">
         <v>5903.2691682629511</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N23" s="76">
+        <v>5956.3509676899994</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>83</v>
       </c>
       <c r="C24" s="76">
         <v>6376.5410447000004</v>
       </c>
       <c r="D24" s="76">
         <v>6671.6558406899976</v>
       </c>
       <c r="E24" s="76">
         <v>1047.2155948499999</v>
       </c>
       <c r="F24" s="76">
         <v>898.0164468700001</v>
       </c>
       <c r="G24" s="76">
         <v>599.5098048399999</v>
       </c>
       <c r="H24" s="76">
         <v>249.39900003</v>
       </c>
       <c r="I24" s="76">
         <v>199.94499643999998</v>
       </c>
       <c r="J24" s="76">
         <v>699.08283603000007</v>
       </c>
       <c r="K24" s="76">
         <v>498.92682028000002</v>
       </c>
       <c r="L24" s="76">
         <v>199.46253694000001</v>
       </c>
       <c r="M24" s="76">
         <v>5.9539919999999996E-2</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N24" s="76">
+        <v>8.0993280000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="75">
         <v>37111.379146199994</v>
       </c>
       <c r="D25" s="75">
         <v>38586.410506740001</v>
       </c>
       <c r="E25" s="75">
         <v>38637.660962740003</v>
       </c>
       <c r="F25" s="75">
         <v>38826.028462979993</v>
       </c>
       <c r="G25" s="75">
         <v>39839.98949018</v>
       </c>
       <c r="H25" s="75">
         <v>39806.067936400003</v>
       </c>
       <c r="I25" s="75">
         <v>39697.908525120009</v>
       </c>
       <c r="J25" s="75">
         <v>40363.345086050002</v>
       </c>
       <c r="K25" s="75">
         <v>41077.962572750002</v>
       </c>
       <c r="L25" s="75">
         <v>46538.443534260005</v>
       </c>
       <c r="M25" s="75">
         <v>47246.587581129992</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N25" s="75">
+        <v>48238.480053139996</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="75">
         <v>40865.683819009995</v>
       </c>
       <c r="D26" s="75">
         <v>42100.029386390001</v>
       </c>
       <c r="E26" s="75">
         <v>42308.560370200001</v>
       </c>
       <c r="F26" s="75">
         <v>42385.577209339994</v>
       </c>
       <c r="G26" s="75">
         <v>43512.849916970001</v>
       </c>
       <c r="H26" s="75">
         <v>43524.170912720001</v>
       </c>
       <c r="I26" s="75">
         <v>43305.741475300005</v>
       </c>
       <c r="J26" s="75">
         <v>44089.803507850003</v>
       </c>
       <c r="K26" s="75">
         <v>44709.291978300003</v>
       </c>
       <c r="L26" s="75">
         <v>50122.306463820001</v>
       </c>
       <c r="M26" s="75">
         <v>50825.078569529993</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N26" s="75">
+        <v>51826.227907399996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A27" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D27" s="76">
         <v>42100.029386390001</v>
       </c>
       <c r="E27" s="76">
         <v>42308.560370200001</v>
       </c>
       <c r="F27" s="76">
         <v>42385.577209339994</v>
       </c>
       <c r="G27" s="76">
         <v>43512.849916970001</v>
       </c>
       <c r="H27" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I27" s="76">
         <v>43305.741475300005</v>
       </c>
       <c r="J27" s="76">
         <v>44089.803507850003</v>
       </c>
       <c r="K27" s="76">
         <v>44709.291978300003</v>
       </c>
       <c r="L27" s="76">
         <v>50122.306463820001</v>
       </c>
       <c r="M27" s="76">
         <v>50825.078569529993</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" ht="13.8">
+      <c r="N27" s="76">
+        <v>51826.227907399996</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="75">
         <v>3754.3046728099994</v>
       </c>
       <c r="D28" s="75">
         <v>3513.618879650001</v>
       </c>
       <c r="E28" s="75">
         <v>3670.8994074600009</v>
       </c>
       <c r="F28" s="75">
         <v>3559.5487463600002</v>
       </c>
       <c r="G28" s="75">
         <v>3672.86042679</v>
       </c>
       <c r="H28" s="75">
         <v>3718.1029763200004</v>
       </c>
       <c r="I28" s="75">
         <v>3607.8329501799994</v>
       </c>
       <c r="J28" s="75">
         <v>3726.4584218000005</v>
       </c>
       <c r="K28" s="75">
         <v>3631.3294055500005</v>
       </c>
       <c r="L28" s="75">
         <v>3583.8629295600003</v>
       </c>
       <c r="M28" s="75">
         <v>3578.4909883999999</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N28" s="75">
+        <v>3587.7478542600011</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="76">
         <v>3754.3046728099994</v>
       </c>
       <c r="D29" s="76">
         <v>3513.618879650001</v>
       </c>
       <c r="E29" s="76">
         <v>3670.8994074600009</v>
       </c>
       <c r="F29" s="76">
         <v>3559.5487463600002</v>
       </c>
       <c r="G29" s="76">
         <v>3672.86042679</v>
       </c>
       <c r="H29" s="76">
         <v>3718.1029763200004</v>
       </c>
       <c r="I29" s="76">
         <v>3607.8329501799994</v>
       </c>
       <c r="J29" s="76">
         <v>3726.4584218000005</v>
       </c>
       <c r="K29" s="76">
         <v>3631.3294055500005</v>
       </c>
       <c r="L29" s="76">
         <v>3583.8629295600003</v>
       </c>
       <c r="M29" s="76">
         <v>3578.4909883999999</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N29" s="76">
+        <v>3587.7478542600011</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="75">
         <v>125338.43788957837</v>
       </c>
       <c r="D30" s="75">
         <v>124895.59770050952</v>
       </c>
       <c r="E30" s="75">
         <v>125394.41027620112</v>
       </c>
       <c r="F30" s="75">
         <v>125825.84897305617</v>
       </c>
       <c r="G30" s="75">
         <v>125989.08704321628</v>
       </c>
       <c r="H30" s="75">
         <v>127040.24139705049</v>
       </c>
       <c r="I30" s="75">
         <v>126788.21555755215</v>
       </c>
       <c r="J30" s="75">
         <v>127326.40640828022</v>
       </c>
       <c r="K30" s="75">
         <v>129060.05410223713</v>
       </c>
       <c r="L30" s="75">
         <v>128628.73552456792</v>
       </c>
       <c r="M30" s="75">
         <v>129500.30345031337</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N30" s="75">
+        <v>130404.62980037037</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="76">
         <v>4163.1822335000006</v>
       </c>
       <c r="D31" s="76">
         <v>4174.4503515699989</v>
       </c>
       <c r="E31" s="76">
         <v>4122.8214123199996</v>
       </c>
       <c r="F31" s="76">
         <v>4028.9738758932262</v>
       </c>
       <c r="G31" s="76">
         <v>4043.4720591319997</v>
       </c>
       <c r="H31" s="76">
         <v>4028.4914438400006</v>
       </c>
       <c r="I31" s="76">
         <v>3924.7226948471248</v>
       </c>
       <c r="J31" s="76">
         <v>3900.4392938067695</v>
       </c>
       <c r="K31" s="76">
         <v>3975.0677943850355</v>
       </c>
       <c r="L31" s="76">
         <v>3949.2338342149219</v>
       </c>
       <c r="M31" s="76">
         <v>3917.3781157943467</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N31" s="76">
+        <v>4097.6736556255919</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D32" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E32" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F32" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G32" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H32" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I32" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J32" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K32" s="76">
         <v>108.5073112800001</v>
       </c>
       <c r="L32" s="76">
         <v>109.75725496000015</v>
       </c>
       <c r="M32" s="76">
         <v>108.11087531</v>
       </c>
-    </row>
-    <row r="33" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N32" s="76">
+        <v>114.93021484999997</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D33" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E33" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F33" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G33" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H33" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I33" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J33" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K33" s="76">
         <v>1817.7757332713231</v>
       </c>
       <c r="L33" s="76">
         <v>1702.9677951800002</v>
       </c>
       <c r="M33" s="76">
         <v>1877.2956615688354</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N33" s="76">
+        <v>1742.2715481457169</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D34" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E34" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F34" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G34" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H34" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I34" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J34" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K34" s="76">
         <v>52890.973113317581</v>
       </c>
       <c r="L34" s="76">
         <v>52605.953178977063</v>
       </c>
       <c r="M34" s="76">
         <v>53318.45358259834</v>
       </c>
-    </row>
-    <row r="35" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N34" s="76">
+        <v>53742.03540828923</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A35" s="18" t="s">
         <v>181</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="78">
         <v>68655.14307787102</v>
       </c>
       <c r="D35" s="78">
         <v>68724.891277576244</v>
       </c>
       <c r="E35" s="78">
         <v>68804.251734923077</v>
       </c>
       <c r="F35" s="78">
         <v>68942.91212322659</v>
       </c>
       <c r="G35" s="78">
         <v>69110.998449168619</v>
       </c>
       <c r="H35" s="78">
         <v>69321.054236405107</v>
       </c>
       <c r="I35" s="78">
         <v>69648.829407463447</v>
       </c>
       <c r="J35" s="78">
         <v>69820.929529654546</v>
       </c>
       <c r="K35" s="78">
         <v>70267.730149983196</v>
       </c>
       <c r="L35" s="78">
         <v>70260.823461235937</v>
       </c>
       <c r="M35" s="78">
         <v>70279.065215041846</v>
       </c>
-    </row>
-    <row r="36" spans="1:13" ht="13.8">
+      <c r="N35" s="78">
+        <v>70707.718973459836</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="13.8">
       <c r="B36" s="34"/>
     </row>
-    <row r="37" spans="1:13" ht="13.8">
+    <row r="37" spans="1:14" ht="13.8">
       <c r="B37" s="34"/>
     </row>
-    <row r="38" spans="1:13" ht="13.8">
+    <row r="38" spans="1:14" ht="13.8">
       <c r="B38" s="34"/>
     </row>
-    <row r="39" spans="1:13" ht="13.8">
+    <row r="39" spans="1:14" ht="13.8">
       <c r="B39" s="34"/>
     </row>
-    <row r="40" spans="1:13" ht="13.8">
+    <row r="40" spans="1:14" ht="13.8">
       <c r="B40" s="34"/>
     </row>
-    <row r="41" spans="1:13" ht="13.8">
+    <row r="41" spans="1:14" ht="13.8">
       <c r="B41" s="34"/>
     </row>
-    <row r="42" spans="1:13" ht="13.8">
+    <row r="42" spans="1:14" ht="13.8">
       <c r="B42" s="34"/>
     </row>
-    <row r="43" spans="1:13" ht="13.8">
+    <row r="43" spans="1:14" ht="13.8">
       <c r="B43" s="34"/>
     </row>
-    <row r="44" spans="1:13" ht="13.8">
+    <row r="44" spans="1:14" ht="13.8">
       <c r="B44" s="34"/>
     </row>
-    <row r="45" spans="1:13" ht="13.8">
+    <row r="45" spans="1:14" ht="13.8">
       <c r="B45" s="34"/>
     </row>
-    <row r="46" spans="1:13" ht="13.8">
+    <row r="46" spans="1:14" ht="13.8">
       <c r="B46" s="34"/>
     </row>
-    <row r="47" spans="1:13" ht="13.8">
+    <row r="47" spans="1:14" ht="13.8">
       <c r="B47" s="34"/>
     </row>
-    <row r="48" spans="1:13" ht="13.8">
+    <row r="48" spans="1:14" ht="13.8">
       <c r="B48" s="34"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="34"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="34"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="34"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="34"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="34"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="34"/>
     </row>
     <row r="55" spans="2:2">
       <c r="B55" s="1"/>
     </row>
     <row r="56" spans="2:2">
       <c r="B56" s="1"/>
@@ -9794,1399 +10051,1493 @@
       <c r="B117" s="1"/>
     </row>
     <row r="118" spans="2:2">
       <c r="B118" s="1"/>
     </row>
     <row r="119" spans="2:2">
       <c r="B119" s="1"/>
     </row>
     <row r="120" spans="2:2">
       <c r="B120" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="73" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M85"/>
+  <dimension ref="A1:N85"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="E1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="topRight" activeCell="N1" sqref="N1:N1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
     <col min="2" max="2" width="56.33203125" style="11" customWidth="1"/>
-    <col min="3" max="13" width="12" style="7" bestFit="1" customWidth="1"/>
-    <col min="14" max="16384" width="8.88671875" style="9"/>
+    <col min="3" max="14" width="12" style="7" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="39" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="39"/>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="B3" s="39" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="13.8">
+    <row r="4" spans="1:14" ht="13.8">
       <c r="B4" s="54"/>
     </row>
-    <row r="5" spans="1:13" ht="13.8">
+    <row r="5" spans="1:14" ht="13.8">
       <c r="A5" s="19"/>
       <c r="B5" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="67">
         <v>45688</v>
       </c>
       <c r="D5" s="67">
         <v>45716</v>
       </c>
       <c r="E5" s="67">
         <v>45747</v>
       </c>
       <c r="F5" s="67">
         <v>45777</v>
       </c>
       <c r="G5" s="67">
         <v>45808</v>
       </c>
       <c r="H5" s="67">
         <v>45838</v>
       </c>
       <c r="I5" s="67">
         <v>45869</v>
       </c>
       <c r="J5" s="67">
         <v>45900</v>
       </c>
       <c r="K5" s="67">
         <v>45930</v>
       </c>
       <c r="L5" s="67">
         <v>45961</v>
       </c>
       <c r="M5" s="67">
         <v>45991</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N5" s="67">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A6" s="20" t="s">
         <v>182</v>
       </c>
       <c r="B6" s="41" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="81">
         <v>349.61178503999997</v>
       </c>
       <c r="D6" s="81">
         <v>354.43629920999996</v>
       </c>
       <c r="E6" s="81">
         <v>347.18110417000003</v>
       </c>
       <c r="F6" s="81">
         <v>337.40491652999992</v>
       </c>
       <c r="G6" s="81">
         <v>328.11336333999998</v>
       </c>
       <c r="H6" s="81">
         <v>330.89674551000007</v>
       </c>
       <c r="I6" s="81">
         <v>477.18668929999995</v>
       </c>
       <c r="J6" s="81">
         <v>307.32244359000003</v>
       </c>
       <c r="K6" s="81">
         <v>304.71478775000003</v>
       </c>
       <c r="L6" s="81">
         <v>671.04615045999992</v>
       </c>
       <c r="M6" s="81">
         <v>388.65931007000006</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N6" s="81">
+        <v>944.89235773999997</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A7" s="20" t="s">
         <v>183</v>
       </c>
       <c r="B7" s="41" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="81">
         <v>154677.58147837862</v>
       </c>
       <c r="D7" s="81">
         <v>154833.98306783015</v>
       </c>
       <c r="E7" s="81">
         <v>157531.28225287941</v>
       </c>
       <c r="F7" s="81">
         <v>160154.61659862963</v>
       </c>
       <c r="G7" s="81">
         <v>157027.34980193549</v>
       </c>
       <c r="H7" s="81">
         <v>156031.86764614185</v>
       </c>
       <c r="I7" s="81">
         <v>162404.47502017173</v>
       </c>
       <c r="J7" s="81">
         <v>162639.8764647959</v>
       </c>
       <c r="K7" s="81">
         <v>163688.47687155195</v>
       </c>
       <c r="L7" s="81">
         <v>163635.16382725566</v>
       </c>
       <c r="M7" s="81">
         <v>165955.61658957961</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N7" s="81">
+        <v>163933.0025492812</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A8" s="20" t="s">
         <v>184</v>
       </c>
       <c r="B8" s="41" t="s">
         <v>68</v>
       </c>
       <c r="C8" s="81">
         <v>86233.117493956001</v>
       </c>
       <c r="D8" s="81">
         <v>86178.223547210742</v>
       </c>
       <c r="E8" s="81">
         <v>86826.093994245792</v>
       </c>
       <c r="F8" s="81">
         <v>88085.242082646029</v>
       </c>
       <c r="G8" s="81">
         <v>85384.107852763453</v>
       </c>
       <c r="H8" s="81">
         <v>84498.583185273135</v>
       </c>
       <c r="I8" s="81">
         <v>88533.022702063725</v>
       </c>
       <c r="J8" s="81">
         <v>87765.930129166634</v>
       </c>
       <c r="K8" s="81">
         <v>87990.192667205498</v>
       </c>
       <c r="L8" s="81">
         <v>88194.284618397476</v>
       </c>
       <c r="M8" s="81">
         <v>90085.843641339918</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N8" s="81">
+        <v>88461.875100107369</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A9" s="14" t="s">
         <v>185</v>
       </c>
       <c r="B9" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="82">
         <v>9954.6630407748089</v>
       </c>
       <c r="D9" s="82">
         <v>10031.24816360866</v>
       </c>
       <c r="E9" s="82">
         <v>9829.7483184860394</v>
       </c>
       <c r="F9" s="82">
         <v>9731.2597107774309</v>
       </c>
       <c r="G9" s="82">
         <v>10082.856021452712</v>
       </c>
       <c r="H9" s="82">
         <v>9890.3391366114556</v>
       </c>
       <c r="I9" s="82">
         <v>10516.741071591054</v>
       </c>
       <c r="J9" s="82">
         <v>10217.982467067521</v>
       </c>
       <c r="K9" s="82">
         <v>9377.1471511379023</v>
       </c>
       <c r="L9" s="82">
         <v>9051.2777374921006</v>
       </c>
       <c r="M9" s="82">
         <v>8567.0709838060411</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N9" s="82">
+        <v>8526.2201772153312</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A10" s="14" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="82">
         <v>958.35131366999997</v>
       </c>
       <c r="D10" s="82">
         <v>1113.4871836500001</v>
       </c>
       <c r="E10" s="82">
         <v>1155.8150115399999</v>
       </c>
       <c r="F10" s="82">
         <v>1083.4070420599999</v>
       </c>
       <c r="G10" s="82">
         <v>1084.55058439</v>
       </c>
       <c r="H10" s="82">
         <v>880.30810532999999</v>
       </c>
       <c r="I10" s="82">
         <v>853.24281237999992</v>
       </c>
       <c r="J10" s="82">
         <v>930.55878871999982</v>
       </c>
       <c r="K10" s="82">
         <v>913.88244320999991</v>
       </c>
       <c r="L10" s="82">
         <v>897.50828320000005</v>
       </c>
       <c r="M10" s="82">
         <v>923.9259701499999</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N10" s="82">
+        <v>759.63816635000012</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A11" s="14" t="s">
         <v>187</v>
       </c>
       <c r="B11" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="82">
         <v>5687.27666005828</v>
       </c>
       <c r="D11" s="82">
         <v>5527.529293690639</v>
       </c>
       <c r="E11" s="82">
         <v>5563.0646455494407</v>
       </c>
       <c r="F11" s="82">
         <v>6579.1206066094392</v>
       </c>
       <c r="G11" s="82">
         <v>5756.2610590856293</v>
       </c>
       <c r="H11" s="82">
         <v>6159.7868518414598</v>
       </c>
       <c r="I11" s="82">
         <v>5760.5262962419702</v>
       </c>
       <c r="J11" s="82">
         <v>6460.5692940119698</v>
       </c>
       <c r="K11" s="82">
         <v>6342.1450984305293</v>
       </c>
       <c r="L11" s="82">
         <v>6690.4739985841798</v>
       </c>
       <c r="M11" s="82">
         <v>6693.0289734503403</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N11" s="82">
+        <v>6371.6260116108006</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A12" s="14" t="s">
         <v>188</v>
       </c>
       <c r="B12" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="82">
         <v>47275.730985932758</v>
       </c>
       <c r="D12" s="82">
         <v>47033.858168711828</v>
       </c>
       <c r="E12" s="82">
         <v>47646.495943514106</v>
       </c>
       <c r="F12" s="82">
         <v>47822.58187079311</v>
       </c>
       <c r="G12" s="82">
         <v>45652.774950392479</v>
       </c>
       <c r="H12" s="82">
         <v>44261.779958639352</v>
       </c>
       <c r="I12" s="82">
         <v>48124.499574300833</v>
       </c>
       <c r="J12" s="82">
         <v>46881.813187794141</v>
       </c>
       <c r="K12" s="82">
         <v>48036.450977880238</v>
       </c>
       <c r="L12" s="82">
         <v>47829.52671639793</v>
       </c>
       <c r="M12" s="82">
         <v>49753.984885372352</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N12" s="82">
+        <v>49125.996010340881</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A13" s="14" t="s">
         <v>189</v>
       </c>
       <c r="B13" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="82">
         <v>22357.095493520152</v>
       </c>
       <c r="D13" s="82">
         <v>22472.100737549608</v>
       </c>
       <c r="E13" s="82">
         <v>22630.970075156209</v>
       </c>
       <c r="F13" s="82">
         <v>22868.87285240605</v>
       </c>
       <c r="G13" s="82">
         <v>22807.66523744263</v>
       </c>
       <c r="H13" s="82">
         <v>23306.369132850876</v>
       </c>
       <c r="I13" s="82">
         <v>23278.012947549876</v>
       </c>
       <c r="J13" s="82">
         <v>23275.006391572999</v>
       </c>
       <c r="K13" s="82">
         <v>23320.566996546833</v>
       </c>
       <c r="L13" s="82">
         <v>23725.497882723274</v>
       </c>
       <c r="M13" s="82">
         <v>24147.832828561182</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N13" s="82">
+        <v>23678.394734590354</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A14" s="20" t="s">
         <v>190</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="81">
         <v>68444.463984422619</v>
       </c>
       <c r="D14" s="81">
         <v>68655.759520619409</v>
       </c>
       <c r="E14" s="81">
         <v>70705.1882586336</v>
       </c>
       <c r="F14" s="81">
         <v>72069.374515983596</v>
       </c>
       <c r="G14" s="81">
         <v>71643.241949172021</v>
       </c>
       <c r="H14" s="81">
         <v>71533.284460868716</v>
       </c>
       <c r="I14" s="81">
         <v>73871.452318107986</v>
       </c>
       <c r="J14" s="81">
         <v>74873.946335629269</v>
       </c>
       <c r="K14" s="81">
         <v>75698.284204346433</v>
       </c>
       <c r="L14" s="81">
         <v>75440.879208858183</v>
       </c>
       <c r="M14" s="81">
         <v>75869.772948239697</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N14" s="81">
+        <v>75471.12744917383</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A15" s="14" t="s">
         <v>195</v>
       </c>
       <c r="B15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="82">
         <v>6102.9990580995009</v>
       </c>
       <c r="D15" s="82">
         <v>6164.3114689769</v>
       </c>
       <c r="E15" s="82">
         <v>6156.3351391872002</v>
       </c>
       <c r="F15" s="82">
         <v>6494.2515857871995</v>
       </c>
       <c r="G15" s="82">
         <v>6941.4410847137997</v>
       </c>
       <c r="H15" s="82">
         <v>7460.7787846018</v>
       </c>
       <c r="I15" s="82">
         <v>8200.1480176641999</v>
       </c>
       <c r="J15" s="82">
         <v>7884.6753866407007</v>
       </c>
       <c r="K15" s="82">
         <v>8283.6422790124998</v>
       </c>
       <c r="L15" s="82">
         <v>8369.2638716907004</v>
       </c>
       <c r="M15" s="82">
         <v>8349.9444206807002</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N15" s="82">
+        <v>8364.1653258088991</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A16" s="14" t="s">
         <v>191</v>
       </c>
       <c r="B16" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="82">
         <v>857.63558400239992</v>
       </c>
       <c r="D16" s="82">
         <v>891.78113405900001</v>
       </c>
       <c r="E16" s="82">
         <v>910.98820074529999</v>
       </c>
       <c r="F16" s="82">
         <v>1035.4558872652999</v>
       </c>
       <c r="G16" s="82">
         <v>1124.8427594213997</v>
       </c>
       <c r="H16" s="82">
         <v>1117.8394638892999</v>
       </c>
       <c r="I16" s="82">
         <v>1100.1436350975002</v>
       </c>
       <c r="J16" s="82">
         <v>1121.3615293324999</v>
       </c>
       <c r="K16" s="82">
         <v>859.45124280720017</v>
       </c>
       <c r="L16" s="82">
         <v>955.14125423860003</v>
       </c>
       <c r="M16" s="82">
         <v>845.76398001859991</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N16" s="82">
+        <v>949.51068629989993</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A17" s="14" t="s">
         <v>192</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="82">
         <v>7703.8729798511995</v>
       </c>
       <c r="D17" s="82">
         <v>7535.4623999119995</v>
       </c>
       <c r="E17" s="82">
         <v>7650.069175167001</v>
       </c>
       <c r="F17" s="82">
         <v>7403.4182097370003</v>
       </c>
       <c r="G17" s="82">
         <v>6961.8713089208995</v>
       </c>
       <c r="H17" s="82">
         <v>6772.0854955173008</v>
       </c>
       <c r="I17" s="82">
         <v>6824.9640537794003</v>
       </c>
       <c r="J17" s="82">
         <v>6782.6441291363999</v>
       </c>
       <c r="K17" s="82">
         <v>7012.5692745376</v>
       </c>
       <c r="L17" s="82">
         <v>7199.2787957763003</v>
       </c>
       <c r="M17" s="82">
         <v>7467.0750851462999</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N17" s="82">
+        <v>7493.9260411940004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A18" s="14" t="s">
         <v>193</v>
       </c>
       <c r="B18" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C18" s="82">
         <v>24423.234781180123</v>
       </c>
       <c r="D18" s="82">
         <v>24379.371848056617</v>
       </c>
       <c r="E18" s="82">
         <v>25946.887103848203</v>
       </c>
       <c r="F18" s="82">
         <v>26666.68300412238</v>
       </c>
       <c r="G18" s="82">
         <v>25932.444760280301</v>
       </c>
       <c r="H18" s="82">
         <v>25389.668079602798</v>
       </c>
       <c r="I18" s="82">
         <v>26222.569424475671</v>
       </c>
       <c r="J18" s="82">
         <v>26937.12848835452</v>
       </c>
       <c r="K18" s="82">
         <v>27170.207519659762</v>
       </c>
       <c r="L18" s="82">
         <v>26959.327219483945</v>
       </c>
       <c r="M18" s="82">
         <v>26864.554737827224</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N18" s="82">
+        <v>26670.952787022179</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A19" s="14" t="s">
         <v>194</v>
       </c>
       <c r="B19" s="42" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="82">
         <v>29356.721581289392</v>
       </c>
       <c r="D19" s="82">
         <v>29684.832669614887</v>
       </c>
       <c r="E19" s="82">
         <v>30040.908639685887</v>
       </c>
       <c r="F19" s="82">
         <v>30469.565829071718</v>
       </c>
       <c r="G19" s="82">
         <v>30682.642035835615</v>
       </c>
       <c r="H19" s="82">
         <v>30792.912637257512</v>
       </c>
       <c r="I19" s="82">
         <v>31523.627187091217</v>
       </c>
       <c r="J19" s="82">
         <v>32148.136802165151</v>
       </c>
       <c r="K19" s="82">
         <v>32372.413888329374</v>
       </c>
       <c r="L19" s="82">
         <v>31957.868067668631</v>
       </c>
       <c r="M19" s="82">
         <v>32342.434724566883</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N19" s="82">
+        <v>31992.572608848845</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A20" s="20" t="s">
         <v>196</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="82">
         <v>0</v>
       </c>
       <c r="D20" s="82">
         <v>0</v>
       </c>
       <c r="E20" s="82">
         <v>0</v>
       </c>
       <c r="F20" s="82">
         <v>0</v>
       </c>
       <c r="G20" s="82">
         <v>0</v>
       </c>
       <c r="H20" s="82">
         <v>0</v>
       </c>
       <c r="I20" s="82">
         <v>0</v>
       </c>
       <c r="J20" s="82">
         <v>0</v>
       </c>
       <c r="K20" s="82">
         <v>0</v>
       </c>
       <c r="L20" s="82">
         <v>0</v>
       </c>
       <c r="M20" s="82">
         <v>0</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N20" s="82">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A21" s="20" t="s">
         <v>197</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="81">
         <v>8842.5011990677685</v>
       </c>
       <c r="D21" s="81">
         <v>9550.5878933843396</v>
       </c>
       <c r="E21" s="81">
         <v>8265.6409402885038</v>
       </c>
       <c r="F21" s="81">
         <v>7982.1175392839777</v>
       </c>
       <c r="G21" s="81">
         <v>8813.2770227388046</v>
       </c>
       <c r="H21" s="81">
         <v>8942.4099954132071</v>
       </c>
       <c r="I21" s="81">
         <v>7811.6290709901386</v>
       </c>
       <c r="J21" s="81">
         <v>8161.3349871550272</v>
       </c>
       <c r="K21" s="81">
         <v>9289.0687771262201</v>
       </c>
       <c r="L21" s="81">
         <v>10528.244088553169</v>
       </c>
       <c r="M21" s="81">
         <v>9518.745397906885</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N21" s="81">
+        <v>9856.4494786024297</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A22" s="20" t="s">
         <v>198</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="81">
         <v>17673.097950176725</v>
       </c>
       <c r="D22" s="81">
         <v>17790.001860381581</v>
       </c>
       <c r="E22" s="81">
         <v>17552.686493300222</v>
       </c>
       <c r="F22" s="81">
         <v>17667.045307467855</v>
       </c>
       <c r="G22" s="81">
         <v>16627.695876935355</v>
       </c>
       <c r="H22" s="81">
         <v>16482.79335023191</v>
       </c>
       <c r="I22" s="81">
         <v>15712.617682265471</v>
       </c>
       <c r="J22" s="81">
         <v>16441.317897279703</v>
       </c>
       <c r="K22" s="81">
         <v>16531.523559763365</v>
       </c>
       <c r="L22" s="81">
         <v>17706.871654951865</v>
       </c>
       <c r="M22" s="81">
         <v>17859.62502639135</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" s="7" customFormat="1" ht="14.4">
+      <c r="N22" s="81">
+        <v>17901.584349912104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" s="7" customFormat="1" ht="14.4">
       <c r="A23" s="14" t="s">
         <v>199</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="82">
         <v>16305.724350404724</v>
       </c>
       <c r="D23" s="82">
         <v>16416.660210641581</v>
       </c>
       <c r="E23" s="82">
         <v>15920.876307168222</v>
       </c>
       <c r="F23" s="82">
         <v>16039.271879727856</v>
       </c>
       <c r="G23" s="82">
         <v>14991.239613885356</v>
       </c>
       <c r="H23" s="82">
         <v>14851.091302391909</v>
       </c>
       <c r="I23" s="82">
         <v>14282.703701995471</v>
       </c>
       <c r="J23" s="82">
         <v>15008.324725419701</v>
       </c>
       <c r="K23" s="82">
         <v>15101.314223773366</v>
       </c>
       <c r="L23" s="82">
         <v>16280.903936411865</v>
       </c>
       <c r="M23" s="82">
         <v>16427.373782411349</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N23" s="82">
+        <v>16474.601431372103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A24" s="20" t="s">
         <v>200</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="81">
         <v>217.37200000000001</v>
       </c>
       <c r="D24" s="81">
         <v>218.90299999999999</v>
       </c>
       <c r="E24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="F24" s="81">
         <v>214.62899999999999</v>
       </c>
       <c r="G24" s="81">
         <v>206.00700000000001</v>
       </c>
       <c r="H24" s="81">
         <v>202.81700000000001</v>
       </c>
       <c r="I24" s="81">
         <v>200.13300000000001</v>
       </c>
       <c r="J24" s="81">
         <v>210.50299999999999</v>
       </c>
       <c r="K24" s="81">
         <v>217.39699999999999</v>
       </c>
       <c r="L24" s="81">
         <v>218.07499999999999</v>
       </c>
       <c r="M24" s="81">
         <v>219.67400000000001</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N24" s="81">
+        <v>216.374</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A25" s="20" t="s">
         <v>201</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="81">
         <v>201.03761451</v>
       </c>
       <c r="D25" s="81">
         <v>208.48768568999998</v>
       </c>
       <c r="E25" s="81">
         <v>224.80110109999998</v>
       </c>
       <c r="F25" s="81">
         <v>248.69799896000001</v>
       </c>
       <c r="G25" s="81">
         <v>309.47571665999999</v>
       </c>
       <c r="H25" s="81">
         <v>327.35028055999999</v>
       </c>
       <c r="I25" s="81">
         <v>309.87405195000002</v>
       </c>
       <c r="J25" s="81">
         <v>284.65370315000001</v>
       </c>
       <c r="K25" s="81">
         <v>298.70443951000004</v>
       </c>
       <c r="L25" s="81">
         <v>272.38309644000003</v>
       </c>
       <c r="M25" s="81">
         <v>264.93751615999997</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N25" s="81">
+        <v>224.5393488</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A26" s="20" t="s">
         <v>202</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="81">
         <v>28781.167072575936</v>
       </c>
       <c r="D26" s="81">
         <v>28109.510492363926</v>
       </c>
       <c r="E26" s="81">
         <v>28132.165627864433</v>
       </c>
       <c r="F26" s="81">
         <v>28521.067841894434</v>
       </c>
       <c r="G26" s="81">
         <v>29076.764678484429</v>
       </c>
       <c r="H26" s="81">
         <v>29314.853146665107</v>
       </c>
       <c r="I26" s="81">
         <v>29926.254222134427</v>
       </c>
       <c r="J26" s="81">
         <v>29596.664120214431</v>
       </c>
       <c r="K26" s="81">
         <v>28936.254716464431</v>
       </c>
       <c r="L26" s="81">
         <v>29392.023581700003</v>
       </c>
       <c r="M26" s="81">
         <v>30140.711376629999</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N26" s="81">
+        <v>30123.517707019993</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A27" s="14" t="s">
         <v>203</v>
       </c>
       <c r="B27" s="42" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="82">
         <v>5100.6581401500007</v>
       </c>
       <c r="D27" s="82">
         <v>5089.2442310799997</v>
       </c>
       <c r="E27" s="82">
         <v>5081.33391355</v>
       </c>
       <c r="F27" s="82">
         <v>5081.6649330600003</v>
       </c>
       <c r="G27" s="82">
         <v>5180.7304631499992</v>
       </c>
       <c r="H27" s="82">
         <v>5180.5462155100004</v>
       </c>
       <c r="I27" s="82">
         <v>5205.3918421100007</v>
       </c>
       <c r="J27" s="82">
         <v>5205.4081876600003</v>
       </c>
       <c r="K27" s="82">
         <v>5205.4246070200006</v>
       </c>
       <c r="L27" s="82">
         <v>5204.4404301200002</v>
       </c>
       <c r="M27" s="82">
         <v>5229.2859671900005</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N27" s="82">
+        <v>5229.2961259900003</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A28" s="14" t="s">
         <v>204</v>
       </c>
       <c r="B28" s="42" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="82">
         <v>13658.340643289999</v>
       </c>
       <c r="D28" s="82">
         <v>13496.6544146</v>
       </c>
       <c r="E28" s="82">
         <v>13296.53424182</v>
       </c>
       <c r="F28" s="82">
         <v>13283.897844810002</v>
       </c>
       <c r="G28" s="82">
         <v>13306.43055829</v>
       </c>
       <c r="H28" s="82">
         <v>13278.974279159997</v>
       </c>
       <c r="I28" s="82">
         <v>14045.761089279997</v>
       </c>
       <c r="J28" s="82">
         <v>14065.167769719998</v>
       </c>
       <c r="K28" s="82">
         <v>13738.443455599998</v>
       </c>
       <c r="L28" s="82">
         <v>13637.730681459998</v>
       </c>
       <c r="M28" s="82">
         <v>13707.049830469998</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N28" s="82">
+        <v>13736.655153949996</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A29" s="14" t="s">
         <v>205</v>
       </c>
       <c r="B29" s="42" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="82">
         <v>8199.6756165700008</v>
       </c>
       <c r="D29" s="82">
         <v>8194.5642724299996</v>
       </c>
       <c r="E29" s="82">
         <v>8191.0140049300007</v>
       </c>
       <c r="F29" s="82">
         <v>8159.9588101400004</v>
       </c>
       <c r="G29" s="82">
         <v>8185.3187226800001</v>
       </c>
       <c r="H29" s="82">
         <v>8176.1246809392778</v>
       </c>
       <c r="I29" s="82">
         <v>9127.7570977100004</v>
       </c>
       <c r="J29" s="82">
         <v>9120.2465452699998</v>
       </c>
       <c r="K29" s="82">
         <v>9147.0384451500013</v>
       </c>
       <c r="L29" s="82">
         <v>9054.8961374400005</v>
       </c>
       <c r="M29" s="82">
         <v>9051.4058920099997</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N29" s="82">
+        <v>8964.4858094599986</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A30" s="14" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="42" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="D30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="E30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="F30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="G30" s="82">
         <v>4.60253333</v>
       </c>
       <c r="H30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="I30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="J30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="K30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="L30" s="82">
         <v>2.91498474</v>
       </c>
       <c r="M30" s="82">
         <v>2.91498474</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N30" s="82">
+        <v>2.91498474</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A31" s="14" t="s">
         <v>207</v>
       </c>
       <c r="B31" s="42" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="82">
         <v>1817.890139235938</v>
       </c>
       <c r="D31" s="82">
         <v>1324.4450409239312</v>
       </c>
       <c r="E31" s="82">
         <v>1558.6809342344313</v>
       </c>
       <c r="F31" s="82">
         <v>1990.9437205544305</v>
       </c>
       <c r="G31" s="82">
         <v>2399.6824010344308</v>
       </c>
       <c r="H31" s="82">
         <v>2676.2929863158352</v>
       </c>
       <c r="I31" s="82">
         <v>1544.4292082944314</v>
       </c>
       <c r="J31" s="82">
         <v>1202.9266328244303</v>
       </c>
       <c r="K31" s="82">
         <v>842.43322395443136</v>
       </c>
       <c r="L31" s="82">
         <v>1492.0413479399999</v>
       </c>
       <c r="M31" s="82">
         <v>2150.0547022199994</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N31" s="82">
+        <v>2190.16563288</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A32" s="20" t="s">
         <v>208</v>
       </c>
       <c r="B32" s="41" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="81">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D32" s="81">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E32" s="81">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F32" s="81">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G32" s="81">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H32" s="81">
         <v>-7160.567519844295</v>
       </c>
       <c r="I32" s="81">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J32" s="81">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K32" s="81">
         <v>-4820.8173775847408</v>
       </c>
       <c r="L32" s="81">
         <v>-7557.8503079210568</v>
       </c>
       <c r="M32" s="81">
         <v>-7841.9008114944199</v>
       </c>
-    </row>
-    <row r="33" spans="1:13" s="10" customFormat="1" ht="13.8">
+      <c r="N32" s="81">
+        <v>-8615.2817039579659</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" s="10" customFormat="1" ht="13.8">
       <c r="A33" s="14" t="s">
         <v>211</v>
       </c>
       <c r="B33" s="56" t="s">
         <v>316</v>
       </c>
       <c r="C33" s="82">
         <v>5515.6539896390896</v>
       </c>
       <c r="D33" s="82">
         <v>6420.9029666311199</v>
       </c>
       <c r="E33" s="82">
         <v>6068.1645040163694</v>
       </c>
       <c r="F33" s="82">
         <v>8384.4950380346472</v>
       </c>
       <c r="G33" s="82">
         <v>8873.2658950678906</v>
       </c>
       <c r="H33" s="82">
         <v>8059.4019223157084</v>
       </c>
       <c r="I33" s="82">
         <v>7493.4901237334179</v>
       </c>
       <c r="J33" s="82">
         <v>8369.4187281557206</v>
       </c>
       <c r="K33" s="82">
         <v>8939.364085956011</v>
       </c>
       <c r="L33" s="82">
         <v>9167.2187793046633</v>
       </c>
       <c r="M33" s="82">
         <v>10048.961989726695</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N33" s="82">
+        <v>9915.3804625738685</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A34" s="14" t="s">
         <v>209</v>
       </c>
       <c r="B34" s="42" t="s">
         <v>325</v>
       </c>
       <c r="C34" s="82">
         <v>-7815.1333086756858</v>
       </c>
       <c r="D34" s="82">
         <v>-6195.5651865358623</v>
       </c>
       <c r="E34" s="82">
         <v>-6029.7106690350474</v>
       </c>
       <c r="F34" s="82">
         <v>-5900.3596984295773</v>
       </c>
       <c r="G34" s="82">
         <v>-6484.5492897896447</v>
       </c>
       <c r="H34" s="82">
         <v>-7302.9597630601484</v>
       </c>
       <c r="I34" s="82">
         <v>-6404.7053453346753</v>
       </c>
       <c r="J34" s="82">
         <v>-6288.7958474148327</v>
       </c>
       <c r="K34" s="82">
         <v>-5370.9277409201968</v>
       </c>
       <c r="L34" s="82">
         <v>-6225.3516802107461</v>
       </c>
       <c r="M34" s="82">
         <v>-5796.8107535681247</v>
       </c>
-    </row>
-    <row r="35" spans="1:13" s="7" customFormat="1" ht="13.8">
+      <c r="N34" s="82">
+        <v>-6569.677410571263</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" s="7" customFormat="1" ht="13.8">
       <c r="A35" s="14" t="s">
         <v>210</v>
       </c>
       <c r="B35" s="42" t="s">
         <v>324</v>
       </c>
       <c r="C35" s="82">
         <v>9618.5626316353482</v>
       </c>
       <c r="D35" s="82">
         <v>10935.047466925975</v>
       </c>
       <c r="E35" s="82">
         <v>8988.1278556762663</v>
       </c>
       <c r="F35" s="82">
         <v>8681.9211778869158</v>
       </c>
       <c r="G35" s="82">
         <v>9077.8427542132995</v>
       </c>
       <c r="H35" s="82">
         <v>8201.7941655315626</v>
       </c>
       <c r="I35" s="82">
         <v>8057.0256921332093</v>
       </c>
       <c r="J35" s="82">
         <v>8541.4044631290344</v>
       </c>
       <c r="K35" s="82">
         <v>9489.474449291467</v>
       </c>
       <c r="L35" s="82">
         <v>7834.7201515943525</v>
       </c>
       <c r="M35" s="82">
         <v>8003.8719318003996</v>
       </c>
-    </row>
-    <row r="36" spans="1:13" ht="13.8">
+      <c r="N35" s="82">
+        <v>7869.7761691871656</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="13.8">
       <c r="A36" s="21"/>
       <c r="B36" s="44"/>
       <c r="C36" s="83"/>
       <c r="D36" s="83"/>
       <c r="E36" s="83"/>
       <c r="F36" s="83"/>
       <c r="G36" s="83"/>
       <c r="H36" s="83"/>
       <c r="I36" s="83"/>
       <c r="J36" s="83"/>
       <c r="K36" s="83"/>
       <c r="L36" s="83"/>
       <c r="M36" s="83"/>
-    </row>
-    <row r="37" spans="1:13" ht="13.8">
+      <c r="N36" s="83"/>
+    </row>
+    <row r="37" spans="1:14" ht="13.8">
       <c r="B37" s="45"/>
     </row>
-    <row r="38" spans="1:13" ht="13.8">
+    <row r="38" spans="1:14" ht="13.8">
       <c r="B38" s="45"/>
     </row>
-    <row r="39" spans="1:13" ht="13.8">
+    <row r="39" spans="1:14" ht="13.8">
       <c r="B39" s="45"/>
     </row>
-    <row r="40" spans="1:13" ht="13.8">
+    <row r="40" spans="1:14" ht="13.8">
       <c r="B40" s="45"/>
     </row>
-    <row r="41" spans="1:13" ht="13.8">
+    <row r="41" spans="1:14" ht="13.8">
       <c r="B41" s="45"/>
     </row>
-    <row r="42" spans="1:13" ht="13.8">
+    <row r="42" spans="1:14" ht="13.8">
       <c r="B42" s="45"/>
     </row>
-    <row r="43" spans="1:13" ht="13.8">
+    <row r="43" spans="1:14" ht="13.8">
       <c r="B43" s="45"/>
     </row>
-    <row r="44" spans="1:13" ht="13.8">
+    <row r="44" spans="1:14" ht="13.8">
       <c r="B44" s="45"/>
     </row>
-    <row r="45" spans="1:13" ht="13.8">
+    <row r="45" spans="1:14" ht="13.8">
       <c r="B45" s="45"/>
     </row>
-    <row r="46" spans="1:13" ht="13.8">
+    <row r="46" spans="1:14" ht="13.8">
       <c r="B46" s="45"/>
     </row>
-    <row r="47" spans="1:13" ht="13.8">
+    <row r="47" spans="1:14" ht="13.8">
       <c r="B47" s="45"/>
     </row>
-    <row r="48" spans="1:13" ht="13.8">
+    <row r="48" spans="1:14" ht="13.8">
       <c r="B48" s="45"/>
     </row>
     <row r="49" spans="2:2" ht="13.8">
       <c r="B49" s="45"/>
     </row>
     <row r="50" spans="2:2" ht="13.8">
       <c r="B50" s="45"/>
     </row>
     <row r="51" spans="2:2" ht="13.8">
       <c r="B51" s="45"/>
     </row>
     <row r="52" spans="2:2" ht="13.8">
       <c r="B52" s="45"/>
     </row>
     <row r="53" spans="2:2" ht="13.8">
       <c r="B53" s="45"/>
     </row>
     <row r="54" spans="2:2" ht="13.8">
       <c r="B54" s="45"/>
     </row>
     <row r="55" spans="2:2" ht="13.8">
       <c r="B55" s="45"/>
     </row>
     <row r="56" spans="2:2" ht="13.8">
       <c r="B56" s="45"/>
@@ -11274,1764 +11625,1887 @@
     </row>
     <row r="84" spans="2:2" ht="13.8">
       <c r="B84" s="45"/>
     </row>
     <row r="85" spans="2:2" ht="13.8">
       <c r="B85" s="45"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27592" divId="Set of Tables_27592" sourceType="range" sourceRef="B1:B36" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB DAC Liabilities.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M188"/>
+  <dimension ref="A1:N188"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="G2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="bottomRight" activeCell="X26" sqref="X26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="4.88671875" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
-    <col min="3" max="13" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="14" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="37" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:13" ht="13.8">
+    <row r="4" spans="1:14" ht="13.8">
       <c r="A4" s="22" t="s">
         <v>97</v>
       </c>
       <c r="B4" s="35" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="67">
         <v>45688</v>
       </c>
       <c r="D4" s="67">
         <v>45716</v>
       </c>
       <c r="E4" s="67">
         <v>45747</v>
       </c>
       <c r="F4" s="67">
         <v>45777</v>
       </c>
       <c r="G4" s="67">
         <v>45808</v>
       </c>
       <c r="H4" s="67">
         <v>45838</v>
       </c>
       <c r="I4" s="67">
         <v>45869</v>
       </c>
       <c r="J4" s="67">
         <v>45900</v>
       </c>
       <c r="K4" s="67">
         <v>45930</v>
       </c>
       <c r="L4" s="67">
         <v>45961</v>
       </c>
       <c r="M4" s="67">
         <v>45991</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="13.8">
+      <c r="N4" s="67">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="13.8">
       <c r="A5" s="22"/>
       <c r="B5" s="31"/>
       <c r="C5" s="68"/>
       <c r="D5" s="68"/>
       <c r="E5" s="68"/>
       <c r="F5" s="68"/>
       <c r="G5" s="68"/>
       <c r="H5" s="68"/>
       <c r="I5" s="68"/>
       <c r="J5" s="68"/>
       <c r="K5" s="68"/>
       <c r="L5" s="68"/>
       <c r="M5" s="68"/>
-    </row>
-    <row r="6" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N5" s="68"/>
+    </row>
+    <row r="6" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>212</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="75">
         <v>79487.12580453133</v>
       </c>
       <c r="D6" s="75">
         <v>77734.071732186523</v>
       </c>
       <c r="E6" s="75">
         <v>88243.725993976521</v>
       </c>
       <c r="F6" s="75">
         <v>89736.54613195124</v>
       </c>
       <c r="G6" s="75">
         <v>84489.748279230727</v>
       </c>
       <c r="H6" s="75">
         <v>84103.482814650313</v>
       </c>
       <c r="I6" s="75">
         <v>89202.564140780945</v>
       </c>
       <c r="J6" s="75">
         <v>88225.356532427497</v>
       </c>
       <c r="K6" s="75">
         <v>87671.920637208226</v>
       </c>
       <c r="L6" s="75">
         <v>76472.483440205498</v>
       </c>
       <c r="M6" s="75">
         <v>76919.783969270909</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N6" s="75">
+        <v>75409.444818894408</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A7" s="17" t="s">
         <v>213</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="75">
         <v>94661.599111360905</v>
       </c>
       <c r="D7" s="75">
         <v>92843.988986067212</v>
       </c>
       <c r="E7" s="75">
         <v>104095.69663120522</v>
       </c>
       <c r="F7" s="75">
         <v>106223.25454706693</v>
       </c>
       <c r="G7" s="75">
         <v>101243.25145422074</v>
       </c>
       <c r="H7" s="75">
         <v>100668.73306407873</v>
       </c>
       <c r="I7" s="75">
         <v>105723.52332659016</v>
       </c>
       <c r="J7" s="75">
         <v>104614.46262265743</v>
       </c>
       <c r="K7" s="75">
         <v>104031.87249155136</v>
       </c>
       <c r="L7" s="75">
         <v>93141.704740139467</v>
       </c>
       <c r="M7" s="75">
         <v>95355.674836167222</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" s="8" customFormat="1" ht="14.4">
+      <c r="N7" s="75">
+        <v>92071.639931390033</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="8" customFormat="1" ht="14.4">
       <c r="A8" s="17" t="s">
         <v>214</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="76">
         <v>15174.473306829575</v>
       </c>
       <c r="D8" s="76">
         <v>15109.917253880692</v>
       </c>
       <c r="E8" s="76">
         <v>15851.970637228702</v>
       </c>
       <c r="F8" s="76">
         <v>16486.708415115681</v>
       </c>
       <c r="G8" s="76">
         <v>16753.503174990015</v>
       </c>
       <c r="H8" s="76">
         <v>16565.250249428413</v>
       </c>
       <c r="I8" s="76">
         <v>16520.959185809217</v>
       </c>
       <c r="J8" s="76">
         <v>16389.106090229932</v>
       </c>
       <c r="K8" s="76">
         <v>16359.951854343128</v>
       </c>
       <c r="L8" s="76">
         <v>16669.221299933968</v>
       </c>
       <c r="M8" s="76">
         <v>18435.890866896309</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N8" s="76">
+        <v>16662.195112495625</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>215</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="75">
         <v>158873.00005045836</v>
       </c>
       <c r="D9" s="75">
         <v>163585.81614454952</v>
       </c>
       <c r="E9" s="75">
         <v>160715.86464035109</v>
       </c>
       <c r="F9" s="75">
         <v>158058.48629120615</v>
       </c>
       <c r="G9" s="75">
         <v>158655.18551961627</v>
       </c>
       <c r="H9" s="75">
         <v>157707.13475940051</v>
       </c>
       <c r="I9" s="75">
         <v>159560.01989943214</v>
       </c>
       <c r="J9" s="75">
         <v>161197.45340299024</v>
       </c>
       <c r="K9" s="75">
         <v>165076.38315259715</v>
       </c>
       <c r="L9" s="75">
         <v>176356.12407078792</v>
       </c>
       <c r="M9" s="75">
         <v>179504.77886922337</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N9" s="75">
+        <v>179554.14446951036</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>216</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="75">
         <v>33368.773339629995</v>
       </c>
       <c r="D10" s="75">
         <v>38518.215819810001</v>
       </c>
       <c r="E10" s="75">
         <v>35147.995281049996</v>
       </c>
       <c r="F10" s="75">
         <v>32054.787446059992</v>
       </c>
       <c r="G10" s="75">
         <v>32482.947107569998</v>
       </c>
       <c r="H10" s="75">
         <v>30483.43343564</v>
       </c>
       <c r="I10" s="75">
         <v>32585.963359180008</v>
       </c>
       <c r="J10" s="75">
         <v>33683.44318106</v>
       </c>
       <c r="K10" s="75">
         <v>35824.141409100004</v>
       </c>
       <c r="L10" s="75">
         <v>47538.255410340003</v>
       </c>
       <c r="M10" s="75">
         <v>49810.536989079992</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N10" s="75">
+        <v>48950.329572079994</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="76">
         <v>40865.683819009995</v>
       </c>
       <c r="D11" s="76">
         <v>42429.96686298</v>
       </c>
       <c r="E11" s="76">
         <v>46320.073926450001</v>
       </c>
       <c r="F11" s="76">
         <v>44655.826444409991</v>
       </c>
       <c r="G11" s="76">
         <v>44922.881896049999</v>
       </c>
       <c r="H11" s="76">
         <v>43524.170912720001</v>
       </c>
       <c r="I11" s="76">
         <v>46623.443230990008</v>
       </c>
       <c r="J11" s="76">
         <v>45754.861533470001</v>
       </c>
       <c r="K11" s="76">
         <v>47639.778700760005</v>
       </c>
       <c r="L11" s="76">
         <v>52394.597133110001</v>
       </c>
       <c r="M11" s="76">
         <v>54182.564831249991</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" s="8" customFormat="1" ht="14.4">
+      <c r="N11" s="76">
+        <v>53301.848336819996</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="8" customFormat="1" ht="14.4">
       <c r="A12" s="17" t="s">
         <v>218</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="76">
         <v>7496.9104793799997</v>
       </c>
       <c r="D12" s="76">
         <v>3911.7510431700011</v>
       </c>
       <c r="E12" s="76">
         <v>11172.078645400001</v>
       </c>
       <c r="F12" s="76">
         <v>12601.038998350001</v>
       </c>
       <c r="G12" s="76">
         <v>12439.934788480001</v>
       </c>
       <c r="H12" s="76">
         <v>13040.73747708</v>
       </c>
       <c r="I12" s="76">
         <v>14037.479871809997</v>
       </c>
       <c r="J12" s="76">
         <v>12071.418352410001</v>
       </c>
       <c r="K12" s="76">
         <v>11815.637291660001</v>
       </c>
       <c r="L12" s="76">
         <v>4856.3417227700002</v>
       </c>
       <c r="M12" s="76">
         <v>4372.0278421699995</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N12" s="76">
+        <v>4351.5187647400007</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>219</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="75">
         <v>125504.22671082837</v>
       </c>
       <c r="D13" s="75">
         <v>125067.60032473953</v>
       </c>
       <c r="E13" s="75">
         <v>125567.86935930111</v>
       </c>
       <c r="F13" s="75">
         <v>126003.69884514617</v>
       </c>
       <c r="G13" s="75">
         <v>126172.23841204627</v>
       </c>
       <c r="H13" s="75">
         <v>127223.7013237605</v>
       </c>
       <c r="I13" s="75">
         <v>126974.05654025215</v>
       </c>
       <c r="J13" s="75">
         <v>127514.01022193024</v>
       </c>
       <c r="K13" s="75">
         <v>129252.24174349714</v>
       </c>
       <c r="L13" s="75">
         <v>128817.86866044792</v>
       </c>
       <c r="M13" s="75">
         <v>129694.24188014338</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N13" s="75">
+        <v>130603.81489743038</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>220</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="76">
         <v>4163.182234500001</v>
       </c>
       <c r="D14" s="76">
         <v>4174.4503525699993</v>
       </c>
       <c r="E14" s="76">
         <v>4122.8214133199999</v>
       </c>
       <c r="F14" s="76">
         <v>4028.9738768932261</v>
       </c>
       <c r="G14" s="76">
         <v>4043.4720601319996</v>
       </c>
       <c r="H14" s="76">
         <v>4028.4914448400004</v>
       </c>
       <c r="I14" s="76">
         <v>3924.7226958471247</v>
       </c>
       <c r="J14" s="76">
         <v>3900.4392948067693</v>
       </c>
       <c r="K14" s="76">
         <v>3975.0677953850354</v>
       </c>
       <c r="L14" s="76">
         <v>3949.2338352149218</v>
       </c>
       <c r="M14" s="76">
         <v>3917.3781167943466</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N14" s="76">
+        <v>4097.6736566255922</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>221</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="76">
         <v>173.62583335000002</v>
       </c>
       <c r="D15" s="76">
         <v>170.5016074799999</v>
       </c>
       <c r="E15" s="76">
         <v>168.58132321999992</v>
       </c>
       <c r="F15" s="76">
         <v>165.32547176000006</v>
       </c>
       <c r="G15" s="76">
         <v>162.3687996700001</v>
       </c>
       <c r="H15" s="76">
         <v>158.59867292000007</v>
       </c>
       <c r="I15" s="76">
         <v>158.38049620000001</v>
       </c>
       <c r="J15" s="76">
         <v>159.42183500000007</v>
       </c>
       <c r="K15" s="76">
         <v>108.5073112800001</v>
       </c>
       <c r="L15" s="76">
         <v>109.75725496000015</v>
       </c>
       <c r="M15" s="76">
         <v>108.11087531</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N15" s="76">
+        <v>114.93021484999997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>222</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="76">
         <v>1980.5865073699999</v>
       </c>
       <c r="D16" s="76">
         <v>1926.9643586600005</v>
       </c>
       <c r="E16" s="76">
         <v>1639.404260086978</v>
       </c>
       <c r="F16" s="76">
         <v>1502.71766108</v>
       </c>
       <c r="G16" s="76">
         <v>1442.9349131220199</v>
       </c>
       <c r="H16" s="76">
         <v>1600.4522617995799</v>
       </c>
       <c r="I16" s="76">
         <v>1441.7452387700002</v>
       </c>
       <c r="J16" s="76">
         <v>1388.1578383399999</v>
       </c>
       <c r="K16" s="76">
         <v>1817.7757332713231</v>
       </c>
       <c r="L16" s="76">
         <v>1702.9677951800002</v>
       </c>
       <c r="M16" s="76">
         <v>1877.2956615688354</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N16" s="76">
+        <v>1742.2715481457169</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>223</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="76">
         <v>50365.900237487345</v>
       </c>
       <c r="D17" s="76">
         <v>49898.790105223277</v>
       </c>
       <c r="E17" s="76">
         <v>50659.351545651058</v>
       </c>
       <c r="F17" s="76">
         <v>51185.919841096358</v>
       </c>
       <c r="G17" s="76">
         <v>51229.312822123633</v>
       </c>
       <c r="H17" s="76">
         <v>51931.644782085801</v>
       </c>
       <c r="I17" s="76">
         <v>51614.537720271568</v>
       </c>
       <c r="J17" s="76">
         <v>52057.457911478916</v>
       </c>
       <c r="K17" s="76">
         <v>52890.973113317581</v>
       </c>
       <c r="L17" s="76">
         <v>52605.953178977063</v>
       </c>
       <c r="M17" s="76">
         <v>53318.45358259834</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N17" s="76">
+        <v>53742.03540828923</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>224</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="76">
         <v>68820.931898121024</v>
       </c>
       <c r="D18" s="76">
         <v>68896.893900806244</v>
       </c>
       <c r="E18" s="76">
         <v>68977.710817023079</v>
       </c>
       <c r="F18" s="76">
         <v>69120.761994316592</v>
       </c>
       <c r="G18" s="76">
         <v>69294.149816998615</v>
       </c>
       <c r="H18" s="76">
         <v>69504.514162115112</v>
       </c>
       <c r="I18" s="76">
         <v>69834.670389163453</v>
       </c>
       <c r="J18" s="76">
         <v>70008.533342304552</v>
       </c>
       <c r="K18" s="76">
         <v>70459.917790243198</v>
       </c>
       <c r="L18" s="76">
         <v>70449.956596115939</v>
       </c>
       <c r="M18" s="76">
         <v>70473.003643871853</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N18" s="76">
+        <v>70906.904069519835</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="52" t="s">
         <v>225</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="75">
         <v>158420.3055185175</v>
       </c>
       <c r="D19" s="75">
         <v>158492.8443376706</v>
       </c>
       <c r="E19" s="75">
         <v>161262.18250523665</v>
       </c>
       <c r="F19" s="75">
         <v>163825.9515960507</v>
       </c>
       <c r="G19" s="75">
         <v>160956.12272478139</v>
       </c>
       <c r="H19" s="75">
         <v>159956.14980810968</v>
       </c>
       <c r="I19" s="75">
         <v>166256.94681606884</v>
       </c>
       <c r="J19" s="75">
         <v>166688.6711379773</v>
       </c>
       <c r="K19" s="75">
         <v>167655.27424115609</v>
       </c>
       <c r="L19" s="75">
         <v>167633.52729466581</v>
       </c>
       <c r="M19" s="75">
         <v>170258.37458147921</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N19" s="75">
+        <v>167975.69592199946</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>226</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="75">
         <v>3742.7240187488833</v>
       </c>
       <c r="D20" s="75">
         <v>3658.8612484504674</v>
       </c>
       <c r="E20" s="75">
         <v>3730.9002309672678</v>
       </c>
       <c r="F20" s="75">
         <v>3671.3349760310766</v>
       </c>
       <c r="G20" s="75">
         <v>3928.7729014559122</v>
       </c>
       <c r="H20" s="75">
         <v>3924.2821405778277</v>
       </c>
       <c r="I20" s="75">
         <v>3852.4717745071116</v>
       </c>
       <c r="J20" s="75">
         <v>4048.7946517913902</v>
       </c>
       <c r="K20" s="75">
         <v>3966.797348214157</v>
       </c>
       <c r="L20" s="75">
         <v>3998.3634460201483</v>
       </c>
       <c r="M20" s="75">
         <v>4302.7579705095777</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N20" s="75">
+        <v>4042.6933513282916</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="75">
         <v>86233.117515346006</v>
       </c>
       <c r="D21" s="75">
         <v>86178.223568600733</v>
       </c>
       <c r="E21" s="75">
         <v>86826.094015635797</v>
       </c>
       <c r="F21" s="75">
         <v>88085.242104036035</v>
       </c>
       <c r="G21" s="75">
         <v>85384.107874153444</v>
       </c>
       <c r="H21" s="75">
         <v>84498.583206663141</v>
       </c>
       <c r="I21" s="75">
         <v>88533.022723453731</v>
       </c>
       <c r="J21" s="75">
         <v>87765.93015055664</v>
       </c>
       <c r="K21" s="75">
         <v>87990.192688595504</v>
       </c>
       <c r="L21" s="75">
         <v>88194.284639787482</v>
       </c>
       <c r="M21" s="75">
         <v>90085.843662729923</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N21" s="75">
+        <v>88461.87512149736</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>228</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D22" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E22" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F22" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G22" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H22" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I22" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J22" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K22" s="76">
         <v>9377.1471511379023</v>
       </c>
       <c r="L22" s="76">
         <v>9051.2777374921006</v>
       </c>
       <c r="M22" s="76">
         <v>8567.0709838060411</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N22" s="76">
+        <v>8526.2201772153312</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>229</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D23" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E23" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F23" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G23" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H23" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I23" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J23" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K23" s="76">
         <v>913.88244320999991</v>
       </c>
       <c r="L23" s="76">
         <v>897.50828320000005</v>
       </c>
       <c r="M23" s="76">
         <v>923.9259701499999</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N23" s="76">
+        <v>759.63816635000012</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D24" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E24" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F24" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G24" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H24" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I24" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J24" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K24" s="76">
         <v>6342.1450984305293</v>
       </c>
       <c r="L24" s="76">
         <v>6690.4739985841798</v>
       </c>
       <c r="M24" s="76">
         <v>6693.0289734503403</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N24" s="76">
+        <v>6371.6260116108006</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>231</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="76">
         <v>47275.730985932758</v>
       </c>
       <c r="D25" s="76">
         <v>47033.858168711828</v>
       </c>
       <c r="E25" s="76">
         <v>47646.495943514106</v>
       </c>
       <c r="F25" s="76">
         <v>47822.58187079311</v>
       </c>
       <c r="G25" s="76">
         <v>45652.774950392479</v>
       </c>
       <c r="H25" s="76">
         <v>44261.779958639352</v>
       </c>
       <c r="I25" s="76">
         <v>48124.499574300833</v>
       </c>
       <c r="J25" s="76">
         <v>46881.813187794141</v>
       </c>
       <c r="K25" s="76">
         <v>48036.450977880238</v>
       </c>
       <c r="L25" s="76">
         <v>47829.52671639793</v>
       </c>
       <c r="M25" s="76">
         <v>49753.984885372352</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N25" s="76">
+        <v>49125.996010340881</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>232</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="76">
         <v>22357.09551491015</v>
       </c>
       <c r="D26" s="76">
         <v>22472.100758939607</v>
       </c>
       <c r="E26" s="76">
         <v>22630.970096546207</v>
       </c>
       <c r="F26" s="76">
         <v>22868.872873796048</v>
       </c>
       <c r="G26" s="76">
         <v>22807.665258832629</v>
       </c>
       <c r="H26" s="76">
         <v>23306.369154240874</v>
       </c>
       <c r="I26" s="76">
         <v>23278.012968939875</v>
       </c>
       <c r="J26" s="76">
         <v>23275.006412962997</v>
       </c>
       <c r="K26" s="76">
         <v>23320.567017936832</v>
       </c>
       <c r="L26" s="76">
         <v>23725.497904113272</v>
       </c>
       <c r="M26" s="76">
         <v>24147.832849951181</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" s="8" customFormat="1" ht="14.4">
+      <c r="N26" s="76">
+        <v>23678.394755980353</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="8" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>233</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="76">
         <v>0</v>
       </c>
       <c r="D27" s="76">
         <v>0</v>
       </c>
       <c r="E27" s="76">
         <v>0</v>
       </c>
       <c r="F27" s="76">
         <v>0</v>
       </c>
       <c r="G27" s="76">
         <v>0</v>
       </c>
       <c r="H27" s="76">
         <v>0</v>
       </c>
       <c r="I27" s="76">
         <v>0</v>
       </c>
       <c r="J27" s="76">
         <v>0</v>
       </c>
       <c r="K27" s="76">
         <v>0</v>
       </c>
       <c r="L27" s="76">
         <v>0</v>
       </c>
       <c r="M27" s="76">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N27" s="76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A28" s="17" t="s">
         <v>234</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D28" s="75">
         <v>68655.759520619409</v>
       </c>
       <c r="E28" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F28" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G28" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H28" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I28" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J28" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K28" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L28" s="75">
         <v>75440.879208858183</v>
       </c>
       <c r="M28" s="75">
         <v>75869.772948239697</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N28" s="75">
+        <v>75471.12744917383</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A29" s="17" t="s">
         <v>235</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D29" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E29" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F29" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G29" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H29" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I29" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J29" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K29" s="76">
         <v>8283.6422790124998</v>
       </c>
       <c r="L29" s="76">
         <v>8369.2638716907004</v>
       </c>
       <c r="M29" s="76">
         <v>8349.9444206807002</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N29" s="76">
+        <v>8364.1653258088991</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A30" s="17" t="s">
         <v>236</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D30" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E30" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F30" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G30" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H30" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I30" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J30" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K30" s="76">
         <v>859.45124280720017</v>
       </c>
       <c r="L30" s="76">
         <v>955.14125423860003</v>
       </c>
       <c r="M30" s="76">
         <v>845.76398001859991</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N30" s="76">
+        <v>949.51068629989993</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A31" s="17" t="s">
         <v>237</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D31" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E31" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F31" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G31" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H31" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I31" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J31" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K31" s="76">
         <v>7012.5692745376</v>
       </c>
       <c r="L31" s="76">
         <v>7199.2787957763003</v>
       </c>
       <c r="M31" s="76">
         <v>7467.0750851462999</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N31" s="76">
+        <v>7493.9260411940004</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A32" s="17" t="s">
         <v>238</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="76">
         <v>24423.234781180123</v>
       </c>
       <c r="D32" s="76">
         <v>24379.371848056617</v>
       </c>
       <c r="E32" s="76">
         <v>25946.887103848203</v>
       </c>
       <c r="F32" s="76">
         <v>26666.68300412238</v>
       </c>
       <c r="G32" s="76">
         <v>25932.444760280301</v>
       </c>
       <c r="H32" s="76">
         <v>25389.668079602798</v>
       </c>
       <c r="I32" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J32" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K32" s="76">
         <v>27170.207519659762</v>
       </c>
       <c r="L32" s="76">
         <v>26959.327219483945</v>
       </c>
       <c r="M32" s="76">
         <v>26864.554737827224</v>
       </c>
-    </row>
-    <row r="33" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N32" s="76">
+        <v>26670.952787022179</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A33" s="17" t="s">
         <v>239</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="76">
         <v>29356.721581289392</v>
       </c>
       <c r="D33" s="76">
         <v>29684.832669614887</v>
       </c>
       <c r="E33" s="76">
         <v>30040.908639685887</v>
       </c>
       <c r="F33" s="76">
         <v>30469.565829071718</v>
       </c>
       <c r="G33" s="76">
         <v>30682.642035835615</v>
       </c>
       <c r="H33" s="76">
         <v>30792.912637257512</v>
       </c>
       <c r="I33" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J33" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K33" s="76">
         <v>32372.413888329374</v>
       </c>
       <c r="L33" s="76">
         <v>31957.868067668631</v>
       </c>
       <c r="M33" s="76">
         <v>32342.434724566883</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N33" s="76">
+        <v>31992.572608848845</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>240</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="75">
         <v>0</v>
       </c>
       <c r="D34" s="75">
         <v>0</v>
       </c>
       <c r="E34" s="75">
         <v>0</v>
       </c>
       <c r="F34" s="75">
         <v>0</v>
       </c>
       <c r="G34" s="75">
         <v>0</v>
       </c>
       <c r="H34" s="75">
         <v>0</v>
       </c>
       <c r="I34" s="75">
         <v>0</v>
       </c>
       <c r="J34" s="75">
         <v>0</v>
       </c>
       <c r="K34" s="75">
         <v>0</v>
       </c>
       <c r="L34" s="75">
         <v>0</v>
       </c>
       <c r="M34" s="75">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N34" s="75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A35" s="17" t="s">
         <v>241</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="75">
         <v>8843.2621185477692</v>
       </c>
       <c r="D35" s="75">
         <v>9552.4249051543393</v>
       </c>
       <c r="E35" s="75">
         <v>8267.4806478985029</v>
       </c>
       <c r="F35" s="75">
         <v>7982.5745370839777</v>
       </c>
       <c r="G35" s="75">
         <v>8813.640199888805</v>
       </c>
       <c r="H35" s="75">
         <v>8942.371293093207</v>
       </c>
       <c r="I35" s="75">
         <v>7811.5406047201386</v>
       </c>
       <c r="J35" s="75">
         <v>8161.0738855850268</v>
       </c>
       <c r="K35" s="75">
         <v>9288.7369485662202</v>
       </c>
       <c r="L35" s="75">
         <v>10527.732637283169</v>
       </c>
       <c r="M35" s="75">
         <v>9518.0732359268859</v>
       </c>
-    </row>
-    <row r="36" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N35" s="75">
+        <v>9848.9675479324305</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A36" s="17" t="s">
         <v>306</v>
       </c>
       <c r="B36" s="30" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="75">
         <v>38616.512782226724</v>
       </c>
       <c r="D36" s="75">
         <v>38907.916049041582</v>
       </c>
       <c r="E36" s="75">
         <v>38586.821818660217</v>
       </c>
       <c r="F36" s="75">
         <v>38588.031157347854</v>
       </c>
       <c r="G36" s="75">
         <v>37614.089117895361</v>
       </c>
       <c r="H36" s="75">
         <v>37918.56509942191</v>
       </c>
       <c r="I36" s="75">
         <v>37329.018978545471</v>
       </c>
       <c r="J36" s="75">
         <v>38440.880438409702</v>
       </c>
       <c r="K36" s="75">
         <v>39493.609386903365</v>
       </c>
       <c r="L36" s="75">
         <v>41076.507575391865</v>
       </c>
       <c r="M36" s="75">
         <v>42623.528079081349</v>
       </c>
-    </row>
-    <row r="37" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N36" s="75">
+        <v>43775.607674792103</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A37" s="17" t="s">
         <v>242</v>
       </c>
       <c r="B37" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="75">
         <v>217.37200000000001</v>
       </c>
       <c r="D37" s="75">
         <v>218.90299999999999</v>
       </c>
       <c r="E37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="F37" s="75">
         <v>214.62899999999999</v>
       </c>
       <c r="G37" s="75">
         <v>206.00700000000001</v>
       </c>
       <c r="H37" s="75">
         <v>202.81700000000001</v>
       </c>
       <c r="I37" s="75">
         <v>200.13300000000001</v>
       </c>
       <c r="J37" s="75">
         <v>210.50299999999999</v>
       </c>
       <c r="K37" s="75">
         <v>217.39699999999999</v>
       </c>
       <c r="L37" s="75">
         <v>218.07499999999999</v>
       </c>
       <c r="M37" s="75">
         <v>219.67400000000001</v>
       </c>
-    </row>
-    <row r="38" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N37" s="75">
+        <v>216.374</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A38" s="17" t="s">
         <v>243</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="75">
         <v>201.03761451</v>
       </c>
       <c r="D38" s="75">
         <v>208.48768568999998</v>
       </c>
       <c r="E38" s="75">
         <v>224.80110109999998</v>
       </c>
       <c r="F38" s="75">
         <v>248.69799896000001</v>
       </c>
       <c r="G38" s="75">
         <v>309.47571665999999</v>
       </c>
       <c r="H38" s="75">
         <v>327.35028055999999</v>
       </c>
       <c r="I38" s="75">
         <v>309.87405195000002</v>
       </c>
       <c r="J38" s="75">
         <v>284.65370315000001</v>
       </c>
       <c r="K38" s="75">
         <v>298.70443951000004</v>
       </c>
       <c r="L38" s="75">
         <v>272.38309644000003</v>
       </c>
       <c r="M38" s="75">
         <v>264.93751615999997</v>
       </c>
-    </row>
-    <row r="39" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N38" s="75">
+        <v>224.5393488</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A39" s="17" t="s">
         <v>244</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="75">
         <v>42011.131981385945</v>
       </c>
       <c r="D39" s="75">
         <v>41391.984917523929</v>
       </c>
       <c r="E39" s="75">
         <v>41442.869889234426</v>
       </c>
       <c r="F39" s="75">
         <v>41344.310297824435</v>
       </c>
       <c r="G39" s="75">
         <v>41488.313269044433</v>
       </c>
       <c r="H39" s="75">
         <v>41802.038219025104</v>
       </c>
       <c r="I39" s="75">
         <v>42507.738358314426</v>
       </c>
       <c r="J39" s="75">
         <v>42195.965395044426</v>
       </c>
       <c r="K39" s="75">
         <v>41277.944907634432</v>
       </c>
       <c r="L39" s="75">
         <v>41839.486131790007</v>
       </c>
       <c r="M39" s="75">
         <v>42564.345931880001</v>
       </c>
-    </row>
-    <row r="40" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N39" s="75">
+        <v>42077.094949389997</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A40" s="17" t="s">
         <v>245</v>
       </c>
       <c r="B40" s="30" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="75">
         <v>-9948.9936545370765</v>
       </c>
       <c r="D40" s="75">
         <v>-7451.4868485114412</v>
       </c>
       <c r="E40" s="75">
         <v>-1037.936368986816</v>
       </c>
       <c r="F40" s="75">
         <v>-4408.5820566837228</v>
       </c>
       <c r="G40" s="75">
         <v>-6243.597354716916</v>
       </c>
       <c r="H40" s="75">
         <v>-7336.8139178239489</v>
       </c>
       <c r="I40" s="75">
         <v>-5654.1884292341956</v>
       </c>
       <c r="J40" s="75">
         <v>-6559.9879750974405</v>
       </c>
       <c r="K40" s="75">
         <v>-5484.4826880147166</v>
       </c>
       <c r="L40" s="75">
         <v>-8740.1565728027781</v>
       </c>
       <c r="M40" s="75">
         <v>-9025.3094387658566</v>
       </c>
-    </row>
-    <row r="41" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N40" s="75">
+        <v>-9155.6189075626498</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A41" s="17"/>
       <c r="B41" s="57" t="s">
         <v>316</v>
       </c>
       <c r="C41" s="75">
         <v>-5334.2619305900025</v>
       </c>
       <c r="D41" s="75">
         <v>-5378.1851700299985</v>
       </c>
       <c r="E41" s="75">
         <v>1376.6536065060011</v>
       </c>
       <c r="F41" s="75">
         <v>957.94503431999874</v>
       </c>
       <c r="G41" s="75">
         <v>353.25197571000183</v>
       </c>
       <c r="H41" s="75">
         <v>109.60919879999349</v>
       </c>
       <c r="I41" s="75">
         <v>643.27384078000739</v>
       </c>
       <c r="J41" s="75">
         <v>85.958076450006956</v>
       </c>
       <c r="K41" s="75">
         <v>40.388143698889735</v>
       </c>
       <c r="L41" s="75">
         <v>-380.32994747299006</v>
       </c>
       <c r="M41" s="75">
         <v>-346.97124353295021</v>
       </c>
-    </row>
-    <row r="42" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N41" s="75">
+        <v>-15.141183089992296</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A42" s="17"/>
       <c r="B42" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C42" s="75">
         <v>-902.50705726764704</v>
       </c>
       <c r="D42" s="75">
         <v>-391.88099224043583</v>
       </c>
       <c r="E42" s="75">
         <v>695.15734188233273</v>
       </c>
       <c r="F42" s="75">
         <v>236.40646757358863</v>
       </c>
       <c r="G42" s="75">
         <v>-316.87689978268111</v>
       </c>
       <c r="H42" s="75">
         <v>-285.85559677964761</v>
       </c>
       <c r="I42" s="75">
         <v>-456.29249307931809</v>
       </c>
       <c r="J42" s="75">
         <v>-529.13593910592829</v>
       </c>
       <c r="K42" s="75">
         <v>-704.05345412886743</v>
       </c>
       <c r="L42" s="75">
         <v>-801.97631740873192</v>
       </c>
       <c r="M42" s="75">
         <v>-836.43738373848385</v>
       </c>
-    </row>
-    <row r="43" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N42" s="75">
+        <v>-525.19602051468894</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A43" s="17" t="s">
         <v>246</v>
       </c>
       <c r="B43" s="57" t="s">
         <v>317</v>
       </c>
       <c r="C43" s="75">
         <v>-3712.2246666794272</v>
       </c>
       <c r="D43" s="75">
         <v>-1681.4206862410065</v>
       </c>
       <c r="E43" s="75">
         <v>-3109.7473173751496</v>
       </c>
       <c r="F43" s="75">
         <v>-5602.9335585773097</v>
       </c>
       <c r="G43" s="75">
         <v>-6279.9724306442367</v>
       </c>
       <c r="H43" s="75">
         <v>-7160.567519844295</v>
       </c>
       <c r="I43" s="75">
         <v>-5841.1697769348848</v>
       </c>
       <c r="J43" s="75">
         <v>-6116.8101124415189</v>
       </c>
       <c r="K43" s="75">
         <v>-4820.817377584739</v>
       </c>
       <c r="L43" s="75">
         <v>-7557.8503079210568</v>
       </c>
       <c r="M43" s="75">
         <v>-7841.9008114944218</v>
       </c>
-    </row>
-    <row r="44" spans="1:13" ht="13.8">
+      <c r="N43" s="75">
+        <v>-8615.2817039579695</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="13.8">
       <c r="A44" s="17"/>
       <c r="B44" s="31"/>
       <c r="C44" s="72"/>
       <c r="D44" s="72"/>
       <c r="E44" s="72"/>
       <c r="F44" s="72"/>
       <c r="G44" s="72"/>
       <c r="H44" s="72"/>
       <c r="I44" s="72"/>
       <c r="J44" s="72"/>
       <c r="K44" s="72"/>
       <c r="L44" s="72"/>
       <c r="M44" s="72"/>
-    </row>
-    <row r="45" spans="1:13" s="4" customFormat="1" ht="13.8">
+      <c r="N44" s="72"/>
+    </row>
+    <row r="45" spans="1:14" s="4" customFormat="1" ht="13.8">
       <c r="A45" s="17"/>
       <c r="B45" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="72">
         <v>-0.5025056611848413</v>
       </c>
       <c r="D45" s="72">
         <v>-1.1861698329821593</v>
       </c>
       <c r="E45" s="72">
         <v>-1.2579588153266741</v>
       </c>
       <c r="F45" s="72">
         <v>-0.58010742581791419</v>
       </c>
       <c r="G45" s="72">
         <v>0.88312529391623684</v>
       </c>
       <c r="H45" s="72">
         <v>-1.8602083351343026</v>
       </c>
       <c r="I45" s="72">
         <v>1.5206598484282949</v>
       </c>
       <c r="J45" s="72">
         <v>1.0503503487207126</v>
       </c>
       <c r="K45" s="72">
         <v>1.1000000000000001</v>
       </c>
       <c r="L45" s="72">
         <v>1.0523482253629481</v>
       </c>
       <c r="M45" s="72">
         <v>0.93893273267167388</v>
       </c>
-    </row>
-    <row r="46" spans="1:13" ht="13.8">
+      <c r="N45" s="72">
+        <v>0.92875305338748149</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" ht="13.8">
       <c r="A46" s="18"/>
       <c r="B46" s="38"/>
       <c r="C46" s="69"/>
       <c r="D46" s="69"/>
       <c r="E46" s="69"/>
       <c r="F46" s="69"/>
       <c r="G46" s="69"/>
       <c r="H46" s="69"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="69"/>
       <c r="L46" s="69"/>
       <c r="M46" s="69"/>
-    </row>
-    <row r="47" spans="1:13" ht="13.8">
+      <c r="N46" s="69"/>
+    </row>
+    <row r="47" spans="1:14" ht="13.8">
       <c r="A47" s="8"/>
       <c r="B47" s="27"/>
     </row>
-    <row r="48" spans="1:13" ht="13.8">
+    <row r="48" spans="1:14" ht="13.8">
       <c r="A48" s="8"/>
       <c r="B48" s="27"/>
     </row>
     <row r="49" spans="1:2" ht="13.8">
       <c r="A49" s="8"/>
       <c r="B49" s="27"/>
     </row>
     <row r="50" spans="1:2" ht="13.8">
       <c r="A50" s="8"/>
       <c r="B50" s="27"/>
     </row>
     <row r="51" spans="1:2" ht="13.8">
       <c r="A51" s="8"/>
       <c r="B51" s="27"/>
     </row>
     <row r="52" spans="1:2" ht="13.8">
       <c r="A52" s="8"/>
       <c r="B52" s="27"/>
     </row>
     <row r="53" spans="1:2" ht="13.8">
       <c r="A53" s="8"/>
       <c r="B53" s="27"/>
     </row>
     <row r="54" spans="1:2" ht="13.8">
       <c r="A54" s="8"/>
@@ -13469,58 +13943,58 @@
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="1057" divId="Set of Tables_1057" sourceType="range" sourceRef="B1:B46" destinationFile="I:\internet\StatisticalTables\Monetary Data\Monetary Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AYM457"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="H6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
-      <selection pane="bottomRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="bottomRight" activeCell="T19" sqref="T19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="20.6640625" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="50.33203125" customWidth="1"/>
-    <col min="3" max="13" width="11.33203125" customWidth="1"/>
+    <col min="3" max="14" width="11.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:299" ht="13.8">
       <c r="B1" s="24" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="2" spans="1:299" ht="13.8">
       <c r="B2" s="24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:299" ht="14.4" thickBot="1">
       <c r="B3" s="27"/>
     </row>
     <row r="4" spans="1:299" s="6" customFormat="1" ht="13.8">
       <c r="A4" s="50"/>
       <c r="B4" s="62" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="70">
         <v>45688</v>
       </c>
       <c r="D4" s="70">
         <v>45716</v>
@@ -13530,51 +14004,53 @@
       </c>
       <c r="F4" s="70">
         <v>45777</v>
       </c>
       <c r="G4" s="70">
         <v>45808</v>
       </c>
       <c r="H4" s="90">
         <v>45838</v>
       </c>
       <c r="I4" s="70">
         <v>45869</v>
       </c>
       <c r="J4" s="70">
         <v>45900</v>
       </c>
       <c r="K4" s="70">
         <v>45930</v>
       </c>
       <c r="L4" s="70">
         <v>45961</v>
       </c>
       <c r="M4" s="70">
         <v>45991</v>
       </c>
-      <c r="N4"/>
+      <c r="N4" s="70">
+        <v>46022</v>
+      </c>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
@@ -13831,420 +14307,447 @@
       <c r="KD4"/>
       <c r="KE4"/>
       <c r="KF4"/>
       <c r="KG4"/>
       <c r="KH4"/>
       <c r="KI4"/>
       <c r="KJ4"/>
       <c r="KK4"/>
       <c r="KL4"/>
       <c r="KM4"/>
     </row>
     <row r="5" spans="1:299" ht="13.8">
       <c r="A5" s="51"/>
       <c r="B5" s="61"/>
       <c r="C5" s="71"/>
       <c r="D5" s="71"/>
       <c r="E5" s="71"/>
       <c r="F5" s="71"/>
       <c r="G5" s="71"/>
       <c r="H5" s="91"/>
       <c r="I5" s="71"/>
       <c r="J5" s="71"/>
       <c r="K5" s="71"/>
       <c r="L5" s="71"/>
       <c r="M5" s="71"/>
+      <c r="N5" s="71"/>
     </row>
     <row r="6" spans="1:299" s="2" customFormat="1" ht="13.8">
       <c r="A6" s="58" t="s">
         <v>247</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>73</v>
       </c>
       <c r="C6" s="84">
         <v>121933.31282797406</v>
       </c>
       <c r="D6" s="84">
         <v>121649.65126008663</v>
       </c>
       <c r="E6" s="84">
         <v>122035.1935081332</v>
       </c>
       <c r="F6" s="84">
         <v>121895.9264496525</v>
       </c>
       <c r="G6" s="84">
         <v>122497.32165338506</v>
       </c>
       <c r="H6" s="92">
         <v>123609.4339708609</v>
       </c>
       <c r="I6" s="84">
         <v>125987.36676419305</v>
       </c>
       <c r="J6" s="84">
         <v>126607.76387203124</v>
       </c>
       <c r="K6" s="84">
         <v>126583.21592723204</v>
       </c>
       <c r="L6" s="84">
         <v>131020.49255219812</v>
       </c>
       <c r="M6" s="84">
         <v>132404.27659634606</v>
       </c>
+      <c r="N6" s="84">
+        <v>132404.28869558242</v>
+      </c>
     </row>
     <row r="7" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A7" s="58" t="s">
         <v>248</v>
       </c>
       <c r="B7" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="85">
         <v>5.4461030000000001E-2</v>
       </c>
       <c r="D7" s="85">
         <v>8.3304520000000007E-2</v>
       </c>
       <c r="E7" s="85">
         <v>7.8685469999999993E-2</v>
       </c>
       <c r="F7" s="85">
         <v>0.10366491000000001</v>
       </c>
       <c r="G7" s="85">
         <v>6.3773050000000012E-2</v>
       </c>
       <c r="H7" s="93">
         <v>4.2884430000000001E-2</v>
       </c>
       <c r="I7" s="85">
         <v>6.2463310000000001E-2</v>
       </c>
       <c r="J7" s="85">
         <v>0.15392231000000001</v>
       </c>
       <c r="K7" s="85">
         <v>7.4851110000000012E-2</v>
       </c>
       <c r="L7" s="85">
         <v>7.4351790000000001E-2</v>
       </c>
       <c r="M7" s="85">
         <v>5.9539989999999994E-2</v>
       </c>
+      <c r="N7" s="85">
+        <v>8.0993280000000001E-2</v>
+      </c>
     </row>
     <row r="8" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A8" s="58" t="s">
         <v>249</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="85">
         <v>8.9467379999999999</v>
       </c>
       <c r="D8" s="85">
         <v>9.0162600000000008</v>
       </c>
       <c r="E8" s="85">
         <v>8.7868206099999995</v>
       </c>
       <c r="F8" s="85">
         <v>8.6528032300000017</v>
       </c>
       <c r="G8" s="85">
         <v>8.6216938299999999</v>
       </c>
       <c r="H8" s="93">
         <v>8.5458793800000006</v>
       </c>
       <c r="I8" s="85">
         <v>8.4531087000000014</v>
       </c>
       <c r="J8" s="85">
         <v>8.3738598199999998</v>
       </c>
       <c r="K8" s="85">
         <v>8.3509951700000027</v>
       </c>
       <c r="L8" s="85">
         <v>8.1852912499999988</v>
       </c>
       <c r="M8" s="85">
         <v>8.2745463600000004</v>
       </c>
+      <c r="N8" s="85">
+        <v>491.98988734</v>
+      </c>
     </row>
     <row r="9" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A9" s="58" t="s">
         <v>250</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="85">
         <v>1408.9934549300001</v>
       </c>
       <c r="D9" s="85">
         <v>1417.11463794</v>
       </c>
       <c r="E9" s="85">
         <v>1417.3097906099997</v>
       </c>
       <c r="F9" s="85">
         <v>1406.9155921400002</v>
       </c>
       <c r="G9" s="85">
         <v>1420.6594364500002</v>
       </c>
       <c r="H9" s="93">
         <v>1416.31099739</v>
       </c>
       <c r="I9" s="85">
         <v>1407.14279207</v>
       </c>
       <c r="J9" s="85">
         <v>1418.2883204499999</v>
       </c>
       <c r="K9" s="85">
         <v>1416.0499979199999</v>
       </c>
       <c r="L9" s="85">
         <v>1430.4996988800001</v>
       </c>
       <c r="M9" s="85">
         <v>1452.47918108</v>
       </c>
+      <c r="N9" s="85">
+        <v>1426.3043347200003</v>
+      </c>
     </row>
     <row r="10" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A10" s="58" t="s">
         <v>251</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="85">
         <v>24.844961180000002</v>
       </c>
       <c r="D10" s="85">
         <v>17.426680320000006</v>
       </c>
       <c r="E10" s="85">
         <v>28.459076660000022</v>
       </c>
       <c r="F10" s="85">
         <v>17.546160280000002</v>
       </c>
       <c r="G10" s="85">
         <v>15.659979589999999</v>
       </c>
       <c r="H10" s="93">
         <v>15.325546250000006</v>
       </c>
       <c r="I10" s="85">
         <v>29.855149320000006</v>
       </c>
       <c r="J10" s="85">
         <v>18.958217020000003</v>
       </c>
       <c r="K10" s="85">
         <v>27.306414710000031</v>
       </c>
       <c r="L10" s="85">
         <v>5295.9800899299998</v>
       </c>
       <c r="M10" s="85">
         <v>5343.655839850001</v>
       </c>
+      <c r="N10" s="85">
+        <v>5353.3465996400009</v>
+      </c>
     </row>
     <row r="11" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="58" t="s">
         <v>252</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="85">
         <v>173.62583335000002</v>
       </c>
       <c r="D11" s="85">
         <v>170.5016074799999</v>
       </c>
       <c r="E11" s="85">
         <v>168.58132321999992</v>
       </c>
       <c r="F11" s="85">
         <v>165.32547176000006</v>
       </c>
       <c r="G11" s="85">
         <v>162.3687996700001</v>
       </c>
       <c r="H11" s="93">
         <v>158.59867292000007</v>
       </c>
       <c r="I11" s="85">
         <v>158.38049620000001</v>
       </c>
       <c r="J11" s="85">
         <v>159.42183500000007</v>
       </c>
       <c r="K11" s="85">
         <v>108.5073112800001</v>
       </c>
       <c r="L11" s="85">
         <v>109.75725496000015</v>
       </c>
       <c r="M11" s="85">
         <v>108.11087531</v>
       </c>
+      <c r="N11" s="85">
+        <v>114.93021484999997</v>
+      </c>
     </row>
     <row r="12" spans="1:299" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="58" t="s">
         <v>253</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>312</v>
       </c>
       <c r="C12" s="85">
         <v>1645.73734977</v>
       </c>
       <c r="D12" s="85">
         <v>1842.1602757800003</v>
       </c>
       <c r="E12" s="85">
         <v>1555.1292601369778</v>
       </c>
       <c r="F12" s="85">
         <v>1421.4786610799999</v>
       </c>
       <c r="G12" s="85">
         <v>1380.0463351020198</v>
       </c>
       <c r="H12" s="93">
         <v>1438.7174992995799</v>
       </c>
       <c r="I12" s="85">
         <v>1403.5037298400002</v>
       </c>
       <c r="J12" s="85">
         <v>1348.1430368699998</v>
       </c>
       <c r="K12" s="85">
         <v>1794.9798241613232</v>
       </c>
       <c r="L12" s="85">
         <v>1673.8462314600001</v>
       </c>
       <c r="M12" s="85">
         <v>1745.9537513588355</v>
       </c>
+      <c r="N12" s="85">
+        <v>1699.98987893</v>
+      </c>
     </row>
     <row r="13" spans="1:299" ht="13.8">
       <c r="A13" s="58" t="s">
         <v>254</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>311</v>
       </c>
       <c r="C13" s="84">
         <v>49329.29150827734</v>
       </c>
       <c r="D13" s="84">
         <v>48980.797192543279</v>
       </c>
       <c r="E13" s="84">
         <v>49591.433608531057</v>
       </c>
       <c r="F13" s="84">
         <v>49584.34384149636</v>
       </c>
       <c r="G13" s="84">
         <v>50086.440642513626</v>
       </c>
       <c r="H13" s="92">
         <v>50888.992673965804</v>
       </c>
       <c r="I13" s="84">
         <v>50545.942260501572</v>
       </c>
       <c r="J13" s="84">
         <v>50912.343687878914</v>
       </c>
       <c r="K13" s="84">
         <v>51179.308299577177</v>
       </c>
       <c r="L13" s="84">
         <v>50721.016669537057</v>
       </c>
       <c r="M13" s="84">
         <v>51323.865272318886</v>
       </c>
+      <c r="N13" s="84">
+        <v>51747.610387839231</v>
+      </c>
     </row>
     <row r="14" spans="1:299" s="53" customFormat="1" ht="13.8">
       <c r="A14" s="59" t="s">
         <v>255</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="85">
         <v>42971.693629738285</v>
       </c>
       <c r="D14" s="85">
         <v>42626.645420381421</v>
       </c>
       <c r="E14" s="85">
         <v>43102.298046088516</v>
       </c>
       <c r="F14" s="85">
         <v>43034.433062785538</v>
       </c>
       <c r="G14" s="85">
         <v>43566.172259073057</v>
       </c>
       <c r="H14" s="93">
         <v>43919.047042883569</v>
       </c>
       <c r="I14" s="85">
         <v>43506.048612670747</v>
       </c>
       <c r="J14" s="85">
         <v>43774.4909941441</v>
       </c>
       <c r="K14" s="85">
         <v>43651.627694514493</v>
       </c>
       <c r="L14" s="85">
         <v>43079.009904630315</v>
       </c>
       <c r="M14" s="85">
         <v>43666.892913060488</v>
       </c>
-      <c r="N14" s="8"/>
+      <c r="N14" s="85">
+        <v>43947.990756647378</v>
+      </c>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="8"/>
       <c r="U14" s="8"/>
       <c r="V14" s="8"/>
       <c r="W14" s="8"/>
       <c r="X14" s="8"/>
       <c r="Y14" s="8"/>
       <c r="Z14" s="8"/>
       <c r="AA14" s="8"/>
       <c r="AB14" s="8"/>
       <c r="AC14" s="8"/>
       <c r="AD14" s="8"/>
       <c r="AE14" s="8"/>
       <c r="AF14" s="8"/>
       <c r="AG14" s="8"/>
       <c r="AH14" s="8"/>
       <c r="AI14" s="8"/>
       <c r="AJ14" s="8"/>
       <c r="AK14" s="8"/>
       <c r="AL14" s="8"/>
       <c r="AM14" s="8"/>
@@ -14527,51 +15030,53 @@
       </c>
       <c r="F15" s="85">
         <v>878.53621598227653</v>
       </c>
       <c r="G15" s="85">
         <v>878.41169828234399</v>
       </c>
       <c r="H15" s="93">
         <v>915.65840747185689</v>
       </c>
       <c r="I15" s="85">
         <v>915.03760994640459</v>
       </c>
       <c r="J15" s="85">
         <v>910.95073800567309</v>
       </c>
       <c r="K15" s="85">
         <v>910.97701931078177</v>
       </c>
       <c r="L15" s="85">
         <v>910.85363966511056</v>
       </c>
       <c r="M15" s="85">
         <v>911.35897010757742</v>
       </c>
-      <c r="N15" s="8"/>
+      <c r="N15" s="85">
+        <v>916.80761678402553</v>
+      </c>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="8"/>
       <c r="U15" s="8"/>
       <c r="V15" s="8"/>
       <c r="W15" s="8"/>
       <c r="X15" s="8"/>
       <c r="Y15" s="8"/>
       <c r="Z15" s="8"/>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
       <c r="AC15" s="8"/>
       <c r="AD15" s="8"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8"/>
       <c r="AG15" s="8"/>
       <c r="AH15" s="8"/>
       <c r="AI15" s="8"/>
       <c r="AJ15" s="8"/>
       <c r="AK15" s="8"/>
       <c r="AL15" s="8"/>
       <c r="AM15" s="8"/>
@@ -14854,51 +15359,53 @@
       </c>
       <c r="F16" s="85">
         <v>12345.667055045107</v>
       </c>
       <c r="G16" s="85">
         <v>12311.599578025412</v>
       </c>
       <c r="H16" s="93">
         <v>12252.976037735289</v>
       </c>
       <c r="I16" s="85">
         <v>12439.224344850811</v>
       </c>
       <c r="J16" s="85">
         <v>12499.651353434985</v>
       </c>
       <c r="K16" s="85">
         <v>12470.872762703766</v>
       </c>
       <c r="L16" s="85">
         <v>12350.058551252489</v>
       </c>
       <c r="M16" s="85">
         <v>12466.378348424627</v>
       </c>
-      <c r="N16" s="8"/>
+      <c r="N16" s="85">
+        <v>12723.531189648749</v>
+      </c>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="8"/>
       <c r="V16" s="8"/>
       <c r="W16" s="8"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="8"/>
       <c r="AC16" s="8"/>
       <c r="AD16" s="8"/>
       <c r="AE16" s="8"/>
       <c r="AF16" s="8"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="8"/>
       <c r="AL16" s="8"/>
       <c r="AM16" s="8"/>
@@ -15181,51 +15688,53 @@
       </c>
       <c r="F17" s="85">
         <v>2099.7867101369416</v>
       </c>
       <c r="G17" s="85">
         <v>2051.0096448049521</v>
       </c>
       <c r="H17" s="93">
         <v>2061.3954568106806</v>
       </c>
       <c r="I17" s="85">
         <v>2093.9126359627048</v>
       </c>
       <c r="J17" s="85">
         <v>2465.9719980242994</v>
       </c>
       <c r="K17" s="85">
         <v>2392.1827906522644</v>
       </c>
       <c r="L17" s="85">
         <v>2273.5013021133022</v>
       </c>
       <c r="M17" s="85">
         <v>2212.1782410437418</v>
       </c>
-      <c r="N17" s="8"/>
+      <c r="N17" s="85">
+        <v>2245.3125855244343</v>
+      </c>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
       <c r="V17" s="8"/>
       <c r="W17" s="8"/>
       <c r="X17" s="8"/>
       <c r="Y17" s="8"/>
       <c r="Z17" s="8"/>
       <c r="AA17" s="8"/>
       <c r="AB17" s="8"/>
       <c r="AC17" s="8"/>
       <c r="AD17" s="8"/>
       <c r="AE17" s="8"/>
       <c r="AF17" s="8"/>
       <c r="AG17" s="8"/>
       <c r="AH17" s="8"/>
       <c r="AI17" s="8"/>
       <c r="AJ17" s="8"/>
       <c r="AK17" s="8"/>
       <c r="AL17" s="8"/>
       <c r="AM17" s="8"/>
@@ -15508,51 +16017,53 @@
       </c>
       <c r="F18" s="85">
         <v>10245.880344908166</v>
       </c>
       <c r="G18" s="85">
         <v>10260.589933220461</v>
       </c>
       <c r="H18" s="93">
         <v>10191.580580924609</v>
       </c>
       <c r="I18" s="85">
         <v>10345.311708888106</v>
       </c>
       <c r="J18" s="85">
         <v>10033.679355410686</v>
       </c>
       <c r="K18" s="85">
         <v>10078.689972051501</v>
       </c>
       <c r="L18" s="85">
         <v>10076.557249139187</v>
       </c>
       <c r="M18" s="85">
         <v>10254.200107380886</v>
       </c>
-      <c r="N18" s="8"/>
+      <c r="N18" s="85">
+        <v>10478.218604124315</v>
+      </c>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="8"/>
       <c r="U18" s="8"/>
       <c r="V18" s="8"/>
       <c r="W18" s="8"/>
       <c r="X18" s="8"/>
       <c r="Y18" s="8"/>
       <c r="Z18" s="8"/>
       <c r="AA18" s="8"/>
       <c r="AB18" s="8"/>
       <c r="AC18" s="8"/>
       <c r="AD18" s="8"/>
       <c r="AE18" s="8"/>
       <c r="AF18" s="8"/>
       <c r="AG18" s="8"/>
       <c r="AH18" s="8"/>
       <c r="AI18" s="8"/>
       <c r="AJ18" s="8"/>
       <c r="AK18" s="8"/>
       <c r="AL18" s="8"/>
       <c r="AM18" s="8"/>
@@ -15835,51 +16346,53 @@
       </c>
       <c r="F19" s="85">
         <v>9609.5365150903308</v>
       </c>
       <c r="G19" s="85">
         <v>9638.0189734040305</v>
       </c>
       <c r="H19" s="93">
         <v>10228.313201955742</v>
       </c>
       <c r="I19" s="85">
         <v>10163.369260895141</v>
       </c>
       <c r="J19" s="85">
         <v>10026.641277673998</v>
       </c>
       <c r="K19" s="85">
         <v>10463.813459873043</v>
       </c>
       <c r="L19" s="85">
         <v>10216.021621911494</v>
       </c>
       <c r="M19" s="85">
         <v>10221.704871301023</v>
       </c>
-      <c r="N19" s="8"/>
+      <c r="N19" s="85">
+        <v>9985.933801569663</v>
+      </c>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="8"/>
       <c r="U19" s="8"/>
       <c r="V19" s="8"/>
       <c r="W19" s="8"/>
       <c r="X19" s="8"/>
       <c r="Y19" s="8"/>
       <c r="Z19" s="8"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="8"/>
       <c r="AC19" s="8"/>
       <c r="AD19" s="8"/>
       <c r="AE19" s="8"/>
       <c r="AF19" s="8"/>
       <c r="AG19" s="8"/>
       <c r="AH19" s="8"/>
       <c r="AI19" s="8"/>
       <c r="AJ19" s="8"/>
       <c r="AK19" s="8"/>
       <c r="AL19" s="8"/>
       <c r="AM19" s="8"/>
@@ -16162,51 +16675,53 @@
       </c>
       <c r="F20" s="85">
         <v>20200.693276667822</v>
       </c>
       <c r="G20" s="85">
         <v>20738.142009361269</v>
       </c>
       <c r="H20" s="93">
         <v>20522.099395720681</v>
       </c>
       <c r="I20" s="85">
         <v>19988.417396978388</v>
       </c>
       <c r="J20" s="85">
         <v>20337.247625029442</v>
       </c>
       <c r="K20" s="85">
         <v>19805.964452626904</v>
       </c>
       <c r="L20" s="85">
         <v>19602.076091801227</v>
       </c>
       <c r="M20" s="85">
         <v>20067.450723227263</v>
       </c>
-      <c r="N20" s="8"/>
+      <c r="N20" s="85">
+        <v>20321.718148644934</v>
+      </c>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
       <c r="Z20" s="8"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
       <c r="AC20" s="8"/>
       <c r="AD20" s="8"/>
       <c r="AE20" s="8"/>
       <c r="AF20" s="8"/>
       <c r="AG20" s="8"/>
       <c r="AH20" s="8"/>
       <c r="AI20" s="8"/>
       <c r="AJ20" s="8"/>
       <c r="AK20" s="8"/>
       <c r="AL20" s="8"/>
       <c r="AM20" s="8"/>
@@ -16489,51 +17004,53 @@
       </c>
       <c r="F21" s="85">
         <v>6549.9107787108278</v>
       </c>
       <c r="G21" s="85">
         <v>6520.2683834405689</v>
       </c>
       <c r="H21" s="93">
         <v>6969.9456310822379</v>
       </c>
       <c r="I21" s="85">
         <v>7039.8936478308242</v>
       </c>
       <c r="J21" s="85">
         <v>7137.8526937348151</v>
       </c>
       <c r="K21" s="85">
         <v>7527.6806050626828</v>
       </c>
       <c r="L21" s="85">
         <v>7642.0067649067378</v>
       </c>
       <c r="M21" s="85">
         <v>7656.9723592583996</v>
       </c>
-      <c r="N21" s="8"/>
+      <c r="N21" s="85">
+        <v>7799.6196311918566</v>
+      </c>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="8"/>
       <c r="AC21" s="8"/>
       <c r="AD21" s="8"/>
       <c r="AE21" s="8"/>
       <c r="AF21" s="8"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
       <c r="AK21" s="8"/>
       <c r="AL21" s="8"/>
       <c r="AM21" s="8"/>
@@ -16816,92 +17333,97 @@
       </c>
       <c r="F22" s="84">
         <v>68828.58616624659</v>
       </c>
       <c r="G22" s="84">
         <v>68995.264532638612</v>
       </c>
       <c r="H22" s="92">
         <v>69201.104973975103</v>
       </c>
       <c r="I22" s="84">
         <v>69539.309958713435</v>
       </c>
       <c r="J22" s="84">
         <v>69719.386201994552</v>
       </c>
       <c r="K22" s="84">
         <v>70154.861998463195</v>
       </c>
       <c r="L22" s="84">
         <v>70169.60922249037</v>
       </c>
       <c r="M22" s="84">
         <v>70185.831569871836</v>
       </c>
+      <c r="N22" s="84">
+        <v>70570.297787599833</v>
+      </c>
     </row>
     <row r="23" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A23" s="59" t="s">
         <v>264</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="85">
         <v>60640.205200335091</v>
       </c>
       <c r="D23" s="85">
         <v>60665.947983882237</v>
       </c>
       <c r="E23" s="85">
         <v>60612.877534438594</v>
       </c>
       <c r="F23" s="85">
         <v>60654.835639626763</v>
       </c>
       <c r="G23" s="85">
         <v>60774.234067031924</v>
       </c>
       <c r="H23" s="93">
         <v>60838.27079939437</v>
       </c>
       <c r="I23" s="85">
         <v>61084.284751753294</v>
       </c>
       <c r="J23" s="85">
         <v>61202.407236179359</v>
       </c>
       <c r="K23" s="85">
         <v>61540.53068294828</v>
       </c>
       <c r="L23" s="85">
         <v>61438.776946505212</v>
       </c>
       <c r="M23" s="85">
         <v>61358.439208297874</v>
       </c>
-      <c r="N23"/>
+      <c r="N23" s="85">
+        <v>61607.460477311957</v>
+      </c>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
       <c r="AF23"/>
       <c r="AG23"/>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
       <c r="AL23"/>
       <c r="AM23"/>
@@ -18224,51 +18746,53 @@
       </c>
       <c r="F24" s="85">
         <v>3194.173059650147</v>
       </c>
       <c r="G24" s="85">
         <v>3212.5473724806452</v>
       </c>
       <c r="H24" s="93">
         <v>3183.3002467698007</v>
       </c>
       <c r="I24" s="85">
         <v>3181.0819543036664</v>
       </c>
       <c r="J24" s="85">
         <v>3152.4637021419526</v>
       </c>
       <c r="K24" s="85">
         <v>3046.4866276904631</v>
       </c>
       <c r="L24" s="85">
         <v>3029.2833492477889</v>
       </c>
       <c r="M24" s="85">
         <v>2943.7863353358598</v>
       </c>
-      <c r="N24"/>
+      <c r="N24" s="85">
+        <v>3048.7564277947035</v>
+      </c>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
@@ -19591,51 +20115,53 @@
       </c>
       <c r="F25" s="85">
         <v>42568.5721047685</v>
       </c>
       <c r="G25" s="85">
         <v>42566.97012315935</v>
       </c>
       <c r="H25" s="93">
         <v>42733.842329429812</v>
       </c>
       <c r="I25" s="85">
         <v>42812.55340552485</v>
       </c>
       <c r="J25" s="85">
         <v>42861.445822601709</v>
       </c>
       <c r="K25" s="85">
         <v>42823.7806866061</v>
       </c>
       <c r="L25" s="85">
         <v>42770.867380375079</v>
       </c>
       <c r="M25" s="85">
         <v>42848.995281188661</v>
       </c>
-      <c r="N25"/>
+      <c r="N25" s="85">
+        <v>42861.582829075669</v>
+      </c>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
       <c r="AF25"/>
       <c r="AG25"/>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
       <c r="AL25"/>
       <c r="AM25"/>
@@ -20958,51 +21484,53 @@
       </c>
       <c r="F26" s="85">
         <v>42555.687759368499</v>
       </c>
       <c r="G26" s="85">
         <v>42554.200543859348</v>
       </c>
       <c r="H26" s="93">
         <v>42717.705837559814</v>
       </c>
       <c r="I26" s="85">
         <v>42796.53025526485</v>
       </c>
       <c r="J26" s="85">
         <v>42837.699057371712</v>
       </c>
       <c r="K26" s="85">
         <v>42797.932608946103</v>
       </c>
       <c r="L26" s="85">
         <v>42745.170496875078</v>
       </c>
       <c r="M26" s="85">
         <v>42820.606554418664</v>
       </c>
-      <c r="N26"/>
+      <c r="N26" s="85">
+        <v>42830.293430975667</v>
+      </c>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
@@ -22325,51 +22853,53 @@
       </c>
       <c r="F27" s="85">
         <v>12.884345400000001</v>
       </c>
       <c r="G27" s="85">
         <v>12.769579300000002</v>
       </c>
       <c r="H27" s="93">
         <v>16.13649187</v>
       </c>
       <c r="I27" s="85">
         <v>16.023150260000001</v>
       </c>
       <c r="J27" s="85">
         <v>23.746765230000001</v>
       </c>
       <c r="K27" s="85">
         <v>25.848077660000001</v>
       </c>
       <c r="L27" s="85">
         <v>25.696883499999998</v>
       </c>
       <c r="M27" s="85">
         <v>28.388726770000002</v>
       </c>
-      <c r="N27"/>
+      <c r="N27" s="85">
+        <v>31.289398100000003</v>
+      </c>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
       <c r="AG27"/>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
       <c r="AL27"/>
       <c r="AM27"/>
@@ -23692,51 +24222,53 @@
       </c>
       <c r="F28" s="85">
         <v>2406.0339848143285</v>
       </c>
       <c r="G28" s="85">
         <v>2444.0538437245154</v>
       </c>
       <c r="H28" s="93">
         <v>2257.4558502572831</v>
       </c>
       <c r="I28" s="85">
         <v>2336.7599604691</v>
       </c>
       <c r="J28" s="85">
         <v>2384.3034558625459</v>
       </c>
       <c r="K28" s="85">
         <v>2401.0172740701641</v>
       </c>
       <c r="L28" s="85">
         <v>2389.8026742924712</v>
       </c>
       <c r="M28" s="85">
         <v>2323.8360466531117</v>
       </c>
-      <c r="N28"/>
+      <c r="N28" s="85">
+        <v>2416.881703094205</v>
+      </c>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
@@ -25059,51 +25591,53 @@
       </c>
       <c r="F29" s="85">
         <v>12486.056490393794</v>
       </c>
       <c r="G29" s="85">
         <v>12550.662727667419</v>
       </c>
       <c r="H29" s="93">
         <v>12663.672372937475</v>
       </c>
       <c r="I29" s="85">
         <v>12753.889431455676</v>
       </c>
       <c r="J29" s="85">
         <v>12804.194255573153</v>
       </c>
       <c r="K29" s="85">
         <v>13269.246094581547</v>
       </c>
       <c r="L29" s="85">
         <v>13248.823542589873</v>
       </c>
       <c r="M29" s="85">
         <v>13241.82154512024</v>
       </c>
-      <c r="N29"/>
+      <c r="N29" s="85">
+        <v>13280.239517347381</v>
+      </c>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
@@ -26426,51 +26960,53 @@
       </c>
       <c r="F30" s="85">
         <v>8173.7505266198195</v>
       </c>
       <c r="G30" s="85">
         <v>8221.030465606691</v>
       </c>
       <c r="H30" s="93">
         <v>8362.8341745807356</v>
       </c>
       <c r="I30" s="85">
         <v>8455.0252069601429</v>
       </c>
       <c r="J30" s="85">
         <v>8516.9789658151858</v>
       </c>
       <c r="K30" s="85">
         <v>8614.3313155149172</v>
       </c>
       <c r="L30" s="85">
         <v>8730.832275985169</v>
       </c>
       <c r="M30" s="85">
         <v>8827.3923615739604</v>
       </c>
-      <c r="N30"/>
+      <c r="N30" s="85">
+        <v>8962.8373102878704</v>
+      </c>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
@@ -27793,51 +28329,53 @@
       </c>
       <c r="F31" s="84">
         <v>276.81199343396275</v>
       </c>
       <c r="G31" s="84">
         <v>248.8900279836935</v>
       </c>
       <c r="H31" s="92">
         <v>204.70954005042043</v>
       </c>
       <c r="I31" s="84">
         <v>2708.4195117709123</v>
       </c>
       <c r="J31" s="84">
         <v>2720.8602274510108</v>
       </c>
       <c r="K31" s="84">
         <v>2713.1310823849108</v>
       </c>
       <c r="L31" s="84">
         <v>2712.8125354557696</v>
       </c>
       <c r="M31" s="84">
         <v>2721.0440213426805</v>
       </c>
-      <c r="N31"/>
+      <c r="N31" s="84">
+        <v>2726.0897217120605</v>
+      </c>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
@@ -29160,51 +29698,53 @@
       </c>
       <c r="F32" s="85">
         <v>276.81199343396275</v>
       </c>
       <c r="G32" s="85">
         <v>248.8900279836935</v>
       </c>
       <c r="H32" s="93">
         <v>204.70954005042043</v>
       </c>
       <c r="I32" s="85">
         <v>208.34088868091226</v>
       </c>
       <c r="J32" s="85">
         <v>220.87912984101058</v>
       </c>
       <c r="K32" s="85">
         <v>213.14998477491056</v>
       </c>
       <c r="L32" s="85">
         <v>212.83143784576941</v>
       </c>
       <c r="M32" s="85">
         <v>221.0629237326801</v>
       </c>
-      <c r="N32"/>
+      <c r="N32" s="85">
+        <v>226.10862410206022</v>
+      </c>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
@@ -30527,51 +31067,53 @@
       </c>
       <c r="F33" s="85">
         <v>0</v>
       </c>
       <c r="G33" s="85">
         <v>0</v>
       </c>
       <c r="H33" s="93">
         <v>0</v>
       </c>
       <c r="I33" s="85">
         <v>0</v>
       </c>
       <c r="J33" s="85">
         <v>0</v>
       </c>
       <c r="K33" s="85">
         <v>0</v>
       </c>
       <c r="L33" s="85">
         <v>0</v>
       </c>
       <c r="M33" s="85">
         <v>0</v>
       </c>
-      <c r="N33"/>
+      <c r="N33" s="85">
+        <v>0</v>
+      </c>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
       <c r="AF33"/>
       <c r="AG33"/>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
       <c r="AL33"/>
       <c r="AM33"/>
@@ -31894,51 +32436,53 @@
       </c>
       <c r="F34" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G34" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H34" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I34" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J34" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K34" s="85">
         <v>142.98459600999996</v>
       </c>
       <c r="L34" s="85">
         <v>143.76165103000002</v>
       </c>
       <c r="M34" s="85">
         <v>149.76927409999999</v>
       </c>
-      <c r="N34"/>
+      <c r="N34" s="85">
+        <v>148.47718569999998</v>
+      </c>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
@@ -33261,51 +33805,53 @@
       </c>
       <c r="F35" s="85">
         <v>139.35243370000003</v>
       </c>
       <c r="G35" s="85">
         <v>138.04652373999997</v>
       </c>
       <c r="H35" s="93">
         <v>140.76910753999996</v>
       </c>
       <c r="I35" s="85">
         <v>141.37147437000002</v>
       </c>
       <c r="J35" s="85">
         <v>145.95931199999993</v>
       </c>
       <c r="K35" s="85">
         <v>142.98459600999996</v>
       </c>
       <c r="L35" s="85">
         <v>143.76165103000002</v>
       </c>
       <c r="M35" s="85">
         <v>149.76927409999999</v>
       </c>
-      <c r="N35"/>
+      <c r="N35" s="85">
+        <v>148.47718569999998</v>
+      </c>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
       <c r="AF35"/>
       <c r="AG35"/>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
       <c r="AL35"/>
       <c r="AM35"/>
@@ -34628,51 +35174,53 @@
       </c>
       <c r="F36" s="85">
         <v>0</v>
       </c>
       <c r="G36" s="85">
         <v>0</v>
       </c>
       <c r="H36" s="93">
         <v>0</v>
       </c>
       <c r="I36" s="85">
         <v>0</v>
       </c>
       <c r="J36" s="85">
         <v>0</v>
       </c>
       <c r="K36" s="85">
         <v>0</v>
       </c>
       <c r="L36" s="85">
         <v>0</v>
       </c>
       <c r="M36" s="85">
         <v>0</v>
       </c>
-      <c r="N36"/>
+      <c r="N36" s="85">
+        <v>0</v>
+      </c>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
@@ -35995,51 +36543,53 @@
       </c>
       <c r="F37" s="85">
         <v>6.4352518700000054</v>
       </c>
       <c r="G37" s="85">
         <v>6.1022481800000072</v>
       </c>
       <c r="H37" s="93">
         <v>6.1206974799999676</v>
       </c>
       <c r="I37" s="85">
         <v>6.5858795299999606</v>
       </c>
       <c r="J37" s="85">
         <v>6.5479486900000037</v>
       </c>
       <c r="K37" s="85">
         <v>8.8784402099999742</v>
       </c>
       <c r="L37" s="85">
         <v>8.4379339900000012</v>
       </c>
       <c r="M37" s="85">
         <v>6.9054145400000024</v>
       </c>
-      <c r="N37"/>
+      <c r="N37" s="85">
+        <v>8.532975379999991</v>
+      </c>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
       <c r="AG37"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
       <c r="AL37"/>
       <c r="AM37"/>
@@ -37344,69 +37894,71 @@
       <c r="AYL37"/>
       <c r="AYM37"/>
     </row>
     <row r="38" spans="1:1339" s="53" customFormat="1" ht="13.8">
       <c r="A38" s="59" t="s">
         <v>279</v>
       </c>
       <c r="B38" s="31" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="85">
         <v>191.43661369013904</v>
       </c>
       <c r="D38" s="85">
         <v>226.79345178890446</v>
       </c>
       <c r="E38" s="85">
         <v>208.8295560118251</v>
       </c>
       <c r="F38" s="85">
         <v>131.02430786396269</v>
       </c>
       <c r="G38" s="85">
         <v>104.74125606369354</v>
       </c>
-      <c r="H38" s="95">
+      <c r="H38" s="93">
         <v>57.819735030420496</v>
       </c>
-      <c r="I38" s="96">
+      <c r="I38" s="85">
         <v>2560.3646323909124</v>
       </c>
-      <c r="J38" s="96">
+      <c r="J38" s="85">
         <v>2568.352966761011</v>
       </c>
-      <c r="K38" s="96">
+      <c r="K38" s="85">
         <v>2561.2680461649106</v>
       </c>
-      <c r="L38" s="96">
+      <c r="L38" s="85">
         <v>2560.6129504357696</v>
       </c>
-      <c r="M38" s="96">
+      <c r="M38" s="85">
         <v>2564.3693327026804</v>
       </c>
-      <c r="N38"/>
+      <c r="N38" s="85">
+        <v>2569.0795606320603</v>
+      </c>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
@@ -38729,51 +39281,53 @@
       </c>
       <c r="F39" s="65">
         <v>0</v>
       </c>
       <c r="G39" s="65">
         <v>0</v>
       </c>
       <c r="H39" s="94">
         <v>0</v>
       </c>
       <c r="I39" s="65">
         <v>9.7525479999999998E-2</v>
       </c>
       <c r="J39" s="65">
         <v>0</v>
       </c>
       <c r="K39" s="65">
         <v>0</v>
       </c>
       <c r="L39" s="65">
         <v>0</v>
       </c>
       <c r="M39" s="65">
         <v>0</v>
       </c>
-      <c r="N39"/>
+      <c r="N39" s="65">
+        <v>0</v>
+      </c>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
       <c r="AB39"/>
       <c r="AC39"/>
       <c r="AD39"/>
       <c r="AE39"/>
       <c r="AF39"/>
       <c r="AG39"/>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
       <c r="AK39"/>
       <c r="AL39"/>
       <c r="AM39"/>
@@ -41328,1197 +41882,1279 @@
     </row>
     <row r="456" spans="2:2">
       <c r="B456" s="1"/>
     </row>
     <row r="457" spans="2:2">
       <c r="B457" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="8486" divId="Set of Tables_8486" sourceType="range" sourceRef="B1:B39" destinationFile="I:\internet\StatisticalTables\Monetary Data\DMB Claims on Private Sector.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M55"/>
+  <dimension ref="A1:N55"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="topRight" activeCell="M1" sqref="M1:M1048576"/>
+      <selection pane="topRight" activeCell="N1" sqref="N1:N1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="19.33203125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="38.33203125" style="9" customWidth="1"/>
-    <col min="3" max="13" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="14" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.8">
+    <row r="1" spans="1:14" ht="13.8">
       <c r="B1" s="25" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="13.8">
+    <row r="2" spans="1:14" ht="13.8">
       <c r="B2" s="26" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="13.8">
+    <row r="3" spans="1:14" ht="13.8">
       <c r="B3" s="27"/>
     </row>
-    <row r="4" spans="1:13" ht="13.8">
+    <row r="4" spans="1:14" ht="13.8">
       <c r="A4" s="23"/>
       <c r="B4" s="28" t="s">
         <v>307</v>
       </c>
       <c r="C4" s="73">
         <v>45688</v>
       </c>
       <c r="D4" s="73">
         <v>45716</v>
       </c>
       <c r="E4" s="73">
         <v>45747</v>
       </c>
       <c r="F4" s="73">
         <v>45777</v>
       </c>
       <c r="G4" s="73">
         <v>45808</v>
       </c>
       <c r="H4" s="73">
         <v>45838</v>
       </c>
       <c r="I4" s="73">
         <v>45869</v>
       </c>
       <c r="J4" s="73">
         <v>45900</v>
       </c>
       <c r="K4" s="73">
         <v>45930</v>
       </c>
       <c r="L4" s="73">
         <v>45961</v>
       </c>
       <c r="M4" s="73">
         <v>45991</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="13.8">
+      <c r="N4" s="73">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="13.8">
       <c r="A5" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="74"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="74"/>
       <c r="G5" s="74"/>
       <c r="H5" s="74"/>
       <c r="I5" s="74"/>
       <c r="J5" s="74"/>
       <c r="K5" s="74"/>
       <c r="L5" s="74"/>
       <c r="M5" s="74"/>
-    </row>
-    <row r="6" spans="1:13" ht="13.8">
+      <c r="N5" s="74"/>
+    </row>
+    <row r="6" spans="1:14" ht="13.8">
       <c r="A6" s="17" t="s">
         <v>305</v>
       </c>
       <c r="B6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="86">
         <v>179450.31274535891</v>
       </c>
       <c r="D6" s="86">
         <v>179472.16620848086</v>
       </c>
       <c r="E6" s="86">
         <v>181745.41097035402</v>
       </c>
       <c r="F6" s="86">
         <v>183771.18861256423</v>
       </c>
       <c r="G6" s="86">
         <v>182940.64800582218</v>
       </c>
       <c r="H6" s="86">
         <v>181215.09301044187</v>
       </c>
       <c r="I6" s="86">
         <v>186774.19397070204</v>
       </c>
       <c r="J6" s="86">
         <v>187508.22749235007</v>
       </c>
       <c r="K6" s="86">
         <v>188593.15270604551</v>
       </c>
       <c r="L6" s="86">
         <v>190300.92584686691</v>
       </c>
       <c r="M6" s="86">
         <v>193366.07276043712</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="13.8" hidden="1">
+      <c r="N6" s="86">
+        <v>191007.97645747624</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="13.8" hidden="1">
       <c r="A7" s="17"/>
       <c r="B7" s="30"/>
       <c r="C7" s="77">
         <v>0</v>
       </c>
       <c r="D7" s="77">
         <v>0</v>
       </c>
       <c r="E7" s="77">
         <v>0</v>
       </c>
       <c r="F7" s="77">
         <v>0</v>
       </c>
       <c r="G7" s="77">
         <v>0</v>
       </c>
       <c r="H7" s="77">
         <v>0</v>
       </c>
       <c r="I7" s="77">
         <v>0</v>
       </c>
       <c r="J7" s="77">
         <v>0</v>
       </c>
       <c r="K7" s="77">
         <v>0</v>
       </c>
       <c r="L7" s="77">
         <v>0</v>
       </c>
       <c r="M7" s="77">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N7" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
         <v>281</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="75">
         <v>154677.58147837862</v>
       </c>
       <c r="D8" s="75">
         <v>154833.98306783015</v>
       </c>
       <c r="E8" s="75">
         <v>157531.28225287941</v>
       </c>
       <c r="F8" s="75">
         <v>160154.61659862963</v>
       </c>
       <c r="G8" s="75">
         <v>157027.34980193549</v>
       </c>
       <c r="H8" s="75">
         <v>156031.86764614185</v>
       </c>
       <c r="I8" s="75">
         <v>162404.47502017173</v>
       </c>
       <c r="J8" s="75">
         <v>162639.8764647959</v>
       </c>
       <c r="K8" s="75">
         <v>163688.47687155195</v>
       </c>
       <c r="L8" s="75">
         <v>163635.16382725566</v>
       </c>
       <c r="M8" s="75">
         <v>165955.61658957961</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N8" s="75">
+        <v>163933.00254928117</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A9" s="17" t="s">
         <v>282</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="75">
         <v>86233.117493956001</v>
       </c>
       <c r="D9" s="75">
         <v>86178.223547210742</v>
       </c>
       <c r="E9" s="75">
         <v>86826.093994245792</v>
       </c>
       <c r="F9" s="75">
         <v>88085.242082646029</v>
       </c>
       <c r="G9" s="75">
         <v>85384.107852763453</v>
       </c>
       <c r="H9" s="75">
         <v>84498.583185273135</v>
       </c>
       <c r="I9" s="75">
         <v>88533.022702063725</v>
       </c>
       <c r="J9" s="75">
         <v>87765.930129166634</v>
       </c>
       <c r="K9" s="75">
         <v>87990.192667205498</v>
       </c>
       <c r="L9" s="75">
         <v>88194.284618397476</v>
       </c>
       <c r="M9" s="75">
         <v>90085.843641339918</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N9" s="75">
+        <v>88461.875100107369</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A10" s="17" t="s">
         <v>283</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="75">
         <v>82771.088787070184</v>
       </c>
       <c r="D10" s="75">
         <v>82576.098672785927</v>
       </c>
       <c r="E10" s="75">
         <v>82613.835549946176</v>
       </c>
       <c r="F10" s="75">
         <v>84601.783390932818</v>
       </c>
       <c r="G10" s="75">
         <v>81759.807306366609</v>
       </c>
       <c r="H10" s="75">
         <v>81556.873430051259</v>
       </c>
       <c r="I10" s="75">
         <v>85420.939247545859</v>
       </c>
       <c r="J10" s="75">
         <v>84682.97620436945</v>
       </c>
       <c r="K10" s="75">
         <v>84782.930436399285</v>
       </c>
       <c r="L10" s="75">
         <v>85184.135814382273</v>
       </c>
       <c r="M10" s="75">
         <v>87071.10549845401</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N10" s="75">
+        <v>86227.766824401187</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A11" s="17" t="s">
         <v>284</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="76">
         <v>9954.6630407748089</v>
       </c>
       <c r="D11" s="76">
         <v>10031.24816360866</v>
       </c>
       <c r="E11" s="76">
         <v>9829.7483184860394</v>
       </c>
       <c r="F11" s="76">
         <v>9731.2597107774309</v>
       </c>
       <c r="G11" s="76">
         <v>10082.856021452712</v>
       </c>
       <c r="H11" s="76">
         <v>9890.3391366114556</v>
       </c>
       <c r="I11" s="76">
         <v>10516.741071591054</v>
       </c>
       <c r="J11" s="76">
         <v>10217.982467067521</v>
       </c>
       <c r="K11" s="76">
         <v>9377.1471511379023</v>
       </c>
       <c r="L11" s="76">
         <v>9051.2777374921006</v>
       </c>
       <c r="M11" s="76">
         <v>8567.0709838060411</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N11" s="76">
+        <v>8526.2201772153312</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A12" s="17" t="s">
         <v>285</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="76">
         <v>958.35131366999997</v>
       </c>
       <c r="D12" s="76">
         <v>1113.4871836500001</v>
       </c>
       <c r="E12" s="76">
         <v>1155.8150115399999</v>
       </c>
       <c r="F12" s="76">
         <v>1083.4070420599999</v>
       </c>
       <c r="G12" s="76">
         <v>1084.55058439</v>
       </c>
       <c r="H12" s="76">
         <v>880.30810532999999</v>
       </c>
       <c r="I12" s="76">
         <v>853.24281237999992</v>
       </c>
       <c r="J12" s="76">
         <v>930.55878871999982</v>
       </c>
       <c r="K12" s="76">
         <v>913.88244320999991</v>
       </c>
       <c r="L12" s="76">
         <v>897.50828320000005</v>
       </c>
       <c r="M12" s="76">
         <v>923.9259701499999</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N12" s="76">
+        <v>759.63816635000012</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A13" s="17" t="s">
         <v>286</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>309</v>
       </c>
       <c r="C13" s="76">
         <v>5687.27666005828</v>
       </c>
       <c r="D13" s="76">
         <v>5527.529293690639</v>
       </c>
       <c r="E13" s="76">
         <v>5563.0646455494407</v>
       </c>
       <c r="F13" s="76">
         <v>6579.1206066094392</v>
       </c>
       <c r="G13" s="76">
         <v>5756.2610590856293</v>
       </c>
       <c r="H13" s="76">
         <v>6159.7868518414598</v>
       </c>
       <c r="I13" s="76">
         <v>5760.5262962419702</v>
       </c>
       <c r="J13" s="76">
         <v>6460.5692940119698</v>
       </c>
       <c r="K13" s="76">
         <v>6342.1450984305293</v>
       </c>
       <c r="L13" s="76">
         <v>6690.4739985841798</v>
       </c>
       <c r="M13" s="76">
         <v>6693.0289734503403</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N13" s="76">
+        <v>6371.6260116108006</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A14" s="17" t="s">
         <v>287</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>310</v>
       </c>
       <c r="C14" s="76">
         <v>43815.094393846935</v>
       </c>
       <c r="D14" s="76">
         <v>43432.485166987011</v>
       </c>
       <c r="E14" s="76">
         <v>43434.983789414488</v>
       </c>
       <c r="F14" s="76">
         <v>44339.825540579899</v>
       </c>
       <c r="G14" s="76">
         <v>42029.216382995633</v>
       </c>
       <c r="H14" s="76">
         <v>41320.986981617469</v>
       </c>
       <c r="I14" s="76">
         <v>45015.333535932965</v>
       </c>
       <c r="J14" s="76">
         <v>43803.528582396961</v>
       </c>
       <c r="K14" s="76">
         <v>44833.633043924026</v>
       </c>
       <c r="L14" s="76">
         <v>44824.06782233272</v>
       </c>
       <c r="M14" s="76">
         <v>46744.100549286442</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N14" s="76">
+        <v>46894.957780334698</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A15" s="17" t="s">
         <v>288</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="76">
         <v>22355.703378720151</v>
       </c>
       <c r="D15" s="76">
         <v>22471.34886484961</v>
       </c>
       <c r="E15" s="76">
         <v>22630.223784956208</v>
       </c>
       <c r="F15" s="76">
         <v>22868.17049090605</v>
       </c>
       <c r="G15" s="76">
         <v>22806.923258442632</v>
       </c>
       <c r="H15" s="76">
         <v>23305.452354650875</v>
       </c>
       <c r="I15" s="76">
         <v>23275.095531399875</v>
       </c>
       <c r="J15" s="76">
         <v>23270.337072172999</v>
       </c>
       <c r="K15" s="76">
         <v>23316.122699696833</v>
       </c>
       <c r="L15" s="76">
         <v>23720.807972773273</v>
       </c>
       <c r="M15" s="76">
         <v>24142.979021761181</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N15" s="76">
+        <v>23675.324688890356</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A16" s="17" t="s">
         <v>289</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="75">
         <v>3462.0287068858215</v>
       </c>
       <c r="D16" s="75">
         <v>3602.1248744248196</v>
       </c>
       <c r="E16" s="75">
         <v>4212.2584442996213</v>
       </c>
       <c r="F16" s="75">
         <v>3483.4586917132101</v>
       </c>
       <c r="G16" s="75">
         <v>3624.300546396842</v>
       </c>
       <c r="H16" s="75">
         <v>2941.7097552218838</v>
       </c>
       <c r="I16" s="75">
         <v>3112.0834545178686</v>
       </c>
       <c r="J16" s="75">
         <v>3082.9539247971798</v>
       </c>
       <c r="K16" s="75">
         <v>3207.2622308062118</v>
       </c>
       <c r="L16" s="75">
         <v>3010.148804015209</v>
       </c>
       <c r="M16" s="75">
         <v>3014.738142885908</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N16" s="75">
+        <v>2234.1082757061818</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A17" s="17" t="s">
         <v>290</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="75">
         <v>68444.463984422619</v>
       </c>
       <c r="D17" s="75">
         <v>68655.759520619395</v>
       </c>
       <c r="E17" s="75">
         <v>70705.1882586336</v>
       </c>
       <c r="F17" s="75">
         <v>72069.374515983596</v>
       </c>
       <c r="G17" s="75">
         <v>71643.241949172021</v>
       </c>
       <c r="H17" s="75">
         <v>71533.284460868716</v>
       </c>
       <c r="I17" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J17" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K17" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L17" s="75">
         <v>75440.879208858183</v>
       </c>
       <c r="M17" s="75">
         <v>75869.772948239697</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N17" s="75">
+        <v>75471.127449173815</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A18" s="17" t="s">
         <v>291</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="75">
         <v>58341.611704422612</v>
       </c>
       <c r="D18" s="75">
         <v>58661.869026469401</v>
       </c>
       <c r="E18" s="75">
         <v>60185.984108633595</v>
       </c>
       <c r="F18" s="75">
         <v>61160.457827973602</v>
       </c>
       <c r="G18" s="75">
         <v>60766.354070342015</v>
       </c>
       <c r="H18" s="75">
         <v>60612.968752248715</v>
       </c>
       <c r="I18" s="75">
         <v>73871.452318107986</v>
       </c>
       <c r="J18" s="75">
         <v>74873.946335629269</v>
       </c>
       <c r="K18" s="75">
         <v>75698.284204346433</v>
       </c>
       <c r="L18" s="75">
         <v>75420.865408858182</v>
       </c>
       <c r="M18" s="75">
         <v>75849.886948239699</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N18" s="75">
+        <v>75451.123249173819</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A19" s="17" t="s">
         <v>292</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="76">
         <v>6102.9990580995009</v>
       </c>
       <c r="D19" s="76">
         <v>6164.3114689769</v>
       </c>
       <c r="E19" s="76">
         <v>6156.3351391872002</v>
       </c>
       <c r="F19" s="76">
         <v>6494.2515857871995</v>
       </c>
       <c r="G19" s="76">
         <v>6941.4410847137997</v>
       </c>
       <c r="H19" s="76">
         <v>7460.7787846018</v>
       </c>
       <c r="I19" s="76">
         <v>8200.1480176641999</v>
       </c>
       <c r="J19" s="76">
         <v>7884.6753866407007</v>
       </c>
       <c r="K19" s="76">
         <v>8283.6422790124998</v>
       </c>
       <c r="L19" s="76">
         <v>8349.2500716906998</v>
       </c>
       <c r="M19" s="76">
         <v>8330.0584206806998</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N19" s="76">
+        <v>8344.1611258088997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A20" s="17" t="s">
         <v>293</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="76">
         <v>857.63558400239992</v>
       </c>
       <c r="D20" s="76">
         <v>891.78113405900001</v>
       </c>
       <c r="E20" s="76">
         <v>910.98820074529999</v>
       </c>
       <c r="F20" s="76">
         <v>1035.4558872652999</v>
       </c>
       <c r="G20" s="76">
         <v>1124.8427594213997</v>
       </c>
       <c r="H20" s="76">
         <v>1117.8394638892999</v>
       </c>
       <c r="I20" s="76">
         <v>1100.1436350975002</v>
       </c>
       <c r="J20" s="76">
         <v>1121.3615293324999</v>
       </c>
       <c r="K20" s="76">
         <v>859.45124280720017</v>
       </c>
       <c r="L20" s="76">
         <v>955.14125423860003</v>
       </c>
       <c r="M20" s="76">
         <v>845.76398001859991</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N20" s="76">
+        <v>949.51068629989993</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A21" s="17" t="s">
         <v>294</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="76">
         <v>7703.8729798511995</v>
       </c>
       <c r="D21" s="76">
         <v>7535.4623999119995</v>
       </c>
       <c r="E21" s="76">
         <v>7650.069175167001</v>
       </c>
       <c r="F21" s="76">
         <v>7403.4182097370003</v>
       </c>
       <c r="G21" s="76">
         <v>6961.8713089208995</v>
       </c>
       <c r="H21" s="76">
         <v>6772.0854955173008</v>
       </c>
       <c r="I21" s="76">
         <v>6824.9640537794003</v>
       </c>
       <c r="J21" s="76">
         <v>6782.6441291363999</v>
       </c>
       <c r="K21" s="76">
         <v>7012.5692745376</v>
       </c>
       <c r="L21" s="76">
         <v>7199.2787957763003</v>
       </c>
       <c r="M21" s="76">
         <v>7467.0750851462999</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N21" s="76">
+        <v>7493.9260411940004</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A22" s="17" t="s">
         <v>295</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="76">
         <v>17250.209661180121</v>
       </c>
       <c r="D22" s="76">
         <v>17283.70959721012</v>
       </c>
       <c r="E22" s="76">
         <v>18520.328973848205</v>
       </c>
       <c r="F22" s="76">
         <v>18964.98782238732</v>
       </c>
       <c r="G22" s="76">
         <v>18253.361917826322</v>
       </c>
       <c r="H22" s="76">
         <v>18052.307954981021</v>
       </c>
       <c r="I22" s="76">
         <v>26222.569424475671</v>
       </c>
       <c r="J22" s="76">
         <v>26937.12848835452</v>
       </c>
       <c r="K22" s="76">
         <v>27170.207519659762</v>
       </c>
       <c r="L22" s="76">
         <v>26959.327219483945</v>
       </c>
       <c r="M22" s="76">
         <v>26864.554737827224</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" s="8" customFormat="1" ht="13.8">
+      <c r="N22" s="76">
+        <v>26670.952787022179</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" s="8" customFormat="1" ht="13.8">
       <c r="A23" s="17" t="s">
         <v>296</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="76">
         <v>26426.894421289391</v>
       </c>
       <c r="D23" s="76">
         <v>26786.604426311387</v>
       </c>
       <c r="E23" s="76">
         <v>26948.262619685887</v>
       </c>
       <c r="F23" s="76">
         <v>27262.344322796776</v>
       </c>
       <c r="G23" s="76">
         <v>27484.836999459596</v>
       </c>
       <c r="H23" s="76">
         <v>27209.957053259292</v>
       </c>
       <c r="I23" s="76">
         <v>31523.627187091217</v>
       </c>
       <c r="J23" s="76">
         <v>32148.136802165151</v>
       </c>
       <c r="K23" s="76">
         <v>32372.413888329374</v>
       </c>
       <c r="L23" s="76">
         <v>31957.868067668631</v>
       </c>
       <c r="M23" s="76">
         <v>32342.434724566883</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N23" s="76">
+        <v>31992.572608848845</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A24" s="17" t="s">
         <v>297</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="75">
         <v>10102.852280000001</v>
       </c>
       <c r="D24" s="75">
         <v>9993.8904941499986</v>
       </c>
       <c r="E24" s="75">
         <v>10519.20415</v>
       </c>
       <c r="F24" s="75">
         <v>10908.91668801</v>
       </c>
       <c r="G24" s="75">
         <v>10876.887878829999</v>
       </c>
       <c r="H24" s="75">
         <v>10920.315708619997</v>
       </c>
       <c r="I24" s="75">
         <v>0</v>
       </c>
       <c r="J24" s="75">
         <v>0</v>
       </c>
       <c r="K24" s="75">
         <v>0</v>
       </c>
       <c r="L24" s="75">
         <v>20.0138</v>
       </c>
       <c r="M24" s="75">
         <v>19.885999999999999</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N24" s="75">
+        <v>20.004200000000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A25" s="17" t="s">
         <v>298</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="75">
         <v>24772.731266980292</v>
       </c>
       <c r="D25" s="75">
         <v>24638.183140650704</v>
       </c>
       <c r="E25" s="75">
         <v>24214.128717474599</v>
       </c>
       <c r="F25" s="75">
         <v>23616.572013934601</v>
       </c>
       <c r="G25" s="75">
         <v>25913.298203886701</v>
       </c>
       <c r="H25" s="75">
         <v>25183.2253643</v>
       </c>
       <c r="I25" s="75">
         <v>24369.718950530303</v>
       </c>
       <c r="J25" s="75">
         <v>24868.351027554156</v>
       </c>
       <c r="K25" s="75">
         <v>24904.675834493566</v>
       </c>
       <c r="L25" s="75">
         <v>26665.76201961124</v>
       </c>
       <c r="M25" s="75">
         <v>27410.456170857498</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N25" s="75">
+        <v>27074.973908195079</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A26" s="17" t="s">
         <v>299</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="75">
         <v>10677.215446622791</v>
       </c>
       <c r="D26" s="75">
         <v>11238.286946</v>
       </c>
       <c r="E26" s="75">
         <v>11570.60570819</v>
       </c>
       <c r="F26" s="75">
         <v>10713.206297440001</v>
       </c>
       <c r="G26" s="75">
         <v>12110.4282403</v>
       </c>
       <c r="H26" s="75">
         <v>12459.390567599999</v>
       </c>
       <c r="I26" s="75">
         <v>12333.431558449998</v>
       </c>
       <c r="J26" s="75">
         <v>12185.559078060001</v>
       </c>
       <c r="K26" s="75">
         <v>11878.802289050001</v>
       </c>
       <c r="L26" s="75">
         <v>12693.840706530002</v>
       </c>
       <c r="M26" s="75">
         <v>13216.199575549999</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" s="5" customFormat="1" ht="14.4">
+      <c r="N26" s="75">
+        <v>12988.938576985565</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="5" customFormat="1" ht="14.4">
       <c r="A27" s="17" t="s">
         <v>300</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="76">
         <v>6537.6850963712077</v>
       </c>
       <c r="D27" s="76">
         <v>6672.881653942205</v>
       </c>
       <c r="E27" s="76">
         <v>7153.0159562178014</v>
       </c>
       <c r="F27" s="76">
         <v>6822.837875990168</v>
       </c>
       <c r="G27" s="76">
         <v>7499.9913132695001</v>
       </c>
       <c r="H27" s="76">
         <v>6741.8495617333829</v>
       </c>
       <c r="I27" s="76">
         <v>7141.8164793244068</v>
       </c>
       <c r="J27" s="76">
         <v>7326.2220580223866</v>
       </c>
       <c r="K27" s="76">
         <v>6660.2393906310817</v>
       </c>
       <c r="L27" s="76">
         <v>7186.3954165416535</v>
       </c>
       <c r="M27" s="76">
         <v>7788.6804411246312</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" s="5" customFormat="1" ht="14.4">
+      <c r="N27" s="76">
+        <v>7948.6784826687608</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" s="5" customFormat="1" ht="14.4">
       <c r="A28" s="17" t="s">
         <v>301</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="76">
         <v>4139.5303502515835</v>
       </c>
       <c r="D28" s="76">
         <v>4565.405292057796</v>
       </c>
       <c r="E28" s="76">
         <v>4417.5897519721993</v>
       </c>
       <c r="F28" s="76">
         <v>3890.3684214498335</v>
       </c>
       <c r="G28" s="76">
         <v>4610.4369270305006</v>
       </c>
       <c r="H28" s="76">
         <v>5717.5410058666166</v>
       </c>
       <c r="I28" s="76">
         <v>5191.6150791255914</v>
       </c>
       <c r="J28" s="76">
         <v>4859.3370200376148</v>
       </c>
       <c r="K28" s="76">
         <v>5218.5628984189198</v>
       </c>
       <c r="L28" s="76">
         <v>5507.4452899883472</v>
       </c>
       <c r="M28" s="76">
         <v>5427.519134425369</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" s="2" customFormat="1" ht="13.8">
+      <c r="N28" s="76">
+        <v>5040.2600943168036</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" s="2" customFormat="1" ht="13.8">
       <c r="A29" s="52" t="s">
         <v>302</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="75">
         <v>14095.515820357501</v>
       </c>
       <c r="D29" s="75">
         <v>13399.896194650702</v>
       </c>
       <c r="E29" s="75">
         <v>12643.5230092846</v>
       </c>
       <c r="F29" s="75">
         <v>12903.365716494598</v>
       </c>
       <c r="G29" s="75">
         <v>13802.869963586701</v>
       </c>
       <c r="H29" s="75">
         <v>12723.834796700001</v>
       </c>
       <c r="I29" s="75">
         <v>12036.287392080303</v>
       </c>
       <c r="J29" s="75">
         <v>12682.791949494156</v>
       </c>
       <c r="K29" s="75">
         <v>13025.873545443563</v>
       </c>
       <c r="L29" s="75">
         <v>13971.921313081239</v>
       </c>
       <c r="M29" s="75">
         <v>14194.256595307499</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" s="5" customFormat="1" ht="14.4">
+      <c r="N29" s="75">
+        <v>14086.035331209514</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" s="5" customFormat="1" ht="14.4">
       <c r="A30" s="17" t="s">
         <v>303</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="76">
         <v>8166.825462727501</v>
       </c>
       <c r="D30" s="76">
         <v>7414.302928540701</v>
       </c>
       <c r="E30" s="76">
         <v>7354.5402312046008</v>
       </c>
       <c r="F30" s="76">
         <v>7783.7430196545993</v>
       </c>
       <c r="G30" s="76">
         <v>7226.1112099367001</v>
       </c>
       <c r="H30" s="76">
         <v>8100.7166721699996</v>
       </c>
       <c r="I30" s="76">
         <v>7281.7889420503043</v>
       </c>
       <c r="J30" s="76">
         <v>7428.2202588141581</v>
       </c>
       <c r="K30" s="76">
         <v>7153.4293914635618</v>
       </c>
       <c r="L30" s="76">
         <v>7512.1029907512411</v>
       </c>
       <c r="M30" s="76">
         <v>7540.7069345975005</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" s="5" customFormat="1" ht="14.4">
+      <c r="N30" s="76">
+        <v>8012.2254917695109</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" s="5" customFormat="1" ht="14.4">
       <c r="A31" s="18" t="s">
         <v>304</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>5928.690357630001</v>
       </c>
       <c r="D31" s="78">
         <v>5985.5932661100014</v>
       </c>
       <c r="E31" s="78">
         <v>5288.9827780799997</v>
       </c>
       <c r="F31" s="78">
         <v>5119.6226968399997</v>
       </c>
       <c r="G31" s="78">
         <v>6576.7587536500014</v>
       </c>
       <c r="H31" s="78">
         <v>4623.1181245300004</v>
       </c>
       <c r="I31" s="78">
         <v>4754.4984500299997</v>
       </c>
       <c r="J31" s="78">
         <v>5254.5716906799989</v>
       </c>
       <c r="K31" s="78">
         <v>5872.4441539800009</v>
       </c>
       <c r="L31" s="78">
         <v>6459.8183223299975</v>
       </c>
       <c r="M31" s="78">
         <v>6653.5496607099976</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" ht="13.8">
+      <c r="N31" s="78">
+        <v>6073.8098394400022</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="13.8">
       <c r="B32" s="27"/>
     </row>
     <row r="33" spans="2:2" ht="13.8">
       <c r="B33" s="27"/>
     </row>
     <row r="34" spans="2:2" ht="13.8">
       <c r="B34" s="27"/>
     </row>
     <row r="35" spans="2:2" ht="13.8">
       <c r="B35" s="27"/>
     </row>
     <row r="36" spans="2:2" ht="13.8">
       <c r="B36" s="27"/>
     </row>
     <row r="37" spans="2:2" ht="13.8">
       <c r="B37" s="27"/>
     </row>
     <row r="38" spans="2:2" ht="13.8">
       <c r="B38" s="27"/>
     </row>
     <row r="39" spans="2:2" ht="13.8">
       <c r="B39" s="27"/>
     </row>
     <row r="40" spans="2:2" ht="13.8">
       <c r="B40" s="27"/>
@@ -42572,74 +43208,52 @@
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <webPublishItems count="1">
     <webPublishItem id="27513" divId="Set of Tables_27513" sourceType="range" sourceRef="B1:B31" destinationFile="I:\internet\StatisticalTables\Monetary Data\Banking Survey.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23cc97882b7680b629782d6f41d7542e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31ef9691cfc004a447e85e06047e2d43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -42865,72 +43479,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06838A53-5BB0-4E89-A9B3-188F6E921C13}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB179D-2BCE-447A-ACB9-CA8B6C9042C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B82A2719-66F9-435B-A0D6-D9694A919A52}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9851E06-BE89-4331-BF61-D369D1ACFCC2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>