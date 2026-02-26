--- v0 (2025-10-03)
+++ v1 (2026-02-26)
@@ -1,59 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Website Uploads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Output tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DEE7059A-D572-4AEA-814A-44C5803D3112}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{271FAF52-B990-4783-8A8C-DEAC8F05BCB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="24216" windowHeight="13716" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="9510" yWindow="0" windowWidth="9780" windowHeight="10170" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NAMIBIAN BANKING INDUSTRY DATA " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="45">
   <si>
     <t>Description</t>
@@ -163,54 +165,54 @@
   <si>
     <t>Risk-weighted assets</t>
   </si>
   <si>
     <t>Gross Assets</t>
   </si>
   <si>
     <t>ASSET QUALITY</t>
   </si>
   <si>
     <t>Overdues</t>
   </si>
   <si>
     <t>Non-performing loans</t>
   </si>
   <si>
     <t>Specific provisions</t>
   </si>
   <si>
     <t>NAMIBIAN BANKING INDUSTRY</t>
   </si>
   <si>
     <t xml:space="preserve"> COMPUTATION OF AGGREGATED DATA</t>
   </si>
   <si>
-    <t>(for 3 months ended 30 September 2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>QUARTERLY FIGURES FOR THE YEAR 2025 (N$ '000)</t>
+  </si>
+  <si>
+    <t>(for 3 months ended 30 September 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
@@ -241,77 +243,68 @@
     <font>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFABABAB"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
@@ -343,50 +336,78 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
@@ -470,271 +491,213 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...33 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="1" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="37" fontId="1" fillId="2" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="37" fontId="2" fillId="2" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="3" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="2" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="1" fillId="3" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="1" fillId="2" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="3" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="3" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="37" fontId="1" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="37" fontId="7" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="37" fontId="1" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="37" fontId="2" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="2" fillId="0" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="37" fontId="2" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="1" fillId="0" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="37" fontId="7" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="1" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="37" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...32 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...68 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{62E5E87C-6660-4FB7-AFE0-A1548FBF6227}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{D4FF836D-1A4F-4318-94D8-48A776AE9DAD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3028950</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>681990</xdr:colOff>
+      <xdr:colOff>678815</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>77851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Return to Homepage">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA172B90-5963-4899-BCB9-9B3F056D976B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -743,50 +706,54 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3028950" y="0"/>
           <a:ext cx="1535430" cy="592201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1041,639 +1008,814 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A4:J51"/>
+  <dimension ref="A4:J57"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="H15" sqref="H15"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A35" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D48" sqref="D48:D50"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="56.6640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="14.109375" customWidth="1"/>
+    <col min="1" max="1" width="56.81640625" customWidth="1"/>
+    <col min="2" max="5" width="12.81640625" customWidth="1"/>
+    <col min="6" max="6" width="9.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:10" ht="13.8" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="30" t="s">
+      <c r="A5" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="B5" s="31"/>
+      <c r="B5" s="32"/>
       <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="33"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="33" t="s">
+      <c r="A6" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="B6" s="34"/>
+      <c r="B6" s="35"/>
       <c r="C6" s="35"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="36" t="s">
+      <c r="D6" s="35"/>
+      <c r="E6" s="36"/>
+    </row>
+    <row r="7" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="38"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="39"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="21"/>
+      <c r="B8" s="21"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="21"/>
+      <c r="E8" s="21"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="22">
+        <v>45747</v>
+      </c>
+      <c r="C9" s="2">
+        <v>45838</v>
+      </c>
+      <c r="D9" s="22">
+        <v>45930</v>
+      </c>
+      <c r="E9" s="22">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="42"/>
+      <c r="B10" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="E10" s="23" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="19"/>
+      <c r="J11" s="30"/>
+    </row>
+    <row r="12" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="7">
+        <v>182731313</v>
+      </c>
+      <c r="C12" s="7">
+        <v>179090259</v>
+      </c>
+      <c r="D12" s="12">
+        <v>184709162</v>
+      </c>
+      <c r="E12" s="12">
+        <v>187994341</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" s="26">
+        <v>25777236</v>
+      </c>
+      <c r="C13" s="3">
+        <v>19554511</v>
+      </c>
+      <c r="D13" s="14">
+        <v>20869430</v>
+      </c>
+      <c r="E13" s="14">
+        <v>17788259</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="26">
+        <v>115254009</v>
+      </c>
+      <c r="C14" s="4">
+        <v>116708387</v>
+      </c>
+      <c r="D14" s="16">
+        <v>119876872</v>
+      </c>
+      <c r="E14" s="16">
+        <v>125424542</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="26">
+        <v>26876120</v>
+      </c>
+      <c r="C15" s="3">
+        <v>26340053</v>
+      </c>
+      <c r="D15" s="14">
+        <v>28720880</v>
+      </c>
+      <c r="E15" s="14">
+        <v>29250716</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="25">
+        <v>9307083</v>
+      </c>
+      <c r="C16" s="4">
+        <v>9490257</v>
+      </c>
+      <c r="D16" s="16">
+        <v>9817830</v>
+      </c>
+      <c r="E16" s="16">
+        <v>9899049</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="25">
+        <v>2832833</v>
+      </c>
+      <c r="C17" s="3">
+        <v>2830199</v>
+      </c>
+      <c r="D17" s="14">
+        <v>2884629</v>
+      </c>
+      <c r="E17" s="14">
+        <v>3083723</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="26">
+        <v>2684032</v>
+      </c>
+      <c r="C18" s="4">
+        <v>4166852</v>
+      </c>
+      <c r="D18" s="16">
+        <v>2539521</v>
+      </c>
+      <c r="E18" s="16">
+        <v>2548052</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="5">
+        <v>182731313</v>
+      </c>
+      <c r="C19" s="5">
+        <v>179090259</v>
+      </c>
+      <c r="D19" s="10">
+        <v>184709162</v>
+      </c>
+      <c r="E19" s="10">
+        <v>187994341</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20" s="25">
+        <v>3700830</v>
+      </c>
+      <c r="C20" s="4">
+        <v>3882292</v>
+      </c>
+      <c r="D20" s="16">
+        <v>3190416</v>
+      </c>
+      <c r="E20" s="16">
+        <v>4529024</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21" s="25">
+        <v>148948933</v>
+      </c>
+      <c r="C21" s="3">
+        <v>144404420</v>
+      </c>
+      <c r="D21" s="14">
+        <v>148726221</v>
+      </c>
+      <c r="E21" s="14">
+        <v>151396108</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="7">
+        <v>22813265</v>
+      </c>
+      <c r="C22" s="7">
+        <v>23888363</v>
+      </c>
+      <c r="D22" s="12">
+        <v>23558279</v>
+      </c>
+      <c r="E22" s="12">
+        <v>24596558</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B23" s="26">
+        <v>7268285</v>
+      </c>
+      <c r="C23" s="3">
+        <v>6915184</v>
+      </c>
+      <c r="D23" s="14">
+        <v>9234246</v>
+      </c>
+      <c r="E23" s="14">
+        <v>7472651</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A24" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" s="7"/>
+      <c r="C24" s="7"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="B7" s="37"/>
-[...217 lines deleted...]
-      <c r="A26" s="18" t="s">
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="14"/>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="44"/>
-      <c r="C26" s="19">
+      <c r="B26" s="25">
+        <v>4088263</v>
+      </c>
+      <c r="C26" s="4">
         <v>4065154</v>
       </c>
-      <c r="D26" s="5"/>
-[...3 lines deleted...]
-      <c r="A27" s="16" t="s">
+      <c r="D26" s="16">
+        <v>4151838</v>
+      </c>
+      <c r="E26" s="16">
+        <v>3721314</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="43">
-[...2 lines deleted...]
-      <c r="C27" s="17">
+      <c r="B27" s="26">
+        <v>1891169</v>
+      </c>
+      <c r="C27" s="3">
         <v>1820348</v>
       </c>
-      <c r="D27" s="4"/>
-[...3 lines deleted...]
-      <c r="A28" s="18" t="s">
+      <c r="D27" s="14">
+        <v>1781982</v>
+      </c>
+      <c r="E27" s="14">
+        <v>1538405</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="B28" s="44">
-[...2 lines deleted...]
-      <c r="C28" s="19">
+      <c r="B28" s="4">
+        <v>2197094</v>
+      </c>
+      <c r="C28" s="4">
         <v>2244806</v>
       </c>
-      <c r="D28" s="5"/>
-[...3 lines deleted...]
-      <c r="A29" s="16" t="s">
+      <c r="D28" s="16">
+        <v>2369856</v>
+      </c>
+      <c r="E28" s="16">
+        <v>2182909</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B29" s="43">
-[...2 lines deleted...]
-      <c r="C29" s="17">
+      <c r="B29" s="3">
+        <v>326191</v>
+      </c>
+      <c r="C29" s="3">
         <v>118209</v>
       </c>
-      <c r="D29" s="4"/>
-[...3 lines deleted...]
-      <c r="A30" s="18" t="s">
+      <c r="D29" s="14">
+        <v>231702</v>
+      </c>
+      <c r="E29" s="14">
+        <v>168512</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="44">
-[...2 lines deleted...]
-      <c r="C30" s="19">
+      <c r="B30" s="26">
+        <v>1705394</v>
+      </c>
+      <c r="C30" s="4">
         <v>1741053</v>
       </c>
-      <c r="D30" s="5"/>
-[...3 lines deleted...]
-      <c r="A31" s="16" t="s">
+      <c r="D30" s="16">
+        <v>1755065</v>
+      </c>
+      <c r="E30" s="16">
+        <v>1747032</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B31" s="43">
-[...2 lines deleted...]
-      <c r="C31" s="17">
+      <c r="B31" s="25">
+        <v>3902488</v>
+      </c>
+      <c r="C31" s="3">
         <v>3985859</v>
       </c>
-      <c r="D31" s="4"/>
-[...3 lines deleted...]
-      <c r="A32" s="18" t="s">
+      <c r="D31" s="14">
+        <v>4124921</v>
+      </c>
+      <c r="E31" s="14">
+        <v>3929941</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="B32" s="44">
-[...2 lines deleted...]
-      <c r="C32" s="19">
+      <c r="B32" s="25">
+        <v>2021860</v>
+      </c>
+      <c r="C32" s="4">
         <v>2228344</v>
       </c>
-      <c r="D32" s="5"/>
-[...3 lines deleted...]
-      <c r="A33" s="16" t="s">
+      <c r="D32" s="16">
+        <v>2241185</v>
+      </c>
+      <c r="E32" s="16">
+        <v>2133129</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="B33" s="43">
-[...2 lines deleted...]
-      <c r="C33" s="17">
+      <c r="B33" s="25">
+        <v>1121208</v>
+      </c>
+      <c r="C33" s="3">
         <v>1181299</v>
       </c>
-      <c r="D33" s="4"/>
-[...3 lines deleted...]
-      <c r="A34" s="14" t="s">
+      <c r="D33" s="14">
+        <v>1184047</v>
+      </c>
+      <c r="E33" s="14">
+        <v>1176913</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B34" s="42">
-[...7 lines deleted...]
-      <c r="A35" s="16" t="s">
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="12"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B35" s="43"/>
-[...5 lines deleted...]
-      <c r="A36" s="14" t="s">
+      <c r="B35" s="3"/>
+      <c r="C35" s="3"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+    </row>
+    <row r="36" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A36" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B36" s="42"/>
-      <c r="C36" s="26">
+      <c r="B36" s="5">
+        <v>18285880</v>
+      </c>
+      <c r="C36" s="7">
         <v>20547961</v>
       </c>
-      <c r="D36" s="8"/>
-[...3 lines deleted...]
-      <c r="A37" s="16" t="s">
+      <c r="D36" s="27">
+        <v>19227148</v>
+      </c>
+      <c r="E36" s="27">
+        <v>20016675</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="B37" s="43">
-[...2 lines deleted...]
-      <c r="C37" s="27">
+      <c r="B37" s="3">
+        <v>2226141</v>
+      </c>
+      <c r="C37" s="3">
         <v>2103654</v>
       </c>
-      <c r="D37" s="4"/>
-[...3 lines deleted...]
-      <c r="A38" s="18" t="s">
+      <c r="D37" s="28">
+        <v>2198764</v>
+      </c>
+      <c r="E37" s="28">
+        <v>2135913</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="44">
-[...2 lines deleted...]
-      <c r="C38" s="27">
+      <c r="B38" s="4">
+        <v>20512021</v>
+      </c>
+      <c r="C38" s="4">
         <v>22651615</v>
       </c>
-      <c r="D38" s="5"/>
-[...2 lines deleted...]
-      <c r="A39" s="16" t="s">
+      <c r="D38" s="28">
+        <v>21425912</v>
+      </c>
+      <c r="E38" s="28">
+        <v>22152588</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="B39" s="43">
-[...2 lines deleted...]
-      <c r="C39" s="27">
+      <c r="B39" s="4">
+        <v>125518018.01000001</v>
+      </c>
+      <c r="C39" s="3">
         <v>125838354</v>
       </c>
-      <c r="D39" s="4"/>
-[...2 lines deleted...]
-      <c r="A40" s="18" t="s">
+      <c r="D39" s="28">
+        <v>129049735</v>
+      </c>
+      <c r="E39" s="28">
+        <v>128716668</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="B40" s="44">
-[...2 lines deleted...]
-      <c r="C40" s="27">
+      <c r="B40" s="3">
+        <v>194886427</v>
+      </c>
+      <c r="C40" s="4">
         <v>189529804</v>
       </c>
-      <c r="D40" s="5"/>
-[...2 lines deleted...]
-      <c r="A41" s="12" t="s">
+      <c r="D40" s="28">
+        <v>196194571</v>
+      </c>
+      <c r="E40" s="28">
+        <v>200667751</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A41" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="B41" s="45">
-[...6 lines deleted...]
-      <c r="A42" s="18" t="s">
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="27"/>
+      <c r="E41" s="27"/>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="B42" s="44"/>
-      <c r="C42" s="27">
+      <c r="B42" s="4">
+        <v>1137131</v>
+      </c>
+      <c r="C42" s="4">
         <v>1107635</v>
       </c>
-      <c r="D42" s="5"/>
-[...2 lines deleted...]
-      <c r="A43" s="16" t="s">
+      <c r="D42" s="28">
+        <v>1079853</v>
+      </c>
+      <c r="E42" s="28">
+        <v>1049312</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B43" s="43">
-[...2 lines deleted...]
-      <c r="C43" s="27">
+      <c r="B43" s="3">
+        <v>125703</v>
+      </c>
+      <c r="C43" s="3">
         <v>89803</v>
       </c>
-      <c r="D43" s="4"/>
-[...2 lines deleted...]
-      <c r="A44" s="18" t="s">
+      <c r="D43" s="28">
+        <v>89372</v>
+      </c>
+      <c r="E43" s="28">
+        <v>60960</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B44" s="44">
-[...2 lines deleted...]
-      <c r="C44" s="27">
+      <c r="B44" s="4">
+        <v>1262834</v>
+      </c>
+      <c r="C44" s="4">
         <v>1197438</v>
       </c>
-      <c r="D44" s="5"/>
-[...2 lines deleted...]
-      <c r="A45" s="16" t="s">
+      <c r="D44" s="28">
+        <v>1169225</v>
+      </c>
+      <c r="E44" s="28">
+        <v>1110272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B45" s="43">
-[...2 lines deleted...]
-      <c r="C45" s="27">
+      <c r="B45" s="3">
+        <v>3656706.58</v>
+      </c>
+      <c r="C45" s="3">
         <v>3615499</v>
       </c>
-      <c r="D45" s="4"/>
-[...2 lines deleted...]
-      <c r="A46" s="18" t="s">
+      <c r="D45" s="28">
+        <v>3736537</v>
+      </c>
+      <c r="E45" s="28">
+        <v>3778194</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="B46" s="44">
-[...2 lines deleted...]
-      <c r="C46" s="27">
+      <c r="B46" s="4">
+        <v>5086722</v>
+      </c>
+      <c r="C46" s="4">
         <v>4981571</v>
       </c>
-      <c r="D46" s="5"/>
-[...2 lines deleted...]
-      <c r="A47" s="14" t="s">
+      <c r="D46" s="28">
+        <v>5140946</v>
+      </c>
+      <c r="E46" s="28">
+        <v>5033870</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A47" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="B47" s="42">
-[...6 lines deleted...]
-      <c r="A48" s="16" t="s">
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="B48" s="43"/>
-[...6 lines deleted...]
-      <c r="A49" s="18" t="s">
+      <c r="B48" s="4">
+        <v>11915467</v>
+      </c>
+      <c r="C48" s="3">
+        <v>8690831</v>
+      </c>
+      <c r="D48" s="28">
+        <v>8859774</v>
+      </c>
+      <c r="E48" s="28">
+        <v>8007814</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="B49" s="44">
-[...8 lines deleted...]
-      <c r="A50" s="20" t="s">
+      <c r="B49" s="3">
+        <v>6462074</v>
+      </c>
+      <c r="C49" s="4">
+        <v>6196661</v>
+      </c>
+      <c r="D49" s="28">
+        <v>5915373</v>
+      </c>
+      <c r="E49" s="28">
+        <v>5593333</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="B50" s="46">
-[...8 lines deleted...]
-      <c r="B51">
+      <c r="B50" s="3">
         <v>2540877</v>
       </c>
+      <c r="C50" s="3">
+        <v>2513144</v>
+      </c>
+      <c r="D50" s="29">
+        <v>2366779</v>
+      </c>
+      <c r="E50" s="29">
+        <v>2203310</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E51" s="40"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E52" s="40"/>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E55" s="40">
+        <v>8007814</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E56" s="40">
+        <v>5593333</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E57" s="40">
+        <v>2203310</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...2 lines deleted...]
-    <mergeCell ref="A7:C7"/>
+  <mergeCells count="1">
     <mergeCell ref="A9:A10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NAMIBIAN BANKING INDUSTRY DATA </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Renatu, Tereza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>