--- v0 (2025-10-17)
+++ v1 (2025-12-25)
@@ -1,115 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29609"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/Public Finance &amp;  Debt/New Public Finance &amp; Debt/Public Finance table for text/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="511" documentId="14_{E75A09C2-1324-46A5-9096-5331F2DBD003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B55AC800-DB0C-4BF4-90EC-DD833D70A4A6}"/>
+  <xr:revisionPtr revIDLastSave="522" documentId="14_{E75A09C2-1324-46A5-9096-5331F2DBD003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A847E4DD-9200-46D5-B05B-1CC37DAC61A8}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Debt and gurantees " sheetId="11" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BS53" i="11" l="1"/>
-[...1 lines deleted...]
-  <c r="BQ53" i="11"/>
+  <c r="BT53" i="11" l="1"/>
+  <c r="BS53" i="11"/>
+  <c r="BT52" i="11"/>
   <c r="BS52" i="11"/>
-  <c r="BR52" i="11"/>
+  <c r="BT51" i="11"/>
+  <c r="BS51" i="11"/>
+  <c r="BT50" i="11"/>
+  <c r="BS50" i="11"/>
+  <c r="BT49" i="11"/>
+  <c r="BS49" i="11"/>
+  <c r="BT47" i="11"/>
+  <c r="BS47" i="11"/>
+  <c r="BT20" i="11"/>
+  <c r="BT17" i="11"/>
+  <c r="BT5" i="11"/>
+  <c r="BT13" i="11" s="1"/>
+  <c r="BT16" i="11" l="1"/>
+  <c r="BT34" i="11"/>
+  <c r="BT7" i="11"/>
+  <c r="BT9" i="11"/>
+  <c r="BT11" i="11"/>
+  <c r="BT35" i="11"/>
+  <c r="BT22" i="11"/>
+  <c r="BT24" i="11"/>
+  <c r="BT26" i="11"/>
+  <c r="BT28" i="11" s="1"/>
+  <c r="BT31" i="11"/>
+  <c r="BT36" i="11" l="1"/>
+  <c r="BT32" i="11"/>
+  <c r="BR52" i="11" l="1"/>
   <c r="BQ52" i="11"/>
   <c r="BP52" i="11"/>
   <c r="BO52" i="11"/>
-  <c r="BS51" i="11"/>
   <c r="BR51" i="11"/>
   <c r="BQ51" i="11"/>
   <c r="BP51" i="11"/>
   <c r="BO51" i="11"/>
-  <c r="BS50" i="11"/>
   <c r="BR50" i="11"/>
+  <c r="BR47" i="11" s="1"/>
   <c r="BQ50" i="11"/>
   <c r="BQ47" i="11" s="1"/>
   <c r="BP50" i="11"/>
   <c r="BP53" i="11" s="1"/>
   <c r="BO50" i="11"/>
   <c r="BO47" i="11" s="1"/>
-  <c r="BS49" i="11"/>
   <c r="BR49" i="11"/>
-  <c r="BQ49" i="11"/>
-[...3 lines deleted...]
-  <c r="BR47" i="11"/>
   <c r="BS20" i="11"/>
   <c r="BS35" i="11" s="1"/>
   <c r="BR20" i="11"/>
   <c r="BS17" i="11"/>
   <c r="BR17" i="11"/>
   <c r="BS5" i="11"/>
   <c r="BS11" i="11" s="1"/>
   <c r="BR5" i="11"/>
   <c r="BR13" i="11" s="1"/>
   <c r="BQ20" i="11"/>
   <c r="BQ35" i="11" s="1"/>
   <c r="BQ17" i="11"/>
   <c r="BQ5" i="11"/>
   <c r="BQ11" i="11" s="1"/>
   <c r="BP34" i="11"/>
   <c r="BP35" i="11"/>
   <c r="BB53" i="11"/>
   <c r="BA53" i="11"/>
   <c r="AZ53" i="11"/>
   <c r="AY53" i="11"/>
   <c r="AX53" i="11"/>
   <c r="AW53" i="11"/>
   <c r="AV53" i="11"/>
   <c r="AU53" i="11"/>
   <c r="K53" i="11"/>
@@ -534,80 +555,84 @@
   <c r="P11" i="11" s="1"/>
   <c r="O5" i="11"/>
   <c r="O11" i="11" s="1"/>
   <c r="N5" i="11"/>
   <c r="N7" i="11" s="1"/>
   <c r="M5" i="11"/>
   <c r="M34" i="11" s="1"/>
   <c r="L5" i="11"/>
   <c r="K5" i="11"/>
   <c r="K7" i="11" s="1"/>
   <c r="J5" i="11"/>
   <c r="J9" i="11" s="1"/>
   <c r="I5" i="11"/>
   <c r="I9" i="11" s="1"/>
   <c r="H5" i="11"/>
   <c r="H9" i="11" s="1"/>
   <c r="G5" i="11"/>
   <c r="G9" i="11" s="1"/>
   <c r="F5" i="11"/>
   <c r="F34" i="11" s="1"/>
   <c r="E5" i="11"/>
   <c r="E9" i="11" s="1"/>
   <c r="D5" i="11"/>
   <c r="D7" i="11" s="1"/>
   <c r="C5" i="11"/>
-  <c r="BP47" i="11" l="1"/>
+  <c r="BP49" i="11" l="1"/>
+  <c r="BQ49" i="11"/>
+  <c r="BQ53" i="11"/>
+  <c r="BR53" i="11"/>
+  <c r="BO49" i="11"/>
+  <c r="BP47" i="11"/>
   <c r="BO53" i="11"/>
   <c r="BR16" i="11"/>
   <c r="BS16" i="11"/>
   <c r="BS13" i="11"/>
   <c r="BR26" i="11"/>
   <c r="BR32" i="11" s="1"/>
   <c r="BS26" i="11"/>
+  <c r="BS32" i="11" s="1"/>
   <c r="BS31" i="11"/>
   <c r="BR7" i="11"/>
   <c r="BS7" i="11"/>
-  <c r="BS32" i="11"/>
   <c r="BR9" i="11"/>
   <c r="BR22" i="11"/>
   <c r="BR34" i="11"/>
   <c r="BS9" i="11"/>
   <c r="BS22" i="11"/>
   <c r="BS34" i="11"/>
   <c r="BR11" i="11"/>
   <c r="BR24" i="11"/>
   <c r="BR35" i="11"/>
   <c r="BS24" i="11"/>
   <c r="BQ13" i="11"/>
   <c r="BQ16" i="11"/>
   <c r="BQ22" i="11"/>
   <c r="BQ24" i="11"/>
   <c r="BQ26" i="11"/>
   <c r="BQ31" i="11" s="1"/>
   <c r="BQ7" i="11"/>
-  <c r="BQ32" i="11"/>
   <c r="BQ9" i="11"/>
   <c r="BQ34" i="11"/>
   <c r="BP36" i="11"/>
   <c r="BP32" i="11"/>
   <c r="BA35" i="11"/>
   <c r="BB35" i="11"/>
   <c r="BF7" i="11"/>
   <c r="BG7" i="11"/>
   <c r="AG36" i="11"/>
   <c r="AS36" i="11"/>
   <c r="R51" i="11"/>
   <c r="BH13" i="11"/>
   <c r="AH36" i="11"/>
   <c r="X36" i="11"/>
   <c r="G24" i="11"/>
   <c r="R34" i="11"/>
   <c r="J24" i="11"/>
   <c r="S34" i="11"/>
   <c r="S36" i="11" s="1"/>
   <c r="J35" i="11"/>
   <c r="BE51" i="11"/>
   <c r="F9" i="11"/>
   <c r="BB24" i="11"/>
   <c r="P35" i="11"/>
   <c r="BJ24" i="11"/>
@@ -893,51 +918,52 @@
   <c r="P26" i="11"/>
   <c r="P9" i="11"/>
   <c r="BD34" i="11"/>
   <c r="BD13" i="11"/>
   <c r="BD9" i="11"/>
   <c r="P34" i="11"/>
   <c r="AC36" i="11"/>
   <c r="AO36" i="11"/>
   <c r="N35" i="11"/>
   <c r="M48" i="11"/>
   <c r="M53" i="11"/>
   <c r="I7" i="11"/>
   <c r="U9" i="11"/>
   <c r="BD11" i="11"/>
   <c r="BE13" i="11"/>
   <c r="E26" i="11"/>
   <c r="E31" i="11" s="1"/>
   <c r="D34" i="11"/>
   <c r="AD36" i="11"/>
   <c r="AP36" i="11"/>
   <c r="O35" i="11"/>
   <c r="N48" i="11"/>
   <c r="N53" i="11"/>
   <c r="BF11" i="11"/>
   <c r="BD51" i="11"/>
-  <c r="BR31" i="11" l="1"/>
+  <c r="BQ32" i="11" l="1"/>
+  <c r="BR31" i="11"/>
   <c r="BR28" i="11"/>
   <c r="BS28" i="11"/>
   <c r="BF36" i="11"/>
   <c r="BB36" i="11"/>
   <c r="BS36" i="11"/>
   <c r="BR36" i="11"/>
   <c r="BQ36" i="11"/>
   <c r="BQ28" i="11"/>
   <c r="R36" i="11"/>
   <c r="BA36" i="11"/>
   <c r="BG36" i="11"/>
   <c r="I36" i="11"/>
   <c r="H36" i="11"/>
   <c r="BD31" i="11"/>
   <c r="J36" i="11"/>
   <c r="BJ32" i="11"/>
   <c r="Q32" i="11"/>
   <c r="P36" i="11"/>
   <c r="L31" i="11"/>
   <c r="D31" i="11"/>
   <c r="AY36" i="11"/>
   <c r="AY32" i="11"/>
   <c r="I31" i="11"/>
   <c r="C36" i="11"/>
   <c r="AZ31" i="11"/>
@@ -957,225 +983,225 @@
   <c r="BE32" i="11"/>
   <c r="K36" i="11"/>
   <c r="E36" i="11"/>
   <c r="R32" i="11"/>
   <c r="BA31" i="11"/>
   <c r="M31" i="11"/>
   <c r="G32" i="11"/>
   <c r="BI32" i="11"/>
   <c r="C32" i="11"/>
   <c r="BC31" i="11"/>
   <c r="BH31" i="11"/>
   <c r="L36" i="11"/>
   <c r="H31" i="11"/>
   <c r="P31" i="11"/>
   <c r="P32" i="11"/>
   <c r="J31" i="11"/>
   <c r="BC36" i="11"/>
   <c r="E32" i="11"/>
   <c r="O36" i="11"/>
   <c r="BD36" i="11"/>
   <c r="BB31" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="53">
   <si>
-    <t>Q1</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">  Total debt</t>
+    <t>Table 1:  Central Government debt (N$ million)</t>
   </si>
   <si>
     <t>2008/09</t>
   </si>
   <si>
     <t>2009/10</t>
   </si>
   <si>
     <t>2010/11</t>
   </si>
   <si>
     <t>2011/12</t>
   </si>
   <si>
     <t>2012/13</t>
   </si>
   <si>
-    <t>Eurobond</t>
-[...7 lines deleted...]
-  <si>
     <t>2013/14</t>
   </si>
   <si>
     <t>2014/15</t>
   </si>
   <si>
     <t>2015/16</t>
   </si>
   <si>
     <t>2016/17</t>
   </si>
   <si>
-    <t>Foreign debt stock</t>
-[...1 lines deleted...]
-  <si>
     <t>2017/18</t>
   </si>
   <si>
     <t>2018/19</t>
   </si>
   <si>
-    <t>JSE listed bonds</t>
-[...7 lines deleted...]
-  <si>
     <t>2019/20</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">   External debt service</t>
   </si>
   <si>
     <t>2020/21</t>
   </si>
   <si>
     <t>2021/22</t>
   </si>
   <si>
     <t>2022/23</t>
   </si>
   <si>
     <t>2023/24</t>
   </si>
   <si>
     <t>2024/25</t>
   </si>
   <si>
+    <t>2025/26</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>Q2</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>Q4</t>
+  </si>
+  <si>
+    <t>GDP</t>
+  </si>
+  <si>
+    <t>Foreign debt stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Bilateral</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   As % of total</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Multilateral</t>
+  </si>
+  <si>
+    <t>Eurobond</t>
+  </si>
+  <si>
+    <t>JSE listed bonds</t>
+  </si>
+  <si>
+    <t>External   debt excluding Rand</t>
+  </si>
+  <si>
+    <t xml:space="preserve">As % of total </t>
+  </si>
+  <si>
+    <t>Total Debt service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Domestic debt service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   External debt service</t>
+  </si>
+  <si>
+    <t>Domestic debt stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Treasury bills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Internal registered stock</t>
+  </si>
+  <si>
     <t>Gross Central Government debt</t>
   </si>
   <si>
     <t>Government deposits with depository corporations</t>
   </si>
   <si>
     <t>Net Central Government debt</t>
   </si>
   <si>
-    <t>2025/26</t>
+    <t>Proportion of total debt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Foreign debt stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Domestic debt stock</t>
+  </si>
+  <si>
+    <t>As % of GDP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Total debt</t>
+  </si>
+  <si>
+    <t>Source: MoF and BoN</t>
+  </si>
+  <si>
+    <t>Table 2:  Central Government loan guarantees (N$ million)</t>
+  </si>
+  <si>
+    <t>Domestic Guarantees</t>
+  </si>
+  <si>
+    <t>As % of Total Guarantees</t>
+  </si>
+  <si>
+    <t>Foreign Guarantees</t>
+  </si>
+  <si>
+    <t>Total Guarantees</t>
+  </si>
+  <si>
+    <t>Source:  BoN and MoF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
-    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-[...5 lines deleted...]
-    <numFmt numFmtId="170" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="0.0"/>
+    <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="169" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="arial"/>
       <family val="2"/>
@@ -1407,224 +1433,221 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="86">
+  <cellXfs count="85">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="167" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="167" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="168" fontId="6" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="9" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="9" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="167" fontId="9" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="9" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="168" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="167" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="10" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="10" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="170" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="167" fontId="6" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="169" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="170" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="9" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="9" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="170" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="170" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="169" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="169" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="6" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="13" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="13" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 2 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1965,437 +1988,441 @@
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEE902AC-2ECE-4613-96D3-DF6A2642A6EA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BS63"/>
+  <dimension ref="A1:BT63"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="BJ24" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="BI4" activePane="bottomRight" state="frozen"/>
+      <selection pane="bottomRight" activeCell="BT4" sqref="BS4:BT4"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="BU45" sqref="BU45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.15"/>
   <cols>
     <col min="1" max="1" width="3.7109375" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" customWidth="1"/>
     <col min="3" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" customWidth="1"/>
     <col min="6" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.85546875" customWidth="1"/>
     <col min="9" max="9" width="11" customWidth="1"/>
     <col min="10" max="11" width="8.140625" customWidth="1"/>
     <col min="12" max="12" width="10" customWidth="1"/>
     <col min="13" max="14" width="8.140625" customWidth="1"/>
     <col min="15" max="19" width="10.140625" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.85546875" customWidth="1"/>
     <col min="23" max="23" width="10.28515625" customWidth="1"/>
     <col min="24" max="32" width="9.140625" customWidth="1"/>
     <col min="33" max="34" width="9.5703125" customWidth="1"/>
     <col min="35" max="41" width="8.5703125" customWidth="1"/>
     <col min="42" max="45" width="8.85546875" customWidth="1"/>
     <col min="46" max="52" width="9.5703125" customWidth="1"/>
     <col min="53" max="59" width="9.85546875" customWidth="1"/>
     <col min="60" max="70" width="9.42578125" customWidth="1"/>
-    <col min="71" max="71" width="11.140625" customWidth="1"/>
+    <col min="71" max="72" width="11.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:72">
       <c r="B1" s="3" t="s">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
       <c r="Q1" s="10"/>
       <c r="R1" s="10"/>
       <c r="S1" s="10"/>
       <c r="T1" s="10"/>
       <c r="U1" s="10"/>
       <c r="V1" s="10"/>
       <c r="W1" s="10"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
     </row>
-    <row r="2" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:72">
       <c r="B2" s="26"/>
       <c r="C2" s="79" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      <c r="F2" s="81"/>
+        <v>1</v>
+      </c>
+      <c r="D2" s="84"/>
+      <c r="E2" s="84"/>
+      <c r="F2" s="80"/>
       <c r="G2" s="79" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="J2" s="81"/>
+        <v>2</v>
+      </c>
+      <c r="H2" s="84"/>
+      <c r="I2" s="84"/>
+      <c r="J2" s="80"/>
       <c r="K2" s="79" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      <c r="N2" s="81"/>
+        <v>3</v>
+      </c>
+      <c r="L2" s="84"/>
+      <c r="M2" s="84"/>
+      <c r="N2" s="80"/>
       <c r="O2" s="79" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="R2" s="81"/>
+        <v>4</v>
+      </c>
+      <c r="P2" s="84"/>
+      <c r="Q2" s="84"/>
+      <c r="R2" s="80"/>
       <c r="S2" s="79" t="s">
-        <v>26</v>
-[...75 lines deleted...]
-      <c r="BR2" s="78"/>
+        <v>5</v>
+      </c>
+      <c r="T2" s="84"/>
+      <c r="U2" s="84"/>
+      <c r="V2" s="80"/>
+      <c r="W2" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="X2" s="82"/>
+      <c r="Y2" s="82"/>
+      <c r="Z2" s="83"/>
+      <c r="AA2" s="81" t="s">
+        <v>7</v>
+      </c>
+      <c r="AB2" s="82"/>
+      <c r="AC2" s="82"/>
+      <c r="AD2" s="83"/>
+      <c r="AE2" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF2" s="82"/>
+      <c r="AG2" s="82"/>
+      <c r="AH2" s="83"/>
+      <c r="AI2" s="81" t="s">
+        <v>9</v>
+      </c>
+      <c r="AJ2" s="82"/>
+      <c r="AK2" s="82"/>
+      <c r="AL2" s="83"/>
+      <c r="AM2" s="81" t="s">
+        <v>10</v>
+      </c>
+      <c r="AN2" s="82"/>
+      <c r="AO2" s="82"/>
+      <c r="AP2" s="83"/>
+      <c r="AQ2" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="AR2" s="82"/>
+      <c r="AS2" s="82"/>
+      <c r="AT2" s="83"/>
+      <c r="AU2" s="81" t="s">
+        <v>12</v>
+      </c>
+      <c r="AV2" s="82"/>
+      <c r="AW2" s="82"/>
+      <c r="AX2" s="83"/>
+      <c r="AY2" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AZ2" s="82"/>
+      <c r="BA2" s="82"/>
+      <c r="BB2" s="83"/>
+      <c r="BC2" s="81" t="s">
+        <v>14</v>
+      </c>
+      <c r="BD2" s="82"/>
+      <c r="BE2" s="82"/>
+      <c r="BF2" s="83"/>
+      <c r="BG2" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="BH2" s="82"/>
+      <c r="BI2" s="82"/>
+      <c r="BJ2" s="83"/>
+      <c r="BK2" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="BL2" s="82"/>
+      <c r="BM2" s="82"/>
+      <c r="BN2" s="83"/>
+      <c r="BO2" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="BP2" s="82"/>
+      <c r="BQ2" s="82"/>
+      <c r="BR2" s="83"/>
       <c r="BS2" s="49" t="s">
-        <v>52</v>
-      </c>
+        <v>18</v>
+      </c>
+      <c r="BT2" s="49"/>
     </row>
-    <row r="3" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:72">
       <c r="B3" s="27"/>
       <c r="C3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="D3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="E3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="G3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="H3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="J3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="K3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="L3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="M3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="N3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="O3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="P3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="Q3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="R3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="S3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="T3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="U3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="V3" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="W3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="X3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="Y3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="Z3" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AA3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AB3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AC3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AD3" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AE3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AF3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AG3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AH3" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AI3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AJ3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AK3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AL3" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AM3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AN3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AO3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AP3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AQ3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AR3" s="49" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AS3" s="49" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AT3" s="62" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AU3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AV3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AW3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AX3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AY3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AZ3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BA3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BB3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BC3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BD3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BE3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BF3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BG3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BH3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BI3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BJ3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BK3" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BL3" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BM3" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BN3" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BO3" s="49" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BP3" s="49" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BQ3" s="49" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BR3" s="49" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BS3" s="49" t="s">
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="BT3" s="49" t="s">
+        <v>20</v>
       </c>
     </row>
-    <row r="4" spans="1:71" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:72" s="2" customFormat="1" ht="16.5" customHeight="1">
       <c r="B4" s="6" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C4" s="14">
         <v>71234.5</v>
       </c>
       <c r="D4" s="14">
         <v>71234.5</v>
       </c>
       <c r="E4" s="14">
         <v>71234.5</v>
       </c>
       <c r="F4" s="14">
         <v>71234.5</v>
       </c>
       <c r="G4" s="14">
         <v>77039.5</v>
       </c>
       <c r="H4" s="14">
         <v>77039.5</v>
       </c>
       <c r="I4" s="14">
         <v>77039.5</v>
       </c>
       <c r="J4" s="14">
         <v>77039.5</v>
       </c>
@@ -2558,56 +2585,59 @@
       <c r="BK4" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BL4" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BM4" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BN4" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BO4" s="43">
         <v>251263.46385841901</v>
       </c>
       <c r="BP4" s="43">
         <v>251263.46385841901</v>
       </c>
       <c r="BQ4" s="43">
         <v>251263.46385841901</v>
       </c>
       <c r="BR4" s="43">
         <v>251263.46385841901</v>
       </c>
       <c r="BS4" s="43">
-        <v>277920.01505418302</v>
+        <v>262221.52270776097</v>
+      </c>
+      <c r="BT4" s="43">
+        <v>262221.52270776097</v>
       </c>
     </row>
-    <row r="5" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:72" s="2" customFormat="1">
       <c r="B5" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C5" s="43">
         <f t="shared" ref="C5:N5" si="0">C6+C8</f>
         <v>3264.363866032098</v>
       </c>
       <c r="D5" s="43">
         <f t="shared" si="0"/>
         <v>3424.2039077913232</v>
       </c>
       <c r="E5" s="43">
         <f t="shared" si="0"/>
         <v>3690.2090965919224</v>
       </c>
       <c r="F5" s="43">
         <f t="shared" si="0"/>
         <v>3733.7611467141446</v>
       </c>
       <c r="G5" s="43">
         <f t="shared" si="0"/>
         <v>3320.6855711517246</v>
       </c>
       <c r="H5" s="43">
         <f t="shared" si="0"/>
         <v>3049.9042837481534</v>
       </c>
@@ -2807,55 +2837,59 @@
       </c>
       <c r="BM5" s="43">
         <v>37305.47823030554</v>
       </c>
       <c r="BN5" s="43">
         <v>38818.98512699928</v>
       </c>
       <c r="BO5" s="43">
         <v>38568.056728910364</v>
       </c>
       <c r="BP5" s="43">
         <v>36520.627161839853</v>
       </c>
       <c r="BQ5" s="43">
         <f>BQ6+BQ8+BQ10+BQ12</f>
         <v>37931.234486768393</v>
       </c>
       <c r="BR5" s="43">
         <f>BR6+BR8+BR10+BR12</f>
         <v>37530.044321926478</v>
       </c>
       <c r="BS5" s="43">
         <f>BS6+BS8+BS10+BS12</f>
         <v>36405.880742300287</v>
       </c>
+      <c r="BT5" s="43">
+        <f>BT6+BT8+BT10+BT12</f>
+        <v>34890.634002646773</v>
+      </c>
     </row>
-    <row r="6" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:72">
       <c r="A6" s="2"/>
       <c r="B6" s="5" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C6" s="44">
         <v>1390.2454267700002</v>
       </c>
       <c r="D6" s="44">
         <v>1362.89</v>
       </c>
       <c r="E6" s="44">
         <v>1536.1623540230021</v>
       </c>
       <c r="F6" s="44">
         <v>1511.4493887792023</v>
       </c>
       <c r="G6" s="44">
         <v>1310.3</v>
       </c>
       <c r="H6" s="44">
         <v>1132.5999999999999</v>
       </c>
       <c r="I6" s="44">
         <v>1425.4</v>
       </c>
       <c r="J6" s="44">
         <v>1119.4477569291462</v>
       </c>
@@ -3020,54 +3054,57 @@
       </c>
       <c r="BL6" s="44">
         <v>4129.2664119089641</v>
       </c>
       <c r="BM6" s="44">
         <v>4219.5979731367361</v>
       </c>
       <c r="BN6" s="44">
         <v>5651.1102639613991</v>
       </c>
       <c r="BO6" s="44">
         <v>6013.7049102165092</v>
       </c>
       <c r="BP6" s="44">
         <v>5914.6052283651388</v>
       </c>
       <c r="BQ6" s="44">
         <v>6024.3200724085864</v>
       </c>
       <c r="BR6" s="44">
         <v>5997.1053405257226</v>
       </c>
       <c r="BS6" s="44">
         <v>6123.0671675938338</v>
       </c>
+      <c r="BT6" s="44">
+        <v>6059.9663509130269</v>
+      </c>
     </row>
-    <row r="7" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:72">
       <c r="B7" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C7" s="11">
         <f t="shared" ref="C7:V7" si="3">C6/C5*100</f>
         <v>42.588555805204166</v>
       </c>
       <c r="D7" s="11">
         <f t="shared" si="3"/>
         <v>39.801660085105453</v>
       </c>
       <c r="E7" s="11">
         <f t="shared" si="3"/>
         <v>41.628057213389845</v>
       </c>
       <c r="F7" s="11">
         <f t="shared" si="3"/>
         <v>40.48061269557472</v>
       </c>
       <c r="G7" s="11">
         <f t="shared" si="3"/>
         <v>39.458719349496988</v>
       </c>
       <c r="H7" s="11">
         <f t="shared" si="3"/>
         <v>37.135591632669239</v>
       </c>
@@ -3256,65 +3293,69 @@
       </c>
       <c r="BJ7" s="11">
         <f t="shared" si="4"/>
         <v>10.996819697674081</v>
       </c>
       <c r="BK7" s="11">
         <f t="shared" si="4"/>
         <v>10.672207210300209</v>
       </c>
       <c r="BL7" s="11">
         <v>10.999076849899771</v>
       </c>
       <c r="BM7" s="11">
         <v>11.310933871660962</v>
       </c>
       <c r="BN7" s="11">
         <v>14.55759403671518</v>
       </c>
       <c r="BO7" s="11">
         <v>15.592449867220495</v>
       </c>
       <c r="BP7" s="11">
         <v>16.19524550373896</v>
       </c>
       <c r="BQ7" s="11">
-        <f t="shared" ref="BQ7:BS7" si="5">BQ6/BQ5*100</f>
+        <f t="shared" ref="BQ7:BT7" si="5">BQ6/BQ5*100</f>
         <v>15.882214628448379</v>
       </c>
       <c r="BR7" s="11">
         <f t="shared" si="5"/>
         <v>15.97947843888366</v>
       </c>
       <c r="BS7" s="11">
         <f t="shared" si="5"/>
         <v>16.818895856238392</v>
       </c>
+      <c r="BT7" s="11">
+        <f t="shared" si="5"/>
+        <v>17.368461548888227</v>
+      </c>
     </row>
-    <row r="8" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:72">
       <c r="B8" s="5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C8" s="44">
         <v>1874.1184392620978</v>
       </c>
       <c r="D8" s="44">
         <v>2061.3139077913233</v>
       </c>
       <c r="E8" s="44">
         <v>2154.0467425689203</v>
       </c>
       <c r="F8" s="44">
         <v>2222.3117579349423</v>
       </c>
       <c r="G8" s="44">
         <v>2010.3855711517249</v>
       </c>
       <c r="H8" s="44">
         <v>1917.3042837481535</v>
       </c>
       <c r="I8" s="44">
         <v>1896.6</v>
       </c>
       <c r="J8" s="44">
         <v>1927.0716509582849</v>
       </c>
@@ -3479,54 +3520,57 @@
       </c>
       <c r="BL8" s="44">
         <v>18862.507272913601</v>
       </c>
       <c r="BM8" s="44">
         <v>18829.755257168799</v>
       </c>
       <c r="BN8" s="44">
         <v>18645.987363037879</v>
       </c>
       <c r="BO8" s="44">
         <v>18384.176818693861</v>
       </c>
       <c r="BP8" s="44">
         <v>17451.421933474714</v>
       </c>
       <c r="BQ8" s="44">
         <v>17472.814414359804</v>
       </c>
       <c r="BR8" s="44">
         <v>17381.851481400758</v>
       </c>
       <c r="BS8" s="44">
         <v>16632.951074706449</v>
       </c>
+      <c r="BT8" s="44">
+        <v>15554.605151733744</v>
+      </c>
     </row>
-    <row r="9" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:72">
       <c r="B9" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C9" s="11">
         <f t="shared" ref="C9:V9" si="6">C8/C5*100</f>
         <v>57.411444194795834</v>
       </c>
       <c r="D9" s="11">
         <f t="shared" si="6"/>
         <v>60.198339914894561</v>
       </c>
       <c r="E9" s="11">
         <f t="shared" si="6"/>
         <v>58.371942786610155</v>
       </c>
       <c r="F9" s="11">
         <f t="shared" si="6"/>
         <v>59.519387304425273</v>
       </c>
       <c r="G9" s="11">
         <f t="shared" si="6"/>
         <v>60.541280650503026</v>
       </c>
       <c r="H9" s="11">
         <f t="shared" si="6"/>
         <v>62.864408367330761</v>
       </c>
@@ -3715,65 +3759,69 @@
       </c>
       <c r="BJ9" s="11">
         <f t="shared" si="7"/>
         <v>51.15688990005404</v>
       </c>
       <c r="BK9" s="11">
         <f t="shared" si="7"/>
         <v>50.568936535261287</v>
       </c>
       <c r="BL9" s="11">
         <v>50.243831804656161</v>
       </c>
       <c r="BM9" s="11">
         <v>50.4745044170811</v>
       </c>
       <c r="BN9" s="11">
         <v>48.033165478273339</v>
       </c>
       <c r="BO9" s="11">
         <v>47.666847588183522</v>
       </c>
       <c r="BP9" s="11">
         <v>47.785110195778849</v>
       </c>
       <c r="BQ9" s="11">
-        <f t="shared" ref="BQ9:BS9" si="8">BQ8/BQ5*100</f>
+        <f t="shared" ref="BQ9:BT9" si="8">BQ8/BQ5*100</f>
         <v>46.064449656798992</v>
       </c>
       <c r="BR9" s="11">
         <f t="shared" si="8"/>
         <v>46.314497612371909</v>
       </c>
       <c r="BS9" s="11">
         <f t="shared" si="8"/>
         <v>45.687539308396644</v>
       </c>
+      <c r="BT9" s="11">
+        <f t="shared" si="8"/>
+        <v>44.581033266846873</v>
+      </c>
     </row>
-    <row r="10" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:72">
       <c r="B10" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="44"/>
       <c r="D10" s="44"/>
       <c r="E10" s="44"/>
       <c r="F10" s="44"/>
       <c r="G10" s="44"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
       <c r="J10" s="44"/>
       <c r="K10" s="44"/>
       <c r="L10" s="44"/>
       <c r="M10" s="44"/>
       <c r="N10" s="55"/>
       <c r="O10" s="44"/>
       <c r="P10" s="44"/>
       <c r="Q10" s="44">
         <v>4075.1</v>
       </c>
       <c r="R10" s="44">
         <v>3836.6</v>
       </c>
       <c r="S10" s="44">
         <v>4157.3</v>
       </c>
       <c r="T10" s="44">
@@ -3910,54 +3958,57 @@
       </c>
       <c r="BL10" s="44">
         <v>14215.1625</v>
       </c>
       <c r="BM10" s="44">
         <v>13921.125</v>
       </c>
       <c r="BN10" s="44">
         <v>14186.887500000001</v>
       </c>
       <c r="BO10" s="44">
         <v>13835.174999999999</v>
       </c>
       <c r="BP10" s="44">
         <v>12819.6</v>
       </c>
       <c r="BQ10" s="44">
         <v>14099.1</v>
       </c>
       <c r="BR10" s="44">
         <v>13816.0875</v>
       </c>
       <c r="BS10" s="44">
         <v>13314.862500000001</v>
       </c>
+      <c r="BT10" s="44">
+        <v>12941.062500000002</v>
+      </c>
     </row>
-    <row r="11" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:72">
       <c r="B11" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="56"/>
       <c r="O11" s="11">
         <f t="shared" ref="O11:V11" si="9">O10/O5*100</f>
         <v>0</v>
       </c>
       <c r="P11" s="11">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="Q11" s="11">
         <f t="shared" si="9"/>
         <v>51.560988003222896</v>
       </c>
@@ -4111,65 +4162,69 @@
       </c>
       <c r="BJ11" s="11">
         <f t="shared" si="10"/>
         <v>36.504756377621668</v>
       </c>
       <c r="BK11" s="11">
         <f t="shared" si="10"/>
         <v>37.448426508867058</v>
       </c>
       <c r="BL11" s="11">
         <v>37.86475590927806</v>
       </c>
       <c r="BM11" s="11">
         <v>37.316570274365255</v>
       </c>
       <c r="BN11" s="11">
         <v>36.546260685555055</v>
       </c>
       <c r="BO11" s="11">
         <v>35.872108095166851</v>
       </c>
       <c r="BP11" s="11">
         <v>35.102354467217666</v>
       </c>
       <c r="BQ11" s="11">
-        <f t="shared" ref="BQ11:BS11" si="11">BQ10/BQ5*100</f>
+        <f t="shared" ref="BQ11:BT11" si="11">BQ10/BQ5*100</f>
         <v>37.170158553416471</v>
       </c>
       <c r="BR11" s="11">
         <f t="shared" si="11"/>
         <v>36.813405764959668</v>
       </c>
       <c r="BS11" s="11">
         <f t="shared" si="11"/>
         <v>36.573383828424603</v>
       </c>
+      <c r="BT11" s="11">
+        <f t="shared" si="11"/>
+        <v>37.09036212703473</v>
+      </c>
     </row>
-    <row r="12" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:72">
       <c r="B12" s="7" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="C12" s="44"/>
       <c r="D12" s="44"/>
       <c r="E12" s="44"/>
       <c r="F12" s="44"/>
       <c r="G12" s="44"/>
       <c r="H12" s="44"/>
       <c r="I12" s="44"/>
       <c r="J12" s="44"/>
       <c r="K12" s="44"/>
       <c r="L12" s="44"/>
       <c r="M12" s="44"/>
       <c r="N12" s="55"/>
       <c r="O12" s="44"/>
       <c r="P12" s="44"/>
       <c r="Q12" s="44"/>
       <c r="R12" s="44"/>
       <c r="S12" s="44"/>
       <c r="T12" s="44"/>
       <c r="U12" s="44">
         <v>850</v>
       </c>
       <c r="V12" s="44">
         <v>850</v>
       </c>
@@ -4298,54 +4353,57 @@
       </c>
       <c r="BL12" s="44">
         <v>335</v>
       </c>
       <c r="BM12" s="44">
         <v>335</v>
       </c>
       <c r="BN12" s="44">
         <v>335</v>
       </c>
       <c r="BO12" s="44">
         <v>335</v>
       </c>
       <c r="BP12" s="44">
         <v>335</v>
       </c>
       <c r="BQ12" s="44">
         <v>335</v>
       </c>
       <c r="BR12" s="44">
         <v>335</v>
       </c>
       <c r="BS12" s="44">
         <v>335</v>
       </c>
+      <c r="BT12" s="44">
+        <v>335</v>
+      </c>
     </row>
-    <row r="13" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:72">
       <c r="B13" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="11"/>
       <c r="G13" s="11"/>
       <c r="H13" s="11"/>
       <c r="I13" s="11"/>
       <c r="J13" s="11"/>
       <c r="K13" s="11"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="56"/>
       <c r="O13" s="11"/>
       <c r="P13" s="11"/>
       <c r="Q13" s="11"/>
       <c r="R13" s="11"/>
       <c r="S13" s="11"/>
       <c r="T13" s="11"/>
       <c r="U13" s="11">
         <f>U12/U5*100</f>
         <v>9.4023428426047815</v>
       </c>
       <c r="V13" s="11">
         <f>V12/V5*100</f>
@@ -4481,63 +4539,67 @@
       </c>
       <c r="BJ13" s="11">
         <f t="shared" si="12"/>
         <v>1.3415340246502105</v>
       </c>
       <c r="BK13" s="11">
         <f t="shared" si="12"/>
         <v>1.3104297455714378</v>
       </c>
       <c r="BL13" s="11">
         <v>0.89233543616600575</v>
       </c>
       <c r="BM13" s="11">
         <v>0.89799143689266225</v>
       </c>
       <c r="BN13" s="11">
         <v>0.86297979945643055</v>
       </c>
       <c r="BO13" s="11">
         <v>0.86859444942914676</v>
       </c>
       <c r="BP13" s="11">
         <v>0.91728983326452607</v>
       </c>
       <c r="BQ13" s="11">
-        <f t="shared" ref="BQ13:BS13" si="13">BQ12/BQ5*100</f>
+        <f t="shared" ref="BQ13:BT13" si="13">BQ12/BQ5*100</f>
         <v>0.88317716133615043</v>
       </c>
       <c r="BR13" s="11">
         <f t="shared" si="13"/>
         <v>0.89261818378477187</v>
       </c>
       <c r="BS13" s="11">
         <f t="shared" si="13"/>
         <v>0.9201810069403451</v>
       </c>
+      <c r="BT13" s="11">
+        <f t="shared" si="13"/>
+        <v>0.96014305723016424</v>
+      </c>
     </row>
-    <row r="14" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:72">
       <c r="B14" s="7"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
       <c r="G14" s="11"/>
       <c r="H14" s="11"/>
       <c r="I14" s="11"/>
       <c r="J14" s="11"/>
       <c r="K14" s="11"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="56"/>
       <c r="O14" s="11"/>
       <c r="P14" s="11"/>
       <c r="Q14" s="11"/>
       <c r="R14" s="11"/>
       <c r="S14" s="11"/>
       <c r="T14" s="11"/>
       <c r="U14" s="11"/>
       <c r="V14" s="11"/>
       <c r="W14" s="11"/>
       <c r="X14" s="11"/>
       <c r="Y14" s="11"/>
       <c r="Z14" s="11"/>
@@ -4564,54 +4626,55 @@
       <c r="AU14" s="11"/>
       <c r="AV14" s="11"/>
       <c r="AW14" s="11"/>
       <c r="AX14" s="65"/>
       <c r="AY14" s="65"/>
       <c r="AZ14" s="64"/>
       <c r="BA14" s="64"/>
       <c r="BB14" s="64"/>
       <c r="BC14" s="64"/>
       <c r="BD14" s="44"/>
       <c r="BE14" s="11"/>
       <c r="BF14" s="11"/>
       <c r="BG14" s="11"/>
       <c r="BH14" s="11"/>
       <c r="BI14" s="11"/>
       <c r="BJ14" s="61"/>
       <c r="BK14" s="11"/>
       <c r="BL14" s="11"/>
       <c r="BM14" s="11"/>
       <c r="BN14" s="11"/>
       <c r="BO14" s="11"/>
       <c r="BP14" s="11"/>
       <c r="BQ14" s="11"/>
       <c r="BR14" s="11"/>
       <c r="BS14" s="11"/>
+      <c r="BT14" s="11"/>
     </row>
-    <row r="15" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:72" s="2" customFormat="1">
       <c r="B15" s="6" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="C15" s="43"/>
       <c r="D15" s="43"/>
       <c r="E15" s="43"/>
       <c r="F15" s="43"/>
       <c r="G15" s="58"/>
       <c r="H15" s="58"/>
       <c r="I15" s="58"/>
       <c r="J15" s="58"/>
       <c r="K15" s="58"/>
       <c r="L15" s="58"/>
       <c r="M15" s="58"/>
       <c r="N15" s="58"/>
       <c r="O15" s="58"/>
       <c r="P15" s="58"/>
       <c r="Q15" s="58"/>
       <c r="R15" s="58"/>
       <c r="S15" s="58"/>
       <c r="T15" s="58"/>
       <c r="U15" s="58"/>
       <c r="V15" s="58"/>
       <c r="W15" s="58"/>
       <c r="X15" s="58"/>
       <c r="Y15" s="58"/>
       <c r="Z15" s="58"/>
@@ -4700,54 +4763,57 @@
       </c>
       <c r="BL15" s="43">
         <v>22157.180548322565</v>
       </c>
       <c r="BM15" s="43">
         <v>21863.857508785539</v>
       </c>
       <c r="BN15" s="43">
         <v>22080.62723689928</v>
       </c>
       <c r="BO15" s="43">
         <v>21437.754969595779</v>
       </c>
       <c r="BP15" s="43">
         <v>19488.126404025264</v>
       </c>
       <c r="BQ15" s="43">
         <v>21021.356257490937</v>
       </c>
       <c r="BR15" s="43">
         <v>20721.724804581023</v>
       </c>
       <c r="BS15" s="43">
         <v>19583.065637844833</v>
       </c>
+      <c r="BT15" s="43">
+        <v>18237.567430101313</v>
+      </c>
     </row>
-    <row r="16" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:72" s="2" customFormat="1">
       <c r="B16" s="7" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C16" s="43"/>
       <c r="D16" s="43"/>
       <c r="E16" s="43"/>
       <c r="F16" s="43"/>
       <c r="G16" s="43"/>
       <c r="H16" s="43"/>
       <c r="I16" s="57"/>
       <c r="J16" s="43"/>
       <c r="K16" s="43"/>
       <c r="L16" s="43"/>
       <c r="M16" s="43"/>
       <c r="N16" s="43"/>
       <c r="O16" s="43"/>
       <c r="P16" s="43"/>
       <c r="Q16" s="43"/>
       <c r="R16" s="43"/>
       <c r="S16" s="43"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
       <c r="X16" s="43"/>
       <c r="Y16" s="43"/>
       <c r="Z16" s="43"/>
@@ -4841,65 +4907,69 @@
       </c>
       <c r="BJ16" s="11">
         <f t="shared" si="14"/>
         <v>54.153927843571971</v>
       </c>
       <c r="BK16" s="11">
         <f t="shared" si="14"/>
         <v>59.042936271562688</v>
       </c>
       <c r="BL16" s="11">
         <v>59.019813041183141</v>
       </c>
       <c r="BM16" s="11">
         <v>58.607632299494774</v>
       </c>
       <c r="BN16" s="11">
         <v>56.881000790362805</v>
       </c>
       <c r="BO16" s="11">
         <v>55.584223805411945</v>
       </c>
       <c r="BP16" s="11">
         <v>53.361970805332369</v>
       </c>
       <c r="BQ16" s="11">
-        <f t="shared" ref="BQ16:BS16" si="15">BQ15/BQ5*100</f>
+        <f t="shared" ref="BQ16:BT16" si="15">BQ15/BQ5*100</f>
         <v>55.41964700575155</v>
       </c>
       <c r="BR16" s="11">
         <f t="shared" si="15"/>
         <v>55.213696596874527</v>
       </c>
       <c r="BS16" s="11">
         <f t="shared" si="15"/>
         <v>53.7909404704804</v>
       </c>
+      <c r="BT16" s="11">
+        <f t="shared" si="15"/>
+        <v>52.270667906802224</v>
+      </c>
     </row>
-    <row r="17" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:72" s="2" customFormat="1">
       <c r="B17" s="6" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C17" s="43"/>
       <c r="D17" s="43"/>
       <c r="E17" s="43"/>
       <c r="F17" s="43"/>
       <c r="G17" s="43"/>
       <c r="H17" s="43"/>
       <c r="I17" s="57"/>
       <c r="J17" s="43"/>
       <c r="K17" s="43"/>
       <c r="L17" s="43"/>
       <c r="M17" s="43"/>
       <c r="N17" s="43"/>
       <c r="O17" s="43"/>
       <c r="P17" s="43"/>
       <c r="Q17" s="43"/>
       <c r="R17" s="43"/>
       <c r="S17" s="43"/>
       <c r="T17" s="43"/>
       <c r="U17" s="43"/>
       <c r="V17" s="43"/>
       <c r="W17" s="43"/>
       <c r="X17" s="43"/>
       <c r="Y17" s="43"/>
       <c r="Z17" s="43"/>
@@ -5003,65 +5073,69 @@
         <f t="shared" si="16"/>
         <v>4562.8040118833633</v>
       </c>
       <c r="BJ17" s="50">
         <v>2782.9975684456099</v>
       </c>
       <c r="BK17" s="50">
         <v>3187.8591509674943</v>
       </c>
       <c r="BL17" s="43">
         <v>3453.149040957866</v>
       </c>
       <c r="BM17" s="43">
         <v>3363.1280283699998</v>
       </c>
       <c r="BN17" s="43">
         <v>3559.0123202053342</v>
       </c>
       <c r="BO17" s="43">
         <v>3368</v>
       </c>
       <c r="BP17" s="43">
         <v>4295.5495119603038</v>
       </c>
       <c r="BQ17" s="43">
-        <f t="shared" ref="BQ17:BS17" si="17">BQ18+BQ19</f>
+        <f t="shared" ref="BQ17:BT17" si="17">BQ18+BQ19</f>
         <v>5156.9052266874114</v>
       </c>
       <c r="BR17" s="43">
         <f t="shared" si="17"/>
         <v>4423.3456001344903</v>
       </c>
       <c r="BS17" s="43">
         <f t="shared" si="17"/>
         <v>6009.0901904742523</v>
       </c>
+      <c r="BT17" s="43">
+        <f t="shared" si="17"/>
+        <v>3884.5384931020599</v>
+      </c>
     </row>
-    <row r="18" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:72" s="2" customFormat="1">
       <c r="B18" s="7" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C18" s="43"/>
       <c r="D18" s="43"/>
       <c r="E18" s="43"/>
       <c r="F18" s="43"/>
       <c r="G18" s="43"/>
       <c r="H18" s="43"/>
       <c r="I18" s="57"/>
       <c r="J18" s="43"/>
       <c r="K18" s="43"/>
       <c r="L18" s="43"/>
       <c r="M18" s="43"/>
       <c r="N18" s="43"/>
       <c r="O18" s="43"/>
       <c r="P18" s="43"/>
       <c r="Q18" s="43"/>
       <c r="R18" s="43"/>
       <c r="S18" s="43"/>
       <c r="T18" s="43"/>
       <c r="U18" s="43"/>
       <c r="V18" s="43"/>
       <c r="W18" s="43"/>
       <c r="X18" s="43"/>
       <c r="Y18" s="43"/>
       <c r="Z18" s="43"/>
@@ -5162,54 +5236,57 @@
       </c>
       <c r="BL18" s="11">
         <v>2480.0673990295759</v>
       </c>
       <c r="BM18" s="44">
         <v>2240.0304245900002</v>
       </c>
       <c r="BN18" s="44">
         <v>2638.2655414998417</v>
       </c>
       <c r="BO18" s="44">
         <v>2331</v>
       </c>
       <c r="BP18" s="44">
         <v>2722.9813976266641</v>
       </c>
       <c r="BQ18" s="44">
         <v>3531.8434333199998</v>
       </c>
       <c r="BR18" s="44">
         <v>2994.3893987647803</v>
       </c>
       <c r="BS18" s="44">
         <v>4346.2910098699995</v>
       </c>
+      <c r="BT18" s="44">
+        <v>2457.0384931020599</v>
+      </c>
     </row>
-    <row r="19" spans="1:71" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:72" s="2" customFormat="1">
       <c r="B19" s="7" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="C19" s="43">
         <v>61.966481199999997</v>
       </c>
       <c r="D19" s="43">
         <v>64.257011141191001</v>
       </c>
       <c r="E19" s="43">
         <v>65.953281121393005</v>
       </c>
       <c r="F19" s="43">
         <v>80.249541029999989</v>
       </c>
       <c r="G19" s="43">
         <v>57.9</v>
       </c>
       <c r="H19" s="43">
         <v>545.371719877999</v>
       </c>
       <c r="I19" s="57">
         <v>0</v>
       </c>
       <c r="J19" s="43">
         <v>137.9</v>
       </c>
@@ -5374,54 +5451,57 @@
       </c>
       <c r="BL19" s="11">
         <v>973.0816419282902</v>
       </c>
       <c r="BM19" s="44">
         <v>1123.0976037799999</v>
       </c>
       <c r="BN19" s="44">
         <v>920.7467787054926</v>
       </c>
       <c r="BO19" s="44">
         <v>1037</v>
       </c>
       <c r="BP19" s="44">
         <v>1572.5681143336401</v>
       </c>
       <c r="BQ19" s="44">
         <v>1625.0617933674118</v>
       </c>
       <c r="BR19" s="44">
         <v>1428.95620136971</v>
       </c>
       <c r="BS19" s="44">
         <v>1662.799180604253</v>
       </c>
+      <c r="BT19" s="44">
+        <v>1427.5</v>
+      </c>
     </row>
-    <row r="20" spans="1:71" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:72" s="2" customFormat="1" ht="16.5" customHeight="1">
       <c r="B20" s="6" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="C20" s="43">
         <f>C21+C23</f>
         <v>9171.9871999999996</v>
       </c>
       <c r="D20" s="43">
         <f t="shared" ref="D20:P20" si="18">D21+D23</f>
         <v>9240.7000000000007</v>
       </c>
       <c r="E20" s="43">
         <f t="shared" si="18"/>
         <v>9489.6772000000001</v>
       </c>
       <c r="F20" s="43">
         <f t="shared" si="18"/>
         <v>9761.6772000000001</v>
       </c>
       <c r="G20" s="43">
         <f t="shared" si="18"/>
         <v>9906.7000000000007</v>
       </c>
       <c r="H20" s="43">
         <f t="shared" si="18"/>
         <v>10056.6772</v>
       </c>
@@ -5607,66 +5687,70 @@
       </c>
       <c r="BJ20" s="43">
         <f t="shared" si="20"/>
         <v>105805.31</v>
       </c>
       <c r="BK20" s="43">
         <f t="shared" si="20"/>
         <v>108021.54999999999</v>
       </c>
       <c r="BL20" s="43">
         <v>111249.02</v>
       </c>
       <c r="BM20" s="43">
         <v>111525.66</v>
       </c>
       <c r="BN20" s="43">
         <v>115006.8</v>
       </c>
       <c r="BO20" s="43">
         <v>119017.35</v>
       </c>
       <c r="BP20" s="43">
         <v>123562.25</v>
       </c>
       <c r="BQ20" s="43">
-        <f t="shared" ref="BQ20:BS20" si="21">BQ21+BQ23+BQ25</f>
+        <f t="shared" ref="BQ20:BT20" si="21">BQ21+BQ23+BQ25</f>
         <v>126119.42</v>
       </c>
       <c r="BR20" s="43">
         <f t="shared" si="21"/>
         <v>129192.9</v>
       </c>
       <c r="BS20" s="43">
         <f t="shared" si="21"/>
         <v>135114.59</v>
       </c>
+      <c r="BT20" s="43">
+        <f t="shared" si="21"/>
+        <v>141236.65000000002</v>
+      </c>
     </row>
-    <row r="21" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:72">
       <c r="A21" s="2"/>
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="C21" s="44">
         <v>3150</v>
       </c>
       <c r="D21" s="44">
         <v>3435</v>
       </c>
       <c r="E21" s="44">
         <v>3505</v>
       </c>
       <c r="F21" s="44">
         <v>3540</v>
       </c>
       <c r="G21" s="44">
         <v>3540</v>
       </c>
       <c r="H21" s="44">
         <v>3540</v>
       </c>
       <c r="I21" s="59">
         <v>3510.36</v>
       </c>
       <c r="J21" s="44">
         <v>3507</v>
       </c>
@@ -5831,55 +5915,58 @@
       </c>
       <c r="BL21" s="64">
         <v>37631.699999999997</v>
       </c>
       <c r="BM21" s="44">
         <v>37482.82</v>
       </c>
       <c r="BN21" s="44">
         <v>38582.28</v>
       </c>
       <c r="BO21" s="44">
         <v>40058.65</v>
       </c>
       <c r="BP21" s="44">
         <v>41197.480000000003</v>
       </c>
       <c r="BQ21" s="44">
         <v>41956.28</v>
       </c>
       <c r="BR21" s="44">
         <v>41732.5</v>
       </c>
       <c r="BS21" s="44">
         <v>43379.78</v>
       </c>
+      <c r="BT21" s="44">
+        <v>45024.92</v>
+      </c>
     </row>
-    <row r="22" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:72">
       <c r="A22" s="2"/>
       <c r="B22" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C22" s="12">
         <f t="shared" ref="C22:R22" si="22">C21/C20*100</f>
         <v>34.343702529371171</v>
       </c>
       <c r="D22" s="12">
         <f t="shared" si="22"/>
         <v>37.172508576190111</v>
       </c>
       <c r="E22" s="12">
         <f t="shared" si="22"/>
         <v>36.934870661354005</v>
       </c>
       <c r="F22" s="12">
         <f t="shared" si="22"/>
         <v>36.264259998271612</v>
       </c>
       <c r="G22" s="12">
         <f t="shared" si="22"/>
         <v>35.733392552514964</v>
       </c>
       <c r="H22" s="12">
         <f t="shared" si="22"/>
         <v>35.200493459211359</v>
       </c>
@@ -6076,55 +6163,59 @@
       </c>
       <c r="BM22" s="11">
         <v>33.609144299168456</v>
       </c>
       <c r="BN22" s="11">
         <v>33.547824998174022</v>
       </c>
       <c r="BO22" s="11">
         <v>33.657823838289126</v>
       </c>
       <c r="BP22" s="11">
         <v>33.341477676232024</v>
       </c>
       <c r="BQ22" s="11">
         <f t="shared" ref="BQ22:BR22" si="26">BQ21/BQ20*100</f>
         <v>33.26710509769233</v>
       </c>
       <c r="BR22" s="11">
         <f t="shared" si="26"/>
         <v>32.302471730257629</v>
       </c>
       <c r="BS22" s="11">
         <f>BS21/BS20*100</f>
         <v>32.105918391196688</v>
       </c>
+      <c r="BT22" s="11">
+        <f>BT21/BT20*100</f>
+        <v>31.879062552106692</v>
+      </c>
     </row>
-    <row r="23" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:72">
       <c r="A23" s="2"/>
       <c r="B23" s="5" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="C23" s="44">
         <v>6021.9871999999996</v>
       </c>
       <c r="D23" s="44">
         <v>5805.7</v>
       </c>
       <c r="E23" s="44">
         <v>5984.6772000000001</v>
       </c>
       <c r="F23" s="44">
         <v>6221.6772000000001</v>
       </c>
       <c r="G23" s="44">
         <v>6366.7</v>
       </c>
       <c r="H23" s="44">
         <v>6516.6772000000001</v>
       </c>
       <c r="I23" s="59">
         <v>6666.6670000000004</v>
       </c>
       <c r="J23" s="44">
         <v>5369</v>
       </c>
@@ -6289,55 +6380,58 @@
       </c>
       <c r="BL23" s="64">
         <v>73617.320000000007</v>
       </c>
       <c r="BM23" s="44">
         <v>74042.840000000011</v>
       </c>
       <c r="BN23" s="44">
         <v>76424.52</v>
       </c>
       <c r="BO23" s="44">
         <v>78958.7</v>
       </c>
       <c r="BP23" s="44">
         <v>82364.77</v>
       </c>
       <c r="BQ23" s="44">
         <v>84163.14</v>
       </c>
       <c r="BR23" s="44">
         <v>87460.4</v>
       </c>
       <c r="BS23" s="44">
         <v>91734.81</v>
       </c>
+      <c r="BT23" s="44">
+        <v>96211.73000000001</v>
+      </c>
     </row>
-    <row r="24" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:72">
       <c r="A24" s="2"/>
       <c r="B24" s="7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C24" s="12">
         <f t="shared" ref="C24:R24" si="27">C23/C20*100</f>
         <v>65.656297470628829</v>
       </c>
       <c r="D24" s="12">
         <f t="shared" si="27"/>
         <v>62.827491423809875</v>
       </c>
       <c r="E24" s="12">
         <f t="shared" si="27"/>
         <v>63.065129338645995</v>
       </c>
       <c r="F24" s="12">
         <f t="shared" si="27"/>
         <v>63.735740001728388</v>
       </c>
       <c r="G24" s="12">
         <f t="shared" si="27"/>
         <v>64.266607447485029</v>
       </c>
       <c r="H24" s="12">
         <f t="shared" si="27"/>
         <v>64.799506540788641</v>
       </c>
@@ -6523,63 +6617,67 @@
       </c>
       <c r="BJ24" s="11">
         <f t="shared" si="29"/>
         <v>66.301700736947893</v>
       </c>
       <c r="BK24" s="11">
         <f t="shared" si="29"/>
         <v>66.25023432824284</v>
       </c>
       <c r="BL24" s="11">
         <v>66.17345483133245</v>
       </c>
       <c r="BM24" s="11">
         <v>66.390855700831551</v>
       </c>
       <c r="BN24" s="11">
         <v>66.452175001825992</v>
       </c>
       <c r="BO24" s="11">
         <v>66.342176161710881</v>
       </c>
       <c r="BP24" s="11">
         <v>66.658522323767983</v>
       </c>
       <c r="BQ24" s="11">
-        <f t="shared" ref="BQ24:BS24" si="30">BQ23/BQ20*100</f>
+        <f t="shared" ref="BQ24:BT24" si="30">BQ23/BQ20*100</f>
         <v>66.732894902307677</v>
       </c>
       <c r="BR24" s="11">
         <f t="shared" si="30"/>
         <v>67.697528269742378</v>
       </c>
       <c r="BS24" s="11">
         <f t="shared" si="30"/>
         <v>67.894081608803319</v>
       </c>
+      <c r="BT24" s="11">
+        <f t="shared" si="30"/>
+        <v>68.120937447893297</v>
+      </c>
     </row>
-    <row r="25" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:72">
       <c r="A25" s="2"/>
       <c r="B25" s="7"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="60"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
       <c r="O25" s="12"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="12"/>
       <c r="R25" s="12"/>
       <c r="S25" s="12"/>
       <c r="T25" s="12"/>
       <c r="U25" s="12"/>
       <c r="V25" s="12"/>
       <c r="W25" s="12"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="12"/>
@@ -6607,55 +6705,56 @@
       <c r="AU25" s="11"/>
       <c r="AV25" s="11"/>
       <c r="AW25" s="11"/>
       <c r="AX25" s="72"/>
       <c r="AY25" s="72"/>
       <c r="AZ25" s="72"/>
       <c r="BA25" s="72"/>
       <c r="BB25" s="72"/>
       <c r="BC25" s="72"/>
       <c r="BD25" s="72"/>
       <c r="BE25" s="72"/>
       <c r="BF25" s="72"/>
       <c r="BG25" s="72"/>
       <c r="BH25" s="72"/>
       <c r="BI25" s="72"/>
       <c r="BJ25" s="72"/>
       <c r="BK25" s="72"/>
       <c r="BL25" s="72"/>
       <c r="BM25" s="43"/>
       <c r="BN25" s="43"/>
       <c r="BO25" s="43"/>
       <c r="BP25" s="43"/>
       <c r="BQ25" s="43"/>
       <c r="BR25" s="43"/>
       <c r="BS25" s="43"/>
+      <c r="BT25" s="43"/>
     </row>
-    <row r="26" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:72">
       <c r="A26" s="2"/>
       <c r="B26" s="6" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="C26" s="43">
         <f t="shared" ref="C26:R26" si="31">C5+C20</f>
         <v>12436.351066032097</v>
       </c>
       <c r="D26" s="43">
         <f t="shared" si="31"/>
         <v>12664.903907791324</v>
       </c>
       <c r="E26" s="43">
         <f t="shared" si="31"/>
         <v>13179.886296591922</v>
       </c>
       <c r="F26" s="43">
         <f t="shared" si="31"/>
         <v>13495.438346714145</v>
       </c>
       <c r="G26" s="43">
         <f t="shared" si="31"/>
         <v>13227.385571151724</v>
       </c>
       <c r="H26" s="43">
         <f t="shared" si="31"/>
         <v>13106.581483748154</v>
       </c>
@@ -6857,55 +6956,59 @@
       </c>
       <c r="BN26" s="43">
         <f t="shared" si="33"/>
         <v>153825.78512699928</v>
       </c>
       <c r="BO26" s="43">
         <f t="shared" si="33"/>
         <v>157585.40672891037</v>
       </c>
       <c r="BP26" s="43">
         <f t="shared" si="33"/>
         <v>160082.87716183986</v>
       </c>
       <c r="BQ26" s="43">
         <f>BQ20+BQ5</f>
         <v>164050.65448676838</v>
       </c>
       <c r="BR26" s="43">
         <f>BR20+BR5</f>
         <v>166722.94432192648</v>
       </c>
       <c r="BS26" s="43">
         <f>BS20+BS5</f>
         <v>171520.47074230027</v>
       </c>
+      <c r="BT26" s="43">
+        <f>BT20+BT5</f>
+        <v>176127.2840026468</v>
+      </c>
     </row>
-    <row r="27" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:72">
       <c r="A27" s="2"/>
       <c r="B27" s="6" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="C27" s="43"/>
       <c r="D27" s="43"/>
       <c r="E27" s="43"/>
       <c r="F27" s="43"/>
       <c r="G27" s="43"/>
       <c r="H27" s="43"/>
       <c r="I27" s="43"/>
       <c r="J27" s="43"/>
       <c r="K27" s="43"/>
       <c r="L27" s="43"/>
       <c r="M27" s="43"/>
       <c r="N27" s="43"/>
       <c r="O27" s="43"/>
       <c r="P27" s="43"/>
       <c r="Q27" s="43"/>
       <c r="R27" s="43"/>
       <c r="S27" s="43"/>
       <c r="T27" s="43"/>
       <c r="U27" s="43"/>
       <c r="V27" s="43"/>
       <c r="W27" s="43"/>
       <c r="X27" s="43"/>
       <c r="Y27" s="43"/>
       <c r="Z27" s="43"/>
@@ -6950,55 +7053,58 @@
       </c>
       <c r="BL27" s="64">
         <v>5742</v>
       </c>
       <c r="BM27" s="44">
         <v>5593</v>
       </c>
       <c r="BN27" s="44">
         <v>7421</v>
       </c>
       <c r="BO27" s="44">
         <v>11166</v>
       </c>
       <c r="BP27" s="44">
         <v>10727</v>
       </c>
       <c r="BQ27" s="44">
         <v>10332</v>
       </c>
       <c r="BR27" s="44">
         <v>11172.078645400001</v>
       </c>
       <c r="BS27" s="44">
         <v>13040.73747708</v>
       </c>
+      <c r="BT27" s="44">
+        <v>11815.637291660001</v>
+      </c>
     </row>
-    <row r="28" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:72">
       <c r="A28" s="2"/>
       <c r="B28" s="6" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="C28" s="43"/>
       <c r="D28" s="43"/>
       <c r="E28" s="43"/>
       <c r="F28" s="43"/>
       <c r="G28" s="43"/>
       <c r="H28" s="43"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="K28" s="43"/>
       <c r="L28" s="43"/>
       <c r="M28" s="43"/>
       <c r="N28" s="43"/>
       <c r="O28" s="43"/>
       <c r="P28" s="43"/>
       <c r="Q28" s="43"/>
       <c r="R28" s="43"/>
       <c r="S28" s="43"/>
       <c r="T28" s="43"/>
       <c r="U28" s="43"/>
       <c r="V28" s="43"/>
       <c r="W28" s="43"/>
       <c r="X28" s="43"/>
       <c r="Y28" s="43"/>
       <c r="Z28" s="43"/>
@@ -7052,52 +7158,56 @@
       </c>
       <c r="BN28" s="54">
         <f t="shared" si="34"/>
         <v>146404.78512699928</v>
       </c>
       <c r="BO28" s="54">
         <f t="shared" si="34"/>
         <v>146419.40672891037</v>
       </c>
       <c r="BP28" s="54">
         <f t="shared" si="34"/>
         <v>149355.87716183986</v>
       </c>
       <c r="BQ28" s="54">
         <f>BQ26-BQ27</f>
         <v>153718.65448676838</v>
       </c>
       <c r="BR28" s="54">
         <f>BR26-BR27</f>
         <v>155550.86567652647</v>
       </c>
       <c r="BS28" s="54">
         <f>BS26-BS27</f>
         <v>158479.73326522027</v>
       </c>
+      <c r="BT28" s="54">
+        <f>BT26-BT27</f>
+        <v>164311.6467109868</v>
+      </c>
     </row>
-    <row r="29" spans="1:71" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:72" ht="12" customHeight="1">
       <c r="B29" s="6"/>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
       <c r="J29" s="38"/>
       <c r="K29" s="38"/>
       <c r="L29" s="38"/>
       <c r="M29" s="38"/>
       <c r="N29" s="38"/>
       <c r="O29" s="38"/>
       <c r="P29" s="38"/>
       <c r="Q29" s="38"/>
       <c r="R29" s="38"/>
       <c r="S29" s="38"/>
       <c r="T29" s="38"/>
       <c r="U29" s="38"/>
       <c r="V29" s="38"/>
       <c r="W29" s="38"/>
       <c r="X29" s="38"/>
       <c r="Y29" s="38"/>
       <c r="Z29" s="38"/>
@@ -7124,54 +7234,55 @@
       <c r="AU29" s="48"/>
       <c r="AV29" s="48"/>
       <c r="AW29" s="48"/>
       <c r="AX29" s="48"/>
       <c r="AY29" s="67"/>
       <c r="AZ29" s="67"/>
       <c r="BA29" s="67"/>
       <c r="BB29" s="68"/>
       <c r="BC29" s="68"/>
       <c r="BD29" s="69"/>
       <c r="BE29" s="69"/>
       <c r="BF29" s="51"/>
       <c r="BG29" s="51"/>
       <c r="BH29" s="51"/>
       <c r="BI29" s="51"/>
       <c r="BJ29" s="51"/>
       <c r="BK29" s="51"/>
       <c r="BL29" s="51"/>
       <c r="BM29" s="51"/>
       <c r="BN29" s="51"/>
       <c r="BO29" s="51"/>
       <c r="BP29" s="51"/>
       <c r="BQ29" s="51"/>
       <c r="BR29" s="51"/>
       <c r="BS29" s="51"/>
+      <c r="BT29" s="51"/>
     </row>
-    <row r="30" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:72">
       <c r="B30" s="6" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41"/>
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="41"/>
       <c r="J30" s="41"/>
       <c r="K30" s="41"/>
       <c r="L30" s="41"/>
       <c r="M30" s="41"/>
       <c r="N30" s="41"/>
       <c r="O30" s="41"/>
       <c r="P30" s="41"/>
       <c r="Q30" s="41"/>
       <c r="R30" s="41"/>
       <c r="S30" s="41"/>
       <c r="T30" s="41"/>
       <c r="U30" s="41"/>
       <c r="V30" s="41"/>
       <c r="W30" s="41"/>
       <c r="X30" s="41"/>
       <c r="Y30" s="41"/>
       <c r="Z30" s="41"/>
@@ -7198,616 +7309,625 @@
       <c r="AU30" s="48"/>
       <c r="AV30" s="48"/>
       <c r="AW30" s="48"/>
       <c r="AX30" s="48"/>
       <c r="AY30" s="68"/>
       <c r="AZ30" s="68"/>
       <c r="BA30" s="68"/>
       <c r="BB30" s="67"/>
       <c r="BC30" s="67"/>
       <c r="BD30" s="51"/>
       <c r="BE30" s="51"/>
       <c r="BF30" s="51"/>
       <c r="BG30" s="51"/>
       <c r="BH30" s="51"/>
       <c r="BI30" s="51"/>
       <c r="BJ30" s="51"/>
       <c r="BK30" s="51"/>
       <c r="BL30" s="51"/>
       <c r="BM30" s="51"/>
       <c r="BN30" s="51"/>
       <c r="BO30" s="51"/>
       <c r="BP30" s="51"/>
       <c r="BQ30" s="51"/>
       <c r="BR30" s="51"/>
       <c r="BS30" s="51"/>
+      <c r="BT30" s="51"/>
     </row>
-    <row r="31" spans="1:71" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:72">
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C31" s="12">
-        <f>C5/C26*100</f>
+        <f t="shared" ref="C31:AH31" si="35">C5/C26*100</f>
         <v>26.248566389768342</v>
       </c>
       <c r="D31" s="12">
-        <f>D5/D26*100</f>
+        <f t="shared" si="35"/>
         <v>27.036951347769694</v>
       </c>
       <c r="E31" s="12">
-        <f>E5/E26*100</f>
+        <f t="shared" si="35"/>
         <v>27.998793112093413</v>
       </c>
       <c r="F31" s="12">
-        <f>F5/F26*100</f>
+        <f t="shared" si="35"/>
         <v>27.666838607159704</v>
       </c>
       <c r="G31" s="12">
-        <f>G5/G26*100</f>
+        <f t="shared" si="35"/>
         <v>25.104625198149332</v>
       </c>
       <c r="H31" s="12">
-        <f>H5/H26*100</f>
+        <f t="shared" si="35"/>
         <v>23.270021153341634</v>
       </c>
       <c r="I31" s="12">
-        <f>I5/I26*100</f>
+        <f t="shared" si="35"/>
         <v>24.609181091348287</v>
       </c>
       <c r="J31" s="12">
-        <f>J5/J26*100</f>
+        <f t="shared" si="35"/>
         <v>25.552647923323857</v>
       </c>
       <c r="K31" s="12">
-        <f>K5/K26*100</f>
+        <f t="shared" si="35"/>
         <v>24.659019517431666</v>
       </c>
       <c r="L31" s="12">
-        <f>L5/L26*100</f>
+        <f t="shared" si="35"/>
         <v>24.795954933459289</v>
       </c>
       <c r="M31" s="12">
-        <f>M5/M26*100</f>
+        <f t="shared" si="35"/>
         <v>23.025437443393784</v>
       </c>
       <c r="N31" s="12">
-        <f>N5/N26*100</f>
+        <f t="shared" si="35"/>
         <v>23.327592294998091</v>
       </c>
       <c r="O31" s="12">
-        <f>O5/O26*100</f>
+        <f t="shared" si="35"/>
         <v>20.262927101175126</v>
       </c>
       <c r="P31" s="12">
-        <f>P5/P26*100</f>
+        <f t="shared" si="35"/>
         <v>21.360148532311644</v>
       </c>
       <c r="Q31" s="12">
-        <f>Q5/Q26*100</f>
+        <f t="shared" si="35"/>
         <v>33.023427690011012</v>
       </c>
       <c r="R31" s="12">
-        <f>R5/R26*100</f>
+        <f t="shared" si="35"/>
         <v>30.260685302106761</v>
       </c>
       <c r="S31" s="12">
-        <f>S5/S26*100</f>
+        <f t="shared" si="35"/>
         <v>31.547772190158806</v>
       </c>
       <c r="T31" s="12">
-        <f>T5/T26*100</f>
+        <f t="shared" si="35"/>
         <v>31.072814373105196</v>
       </c>
       <c r="U31" s="12">
-        <f>U5/U26*100</f>
+        <f t="shared" si="35"/>
         <v>34.350058799725666</v>
       </c>
       <c r="V31" s="12">
-        <f>V5/V26*100</f>
+        <f t="shared" si="35"/>
         <v>35.188625480167865</v>
       </c>
       <c r="W31" s="12">
-        <f>W5/W26*100</f>
+        <f t="shared" si="35"/>
         <v>36.628577068880311</v>
       </c>
       <c r="X31" s="12">
-        <f>X5/X26*100</f>
+        <f t="shared" si="35"/>
         <v>36.480967672045253</v>
       </c>
       <c r="Y31" s="12">
-        <f>Y5/Y26*100</f>
+        <f t="shared" si="35"/>
         <v>36.376792342855566</v>
       </c>
       <c r="Z31" s="12">
-        <f>Z5/Z26*100</f>
+        <f t="shared" si="35"/>
         <v>35.984210089548398</v>
       </c>
       <c r="AA31" s="12">
-        <f>AA5/AA26*100</f>
+        <f t="shared" si="35"/>
         <v>35.245452380730335</v>
       </c>
       <c r="AB31" s="12">
-        <f>AB5/AB26*100</f>
+        <f t="shared" si="35"/>
         <v>35.976538769913361</v>
       </c>
       <c r="AC31" s="12">
-        <f>AC5/AC26*100</f>
+        <f t="shared" si="35"/>
         <v>34.940636340941431</v>
       </c>
       <c r="AD31" s="12">
-        <f>AD5/AD26*100</f>
+        <f t="shared" si="35"/>
         <v>33.541676931964929</v>
       </c>
       <c r="AE31" s="12">
-        <f>AE5/AE26*100</f>
+        <f t="shared" si="35"/>
         <v>33.546973590974041</v>
       </c>
       <c r="AF31" s="12">
-        <f>AF5/AF26*100</f>
+        <f t="shared" si="35"/>
         <v>36.453522057672551</v>
       </c>
       <c r="AG31" s="12">
-        <f>AG5/AG26*100</f>
+        <f t="shared" si="35"/>
         <v>50.155025827745469</v>
       </c>
       <c r="AH31" s="12">
-        <f>AH5/AH26*100</f>
+        <f t="shared" si="35"/>
         <v>46.085301474440584</v>
       </c>
       <c r="AI31" s="12">
-        <f>AI5/AI26*100</f>
+        <f t="shared" ref="AI31:BS31" si="36">AI5/AI26*100</f>
         <v>44.680725400440913</v>
       </c>
       <c r="AJ31" s="12">
-        <f>AJ5/AJ26*100</f>
+        <f t="shared" si="36"/>
         <v>41.611916027399985</v>
       </c>
       <c r="AK31" s="12">
-        <f>AK5/AK26*100</f>
+        <f t="shared" si="36"/>
         <v>39.237957471945741</v>
       </c>
       <c r="AL31" s="12">
-        <f>AL5/AL26*100</f>
+        <f t="shared" si="36"/>
         <v>37.592139679615912</v>
       </c>
       <c r="AM31" s="12">
-        <f>AM5/AM26*100</f>
+        <f t="shared" si="36"/>
         <v>39.28702634428322</v>
       </c>
       <c r="AN31" s="12">
-        <f>AN5/AN26*100</f>
+        <f t="shared" si="36"/>
         <v>38.915883953019296</v>
       </c>
       <c r="AO31" s="12">
-        <f>AO5/AO26*100</f>
+        <f t="shared" si="36"/>
         <v>36.317936431547146</v>
       </c>
       <c r="AP31" s="12">
-        <f>AP5/AP26*100</f>
+        <f t="shared" si="36"/>
         <v>34.337917292652008</v>
       </c>
       <c r="AQ31" s="12">
-        <f>AQ5/AQ26*100</f>
+        <f t="shared" si="36"/>
         <v>36.179949835951469</v>
       </c>
       <c r="AR31" s="12">
-        <f>AR5/AR26*100</f>
+        <f t="shared" si="36"/>
         <v>35.5880275304755</v>
       </c>
       <c r="AS31" s="12">
-        <f>AS5/AS26*100</f>
+        <f t="shared" si="36"/>
         <v>37.110971367713439</v>
       </c>
       <c r="AT31" s="12">
-        <f>AT5/AT26*100</f>
+        <f t="shared" si="36"/>
         <v>36.814202462565362</v>
       </c>
       <c r="AU31" s="12">
-        <f>AU5/AU26*100</f>
+        <f t="shared" si="36"/>
         <v>35.391744326864924</v>
       </c>
       <c r="AV31" s="12">
-        <f>AV5/AV26*100</f>
+        <f t="shared" si="36"/>
         <v>35.455774926346741</v>
       </c>
       <c r="AW31" s="12">
-        <f>AW5/AW26*100</f>
+        <f t="shared" si="36"/>
         <v>33.119953108595254</v>
       </c>
       <c r="AX31" s="12">
-        <f>AX5/AX26*100</f>
+        <f t="shared" si="36"/>
         <v>36.538656334208042</v>
       </c>
       <c r="AY31" s="12">
-        <f>AY5/AY26*100</f>
+        <f t="shared" si="36"/>
         <v>34.523370088673175</v>
       </c>
       <c r="AZ31" s="12">
-        <f>AZ5/AZ26*100</f>
+        <f t="shared" si="36"/>
         <v>34.190810598688905</v>
       </c>
       <c r="BA31" s="12">
-        <f>BA5/BA26*100</f>
+        <f t="shared" si="36"/>
         <v>30.948593249549912</v>
       </c>
       <c r="BB31" s="12">
-        <f>BB5/BB26*100</f>
+        <f t="shared" si="36"/>
         <v>30.240310133141048</v>
       </c>
       <c r="BC31" s="12">
-        <f>BC5/BC26*100</f>
+        <f t="shared" si="36"/>
         <v>31.854374191777769</v>
       </c>
       <c r="BD31" s="12">
-        <f>BD5/BD26*100</f>
+        <f t="shared" si="36"/>
         <v>30.90459149571409</v>
       </c>
       <c r="BE31" s="12">
-        <f>BE5/BE26*100</f>
+        <f t="shared" si="36"/>
         <v>26.129729866376287</v>
       </c>
       <c r="BF31" s="12">
-        <f>BF5/BF26*100</f>
+        <f t="shared" si="36"/>
         <v>24.443277623872383</v>
       </c>
       <c r="BG31" s="12">
-        <f>BG5/BG26*100</f>
+        <f t="shared" si="36"/>
         <v>24.95364732856304</v>
       </c>
       <c r="BH31" s="12">
-        <f>BH5/BH26*100</f>
+        <f t="shared" si="36"/>
         <v>25.186279597988431</v>
       </c>
       <c r="BI31" s="12">
-        <f>BI5/BI26*100</f>
+        <f t="shared" si="36"/>
         <v>24.803898412214288</v>
       </c>
       <c r="BJ31" s="12">
-        <f>BJ5/BJ26*100</f>
+        <f t="shared" si="36"/>
         <v>25.740103394002013</v>
       </c>
       <c r="BK31" s="12">
-        <f>BK5/BK26*100</f>
+        <f t="shared" si="36"/>
         <v>25.792293614457616</v>
       </c>
       <c r="BL31" s="12">
-        <f>BL5/BL26*100</f>
+        <f t="shared" si="36"/>
         <v>25.231329341139102</v>
       </c>
       <c r="BM31" s="12">
-        <f>BM5/BM26*100</f>
+        <f t="shared" si="36"/>
         <v>25.065640613846536</v>
       </c>
       <c r="BN31" s="12">
-        <f>BN5/BN26*100</f>
+        <f t="shared" si="36"/>
         <v>25.235681452852749</v>
       </c>
       <c r="BO31" s="12">
-        <f>BO5/BO26*100</f>
+        <f t="shared" si="36"/>
         <v>24.474383465759541</v>
       </c>
       <c r="BP31" s="12">
-        <f>BP5/BP26*100</f>
+        <f t="shared" si="36"/>
         <v>22.813574949004941</v>
       </c>
       <c r="BQ31" s="12">
-        <f>BQ5/BQ26*100</f>
+        <f t="shared" si="36"/>
         <v>23.121659956454341</v>
       </c>
       <c r="BR31" s="12">
-        <f>BR5/BR26*100</f>
+        <f t="shared" si="36"/>
         <v>22.510425589329479</v>
       </c>
       <c r="BS31" s="12">
-        <f>BS5/BS26*100</f>
+        <f t="shared" si="36"/>
         <v>21.225385276022273</v>
       </c>
+      <c r="BT31" s="12">
+        <f>BT5/BT26*100</f>
+        <v>19.809897257100975</v>
+      </c>
     </row>
-    <row r="32" spans="1:71" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:72" s="1" customFormat="1" ht="11.45">
       <c r="B32" s="5" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="C32" s="12">
-        <f>C20/C26*100</f>
+        <f t="shared" ref="C32:AH32" si="37">C20/C26*100</f>
         <v>73.751433610231658</v>
       </c>
       <c r="D32" s="12">
-        <f>D20/D26*100</f>
+        <f t="shared" si="37"/>
         <v>72.963048652230299</v>
       </c>
       <c r="E32" s="12">
-        <f>E20/E26*100</f>
+        <f t="shared" si="37"/>
         <v>72.001206887906605</v>
       </c>
       <c r="F32" s="12">
-        <f>F20/F26*100</f>
+        <f t="shared" si="37"/>
         <v>72.333161392840296</v>
       </c>
       <c r="G32" s="12">
-        <f>G20/G26*100</f>
+        <f t="shared" si="37"/>
         <v>74.895374801850679</v>
       </c>
       <c r="H32" s="12">
-        <f>H20/H26*100</f>
+        <f t="shared" si="37"/>
         <v>76.729978846658369</v>
       </c>
       <c r="I32" s="12">
-        <f>I20/I26*100</f>
+        <f t="shared" si="37"/>
         <v>75.39081890865171</v>
       </c>
       <c r="J32" s="12">
-        <f>J20/J26*100</f>
+        <f t="shared" si="37"/>
         <v>74.447352076676154</v>
       </c>
       <c r="K32" s="12">
-        <f>K20/K26*100</f>
+        <f t="shared" si="37"/>
         <v>75.340980482568327</v>
       </c>
       <c r="L32" s="12">
-        <f>L20/L26*100</f>
+        <f t="shared" si="37"/>
         <v>75.204045066540701</v>
       </c>
       <c r="M32" s="12">
-        <f>M20/M26*100</f>
+        <f t="shared" si="37"/>
         <v>76.974562556606202</v>
       </c>
       <c r="N32" s="12">
-        <f>N20/N26*100</f>
+        <f t="shared" si="37"/>
         <v>76.672407705001916</v>
       </c>
       <c r="O32" s="12">
-        <f>O20/O26*100</f>
+        <f t="shared" si="37"/>
         <v>79.737072898824877</v>
       </c>
       <c r="P32" s="12">
-        <f>P20/P26*100</f>
+        <f t="shared" si="37"/>
         <v>78.639851467688345</v>
       </c>
       <c r="Q32" s="12">
-        <f>Q20/Q26*100</f>
+        <f t="shared" si="37"/>
         <v>66.976572309988995</v>
       </c>
       <c r="R32" s="12">
-        <f>R20/R26*100</f>
+        <f t="shared" si="37"/>
         <v>69.739314697893235</v>
       </c>
       <c r="S32" s="12">
-        <f>S20/S26*100</f>
+        <f t="shared" si="37"/>
         <v>68.45222780984119</v>
       </c>
       <c r="T32" s="12">
-        <f>T20/T26*100</f>
+        <f t="shared" si="37"/>
         <v>68.927185626894811</v>
       </c>
       <c r="U32" s="12">
-        <f>U20/U26*100</f>
+        <f t="shared" si="37"/>
         <v>65.649941200274327</v>
       </c>
       <c r="V32" s="12">
-        <f>V20/V26*100</f>
+        <f t="shared" si="37"/>
         <v>64.811374519832128</v>
       </c>
       <c r="W32" s="12">
-        <f>W20/W26*100</f>
+        <f t="shared" si="37"/>
         <v>63.371422931119689</v>
       </c>
       <c r="X32" s="12">
-        <f>X20/X26*100</f>
+        <f t="shared" si="37"/>
         <v>63.519032327954747</v>
       </c>
       <c r="Y32" s="12">
-        <f>Y20/Y26*100</f>
+        <f t="shared" si="37"/>
         <v>63.623207657144434</v>
       </c>
       <c r="Z32" s="12">
-        <f>Z20/Z26*100</f>
+        <f t="shared" si="37"/>
         <v>64.015789910451602</v>
       </c>
       <c r="AA32" s="12">
-        <f>AA20/AA26*100</f>
+        <f t="shared" si="37"/>
         <v>64.754547619269658</v>
       </c>
       <c r="AB32" s="12">
-        <f>AB20/AB26*100</f>
+        <f t="shared" si="37"/>
         <v>64.023461230086639</v>
       </c>
       <c r="AC32" s="12">
-        <f>AC20/AC26*100</f>
+        <f t="shared" si="37"/>
         <v>65.059363659058576</v>
       </c>
       <c r="AD32" s="12">
-        <f>AD20/AD26*100</f>
+        <f t="shared" si="37"/>
         <v>66.458323068035071</v>
       </c>
       <c r="AE32" s="12">
-        <f>AE20/AE26*100</f>
+        <f t="shared" si="37"/>
         <v>66.453026409025938</v>
       </c>
       <c r="AF32" s="12">
-        <f>AF20/AF26*100</f>
+        <f t="shared" si="37"/>
         <v>63.546477942327442</v>
       </c>
       <c r="AG32" s="12">
-        <f>AG20/AG26*100</f>
+        <f t="shared" si="37"/>
         <v>49.844974172254524</v>
       </c>
       <c r="AH32" s="12">
-        <f>AH20/AH26*100</f>
+        <f t="shared" si="37"/>
         <v>53.914698525559416</v>
       </c>
       <c r="AI32" s="12">
-        <f>AI20/AI26*100</f>
+        <f t="shared" ref="AI32:BS32" si="38">AI20/AI26*100</f>
         <v>55.31927459955908</v>
       </c>
       <c r="AJ32" s="12">
-        <f>AJ20/AJ26*100</f>
+        <f t="shared" si="38"/>
         <v>58.388083972600015</v>
       </c>
       <c r="AK32" s="12">
-        <f>AK20/AK26*100</f>
+        <f t="shared" si="38"/>
         <v>60.762042528054259</v>
       </c>
       <c r="AL32" s="12">
-        <f>AL20/AL26*100</f>
+        <f t="shared" si="38"/>
         <v>62.407860320384088</v>
       </c>
       <c r="AM32" s="12">
-        <f>AM20/AM26*100</f>
+        <f t="shared" si="38"/>
         <v>60.712973655716787</v>
       </c>
       <c r="AN32" s="12">
-        <f>AN20/AN26*100</f>
+        <f t="shared" si="38"/>
         <v>61.084116046980718</v>
       </c>
       <c r="AO32" s="12">
-        <f>AO20/AO26*100</f>
+        <f t="shared" si="38"/>
         <v>63.682063568452854</v>
       </c>
       <c r="AP32" s="12">
-        <f>AP20/AP26*100</f>
+        <f t="shared" si="38"/>
         <v>65.662082707347992</v>
       </c>
       <c r="AQ32" s="12">
-        <f>AQ20/AQ26*100</f>
+        <f t="shared" si="38"/>
         <v>63.820050164048524</v>
       </c>
       <c r="AR32" s="12">
-        <f>AR20/AR26*100</f>
+        <f t="shared" si="38"/>
         <v>64.4119724695245</v>
       </c>
       <c r="AS32" s="12">
-        <f>AS20/AS26*100</f>
+        <f t="shared" si="38"/>
         <v>62.889028632286561</v>
       </c>
       <c r="AT32" s="12">
-        <f>AT20/AT26*100</f>
+        <f t="shared" si="38"/>
         <v>63.185797537434638</v>
       </c>
       <c r="AU32" s="12">
-        <f>AU20/AU26*100</f>
+        <f t="shared" si="38"/>
         <v>64.608255673135076</v>
       </c>
       <c r="AV32" s="12">
-        <f>AV20/AV26*100</f>
+        <f t="shared" si="38"/>
         <v>64.544225073653266</v>
       </c>
       <c r="AW32" s="12">
-        <f>AW20/AW26*100</f>
+        <f t="shared" si="38"/>
         <v>66.880046891404746</v>
       </c>
       <c r="AX32" s="12">
-        <f>AX20/AX26*100</f>
+        <f t="shared" si="38"/>
         <v>63.461343665791958</v>
       </c>
       <c r="AY32" s="12">
-        <f>AY20/AY26*100</f>
+        <f t="shared" si="38"/>
         <v>65.476629911326839</v>
       </c>
       <c r="AZ32" s="12">
-        <f>AZ20/AZ26*100</f>
+        <f t="shared" si="38"/>
         <v>65.809189401311087</v>
       </c>
       <c r="BA32" s="12">
-        <f>BA20/BA26*100</f>
+        <f t="shared" si="38"/>
         <v>69.051406750450099</v>
       </c>
       <c r="BB32" s="12">
-        <f>BB20/BB26*100</f>
+        <f t="shared" si="38"/>
         <v>69.759689866858949</v>
       </c>
       <c r="BC32" s="12">
-        <f>BC20/BC26*100</f>
+        <f t="shared" si="38"/>
         <v>68.145625808222221</v>
       </c>
       <c r="BD32" s="12">
-        <f>BD20/BD26*100</f>
+        <f t="shared" si="38"/>
         <v>69.095408504285899</v>
       </c>
       <c r="BE32" s="12">
-        <f>BE20/BE26*100</f>
+        <f t="shared" si="38"/>
         <v>73.870270133623706</v>
       </c>
       <c r="BF32" s="12">
-        <f>BF20/BF26*100</f>
+        <f t="shared" si="38"/>
         <v>75.55672237612761</v>
       </c>
       <c r="BG32" s="12">
-        <f>BG20/BG26*100</f>
+        <f t="shared" si="38"/>
         <v>75.046352671436949</v>
       </c>
       <c r="BH32" s="12">
-        <f>BH20/BH26*100</f>
+        <f t="shared" si="38"/>
         <v>74.813720402011569</v>
       </c>
       <c r="BI32" s="12">
-        <f>BI20/BI26*100</f>
+        <f t="shared" si="38"/>
         <v>75.196101587785719</v>
       </c>
       <c r="BJ32" s="12">
-        <f>BJ20/BJ26*100</f>
+        <f t="shared" si="38"/>
         <v>74.259896605997994</v>
       </c>
       <c r="BK32" s="12">
-        <f>BK20/BK26*100</f>
+        <f t="shared" si="38"/>
         <v>74.20770638554238</v>
       </c>
       <c r="BL32" s="12">
-        <f>BL20/BL26*100</f>
+        <f t="shared" si="38"/>
         <v>74.768670658860898</v>
       </c>
       <c r="BM32" s="12">
-        <f>BM20/BM26*100</f>
+        <f t="shared" si="38"/>
         <v>74.934359386153474</v>
       </c>
       <c r="BN32" s="12">
-        <f>BN20/BN26*100</f>
+        <f t="shared" si="38"/>
         <v>74.764318547147241</v>
       </c>
       <c r="BO32" s="12">
-        <f>BO20/BO26*100</f>
+        <f t="shared" si="38"/>
         <v>75.525616534240456</v>
       </c>
       <c r="BP32" s="12">
-        <f>BP20/BP26*100</f>
+        <f t="shared" si="38"/>
         <v>77.186425050995055</v>
       </c>
       <c r="BQ32" s="12">
-        <f>BQ20/BQ26*100</f>
+        <f t="shared" si="38"/>
         <v>76.878340043545663</v>
       </c>
       <c r="BR32" s="12">
-        <f>BR20/BR26*100</f>
+        <f t="shared" si="38"/>
         <v>77.489574410670514</v>
       </c>
       <c r="BS32" s="12">
-        <f>BS20/BS26*100</f>
+        <f t="shared" si="38"/>
         <v>78.774614723977749</v>
       </c>
+      <c r="BT32" s="12">
+        <f>BT20/BT26*100</f>
+        <v>80.190102742899015</v>
+      </c>
     </row>
-    <row r="33" spans="2:71" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:72" s="1" customFormat="1" ht="11.45">
       <c r="B33" s="6" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="C33" s="40"/>
       <c r="D33" s="40"/>
       <c r="E33" s="40"/>
       <c r="F33" s="40"/>
       <c r="G33" s="40"/>
       <c r="H33" s="40"/>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="40"/>
       <c r="L33" s="40"/>
       <c r="M33" s="40"/>
       <c r="N33" s="40"/>
       <c r="O33" s="40"/>
       <c r="P33" s="40"/>
       <c r="Q33" s="40"/>
       <c r="R33" s="40"/>
       <c r="S33" s="40"/>
       <c r="T33" s="40"/>
       <c r="U33" s="40"/>
       <c r="V33" s="40"/>
       <c r="W33" s="40"/>
       <c r="X33" s="40"/>
       <c r="Y33" s="40"/>
       <c r="Z33" s="40"/>
@@ -7834,1344 +7954,1361 @@
       <c r="AU33" s="40"/>
       <c r="AV33" s="40"/>
       <c r="AW33" s="40"/>
       <c r="AX33" s="40"/>
       <c r="AY33" s="40"/>
       <c r="AZ33" s="40"/>
       <c r="BA33" s="40"/>
       <c r="BB33" s="40"/>
       <c r="BC33" s="40"/>
       <c r="BD33" s="40"/>
       <c r="BE33" s="40"/>
       <c r="BF33" s="40"/>
       <c r="BG33" s="40"/>
       <c r="BH33" s="40"/>
       <c r="BI33" s="40"/>
       <c r="BJ33" s="40"/>
       <c r="BK33" s="40"/>
       <c r="BL33" s="40"/>
       <c r="BM33" s="40"/>
       <c r="BN33" s="40"/>
       <c r="BO33" s="40"/>
       <c r="BP33" s="40"/>
       <c r="BQ33" s="40"/>
       <c r="BR33" s="40"/>
       <c r="BS33" s="40"/>
+      <c r="BT33" s="40"/>
     </row>
-    <row r="34" spans="2:71" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:72" s="1" customFormat="1" ht="11.45">
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C34" s="12">
-        <f>C5/C4*100</f>
+        <f t="shared" ref="C34:AH34" si="39">C5/C4*100</f>
         <v>4.5825602285860052</v>
       </c>
       <c r="D34" s="12">
-        <f>D5/D4*100</f>
+        <f t="shared" si="39"/>
         <v>4.8069459430350792</v>
       </c>
       <c r="E34" s="12">
-        <f>E5/E4*100</f>
+        <f t="shared" si="39"/>
         <v>5.1803677945264202</v>
       </c>
       <c r="F34" s="12">
-        <f>F5/F4*100</f>
+        <f t="shared" si="39"/>
         <v>5.2415067793192129</v>
       </c>
       <c r="G34" s="12">
-        <f>G5/G4*100</f>
+        <f t="shared" si="39"/>
         <v>4.3103675012840483</v>
       </c>
       <c r="H34" s="12">
-        <f>H5/H4*100</f>
+        <f t="shared" si="39"/>
         <v>3.9588837982439569</v>
       </c>
       <c r="I34" s="12">
-        <f>I5/I4*100</f>
+        <f t="shared" si="39"/>
         <v>4.3120736764906313</v>
       </c>
       <c r="J34" s="12">
-        <f>J5/J4*100</f>
+        <f t="shared" si="39"/>
         <v>3.9544901094729732</v>
       </c>
       <c r="K34" s="12">
-        <f>K5/K4*100</f>
+        <f t="shared" si="39"/>
         <v>3.4681003535968444</v>
       </c>
       <c r="L34" s="12">
-        <f>L5/L4*100</f>
+        <f t="shared" si="39"/>
         <v>3.6068979082589383</v>
       </c>
       <c r="M34" s="12">
-        <f>M5/M4*100</f>
+        <f t="shared" si="39"/>
         <v>3.5348218238807614</v>
       </c>
       <c r="N34" s="12">
-        <f>N5/N4*100</f>
+        <f t="shared" si="39"/>
         <v>3.8319646054364394</v>
       </c>
       <c r="O34" s="12">
-        <f>O5/O4*100</f>
+        <f t="shared" si="39"/>
         <v>3.3885823817767751</v>
       </c>
       <c r="P34" s="12">
-        <f>P5/P4*100</f>
+        <f t="shared" si="39"/>
         <v>4.1425258955059663</v>
       </c>
       <c r="Q34" s="12">
-        <f>Q5/Q4*100</f>
+        <f t="shared" si="39"/>
         <v>8.3814278783315537</v>
       </c>
       <c r="R34" s="12">
-        <f>R5/R4*100</f>
+        <f t="shared" si="39"/>
         <v>7.9352059577559269</v>
       </c>
       <c r="S34" s="12">
-        <f>S5/S4*100</f>
+        <f t="shared" si="39"/>
         <v>7.3846509243090805</v>
       </c>
       <c r="T34" s="12">
-        <f>T5/T4*100</f>
+        <f t="shared" si="39"/>
         <v>7.3620785137715723</v>
       </c>
       <c r="U34" s="12">
-        <f>U5/U4*100</f>
+        <f t="shared" si="39"/>
         <v>8.2615936430051065</v>
       </c>
       <c r="V34" s="12">
-        <f>V5/V4*100</f>
+        <f t="shared" si="39"/>
         <v>8.6895555804429456</v>
       </c>
       <c r="W34" s="12">
-        <f>W5/W4*100</f>
+        <f t="shared" si="39"/>
         <v>8.3831943206782888</v>
       </c>
       <c r="X34" s="12">
-        <f>X5/X4*100</f>
+        <f t="shared" si="39"/>
         <v>8.6324922502757016</v>
       </c>
       <c r="Y34" s="12">
-        <f>Y5/Y4*100</f>
+        <f t="shared" si="39"/>
         <v>9.2627720006364065</v>
       </c>
       <c r="Z34" s="12">
-        <f>Z5/Z4*100</f>
+        <f t="shared" si="39"/>
         <v>9.1490447580834946</v>
       </c>
       <c r="AA34" s="12">
-        <f>AA5/AA4*100</f>
+        <f t="shared" si="39"/>
         <v>8.8541317837305797</v>
       </c>
       <c r="AB34" s="12">
-        <f>AB5/AB4*100</f>
+        <f t="shared" si="39"/>
         <v>8.8098395681697337</v>
       </c>
       <c r="AC34" s="12">
-        <f>AC5/AC4*100</f>
+        <f t="shared" si="39"/>
         <v>8.4768361003136494</v>
       </c>
       <c r="AD34" s="12">
-        <f>AD5/AD4*100</f>
+        <f t="shared" si="39"/>
         <v>8.6303994039425174</v>
       </c>
       <c r="AE34" s="12">
-        <f>AE5/AE4*100</f>
+        <f t="shared" si="39"/>
         <v>9.1781466671842669</v>
       </c>
       <c r="AF34" s="12">
-        <f>AF5/AF4*100</f>
+        <f t="shared" si="39"/>
         <v>10.696193117698451</v>
       </c>
       <c r="AG34" s="12">
-        <f>AG5/AG4*100</f>
+        <f t="shared" si="39"/>
         <v>19.403100702406732</v>
       </c>
       <c r="AH34" s="12">
-        <f>AH5/AH4*100</f>
+        <f t="shared" si="39"/>
         <v>18.423342948565548</v>
       </c>
       <c r="AI34" s="12">
-        <f>AI5/AI4*100</f>
+        <f t="shared" ref="AI34:BS34" si="40">AI5/AI4*100</f>
         <v>18.117134134091856</v>
       </c>
       <c r="AJ34" s="12">
-        <f>AJ5/AJ4*100</f>
+        <f t="shared" si="40"/>
         <v>16.929234792731325</v>
       </c>
       <c r="AK34" s="12">
-        <f>AK5/AK4*100</f>
+        <f t="shared" si="40"/>
         <v>16.017991342658952</v>
       </c>
       <c r="AL34" s="12">
-        <f>AL5/AL4*100</f>
+        <f t="shared" si="40"/>
         <v>15.572123841827921</v>
       </c>
       <c r="AM34" s="12">
-        <f>AM5/AM4*100</f>
+        <f t="shared" si="40"/>
         <v>16.847305451005745</v>
       </c>
       <c r="AN34" s="12">
-        <f>AN5/AN4*100</f>
+        <f t="shared" si="40"/>
         <v>16.755535473021641</v>
       </c>
       <c r="AO34" s="12">
-        <f>AO5/AO4*100</f>
+        <f t="shared" si="40"/>
         <v>15.402383822607868</v>
       </c>
       <c r="AP34" s="12">
-        <f>AP5/AP4*100</f>
+        <f t="shared" si="40"/>
         <v>14.516474053219017</v>
       </c>
       <c r="AQ34" s="12">
-        <f>AQ5/AQ4*100</f>
+        <f t="shared" si="40"/>
         <v>15.837455609555731</v>
       </c>
       <c r="AR34" s="12">
-        <f>AR5/AR4*100</f>
+        <f t="shared" si="40"/>
         <v>15.944630199899176</v>
       </c>
       <c r="AS34" s="12">
-        <f>AS5/AS4*100</f>
+        <f t="shared" si="40"/>
         <v>17.758968872203639</v>
       </c>
       <c r="AT34" s="12">
-        <f>AT5/AT4*100</f>
+        <f t="shared" si="40"/>
         <v>17.81379435847558</v>
       </c>
       <c r="AU34" s="12">
-        <f>AU5/AU4*100</f>
+        <f t="shared" si="40"/>
         <v>17.182548849469082</v>
       </c>
       <c r="AV34" s="12">
-        <f>AV5/AV4*100</f>
+        <f t="shared" si="40"/>
         <v>17.955739974875335</v>
       </c>
       <c r="AW34" s="12">
-        <f>AW5/AW4*100</f>
+        <f t="shared" si="40"/>
         <v>17.025310244058748</v>
       </c>
       <c r="AX34" s="12">
-        <f>AX5/AX4*100</f>
+        <f t="shared" si="40"/>
         <v>20.359674480071305</v>
       </c>
       <c r="AY34" s="12">
-        <f>AY5/AY4*100</f>
+        <f t="shared" si="40"/>
         <v>20.043373743061906</v>
       </c>
       <c r="AZ34" s="12">
-        <f>AZ5/AZ4*100</f>
+        <f t="shared" si="40"/>
         <v>20.913957884347372</v>
       </c>
       <c r="BA34" s="12">
-        <f>BA5/BA4*100</f>
+        <f t="shared" si="40"/>
         <v>18.976371203109739</v>
       </c>
       <c r="BB34" s="12">
-        <f>BB5/BB4*100</f>
+        <f t="shared" si="40"/>
         <v>19.147747015003326</v>
       </c>
       <c r="BC34" s="12">
-        <f>BC5/BC4*100</f>
+        <f t="shared" si="40"/>
         <v>21.490860899373807</v>
       </c>
       <c r="BD34" s="12">
-        <f>BD5/BD4*100</f>
+        <f t="shared" si="40"/>
         <v>21.858722200884472</v>
       </c>
       <c r="BE34" s="12">
-        <f>BE5/BE4*100</f>
+        <f t="shared" si="40"/>
         <v>17.724447691074161</v>
       </c>
       <c r="BF34" s="12">
-        <f>BF5/BF4*100</f>
+        <f t="shared" si="40"/>
         <v>16.415154856989723</v>
       </c>
       <c r="BG34" s="12">
-        <f>BG5/BG4*100</f>
+        <f t="shared" si="40"/>
         <v>15.371272609985622</v>
       </c>
       <c r="BH34" s="12">
-        <f>BH5/BH4*100</f>
+        <f t="shared" si="40"/>
         <v>16.166028364457343</v>
       </c>
       <c r="BI34" s="12">
-        <f>BI5/BI4*100</f>
+        <f t="shared" si="40"/>
         <v>16.127260309935959</v>
       </c>
       <c r="BJ34" s="12">
-        <f>BJ5/BJ4*100</f>
+        <f t="shared" si="40"/>
         <v>17.347556736975275</v>
       </c>
       <c r="BK34" s="12">
-        <f>BK5/BK4*100</f>
+        <f t="shared" si="40"/>
         <v>16.117896076225065</v>
       </c>
       <c r="BL34" s="12">
-        <f>BL5/BL4*100</f>
+        <f t="shared" si="40"/>
         <v>16.116608571786003</v>
       </c>
       <c r="BM34" s="12">
-        <f>BM5/BM4*100</f>
+        <f t="shared" si="40"/>
         <v>16.015098082879021</v>
       </c>
       <c r="BN34" s="12">
-        <f>BN5/BN4*100</f>
+        <f t="shared" si="40"/>
         <v>16.664840762761713</v>
       </c>
       <c r="BO34" s="12">
-        <f>BO5/BO4*100</f>
+        <f t="shared" si="40"/>
         <v>15.349647790672243</v>
       </c>
       <c r="BP34" s="12">
-        <f>BP5/BP4*100</f>
+        <f t="shared" si="40"/>
         <v>14.534794116512838</v>
       </c>
       <c r="BQ34" s="12">
-        <f>BQ5/BQ4*100</f>
+        <f t="shared" si="40"/>
         <v>15.09619978340414</v>
       </c>
       <c r="BR34" s="12">
-        <f>BR5/BR4*100</f>
+        <f t="shared" si="40"/>
         <v>14.936530662123548</v>
       </c>
       <c r="BS34" s="12">
-        <f>BS5/BS4*100</f>
-        <v>13.099409459661491</v>
+        <f t="shared" si="40"/>
+        <v>13.883635624705637</v>
+      </c>
+      <c r="BT34" s="12">
+        <f>BT5/BT4*100</f>
+        <v>13.305785750291546</v>
       </c>
     </row>
-    <row r="35" spans="2:71" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:72" s="1" customFormat="1" ht="11.45">
       <c r="B35" s="5" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="C35" s="12">
-        <f>C20/C4*100</f>
+        <f t="shared" ref="C35:AH35" si="41">C20/C4*100</f>
         <v>12.875765534958481</v>
       </c>
       <c r="D35" s="12">
-        <f>D20/D4*100</f>
+        <f t="shared" si="41"/>
         <v>12.972225536783441</v>
       </c>
       <c r="E35" s="12">
-        <f>E20/E4*100</f>
+        <f t="shared" si="41"/>
         <v>13.321743256427714</v>
       </c>
       <c r="F35" s="12">
-        <f>F20/F4*100</f>
+        <f t="shared" si="41"/>
         <v>13.70358070878577</v>
       </c>
       <c r="G35" s="12">
-        <f>G20/G4*100</f>
+        <f t="shared" si="41"/>
         <v>12.859247528865064</v>
       </c>
       <c r="H35" s="12">
-        <f>H20/H4*100</f>
+        <f t="shared" si="41"/>
         <v>13.053923247165416</v>
       </c>
       <c r="I35" s="12">
-        <f>I20/I4*100</f>
+        <f t="shared" si="41"/>
         <v>13.210141550762922</v>
       </c>
       <c r="J35" s="12">
-        <f>J20/J4*100</f>
+        <f t="shared" si="41"/>
         <v>11.521362417980386</v>
       </c>
       <c r="K35" s="12">
-        <f>K20/K4*100</f>
+        <f t="shared" si="41"/>
         <v>10.596126130125331</v>
       </c>
       <c r="L35" s="12">
-        <f>L20/L4*100</f>
+        <f t="shared" si="41"/>
         <v>10.939417883724714</v>
       </c>
       <c r="M35" s="12">
-        <f>M20/M4*100</f>
+        <f t="shared" si="41"/>
         <v>11.816989982391499</v>
       </c>
       <c r="N35" s="12">
-        <f>N20/N4*100</f>
+        <f t="shared" si="41"/>
         <v>12.594782557227624</v>
       </c>
       <c r="O35" s="12">
-        <f>O20/O4*100</f>
+        <f t="shared" si="41"/>
         <v>13.334482182672346</v>
       </c>
       <c r="P35" s="12">
-        <f>P20/P4*100</f>
+        <f t="shared" si="41"/>
         <v>15.251187070672795</v>
       </c>
       <c r="Q35" s="12">
-        <f>Q20/Q4*100</f>
+        <f t="shared" si="41"/>
         <v>16.998820220101859</v>
       </c>
       <c r="R35" s="12">
-        <f>R20/R4*100</f>
+        <f t="shared" si="41"/>
         <v>18.287617083212925</v>
       </c>
       <c r="S35" s="12">
-        <f>S20/S4*100</f>
+        <f t="shared" si="41"/>
         <v>16.023185546035059</v>
       </c>
       <c r="T35" s="12">
-        <f>T20/T4*100</f>
+        <f t="shared" si="41"/>
         <v>16.330910558192745</v>
       </c>
       <c r="U35" s="12">
-        <f>U20/U4*100</f>
+        <f t="shared" si="41"/>
         <v>15.78958394354123</v>
       </c>
       <c r="V35" s="12">
-        <f>V20/V4*100</f>
+        <f t="shared" si="41"/>
         <v>16.004661547589908</v>
       </c>
       <c r="W35" s="12">
-        <f>W20/W4*100</f>
+        <f t="shared" si="41"/>
         <v>14.503838131916389</v>
       </c>
       <c r="X35" s="12">
-        <f>X20/X4*100</f>
+        <f t="shared" si="41"/>
         <v>15.030510134638103</v>
       </c>
       <c r="Y35" s="12">
-        <f>Y20/Y4*100</f>
+        <f t="shared" si="41"/>
         <v>16.200638608341112</v>
       </c>
       <c r="Z35" s="12">
-        <f>Z20/Z4*100</f>
+        <f t="shared" si="41"/>
         <v>16.276120155404019</v>
       </c>
       <c r="AA35" s="12">
-        <f>AA20/AA4*100</f>
+        <f t="shared" si="41"/>
         <v>16.26721348398225</v>
       </c>
       <c r="AB35" s="12">
-        <f>AB20/AB4*100</f>
+        <f t="shared" si="41"/>
         <v>15.677895687611102</v>
       </c>
       <c r="AC35" s="12">
-        <f>AC20/AC4*100</f>
+        <f t="shared" si="41"/>
         <v>15.783844265089373</v>
       </c>
       <c r="AD35" s="12">
-        <f>AD20/AD4*100</f>
+        <f t="shared" si="41"/>
         <v>17.099976037476814</v>
       </c>
       <c r="AE35" s="12">
-        <f>AE20/AE4*100</f>
+        <f t="shared" si="41"/>
         <v>18.180943243846293</v>
       </c>
       <c r="AF35" s="12">
-        <f>AF20/AF4*100</f>
+        <f t="shared" si="41"/>
         <v>18.645808735445314</v>
       </c>
       <c r="AG35" s="12">
-        <f>AG20/AG4*100</f>
+        <f t="shared" si="41"/>
         <v>19.283153331327703</v>
       </c>
       <c r="AH35" s="12">
-        <f>AH20/AH4*100</f>
+        <f t="shared" si="41"/>
         <v>21.553270763690051</v>
       </c>
       <c r="AI35" s="12">
-        <f>AI20/AI4*100</f>
+        <f t="shared" ref="AI35:BS35" si="42">AI20/AI4*100</f>
         <v>22.430851539195963</v>
       </c>
       <c r="AJ35" s="12">
-        <f>AJ20/AJ4*100</f>
+        <f t="shared" si="42"/>
         <v>23.754387613850529</v>
       </c>
       <c r="AK35" s="12">
-        <f>AK20/AK4*100</f>
+        <f t="shared" si="42"/>
         <v>24.804702738987515</v>
       </c>
       <c r="AL35" s="12">
-        <f>AL20/AL4*100</f>
+        <f t="shared" si="42"/>
         <v>25.851758848924593</v>
       </c>
       <c r="AM35" s="12">
-        <f>AM20/AM4*100</f>
+        <f t="shared" si="42"/>
         <v>26.035312600480481</v>
       </c>
       <c r="AN35" s="12">
-        <f>AN20/AN4*100</f>
+        <f t="shared" si="42"/>
         <v>26.3002396270623</v>
       </c>
       <c r="AO35" s="12">
-        <f>AO20/AO4*100</f>
+        <f t="shared" si="42"/>
         <v>27.007470194397264</v>
       </c>
       <c r="AP35" s="12">
-        <f>AP20/AP4*100</f>
+        <f t="shared" si="42"/>
         <v>27.758874010262414</v>
       </c>
       <c r="AQ35" s="12">
-        <f>AQ20/AQ4*100</f>
+        <f t="shared" si="42"/>
         <v>27.936667022914836</v>
       </c>
       <c r="AR35" s="12">
-        <f>AR20/AR4*100</f>
+        <f t="shared" si="42"/>
         <v>28.858724485170491</v>
       </c>
       <c r="AS35" s="12">
-        <f>AS20/AS4*100</f>
+        <f t="shared" si="42"/>
         <v>30.094720259883989</v>
       </c>
       <c r="AT35" s="12">
-        <f>AT20/AT4*100</f>
+        <f t="shared" si="42"/>
         <v>30.574580689414137</v>
       </c>
       <c r="AU35" s="12">
-        <f>AU20/AU4*100</f>
+        <f t="shared" si="42"/>
         <v>31.367047041531603</v>
       </c>
       <c r="AV35" s="12">
-        <f>AV20/AV4*100</f>
+        <f t="shared" si="42"/>
         <v>32.686898670522453</v>
       </c>
       <c r="AW35" s="12">
-        <f>AW20/AW4*100</f>
+        <f t="shared" si="42"/>
         <v>34.379684769778876</v>
       </c>
       <c r="AX35" s="12">
-        <f>AX20/AX4*100</f>
+        <f t="shared" si="42"/>
         <v>35.361242824187286</v>
       </c>
       <c r="AY35" s="12">
-        <f>AY20/AY4*100</f>
+        <f t="shared" si="42"/>
         <v>38.014034011686725</v>
       </c>
       <c r="AZ35" s="12">
-        <f>AZ20/AZ4*100</f>
+        <f t="shared" si="42"/>
         <v>40.254401444194983</v>
       </c>
       <c r="BA35" s="12">
-        <f>BA20/BA4*100</f>
+        <f t="shared" si="42"/>
         <v>42.339408322299597</v>
       </c>
       <c r="BB35" s="12">
-        <f>BB20/BB4*100</f>
+        <f t="shared" si="42"/>
         <v>44.17087283611675</v>
       </c>
       <c r="BC35" s="12">
-        <f>BC20/BC4*100</f>
+        <f t="shared" si="42"/>
         <v>45.975103963062622</v>
       </c>
       <c r="BD35" s="12">
-        <f>BD20/BD4*100</f>
+        <f t="shared" si="42"/>
         <v>48.870969223497838</v>
       </c>
       <c r="BE35" s="12">
-        <f>BE20/BE4*100</f>
+        <f t="shared" si="42"/>
         <v>50.108047255159335</v>
       </c>
       <c r="BF35" s="12">
-        <f>BF20/BF4*100</f>
+        <f t="shared" si="42"/>
         <v>50.740956977038444</v>
       </c>
       <c r="BG35" s="12">
-        <f>BG20/BG4*100</f>
+        <f t="shared" si="42"/>
         <v>46.228029518449077</v>
       </c>
       <c r="BH35" s="12">
-        <f>BH20/BH4*100</f>
+        <f t="shared" si="42"/>
         <v>48.019824498656611</v>
       </c>
       <c r="BI35" s="12">
-        <f>BI20/BI4*100</f>
+        <f t="shared" si="42"/>
         <v>48.89179452538923</v>
       </c>
       <c r="BJ35" s="12">
-        <f>BJ20/BJ4*100</f>
+        <f t="shared" si="42"/>
         <v>50.047497864932907</v>
       </c>
       <c r="BK35" s="12">
-        <f>BK20/BK4*100</f>
+        <f t="shared" si="42"/>
         <v>46.373235256082417</v>
       </c>
       <c r="BL35" s="12">
-        <f>BL20/BL4*100</f>
+        <f t="shared" si="42"/>
         <v>47.758775693078086</v>
       </c>
       <c r="BM35" s="12">
-        <f>BM20/BM4*100</f>
+        <f t="shared" si="42"/>
         <v>47.877536179307384</v>
       </c>
       <c r="BN35" s="12">
-        <f>BN20/BN4*100</f>
+        <f t="shared" si="42"/>
         <v>49.371976170025519</v>
       </c>
       <c r="BO35" s="12">
-        <f>BO20/BO4*100</f>
+        <f t="shared" si="42"/>
         <v>47.367551243766762</v>
       </c>
       <c r="BP35" s="12">
-        <f>BP20/BP4*100</f>
+        <f t="shared" si="42"/>
         <v>49.176369736598232</v>
       </c>
       <c r="BQ35" s="12">
-        <f>BQ20/BQ4*100</f>
+        <f t="shared" si="42"/>
         <v>50.194094303764473</v>
       </c>
       <c r="BR35" s="12">
-        <f>BR20/BR4*100</f>
+        <f t="shared" si="42"/>
         <v>51.417304376889881</v>
       </c>
       <c r="BS35" s="12">
-        <f>BS20/BS4*100</f>
-        <v>48.616358189840412</v>
+        <f t="shared" si="42"/>
+        <v>51.526887878910564</v>
+      </c>
+      <c r="BT35" s="12">
+        <f>BT20/BT4*100</f>
+        <v>53.861578005328184</v>
       </c>
     </row>
-    <row r="36" spans="2:71" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:72" s="2" customFormat="1" ht="16.5" customHeight="1">
       <c r="B36" s="27" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="C36" s="73">
-        <f t="shared" ref="C36:BN36" si="35">C34+C35</f>
+        <f t="shared" ref="C36:BN36" si="43">C34+C35</f>
         <v>17.458325763544487</v>
       </c>
       <c r="D36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>17.779171479818519</v>
       </c>
       <c r="E36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>18.502111050954134</v>
       </c>
       <c r="F36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>18.945087488104981</v>
       </c>
       <c r="G36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>17.16961503014911</v>
       </c>
       <c r="H36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>17.012807045409374</v>
       </c>
       <c r="I36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>17.522215227253554</v>
       </c>
       <c r="J36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>15.475852527453359</v>
       </c>
       <c r="K36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>14.064226483722175</v>
       </c>
       <c r="L36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>14.546315791983652</v>
       </c>
       <c r="M36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>15.351811806272261</v>
       </c>
       <c r="N36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>16.426747162664064</v>
       </c>
       <c r="O36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>16.723064564449121</v>
       </c>
       <c r="P36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>19.393712966178761</v>
       </c>
       <c r="Q36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>25.380248098433412</v>
       </c>
       <c r="R36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>26.222823040968851</v>
       </c>
       <c r="S36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>23.40783647034414</v>
       </c>
       <c r="T36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>23.692989071964316</v>
       </c>
       <c r="U36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>24.051177586546338</v>
       </c>
       <c r="V36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>24.694217128032854</v>
       </c>
       <c r="W36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>22.887032452594678</v>
       </c>
       <c r="X36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>23.663002384913803</v>
       </c>
       <c r="Y36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>25.463410608977519</v>
       </c>
       <c r="Z36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>25.425164913487514</v>
       </c>
       <c r="AA36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>25.121345267712829</v>
       </c>
       <c r="AB36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>24.487735255780834</v>
       </c>
       <c r="AC36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>24.260680365403022</v>
       </c>
       <c r="AD36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>25.730375441419334</v>
       </c>
       <c r="AE36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>27.359089911030559</v>
       </c>
       <c r="AF36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>29.342001853143763</v>
       </c>
       <c r="AG36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>38.686254033734436</v>
       </c>
       <c r="AH36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>39.976613712255599</v>
       </c>
       <c r="AI36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>40.547985673287819</v>
       </c>
       <c r="AJ36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>40.683622406581854</v>
       </c>
       <c r="AK36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>40.822694081646468</v>
       </c>
       <c r="AL36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>41.423882690752514</v>
       </c>
       <c r="AM36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>42.882618051486226</v>
       </c>
       <c r="AN36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>43.055775100083942</v>
       </c>
       <c r="AO36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>42.409854017005131</v>
       </c>
       <c r="AP36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>42.275348063481431</v>
       </c>
       <c r="AQ36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>43.774122632470565</v>
       </c>
       <c r="AR36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>44.803354685069664</v>
       </c>
       <c r="AS36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>47.853689132087624</v>
       </c>
       <c r="AT36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>48.388375047889717</v>
       </c>
       <c r="AU36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>48.549595891000685</v>
       </c>
       <c r="AV36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>50.642638645397788</v>
       </c>
       <c r="AW36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>51.40499501383762</v>
       </c>
       <c r="AX36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>55.720917304258592</v>
       </c>
       <c r="AY36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>58.057407754748631</v>
       </c>
       <c r="AZ36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>61.168359328542351</v>
       </c>
       <c r="BA36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>61.31577952540934</v>
       </c>
       <c r="BB36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>63.318619851120076</v>
       </c>
       <c r="BC36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>67.465964862436437</v>
       </c>
       <c r="BD36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>70.72969142438231</v>
       </c>
       <c r="BE36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>67.832494946233496</v>
       </c>
       <c r="BF36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>67.156111834028167</v>
       </c>
       <c r="BG36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>61.599302128434701</v>
       </c>
       <c r="BH36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>64.185852863113951</v>
       </c>
       <c r="BI36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>65.019054835325193</v>
       </c>
       <c r="BJ36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>67.395054601908186</v>
       </c>
       <c r="BK36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>62.491131332307482</v>
       </c>
       <c r="BL36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>63.875384264864088</v>
       </c>
       <c r="BM36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>63.892634262186405</v>
       </c>
       <c r="BN36" s="73">
-        <f t="shared" si="35"/>
+        <f t="shared" si="43"/>
         <v>66.036816932787232</v>
       </c>
       <c r="BO36" s="74">
-        <f t="shared" ref="BO36" si="36">BO34+BO35</f>
+        <f t="shared" ref="BO36" si="44">BO34+BO35</f>
         <v>62.717199034439005</v>
       </c>
       <c r="BP36" s="74">
-        <f t="shared" ref="BP36:BS36" si="37">BP34+BP35</f>
+        <f t="shared" ref="BP36:BS36" si="45">BP34+BP35</f>
         <v>63.711163853111074</v>
       </c>
       <c r="BQ36" s="74">
-        <f t="shared" si="37"/>
+        <f t="shared" si="45"/>
         <v>65.290294087168618</v>
       </c>
       <c r="BR36" s="74">
-        <f t="shared" si="37"/>
+        <f t="shared" si="45"/>
         <v>66.353835039013433</v>
       </c>
       <c r="BS36" s="74">
-        <f t="shared" si="37"/>
-        <v>61.715767649501899</v>
+        <f t="shared" si="45"/>
+        <v>65.410523503616204</v>
+      </c>
+      <c r="BT36" s="74">
+        <f t="shared" ref="BT36" si="46">BT34+BT35</f>
+        <v>67.167363755619732</v>
       </c>
     </row>
-    <row r="37" spans="2:71" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:72" s="1" customFormat="1">
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37" s="39"/>
       <c r="AR37" s="39"/>
       <c r="AS37" s="39"/>
       <c r="AT37" s="39"/>
     </row>
-    <row r="38" spans="2:71" s="1" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:72" s="1" customFormat="1" ht="18.75" customHeight="1">
       <c r="B38" s="8" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="9"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="9"/>
       <c r="H38" s="4"/>
       <c r="I38" s="4"/>
       <c r="J38" s="4"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
     </row>
-    <row r="39" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:72">
       <c r="BD39" s="71"/>
       <c r="BE39" s="71"/>
       <c r="BF39" s="71"/>
       <c r="BG39" s="71"/>
       <c r="BH39" s="71"/>
       <c r="BI39" s="71"/>
       <c r="BJ39" s="71"/>
     </row>
-    <row r="40" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:72">
       <c r="BD40" s="71"/>
       <c r="BE40" s="71"/>
       <c r="BF40" s="71"/>
       <c r="BG40" s="71"/>
       <c r="BH40" s="71"/>
       <c r="BI40" s="71"/>
       <c r="BJ40" s="71"/>
     </row>
-    <row r="41" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:72">
       <c r="B41" s="3" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1"/>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
       <c r="AH41" s="1"/>
       <c r="AI41" s="1"/>
       <c r="AJ41" s="1"/>
       <c r="AK41" s="1"/>
       <c r="AL41" s="1"/>
       <c r="AM41" s="1"/>
     </row>
-    <row r="42" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:72">
       <c r="B42" s="3"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
       <c r="AH42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
       <c r="AK42" s="1"/>
       <c r="AL42" s="1"/>
       <c r="AM42" s="1"/>
     </row>
-    <row r="43" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:72">
       <c r="B43" s="33"/>
       <c r="C43" s="79" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      <c r="F43" s="81"/>
+        <v>1</v>
+      </c>
+      <c r="D43" s="84"/>
+      <c r="E43" s="84"/>
+      <c r="F43" s="80"/>
       <c r="G43" s="79" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="J43" s="81"/>
+        <v>2</v>
+      </c>
+      <c r="H43" s="84"/>
+      <c r="I43" s="84"/>
+      <c r="J43" s="80"/>
       <c r="K43" s="79" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      <c r="N43" s="81"/>
+        <v>3</v>
+      </c>
+      <c r="L43" s="84"/>
+      <c r="M43" s="84"/>
+      <c r="N43" s="80"/>
       <c r="O43" s="79" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="R43" s="81"/>
+        <v>4</v>
+      </c>
+      <c r="P43" s="84"/>
+      <c r="Q43" s="84"/>
+      <c r="R43" s="80"/>
       <c r="S43" s="79" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="V43" s="81"/>
+        <v>5</v>
+      </c>
+      <c r="T43" s="84"/>
+      <c r="U43" s="84"/>
+      <c r="V43" s="80"/>
       <c r="W43" s="79" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="Z43" s="81"/>
+        <v>6</v>
+      </c>
+      <c r="X43" s="84"/>
+      <c r="Y43" s="84"/>
+      <c r="Z43" s="80"/>
       <c r="AA43" s="79" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="AD43" s="81"/>
+        <v>7</v>
+      </c>
+      <c r="AB43" s="84"/>
+      <c r="AC43" s="84"/>
+      <c r="AD43" s="80"/>
       <c r="AE43" s="79" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="AH43" s="81"/>
+        <v>8</v>
+      </c>
+      <c r="AF43" s="84"/>
+      <c r="AG43" s="84"/>
+      <c r="AH43" s="80"/>
       <c r="AI43" s="79" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="AL43" s="81"/>
+        <v>9</v>
+      </c>
+      <c r="AJ43" s="84"/>
+      <c r="AK43" s="84"/>
+      <c r="AL43" s="80"/>
       <c r="AM43" s="79" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      <c r="AP43" s="81"/>
+        <v>10</v>
+      </c>
+      <c r="AN43" s="84"/>
+      <c r="AO43" s="84"/>
+      <c r="AP43" s="80"/>
       <c r="AQ43" s="79" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      <c r="AT43" s="80"/>
+        <v>11</v>
+      </c>
+      <c r="AR43" s="84"/>
+      <c r="AS43" s="84"/>
+      <c r="AT43" s="84"/>
       <c r="AU43" s="79" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      <c r="AX43" s="80"/>
+        <v>12</v>
+      </c>
+      <c r="AV43" s="84"/>
+      <c r="AW43" s="84"/>
+      <c r="AX43" s="84"/>
       <c r="AY43" s="79" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      <c r="BB43" s="80"/>
+        <v>13</v>
+      </c>
+      <c r="AZ43" s="84"/>
+      <c r="BA43" s="84"/>
+      <c r="BB43" s="84"/>
       <c r="BC43" s="79" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      <c r="BF43" s="80"/>
+        <v>14</v>
+      </c>
+      <c r="BD43" s="84"/>
+      <c r="BE43" s="84"/>
+      <c r="BF43" s="84"/>
       <c r="BG43" s="79" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      <c r="BJ43" s="80"/>
+        <v>15</v>
+      </c>
+      <c r="BH43" s="84"/>
+      <c r="BI43" s="84"/>
+      <c r="BJ43" s="84"/>
       <c r="BK43" s="79" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      <c r="BN43" s="80"/>
+        <v>16</v>
+      </c>
+      <c r="BL43" s="84"/>
+      <c r="BM43" s="84"/>
+      <c r="BN43" s="84"/>
       <c r="BO43" s="79" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="BP43" s="84"/>
+      <c r="BQ43" s="84"/>
+      <c r="BR43" s="84"/>
+      <c r="BS43" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="BT43" s="80"/>
     </row>
-    <row r="44" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:72">
       <c r="B44" s="34"/>
       <c r="C44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="E44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="G44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="H44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="J44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="K44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="L44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="M44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="N44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="O44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="P44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="Q44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="R44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="S44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="T44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="U44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="V44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="W44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="X44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="Y44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="Z44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AA44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AB44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AC44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AD44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AE44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AF44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AG44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AH44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AI44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AJ44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AK44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AL44" s="28" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AM44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AN44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AO44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AP44" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AQ44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AR44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AS44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AT44" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AU44" s="37" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AV44" s="37" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="AW44" s="37" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="AX44" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AY44" s="37" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AZ44" s="28" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BA44" s="28" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BB44" s="37" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BC44" s="37" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BD44" s="70" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BE44" s="70" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BF44" s="70" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BG44" s="70" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BH44" s="70" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BI44" s="70" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BJ44" s="70" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BK44" s="70" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BL44" s="70" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BM44" s="70" t="s">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="BN44" s="70" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="BO44" s="70" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="BP44" s="70" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="BQ44" s="70" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>21</v>
+      </c>
+      <c r="BR44" s="78" t="s">
+        <v>22</v>
       </c>
       <c r="BS44" s="28" t="s">
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="BT44" s="28" t="s">
+        <v>20</v>
       </c>
     </row>
-    <row r="45" spans="2:71" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:72" s="2" customFormat="1" ht="16.5" customHeight="1">
       <c r="B45" s="6" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C45" s="14">
         <v>71234.5</v>
       </c>
       <c r="D45" s="14">
         <v>71234.5</v>
       </c>
       <c r="E45" s="14">
         <v>71234.5</v>
       </c>
       <c r="F45" s="14">
         <v>71234.5</v>
       </c>
       <c r="G45" s="14">
         <v>77039.5</v>
       </c>
       <c r="H45" s="14">
         <v>77039.5</v>
       </c>
       <c r="I45" s="14">
         <v>77039.5</v>
       </c>
       <c r="J45" s="14">
         <v>77039.5</v>
       </c>
@@ -9321,69 +9458,72 @@
       </c>
       <c r="BG45" s="54">
         <v>211409.7897272408</v>
       </c>
       <c r="BH45" s="54">
         <v>211409.7897272408</v>
       </c>
       <c r="BI45" s="54">
         <v>211409.7897272408</v>
       </c>
       <c r="BJ45" s="54">
         <v>211409.7897272408</v>
       </c>
       <c r="BK45" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BL45" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BM45" s="54">
         <v>232939.43026291579</v>
       </c>
       <c r="BN45" s="54">
         <v>232939.43026291579</v>
       </c>
-      <c r="BO45" s="82">
+      <c r="BO45" s="76">
         <v>251263.46385841901</v>
       </c>
-      <c r="BP45" s="82">
+      <c r="BP45" s="76">
         <v>251263.46385841901</v>
       </c>
-      <c r="BQ45" s="82">
+      <c r="BQ45" s="76">
         <v>251263.46385841901</v>
       </c>
-      <c r="BR45" s="83">
+      <c r="BR45" s="77">
         <v>251263.46385841901</v>
       </c>
-      <c r="BS45" s="83">
-        <v>277920.01505418302</v>
+      <c r="BS45" s="77">
+        <v>262221.52270776097</v>
+      </c>
+      <c r="BT45" s="77">
+        <v>262221.52270776097</v>
       </c>
     </row>
-    <row r="46" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:72">
       <c r="B46" s="23" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="C46" s="15">
         <v>1230.790084</v>
       </c>
       <c r="D46" s="15">
         <v>1244.790084</v>
       </c>
       <c r="E46" s="15">
         <v>1106.512804</v>
       </c>
       <c r="F46" s="25">
         <v>1069.800833</v>
       </c>
       <c r="G46" s="15">
         <v>1070.0448799999999</v>
       </c>
       <c r="H46" s="15">
         <v>1070.0348795500001</v>
       </c>
       <c r="I46" s="15">
         <v>1095.63487945</v>
       </c>
       <c r="J46" s="25">
         <v>1211.3788810000001</v>
       </c>
@@ -9548,117 +9688,120 @@
       </c>
       <c r="BL46" s="52">
         <v>1721.2616887358977</v>
       </c>
       <c r="BM46" s="52">
         <v>1422.1173166299998</v>
       </c>
       <c r="BN46" s="45">
         <v>1422.1173166299998</v>
       </c>
       <c r="BO46" s="45">
         <v>2603.3509495558824</v>
       </c>
       <c r="BP46" s="45">
         <v>2346.3021483758826</v>
       </c>
       <c r="BQ46" s="45">
         <v>2192.7314299458822</v>
       </c>
       <c r="BR46" s="45">
         <v>2147.5682341458828</v>
       </c>
       <c r="BS46" s="45">
         <v>1962.7379952599999</v>
       </c>
+      <c r="BT46" s="45">
+        <v>1619.8979644699998</v>
+      </c>
     </row>
-    <row r="47" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:72">
       <c r="B47" s="24" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="C47" s="16">
-        <f t="shared" ref="C47:R47" si="38">C46/C45*100</f>
+        <f t="shared" ref="C47:R47" si="47">C46/C45*100</f>
         <v>1.7278005516989663</v>
       </c>
       <c r="D47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.7474539499821011</v>
       </c>
       <c r="E47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.5533383458857715</v>
       </c>
       <c r="F47" s="20">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.5018015610413493</v>
       </c>
       <c r="G47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.388956158853575</v>
       </c>
       <c r="H47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.3889431779152255</v>
       </c>
       <c r="I47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.4221728846241213</v>
       </c>
       <c r="J47" s="20">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.5724126986805471</v>
       </c>
       <c r="K47" s="12">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.4339875183853452</v>
       </c>
       <c r="L47" s="12">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.4339875183853452</v>
       </c>
       <c r="M47" s="12">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.2801231115254288</v>
       </c>
       <c r="N47" s="20">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.2692324765836551</v>
       </c>
       <c r="O47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.1370427027299312</v>
       </c>
       <c r="P47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>0.98594497718650331</v>
       </c>
       <c r="Q47" s="16">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.0031215120271271</v>
       </c>
       <c r="R47" s="12">
-        <f t="shared" si="38"/>
+        <f t="shared" si="47"/>
         <v>1.0011380618204666</v>
       </c>
       <c r="S47" s="12">
         <v>0.86272818729734124</v>
       </c>
       <c r="T47" s="12">
         <v>1.0308789378601479</v>
       </c>
       <c r="U47" s="12">
         <v>0.83896775515259692</v>
       </c>
       <c r="V47" s="12">
         <v>1.214894001667179</v>
       </c>
       <c r="W47" s="12">
         <v>1.0761790561637028</v>
       </c>
       <c r="X47" s="12">
         <v>0.66572105683852267</v>
       </c>
       <c r="Y47" s="12">
         <v>0.70872335107109552</v>
       </c>
       <c r="Z47" s="12">
         <v>0.68975865827923977</v>
@@ -9682,242 +9825,246 @@
         <v>1.0307707883496597</v>
       </c>
       <c r="AG47" s="12">
         <v>0.99460820954247009</v>
       </c>
       <c r="AH47" s="12">
         <v>0.97440176175859428</v>
       </c>
       <c r="AI47" s="12">
         <v>0.70101135541922499</v>
       </c>
       <c r="AJ47" s="12">
         <v>0.65864617109694445</v>
       </c>
       <c r="AK47" s="12">
         <v>0.76974372100739019</v>
       </c>
       <c r="AL47" s="12">
         <v>0.80083691936895729</v>
       </c>
       <c r="AM47" s="12">
         <f>AM46/AM45*100</f>
         <v>0.8639124052135756</v>
       </c>
       <c r="AN47" s="12">
-        <f t="shared" ref="AN47:BQ47" si="39">AN46/AN45*100</f>
+        <f t="shared" ref="AN47:BN47" si="48">AN46/AN45*100</f>
         <v>0.82261361072762407</v>
       </c>
       <c r="AO47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.0169908392822991</v>
       </c>
       <c r="AP47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.1281115501751748</v>
       </c>
       <c r="AQ47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.1868382584774484</v>
       </c>
       <c r="AR47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.196280440680848</v>
       </c>
       <c r="AS47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.96670329146105094</v>
       </c>
       <c r="AT47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.0721339666370941</v>
       </c>
       <c r="AU47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.0562348932010273</v>
       </c>
       <c r="AV47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.0745923910898776</v>
       </c>
       <c r="AW47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.1425754324545834</v>
       </c>
       <c r="AX47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.225506300967721</v>
       </c>
       <c r="AY47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.90247329391138309</v>
       </c>
       <c r="AZ47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.90247329563311574</v>
       </c>
       <c r="BA47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.902473300798314</v>
       </c>
       <c r="BB47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.2077939096116515</v>
       </c>
       <c r="BC47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.1531256574298758</v>
       </c>
       <c r="BD47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>1.003722041473486</v>
       </c>
       <c r="BE47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.96843533074565691</v>
       </c>
       <c r="BF47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.93440019436702593</v>
       </c>
       <c r="BG47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.91912055942100224</v>
       </c>
       <c r="BH47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.95690135117764263</v>
       </c>
       <c r="BI47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.95690135259668752</v>
       </c>
       <c r="BJ47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.86507896960749209</v>
       </c>
       <c r="BK47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.78534591365102169</v>
       </c>
       <c r="BL47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.73893101171971254</v>
       </c>
       <c r="BM47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.61050948524467241</v>
       </c>
       <c r="BN47" s="12">
-        <f t="shared" si="39"/>
+        <f t="shared" si="48"/>
         <v>0.61050948524467241</v>
       </c>
       <c r="BO47" s="31">
-        <f t="shared" ref="BO47:BS47" si="40">BO46/BO50*100</f>
+        <f t="shared" ref="BO47:BT47" si="49">BO46/BO50*100</f>
         <v>26.509778175613114</v>
       </c>
       <c r="BP47" s="31">
-        <f t="shared" si="40"/>
+        <f t="shared" si="49"/>
         <v>24.823078476940218</v>
       </c>
       <c r="BQ47" s="31">
-        <f t="shared" si="40"/>
+        <f t="shared" si="49"/>
         <v>24.65850711441076</v>
       </c>
       <c r="BR47" s="31">
-        <f t="shared" si="40"/>
+        <f t="shared" si="49"/>
         <v>24.836279811224493</v>
       </c>
       <c r="BS47" s="31">
-        <f t="shared" si="40"/>
+        <f t="shared" si="49"/>
         <v>23.897203802123414</v>
       </c>
+      <c r="BT47" s="31">
+        <f t="shared" si="49"/>
+        <v>20.323267275827874</v>
+      </c>
     </row>
-    <row r="48" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:72">
       <c r="B48" s="24" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="C48" s="17">
         <v>36.527036787774684</v>
       </c>
       <c r="D48" s="17">
         <v>36.002733368495726</v>
       </c>
       <c r="E48" s="17">
         <f>E46/E52*100</f>
         <v>35.625445849388377</v>
       </c>
       <c r="F48" s="20">
-        <f t="shared" ref="F48:R48" si="41">F46/F52*100</f>
+        <f t="shared" ref="F48:R48" si="50">F46/F52*100</f>
         <v>35.321193640028298</v>
       </c>
       <c r="G48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>37.626936283916073</v>
       </c>
       <c r="H48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>41.108175625091768</v>
       </c>
       <c r="I48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>41.897061875855293</v>
       </c>
       <c r="J48" s="20">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>45.974161804955358</v>
       </c>
       <c r="K48" s="31">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>45.475594301373981</v>
       </c>
       <c r="L48" s="31">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>46.726798511325981</v>
       </c>
       <c r="M48" s="31">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>44.546053715603882</v>
       </c>
       <c r="N48" s="21">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>53.271724549113131</v>
       </c>
       <c r="O48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>53.486979946123924</v>
       </c>
       <c r="P48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>49.71217043702184</v>
       </c>
       <c r="Q48" s="17">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>48.392918715378549</v>
       </c>
       <c r="R48" s="31">
-        <f t="shared" si="41"/>
+        <f t="shared" si="50"/>
         <v>54.559464968511783</v>
       </c>
       <c r="S48" s="31">
         <v>37.346237566138633</v>
       </c>
       <c r="T48" s="31">
         <v>50.190078529401674</v>
       </c>
       <c r="U48" s="31">
         <v>41.613761993282957</v>
       </c>
       <c r="V48" s="31">
         <v>53.787377754822543</v>
       </c>
       <c r="W48" s="31">
         <v>52.929604971535049</v>
       </c>
       <c r="X48" s="31">
         <v>18.005196113952383</v>
       </c>
       <c r="Y48" s="31">
         <v>18.130265706935418</v>
       </c>
       <c r="Z48" s="31">
         <v>18.493783460997669</v>
@@ -9941,176 +10088,179 @@
         <v>22.477774072811414</v>
       </c>
       <c r="AG48" s="31">
         <v>19.715294056379459</v>
       </c>
       <c r="AH48" s="31">
         <v>20.319992676959096</v>
       </c>
       <c r="AI48" s="31">
         <v>15.593287215862714</v>
       </c>
       <c r="AJ48" s="31">
         <v>16.34387040764296</v>
       </c>
       <c r="AK48" s="31">
         <v>13.554182597653819</v>
       </c>
       <c r="AL48" s="31">
         <v>14.723524352057721</v>
       </c>
       <c r="AM48" s="31">
         <f>AM46/AM52*100</f>
         <v>15.836093012787314</v>
       </c>
       <c r="AN48" s="31">
-        <f t="shared" ref="AN48:BQ48" si="42">AN46/AN52*100</f>
+        <f t="shared" ref="AN48:BN48" si="51">AN46/AN52*100</f>
         <v>15.498346279514614</v>
       </c>
       <c r="AO48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.875105876246117</v>
       </c>
       <c r="AP48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>17.886800079601333</v>
       </c>
       <c r="AQ48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.263180788360874</v>
       </c>
       <c r="AR48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.927861319810209</v>
       </c>
       <c r="AS48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.089469421922669</v>
       </c>
       <c r="AT48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>17.660111354759536</v>
       </c>
       <c r="AU48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.609598548728695</v>
       </c>
       <c r="AV48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.936401414339429</v>
       </c>
       <c r="AW48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.310704939619651</v>
       </c>
       <c r="AX48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.278920909018883</v>
       </c>
       <c r="AY48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>13.839077407819151</v>
       </c>
       <c r="AZ48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>14.045725112096175</v>
       </c>
       <c r="BA48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>14.458502316878647</v>
       </c>
       <c r="BB48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.745138514970037</v>
       </c>
       <c r="BC48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>17.115225857874574</v>
       </c>
       <c r="BD48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.84685303965691</v>
       </c>
       <c r="BE48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.995940840828773</v>
       </c>
       <c r="BF48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.876399717764318</v>
       </c>
       <c r="BG48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>18.754959488245738</v>
       </c>
       <c r="BH48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>19.814051527430841</v>
       </c>
       <c r="BI48" s="31">
         <f>BI46/BI52*100</f>
         <v>20.692348554089886</v>
       </c>
       <c r="BJ48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>19.672661123449966</v>
       </c>
       <c r="BK48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>20.14790948079931</v>
       </c>
       <c r="BL48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>19.628222732790992</v>
       </c>
       <c r="BM48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>17.228011681808013</v>
       </c>
       <c r="BN48" s="31">
-        <f t="shared" si="42"/>
+        <f t="shared" si="51"/>
         <v>16.834582791719615</v>
       </c>
       <c r="BO48" s="45">
         <v>7216.9913117413398</v>
       </c>
       <c r="BP48" s="45">
         <v>7105.7976407599272</v>
       </c>
       <c r="BQ48" s="45">
         <v>6699.6618514966131</v>
       </c>
       <c r="BR48" s="45">
         <v>6499.3315852679407</v>
       </c>
       <c r="BS48" s="45">
         <v>6250.5157875344485</v>
       </c>
+      <c r="BT48" s="45">
+        <v>6350.7592260530864</v>
+      </c>
     </row>
-    <row r="49" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:72">
       <c r="B49" s="23" t="s">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="C49" s="15">
         <v>2138.7416170000001</v>
       </c>
       <c r="D49" s="15">
         <v>2212.6976330000002</v>
       </c>
       <c r="E49" s="15">
         <v>1999.4491780000001</v>
       </c>
       <c r="F49" s="25">
         <v>1958.9779900000001</v>
       </c>
       <c r="G49" s="15">
         <v>1773.781872</v>
       </c>
       <c r="H49" s="15">
         <v>1532.9385272699999</v>
       </c>
       <c r="I49" s="15">
         <v>1519.4288753699998</v>
       </c>
       <c r="J49" s="25">
         <v>1423.5334989999999</v>
       </c>
@@ -10261,136 +10411,140 @@
       <c r="BG49" s="52">
         <v>8417.4065626223528</v>
       </c>
       <c r="BH49" s="52">
         <v>8186.8577536022312</v>
       </c>
       <c r="BI49" s="52">
         <v>7753.4959902794271</v>
       </c>
       <c r="BJ49" s="52">
         <v>7467.6012075540011</v>
       </c>
       <c r="BK49" s="52">
         <v>7250.3721141621554</v>
       </c>
       <c r="BL49" s="52">
         <v>7048.0584487432361</v>
       </c>
       <c r="BM49" s="52">
         <v>6832.5631589566874</v>
       </c>
       <c r="BN49" s="75">
         <v>7025.4773414894344</v>
       </c>
       <c r="BO49" s="31">
-        <f t="shared" ref="BO49:BS49" si="43">BO48/BO50*100</f>
+        <f t="shared" ref="BO49:BT49" si="52">BO48/BO50*100</f>
         <v>73.490221824386879</v>
       </c>
       <c r="BP49" s="31">
-        <f t="shared" si="43"/>
+        <f t="shared" si="52"/>
         <v>75.176921523059789</v>
       </c>
       <c r="BQ49" s="31">
-        <f t="shared" si="43"/>
+        <f t="shared" si="52"/>
         <v>75.341492885589233</v>
       </c>
       <c r="BR49" s="31">
-        <f t="shared" si="43"/>
+        <f t="shared" si="52"/>
         <v>75.1637201887755</v>
       </c>
       <c r="BS49" s="31">
-        <f t="shared" si="43"/>
+        <f t="shared" si="52"/>
         <v>76.102796197876586</v>
       </c>
+      <c r="BT49" s="31">
+        <f t="shared" si="52"/>
+        <v>79.676732724172112</v>
+      </c>
     </row>
-    <row r="50" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:72">
       <c r="B50" s="24" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="C50" s="16">
-        <f t="shared" ref="C50:R50" si="44">C49/C45*100</f>
+        <f t="shared" ref="C50:R50" si="53">C49/C45*100</f>
         <v>3.0023957731155555</v>
       </c>
       <c r="D50" s="16">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>3.1062162758214074</v>
       </c>
       <c r="E50" s="16">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>2.8068550744372462</v>
       </c>
       <c r="F50" s="20">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>2.7500410475261283</v>
       </c>
       <c r="G50" s="16">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>2.3024317032171808</v>
       </c>
       <c r="H50" s="16">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.989808510270705</v>
       </c>
       <c r="I50" s="16">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.9722725035468816</v>
       </c>
       <c r="J50" s="20">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.8477969080796215</v>
       </c>
       <c r="K50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.7193023506606886</v>
       </c>
       <c r="L50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.6348885100841954</v>
       </c>
       <c r="M50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.5935839955016944</v>
       </c>
       <c r="N50" s="20">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.1133306698628311</v>
       </c>
       <c r="O50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>0.9887881141814846</v>
       </c>
       <c r="P50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>0.99736206517157189</v>
       </c>
       <c r="Q50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>1.0697468717274365</v>
       </c>
       <c r="R50" s="12">
-        <f t="shared" si="44"/>
+        <f t="shared" si="53"/>
         <v>0.83381039744001018</v>
       </c>
       <c r="S50" s="12">
         <v>1.4473524085578249</v>
       </c>
       <c r="T50" s="12">
         <v>1.0230707033149549</v>
       </c>
       <c r="U50" s="12">
         <v>1.1771147016270089</v>
       </c>
       <c r="V50" s="12">
         <v>1.0438032101675294</v>
       </c>
       <c r="W50" s="12">
         <v>0.95704801353096025</v>
       </c>
       <c r="X50" s="12">
         <v>3.0316619243035134</v>
       </c>
       <c r="Y50" s="12">
         <v>3.200338780323845</v>
       </c>
       <c r="Z50" s="12">
         <v>3.0399198022364318</v>
@@ -10414,236 +10568,240 @@
         <v>3.5549625899231283</v>
       </c>
       <c r="AG50" s="12">
         <v>4.0502478636066668</v>
       </c>
       <c r="AH50" s="12">
         <v>3.8208842270177277</v>
       </c>
       <c r="AI50" s="12">
         <v>3.7945856647273755</v>
       </c>
       <c r="AJ50" s="12">
         <v>3.371281591845539</v>
       </c>
       <c r="AK50" s="12">
         <v>4.9092687569610716</v>
       </c>
       <c r="AL50" s="12">
         <v>4.6383290046309877</v>
       </c>
       <c r="AM50" s="12">
         <f>AM49/AM45*100</f>
         <v>4.5914256287066877</v>
       </c>
       <c r="AN50" s="12">
-        <f t="shared" ref="AN50:BQ50" si="45">AN49/AN45*100</f>
+        <f t="shared" ref="AN50:BN50" si="54">AN49/AN45*100</f>
         <v>4.4851372672801624</v>
       </c>
       <c r="AO50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.009583730029556</v>
       </c>
       <c r="AP50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.1788385200149012</v>
       </c>
       <c r="AQ50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.3116916100645115</v>
       </c>
       <c r="AR50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.1239288025515162</v>
       </c>
       <c r="AS50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.041594845106907</v>
       </c>
       <c r="AT50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>4.9988015167235229</v>
       </c>
       <c r="AU50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.3029488649270222</v>
       </c>
       <c r="AV50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.2702760659133903</v>
       </c>
       <c r="AW50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.0973559968501627</v>
       </c>
       <c r="AX50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.4789720819058116</v>
       </c>
       <c r="AY50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.6187222115164648</v>
       </c>
       <c r="AZ50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.5227791454523647</v>
       </c>
       <c r="BA50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.3393440120832549</v>
       </c>
       <c r="BB50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.235444205951465</v>
       </c>
       <c r="BC50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>5.5843002287691785</v>
       </c>
       <c r="BD50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>4.9541980466922908</v>
       </c>
       <c r="BE50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>4.7296036293524937</v>
       </c>
       <c r="BF50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>4.6023268919407494</v>
       </c>
       <c r="BG50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.9815594980168241</v>
       </c>
       <c r="BH50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.8725064549588026</v>
       </c>
       <c r="BI50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.6675198439404935</v>
       </c>
       <c r="BJ50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.5322873255721219</v>
       </c>
       <c r="BK50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.1125568161554926</v>
       </c>
       <c r="BL50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.0257043390155896</v>
       </c>
       <c r="BM50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>2.9331930413175904</v>
       </c>
       <c r="BN50" s="12">
-        <f t="shared" si="45"/>
+        <f t="shared" si="54"/>
         <v>3.0160103566664804</v>
       </c>
       <c r="BO50" s="45">
-        <f t="shared" ref="BO50:BS50" si="46">BO46+BO48</f>
+        <f t="shared" ref="BO50:BT50" si="55">BO46+BO48</f>
         <v>9820.3422612972226</v>
       </c>
       <c r="BP50" s="45">
-        <f t="shared" si="46"/>
+        <f t="shared" si="55"/>
         <v>9452.0997891358093</v>
       </c>
       <c r="BQ50" s="45">
-        <f t="shared" si="46"/>
+        <f t="shared" si="55"/>
         <v>8892.3932814424952</v>
       </c>
       <c r="BR50" s="45">
-        <f t="shared" si="46"/>
+        <f t="shared" si="55"/>
         <v>8646.8998194138239</v>
       </c>
       <c r="BS50" s="45">
-        <f t="shared" si="46"/>
+        <f t="shared" si="55"/>
         <v>8213.2537827944489</v>
       </c>
+      <c r="BT50" s="45">
+        <f t="shared" si="55"/>
+        <v>7970.6571905230867</v>
+      </c>
     </row>
-    <row r="51" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:72">
       <c r="B51" s="24" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="C51" s="17">
         <v>63.472963212225316</v>
       </c>
       <c r="D51" s="17">
         <v>63.997266631504282</v>
       </c>
       <c r="E51" s="17">
         <v>64.37455415061163</v>
       </c>
       <c r="F51" s="20">
         <v>64.678806359971702</v>
       </c>
       <c r="G51" s="17">
         <v>62.373063716083934</v>
       </c>
       <c r="H51" s="17">
         <v>58.891824374908232</v>
       </c>
       <c r="I51" s="17">
         <v>58.102938124144707</v>
       </c>
       <c r="J51" s="20">
         <v>54.025838195044649</v>
       </c>
       <c r="K51" s="31">
-        <f t="shared" ref="K51:R51" si="47">K49/K52*100</f>
+        <f t="shared" ref="K51:R51" si="56">K49/K52*100</f>
         <v>54.523693670695991</v>
       </c>
       <c r="L51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>53.273201488674019</v>
       </c>
       <c r="M51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>55.453946284396103</v>
       </c>
       <c r="N51" s="21">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>46.728275450886869</v>
       </c>
       <c r="O51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>46.513020053876083</v>
       </c>
       <c r="P51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>50.287829562978146</v>
       </c>
       <c r="Q51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>51.607081284621451</v>
       </c>
       <c r="R51" s="31">
-        <f t="shared" si="47"/>
+        <f t="shared" si="56"/>
         <v>45.44053503148821</v>
       </c>
       <c r="S51" s="31">
         <v>62.65376243386136</v>
       </c>
       <c r="T51" s="31">
         <v>49.809921470598326</v>
       </c>
       <c r="U51" s="31">
         <v>58.386238006717036</v>
       </c>
       <c r="V51" s="31">
         <v>46.212622245177457</v>
       </c>
       <c r="W51" s="31">
         <v>47.070395028464951</v>
       </c>
       <c r="X51" s="31">
         <v>81.99480388604762</v>
       </c>
       <c r="Y51" s="31">
         <v>81.869734293064596</v>
       </c>
       <c r="Z51" s="31">
         <v>81.506216539002324</v>
@@ -10667,235 +10825,239 @@
         <v>77.522225927188586</v>
       </c>
       <c r="AG51" s="31">
         <v>80.284705943620537</v>
       </c>
       <c r="AH51" s="31">
         <v>79.680007323040897</v>
       </c>
       <c r="AI51" s="31">
         <v>84.406712784137284</v>
       </c>
       <c r="AJ51" s="31">
         <v>83.656129592357033</v>
       </c>
       <c r="AK51" s="31">
         <v>86.445817402346179</v>
       </c>
       <c r="AL51" s="31">
         <v>85.276475647942277</v>
       </c>
       <c r="AM51" s="31">
         <f>AM49/AM52*100</f>
         <v>84.163906987212684</v>
       </c>
       <c r="AN51" s="31">
-        <f t="shared" ref="AN51:BQ51" si="48">AN49/AN52*100</f>
+        <f t="shared" ref="AN51:BN51" si="57">AN49/AN52*100</f>
         <v>84.501653720485393</v>
       </c>
       <c r="AO51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.124894123753876</v>
       </c>
       <c r="AP51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>82.113199920398671</v>
       </c>
       <c r="AQ51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.73681921163913</v>
       </c>
       <c r="AR51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.072138680189795</v>
       </c>
       <c r="AS51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.910530578077342</v>
       </c>
       <c r="AT51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>82.33988864524045</v>
       </c>
       <c r="AU51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.390401451271316</v>
       </c>
       <c r="AV51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.063598585660586</v>
       </c>
       <c r="AW51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.689295060380346</v>
       </c>
       <c r="AX51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.721079090981121</v>
       </c>
       <c r="AY51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>86.160922592180853</v>
       </c>
       <c r="AZ51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>85.954274887903836</v>
       </c>
       <c r="BA51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>85.541497683121349</v>
       </c>
       <c r="BB51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.254861485029963</v>
       </c>
       <c r="BC51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>82.884774142125423</v>
       </c>
       <c r="BD51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.153146960343093</v>
       </c>
       <c r="BE51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.00405915917122</v>
       </c>
       <c r="BF51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.123600282235685</v>
       </c>
       <c r="BG51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>81.245040511754269</v>
       </c>
       <c r="BH51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>80.185948472569152</v>
       </c>
       <c r="BI51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>79.307651445910111</v>
       </c>
       <c r="BJ51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>80.32733887655003</v>
       </c>
       <c r="BK51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>79.852090519200701</v>
       </c>
       <c r="BL51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>80.371777267209012</v>
       </c>
       <c r="BM51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>82.771988318191987</v>
       </c>
       <c r="BN51" s="31">
-        <f t="shared" si="48"/>
+        <f t="shared" si="57"/>
         <v>83.165417208280374</v>
       </c>
       <c r="BO51" s="12">
-        <f t="shared" ref="BO51:BS51" si="49">BO46/BO45*100</f>
+        <f t="shared" ref="BO51:BT51" si="58">BO46/BO45*100</f>
         <v>1.0361040596904327</v>
       </c>
       <c r="BP51" s="12">
-        <f t="shared" si="49"/>
+        <f t="shared" si="58"/>
         <v>0.93380156125602398</v>
       </c>
       <c r="BQ51" s="12">
-        <f t="shared" si="49"/>
+        <f t="shared" si="58"/>
         <v>0.87268216248958275</v>
       </c>
       <c r="BR51" s="12">
-        <f t="shared" si="49"/>
+        <f t="shared" si="58"/>
         <v>0.85470772438128384</v>
       </c>
       <c r="BS51" s="12">
-        <f t="shared" si="49"/>
-        <v>0.70622405330445392</v>
+        <f t="shared" si="58"/>
+        <v>0.74850377459192008</v>
+      </c>
+      <c r="BT51" s="12">
+        <f t="shared" si="58"/>
+        <v>0.61775934627430773</v>
       </c>
     </row>
-    <row r="52" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:72">
       <c r="B52" s="23" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="C52" s="15">
         <v>3369.5317009999999</v>
       </c>
       <c r="D52" s="15">
         <v>3457.487717</v>
       </c>
       <c r="E52" s="15">
         <v>3105.9619819999998</v>
       </c>
       <c r="F52" s="25">
         <v>3028.7788230000001</v>
       </c>
       <c r="G52" s="15">
         <v>2843.8267519999999</v>
       </c>
       <c r="H52" s="15">
         <v>2602.97340682</v>
       </c>
       <c r="I52" s="15">
         <v>2615.0637548199998</v>
       </c>
       <c r="J52" s="25">
         <v>2634.9123799999998</v>
       </c>
       <c r="K52" s="30">
         <v>2663.8</v>
       </c>
       <c r="L52" s="45">
-        <f t="shared" ref="L52:R52" si="50">L46+L49</f>
+        <f t="shared" ref="L52:R52" si="59">L46+L49</f>
         <v>2592.4713860000002</v>
       </c>
       <c r="M52" s="45">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>2427.6000000000004</v>
       </c>
       <c r="N52" s="52">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>2012.7</v>
       </c>
       <c r="O52" s="52">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>2004.6</v>
       </c>
       <c r="P52" s="52">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>1870.2040000000002</v>
       </c>
       <c r="Q52" s="52">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>1954.657882</v>
       </c>
       <c r="R52" s="52">
-        <f t="shared" si="50"/>
+        <f t="shared" si="59"/>
         <v>1730.305936</v>
       </c>
       <c r="S52" s="52">
         <v>2527.8199961325004</v>
       </c>
       <c r="T52" s="52">
         <v>2247.5471130000001</v>
       </c>
       <c r="U52" s="52">
         <v>2206.1107120000001</v>
       </c>
       <c r="V52" s="52">
         <v>2471.5934099999999</v>
       </c>
       <c r="W52" s="52">
         <v>2466.8713939999998</v>
       </c>
       <c r="X52" s="52">
         <v>4485.9565588075002</v>
       </c>
       <c r="Y52" s="52">
         <v>4590.1438481491996</v>
       </c>
       <c r="Z52" s="52">
         <v>4498.0607605488003</v>
@@ -10967,180 +11129,184 @@
         <v>11452.739500780997</v>
       </c>
       <c r="AW52" s="45">
         <v>11307.429334197392</v>
       </c>
       <c r="AX52" s="45">
         <v>12080.357177820983</v>
       </c>
       <c r="AY52" s="45">
         <v>11362.731267748124</v>
       </c>
       <c r="AZ52" s="45">
         <v>11195.557126715365</v>
       </c>
       <c r="BA52" s="45">
         <v>10875.934127357179</v>
       </c>
       <c r="BB52" s="45">
         <v>11226.895918136121</v>
       </c>
       <c r="BC52" s="45">
         <f>BC46+BC49</f>
         <v>11871.903014571781</v>
       </c>
       <c r="BD52" s="45">
-        <f t="shared" ref="BD52:BQ52" si="51">BD46+BD49</f>
+        <f t="shared" ref="BD52:BN52" si="60">BD46+BD49</f>
         <v>10615.35290325178</v>
       </c>
       <c r="BE52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>10444.067540571781</v>
       </c>
       <c r="BF52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>10359.634243561217</v>
       </c>
       <c r="BG52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>10360.517404634133</v>
       </c>
       <c r="BH52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>10209.840888024011</v>
       </c>
       <c r="BI52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>9776.4791277012082</v>
       </c>
       <c r="BJ52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>9296.4628381757811</v>
       </c>
       <c r="BK52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>9079.7524110139348</v>
       </c>
       <c r="BL52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>8769.3201374791333</v>
       </c>
       <c r="BM52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>8254.680475586687</v>
       </c>
       <c r="BN52" s="45">
-        <f t="shared" si="51"/>
+        <f t="shared" si="60"/>
         <v>8447.5946581194348</v>
       </c>
       <c r="BO52" s="12">
-        <f t="shared" ref="BO52:BS52" si="52">BO48/BO45*100</f>
+        <f t="shared" ref="BO52:BT52" si="61">BO48/BO45*100</f>
         <v>2.8722804346150155</v>
       </c>
       <c r="BP52" s="12">
-        <f t="shared" si="52"/>
+        <f t="shared" si="61"/>
         <v>2.8280266186109233</v>
       </c>
       <c r="BQ52" s="12">
-        <f t="shared" si="52"/>
+        <f t="shared" si="61"/>
         <v>2.6663891950768113</v>
       </c>
       <c r="BR52" s="12">
-        <f t="shared" si="52"/>
+        <f t="shared" si="61"/>
         <v>2.5866600282682404</v>
       </c>
       <c r="BS52" s="12">
-        <f t="shared" si="52"/>
-        <v>2.2490340561890996</v>
+        <f t="shared" si="61"/>
+        <v>2.3836776337007564</v>
+      </c>
+      <c r="BT52" s="12">
+        <f t="shared" si="61"/>
+        <v>2.4219061656242618</v>
       </c>
     </row>
-    <row r="53" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:72">
       <c r="B53" s="35" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="C53" s="18">
-        <f t="shared" ref="C53:R53" si="53">C52/C45*100</f>
+        <f t="shared" ref="C53:R53" si="62">C52/C45*100</f>
         <v>4.7301963248145205</v>
       </c>
       <c r="D53" s="18">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>4.8536702258035085</v>
       </c>
       <c r="E53" s="18">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>4.360193420323017</v>
       </c>
       <c r="F53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>4.2518426085674781</v>
       </c>
       <c r="G53" s="18">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.6913878620707559</v>
       </c>
       <c r="H53" s="18">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.3787516881859303</v>
       </c>
       <c r="I53" s="18">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.3944453881710031</v>
       </c>
       <c r="J53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.4202096067601682</v>
       </c>
       <c r="K53" s="32">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.1533123215104841</v>
       </c>
       <c r="L53" s="32">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>3.0688760284695404</v>
       </c>
       <c r="M53" s="32">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>2.8737071070271232</v>
       </c>
       <c r="N53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>2.3825631464464867</v>
       </c>
       <c r="O53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>2.1258308169114155</v>
       </c>
       <c r="P53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>1.9833070423580752</v>
       </c>
       <c r="Q53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>2.0728683837545634</v>
       </c>
       <c r="R53" s="22">
-        <f t="shared" si="53"/>
+        <f t="shared" si="62"/>
         <v>1.8349484592604766</v>
       </c>
       <c r="S53" s="22">
         <v>2.3100805958551662</v>
       </c>
       <c r="T53" s="22">
         <v>2.0539496411751026</v>
       </c>
       <c r="U53" s="22">
         <v>2.0160824567796061</v>
       </c>
       <c r="V53" s="22">
         <v>2.2586972118347082</v>
       </c>
       <c r="W53" s="22">
         <v>2.033227069694663</v>
       </c>
       <c r="X53" s="22">
         <v>3.6973829811420362</v>
       </c>
       <c r="Y53" s="22">
         <v>3.9090621313949407</v>
       </c>
       <c r="Z53" s="22">
         <v>3.7296784605156716</v>
@@ -11188,434 +11354,457 @@
         <v>5.3077508780077869</v>
       </c>
       <c r="AO53" s="22">
         <v>6.0265745693118555</v>
       </c>
       <c r="AP53" s="22">
         <v>6.3069500701900765</v>
       </c>
       <c r="AQ53" s="22">
         <v>6.4985298685419597</v>
       </c>
       <c r="AR53" s="22">
         <v>6.3202092432323633</v>
       </c>
       <c r="AS53" s="22">
         <v>6.0082981365679577</v>
       </c>
       <c r="AT53" s="22">
         <v>6.0709354833606177</v>
       </c>
       <c r="AU53" s="22">
         <f>AU52/AU45*100</f>
         <v>6.359183758128049</v>
       </c>
       <c r="AV53" s="22">
-        <f t="shared" ref="AV53:BQ53" si="54">AV52/AV45*100</f>
+        <f t="shared" ref="AV53:BN53" si="63">AV52/AV45*100</f>
         <v>6.3448684570032681</v>
       </c>
       <c r="AW53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.2399314293047468</v>
       </c>
       <c r="AX53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.704478382873531</v>
       </c>
       <c r="AY53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.5211955054278485</v>
       </c>
       <c r="AZ53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.4252524410854797</v>
       </c>
       <c r="BA53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.2418173128815688</v>
       </c>
       <c r="BB53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.4432381155631155</v>
       </c>
       <c r="BC53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>6.7374258861990537</v>
       </c>
       <c r="BD53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>5.9579200881657766</v>
       </c>
       <c r="BE53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>5.6980389600981507</v>
       </c>
       <c r="BF53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>5.5367270863077751</v>
       </c>
       <c r="BG53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>4.9006800574378264</v>
       </c>
       <c r="BH53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>4.8294078061364454</v>
       </c>
       <c r="BI53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>4.6244211965371811</v>
       </c>
       <c r="BJ53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>4.397366295179614</v>
       </c>
       <c r="BK53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>3.8979027298065136</v>
       </c>
       <c r="BL53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>3.7646353507353014</v>
       </c>
       <c r="BM53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>3.5437025265622624</v>
       </c>
       <c r="BN53" s="22">
-        <f t="shared" si="54"/>
+        <f t="shared" si="63"/>
         <v>3.6265198419111537</v>
       </c>
       <c r="BO53" s="74">
-        <f t="shared" ref="BO53:BS53" si="55">BO50/BO45*100</f>
+        <f t="shared" ref="BO53:BT53" si="64">BO50/BO45*100</f>
         <v>3.908384494305448</v>
       </c>
       <c r="BP53" s="74">
-        <f t="shared" si="55"/>
+        <f t="shared" si="64"/>
         <v>3.7618281798669475</v>
       </c>
       <c r="BQ53" s="74">
-        <f t="shared" si="55"/>
+        <f t="shared" si="64"/>
         <v>3.5390713575663937</v>
       </c>
       <c r="BR53" s="74">
-        <f t="shared" si="55"/>
+        <f t="shared" si="64"/>
         <v>3.4413677526495241</v>
       </c>
       <c r="BS53" s="74">
-        <f t="shared" si="55"/>
-        <v>2.9552581094935535</v>
+        <f t="shared" si="64"/>
+        <v>3.1321814082926767</v>
+      </c>
+      <c r="BT53" s="74">
+        <f t="shared" si="64"/>
+        <v>3.0396655118985696</v>
       </c>
     </row>
-    <row r="55" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:72">
       <c r="B55" s="8" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="AU55" s="39"/>
       <c r="AV55" s="39"/>
       <c r="AW55" s="39"/>
       <c r="AX55" s="39"/>
       <c r="AY55" s="39"/>
       <c r="AZ55" s="39"/>
       <c r="BA55" s="39"/>
       <c r="BB55" s="39"/>
       <c r="BC55" s="39"/>
       <c r="BD55" s="39"/>
       <c r="BE55" s="39"/>
       <c r="BF55" s="39"/>
       <c r="BG55" s="39"/>
       <c r="BH55" s="39"/>
       <c r="BI55" s="39"/>
       <c r="BJ55" s="39"/>
       <c r="BK55" s="39"/>
       <c r="BL55" s="39"/>
       <c r="BM55" s="39"/>
       <c r="BN55" s="39"/>
       <c r="BO55" s="39"/>
       <c r="BP55" s="39"/>
       <c r="BQ55" s="39"/>
       <c r="BR55" s="39"/>
     </row>
-    <row r="56" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:72">
       <c r="AU56" s="39"/>
       <c r="AV56" s="39"/>
       <c r="AW56" s="39"/>
       <c r="AX56" s="39"/>
       <c r="AY56" s="39"/>
       <c r="AZ56" s="39"/>
       <c r="BA56" s="39"/>
       <c r="BB56" s="39"/>
       <c r="BC56" s="39"/>
       <c r="BD56" s="39"/>
       <c r="BE56" s="39"/>
       <c r="BF56" s="39"/>
       <c r="BG56" s="39"/>
       <c r="BH56" s="39"/>
       <c r="BI56" s="39"/>
       <c r="BJ56" s="39"/>
       <c r="BK56" s="39"/>
       <c r="BL56" s="39"/>
       <c r="BM56" s="39"/>
       <c r="BN56" s="39"/>
       <c r="BO56" s="39"/>
       <c r="BP56" s="39"/>
       <c r="BQ56" s="39"/>
       <c r="BR56" s="39"/>
     </row>
-    <row r="57" spans="2:71" s="71" customFormat="1" x14ac:dyDescent="0.2"/>
-    <row r="58" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:72" s="71" customFormat="1"/>
+    <row r="58" spans="2:72">
       <c r="AU58" s="39"/>
       <c r="AV58" s="39"/>
       <c r="AW58" s="39"/>
       <c r="AX58" s="39"/>
       <c r="AY58" s="39"/>
       <c r="AZ58" s="39"/>
       <c r="BA58" s="39"/>
       <c r="BB58" s="39"/>
       <c r="BC58" s="39"/>
       <c r="BD58" s="39"/>
       <c r="BE58" s="39"/>
       <c r="BF58" s="39"/>
       <c r="BG58" s="39"/>
       <c r="BH58" s="39"/>
       <c r="BI58" s="39"/>
       <c r="BJ58" s="39"/>
       <c r="BK58" s="39"/>
       <c r="BL58" s="39"/>
       <c r="BM58" s="39"/>
       <c r="BN58" s="39"/>
       <c r="BO58" s="39"/>
       <c r="BP58" s="39"/>
       <c r="BQ58" s="39"/>
       <c r="BR58" s="39"/>
     </row>
-    <row r="59" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:72">
       <c r="AU59" s="39"/>
       <c r="AV59" s="39"/>
       <c r="AW59" s="39"/>
       <c r="AX59" s="39"/>
       <c r="AY59" s="39"/>
       <c r="AZ59" s="39"/>
       <c r="BA59" s="39"/>
       <c r="BB59" s="39"/>
       <c r="BC59" s="39"/>
       <c r="BD59" s="39"/>
       <c r="BE59" s="39"/>
       <c r="BF59" s="39"/>
       <c r="BG59" s="39"/>
       <c r="BH59" s="39"/>
       <c r="BI59" s="39"/>
       <c r="BJ59" s="39"/>
       <c r="BK59" s="39"/>
       <c r="BL59" s="39"/>
       <c r="BM59" s="39"/>
       <c r="BN59" s="39"/>
       <c r="BO59" s="39"/>
       <c r="BP59" s="39"/>
       <c r="BQ59" s="39"/>
       <c r="BR59" s="39"/>
     </row>
-    <row r="60" spans="2:71" s="71" customFormat="1" x14ac:dyDescent="0.2"/>
-    <row r="61" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:72" s="71" customFormat="1"/>
+    <row r="61" spans="2:72">
       <c r="AU61" s="39"/>
       <c r="AV61" s="39"/>
       <c r="AW61" s="39"/>
       <c r="AX61" s="39"/>
       <c r="AY61" s="39"/>
       <c r="AZ61" s="39"/>
       <c r="BA61" s="39"/>
       <c r="BB61" s="39"/>
       <c r="BC61" s="39"/>
       <c r="BD61" s="39"/>
       <c r="BE61" s="39"/>
       <c r="BF61" s="39"/>
       <c r="BG61" s="39"/>
       <c r="BH61" s="39"/>
       <c r="BI61" s="39"/>
       <c r="BJ61" s="39"/>
       <c r="BK61" s="39"/>
       <c r="BL61" s="39"/>
       <c r="BM61" s="39"/>
       <c r="BN61" s="39"/>
       <c r="BO61" s="39"/>
       <c r="BP61" s="39"/>
       <c r="BQ61" s="39"/>
       <c r="BR61" s="39"/>
     </row>
-    <row r="62" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:72">
       <c r="AU62" s="39"/>
       <c r="AV62" s="39"/>
       <c r="AW62" s="39"/>
       <c r="AX62" s="39"/>
       <c r="AY62" s="39"/>
       <c r="AZ62" s="39"/>
       <c r="BA62" s="39"/>
       <c r="BB62" s="39"/>
       <c r="BC62" s="39"/>
       <c r="BD62" s="39"/>
       <c r="BE62" s="39"/>
       <c r="BF62" s="39"/>
       <c r="BG62" s="39"/>
       <c r="BH62" s="39"/>
       <c r="BI62" s="39"/>
       <c r="BJ62" s="39"/>
       <c r="BK62" s="39"/>
       <c r="BL62" s="39"/>
       <c r="BM62" s="39"/>
       <c r="BN62" s="39"/>
       <c r="BO62" s="39"/>
       <c r="BP62" s="39"/>
       <c r="BQ62" s="39"/>
       <c r="BR62" s="39"/>
     </row>
-    <row r="63" spans="2:71" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:72">
       <c r="AU63" s="39"/>
       <c r="AV63" s="39"/>
       <c r="AW63" s="39"/>
       <c r="AX63" s="39"/>
       <c r="AY63" s="39"/>
       <c r="AZ63" s="39"/>
       <c r="BA63" s="39"/>
       <c r="BB63" s="39"/>
       <c r="BC63" s="39"/>
       <c r="BD63" s="39"/>
       <c r="BE63" s="39"/>
       <c r="BF63" s="39"/>
       <c r="BG63" s="39"/>
       <c r="BH63" s="39"/>
       <c r="BI63" s="39"/>
       <c r="BJ63" s="39"/>
       <c r="BK63" s="39"/>
       <c r="BL63" s="39"/>
       <c r="BM63" s="39"/>
       <c r="BN63" s="39"/>
       <c r="BO63" s="39"/>
       <c r="BP63" s="39"/>
       <c r="BQ63" s="39"/>
       <c r="BR63" s="39"/>
     </row>
   </sheetData>
-  <mergeCells count="34">
+  <mergeCells count="35">
     <mergeCell ref="W2:Z2"/>
     <mergeCell ref="C2:F2"/>
     <mergeCell ref="G2:J2"/>
     <mergeCell ref="K2:N2"/>
     <mergeCell ref="O2:R2"/>
     <mergeCell ref="S2:V2"/>
     <mergeCell ref="AA2:AD2"/>
     <mergeCell ref="AE2:AH2"/>
     <mergeCell ref="AI2:AL2"/>
     <mergeCell ref="AM2:AP2"/>
     <mergeCell ref="AQ2:AT2"/>
     <mergeCell ref="C43:F43"/>
     <mergeCell ref="G43:J43"/>
     <mergeCell ref="K43:N43"/>
     <mergeCell ref="O43:R43"/>
     <mergeCell ref="S43:V43"/>
     <mergeCell ref="AQ43:AT43"/>
     <mergeCell ref="AY2:BB2"/>
     <mergeCell ref="BC2:BF2"/>
     <mergeCell ref="BG2:BJ2"/>
     <mergeCell ref="BK2:BN2"/>
     <mergeCell ref="AU2:AX2"/>
     <mergeCell ref="W43:Z43"/>
     <mergeCell ref="AA43:AD43"/>
     <mergeCell ref="AE43:AH43"/>
     <mergeCell ref="AI43:AL43"/>
     <mergeCell ref="AM43:AP43"/>
+    <mergeCell ref="BS43:BT43"/>
     <mergeCell ref="BO2:BR2"/>
     <mergeCell ref="BO43:BR43"/>
     <mergeCell ref="AU43:AX43"/>
     <mergeCell ref="AY43:BB43"/>
     <mergeCell ref="BC43:BF43"/>
     <mergeCell ref="BG43:BJ43"/>
     <mergeCell ref="BK43:BN43"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.74803149606299202" right="0.74803149606299202" top="0.98425196850393704" bottom="0.98425196850393704" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup scale="72" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a9718dbc26a7fe1c432363e75cc4f2" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12570f71-645b-41be-b316-af6cb6d3d1b1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -11665,50 +11854,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23656839-d31d-4903-8635-eff7f90abed5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89e6558f-5113-49e0-8f98-ced932a8e8dc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -11808,156 +12002,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{387F7FCB-C623-4686-9AA9-13AAE5DEE03D}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A403187-5F82-4296-886F-9CEE79E12783}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BAC70A0-2C37-420F-A88F-75E654FCB3F0}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28CB89D0-480E-4476-A263-8A2BA45B9878}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A403187-5F82-4296-886F-9CEE79E12783}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{387F7FCB-C623-4686-9AA9-13AAE5DEE03D}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28CB89D0-480E-4476-A263-8A2BA45B9878}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F33E1F1-FBB0-4FDF-AD99-72596FBC0918}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company>mustek</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>ndo281</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_SetDate">
     <vt:lpwstr>2022-12-13T07:16:15Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_SiteId">
     <vt:lpwstr>7fbedcc9-7201-4aa8-8786-7001cf6a0802</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0cb04df0-0638-45be-a44d-fdbaa4a599cb_ActionId">
     <vt:lpwstr>6b8f4b6c-07b3-48c7-a328-b12973c70f4d</vt:lpwstr>