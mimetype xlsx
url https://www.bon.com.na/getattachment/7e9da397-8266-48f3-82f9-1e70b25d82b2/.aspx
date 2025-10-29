--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -7,60 +7,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/PSSD/Shared Documents/General/2. Oversight &amp; Policy Division/1. Oversight/OVERSIGHT/OFFSITE/Monthly Statistics/Webstats &amp; Merchant Tracking/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\verry\OneDrive - Bank of Namibia\Documents\NPS\WebStats\September\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="382" documentId="8_{8375D6AF-C92B-44C1-ADD9-4AD2F93B0939}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D653E2B4-968F-4B45-BB3E-FAFEBEDEDCDE}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="783" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" activeTab="4" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer and Legend" sheetId="11" r:id="rId1"/>
     <sheet name="InterBank" sheetId="9" r:id="rId2"/>
     <sheet name="IntraBank" sheetId="12" r:id="rId3"/>
     <sheet name="Domestic Settlement System" sheetId="8" r:id="rId4"/>
     <sheet name="Regional Settlement System" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Disclaimer and Legend'!$B$10</definedName>
     <definedName name="_ftn2" localSheetId="0">'Disclaimer and Legend'!$B$11</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -185,52 +185,52 @@
   </si>
   <si>
     <t>Cheque</t>
   </si>
   <si>
     <t>Cheques Phased Out</t>
   </si>
   <si>
     <t>Card</t>
   </si>
   <si>
     <t>E-money</t>
   </si>
   <si>
     <t>NISS</t>
   </si>
   <si>
     <t>SADC RTGS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="167" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="169" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -534,115 +534,115 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="169" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="63">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="1" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="4" borderId="1" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="4" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="4" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -657,51 +657,51 @@
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1085,445 +1085,447 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{890005C8-3A8C-4F02-9FBD-FB8F1D4577B9}">
   <dimension ref="B2:J21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="19.453125" customWidth="1"/>
-    <col min="3" max="3" width="63.453125" customWidth="1"/>
+    <col min="2" max="2" width="19.44140625" customWidth="1"/>
+    <col min="3" max="3" width="63.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B2" s="50" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="15"/>
     </row>
-    <row r="3" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="49"/>
       <c r="D3" s="16"/>
       <c r="E3" s="16"/>
       <c r="F3" s="16"/>
       <c r="G3" s="16"/>
       <c r="H3" s="16"/>
       <c r="I3" s="16"/>
       <c r="J3" s="15"/>
     </row>
-    <row r="4" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B4" s="49"/>
       <c r="C4" s="49"/>
       <c r="D4" s="16"/>
       <c r="E4" s="16"/>
       <c r="F4" s="16"/>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="J4" s="15"/>
     </row>
-    <row r="5" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B5" s="49"/>
       <c r="C5" s="49"/>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="15"/>
     </row>
-    <row r="6" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B6" s="49"/>
       <c r="C6" s="49"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="15"/>
     </row>
-    <row r="7" spans="2:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="49"/>
       <c r="C7" s="49"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
       <c r="J7" s="15"/>
     </row>
-    <row r="8" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="15"/>
       <c r="J8" s="15"/>
     </row>
-    <row r="9" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B9" s="24" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="15"/>
       <c r="E9" s="15"/>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
     </row>
-    <row r="10" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B10" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="18" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
     </row>
-    <row r="11" spans="2:10" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:10" ht="45" x14ac:dyDescent="0.3">
       <c r="B11" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="20" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15"/>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15"/>
     </row>
-    <row r="12" spans="2:10" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:10" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="20" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="15"/>
       <c r="E12" s="15"/>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
     </row>
-    <row r="13" spans="2:10" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:10" ht="75" x14ac:dyDescent="0.3">
       <c r="B13" s="19" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
     </row>
-    <row r="14" spans="2:10" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:10" ht="45" x14ac:dyDescent="0.3">
       <c r="B14" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="20" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
     </row>
-    <row r="15" spans="2:10" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
     </row>
-    <row r="16" spans="2:10" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:10" ht="75" x14ac:dyDescent="0.3">
       <c r="B16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
     </row>
-    <row r="17" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
     </row>
-    <row r="18" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B18" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15"/>
     </row>
-    <row r="19" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B19" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="15"/>
       <c r="E19" s="15"/>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
     </row>
-    <row r="20" spans="2:10" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B20" s="48" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="48"/>
       <c r="D20" s="48"/>
       <c r="E20" s="48"/>
       <c r="F20" s="48"/>
       <c r="G20" s="48"/>
       <c r="H20" s="48"/>
       <c r="I20" s="48"/>
       <c r="J20" s="48"/>
     </row>
-    <row r="21" spans="2:10" x14ac:dyDescent="0.35">
+    <row r="21" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B21" s="48"/>
       <c r="C21" s="48"/>
       <c r="D21" s="48"/>
       <c r="E21" s="48"/>
       <c r="F21" s="48"/>
       <c r="G21" s="48"/>
       <c r="H21" s="48"/>
       <c r="I21" s="48"/>
       <c r="J21" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B20:J21"/>
     <mergeCell ref="B3:C7"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" location="_ftn2" display="_ftn2" xr:uid="{0103989F-6317-4DFA-9593-001C687A5223}"/>
     <hyperlink ref="B19" location="_ftnref1" display="_ftnref1" xr:uid="{C9B8EEA4-09BF-4219-ACBF-F76884DFC9DF}"/>
     <hyperlink ref="B20" location="_ftnref2" display="_ftnref2" xr:uid="{7C6E50CC-72E3-43CD-BE32-C2E68005F1A6}"/>
     <hyperlink ref="B14" location="_ftn1" display="_ftn1" xr:uid="{E0ABD4F0-CC95-41E9-84C1-C2A3B5487218}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E188560-D287-442C-9C71-08373E0511F2}">
   <dimension ref="A1:W64"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="L73" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W61" sqref="W61"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.36328125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="19.54296875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="6.33203125" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="10.33203125" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="10.33203125" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="10.33203125" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="19.5546875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="12" hidden="1" customWidth="1"/>
-    <col min="11" max="11" width="18.90625" hidden="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="17.6328125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="18.88671875" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="11.5546875" customWidth="1"/>
+    <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
-    <col min="15" max="15" width="17.6328125" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="22" max="23" width="17.6328125" customWidth="1"/>
+    <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="17.5546875" customWidth="1"/>
+    <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="17.5546875" customWidth="1"/>
+    <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
       <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="62"/>
       <c r="G1" s="62"/>
       <c r="H1" s="62"/>
       <c r="I1" s="62"/>
       <c r="J1" s="62"/>
       <c r="K1" s="62"/>
       <c r="L1" s="62"/>
       <c r="M1" s="62"/>
       <c r="N1" s="62"/>
       <c r="O1" s="62"/>
       <c r="P1" s="62"/>
       <c r="Q1" s="62"/>
       <c r="R1" s="62"/>
       <c r="S1" s="62"/>
       <c r="T1" s="62"/>
       <c r="U1" s="62"/>
       <c r="V1" s="62"/>
       <c r="W1" s="62"/>
     </row>
-    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="57">
         <v>2015</v>
       </c>
       <c r="C2" s="57"/>
       <c r="D2" s="58">
         <v>2016</v>
       </c>
       <c r="E2" s="59"/>
       <c r="F2" s="57">
         <v>2017</v>
       </c>
       <c r="G2" s="57"/>
       <c r="H2" s="58">
         <v>2018</v>
       </c>
       <c r="I2" s="59"/>
       <c r="J2" s="57">
         <v>2019</v>
       </c>
       <c r="K2" s="57"/>
       <c r="L2" s="57">
         <v>2020</v>
       </c>
       <c r="M2" s="57"/>
       <c r="N2" s="57">
         <v>2021</v>
       </c>
       <c r="O2" s="57"/>
       <c r="P2" s="57">
         <v>2022</v>
       </c>
       <c r="Q2" s="57"/>
       <c r="R2" s="57">
         <v>2023</v>
       </c>
       <c r="S2" s="57"/>
       <c r="T2" s="58">
         <v>2024</v>
       </c>
       <c r="U2" s="59"/>
       <c r="V2" s="58">
         <v>2025</v>
       </c>
       <c r="W2" s="59"/>
     </row>
-    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -1548,51 +1550,51 @@
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="10">
         <v>405013</v>
       </c>
       <c r="C4" s="10">
         <v>664993007.59000003</v>
       </c>
       <c r="D4" s="10">
         <v>390486</v>
       </c>
       <c r="E4" s="11">
         <v>733955232.41999996</v>
       </c>
       <c r="F4" s="10">
         <v>587169</v>
       </c>
       <c r="G4" s="11">
         <v>959865484.43000007</v>
       </c>
       <c r="H4" s="10">
         <v>675870</v>
       </c>
       <c r="I4" s="11">
@@ -1619,51 +1621,51 @@
       <c r="P4" s="27">
         <v>768587</v>
       </c>
       <c r="Q4" s="8">
         <v>1652377876.8</v>
       </c>
       <c r="R4" s="27">
         <v>765808</v>
       </c>
       <c r="S4" s="8">
         <v>1736207522</v>
       </c>
       <c r="T4" s="27">
         <v>929654</v>
       </c>
       <c r="U4" s="8">
         <v>2079678282</v>
       </c>
       <c r="V4" s="8">
         <v>895689</v>
       </c>
       <c r="W4" s="8">
         <v>2201016131</v>
       </c>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="10">
         <v>453286</v>
       </c>
       <c r="C5" s="10">
         <v>669751893.06999993</v>
       </c>
       <c r="D5" s="10">
         <v>634624</v>
       </c>
       <c r="E5" s="11">
         <v>898276961.38</v>
       </c>
       <c r="F5" s="10">
         <v>573744</v>
       </c>
       <c r="G5" s="11">
         <v>948010809.82000017</v>
       </c>
       <c r="H5" s="10">
         <v>576526</v>
       </c>
       <c r="I5" s="11">
@@ -1690,51 +1692,51 @@
       <c r="P5" s="9">
         <v>789582</v>
       </c>
       <c r="Q5" s="9">
         <v>1667604481.6700001</v>
       </c>
       <c r="R5" s="9">
         <v>815256</v>
       </c>
       <c r="S5" s="9">
         <v>1749477017</v>
       </c>
       <c r="T5" s="9">
         <v>871874</v>
       </c>
       <c r="U5" s="9">
         <v>1998637995</v>
       </c>
       <c r="V5" s="27">
         <v>1030210</v>
       </c>
       <c r="W5" s="27">
         <v>2333720531</v>
       </c>
     </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="10">
         <v>525718</v>
       </c>
       <c r="C6" s="10">
         <v>720162837.44000006</v>
       </c>
       <c r="D6" s="10">
         <v>485931</v>
       </c>
       <c r="E6" s="11">
         <v>791331849.89999998</v>
       </c>
       <c r="F6" s="10">
         <v>550667</v>
       </c>
       <c r="G6" s="11">
         <v>937639414.46000004</v>
       </c>
       <c r="H6" s="10">
         <v>519834</v>
       </c>
       <c r="I6" s="11">
@@ -1761,51 +1763,51 @@
       <c r="P6" s="9">
         <v>806057</v>
       </c>
       <c r="Q6" s="9">
         <v>1669397766.9099998</v>
       </c>
       <c r="R6" s="9">
         <v>783941</v>
       </c>
       <c r="S6" s="9">
         <v>1825633684</v>
       </c>
       <c r="T6" s="9">
         <v>855580</v>
       </c>
       <c r="U6" s="9">
         <v>2134819045</v>
       </c>
       <c r="V6" s="27">
         <v>979374</v>
       </c>
       <c r="W6" s="27">
         <v>2370846101</v>
       </c>
     </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="10">
         <v>543287</v>
       </c>
       <c r="C7" s="10">
         <v>770222293.06999993</v>
       </c>
       <c r="D7" s="10">
         <v>540622</v>
       </c>
       <c r="E7" s="11">
         <v>869340880.33999991</v>
       </c>
       <c r="F7" s="10">
         <v>487902</v>
       </c>
       <c r="G7" s="11">
         <v>893357378.88999999</v>
       </c>
       <c r="H7" s="10">
         <v>655143</v>
       </c>
       <c r="I7" s="11">
@@ -1832,51 +1834,51 @@
       <c r="P7" s="9">
         <v>797451</v>
       </c>
       <c r="Q7" s="9">
         <v>1685667834.4299998</v>
       </c>
       <c r="R7" s="9">
         <v>796989</v>
       </c>
       <c r="S7" s="9">
         <v>1774233136</v>
       </c>
       <c r="T7" s="9">
         <v>965736</v>
       </c>
       <c r="U7" s="9">
         <v>2297721378</v>
       </c>
       <c r="V7" s="27">
         <v>1013072</v>
       </c>
       <c r="W7" s="27">
         <v>2343993031</v>
       </c>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="10">
         <v>335121</v>
       </c>
       <c r="C8" s="10">
         <v>603265716.03999996</v>
       </c>
       <c r="D8" s="10">
         <v>502275</v>
       </c>
       <c r="E8" s="11">
         <v>829079051.34500003</v>
       </c>
       <c r="F8" s="10">
         <v>660917</v>
       </c>
       <c r="G8" s="11">
         <v>1015269469.0600001</v>
       </c>
       <c r="H8" s="10">
         <v>570173</v>
       </c>
       <c r="I8" s="11">
@@ -1903,51 +1905,51 @@
       <c r="P8" s="9">
         <v>808306</v>
       </c>
       <c r="Q8" s="9">
         <v>1713699655.8600001</v>
       </c>
       <c r="R8" s="9">
         <v>895291</v>
       </c>
       <c r="S8" s="9">
         <v>1739047150</v>
       </c>
       <c r="T8" s="9">
         <v>852871</v>
       </c>
       <c r="U8" s="9">
         <v>2039491490</v>
       </c>
       <c r="V8" s="27">
         <v>933465</v>
       </c>
       <c r="W8" s="27">
         <v>2236552796</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="10">
         <v>475857.02100000001</v>
       </c>
       <c r="C9" s="10">
         <v>776125949.68000007</v>
       </c>
       <c r="D9" s="10">
         <v>545806</v>
       </c>
       <c r="E9" s="11">
         <v>883760695.87999988</v>
       </c>
       <c r="F9" s="10">
         <v>559262</v>
       </c>
       <c r="G9" s="11">
         <v>939488662.92999995</v>
       </c>
       <c r="H9" s="10">
         <v>526688</v>
       </c>
       <c r="I9" s="11">
@@ -1974,51 +1976,51 @@
       <c r="P9" s="9">
         <v>801333</v>
       </c>
       <c r="Q9" s="9">
         <v>1642102217.5500002</v>
       </c>
       <c r="R9" s="9">
         <v>800045</v>
       </c>
       <c r="S9" s="9">
         <v>1996051827</v>
       </c>
       <c r="T9" s="9">
         <v>851951</v>
       </c>
       <c r="U9" s="9">
         <v>1806187591</v>
       </c>
       <c r="V9" s="27">
         <v>1032242</v>
       </c>
       <c r="W9" s="27">
         <v>2400894055</v>
       </c>
     </row>
-    <row r="10" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="10">
         <v>505603</v>
       </c>
       <c r="C10" s="10">
         <v>756396995.44000006</v>
       </c>
       <c r="D10" s="10">
         <v>456994</v>
       </c>
       <c r="E10" s="11">
         <v>843392182.29999995</v>
       </c>
       <c r="F10" s="10">
         <v>558107</v>
       </c>
       <c r="G10" s="11">
         <v>931987406.90999997</v>
       </c>
       <c r="H10" s="10">
         <v>649180</v>
       </c>
       <c r="I10" s="11">
@@ -2045,51 +2047,51 @@
       <c r="P10" s="9">
         <v>768089</v>
       </c>
       <c r="Q10" s="9">
         <v>1463309627</v>
       </c>
       <c r="R10" s="9">
         <v>913079</v>
       </c>
       <c r="S10" s="9">
         <v>2001941116</v>
       </c>
       <c r="T10" s="9">
         <v>991330</v>
       </c>
       <c r="U10" s="9">
         <v>2348966834</v>
       </c>
       <c r="V10" s="27">
         <v>1010139</v>
       </c>
       <c r="W10" s="27">
         <v>1355624854</v>
       </c>
     </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="10">
         <v>483637</v>
       </c>
       <c r="C11" s="10">
         <v>799991456.98000002</v>
       </c>
       <c r="D11" s="10">
         <v>632027</v>
       </c>
       <c r="E11" s="11">
         <v>963476685.86000001</v>
       </c>
       <c r="F11" s="10">
         <v>560781</v>
       </c>
       <c r="G11" s="11">
         <v>981859302.25</v>
       </c>
       <c r="H11" s="10">
         <v>584126</v>
       </c>
       <c r="I11" s="11">
@@ -2116,51 +2118,51 @@
       <c r="P11" s="9">
         <v>881213</v>
       </c>
       <c r="Q11" s="9">
         <v>2004255610.4400001</v>
       </c>
       <c r="R11" s="9">
         <v>842365</v>
       </c>
       <c r="S11" s="9">
         <v>1951506140</v>
       </c>
       <c r="T11" s="9">
         <v>929187</v>
       </c>
       <c r="U11" s="9">
         <v>2106799406</v>
       </c>
       <c r="V11" s="27">
         <v>950339</v>
       </c>
       <c r="W11" s="27">
         <v>2097177157</v>
       </c>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="10">
         <v>503608</v>
       </c>
       <c r="C12" s="10">
         <v>748802373.57999992</v>
       </c>
       <c r="D12" s="10">
         <v>397764</v>
       </c>
       <c r="E12" s="11">
         <v>928930029.63000011</v>
       </c>
       <c r="F12" s="10">
         <v>503665</v>
       </c>
       <c r="G12" s="11">
         <v>922100618.99000013</v>
       </c>
       <c r="H12" s="10">
         <v>497121</v>
       </c>
       <c r="I12" s="11">
@@ -2180,54 +2182,58 @@
       </c>
       <c r="N12" s="9">
         <v>776009</v>
       </c>
       <c r="O12" s="9">
         <v>1285568538.72</v>
       </c>
       <c r="P12" s="9">
         <v>779614</v>
       </c>
       <c r="Q12" s="9">
         <v>1695831896.2400002</v>
       </c>
       <c r="R12" s="9">
         <v>774250</v>
       </c>
       <c r="S12" s="9">
         <v>1834471822</v>
       </c>
       <c r="T12" s="9">
         <v>910064</v>
       </c>
       <c r="U12" s="9">
         <v>2020813480</v>
       </c>
-      <c r="V12" s="27"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V12" s="27">
+        <v>1070600</v>
+      </c>
+      <c r="W12" s="27">
+        <v>2805862684</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="10">
         <v>446892</v>
       </c>
       <c r="C13" s="10">
         <v>800496837.84000003</v>
       </c>
       <c r="D13" s="10">
         <v>558748</v>
       </c>
       <c r="E13" s="11">
         <v>920953722.69000006</v>
       </c>
       <c r="F13" s="10">
         <v>633312</v>
       </c>
       <c r="G13" s="11">
         <v>1001266238.77</v>
       </c>
       <c r="H13" s="10">
         <v>682001</v>
       </c>
       <c r="I13" s="11">
@@ -2250,51 +2256,51 @@
       </c>
       <c r="O13" s="9">
         <v>1129616470.1899998</v>
       </c>
       <c r="P13" s="9">
         <v>857006</v>
       </c>
       <c r="Q13" s="9">
         <v>1829832660</v>
       </c>
       <c r="R13" s="9">
         <v>899535</v>
       </c>
       <c r="S13" s="9">
         <v>2025689875</v>
       </c>
       <c r="T13" s="9">
         <v>952101</v>
       </c>
       <c r="U13" s="9">
         <v>2151323123</v>
       </c>
       <c r="V13" s="27"/>
       <c r="W13" s="27"/>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="10">
         <v>547092</v>
       </c>
       <c r="C14" s="10">
         <v>832536330.31999993</v>
       </c>
       <c r="D14" s="10">
         <v>545411</v>
       </c>
       <c r="E14" s="12">
         <v>902282610.90999985</v>
       </c>
       <c r="F14" s="10">
         <v>577054</v>
       </c>
       <c r="G14" s="11">
         <v>1043424514.9000001</v>
       </c>
       <c r="H14" s="10">
         <v>601443</v>
       </c>
       <c r="I14" s="11">
@@ -2317,51 +2323,51 @@
       </c>
       <c r="O14" s="9">
         <v>1603919062.8200002</v>
       </c>
       <c r="P14" s="9">
         <v>799447</v>
       </c>
       <c r="Q14" s="36">
         <v>1705013131</v>
       </c>
       <c r="R14" s="9">
         <v>855032</v>
       </c>
       <c r="S14" s="36">
         <v>2020214780</v>
       </c>
       <c r="T14" s="9">
         <v>878936</v>
       </c>
       <c r="U14" s="36">
         <v>2071728416</v>
       </c>
       <c r="V14" s="27"/>
       <c r="W14" s="27"/>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="10">
         <v>577078</v>
       </c>
       <c r="C15" s="10">
         <v>850971577.1500001</v>
       </c>
       <c r="D15" s="10">
         <v>566786</v>
       </c>
       <c r="E15" s="11">
         <v>911317516.32000005</v>
       </c>
       <c r="F15" s="10">
         <v>483339</v>
       </c>
       <c r="G15" s="11">
         <v>866621552.94000006</v>
       </c>
       <c r="H15" s="10">
         <v>607740</v>
       </c>
       <c r="I15" s="11">
@@ -2384,150 +2390,150 @@
       </c>
       <c r="O15" s="9">
         <v>1851986885.98</v>
       </c>
       <c r="P15" s="9">
         <v>837889</v>
       </c>
       <c r="Q15" s="9">
         <v>1872444585.6699998</v>
       </c>
       <c r="R15" s="9">
         <v>810933</v>
       </c>
       <c r="S15" s="9">
         <v>1977136614</v>
       </c>
       <c r="T15" s="9">
         <v>1022355</v>
       </c>
       <c r="U15" s="9">
         <v>2362391721</v>
       </c>
       <c r="V15" s="27"/>
       <c r="W15" s="27"/>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
     </row>
-    <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6"/>
       <c r="B17" s="61" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="62"/>
       <c r="D17" s="62"/>
       <c r="E17" s="62"/>
       <c r="F17" s="62"/>
       <c r="G17" s="62"/>
       <c r="H17" s="62"/>
       <c r="I17" s="62"/>
       <c r="J17" s="62"/>
       <c r="K17" s="62"/>
       <c r="L17" s="62"/>
       <c r="M17" s="62"/>
       <c r="N17" s="62"/>
       <c r="O17" s="62"/>
       <c r="P17" s="62"/>
       <c r="Q17" s="62"/>
       <c r="R17" s="62"/>
       <c r="S17" s="62"/>
       <c r="T17" s="62"/>
       <c r="U17" s="62"/>
       <c r="V17" s="62"/>
       <c r="W17" s="62"/>
     </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
       <c r="B18" s="57">
         <v>2015</v>
       </c>
       <c r="C18" s="57"/>
       <c r="D18" s="58">
         <v>2016</v>
       </c>
       <c r="E18" s="59"/>
       <c r="F18" s="57">
         <v>2017</v>
       </c>
       <c r="G18" s="57"/>
       <c r="H18" s="58">
         <v>2018</v>
       </c>
       <c r="I18" s="59"/>
       <c r="J18" s="57">
         <v>2019</v>
       </c>
       <c r="K18" s="57"/>
       <c r="L18" s="57">
         <v>2020</v>
       </c>
       <c r="M18" s="57"/>
       <c r="N18" s="57">
         <v>2021</v>
       </c>
       <c r="O18" s="57"/>
       <c r="P18" s="57">
         <v>2022</v>
       </c>
       <c r="Q18" s="57"/>
       <c r="R18" s="57">
         <v>2023</v>
       </c>
       <c r="S18" s="57"/>
       <c r="T18" s="58">
         <v>2024</v>
       </c>
       <c r="U18" s="59"/>
       <c r="V18" s="58">
         <v>2025</v>
       </c>
       <c r="W18" s="59"/>
     </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A19" s="3"/>
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
       </c>
@@ -2552,51 +2558,51 @@
       <c r="P19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W19" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>746561</v>
       </c>
       <c r="C20" s="10">
         <v>14632058372.91</v>
       </c>
       <c r="D20" s="10">
         <v>795371</v>
       </c>
       <c r="E20" s="11">
         <v>16217130847.42</v>
       </c>
       <c r="F20" s="10">
         <v>849835</v>
       </c>
       <c r="G20" s="11">
         <v>11231325845.549999</v>
       </c>
       <c r="H20" s="10">
         <v>941156</v>
       </c>
       <c r="I20" s="11">
@@ -2623,51 +2629,51 @@
       <c r="P20" s="8">
         <v>1156318</v>
       </c>
       <c r="Q20" s="8">
         <v>22081377497.34</v>
       </c>
       <c r="R20" s="8">
         <v>1250960</v>
       </c>
       <c r="S20" s="8">
         <v>24863011348</v>
       </c>
       <c r="T20" s="8">
         <v>1462739</v>
       </c>
       <c r="U20" s="8">
         <v>30261316468</v>
       </c>
       <c r="V20" s="8">
         <v>1578127</v>
       </c>
       <c r="W20" s="8">
         <v>32763296673</v>
       </c>
     </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
         <v>788586</v>
       </c>
       <c r="C21" s="10">
         <v>16722630721.249998</v>
       </c>
       <c r="D21" s="10">
         <v>916849</v>
       </c>
       <c r="E21" s="11">
         <v>20663180452.829998</v>
       </c>
       <c r="F21" s="10">
         <v>908100</v>
       </c>
       <c r="G21" s="11">
         <v>19927331877.830002</v>
       </c>
       <c r="H21" s="10">
         <v>969303</v>
       </c>
       <c r="I21" s="11">
@@ -2694,51 +2700,51 @@
       <c r="P21" s="8">
         <v>1206419</v>
       </c>
       <c r="Q21" s="8">
         <v>24343983325.800003</v>
       </c>
       <c r="R21" s="8">
         <v>1308116</v>
       </c>
       <c r="S21" s="8">
         <v>27752043505</v>
       </c>
       <c r="T21" s="8">
         <v>1403998</v>
       </c>
       <c r="U21" s="8">
         <v>30630698426</v>
       </c>
       <c r="V21" s="27">
         <v>1474881</v>
       </c>
       <c r="W21" s="27">
         <v>35046917808</v>
       </c>
     </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="10">
         <v>845040</v>
       </c>
       <c r="C22" s="10">
         <v>20476741531.780003</v>
       </c>
       <c r="D22" s="10">
         <v>923994</v>
       </c>
       <c r="E22" s="11">
         <v>21950857889.280003</v>
       </c>
       <c r="F22" s="10">
         <v>1001592</v>
       </c>
       <c r="G22" s="11">
         <v>22689562453.260002</v>
       </c>
       <c r="H22" s="10">
         <v>1066360</v>
       </c>
       <c r="I22" s="11">
@@ -2765,51 +2771,51 @@
       <c r="P22" s="8">
         <v>1356002</v>
       </c>
       <c r="Q22" s="8">
         <v>28522069815</v>
       </c>
       <c r="R22" s="8">
         <v>1453770</v>
       </c>
       <c r="S22" s="8">
         <v>31260828008</v>
       </c>
       <c r="T22" s="8">
         <v>1355335</v>
       </c>
       <c r="U22" s="8">
         <v>33264012252</v>
       </c>
       <c r="V22" s="27">
         <v>1723334</v>
       </c>
       <c r="W22" s="27">
         <v>37613756419</v>
       </c>
     </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="10">
         <v>803943</v>
       </c>
       <c r="C23" s="10">
         <v>17388594808.66</v>
       </c>
       <c r="D23" s="10">
         <v>929441</v>
       </c>
       <c r="E23" s="11">
         <v>21091742723.580002</v>
       </c>
       <c r="F23" s="10">
         <v>903883</v>
       </c>
       <c r="G23" s="11">
         <v>19852653685.120003</v>
       </c>
       <c r="H23" s="10">
         <v>978293</v>
       </c>
       <c r="I23" s="11">
@@ -2836,51 +2842,51 @@
       <c r="P23" s="8">
         <v>1241316</v>
       </c>
       <c r="Q23" s="8">
         <v>25112425626.579994</v>
       </c>
       <c r="R23" s="8">
         <v>1303291</v>
       </c>
       <c r="S23" s="8">
         <v>27156389939</v>
       </c>
       <c r="T23" s="8">
         <v>1219566</v>
       </c>
       <c r="U23" s="8">
         <v>29459960211</v>
       </c>
       <c r="V23" s="27">
         <v>1698545</v>
       </c>
       <c r="W23" s="27">
         <v>36276311096</v>
       </c>
     </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="10">
         <v>788505</v>
       </c>
       <c r="C24" s="10">
         <v>16915609923.139999</v>
       </c>
       <c r="D24" s="10">
         <v>827581</v>
       </c>
       <c r="E24" s="11">
         <v>18144564361.089996</v>
       </c>
       <c r="F24" s="10">
         <v>945058</v>
       </c>
       <c r="G24" s="11">
         <v>20520348177.674</v>
       </c>
       <c r="H24" s="10">
         <v>983920</v>
       </c>
       <c r="I24" s="11">
@@ -2907,51 +2913,51 @@
       <c r="P24" s="8">
         <v>1151631</v>
       </c>
       <c r="Q24" s="8">
         <v>23827376242.869999</v>
       </c>
       <c r="R24" s="8">
         <v>1377940</v>
       </c>
       <c r="S24" s="8">
         <v>28638308441</v>
       </c>
       <c r="T24" s="8">
         <v>1550251</v>
       </c>
       <c r="U24" s="8">
         <v>34848603185</v>
       </c>
       <c r="V24" s="27">
         <v>1590690</v>
       </c>
       <c r="W24" s="27">
         <v>34262565171</v>
       </c>
     </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="10">
         <v>838659</v>
       </c>
       <c r="C25" s="10">
         <v>19025825401.580002</v>
       </c>
       <c r="D25" s="10">
         <v>926321</v>
       </c>
       <c r="E25" s="11">
         <v>22342310038.429996</v>
       </c>
       <c r="F25" s="10">
         <v>965491</v>
       </c>
       <c r="G25" s="11">
         <v>22270179669.789997</v>
       </c>
       <c r="H25" s="10">
         <v>1016659</v>
       </c>
       <c r="I25" s="11">
@@ -2978,51 +2984,51 @@
       <c r="P25" s="8">
         <v>1373962</v>
       </c>
       <c r="Q25" s="8">
         <v>28163838934.569996</v>
       </c>
       <c r="R25" s="8">
         <v>1409957</v>
       </c>
       <c r="S25" s="8">
         <v>31740815119</v>
       </c>
       <c r="T25" s="8">
         <v>1470538</v>
       </c>
       <c r="U25" s="8">
         <v>33413614657</v>
       </c>
       <c r="V25" s="27">
         <v>1650556</v>
       </c>
       <c r="W25" s="27">
         <v>37059811577</v>
       </c>
     </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="10">
         <v>883488</v>
       </c>
       <c r="C26" s="10">
         <v>20530088860.57</v>
       </c>
       <c r="D26" s="10">
         <v>1010453</v>
       </c>
       <c r="E26" s="11">
         <v>21789689750.32</v>
       </c>
       <c r="F26" s="10">
         <v>964962</v>
       </c>
       <c r="G26" s="11">
         <v>21931407677.719997</v>
       </c>
       <c r="H26" s="10">
         <v>1035154</v>
       </c>
       <c r="I26" s="11">
@@ -3049,51 +3055,51 @@
       <c r="P26" s="8">
         <v>1314254</v>
       </c>
       <c r="Q26" s="8">
         <v>27680669085</v>
       </c>
       <c r="R26" s="8">
         <v>1412527</v>
       </c>
       <c r="S26" s="8">
         <v>30178731719</v>
       </c>
       <c r="T26" s="8">
         <v>1609159</v>
       </c>
       <c r="U26" s="8">
         <v>36012828497</v>
       </c>
       <c r="V26" s="27">
         <v>1786120</v>
       </c>
       <c r="W26" s="27">
         <v>40146202317</v>
       </c>
     </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="10">
         <v>835419</v>
       </c>
       <c r="C27" s="10">
         <v>18816705975.600002</v>
       </c>
       <c r="D27" s="10">
         <v>968341</v>
       </c>
       <c r="E27" s="11">
         <v>23117717639.830002</v>
       </c>
       <c r="F27" s="10">
         <v>1023393</v>
       </c>
       <c r="G27" s="11">
         <v>23659523466.499996</v>
       </c>
       <c r="H27" s="10">
         <v>1065715</v>
       </c>
       <c r="I27" s="11">
@@ -3120,51 +3126,51 @@
       <c r="P27" s="8">
         <v>1358199</v>
       </c>
       <c r="Q27" s="8">
         <v>29150066910.650002</v>
       </c>
       <c r="R27" s="8">
         <v>1466227</v>
       </c>
       <c r="S27" s="8">
         <v>32519829223</v>
       </c>
       <c r="T27" s="8">
         <v>1542388</v>
       </c>
       <c r="U27" s="8">
         <v>34979901571</v>
       </c>
       <c r="V27" s="27">
         <v>1680309</v>
       </c>
       <c r="W27" s="27">
         <v>37931629181</v>
       </c>
     </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="10">
         <v>880193</v>
       </c>
       <c r="C28" s="10">
         <v>20037850876.689999</v>
       </c>
       <c r="D28" s="10">
         <v>1053545</v>
       </c>
       <c r="E28" s="11">
         <v>22218038818.490002</v>
       </c>
       <c r="F28" s="10">
         <v>1003733</v>
       </c>
       <c r="G28" s="11">
         <v>22208277537.290001</v>
       </c>
       <c r="H28" s="10">
         <v>1023516</v>
       </c>
       <c r="I28" s="11">
@@ -3184,54 +3190,58 @@
       </c>
       <c r="N28" s="8">
         <v>1266700</v>
       </c>
       <c r="O28" s="8">
         <v>25616692933.860004</v>
       </c>
       <c r="P28" s="8">
         <v>1364766</v>
       </c>
       <c r="Q28" s="8">
         <v>29499777714.119999</v>
       </c>
       <c r="R28" s="8">
         <v>1435966</v>
       </c>
       <c r="S28" s="8">
         <v>30708165542</v>
       </c>
       <c r="T28" s="8">
         <v>1584132</v>
       </c>
       <c r="U28" s="8">
         <v>35077506016</v>
       </c>
-      <c r="V28" s="27"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V28" s="27">
+        <v>1644843</v>
+      </c>
+      <c r="W28" s="27">
+        <v>39780031451</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="10">
         <v>929359</v>
       </c>
       <c r="C29" s="10">
         <v>20948223078.970001</v>
       </c>
       <c r="D29" s="10">
         <v>970253</v>
       </c>
       <c r="E29" s="11">
         <v>21881182355.823124</v>
       </c>
       <c r="F29" s="10">
         <v>1026467</v>
       </c>
       <c r="G29" s="11">
         <v>22940804900.84</v>
       </c>
       <c r="H29" s="10">
         <v>1112227</v>
       </c>
       <c r="I29" s="11">
@@ -3254,51 +3264,51 @@
       </c>
       <c r="O29" s="8">
         <v>25831204127.439999</v>
       </c>
       <c r="P29" s="8">
         <v>1439292</v>
       </c>
       <c r="Q29" s="8">
         <v>28016175454</v>
       </c>
       <c r="R29" s="8">
         <v>1393241</v>
       </c>
       <c r="S29" s="8">
         <v>32810980489</v>
       </c>
       <c r="T29" s="8">
         <v>1752191</v>
       </c>
       <c r="U29" s="8">
         <v>39176802793</v>
       </c>
       <c r="V29" s="27"/>
       <c r="W29" s="27"/>
     </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="10">
         <v>861828</v>
       </c>
       <c r="C30" s="10">
         <v>19414419159.559998</v>
       </c>
       <c r="D30" s="10">
         <v>982745</v>
       </c>
       <c r="E30" s="11">
         <v>22172881842.470001</v>
       </c>
       <c r="F30" s="10">
         <v>1035933</v>
       </c>
       <c r="G30" s="11">
         <v>23445901660.119999</v>
       </c>
       <c r="H30" s="10">
         <v>1090755</v>
       </c>
       <c r="I30" s="11">
@@ -3321,51 +3331,51 @@
       </c>
       <c r="O30" s="8">
         <v>27127519354.780003</v>
       </c>
       <c r="P30" s="8">
         <v>1326038</v>
       </c>
       <c r="Q30" s="8">
         <v>30745650824</v>
       </c>
       <c r="R30" s="8">
         <v>1500433</v>
       </c>
       <c r="S30" s="8">
         <v>34023776059</v>
       </c>
       <c r="T30" s="8">
         <v>1693501</v>
       </c>
       <c r="U30" s="8">
         <v>37493452444</v>
       </c>
       <c r="V30" s="27"/>
       <c r="W30" s="27"/>
     </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="10">
         <v>976651</v>
       </c>
       <c r="C31" s="10">
         <v>22942227235.679996</v>
       </c>
       <c r="D31" s="10">
         <v>902511</v>
       </c>
       <c r="E31" s="11">
         <v>23083394465.239998</v>
       </c>
       <c r="F31" s="10">
         <v>915303</v>
       </c>
       <c r="G31" s="11">
         <v>22804807982.619999</v>
       </c>
       <c r="H31" s="10">
         <v>966205</v>
       </c>
       <c r="I31" s="11">
@@ -3388,144 +3398,144 @@
       </c>
       <c r="O31" s="8">
         <v>28242265510.160004</v>
       </c>
       <c r="P31" s="8">
         <v>1379700</v>
       </c>
       <c r="Q31" s="8">
         <v>31997068650.700005</v>
       </c>
       <c r="R31" s="8">
         <v>1546058</v>
       </c>
       <c r="S31" s="8">
         <v>33737150632</v>
       </c>
       <c r="T31" s="8">
         <v>1601358</v>
       </c>
       <c r="U31" s="8">
         <v>39226435672</v>
       </c>
       <c r="V31" s="27"/>
       <c r="W31" s="27"/>
     </row>
-    <row r="32" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
     </row>
-    <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
       <c r="B33" s="60" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="60"/>
       <c r="D33" s="60"/>
       <c r="E33" s="60"/>
       <c r="F33" s="60"/>
       <c r="G33" s="60"/>
       <c r="H33" s="60"/>
       <c r="I33" s="60"/>
       <c r="J33" s="60"/>
       <c r="K33" s="60"/>
       <c r="L33" s="60"/>
       <c r="M33" s="60"/>
       <c r="N33" s="60"/>
       <c r="O33" s="60"/>
       <c r="P33" s="60"/>
       <c r="Q33" s="60"/>
       <c r="R33" s="60"/>
       <c r="S33" s="60"/>
     </row>
-    <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3"/>
       <c r="B34" s="57">
         <v>2015</v>
       </c>
       <c r="C34" s="57"/>
       <c r="D34" s="58">
         <v>2016</v>
       </c>
       <c r="E34" s="59"/>
       <c r="F34" s="57">
         <v>2017</v>
       </c>
       <c r="G34" s="57"/>
       <c r="H34" s="58">
         <v>2018</v>
       </c>
       <c r="I34" s="59"/>
       <c r="J34" s="57">
         <v>2019</v>
       </c>
       <c r="K34" s="57"/>
       <c r="L34" s="57">
         <v>2020</v>
       </c>
       <c r="M34" s="57"/>
       <c r="N34" s="57">
         <v>2021</v>
       </c>
       <c r="O34" s="57"/>
       <c r="P34" s="57">
         <v>2022</v>
       </c>
       <c r="Q34" s="57"/>
       <c r="R34" s="57">
         <v>2023</v>
       </c>
       <c r="S34" s="57"/>
       <c r="T34" s="58">
         <v>2024</v>
       </c>
       <c r="U34" s="59"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
     </row>
-    <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
       </c>
@@ -3546,51 +3556,51 @@
       </c>
       <c r="O35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="P35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V35" s="46"/>
       <c r="W35" s="46"/>
     </row>
-    <row r="36" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="10">
         <v>119096</v>
       </c>
       <c r="C36" s="10">
         <v>1901718121.3800001</v>
       </c>
       <c r="D36" s="10">
         <v>86764</v>
       </c>
       <c r="E36" s="11">
         <v>926117031.56999993</v>
       </c>
       <c r="F36" s="10">
         <v>52407</v>
       </c>
       <c r="G36" s="11">
         <v>458982400.11000001</v>
       </c>
       <c r="H36" s="10">
         <v>23569</v>
       </c>
       <c r="I36" s="11">
@@ -3603,626 +3613,626 @@
         <v>114709632.44</v>
       </c>
       <c r="L36" s="51" t="s">
         <v>37</v>
       </c>
       <c r="M36" s="52"/>
       <c r="N36" s="51" t="s">
         <v>37</v>
       </c>
       <c r="O36" s="52"/>
       <c r="P36" s="51" t="s">
         <v>37</v>
       </c>
       <c r="Q36" s="52"/>
       <c r="R36" s="51" t="s">
         <v>37</v>
       </c>
       <c r="S36" s="52"/>
       <c r="T36" s="51" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="52"/>
       <c r="V36" s="47"/>
       <c r="W36" s="47"/>
     </row>
-    <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="10">
         <v>136840</v>
       </c>
       <c r="C37" s="10">
         <v>2178931261.9499998</v>
       </c>
       <c r="D37" s="10">
         <v>98303</v>
       </c>
       <c r="E37" s="11">
         <v>889975913.63999999</v>
       </c>
       <c r="F37" s="10">
         <v>61955</v>
       </c>
       <c r="G37" s="11">
         <v>553559025.76999998</v>
       </c>
       <c r="H37" s="10">
         <v>25167</v>
       </c>
       <c r="I37" s="11">
         <v>247061407.62</v>
       </c>
       <c r="J37" s="4">
         <v>2827</v>
       </c>
       <c r="K37" s="5">
         <v>33600934.990000002</v>
       </c>
       <c r="L37" s="53"/>
       <c r="M37" s="54"/>
       <c r="N37" s="53"/>
       <c r="O37" s="54"/>
       <c r="P37" s="53"/>
       <c r="Q37" s="54"/>
       <c r="R37" s="53"/>
       <c r="S37" s="54"/>
       <c r="T37" s="53"/>
       <c r="U37" s="54"/>
       <c r="V37" s="47"/>
       <c r="W37" s="47"/>
     </row>
-    <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="10">
         <v>150501</v>
       </c>
       <c r="C38" s="10">
         <v>2528697575.3299999</v>
       </c>
       <c r="D38" s="10">
         <v>98455</v>
       </c>
       <c r="E38" s="11">
         <v>918580493.61000001</v>
       </c>
       <c r="F38" s="10">
         <v>69174</v>
       </c>
       <c r="G38" s="11">
         <v>657716949.97000003</v>
       </c>
       <c r="H38" s="10">
         <v>25421</v>
       </c>
       <c r="I38" s="11">
         <v>261241505.27999997</v>
       </c>
       <c r="J38" s="4">
         <v>606</v>
       </c>
       <c r="K38" s="5">
         <v>9793615.370000001</v>
       </c>
       <c r="L38" s="53"/>
       <c r="M38" s="54"/>
       <c r="N38" s="53"/>
       <c r="O38" s="54"/>
       <c r="P38" s="53"/>
       <c r="Q38" s="54"/>
       <c r="R38" s="53"/>
       <c r="S38" s="54"/>
       <c r="T38" s="53"/>
       <c r="U38" s="54"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
     </row>
-    <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="10">
         <v>139016</v>
       </c>
       <c r="C39" s="10">
         <v>2336504090.7999997</v>
       </c>
       <c r="D39" s="10">
         <v>102642</v>
       </c>
       <c r="E39" s="11">
         <v>950324622.06000006</v>
       </c>
       <c r="F39" s="10">
         <v>58952</v>
       </c>
       <c r="G39" s="11">
         <v>552499661.16999996</v>
       </c>
       <c r="H39" s="10">
         <v>22475</v>
       </c>
       <c r="I39" s="11">
         <v>222872297.43000001</v>
       </c>
       <c r="J39" s="4">
         <v>297</v>
       </c>
       <c r="K39" s="5">
         <v>4182617.7699999996</v>
       </c>
       <c r="L39" s="53"/>
       <c r="M39" s="54"/>
       <c r="N39" s="53"/>
       <c r="O39" s="54"/>
       <c r="P39" s="53"/>
       <c r="Q39" s="54"/>
       <c r="R39" s="53"/>
       <c r="S39" s="54"/>
       <c r="T39" s="53"/>
       <c r="U39" s="54"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
     </row>
-    <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="10">
         <v>119181</v>
       </c>
       <c r="C40" s="10">
         <v>1892656659.1699996</v>
       </c>
       <c r="D40" s="10">
         <v>82163</v>
       </c>
       <c r="E40" s="11">
         <v>763484164.45000005</v>
       </c>
       <c r="F40" s="10">
         <v>59829</v>
       </c>
       <c r="G40" s="11">
         <v>567160412.49999988</v>
       </c>
       <c r="H40" s="10">
         <v>27344</v>
       </c>
       <c r="I40" s="11">
         <v>290023425.46000004</v>
       </c>
       <c r="J40" s="4">
         <v>1711</v>
       </c>
       <c r="K40" s="5">
         <v>27696812.52</v>
       </c>
       <c r="L40" s="53"/>
       <c r="M40" s="54"/>
       <c r="N40" s="53"/>
       <c r="O40" s="54"/>
       <c r="P40" s="53"/>
       <c r="Q40" s="54"/>
       <c r="R40" s="53"/>
       <c r="S40" s="54"/>
       <c r="T40" s="53"/>
       <c r="U40" s="54"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
     </row>
-    <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="10">
         <v>135083</v>
       </c>
       <c r="C41" s="10">
         <v>2068552388.8099999</v>
       </c>
       <c r="D41" s="10">
         <v>95330</v>
       </c>
       <c r="E41" s="11">
         <v>865314844.65999985</v>
       </c>
       <c r="F41" s="10">
         <v>63765</v>
       </c>
       <c r="G41" s="11">
         <v>593111825.26999998</v>
       </c>
       <c r="H41" s="10">
         <v>28440</v>
       </c>
       <c r="I41" s="11">
         <v>300136233.65000004</v>
       </c>
       <c r="J41" s="4">
         <v>1424</v>
       </c>
       <c r="K41" s="5">
         <v>21743314.330000002</v>
       </c>
       <c r="L41" s="53"/>
       <c r="M41" s="54"/>
       <c r="N41" s="53"/>
       <c r="O41" s="54"/>
       <c r="P41" s="53"/>
       <c r="Q41" s="54"/>
       <c r="R41" s="53"/>
       <c r="S41" s="54"/>
       <c r="T41" s="53"/>
       <c r="U41" s="54"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
     </row>
-    <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="10">
         <v>146521</v>
       </c>
       <c r="C42" s="10">
         <v>2288392391.9400001</v>
       </c>
       <c r="D42" s="10">
         <v>88133</v>
       </c>
       <c r="E42" s="11">
         <v>801192829.73000002</v>
       </c>
       <c r="F42" s="10">
         <v>56799</v>
       </c>
       <c r="G42" s="11">
         <v>525214705.36999995</v>
       </c>
       <c r="H42" s="10">
         <v>26940</v>
       </c>
       <c r="I42" s="11">
         <v>286584798.42999995</v>
       </c>
       <c r="J42" s="51" t="s">
         <v>37</v>
       </c>
       <c r="K42" s="52"/>
       <c r="L42" s="53"/>
       <c r="M42" s="54"/>
       <c r="N42" s="53"/>
       <c r="O42" s="54"/>
       <c r="P42" s="53"/>
       <c r="Q42" s="54"/>
       <c r="R42" s="53"/>
       <c r="S42" s="54"/>
       <c r="T42" s="53"/>
       <c r="U42" s="54"/>
       <c r="V42" s="47"/>
       <c r="W42" s="47"/>
     </row>
-    <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="10">
         <v>122595</v>
       </c>
       <c r="C43" s="10">
         <v>2081312236.5699997</v>
       </c>
       <c r="D43" s="10">
         <v>73811</v>
       </c>
       <c r="E43" s="11">
         <v>772398338.84000015</v>
       </c>
       <c r="F43" s="10">
         <v>56352</v>
       </c>
       <c r="G43" s="11">
         <v>552592778.21999991</v>
       </c>
       <c r="H43" s="10">
         <v>24942</v>
       </c>
       <c r="I43" s="11">
         <v>265766606.62</v>
       </c>
       <c r="J43" s="53"/>
       <c r="K43" s="54"/>
       <c r="L43" s="53"/>
       <c r="M43" s="54"/>
       <c r="N43" s="53"/>
       <c r="O43" s="54"/>
       <c r="P43" s="53"/>
       <c r="Q43" s="54"/>
       <c r="R43" s="53"/>
       <c r="S43" s="54"/>
       <c r="T43" s="53"/>
       <c r="U43" s="54"/>
       <c r="V43" s="47"/>
       <c r="W43" s="47"/>
     </row>
-    <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="10">
         <v>138225</v>
       </c>
       <c r="C44" s="10">
         <v>2607042901.1000004</v>
       </c>
       <c r="D44" s="14">
         <v>95028</v>
       </c>
       <c r="E44" s="11">
         <v>1116072753.04</v>
       </c>
       <c r="F44" s="10">
         <v>50206</v>
       </c>
       <c r="G44" s="11">
         <v>468340268.27999997</v>
       </c>
       <c r="H44" s="10">
         <v>23754</v>
       </c>
       <c r="I44" s="13">
         <v>250703178.03999999</v>
       </c>
       <c r="J44" s="53"/>
       <c r="K44" s="54"/>
       <c r="L44" s="53"/>
       <c r="M44" s="54"/>
       <c r="N44" s="53"/>
       <c r="O44" s="54"/>
       <c r="P44" s="53"/>
       <c r="Q44" s="54"/>
       <c r="R44" s="53"/>
       <c r="S44" s="54"/>
       <c r="T44" s="53"/>
       <c r="U44" s="54"/>
       <c r="V44" s="47"/>
       <c r="W44" s="47"/>
     </row>
-    <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="10">
         <v>152927</v>
       </c>
       <c r="C45" s="10">
         <v>2630992445.6100001</v>
       </c>
       <c r="D45" s="10">
         <v>79507</v>
       </c>
       <c r="E45" s="11">
         <v>709020524.84000003</v>
       </c>
       <c r="F45" s="10">
         <v>49179</v>
       </c>
       <c r="G45" s="11">
         <v>465261414.06</v>
       </c>
       <c r="H45" s="10">
         <v>25315</v>
       </c>
       <c r="I45" s="13">
         <v>257966918.89000005</v>
       </c>
       <c r="J45" s="53"/>
       <c r="K45" s="54"/>
       <c r="L45" s="53"/>
       <c r="M45" s="54"/>
       <c r="N45" s="53"/>
       <c r="O45" s="54"/>
       <c r="P45" s="53"/>
       <c r="Q45" s="54"/>
       <c r="R45" s="53"/>
       <c r="S45" s="54"/>
       <c r="T45" s="53"/>
       <c r="U45" s="54"/>
       <c r="V45" s="47"/>
       <c r="W45" s="47"/>
     </row>
-    <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="10">
         <v>114345</v>
       </c>
       <c r="C46" s="10">
         <v>1795663088.99</v>
       </c>
       <c r="D46" s="10">
         <v>84289</v>
       </c>
       <c r="E46" s="11">
         <v>764160252.39999998</v>
       </c>
       <c r="F46" s="10">
         <v>46343</v>
       </c>
       <c r="G46" s="11">
         <v>458426950.08000004</v>
       </c>
       <c r="H46" s="10">
         <v>22491</v>
       </c>
       <c r="I46" s="13">
         <v>245068871.33999997</v>
       </c>
       <c r="J46" s="53"/>
       <c r="K46" s="54"/>
       <c r="L46" s="53"/>
       <c r="M46" s="54"/>
       <c r="N46" s="53"/>
       <c r="O46" s="54"/>
       <c r="P46" s="53"/>
       <c r="Q46" s="54"/>
       <c r="R46" s="53"/>
       <c r="S46" s="54"/>
       <c r="T46" s="53"/>
       <c r="U46" s="54"/>
       <c r="V46" s="47"/>
       <c r="W46" s="47"/>
     </row>
-    <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="10">
         <v>121075</v>
       </c>
       <c r="C47" s="10">
         <v>1923164913.8000004</v>
       </c>
       <c r="D47" s="10">
         <v>71580</v>
       </c>
       <c r="E47" s="11">
         <v>665875586.13999999</v>
       </c>
       <c r="F47" s="10">
         <v>37281</v>
       </c>
       <c r="G47" s="11">
         <v>403968134.64999998</v>
       </c>
       <c r="H47" s="10">
         <v>16477</v>
       </c>
       <c r="I47" s="13">
         <v>200451740.89000002</v>
       </c>
       <c r="J47" s="55"/>
       <c r="K47" s="56"/>
       <c r="L47" s="55"/>
       <c r="M47" s="56"/>
       <c r="N47" s="55"/>
       <c r="O47" s="56"/>
       <c r="P47" s="55"/>
       <c r="Q47" s="56"/>
       <c r="R47" s="55"/>
       <c r="S47" s="56"/>
       <c r="T47" s="55"/>
       <c r="U47" s="56"/>
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
     </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:23" x14ac:dyDescent="0.3">
       <c r="T48" s="44"/>
       <c r="U48" s="44"/>
       <c r="V48" s="44"/>
       <c r="W48" s="44"/>
     </row>
-    <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6"/>
       <c r="B49" s="61" t="s">
         <v>38</v>
       </c>
       <c r="C49" s="62"/>
       <c r="D49" s="62"/>
       <c r="E49" s="62"/>
       <c r="F49" s="62"/>
       <c r="G49" s="62"/>
       <c r="H49" s="62"/>
       <c r="I49" s="62"/>
       <c r="J49" s="62"/>
       <c r="K49" s="62"/>
       <c r="L49" s="62"/>
       <c r="M49" s="62"/>
       <c r="N49" s="62"/>
       <c r="O49" s="62"/>
       <c r="P49" s="62"/>
       <c r="Q49" s="62"/>
       <c r="R49" s="62"/>
       <c r="S49" s="62"/>
       <c r="T49" s="62"/>
       <c r="U49" s="62"/>
       <c r="V49" s="62"/>
       <c r="W49" s="62"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A50" s="6"/>
       <c r="B50" s="58">
         <v>2015</v>
       </c>
       <c r="C50" s="59"/>
       <c r="D50" s="58">
         <v>2016</v>
       </c>
       <c r="E50" s="59"/>
       <c r="F50" s="58">
         <v>2017</v>
       </c>
       <c r="G50" s="59"/>
       <c r="H50" s="58">
         <v>2018</v>
       </c>
       <c r="I50" s="59"/>
       <c r="J50" s="58">
         <v>2019</v>
       </c>
       <c r="K50" s="59"/>
       <c r="L50" s="58">
         <v>2020</v>
       </c>
       <c r="M50" s="59"/>
       <c r="N50" s="58">
         <v>2021</v>
       </c>
       <c r="O50" s="59"/>
       <c r="P50" s="58">
         <v>2022</v>
       </c>
       <c r="Q50" s="59"/>
       <c r="R50" s="58">
         <v>2023</v>
       </c>
       <c r="S50" s="59"/>
       <c r="T50" s="58">
         <v>2024</v>
       </c>
       <c r="U50" s="59"/>
       <c r="V50" s="58">
         <v>2025</v>
       </c>
       <c r="W50" s="59"/>
     </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
       </c>
@@ -4247,51 +4257,51 @@
       <c r="P51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W51" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A52" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B52" s="10">
         <v>1144300</v>
       </c>
       <c r="C52" s="10">
         <v>600861477</v>
       </c>
       <c r="D52" s="10">
         <v>1458298</v>
       </c>
       <c r="E52" s="11">
         <v>756123063.36999989</v>
       </c>
       <c r="F52" s="10">
         <v>1800467</v>
       </c>
       <c r="G52" s="11">
         <v>916888059.58999991</v>
       </c>
       <c r="H52" s="10">
         <v>2209495</v>
       </c>
       <c r="I52" s="11">
@@ -4318,51 +4328,51 @@
       <c r="P52" s="9">
         <v>5496655</v>
       </c>
       <c r="Q52" s="9">
         <v>2746719773.9199996</v>
       </c>
       <c r="R52" s="9">
         <v>6319035</v>
       </c>
       <c r="S52" s="9">
         <v>3122670504</v>
       </c>
       <c r="T52" s="9">
         <v>8131365</v>
       </c>
       <c r="U52" s="9">
         <v>5242903887</v>
       </c>
       <c r="V52" s="9">
         <v>8621809</v>
       </c>
       <c r="W52" s="9">
         <v>4273026860</v>
       </c>
     </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B53" s="10">
         <v>1016857</v>
       </c>
       <c r="C53" s="10">
         <v>534256073</v>
       </c>
       <c r="D53" s="10">
         <v>1232256</v>
       </c>
       <c r="E53" s="11">
         <v>661959528.53999996</v>
       </c>
       <c r="F53" s="10">
         <v>1621363</v>
       </c>
       <c r="G53" s="11">
         <v>819024795.90999997</v>
       </c>
       <c r="H53" s="10">
         <v>1988133</v>
       </c>
       <c r="I53" s="11">
@@ -4389,51 +4399,51 @@
       <c r="P53" s="9">
         <v>4964431</v>
       </c>
       <c r="Q53" s="9">
         <v>2532981272.2899995</v>
       </c>
       <c r="R53" s="9">
         <v>5918722</v>
       </c>
       <c r="S53" s="9">
         <v>2924019208</v>
       </c>
       <c r="T53" s="9">
         <v>6845455</v>
       </c>
       <c r="U53" s="9">
         <v>3354892349</v>
       </c>
       <c r="V53" s="27">
         <v>7600975</v>
       </c>
       <c r="W53" s="27">
         <v>3784011104</v>
       </c>
     </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A54" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="10">
         <v>1227311</v>
       </c>
       <c r="C54" s="10">
         <v>646874055</v>
       </c>
       <c r="D54" s="10">
         <v>1542321</v>
       </c>
       <c r="E54" s="11">
         <v>845975381.42999995</v>
       </c>
       <c r="F54" s="10">
         <v>1962414</v>
       </c>
       <c r="G54" s="11">
         <v>1006393361.13</v>
       </c>
       <c r="H54" s="10">
         <v>2524554</v>
       </c>
       <c r="I54" s="11">
@@ -4460,51 +4470,51 @@
       <c r="P54" s="9">
         <v>5567187</v>
       </c>
       <c r="Q54" s="9">
         <v>2916004381.0300012</v>
       </c>
       <c r="R54" s="9">
         <v>6635074</v>
       </c>
       <c r="S54" s="9">
         <v>3362587448</v>
       </c>
       <c r="T54" s="9">
         <v>7612829</v>
       </c>
       <c r="U54" s="9">
         <v>3806715641</v>
       </c>
       <c r="V54" s="27">
         <v>8847952</v>
       </c>
       <c r="W54" s="27">
         <v>4398615687</v>
       </c>
     </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="10">
         <v>1254443</v>
       </c>
       <c r="C55" s="10">
         <v>667804700</v>
       </c>
       <c r="D55" s="10">
         <v>1469452</v>
       </c>
       <c r="E55" s="11">
         <v>824902478.7299999</v>
       </c>
       <c r="F55" s="10">
         <v>1933020</v>
       </c>
       <c r="G55" s="11">
         <v>1014126375.8300002</v>
       </c>
       <c r="H55" s="10">
         <v>2506942</v>
       </c>
       <c r="I55" s="11">
@@ -4531,51 +4541,51 @@
       <c r="P55" s="9">
         <v>5749699</v>
       </c>
       <c r="Q55" s="9">
         <v>3003374909.2599998</v>
       </c>
       <c r="R55" s="9">
         <v>6202210</v>
       </c>
       <c r="S55" s="9">
         <v>3179430244</v>
       </c>
       <c r="T55" s="9">
         <v>7381347</v>
       </c>
       <c r="U55" s="9">
         <v>3723811426</v>
       </c>
       <c r="V55" s="27">
         <v>8640401</v>
       </c>
       <c r="W55" s="27">
         <v>4378084662</v>
       </c>
     </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="10">
         <v>1372178</v>
       </c>
       <c r="C56" s="10">
         <v>727408322</v>
       </c>
       <c r="D56" s="10">
         <v>1535638</v>
       </c>
       <c r="E56" s="11">
         <v>662616159.34000015</v>
       </c>
       <c r="F56" s="10">
         <v>1838763</v>
       </c>
       <c r="G56" s="11">
         <v>947118895.72000003</v>
       </c>
       <c r="H56" s="10">
         <v>2687163</v>
       </c>
       <c r="I56" s="11">
@@ -4602,51 +4612,51 @@
       <c r="P56" s="9">
         <v>5896148</v>
       </c>
       <c r="Q56" s="9">
         <v>3027072043.5</v>
       </c>
       <c r="R56" s="9">
         <v>6475984</v>
       </c>
       <c r="S56" s="9">
         <v>3321629331</v>
       </c>
       <c r="T56" s="9">
         <v>7629265</v>
       </c>
       <c r="U56" s="9">
         <v>3853028690</v>
       </c>
       <c r="V56" s="27">
         <v>9420072</v>
       </c>
       <c r="W56" s="27">
         <v>4715787654</v>
       </c>
     </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A57" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="10">
         <v>1277430</v>
       </c>
       <c r="C57" s="10">
         <v>677471908</v>
       </c>
       <c r="D57" s="10">
         <v>1445748</v>
       </c>
       <c r="E57" s="11">
         <v>813543067.0999999</v>
       </c>
       <c r="F57" s="10">
         <v>2209274</v>
       </c>
       <c r="G57" s="11">
         <v>1166509228.8800001</v>
       </c>
       <c r="H57" s="10">
         <v>2586511</v>
       </c>
       <c r="I57" s="11">
@@ -4673,51 +4683,51 @@
       <c r="P57" s="9">
         <v>5820154</v>
       </c>
       <c r="Q57" s="9">
         <v>3040745279.73</v>
       </c>
       <c r="R57" s="9">
         <v>6806327</v>
       </c>
       <c r="S57" s="9">
         <v>3477673659</v>
       </c>
       <c r="T57" s="9">
         <v>7950648</v>
       </c>
       <c r="U57" s="9">
         <v>3972833883</v>
       </c>
       <c r="V57" s="27">
         <v>8592517</v>
       </c>
       <c r="W57" s="27">
         <v>4393284696</v>
       </c>
     </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A58" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B58" s="10">
         <v>1368602</v>
       </c>
       <c r="C58" s="10">
         <v>725580309</v>
       </c>
       <c r="D58" s="10">
         <v>1616310</v>
       </c>
       <c r="E58" s="11">
         <v>912426254.0999999</v>
       </c>
       <c r="F58" s="10">
         <v>2157898</v>
       </c>
       <c r="G58" s="11">
         <v>1141614911.48</v>
       </c>
       <c r="H58" s="10">
         <v>2723732</v>
       </c>
       <c r="I58" s="11">
@@ -4744,51 +4754,51 @@
       <c r="P58" s="9">
         <v>6328531</v>
       </c>
       <c r="Q58" s="9">
         <v>3342677805</v>
       </c>
       <c r="R58" s="9">
         <v>7200853</v>
       </c>
       <c r="S58" s="9">
         <v>3699889014</v>
       </c>
       <c r="T58" s="9">
         <v>8044410</v>
       </c>
       <c r="U58" s="9">
         <v>4029690134</v>
       </c>
       <c r="V58" s="27">
         <v>9046560</v>
       </c>
       <c r="W58" s="27">
         <v>4657505495</v>
       </c>
     </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A59" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="10">
         <v>1347512</v>
       </c>
       <c r="C59" s="10">
         <v>661130765</v>
       </c>
       <c r="D59" s="10">
         <v>1571555</v>
       </c>
       <c r="E59" s="11">
         <v>890049488.68000007</v>
       </c>
       <c r="F59" s="10">
         <v>2321085</v>
       </c>
       <c r="G59" s="11">
         <v>1242053478.9200003</v>
       </c>
       <c r="H59" s="10">
         <v>2880213</v>
       </c>
       <c r="I59" s="11">
@@ -4809,57 +4819,57 @@
       <c r="N59" s="9">
         <v>4980038</v>
       </c>
       <c r="O59" s="9">
         <v>2683913968.4900002</v>
       </c>
       <c r="P59" s="9">
         <v>6209370</v>
       </c>
       <c r="Q59" s="9">
         <v>3262134544.3299999</v>
       </c>
       <c r="R59" s="9">
         <v>7158148</v>
       </c>
       <c r="S59" s="9">
         <v>3659237241</v>
       </c>
       <c r="T59" s="9">
         <v>8551089</v>
       </c>
       <c r="U59" s="9">
         <v>4306970045</v>
       </c>
       <c r="V59" s="27">
-        <v>8578769</v>
+        <v>9578769</v>
       </c>
       <c r="W59" s="27">
         <v>4873242871</v>
       </c>
     </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A60" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B60" s="10">
         <v>1316210</v>
       </c>
       <c r="C60" s="10">
         <v>707433626</v>
       </c>
       <c r="D60" s="10">
         <v>1585450</v>
       </c>
       <c r="E60" s="11">
         <v>883760366.37999988</v>
       </c>
       <c r="F60" s="10">
         <v>2076732</v>
       </c>
       <c r="G60" s="11">
         <v>1091519316.8699999</v>
       </c>
       <c r="H60" s="10">
         <v>3154808</v>
       </c>
       <c r="I60" s="11">
@@ -4879,54 +4889,58 @@
       </c>
       <c r="N60" s="9">
         <v>5154460</v>
       </c>
       <c r="O60" s="9">
         <v>2690380101.8400002</v>
       </c>
       <c r="P60" s="9">
         <v>6014543</v>
       </c>
       <c r="Q60" s="9">
         <v>3183086877.7800007</v>
       </c>
       <c r="R60" s="9">
         <v>7734792</v>
       </c>
       <c r="S60" s="9">
         <v>3653668820</v>
       </c>
       <c r="T60" s="9">
         <v>8146198</v>
       </c>
       <c r="U60" s="9">
         <v>4091048998</v>
       </c>
-      <c r="V60" s="27"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V60" s="27">
+        <v>9294324</v>
+      </c>
+      <c r="W60" s="27">
+        <v>4746471320</v>
+      </c>
+    </row>
+    <row r="61" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A61" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B61" s="10">
         <v>1970246</v>
       </c>
       <c r="C61" s="10">
         <v>939240473</v>
       </c>
       <c r="D61" s="10">
         <v>1893303</v>
       </c>
       <c r="E61" s="11">
         <v>983301351.25</v>
       </c>
       <c r="F61" s="10">
         <v>2246567</v>
       </c>
       <c r="G61" s="11">
         <v>1174065935.48</v>
       </c>
       <c r="H61" s="10">
         <v>3191810</v>
       </c>
       <c r="I61" s="11">
@@ -4949,51 +4963,51 @@
       </c>
       <c r="O61" s="9">
         <v>2961023790.0199995</v>
       </c>
       <c r="P61" s="9">
         <v>6748239</v>
       </c>
       <c r="Q61" s="9">
         <v>3495485783</v>
       </c>
       <c r="R61" s="9">
         <v>7122706</v>
       </c>
       <c r="S61" s="9">
         <v>3618027796</v>
       </c>
       <c r="T61" s="9">
         <v>9221460</v>
       </c>
       <c r="U61" s="9">
         <v>4625057637</v>
       </c>
       <c r="V61" s="27"/>
       <c r="W61" s="27"/>
     </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="10">
         <v>1469463</v>
       </c>
       <c r="C62" s="10">
         <v>813797770</v>
       </c>
       <c r="D62" s="10">
         <v>1856635</v>
       </c>
       <c r="E62" s="11">
         <v>989351407.26999998</v>
       </c>
       <c r="F62" s="10">
         <v>2259623</v>
       </c>
       <c r="G62" s="11">
         <v>1226002355.98</v>
       </c>
       <c r="H62" s="10">
         <v>3294193</v>
       </c>
       <c r="I62" s="11">
@@ -5016,51 +5030,51 @@
       </c>
       <c r="O62" s="9">
         <v>3125265911.21</v>
       </c>
       <c r="P62" s="9">
         <v>6625427</v>
       </c>
       <c r="Q62" s="9">
         <v>3598067096</v>
       </c>
       <c r="R62" s="9">
         <v>7707067</v>
       </c>
       <c r="S62" s="9">
         <v>4044953853</v>
       </c>
       <c r="T62" s="9">
         <v>9253272</v>
       </c>
       <c r="U62" s="9">
         <v>4771115086</v>
       </c>
       <c r="V62" s="27"/>
       <c r="W62" s="27"/>
     </row>
-    <row r="63" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="10">
         <v>1852255</v>
       </c>
       <c r="C63" s="10">
         <v>1065678587</v>
       </c>
       <c r="D63" s="10">
         <v>2318445</v>
       </c>
       <c r="E63" s="11">
         <v>1289425653.49</v>
       </c>
       <c r="F63" s="10">
         <v>2778670</v>
       </c>
       <c r="G63" s="11">
         <v>1526975717.9000003</v>
       </c>
       <c r="H63" s="10">
         <v>3983352</v>
       </c>
       <c r="I63" s="11">
@@ -5083,51 +5097,51 @@
       </c>
       <c r="O63" s="9">
         <v>3456517628.6399994</v>
       </c>
       <c r="P63" s="9">
         <v>7584654</v>
       </c>
       <c r="Q63" s="9">
         <v>4103255066</v>
       </c>
       <c r="R63" s="9">
         <v>8677978</v>
       </c>
       <c r="S63" s="9">
         <v>4564752606</v>
       </c>
       <c r="T63" s="9">
         <v>10252605</v>
       </c>
       <c r="U63" s="9">
         <v>5350554283</v>
       </c>
       <c r="V63" s="27"/>
       <c r="W63" s="27"/>
     </row>
-    <row r="64" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:23" x14ac:dyDescent="0.3">
       <c r="N64" s="40"/>
       <c r="O64" s="40"/>
       <c r="P64" s="40"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="40"/>
       <c r="S64" s="40"/>
       <c r="T64" s="40"/>
       <c r="U64" s="40"/>
       <c r="V64" s="40"/>
       <c r="W64" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="53">
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="V18:W18"/>
     <mergeCell ref="V50:W50"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="B17:W17"/>
     <mergeCell ref="B49:W49"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="T18:U18"/>
     <mergeCell ref="T34:U34"/>
     <mergeCell ref="T36:U47"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="N18:O18"/>
@@ -5164,2130 +5178,2150 @@
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="N36:O47"/>
     <mergeCell ref="L36:M47"/>
     <mergeCell ref="N34:O34"/>
     <mergeCell ref="J42:K47"/>
     <mergeCell ref="L34:M34"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082B7053-981B-4194-97CB-ED8E1CD6027F}">
   <dimension ref="A1:K64"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView topLeftCell="A18" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="K28" sqref="K28"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.36328125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="16.36328125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6.33203125" customWidth="1"/>
+    <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.44140625" customWidth="1"/>
+    <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" customWidth="1"/>
+    <col min="9" max="9" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="17.6328125" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="21" max="21" width="17.6328125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="62"/>
       <c r="G1" s="62"/>
       <c r="H1" s="62"/>
       <c r="I1" s="62"/>
       <c r="J1" s="62"/>
       <c r="K1" s="62"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B2" s="58">
         <v>2021</v>
       </c>
       <c r="C2" s="59"/>
       <c r="D2" s="58">
         <v>2022</v>
       </c>
       <c r="E2" s="59"/>
       <c r="F2" s="58">
         <v>2023</v>
       </c>
       <c r="G2" s="59"/>
       <c r="H2" s="58">
         <v>2024</v>
       </c>
       <c r="I2" s="59"/>
       <c r="J2" s="58">
         <v>2025</v>
       </c>
       <c r="K2" s="59"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="8">
         <v>536877</v>
       </c>
       <c r="C4" s="8">
         <v>5187716663.6099701</v>
       </c>
       <c r="D4" s="27">
         <v>595176</v>
       </c>
       <c r="E4" s="8">
         <v>3841574677.6699996</v>
       </c>
       <c r="F4" s="39">
         <v>756950</v>
       </c>
       <c r="G4" s="39">
         <v>4268883833</v>
       </c>
       <c r="H4" s="39">
         <v>627565</v>
       </c>
       <c r="I4" s="39">
         <v>2393043317</v>
       </c>
       <c r="J4" s="27">
         <v>577447</v>
       </c>
       <c r="K4" s="27">
         <v>2951800781</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="9">
         <v>612067</v>
       </c>
       <c r="C5" s="9">
         <v>5706663431.7100029</v>
       </c>
       <c r="D5" s="9">
         <v>614796</v>
       </c>
       <c r="E5" s="9">
         <v>4372850830.3699999</v>
       </c>
       <c r="F5" s="39">
         <v>621648</v>
       </c>
       <c r="G5" s="39">
         <v>3612299763</v>
       </c>
       <c r="H5" s="39">
         <v>590078</v>
       </c>
       <c r="I5" s="39">
         <v>2772183062</v>
       </c>
       <c r="J5" s="39">
         <v>609539</v>
       </c>
       <c r="K5" s="39">
         <v>3369182026</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="9">
         <v>742630</v>
       </c>
       <c r="C6" s="9">
         <v>6319845684.6499519</v>
       </c>
       <c r="D6" s="9">
         <v>650701</v>
       </c>
       <c r="E6" s="9">
         <v>4894041372.29</v>
       </c>
       <c r="F6" s="39">
         <v>424039</v>
       </c>
       <c r="G6" s="39">
         <v>5331730245</v>
       </c>
       <c r="H6" s="39">
         <v>633342</v>
       </c>
       <c r="I6" s="39">
         <v>3024624953</v>
       </c>
       <c r="J6" s="39">
         <v>695025</v>
       </c>
       <c r="K6" s="39">
         <v>3461964396</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="9">
         <v>634230</v>
       </c>
       <c r="C7" s="9">
         <v>5325036997.8599882</v>
       </c>
       <c r="D7" s="9">
         <v>615100.9</v>
       </c>
       <c r="E7" s="9">
         <v>4180962878.5574999</v>
       </c>
       <c r="F7" s="39">
         <v>582234</v>
       </c>
       <c r="G7" s="39">
         <v>3475958146</v>
       </c>
       <c r="H7" s="39">
         <v>635879</v>
       </c>
       <c r="I7" s="39">
         <v>2828550666</v>
       </c>
       <c r="J7" s="39">
         <v>723465</v>
       </c>
       <c r="K7" s="39">
         <v>3598888199</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="9">
         <v>554305</v>
       </c>
       <c r="C8" s="9">
         <v>4564288637.9999657</v>
       </c>
       <c r="D8" s="9">
         <v>621008.21</v>
       </c>
       <c r="E8" s="9">
         <v>4350722499.0628004</v>
       </c>
       <c r="F8" s="9">
         <v>681496</v>
       </c>
       <c r="G8" s="9">
         <v>3631258447</v>
       </c>
       <c r="H8" s="9">
         <v>569823</v>
       </c>
       <c r="I8" s="9">
         <v>3013193505</v>
       </c>
       <c r="J8" s="39">
         <v>720489</v>
       </c>
       <c r="K8" s="39">
         <v>3744520113</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="9">
         <v>586061</v>
       </c>
       <c r="C9" s="9">
         <v>4535672964.6599751</v>
       </c>
       <c r="D9" s="9">
         <v>600853</v>
       </c>
       <c r="E9" s="9">
         <v>4205489841.3319998</v>
       </c>
       <c r="F9" s="9">
         <v>614777</v>
       </c>
       <c r="G9" s="9">
         <v>3349404360</v>
       </c>
       <c r="H9" s="9">
         <v>614920</v>
       </c>
       <c r="I9" s="9">
         <v>3633614897</v>
       </c>
       <c r="J9" s="39">
         <v>722802</v>
       </c>
       <c r="K9" s="39">
         <v>3412180403</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="9">
         <v>563619</v>
       </c>
       <c r="C10" s="9">
         <v>4106182266.5699792</v>
       </c>
       <c r="D10" s="9">
         <v>549941.6</v>
       </c>
       <c r="E10" s="9">
         <v>4047538116.1720004</v>
       </c>
       <c r="F10" s="9">
         <v>637802</v>
       </c>
       <c r="G10" s="9">
         <v>3310646970</v>
       </c>
       <c r="H10" s="9">
         <v>705587</v>
       </c>
       <c r="I10" s="9">
         <v>2825754422</v>
       </c>
       <c r="J10" s="39">
         <v>724770</v>
       </c>
       <c r="K10" s="39">
         <v>3551016982</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="9">
         <v>538855</v>
       </c>
       <c r="C11" s="9">
         <v>3965748080.2199926</v>
       </c>
       <c r="D11" s="9">
         <v>667109.25</v>
       </c>
       <c r="E11" s="9">
         <v>4358229331.6674995</v>
       </c>
       <c r="F11" s="9">
         <v>622392</v>
       </c>
       <c r="G11" s="9">
         <v>3193108072</v>
       </c>
       <c r="H11" s="9">
         <v>689273</v>
       </c>
       <c r="I11" s="9">
         <v>3222097451</v>
       </c>
       <c r="J11" s="39">
         <v>641347</v>
       </c>
       <c r="K11" s="39">
         <v>3495008083</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="9">
         <v>534891</v>
       </c>
       <c r="C12" s="9">
         <v>4655651287.9899864</v>
       </c>
       <c r="D12" s="9">
         <v>608903.69999999995</v>
       </c>
       <c r="E12" s="9">
         <v>3624989534.3059001</v>
       </c>
       <c r="F12" s="9">
         <v>525931</v>
       </c>
       <c r="G12" s="9">
         <v>2714230149</v>
       </c>
       <c r="H12" s="9">
         <v>668775</v>
       </c>
       <c r="I12" s="9">
         <v>2954254623</v>
       </c>
-      <c r="J12" s="39"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="J12" s="39">
+        <v>635377</v>
+      </c>
+      <c r="K12" s="39">
+        <v>2622433833</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="9">
         <v>543415</v>
       </c>
       <c r="C13" s="9">
         <v>4277973974.3999753</v>
       </c>
       <c r="D13" s="9">
         <v>647733.91999999993</v>
       </c>
       <c r="E13" s="9">
         <v>4346451515.1448002</v>
       </c>
       <c r="F13" s="9">
         <v>653828</v>
       </c>
       <c r="G13" s="9">
         <v>3032508604</v>
       </c>
       <c r="H13" s="9">
         <v>703666</v>
       </c>
       <c r="I13" s="9">
         <v>3413768686</v>
       </c>
       <c r="J13" s="39"/>
       <c r="K13" s="39"/>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="9">
         <v>697239</v>
       </c>
       <c r="C14" s="9">
         <v>4620367387.7399788</v>
       </c>
       <c r="D14" s="9">
         <v>636474.6</v>
       </c>
       <c r="E14" s="9">
         <v>4311945262.1519995</v>
       </c>
       <c r="F14" s="9">
         <v>605379</v>
       </c>
       <c r="G14" s="9">
         <v>2924349260</v>
       </c>
       <c r="H14" s="9">
         <v>731290</v>
       </c>
       <c r="I14" s="9">
         <v>3767038046</v>
       </c>
       <c r="J14" s="39"/>
       <c r="K14" s="39"/>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="9">
         <v>640257</v>
       </c>
       <c r="C15" s="9">
         <v>4883656048.849968</v>
       </c>
       <c r="D15" s="9">
         <v>632856.5</v>
       </c>
       <c r="E15" s="9">
         <v>4430737696.5240002</v>
       </c>
       <c r="F15" s="9">
         <v>600861</v>
       </c>
       <c r="G15" s="9">
         <v>3024985051</v>
       </c>
       <c r="H15" s="9">
         <v>927536</v>
       </c>
       <c r="I15" s="9">
         <v>3969383564</v>
       </c>
       <c r="J15" s="39"/>
       <c r="K15" s="39"/>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
     </row>
-    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="61" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="62"/>
       <c r="D17" s="62"/>
       <c r="E17" s="62"/>
       <c r="F17" s="62"/>
       <c r="G17" s="62"/>
       <c r="H17" s="62"/>
       <c r="I17" s="62"/>
       <c r="J17" s="62"/>
       <c r="K17" s="62"/>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B18" s="57">
         <v>2021</v>
       </c>
       <c r="C18" s="57"/>
       <c r="D18" s="57">
         <v>2022</v>
       </c>
       <c r="E18" s="57"/>
       <c r="F18" s="57">
         <v>2023</v>
       </c>
       <c r="G18" s="57"/>
       <c r="H18" s="57">
         <v>2024</v>
       </c>
       <c r="I18" s="57"/>
       <c r="J18" s="58">
         <v>2025</v>
       </c>
       <c r="K18" s="59"/>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="8">
         <v>2348575</v>
       </c>
       <c r="C20" s="8">
         <v>23384090093.34</v>
       </c>
       <c r="D20" s="8">
         <v>2406239</v>
       </c>
       <c r="E20" s="8">
         <v>41370493795</v>
       </c>
       <c r="F20" s="8">
         <v>2901107</v>
       </c>
       <c r="G20" s="8">
         <v>51895525481</v>
       </c>
       <c r="H20" s="8">
         <v>3573072</v>
       </c>
       <c r="I20" s="8">
         <v>55767176329</v>
       </c>
       <c r="J20" s="8">
         <v>4802791</v>
       </c>
       <c r="K20" s="8">
         <v>77287758544</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="8">
         <v>2468426</v>
       </c>
       <c r="C21" s="8">
         <v>29923525634.360001</v>
       </c>
       <c r="D21" s="8">
         <v>2333883</v>
       </c>
       <c r="E21" s="8">
         <v>44751262036</v>
       </c>
       <c r="F21" s="8">
         <v>2849492</v>
       </c>
       <c r="G21" s="8">
         <v>59282299367</v>
       </c>
       <c r="H21" s="8">
         <v>3747440</v>
       </c>
       <c r="I21" s="8">
         <v>61788086242</v>
       </c>
       <c r="J21" s="39">
         <v>4555358</v>
       </c>
       <c r="K21" s="39">
         <v>73521062506</v>
       </c>
     </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>2914854</v>
       </c>
       <c r="C22" s="8">
         <v>34956971892.910004</v>
       </c>
       <c r="D22" s="8">
         <v>2729323</v>
       </c>
       <c r="E22" s="8">
         <v>52203226166</v>
       </c>
       <c r="F22" s="8">
         <v>2791625</v>
       </c>
       <c r="G22" s="8">
         <v>71411611371</v>
       </c>
       <c r="H22" s="8">
         <v>4059949</v>
       </c>
       <c r="I22" s="8">
         <v>58870369592</v>
       </c>
       <c r="J22" s="39">
         <v>5086771</v>
       </c>
       <c r="K22" s="39">
         <v>78125558193</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>2540362</v>
       </c>
       <c r="C23" s="8">
         <v>33411940903.169998</v>
       </c>
       <c r="D23" s="8">
         <v>2762332</v>
       </c>
       <c r="E23" s="8">
         <v>55151119510</v>
       </c>
       <c r="F23" s="8">
         <v>3094997</v>
       </c>
       <c r="G23" s="8">
         <v>66643559696</v>
       </c>
       <c r="H23" s="8">
         <v>4077450</v>
       </c>
       <c r="I23" s="8">
         <v>61353908773</v>
       </c>
       <c r="J23" s="39">
         <v>4977013</v>
       </c>
       <c r="K23" s="39">
         <v>77118684077</v>
       </c>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="8">
         <v>2596415</v>
       </c>
       <c r="C24" s="8">
         <v>28462565736.940002</v>
       </c>
       <c r="D24" s="8">
         <v>2708795</v>
       </c>
       <c r="E24" s="8">
         <v>43135258226</v>
       </c>
       <c r="F24" s="8">
         <v>3311231</v>
       </c>
       <c r="G24" s="8">
         <v>70005833140</v>
       </c>
       <c r="H24" s="8">
         <v>4296242</v>
       </c>
       <c r="I24" s="8">
         <v>61960521407</v>
       </c>
       <c r="J24" s="39">
         <v>5261826</v>
       </c>
       <c r="K24" s="39">
         <v>71787017435</v>
       </c>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="8">
         <v>2673952</v>
       </c>
       <c r="C25" s="8">
         <v>32604320726.470001</v>
       </c>
       <c r="D25" s="37">
         <v>2846430</v>
       </c>
       <c r="E25" s="8">
         <v>49978714863</v>
       </c>
       <c r="F25" s="37">
         <v>3256238</v>
       </c>
       <c r="G25" s="8">
         <v>75882095271</v>
       </c>
       <c r="H25" s="37">
         <v>4319047</v>
       </c>
       <c r="I25" s="8">
         <v>69096988490</v>
       </c>
       <c r="J25" s="39">
         <v>5153341</v>
       </c>
       <c r="K25" s="39">
         <v>75582159556</v>
       </c>
     </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="8">
         <v>2889737</v>
       </c>
       <c r="C26" s="8">
         <v>38656874877.149994</v>
       </c>
       <c r="D26" s="8">
         <v>2946264</v>
       </c>
       <c r="E26" s="8">
         <v>61908401852</v>
       </c>
       <c r="F26" s="8">
         <v>3413562</v>
       </c>
       <c r="G26" s="8">
         <v>76294321280</v>
       </c>
       <c r="H26" s="8">
         <v>4619221</v>
       </c>
       <c r="I26" s="8">
         <v>64104967311</v>
       </c>
       <c r="J26" s="39">
         <v>5517962</v>
       </c>
       <c r="K26" s="39">
         <v>81060963884</v>
       </c>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="8">
         <v>2896404</v>
       </c>
       <c r="C27" s="8">
         <v>40225870375.040001</v>
       </c>
       <c r="D27" s="8">
         <v>2923583</v>
       </c>
       <c r="E27" s="8">
         <v>48443669033</v>
       </c>
       <c r="F27" s="8">
         <v>2645242</v>
       </c>
       <c r="G27" s="8">
         <v>74541575897</v>
       </c>
       <c r="H27" s="8">
         <v>4414040</v>
       </c>
       <c r="I27" s="8">
         <v>69969939215</v>
       </c>
       <c r="J27" s="39">
         <v>5556451</v>
       </c>
       <c r="K27" s="39">
         <v>82810824399</v>
       </c>
     </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="8">
         <v>2968201</v>
       </c>
       <c r="C28" s="8">
         <v>41717139307.479996</v>
       </c>
       <c r="D28" s="8">
         <v>3001299</v>
       </c>
       <c r="E28" s="8">
         <v>61809782257</v>
       </c>
       <c r="F28" s="8">
         <v>3700685</v>
       </c>
       <c r="G28" s="8">
         <v>60387271515</v>
       </c>
       <c r="H28" s="8">
         <v>4544184</v>
       </c>
       <c r="I28" s="8">
         <v>68176101736</v>
       </c>
-      <c r="J28" s="39"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="J28" s="39">
+        <v>5712871</v>
+      </c>
+      <c r="K28" s="39">
+        <v>81603487597</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="8">
         <v>2811534</v>
       </c>
       <c r="C29" s="8">
         <v>33324819673.84</v>
       </c>
       <c r="D29" s="8">
         <v>3267814</v>
       </c>
       <c r="E29" s="8">
         <v>58980163737</v>
       </c>
       <c r="F29" s="8">
         <v>4036463</v>
       </c>
       <c r="G29" s="8">
         <v>66121091447</v>
       </c>
       <c r="H29" s="8">
         <v>5403143</v>
       </c>
       <c r="I29" s="8">
         <v>70608202091</v>
       </c>
       <c r="J29" s="39"/>
       <c r="K29" s="39"/>
     </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="8">
         <v>3008779</v>
       </c>
       <c r="C30" s="8">
         <v>46362977777.610001</v>
       </c>
       <c r="D30" s="8">
         <v>3336394</v>
       </c>
       <c r="E30" s="8">
         <v>70455525379</v>
       </c>
       <c r="F30" s="8">
         <v>3924038</v>
       </c>
       <c r="G30" s="8">
         <v>64471743884</v>
       </c>
       <c r="H30" s="8">
         <v>5117010</v>
       </c>
       <c r="I30" s="8">
         <v>78580107584</v>
       </c>
       <c r="J30" s="39"/>
       <c r="K30" s="39"/>
     </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="8">
         <v>2978600</v>
       </c>
       <c r="C31" s="8">
         <v>42409100782.360001</v>
       </c>
       <c r="D31" s="8">
         <v>3233260</v>
       </c>
       <c r="E31" s="8">
         <v>67054362016</v>
       </c>
       <c r="F31" s="8">
         <v>4216756</v>
       </c>
       <c r="G31" s="8">
         <v>60369133976</v>
       </c>
       <c r="H31" s="8">
         <v>5214262</v>
       </c>
       <c r="I31" s="8">
         <v>69340141187</v>
       </c>
       <c r="J31" s="39"/>
       <c r="K31" s="39"/>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
     </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B33" s="61" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="62"/>
       <c r="D33" s="62"/>
       <c r="E33" s="62"/>
       <c r="F33" s="62"/>
       <c r="G33" s="62"/>
       <c r="H33" s="62"/>
       <c r="I33" s="62"/>
       <c r="J33" s="62"/>
       <c r="K33" s="62"/>
     </row>
-    <row r="34" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B34" s="58">
         <v>2021</v>
       </c>
       <c r="C34" s="59"/>
       <c r="D34" s="58">
         <v>2022</v>
       </c>
       <c r="E34" s="59"/>
       <c r="F34" s="58">
         <v>2023</v>
       </c>
       <c r="G34" s="59"/>
       <c r="H34" s="58">
         <v>2024</v>
       </c>
       <c r="I34" s="59"/>
       <c r="J34" s="58">
         <v>2025</v>
       </c>
       <c r="K34" s="59"/>
     </row>
-    <row r="35" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="9">
         <v>8228153</v>
       </c>
       <c r="C36" s="9">
         <v>6401817684</v>
       </c>
       <c r="D36" s="9">
         <v>8096990</v>
       </c>
       <c r="E36" s="9">
         <v>5414832789</v>
       </c>
       <c r="F36" s="9">
         <v>5643615</v>
       </c>
       <c r="G36" s="9">
         <v>3772642319</v>
       </c>
       <c r="H36" s="9">
         <v>4624300</v>
       </c>
       <c r="I36" s="9">
         <v>6423930269</v>
       </c>
       <c r="J36" s="9">
         <v>9874850</v>
       </c>
       <c r="K36" s="9">
         <v>6948634637</v>
       </c>
     </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="9">
         <v>13600353</v>
       </c>
       <c r="C37" s="9">
         <v>9265738476</v>
       </c>
       <c r="D37" s="9">
         <v>9432764</v>
       </c>
       <c r="E37" s="9">
         <v>6599916297</v>
       </c>
       <c r="F37" s="9">
         <v>5931468</v>
       </c>
       <c r="G37" s="9">
         <v>3881813995</v>
       </c>
       <c r="H37" s="9">
         <v>7256897</v>
       </c>
       <c r="I37" s="9">
         <v>4640375633</v>
       </c>
       <c r="J37" s="39">
         <v>9157160</v>
       </c>
       <c r="K37" s="39">
         <v>6230505199</v>
       </c>
     </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="9">
         <v>8969390</v>
       </c>
       <c r="C38" s="9">
         <v>5557826905</v>
       </c>
       <c r="D38" s="9">
         <v>9161654</v>
       </c>
       <c r="E38" s="9">
         <v>6176821771</v>
       </c>
       <c r="F38" s="9">
         <v>6649398</v>
       </c>
       <c r="G38" s="9">
         <v>4475460583</v>
       </c>
       <c r="H38" s="9">
         <v>9087836</v>
       </c>
       <c r="I38" s="9">
         <v>6248672702</v>
       </c>
       <c r="J38" s="39">
         <v>9663346</v>
       </c>
       <c r="K38" s="39">
         <v>6660504526</v>
       </c>
     </row>
-    <row r="39" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="9">
         <v>8523604</v>
       </c>
       <c r="C39" s="9">
         <v>5328120139</v>
       </c>
       <c r="D39" s="9">
         <v>6982823</v>
       </c>
       <c r="E39" s="9">
         <v>4561779426</v>
       </c>
       <c r="F39" s="9">
         <v>6295706</v>
       </c>
       <c r="G39" s="9">
         <v>4312112520</v>
       </c>
       <c r="H39" s="9">
         <v>8901650</v>
       </c>
       <c r="I39" s="9">
         <v>6077289362</v>
       </c>
       <c r="J39" s="39">
         <v>8380610</v>
       </c>
       <c r="K39" s="39">
         <v>5583132685</v>
       </c>
     </row>
-    <row r="40" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="9">
         <v>9527738</v>
       </c>
       <c r="C40" s="9">
         <v>5945294662</v>
       </c>
       <c r="D40" s="9">
         <v>7938349</v>
       </c>
       <c r="E40" s="9">
         <v>5442097040</v>
       </c>
       <c r="F40" s="9">
         <v>6384475</v>
       </c>
       <c r="G40" s="9">
         <v>3367241217</v>
       </c>
       <c r="H40" s="9">
         <v>12464745</v>
       </c>
       <c r="I40" s="9">
         <v>7886827170</v>
       </c>
       <c r="J40" s="39">
         <v>9719683</v>
       </c>
       <c r="K40" s="39">
         <v>6830492261</v>
       </c>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="9">
         <v>7695150</v>
       </c>
       <c r="C41" s="9">
         <v>4520768048</v>
       </c>
       <c r="D41" s="9">
         <v>8263915</v>
       </c>
       <c r="E41" s="9">
         <v>5738291492</v>
       </c>
       <c r="F41" s="9">
         <v>6927888</v>
       </c>
       <c r="G41" s="9">
         <v>4916860981</v>
       </c>
       <c r="H41" s="9">
         <v>7913550</v>
       </c>
       <c r="I41" s="9">
         <v>5288475143</v>
       </c>
       <c r="J41" s="39">
         <v>9460532</v>
       </c>
       <c r="K41" s="39">
         <v>6696750965</v>
       </c>
     </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="9">
         <v>7162260</v>
       </c>
       <c r="C42" s="9">
         <v>4128984933</v>
       </c>
       <c r="D42" s="9">
         <v>8734264</v>
       </c>
       <c r="E42" s="9">
         <v>6089689956</v>
       </c>
       <c r="F42" s="9">
         <v>8043223</v>
       </c>
       <c r="G42" s="9">
         <v>5747337248</v>
       </c>
       <c r="H42" s="9">
         <v>9613287</v>
       </c>
       <c r="I42" s="9">
         <v>6575994038</v>
       </c>
       <c r="J42" s="39">
         <v>11559367</v>
       </c>
       <c r="K42" s="39">
         <v>7945059669</v>
       </c>
     </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="9">
         <v>7554448</v>
       </c>
       <c r="C43" s="9">
         <v>4301978975</v>
       </c>
       <c r="D43" s="9">
         <v>7135508</v>
       </c>
       <c r="E43" s="9">
         <v>5044981656</v>
       </c>
       <c r="F43" s="9">
         <v>8120580</v>
       </c>
       <c r="G43" s="9">
         <v>5699949593</v>
       </c>
       <c r="H43" s="9">
         <v>11487865</v>
       </c>
       <c r="I43" s="9">
         <v>7867082694</v>
       </c>
       <c r="J43" s="39">
         <v>10286408</v>
       </c>
       <c r="K43" s="39">
         <v>7209064080</v>
       </c>
     </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="9">
         <v>7316044</v>
       </c>
       <c r="C44" s="9">
         <v>4338938096</v>
       </c>
       <c r="D44" s="31">
         <v>7220576</v>
       </c>
       <c r="E44" s="31">
         <v>5107944850</v>
       </c>
       <c r="F44" s="31">
         <v>8424196</v>
       </c>
       <c r="G44" s="31">
         <v>6677377690</v>
       </c>
       <c r="H44" s="9">
         <v>9470762</v>
       </c>
       <c r="I44" s="9">
         <v>10949648576</v>
       </c>
-      <c r="J44" s="39"/>
-[...2 lines deleted...]
-    <row r="45" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="J44" s="39">
+        <v>10360495</v>
+      </c>
+      <c r="K44" s="39">
+        <v>7213401939</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="9">
         <v>9112697</v>
       </c>
       <c r="C45" s="30">
         <v>5394989818</v>
       </c>
       <c r="D45" s="32">
         <v>3335153</v>
       </c>
       <c r="E45" s="32">
         <v>5258186160</v>
       </c>
       <c r="F45" s="32">
         <v>7736843</v>
       </c>
       <c r="G45" s="32">
         <v>5323455703</v>
       </c>
       <c r="H45" s="9">
         <v>10560585</v>
       </c>
       <c r="I45" s="9">
         <v>7248126448</v>
       </c>
       <c r="J45" s="39"/>
       <c r="K45" s="39"/>
     </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="9">
         <v>9312838</v>
       </c>
       <c r="C46" s="30">
         <v>5244813303</v>
       </c>
       <c r="D46" s="33">
         <v>7646781</v>
       </c>
       <c r="E46" s="33">
         <v>5258186160</v>
       </c>
       <c r="F46" s="33">
         <v>6843144</v>
       </c>
       <c r="G46" s="33">
         <v>4317714476</v>
       </c>
       <c r="H46" s="9">
         <v>11342465</v>
       </c>
       <c r="I46" s="9">
         <v>7234387797</v>
       </c>
       <c r="J46" s="39"/>
       <c r="K46" s="39"/>
     </row>
-    <row r="47" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="9">
         <v>9997381</v>
       </c>
       <c r="C47" s="30">
         <v>7138221327</v>
       </c>
       <c r="D47" s="33">
         <v>4038761</v>
       </c>
       <c r="E47" s="33">
         <v>3160756751</v>
       </c>
       <c r="F47" s="33">
         <v>7478571</v>
       </c>
       <c r="G47" s="33">
         <v>5729743166</v>
       </c>
       <c r="H47" s="9">
         <v>11090856</v>
       </c>
       <c r="I47" s="9">
         <v>8019685688</v>
       </c>
       <c r="J47" s="39"/>
       <c r="K47" s="39"/>
     </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H48" s="40"/>
       <c r="I48" s="40"/>
     </row>
-    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="61" t="s">
         <v>39</v>
       </c>
       <c r="C49" s="62"/>
       <c r="D49" s="62"/>
       <c r="E49" s="62"/>
       <c r="F49" s="62"/>
       <c r="G49" s="62"/>
       <c r="H49" s="62"/>
       <c r="I49" s="62"/>
       <c r="J49" s="62"/>
       <c r="K49" s="62"/>
     </row>
-    <row r="50" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B50" s="28">
         <v>2021</v>
       </c>
       <c r="C50" s="29"/>
       <c r="D50" s="28">
         <v>2022</v>
       </c>
       <c r="E50" s="29"/>
       <c r="F50" s="28">
         <v>2023</v>
       </c>
       <c r="G50" s="29"/>
       <c r="H50" s="58">
         <v>2024</v>
       </c>
       <c r="I50" s="59"/>
       <c r="J50" s="58">
         <v>2025</v>
       </c>
       <c r="K50" s="59"/>
     </row>
-    <row r="51" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="52" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A52" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B52" s="9">
         <v>4475369</v>
       </c>
       <c r="C52" s="9">
         <v>2578228305.4451532</v>
       </c>
       <c r="D52" s="9">
         <v>4792654</v>
       </c>
       <c r="E52" s="9">
         <v>2519077882.5500002</v>
       </c>
       <c r="F52" s="9">
         <v>5545590</v>
       </c>
       <c r="G52" s="9">
         <v>3013133260</v>
       </c>
       <c r="H52" s="9">
         <v>6769339</v>
       </c>
       <c r="I52" s="9">
         <v>3500921722</v>
       </c>
       <c r="J52" s="9">
         <v>7769144</v>
       </c>
       <c r="K52" s="9">
         <v>3966058983</v>
       </c>
     </row>
-    <row r="53" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B53" s="9">
         <v>4234712</v>
       </c>
       <c r="C53" s="9">
         <v>2393686512.1222281</v>
       </c>
       <c r="D53" s="9">
         <v>4574323</v>
       </c>
       <c r="E53" s="9">
         <v>2386704246.3299999</v>
       </c>
       <c r="F53" s="9">
         <v>5039592</v>
       </c>
       <c r="G53" s="9">
         <v>2615267047</v>
       </c>
       <c r="H53" s="9">
         <v>6588249</v>
       </c>
       <c r="I53" s="9">
         <v>3283906785</v>
       </c>
       <c r="J53" s="9">
         <v>6946801</v>
       </c>
       <c r="K53" s="9">
         <v>3456382724</v>
       </c>
     </row>
-    <row r="54" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A54" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="9">
         <v>4907761</v>
       </c>
       <c r="C54" s="9">
         <v>2703913524.7515154</v>
       </c>
       <c r="D54" s="9">
         <v>5245448</v>
       </c>
       <c r="E54" s="9">
         <v>2724408090.9900002</v>
       </c>
       <c r="F54" s="9">
         <v>4919591</v>
       </c>
       <c r="G54" s="9">
         <v>2483594164</v>
       </c>
       <c r="H54" s="9">
         <v>6654137</v>
       </c>
       <c r="I54" s="9">
         <v>3262862971</v>
       </c>
       <c r="J54" s="39">
         <v>7664446</v>
       </c>
       <c r="K54" s="39">
         <v>3728790924</v>
       </c>
     </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="9">
         <v>4494128</v>
       </c>
       <c r="C55" s="9">
         <v>2355796503.3800006</v>
       </c>
       <c r="D55" s="9">
         <v>5083602</v>
       </c>
       <c r="E55" s="9">
         <v>2669225505.4699998</v>
       </c>
       <c r="F55" s="9">
         <v>5375506</v>
       </c>
       <c r="G55" s="9">
         <v>2823653154</v>
       </c>
       <c r="H55" s="9">
         <v>6653026</v>
       </c>
       <c r="I55" s="9">
         <v>3221505667</v>
       </c>
       <c r="J55" s="39">
         <v>7607256</v>
       </c>
       <c r="K55" s="39">
         <v>3731526615</v>
       </c>
     </row>
-    <row r="56" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="9">
         <v>4651947</v>
       </c>
       <c r="C56" s="9">
         <v>2464160775.4000001</v>
       </c>
       <c r="D56" s="9">
         <v>5103549</v>
       </c>
       <c r="E56" s="9">
         <v>2652258732.4000001</v>
       </c>
       <c r="F56" s="9">
         <v>6168463</v>
       </c>
       <c r="G56" s="9">
         <v>3297442301</v>
       </c>
       <c r="H56" s="9">
         <v>6974074</v>
       </c>
       <c r="I56" s="9">
         <v>3418245202</v>
       </c>
       <c r="J56" s="39">
         <v>8145837</v>
       </c>
       <c r="K56" s="39">
         <v>4051571826</v>
       </c>
     </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A57" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="9">
         <v>4482102</v>
       </c>
       <c r="C57" s="9">
         <v>2353432040.9499998</v>
       </c>
       <c r="D57" s="9">
         <v>5115132</v>
       </c>
       <c r="E57" s="9">
         <v>2694340307.4200006</v>
       </c>
       <c r="F57" s="9">
         <v>6069417</v>
       </c>
       <c r="G57" s="9">
         <v>3306830465</v>
       </c>
       <c r="H57" s="9">
         <v>6687072</v>
       </c>
       <c r="I57" s="9">
         <v>2447189395</v>
       </c>
       <c r="J57" s="39">
         <v>7753149</v>
       </c>
       <c r="K57" s="39">
         <v>3898605449</v>
       </c>
     </row>
-    <row r="58" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A58" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B58" s="9">
         <v>4671734</v>
       </c>
       <c r="C58" s="9">
         <v>2491621314.5900002</v>
       </c>
       <c r="D58" s="9">
         <v>5459831</v>
       </c>
       <c r="E58" s="9">
         <v>2943613316.8599997</v>
       </c>
       <c r="F58" s="9">
         <v>5703106</v>
       </c>
       <c r="G58" s="9">
         <v>3432203186</v>
       </c>
       <c r="H58" s="9">
         <v>7261552</v>
       </c>
       <c r="I58" s="9">
         <v>3626687915</v>
       </c>
       <c r="J58" s="39">
         <v>8455570</v>
       </c>
       <c r="K58" s="39">
         <v>4324044548</v>
       </c>
     </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A59" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="9">
         <v>4709678</v>
       </c>
       <c r="C59" s="9">
         <v>2500502746.5700002</v>
       </c>
       <c r="D59" s="9">
         <v>5720393</v>
       </c>
       <c r="E59" s="9">
         <v>2999074277.3700004</v>
       </c>
       <c r="F59" s="9">
         <v>6913893</v>
       </c>
       <c r="G59" s="9">
         <v>4088544593</v>
       </c>
       <c r="H59" s="9">
         <v>7575178</v>
       </c>
       <c r="I59" s="9">
         <v>3756685885</v>
       </c>
       <c r="J59" s="39">
         <v>8226343</v>
       </c>
       <c r="K59" s="39">
         <v>4335731225</v>
       </c>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A60" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B60" s="9">
         <v>4975639</v>
       </c>
       <c r="C60" s="9">
         <v>2635548231.3099999</v>
       </c>
       <c r="D60" s="9">
         <v>5501692</v>
       </c>
       <c r="E60" s="9">
         <v>2880695288.1399994</v>
       </c>
       <c r="F60" s="9">
         <v>7107413</v>
       </c>
       <c r="G60" s="9">
         <v>3629162341</v>
       </c>
       <c r="H60" s="9">
         <v>7295377</v>
       </c>
       <c r="I60" s="9">
         <v>3592397848</v>
       </c>
-      <c r="J60" s="39"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="J60" s="39">
+        <v>8500352</v>
+      </c>
+      <c r="K60" s="39">
+        <v>4274087092</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A61" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B61" s="9">
         <v>5232518</v>
       </c>
       <c r="C61" s="9">
         <v>2765125665.9599996</v>
       </c>
       <c r="D61" s="9">
         <v>6052931</v>
       </c>
       <c r="E61" s="9">
         <v>3164965311.3500004</v>
       </c>
       <c r="F61" s="9">
         <v>5533486</v>
       </c>
       <c r="G61" s="9">
         <v>2408619338</v>
       </c>
       <c r="H61" s="9">
         <v>8308839</v>
       </c>
       <c r="I61" s="9">
         <v>4134206820</v>
       </c>
       <c r="J61" s="39"/>
       <c r="K61" s="39"/>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="9">
         <v>5266363</v>
       </c>
       <c r="C62" s="9">
         <v>2779118391.0200005</v>
       </c>
       <c r="D62" s="34">
         <v>5765198</v>
       </c>
       <c r="E62" s="35">
         <v>3062263897</v>
       </c>
       <c r="F62" s="34">
         <v>6115225</v>
       </c>
       <c r="G62" s="35">
         <v>2933078527</v>
       </c>
       <c r="H62" s="9">
         <v>8777692</v>
       </c>
       <c r="I62" s="9">
         <v>4599163891</v>
       </c>
       <c r="J62" s="39"/>
       <c r="K62" s="39"/>
     </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="9">
         <v>5522930</v>
       </c>
       <c r="C63" s="9">
         <v>3073072322.46</v>
       </c>
       <c r="D63" s="9">
         <v>6202381</v>
       </c>
       <c r="E63" s="9">
         <v>3472896185</v>
       </c>
       <c r="F63" s="9">
         <v>7366088</v>
       </c>
       <c r="G63" s="9">
         <v>3716708155</v>
       </c>
       <c r="H63" s="9">
         <v>8234102</v>
       </c>
       <c r="I63" s="9">
         <v>4281294531</v>
       </c>
       <c r="J63" s="39"/>
       <c r="K63" s="39"/>
     </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B64" s="40"/>
       <c r="C64" s="40"/>
       <c r="D64" s="40"/>
       <c r="E64" s="40"/>
       <c r="F64" s="40"/>
       <c r="G64" s="40"/>
       <c r="H64" s="41"/>
       <c r="I64" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="J50:K50"/>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="B33:K33"/>
     <mergeCell ref="B49:K49"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="H34:I34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="D34:E34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B4317E3-ACF1-41FE-978A-6E2C87B516A4}">
   <dimension ref="A1:W15"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W13" sqref="W13"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.90625" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="21.08984375" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="8.44140625" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="8.44140625" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="21.109375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="17.36328125" customWidth="1"/>
+    <col min="13" max="13" width="17.33203125" customWidth="1"/>
     <col min="14" max="14" width="9" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="17.36328125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="23" max="23" width="16.08984375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.33203125" customWidth="1"/>
+    <col min="16" max="16" width="10.5546875" customWidth="1"/>
+    <col min="17" max="17" width="18.88671875" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="10.5546875" customWidth="1"/>
+    <col min="19" max="19" width="18.88671875" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.5546875" customWidth="1"/>
+    <col min="21" max="21" width="18.88671875" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="16.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
       <c r="B1" s="61" t="s">
         <v>40</v>
       </c>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="62"/>
       <c r="G1" s="62"/>
       <c r="H1" s="62"/>
       <c r="I1" s="62"/>
       <c r="J1" s="62"/>
       <c r="K1" s="62"/>
       <c r="L1" s="62"/>
       <c r="M1" s="62"/>
       <c r="N1" s="62"/>
       <c r="O1" s="62"/>
       <c r="P1" s="62"/>
       <c r="Q1" s="62"/>
       <c r="R1" s="62"/>
       <c r="S1" s="62"/>
       <c r="T1" s="62"/>
       <c r="U1" s="62"/>
       <c r="V1" s="62"/>
       <c r="W1" s="62"/>
     </row>
-    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="57">
         <v>2015</v>
       </c>
       <c r="C2" s="57"/>
       <c r="D2" s="58">
         <v>2016</v>
       </c>
       <c r="E2" s="59"/>
       <c r="F2" s="57">
         <v>2017</v>
       </c>
       <c r="G2" s="57"/>
       <c r="H2" s="58">
         <v>2018</v>
       </c>
       <c r="I2" s="59"/>
       <c r="J2" s="57">
         <v>2019</v>
       </c>
       <c r="K2" s="57"/>
       <c r="L2" s="57">
         <v>2020</v>
       </c>
       <c r="M2" s="57"/>
       <c r="N2" s="57">
         <v>2021</v>
       </c>
       <c r="O2" s="57"/>
       <c r="P2" s="57">
         <v>2022</v>
       </c>
       <c r="Q2" s="57"/>
       <c r="R2" s="57">
         <v>2023</v>
       </c>
       <c r="S2" s="57"/>
       <c r="T2" s="57">
         <v>2024</v>
       </c>
       <c r="U2" s="57"/>
       <c r="V2" s="58">
         <v>2025</v>
       </c>
       <c r="W2" s="59"/>
     </row>
-    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -7312,51 +7346,51 @@
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="4">
         <v>5026</v>
       </c>
       <c r="C4" s="4">
         <v>55690189000</v>
       </c>
       <c r="D4" s="4">
         <v>5420</v>
       </c>
       <c r="E4" s="4">
         <v>58929905744.68</v>
       </c>
       <c r="F4" s="4">
         <v>5786</v>
       </c>
       <c r="G4" s="4">
         <v>63271469036.25</v>
       </c>
       <c r="H4" s="4">
         <v>4836</v>
       </c>
       <c r="I4" s="4">
@@ -7383,51 +7417,51 @@
       <c r="P4" s="4">
         <v>6922</v>
       </c>
       <c r="Q4" s="4">
         <v>83620334754.900009</v>
       </c>
       <c r="R4" s="4">
         <v>7467</v>
       </c>
       <c r="S4" s="4">
         <v>81858145819</v>
       </c>
       <c r="T4" s="4">
         <v>8168</v>
       </c>
       <c r="U4" s="4">
         <v>96839706025</v>
       </c>
       <c r="V4" s="4">
         <v>8713</v>
       </c>
       <c r="W4" s="4">
         <v>102276280488</v>
       </c>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="4">
         <v>4606</v>
       </c>
       <c r="C5" s="4">
         <v>47056135000</v>
       </c>
       <c r="D5" s="4">
         <v>5639</v>
       </c>
       <c r="E5" s="4">
         <v>57016338941.580002</v>
       </c>
       <c r="F5" s="4">
         <v>5394</v>
       </c>
       <c r="G5" s="4">
         <v>58939034524.220001</v>
       </c>
       <c r="H5" s="4">
         <v>4514</v>
       </c>
       <c r="I5" s="4">
@@ -7454,51 +7488,51 @@
       <c r="P5" s="4">
         <v>6439</v>
       </c>
       <c r="Q5" s="4">
         <v>76903659764.119995</v>
       </c>
       <c r="R5" s="4">
         <v>7447</v>
       </c>
       <c r="S5" s="4">
         <v>84622142403</v>
       </c>
       <c r="T5" s="4">
         <v>7694</v>
       </c>
       <c r="U5" s="4">
         <v>91920004934</v>
       </c>
       <c r="V5" s="4">
         <v>8082</v>
       </c>
       <c r="W5" s="4">
         <v>99253120869</v>
       </c>
     </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="4">
         <v>4991</v>
       </c>
       <c r="C6" s="4">
         <v>55611972000</v>
       </c>
       <c r="D6" s="4">
         <v>5581</v>
       </c>
       <c r="E6" s="4">
         <v>62991878600.370003</v>
       </c>
       <c r="F6" s="4">
         <v>5968</v>
       </c>
       <c r="G6" s="4">
         <v>74154116717.889999</v>
       </c>
       <c r="H6" s="4">
         <v>4612</v>
       </c>
       <c r="I6" s="4">
@@ -7525,51 +7559,51 @@
       <c r="P6" s="4">
         <v>7729</v>
       </c>
       <c r="Q6" s="4">
         <v>103918928190.60001</v>
       </c>
       <c r="R6" s="4">
         <v>8247</v>
       </c>
       <c r="S6" s="4">
         <v>98695602947</v>
       </c>
       <c r="T6" s="4">
         <v>7799</v>
       </c>
       <c r="U6" s="4">
         <v>108645246510</v>
       </c>
       <c r="V6" s="4">
         <v>8713</v>
       </c>
       <c r="W6" s="4">
         <v>107881780623</v>
       </c>
     </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="4">
         <v>4938</v>
       </c>
       <c r="C7" s="4">
         <v>50801992000</v>
       </c>
       <c r="D7" s="4">
         <v>6077</v>
       </c>
       <c r="E7" s="4">
         <v>61412155577.349998</v>
       </c>
       <c r="F7" s="4">
         <v>5296</v>
       </c>
       <c r="G7" s="4">
         <v>60389433386.659996</v>
       </c>
       <c r="H7" s="4">
         <v>4633</v>
       </c>
       <c r="I7" s="4">
@@ -7596,51 +7630,51 @@
       <c r="P7" s="4">
         <v>7085</v>
       </c>
       <c r="Q7" s="4">
         <v>95544974930.659988</v>
       </c>
       <c r="R7" s="4">
         <v>7293</v>
       </c>
       <c r="S7" s="4">
         <v>106717738654</v>
       </c>
       <c r="T7" s="4">
         <v>8572</v>
       </c>
       <c r="U7" s="4">
         <v>98065577429</v>
       </c>
       <c r="V7" s="4">
         <v>8730</v>
       </c>
       <c r="W7" s="4">
         <v>110771528304</v>
       </c>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="4">
         <v>4293</v>
       </c>
       <c r="C8" s="4">
         <v>50219063000</v>
       </c>
       <c r="D8" s="4">
         <v>5159</v>
       </c>
       <c r="E8" s="4">
         <v>54293160501.440002</v>
       </c>
       <c r="F8" s="4">
         <v>5517</v>
       </c>
       <c r="G8" s="4">
         <v>70261902224.270004</v>
       </c>
       <c r="H8" s="4">
         <v>4557</v>
       </c>
       <c r="I8" s="4">
@@ -7667,51 +7701,51 @@
       <c r="P8" s="4">
         <v>6687</v>
       </c>
       <c r="Q8" s="4">
         <v>82220664248.309998</v>
       </c>
       <c r="R8" s="4">
         <v>6940</v>
       </c>
       <c r="S8" s="4">
         <v>96578404764</v>
       </c>
       <c r="T8" s="4">
         <v>7913</v>
       </c>
       <c r="U8" s="4">
         <v>106048247389</v>
       </c>
       <c r="V8" s="4">
         <v>7716</v>
       </c>
       <c r="W8" s="4">
         <v>101499119945</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="4">
         <v>5041</v>
       </c>
       <c r="C9" s="4">
         <v>52122226000</v>
       </c>
       <c r="D9" s="4">
         <v>5881</v>
       </c>
       <c r="E9" s="4">
         <v>61897113215.029999</v>
       </c>
       <c r="F9" s="4">
         <v>6024</v>
       </c>
       <c r="G9" s="4">
         <v>68300476574.989998</v>
       </c>
       <c r="H9" s="4">
         <v>4973</v>
       </c>
       <c r="I9" s="4">
@@ -7738,51 +7772,51 @@
       <c r="P9" s="4">
         <v>7622</v>
       </c>
       <c r="Q9" s="4">
         <v>86532180386.059982</v>
       </c>
       <c r="R9" s="4">
         <v>7859</v>
       </c>
       <c r="S9" s="4">
         <v>106838824398</v>
       </c>
       <c r="T9" s="4">
         <v>7807</v>
       </c>
       <c r="U9" s="4">
         <v>105442694297</v>
       </c>
       <c r="V9" s="4">
         <v>8853</v>
       </c>
       <c r="W9" s="4">
         <v>108758829431</v>
       </c>
     </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="4">
         <v>5670</v>
       </c>
       <c r="C10" s="4">
         <v>65725443000</v>
       </c>
       <c r="D10" s="4">
         <v>5967</v>
       </c>
       <c r="E10" s="4">
         <v>58270622306.639999</v>
       </c>
       <c r="F10" s="4">
         <v>5717</v>
       </c>
       <c r="G10" s="4">
         <v>74849725711.429993</v>
       </c>
       <c r="H10" s="4">
         <v>5187</v>
       </c>
       <c r="I10" s="4">
@@ -7809,51 +7843,51 @@
       <c r="P10" s="4">
         <v>7765</v>
       </c>
       <c r="Q10" s="4">
         <v>101962991128</v>
       </c>
       <c r="R10" s="4">
         <v>7865</v>
       </c>
       <c r="S10" s="4">
         <v>101975400808</v>
       </c>
       <c r="T10" s="4">
         <v>9023</v>
       </c>
       <c r="U10" s="4">
         <v>109489185907</v>
       </c>
       <c r="V10" s="4">
         <v>10189</v>
       </c>
       <c r="W10" s="4">
         <v>129741901615</v>
       </c>
     </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="4">
         <v>5035</v>
       </c>
       <c r="C11" s="4">
         <v>53512629000</v>
       </c>
       <c r="D11" s="4">
         <v>6002</v>
       </c>
       <c r="E11" s="4">
         <v>60702871027.199997</v>
       </c>
       <c r="F11" s="4">
         <v>5514</v>
       </c>
       <c r="G11" s="4">
         <v>77352821814.419998</v>
       </c>
       <c r="H11" s="4">
         <v>5261</v>
       </c>
       <c r="I11" s="4">
@@ -7880,51 +7914,51 @@
       <c r="P11" s="4">
         <v>7840</v>
       </c>
       <c r="Q11" s="4">
         <v>112182264689.37999</v>
       </c>
       <c r="R11" s="4">
         <v>7792</v>
       </c>
       <c r="S11" s="4">
         <v>101378497304</v>
       </c>
       <c r="T11" s="4">
         <v>8365</v>
       </c>
       <c r="U11" s="4">
         <v>100346893601</v>
       </c>
       <c r="V11" s="4">
         <v>9077</v>
       </c>
       <c r="W11" s="4">
         <v>110658618389</v>
       </c>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="4">
         <v>5642</v>
       </c>
       <c r="C12" s="4">
         <v>64575897000</v>
       </c>
       <c r="D12" s="4">
         <v>6127</v>
       </c>
       <c r="E12" s="4">
         <v>68860638571.320007</v>
       </c>
       <c r="F12" s="4">
         <v>5562</v>
       </c>
       <c r="G12" s="4">
         <v>79110610341.549988</v>
       </c>
       <c r="H12" s="4">
         <v>5248</v>
       </c>
       <c r="I12" s="4">
@@ -7944,54 +7978,58 @@
       </c>
       <c r="N12" s="4">
         <v>8008</v>
       </c>
       <c r="O12" s="4">
         <v>85940837966.239975</v>
       </c>
       <c r="P12" s="4">
         <v>8164</v>
       </c>
       <c r="Q12" s="4">
         <v>100703787144.19997</v>
       </c>
       <c r="R12" s="4">
         <v>8083</v>
       </c>
       <c r="S12" s="4">
         <v>103050454084</v>
       </c>
       <c r="T12" s="4">
         <v>8494</v>
       </c>
       <c r="U12" s="4">
         <v>99166711778</v>
       </c>
-      <c r="V12" s="4"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V12" s="4">
+        <v>9608</v>
+      </c>
+      <c r="W12" s="4">
+        <v>110294031885</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="4">
         <v>5978</v>
       </c>
       <c r="C13" s="4">
         <v>67811969000</v>
       </c>
       <c r="D13" s="4">
         <v>5956</v>
       </c>
       <c r="E13" s="4">
         <v>60976578540.690002</v>
       </c>
       <c r="F13" s="4">
         <v>5687</v>
       </c>
       <c r="G13" s="4">
         <v>82465773544.360001</v>
       </c>
       <c r="H13" s="4">
         <v>5952</v>
       </c>
       <c r="I13" s="4">
@@ -8014,51 +8052,51 @@
       </c>
       <c r="O13" s="4">
         <v>87695633797.559998</v>
       </c>
       <c r="P13" s="4">
         <v>8051</v>
       </c>
       <c r="Q13" s="4">
         <v>93613140303</v>
       </c>
       <c r="R13" s="4">
         <v>8375</v>
       </c>
       <c r="S13" s="4">
         <v>109447776337</v>
       </c>
       <c r="T13" s="4">
         <v>10000</v>
       </c>
       <c r="U13" s="4">
         <v>113322823852</v>
       </c>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>5274</v>
       </c>
       <c r="C14" s="4">
         <v>61951030000</v>
       </c>
       <c r="D14" s="4">
         <v>5918</v>
       </c>
       <c r="E14" s="4">
         <v>61288526591.160004</v>
       </c>
       <c r="F14" s="4">
         <v>5134</v>
       </c>
       <c r="G14" s="4">
         <v>72808067905.630005</v>
       </c>
       <c r="H14" s="4">
         <v>5494</v>
       </c>
       <c r="I14" s="4">
@@ -8081,51 +8119,51 @@
       </c>
       <c r="O14" s="25">
         <v>93072755730.360016</v>
       </c>
       <c r="P14" s="38">
         <v>8019</v>
       </c>
       <c r="Q14" s="38">
         <v>94904384792</v>
       </c>
       <c r="R14" s="38">
         <v>8226</v>
       </c>
       <c r="S14" s="38">
         <v>107306059217</v>
       </c>
       <c r="T14" s="38">
         <v>8567</v>
       </c>
       <c r="U14" s="38">
         <v>119702279520</v>
       </c>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>5570</v>
       </c>
       <c r="C15" s="4">
         <v>72505652000</v>
       </c>
       <c r="D15" s="4">
         <v>5852</v>
       </c>
       <c r="E15" s="4">
         <v>71335283818.759995</v>
       </c>
       <c r="F15" s="4">
         <v>4384</v>
       </c>
       <c r="G15" s="4">
         <v>70817463681.889999</v>
       </c>
       <c r="H15" s="4">
         <v>4922</v>
       </c>
       <c r="I15" s="4">
@@ -8175,152 +8213,154 @@
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7D6ABDB-289F-43A0-921C-DA7E89BAEAF4}">
   <dimension ref="A1:W16"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W13" sqref="W13"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.90625" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="17.6328125" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15" bestFit="1" customWidth="1"/>
-    <col min="15" max="16" width="18.36328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="19.54296875" customWidth="1"/>
+    <col min="15" max="16" width="18.33203125" customWidth="1"/>
+    <col min="17" max="17" width="19.5546875" customWidth="1"/>
+    <col min="18" max="18" width="18.33203125" customWidth="1"/>
+    <col min="19" max="19" width="19.5546875" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
-    <col min="21" max="21" width="19.54296875" customWidth="1"/>
-    <col min="22" max="23" width="17.6328125" customWidth="1"/>
+    <col min="21" max="21" width="19.5546875" customWidth="1"/>
+    <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
       <c r="B1" s="61" t="s">
         <v>41</v>
       </c>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="62"/>
       <c r="G1" s="62"/>
       <c r="H1" s="62"/>
       <c r="I1" s="62"/>
       <c r="J1" s="62"/>
       <c r="K1" s="62"/>
       <c r="L1" s="62"/>
       <c r="M1" s="62"/>
       <c r="N1" s="62"/>
       <c r="O1" s="62"/>
       <c r="P1" s="62"/>
       <c r="Q1" s="62"/>
       <c r="R1" s="62"/>
       <c r="S1" s="62"/>
       <c r="T1" s="62"/>
       <c r="U1" s="62"/>
       <c r="V1" s="62"/>
       <c r="W1" s="62"/>
     </row>
-    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="57">
         <v>2015</v>
       </c>
       <c r="C2" s="57"/>
       <c r="D2" s="58">
         <v>2016</v>
       </c>
       <c r="E2" s="59"/>
       <c r="F2" s="57">
         <v>2017</v>
       </c>
       <c r="G2" s="57"/>
       <c r="H2" s="58">
         <v>2018</v>
       </c>
       <c r="I2" s="59"/>
       <c r="J2" s="57">
         <v>2019</v>
       </c>
       <c r="K2" s="57"/>
       <c r="L2" s="57">
         <v>2020</v>
       </c>
       <c r="M2" s="57"/>
       <c r="N2" s="57">
         <v>2021</v>
       </c>
       <c r="O2" s="57"/>
       <c r="P2" s="57">
         <v>2022</v>
       </c>
       <c r="Q2" s="57"/>
       <c r="R2" s="57">
         <v>2023</v>
       </c>
       <c r="S2" s="57"/>
       <c r="T2" s="57">
         <v>2024</v>
       </c>
       <c r="U2" s="57"/>
       <c r="V2" s="58">
         <v>2025</v>
       </c>
       <c r="W2" s="59"/>
     </row>
-    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -8345,51 +8385,51 @@
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="4">
         <v>838</v>
       </c>
       <c r="C4" s="4">
         <v>27078426000</v>
       </c>
       <c r="D4" s="4">
         <v>846</v>
       </c>
       <c r="E4" s="4">
         <v>31551884606.170006</v>
       </c>
       <c r="F4" s="4">
         <v>878</v>
       </c>
       <c r="G4" s="4">
         <v>29948607783.310001</v>
       </c>
       <c r="H4" s="4">
         <v>898</v>
       </c>
       <c r="I4" s="4">
@@ -8416,51 +8456,51 @@
       <c r="P4" s="4">
         <v>2161</v>
       </c>
       <c r="Q4" s="4">
         <v>38293494091.010002</v>
       </c>
       <c r="R4" s="4">
         <v>2436</v>
       </c>
       <c r="S4" s="4">
         <v>38499437530</v>
       </c>
       <c r="T4" s="4">
         <v>3198</v>
       </c>
       <c r="U4" s="4">
         <v>52971041741</v>
       </c>
       <c r="V4" s="27">
         <v>47049</v>
       </c>
       <c r="W4" s="27">
         <v>61428038273</v>
       </c>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="4">
         <v>954</v>
       </c>
       <c r="C5" s="4">
         <v>22486097000</v>
       </c>
       <c r="D5" s="4">
         <v>865</v>
       </c>
       <c r="E5" s="4">
         <v>31708101976.490002</v>
       </c>
       <c r="F5" s="4">
         <v>840</v>
       </c>
       <c r="G5" s="4">
         <v>32958720093.709999</v>
       </c>
       <c r="H5" s="4">
         <v>883</v>
       </c>
       <c r="I5" s="4">
@@ -8487,51 +8527,51 @@
       <c r="P5" s="4">
         <v>2381</v>
       </c>
       <c r="Q5" s="4">
         <v>39883561348.800003</v>
       </c>
       <c r="R5" s="4">
         <v>2509</v>
       </c>
       <c r="S5" s="4">
         <v>43835403329</v>
       </c>
       <c r="T5" s="4">
         <v>3917</v>
       </c>
       <c r="U5" s="4">
         <v>49981691791</v>
       </c>
       <c r="V5" s="27">
         <v>48294</v>
       </c>
       <c r="W5" s="27">
         <v>54014024703</v>
       </c>
     </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="4">
         <v>1249</v>
       </c>
       <c r="C6" s="4">
         <v>28433786000</v>
       </c>
       <c r="D6" s="4">
         <v>1058</v>
       </c>
       <c r="E6" s="4">
         <v>33665374597.819996</v>
       </c>
       <c r="F6" s="4">
         <v>1072</v>
       </c>
       <c r="G6" s="4">
         <v>38967043958.780006</v>
       </c>
       <c r="H6" s="4">
         <v>928</v>
       </c>
       <c r="I6" s="4">
@@ -8558,51 +8598,51 @@
       <c r="P6" s="4">
         <v>2736</v>
       </c>
       <c r="Q6" s="4">
         <v>51197315955.339996</v>
       </c>
       <c r="R6" s="4">
         <v>2917</v>
       </c>
       <c r="S6" s="4">
         <v>57522843651</v>
       </c>
       <c r="T6" s="4">
         <v>3975</v>
       </c>
       <c r="U6" s="4">
         <v>50132333363</v>
       </c>
       <c r="V6" s="27">
         <v>50500</v>
       </c>
       <c r="W6" s="27">
         <v>58326293104</v>
       </c>
     </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="4">
         <v>752</v>
       </c>
       <c r="C7" s="4">
         <v>23591946000</v>
       </c>
       <c r="D7" s="4">
         <v>776</v>
       </c>
       <c r="E7" s="4">
         <v>26880685442.419998</v>
       </c>
       <c r="F7" s="4">
         <v>719</v>
       </c>
       <c r="G7" s="4">
         <v>26293567015.849998</v>
       </c>
       <c r="H7" s="4">
         <v>724</v>
       </c>
       <c r="I7" s="4">
@@ -8629,51 +8669,51 @@
       <c r="P7" s="4">
         <v>2430</v>
       </c>
       <c r="Q7" s="4">
         <v>41716261264.629997</v>
       </c>
       <c r="R7" s="4">
         <v>2480</v>
       </c>
       <c r="S7" s="4">
         <v>66208834164</v>
       </c>
       <c r="T7" s="4">
         <v>2487</v>
       </c>
       <c r="U7" s="4">
         <v>66208834306</v>
       </c>
       <c r="V7" s="27">
         <v>48989</v>
       </c>
       <c r="W7" s="27">
         <v>56368004225</v>
       </c>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="4">
         <v>836</v>
       </c>
       <c r="C8" s="4">
         <v>25712535000</v>
       </c>
       <c r="D8" s="4">
         <v>802</v>
       </c>
       <c r="E8" s="4">
         <v>24239082496.050003</v>
       </c>
       <c r="F8" s="4">
         <v>890</v>
       </c>
       <c r="G8" s="4">
         <v>39609869962.150002</v>
       </c>
       <c r="H8" s="4">
         <v>712</v>
       </c>
       <c r="I8" s="4">
@@ -8700,51 +8740,51 @@
       <c r="P8" s="4">
         <v>2388</v>
       </c>
       <c r="Q8" s="4">
         <v>38167287158.25</v>
       </c>
       <c r="R8" s="4">
         <v>2529</v>
       </c>
       <c r="S8" s="4">
         <v>49114002963</v>
       </c>
       <c r="T8" s="4">
         <v>4605</v>
       </c>
       <c r="U8" s="4">
         <v>59387108525</v>
       </c>
       <c r="V8" s="27">
         <v>45778</v>
       </c>
       <c r="W8" s="27">
         <v>48093585858</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="4">
         <v>1093</v>
       </c>
       <c r="C9" s="4">
         <v>28921642000</v>
       </c>
       <c r="D9" s="4">
         <v>871</v>
       </c>
       <c r="E9" s="4">
         <v>31282690959.639999</v>
       </c>
       <c r="F9" s="4">
         <v>881</v>
       </c>
       <c r="G9" s="4">
         <v>31459337295.43</v>
       </c>
       <c r="H9" s="4">
         <v>769</v>
       </c>
       <c r="I9" s="4">
@@ -8771,51 +8811,51 @@
       <c r="P9" s="4">
         <v>2541</v>
       </c>
       <c r="Q9" s="4">
         <v>46123635147.139999</v>
       </c>
       <c r="R9" s="4">
         <v>3413</v>
       </c>
       <c r="S9" s="4">
         <v>55439518933</v>
       </c>
       <c r="T9" s="4">
         <v>4019</v>
       </c>
       <c r="U9" s="4">
         <v>61554902642</v>
       </c>
       <c r="V9" s="27">
         <v>50515</v>
       </c>
       <c r="W9" s="27">
         <v>63741841148</v>
       </c>
     </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="4">
         <v>1168</v>
       </c>
       <c r="C10" s="4">
         <v>32306902000</v>
       </c>
       <c r="D10" s="4">
         <v>952</v>
       </c>
       <c r="E10" s="4">
         <v>26997769395.470005</v>
       </c>
       <c r="F10" s="4">
         <v>824</v>
       </c>
       <c r="G10" s="4">
         <v>37072483433.809998</v>
       </c>
       <c r="H10" s="4">
         <v>829</v>
       </c>
       <c r="I10" s="4">
@@ -8842,51 +8882,51 @@
       <c r="P10" s="4">
         <v>2498</v>
       </c>
       <c r="Q10" s="4">
         <v>52998527561</v>
       </c>
       <c r="R10" s="4">
         <v>3327</v>
       </c>
       <c r="S10" s="4">
         <v>57099266402</v>
       </c>
       <c r="T10" s="4">
         <v>4850</v>
       </c>
       <c r="U10" s="4">
         <v>60101852850</v>
       </c>
       <c r="V10" s="27">
         <v>53206</v>
       </c>
       <c r="W10" s="27">
         <v>70786408433</v>
       </c>
     </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="4">
         <v>961</v>
       </c>
       <c r="C11" s="4">
         <v>27695921000</v>
       </c>
       <c r="D11" s="4">
         <v>1006</v>
       </c>
       <c r="E11" s="4">
         <v>31033215755.239998</v>
       </c>
       <c r="F11" s="4">
         <v>941</v>
       </c>
       <c r="G11" s="4">
         <v>41188079204.139999</v>
       </c>
       <c r="H11" s="4">
         <v>825</v>
       </c>
       <c r="I11" s="4">
@@ -8913,51 +8953,51 @@
       <c r="P11" s="4">
         <v>2519</v>
       </c>
       <c r="Q11" s="4">
         <v>60777575824.879997</v>
       </c>
       <c r="R11" s="4">
         <v>3631</v>
       </c>
       <c r="S11" s="4">
         <v>58369586982</v>
       </c>
       <c r="T11" s="4">
         <v>4368</v>
       </c>
       <c r="U11" s="4">
         <v>44962319233</v>
       </c>
       <c r="V11" s="27">
         <v>47995</v>
       </c>
       <c r="W11" s="27">
         <v>59753577407</v>
       </c>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="4">
         <v>1132</v>
       </c>
       <c r="C12" s="4">
         <v>37205657315.869987</v>
       </c>
       <c r="D12" s="4">
         <v>1011</v>
       </c>
       <c r="E12" s="4">
         <v>32601029028.650009</v>
       </c>
       <c r="F12" s="4">
         <v>850</v>
       </c>
       <c r="G12" s="4">
         <v>37620902020.120003</v>
       </c>
       <c r="H12" s="4">
         <v>761</v>
       </c>
       <c r="I12" s="4">
@@ -8977,54 +9017,58 @@
       </c>
       <c r="N12" s="4">
         <v>2279</v>
       </c>
       <c r="O12" s="4">
         <v>32531346563.59</v>
       </c>
       <c r="P12" s="4">
         <v>2707</v>
       </c>
       <c r="Q12" s="4">
         <v>49723891073.720001</v>
       </c>
       <c r="R12" s="4">
         <v>3377</v>
       </c>
       <c r="S12" s="4">
         <v>46739538196</v>
       </c>
       <c r="T12" s="4">
         <v>43296</v>
       </c>
       <c r="U12" s="4">
         <v>50512536732</v>
       </c>
-      <c r="V12" s="27"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V12" s="27">
+        <v>53601</v>
+      </c>
+      <c r="W12" s="27">
+        <v>64799400389</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="4">
         <v>1123</v>
       </c>
       <c r="C13" s="4">
         <v>28830160847.110001</v>
       </c>
       <c r="D13" s="4">
         <v>963</v>
       </c>
       <c r="E13" s="4">
         <v>31470602245.259998</v>
       </c>
       <c r="F13" s="4">
         <v>928</v>
       </c>
       <c r="G13" s="4">
         <v>41271138296.75</v>
       </c>
       <c r="H13" s="4">
         <v>845</v>
       </c>
       <c r="I13" s="4">
@@ -9047,51 +9091,51 @@
       </c>
       <c r="O13" s="4">
         <v>30341814003.869999</v>
       </c>
       <c r="P13" s="4">
         <v>2557</v>
       </c>
       <c r="Q13" s="4">
         <v>42772844184</v>
       </c>
       <c r="R13" s="4">
         <v>3811</v>
       </c>
       <c r="S13" s="4">
         <v>53113560919</v>
       </c>
       <c r="T13" s="4">
         <v>65834</v>
       </c>
       <c r="U13" s="4">
         <v>65396096495</v>
       </c>
       <c r="V13" s="27"/>
       <c r="W13" s="27"/>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>874</v>
       </c>
       <c r="C14" s="4">
         <v>33786502998.430004</v>
       </c>
       <c r="D14" s="4">
         <v>929</v>
       </c>
       <c r="E14" s="4">
         <v>35739707866.740005</v>
       </c>
       <c r="F14" s="4">
         <v>961</v>
       </c>
       <c r="G14" s="4">
         <v>40697800086.849998</v>
       </c>
       <c r="H14" s="4">
         <v>814</v>
       </c>
       <c r="I14" s="4">
@@ -9114,51 +9158,51 @@
       </c>
       <c r="O14" s="4">
         <v>42144699807.649994</v>
       </c>
       <c r="P14" s="4">
         <v>2669</v>
       </c>
       <c r="Q14" s="4">
         <v>49414922285.239998</v>
       </c>
       <c r="R14" s="4">
         <v>3552</v>
       </c>
       <c r="S14" s="4">
         <v>55800317372</v>
       </c>
       <c r="T14" s="4">
         <v>50632</v>
       </c>
       <c r="U14" s="4">
         <v>65657168608</v>
       </c>
       <c r="V14" s="27"/>
       <c r="W14" s="27"/>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>1055</v>
       </c>
       <c r="C15" s="4">
         <v>36123035432.480003</v>
       </c>
       <c r="D15" s="4">
         <v>887</v>
       </c>
       <c r="E15" s="4">
         <v>36297594867.470009</v>
       </c>
       <c r="F15" s="4">
         <v>812</v>
       </c>
       <c r="G15" s="4">
         <v>33548589417.450001</v>
       </c>
       <c r="H15" s="4">
         <v>674</v>
       </c>
       <c r="I15" s="4">
@@ -9181,107 +9225,142 @@
       </c>
       <c r="O15" s="4">
         <v>45567150619.18</v>
       </c>
       <c r="P15" s="4">
         <v>2597</v>
       </c>
       <c r="Q15" s="4">
         <v>47254094883.790001</v>
       </c>
       <c r="R15" s="4">
         <v>3159</v>
       </c>
       <c r="S15" s="4">
         <v>59129596776</v>
       </c>
       <c r="T15" s="4">
         <v>48699</v>
       </c>
       <c r="U15" s="4">
         <v>66408987400</v>
       </c>
       <c r="V15" s="27"/>
       <c r="W15" s="27"/>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.3">
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
       <c r="R16" s="26"/>
       <c r="S16" s="42"/>
       <c r="T16" s="26"/>
       <c r="U16" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a429eef-2111-4805-bf59-0cb632245aff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8">
+      <UserInfo>
+        <DisplayName>Nekomba, Jacky</DisplayName>
+        <AccountId>114</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nangolo, Miryam</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shilongo, Henock</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nuab, Ernst</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C18889EDA50FE54AB4972CE3A9ED695A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e003522f8e2c73adafff5fee0c2c5658">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2a429eef-2111-4805-bf59-0cb632245aff" xmlns:ns3="0c002113-d65b-49f3-ad78-1ba78be737b8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d493cb31275d093c444f788c52622129" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <xsd:import namespace="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9509,121 +9588,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4036620F-DD3E-4FF3-8BE4-5D824BD368F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
+    <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C148BA5A-B5C2-4F0D-BA95-89BC26875627}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E861692B-CB38-4769-9A9C-1E48BF4C5AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>