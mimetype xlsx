--- v1 (2025-10-29)
+++ v2 (2025-12-11)
@@ -7,60 +7,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\verry\OneDrive - Bank of Namibia\Documents\NPS\WebStats\September\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/October/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CFF8C59E-D58B-4ADA-BF4A-F006A83A2A7F}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" activeTab="4" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer and Legend" sheetId="11" r:id="rId1"/>
     <sheet name="InterBank" sheetId="9" r:id="rId2"/>
     <sheet name="IntraBank" sheetId="12" r:id="rId3"/>
     <sheet name="Domestic Settlement System" sheetId="8" r:id="rId4"/>
     <sheet name="Regional Settlement System" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Disclaimer and Legend'!$B$10</definedName>
     <definedName name="_ftn2" localSheetId="0">'Disclaimer and Legend'!$B$11</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -680,84 +680,84 @@
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="30">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma [0] 2" xfId="20" xr:uid="{63C593BC-B2B6-45E2-8A81-4097BE6B50DC}"/>
     <cellStyle name="Comma 10" xfId="27" xr:uid="{18E7BEC5-767E-412F-A4A5-44356033625B}"/>
     <cellStyle name="Comma 11" xfId="28" xr:uid="{C4D3776B-1D44-43C1-AD59-A88538A8E13B}"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{D20739AD-8107-4388-B737-7D5061706021}"/>
     <cellStyle name="Comma 2 2" xfId="4" xr:uid="{72BAA446-DF25-4D7B-B134-C4D702DFDAEF}"/>
     <cellStyle name="Comma 2 3" xfId="16" xr:uid="{287B2B2E-AF8E-45A4-9607-84FCF2BACA55}"/>
     <cellStyle name="Comma 3" xfId="6" xr:uid="{31476EC8-7372-4273-A654-D986298528DB}"/>
     <cellStyle name="Comma 3 2" xfId="19" xr:uid="{CD7ED170-18D4-493D-BC8A-E96164FD1971}"/>
     <cellStyle name="Comma 3 3" xfId="18" xr:uid="{4D1771AB-1733-4E99-BF73-6981C2EBFF55}"/>
     <cellStyle name="Comma 4" xfId="8" xr:uid="{0BDB2997-080D-4175-A726-D3A7989AE495}"/>
     <cellStyle name="Comma 4 2" xfId="21" xr:uid="{2BFF13E2-51AF-4742-A88B-43EDEC4A24EC}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{A568FFF8-8D8D-4CB0-BEB6-059E43FDE1BF}"/>
     <cellStyle name="Comma 5 2" xfId="11" xr:uid="{0ADBF37A-9C90-42BF-8660-77F4D6864855}"/>
     <cellStyle name="Comma 5 3" xfId="10" xr:uid="{5B759B93-4ADB-4C70-9F5E-DCB4986683DD}"/>
     <cellStyle name="Comma 5 4" xfId="23" xr:uid="{F54429FD-87C9-4A46-A615-C35B5F0B8CA6}"/>
     <cellStyle name="Comma 6" xfId="24" xr:uid="{08B1DEA9-D303-4075-B1A8-382E2EC18B44}"/>
     <cellStyle name="Comma 7" xfId="15" xr:uid="{BAC0AB0A-EFA8-44B7-A824-8FDA4C7FDA8E}"/>
     <cellStyle name="Comma 8" xfId="25" xr:uid="{CC77022A-6BBE-496F-B143-C1A21DA82CF7}"/>
     <cellStyle name="Comma 9" xfId="26" xr:uid="{FF6F72B9-F7AA-470C-B3E0-E91EBAAE0815}"/>
     <cellStyle name="Hyperlink" xfId="12" builtinId="8"/>
@@ -1085,51 +1085,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{890005C8-3A8C-4F02-9FBD-FB8F1D4577B9}">
   <dimension ref="B2:J21"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="19.44140625" customWidth="1"/>
     <col min="3" max="3" width="63.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B2" s="50" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="15"/>
     </row>
     <row r="3" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="49"/>
@@ -1277,51 +1277,51 @@
         <v>12</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
     </row>
     <row r="15" spans="2:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
     </row>
-    <row r="16" spans="2:10" ht="75" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:10" ht="90" x14ac:dyDescent="0.3">
       <c r="B16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
     </row>
     <row r="17" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
     </row>
@@ -1377,153 +1377,153 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B20:J21"/>
     <mergeCell ref="B3:C7"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" location="_ftn2" display="_ftn2" xr:uid="{0103989F-6317-4DFA-9593-001C687A5223}"/>
     <hyperlink ref="B19" location="_ftnref1" display="_ftnref1" xr:uid="{C9B8EEA4-09BF-4219-ACBF-F76884DFC9DF}"/>
     <hyperlink ref="B20" location="_ftnref2" display="_ftnref2" xr:uid="{7C6E50CC-72E3-43CD-BE32-C2E68005F1A6}"/>
     <hyperlink ref="B14" location="_ftn1" display="_ftn1" xr:uid="{E0ABD4F0-CC95-41E9-84C1-C2A3B5487218}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E188560-D287-442C-9C71-08373E0511F2}">
   <dimension ref="A1:W64"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="L73" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W61" sqref="W61"/>
+    <sheetView showGridLines="0" topLeftCell="A23" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W62" sqref="W62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="19.5546875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="12" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="18.88671875" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="11.5546875" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.5546875" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.5546875" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="58">
+      <c r="S2" s="61"/>
+      <c r="T2" s="51">
         <v>2024</v>
       </c>
-      <c r="U2" s="59"/>
-      <c r="V2" s="58">
+      <c r="U2" s="52"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -2253,52 +2253,56 @@
       </c>
       <c r="N13" s="9">
         <v>614194</v>
       </c>
       <c r="O13" s="9">
         <v>1129616470.1899998</v>
       </c>
       <c r="P13" s="9">
         <v>857006</v>
       </c>
       <c r="Q13" s="9">
         <v>1829832660</v>
       </c>
       <c r="R13" s="9">
         <v>899535</v>
       </c>
       <c r="S13" s="9">
         <v>2025689875</v>
       </c>
       <c r="T13" s="9">
         <v>952101</v>
       </c>
       <c r="U13" s="9">
         <v>2151323123</v>
       </c>
-      <c r="V13" s="27"/>
-      <c r="W13" s="27"/>
+      <c r="V13" s="27">
+        <v>980821</v>
+      </c>
+      <c r="W13" s="27">
+        <v>2345798866</v>
+      </c>
     </row>
     <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="10">
         <v>547092</v>
       </c>
       <c r="C14" s="10">
         <v>832536330.31999993</v>
       </c>
       <c r="D14" s="10">
         <v>545411</v>
       </c>
       <c r="E14" s="12">
         <v>902282610.90999985</v>
       </c>
       <c r="F14" s="10">
         <v>577054</v>
       </c>
       <c r="G14" s="11">
         <v>1043424514.9000001</v>
       </c>
       <c r="H14" s="10">
         <v>601443</v>
@@ -2417,121 +2421,121 @@
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
     </row>
     <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6"/>
-      <c r="B17" s="61" t="s">
+      <c r="B17" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="62"/>
-[...19 lines deleted...]
-      <c r="W17" s="62"/>
+      <c r="C17" s="54"/>
+      <c r="D17" s="54"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="54"/>
+      <c r="H17" s="54"/>
+      <c r="I17" s="54"/>
+      <c r="J17" s="54"/>
+      <c r="K17" s="54"/>
+      <c r="L17" s="54"/>
+      <c r="M17" s="54"/>
+      <c r="N17" s="54"/>
+      <c r="O17" s="54"/>
+      <c r="P17" s="54"/>
+      <c r="Q17" s="54"/>
+      <c r="R17" s="54"/>
+      <c r="S17" s="54"/>
+      <c r="T17" s="54"/>
+      <c r="U17" s="54"/>
+      <c r="V17" s="54"/>
+      <c r="W17" s="54"/>
     </row>
     <row r="18" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
-      <c r="B18" s="57">
+      <c r="B18" s="61">
         <v>2015</v>
       </c>
-      <c r="C18" s="57"/>
-      <c r="D18" s="58">
+      <c r="C18" s="61"/>
+      <c r="D18" s="51">
         <v>2016</v>
       </c>
-      <c r="E18" s="59"/>
-      <c r="F18" s="57">
+      <c r="E18" s="52"/>
+      <c r="F18" s="61">
         <v>2017</v>
       </c>
-      <c r="G18" s="57"/>
-      <c r="H18" s="58">
+      <c r="G18" s="61"/>
+      <c r="H18" s="51">
         <v>2018</v>
       </c>
-      <c r="I18" s="59"/>
-      <c r="J18" s="57">
+      <c r="I18" s="52"/>
+      <c r="J18" s="61">
         <v>2019</v>
       </c>
-      <c r="K18" s="57"/>
-      <c r="L18" s="57">
+      <c r="K18" s="61"/>
+      <c r="L18" s="61">
         <v>2020</v>
       </c>
-      <c r="M18" s="57"/>
-      <c r="N18" s="57">
+      <c r="M18" s="61"/>
+      <c r="N18" s="61">
         <v>2021</v>
       </c>
-      <c r="O18" s="57"/>
-      <c r="P18" s="57">
+      <c r="O18" s="61"/>
+      <c r="P18" s="61">
         <v>2022</v>
       </c>
-      <c r="Q18" s="57"/>
-      <c r="R18" s="57">
+      <c r="Q18" s="61"/>
+      <c r="R18" s="61">
         <v>2023</v>
       </c>
-      <c r="S18" s="57"/>
-      <c r="T18" s="58">
+      <c r="S18" s="61"/>
+      <c r="T18" s="51">
         <v>2024</v>
       </c>
-      <c r="U18" s="59"/>
-      <c r="V18" s="58">
+      <c r="U18" s="52"/>
+      <c r="V18" s="51">
         <v>2025</v>
       </c>
-      <c r="W18" s="59"/>
+      <c r="W18" s="52"/>
     </row>
     <row r="19" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A19" s="3"/>
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -3261,52 +3265,56 @@
       </c>
       <c r="N29" s="8">
         <v>1281757</v>
       </c>
       <c r="O29" s="8">
         <v>25831204127.439999</v>
       </c>
       <c r="P29" s="8">
         <v>1439292</v>
       </c>
       <c r="Q29" s="8">
         <v>28016175454</v>
       </c>
       <c r="R29" s="8">
         <v>1393241</v>
       </c>
       <c r="S29" s="8">
         <v>32810980489</v>
       </c>
       <c r="T29" s="8">
         <v>1752191</v>
       </c>
       <c r="U29" s="8">
         <v>39176802793</v>
       </c>
-      <c r="V29" s="27"/>
-      <c r="W29" s="27"/>
+      <c r="V29" s="27">
+        <v>1804048</v>
+      </c>
+      <c r="W29" s="27">
+        <v>41313870555</v>
+      </c>
     </row>
     <row r="30" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="10">
         <v>861828</v>
       </c>
       <c r="C30" s="10">
         <v>19414419159.559998</v>
       </c>
       <c r="D30" s="10">
         <v>982745</v>
       </c>
       <c r="E30" s="11">
         <v>22172881842.470001</v>
       </c>
       <c r="F30" s="10">
         <v>1035933</v>
       </c>
       <c r="G30" s="11">
         <v>23445901660.119999</v>
       </c>
       <c r="H30" s="10">
         <v>1090755</v>
@@ -3425,113 +3433,113 @@
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
     </row>
     <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
-      <c r="B33" s="60" t="s">
+      <c r="B33" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="C33" s="60"/>
-[...15 lines deleted...]
-      <c r="S33" s="60"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="62"/>
+      <c r="I33" s="62"/>
+      <c r="J33" s="62"/>
+      <c r="K33" s="62"/>
+      <c r="L33" s="62"/>
+      <c r="M33" s="62"/>
+      <c r="N33" s="62"/>
+      <c r="O33" s="62"/>
+      <c r="P33" s="62"/>
+      <c r="Q33" s="62"/>
+      <c r="R33" s="62"/>
+      <c r="S33" s="62"/>
     </row>
     <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3"/>
-      <c r="B34" s="57">
+      <c r="B34" s="61">
         <v>2015</v>
       </c>
-      <c r="C34" s="57"/>
-      <c r="D34" s="58">
+      <c r="C34" s="61"/>
+      <c r="D34" s="51">
         <v>2016</v>
       </c>
-      <c r="E34" s="59"/>
-      <c r="F34" s="57">
+      <c r="E34" s="52"/>
+      <c r="F34" s="61">
         <v>2017</v>
       </c>
-      <c r="G34" s="57"/>
-      <c r="H34" s="58">
+      <c r="G34" s="61"/>
+      <c r="H34" s="51">
         <v>2018</v>
       </c>
-      <c r="I34" s="59"/>
-      <c r="J34" s="57">
+      <c r="I34" s="52"/>
+      <c r="J34" s="61">
         <v>2019</v>
       </c>
-      <c r="K34" s="57"/>
-      <c r="L34" s="57">
+      <c r="K34" s="61"/>
+      <c r="L34" s="61">
         <v>2020</v>
       </c>
-      <c r="M34" s="57"/>
-      <c r="N34" s="57">
+      <c r="M34" s="61"/>
+      <c r="N34" s="61">
         <v>2021</v>
       </c>
-      <c r="O34" s="57"/>
-      <c r="P34" s="57">
+      <c r="O34" s="61"/>
+      <c r="P34" s="61">
         <v>2022</v>
       </c>
-      <c r="Q34" s="57"/>
-      <c r="R34" s="57">
+      <c r="Q34" s="61"/>
+      <c r="R34" s="61">
         <v>2023</v>
       </c>
-      <c r="S34" s="57"/>
-      <c r="T34" s="58">
+      <c r="S34" s="61"/>
+      <c r="T34" s="51">
         <v>2024</v>
       </c>
-      <c r="U34" s="59"/>
+      <c r="U34" s="52"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
     </row>
     <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
@@ -3590,647 +3598,647 @@
       </c>
       <c r="D36" s="10">
         <v>86764</v>
       </c>
       <c r="E36" s="11">
         <v>926117031.56999993</v>
       </c>
       <c r="F36" s="10">
         <v>52407</v>
       </c>
       <c r="G36" s="11">
         <v>458982400.11000001</v>
       </c>
       <c r="H36" s="10">
         <v>23569</v>
       </c>
       <c r="I36" s="11">
         <v>229964233.59</v>
       </c>
       <c r="J36" s="4">
         <v>11274</v>
       </c>
       <c r="K36" s="5">
         <v>114709632.44</v>
       </c>
-      <c r="L36" s="51" t="s">
+      <c r="L36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="M36" s="52"/>
-      <c r="N36" s="51" t="s">
+      <c r="M36" s="56"/>
+      <c r="N36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="O36" s="52"/>
-      <c r="P36" s="51" t="s">
+      <c r="O36" s="56"/>
+      <c r="P36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="Q36" s="52"/>
-      <c r="R36" s="51" t="s">
+      <c r="Q36" s="56"/>
+      <c r="R36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="S36" s="52"/>
-      <c r="T36" s="51" t="s">
+      <c r="S36" s="56"/>
+      <c r="T36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="U36" s="52"/>
+      <c r="U36" s="56"/>
       <c r="V36" s="47"/>
       <c r="W36" s="47"/>
     </row>
     <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="10">
         <v>136840</v>
       </c>
       <c r="C37" s="10">
         <v>2178931261.9499998</v>
       </c>
       <c r="D37" s="10">
         <v>98303</v>
       </c>
       <c r="E37" s="11">
         <v>889975913.63999999</v>
       </c>
       <c r="F37" s="10">
         <v>61955</v>
       </c>
       <c r="G37" s="11">
         <v>553559025.76999998</v>
       </c>
       <c r="H37" s="10">
         <v>25167</v>
       </c>
       <c r="I37" s="11">
         <v>247061407.62</v>
       </c>
       <c r="J37" s="4">
         <v>2827</v>
       </c>
       <c r="K37" s="5">
         <v>33600934.990000002</v>
       </c>
-      <c r="L37" s="53"/>
-[...8 lines deleted...]
-      <c r="U37" s="54"/>
+      <c r="L37" s="57"/>
+      <c r="M37" s="58"/>
+      <c r="N37" s="57"/>
+      <c r="O37" s="58"/>
+      <c r="P37" s="57"/>
+      <c r="Q37" s="58"/>
+      <c r="R37" s="57"/>
+      <c r="S37" s="58"/>
+      <c r="T37" s="57"/>
+      <c r="U37" s="58"/>
       <c r="V37" s="47"/>
       <c r="W37" s="47"/>
     </row>
     <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="10">
         <v>150501</v>
       </c>
       <c r="C38" s="10">
         <v>2528697575.3299999</v>
       </c>
       <c r="D38" s="10">
         <v>98455</v>
       </c>
       <c r="E38" s="11">
         <v>918580493.61000001</v>
       </c>
       <c r="F38" s="10">
         <v>69174</v>
       </c>
       <c r="G38" s="11">
         <v>657716949.97000003</v>
       </c>
       <c r="H38" s="10">
         <v>25421</v>
       </c>
       <c r="I38" s="11">
         <v>261241505.27999997</v>
       </c>
       <c r="J38" s="4">
         <v>606</v>
       </c>
       <c r="K38" s="5">
         <v>9793615.370000001</v>
       </c>
-      <c r="L38" s="53"/>
-[...8 lines deleted...]
-      <c r="U38" s="54"/>
+      <c r="L38" s="57"/>
+      <c r="M38" s="58"/>
+      <c r="N38" s="57"/>
+      <c r="O38" s="58"/>
+      <c r="P38" s="57"/>
+      <c r="Q38" s="58"/>
+      <c r="R38" s="57"/>
+      <c r="S38" s="58"/>
+      <c r="T38" s="57"/>
+      <c r="U38" s="58"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
     </row>
     <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="10">
         <v>139016</v>
       </c>
       <c r="C39" s="10">
         <v>2336504090.7999997</v>
       </c>
       <c r="D39" s="10">
         <v>102642</v>
       </c>
       <c r="E39" s="11">
         <v>950324622.06000006</v>
       </c>
       <c r="F39" s="10">
         <v>58952</v>
       </c>
       <c r="G39" s="11">
         <v>552499661.16999996</v>
       </c>
       <c r="H39" s="10">
         <v>22475</v>
       </c>
       <c r="I39" s="11">
         <v>222872297.43000001</v>
       </c>
       <c r="J39" s="4">
         <v>297</v>
       </c>
       <c r="K39" s="5">
         <v>4182617.7699999996</v>
       </c>
-      <c r="L39" s="53"/>
-[...8 lines deleted...]
-      <c r="U39" s="54"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="58"/>
+      <c r="N39" s="57"/>
+      <c r="O39" s="58"/>
+      <c r="P39" s="57"/>
+      <c r="Q39" s="58"/>
+      <c r="R39" s="57"/>
+      <c r="S39" s="58"/>
+      <c r="T39" s="57"/>
+      <c r="U39" s="58"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
     </row>
     <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="10">
         <v>119181</v>
       </c>
       <c r="C40" s="10">
         <v>1892656659.1699996</v>
       </c>
       <c r="D40" s="10">
         <v>82163</v>
       </c>
       <c r="E40" s="11">
         <v>763484164.45000005</v>
       </c>
       <c r="F40" s="10">
         <v>59829</v>
       </c>
       <c r="G40" s="11">
         <v>567160412.49999988</v>
       </c>
       <c r="H40" s="10">
         <v>27344</v>
       </c>
       <c r="I40" s="11">
         <v>290023425.46000004</v>
       </c>
       <c r="J40" s="4">
         <v>1711</v>
       </c>
       <c r="K40" s="5">
         <v>27696812.52</v>
       </c>
-      <c r="L40" s="53"/>
-[...8 lines deleted...]
-      <c r="U40" s="54"/>
+      <c r="L40" s="57"/>
+      <c r="M40" s="58"/>
+      <c r="N40" s="57"/>
+      <c r="O40" s="58"/>
+      <c r="P40" s="57"/>
+      <c r="Q40" s="58"/>
+      <c r="R40" s="57"/>
+      <c r="S40" s="58"/>
+      <c r="T40" s="57"/>
+      <c r="U40" s="58"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
     </row>
     <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="10">
         <v>135083</v>
       </c>
       <c r="C41" s="10">
         <v>2068552388.8099999</v>
       </c>
       <c r="D41" s="10">
         <v>95330</v>
       </c>
       <c r="E41" s="11">
         <v>865314844.65999985</v>
       </c>
       <c r="F41" s="10">
         <v>63765</v>
       </c>
       <c r="G41" s="11">
         <v>593111825.26999998</v>
       </c>
       <c r="H41" s="10">
         <v>28440</v>
       </c>
       <c r="I41" s="11">
         <v>300136233.65000004</v>
       </c>
       <c r="J41" s="4">
         <v>1424</v>
       </c>
       <c r="K41" s="5">
         <v>21743314.330000002</v>
       </c>
-      <c r="L41" s="53"/>
-[...8 lines deleted...]
-      <c r="U41" s="54"/>
+      <c r="L41" s="57"/>
+      <c r="M41" s="58"/>
+      <c r="N41" s="57"/>
+      <c r="O41" s="58"/>
+      <c r="P41" s="57"/>
+      <c r="Q41" s="58"/>
+      <c r="R41" s="57"/>
+      <c r="S41" s="58"/>
+      <c r="T41" s="57"/>
+      <c r="U41" s="58"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
     </row>
     <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="10">
         <v>146521</v>
       </c>
       <c r="C42" s="10">
         <v>2288392391.9400001</v>
       </c>
       <c r="D42" s="10">
         <v>88133</v>
       </c>
       <c r="E42" s="11">
         <v>801192829.73000002</v>
       </c>
       <c r="F42" s="10">
         <v>56799</v>
       </c>
       <c r="G42" s="11">
         <v>525214705.36999995</v>
       </c>
       <c r="H42" s="10">
         <v>26940</v>
       </c>
       <c r="I42" s="11">
         <v>286584798.42999995</v>
       </c>
-      <c r="J42" s="51" t="s">
+      <c r="J42" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="K42" s="52"/>
-[...9 lines deleted...]
-      <c r="U42" s="54"/>
+      <c r="K42" s="56"/>
+      <c r="L42" s="57"/>
+      <c r="M42" s="58"/>
+      <c r="N42" s="57"/>
+      <c r="O42" s="58"/>
+      <c r="P42" s="57"/>
+      <c r="Q42" s="58"/>
+      <c r="R42" s="57"/>
+      <c r="S42" s="58"/>
+      <c r="T42" s="57"/>
+      <c r="U42" s="58"/>
       <c r="V42" s="47"/>
       <c r="W42" s="47"/>
     </row>
     <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="10">
         <v>122595</v>
       </c>
       <c r="C43" s="10">
         <v>2081312236.5699997</v>
       </c>
       <c r="D43" s="10">
         <v>73811</v>
       </c>
       <c r="E43" s="11">
         <v>772398338.84000015</v>
       </c>
       <c r="F43" s="10">
         <v>56352</v>
       </c>
       <c r="G43" s="11">
         <v>552592778.21999991</v>
       </c>
       <c r="H43" s="10">
         <v>24942</v>
       </c>
       <c r="I43" s="11">
         <v>265766606.62</v>
       </c>
-      <c r="J43" s="53"/>
-[...10 lines deleted...]
-      <c r="U43" s="54"/>
+      <c r="J43" s="57"/>
+      <c r="K43" s="58"/>
+      <c r="L43" s="57"/>
+      <c r="M43" s="58"/>
+      <c r="N43" s="57"/>
+      <c r="O43" s="58"/>
+      <c r="P43" s="57"/>
+      <c r="Q43" s="58"/>
+      <c r="R43" s="57"/>
+      <c r="S43" s="58"/>
+      <c r="T43" s="57"/>
+      <c r="U43" s="58"/>
       <c r="V43" s="47"/>
       <c r="W43" s="47"/>
     </row>
     <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="10">
         <v>138225</v>
       </c>
       <c r="C44" s="10">
         <v>2607042901.1000004</v>
       </c>
       <c r="D44" s="14">
         <v>95028</v>
       </c>
       <c r="E44" s="11">
         <v>1116072753.04</v>
       </c>
       <c r="F44" s="10">
         <v>50206</v>
       </c>
       <c r="G44" s="11">
         <v>468340268.27999997</v>
       </c>
       <c r="H44" s="10">
         <v>23754</v>
       </c>
       <c r="I44" s="13">
         <v>250703178.03999999</v>
       </c>
-      <c r="J44" s="53"/>
-[...10 lines deleted...]
-      <c r="U44" s="54"/>
+      <c r="J44" s="57"/>
+      <c r="K44" s="58"/>
+      <c r="L44" s="57"/>
+      <c r="M44" s="58"/>
+      <c r="N44" s="57"/>
+      <c r="O44" s="58"/>
+      <c r="P44" s="57"/>
+      <c r="Q44" s="58"/>
+      <c r="R44" s="57"/>
+      <c r="S44" s="58"/>
+      <c r="T44" s="57"/>
+      <c r="U44" s="58"/>
       <c r="V44" s="47"/>
       <c r="W44" s="47"/>
     </row>
     <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="10">
         <v>152927</v>
       </c>
       <c r="C45" s="10">
         <v>2630992445.6100001</v>
       </c>
       <c r="D45" s="10">
         <v>79507</v>
       </c>
       <c r="E45" s="11">
         <v>709020524.84000003</v>
       </c>
       <c r="F45" s="10">
         <v>49179</v>
       </c>
       <c r="G45" s="11">
         <v>465261414.06</v>
       </c>
       <c r="H45" s="10">
         <v>25315</v>
       </c>
       <c r="I45" s="13">
         <v>257966918.89000005</v>
       </c>
-      <c r="J45" s="53"/>
-[...10 lines deleted...]
-      <c r="U45" s="54"/>
+      <c r="J45" s="57"/>
+      <c r="K45" s="58"/>
+      <c r="L45" s="57"/>
+      <c r="M45" s="58"/>
+      <c r="N45" s="57"/>
+      <c r="O45" s="58"/>
+      <c r="P45" s="57"/>
+      <c r="Q45" s="58"/>
+      <c r="R45" s="57"/>
+      <c r="S45" s="58"/>
+      <c r="T45" s="57"/>
+      <c r="U45" s="58"/>
       <c r="V45" s="47"/>
       <c r="W45" s="47"/>
     </row>
     <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="10">
         <v>114345</v>
       </c>
       <c r="C46" s="10">
         <v>1795663088.99</v>
       </c>
       <c r="D46" s="10">
         <v>84289</v>
       </c>
       <c r="E46" s="11">
         <v>764160252.39999998</v>
       </c>
       <c r="F46" s="10">
         <v>46343</v>
       </c>
       <c r="G46" s="11">
         <v>458426950.08000004</v>
       </c>
       <c r="H46" s="10">
         <v>22491</v>
       </c>
       <c r="I46" s="13">
         <v>245068871.33999997</v>
       </c>
-      <c r="J46" s="53"/>
-[...10 lines deleted...]
-      <c r="U46" s="54"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="58"/>
+      <c r="L46" s="57"/>
+      <c r="M46" s="58"/>
+      <c r="N46" s="57"/>
+      <c r="O46" s="58"/>
+      <c r="P46" s="57"/>
+      <c r="Q46" s="58"/>
+      <c r="R46" s="57"/>
+      <c r="S46" s="58"/>
+      <c r="T46" s="57"/>
+      <c r="U46" s="58"/>
       <c r="V46" s="47"/>
       <c r="W46" s="47"/>
     </row>
     <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="10">
         <v>121075</v>
       </c>
       <c r="C47" s="10">
         <v>1923164913.8000004</v>
       </c>
       <c r="D47" s="10">
         <v>71580</v>
       </c>
       <c r="E47" s="11">
         <v>665875586.13999999</v>
       </c>
       <c r="F47" s="10">
         <v>37281</v>
       </c>
       <c r="G47" s="11">
         <v>403968134.64999998</v>
       </c>
       <c r="H47" s="10">
         <v>16477</v>
       </c>
       <c r="I47" s="13">
         <v>200451740.89000002</v>
       </c>
-      <c r="J47" s="55"/>
-[...10 lines deleted...]
-      <c r="U47" s="56"/>
+      <c r="J47" s="59"/>
+      <c r="K47" s="60"/>
+      <c r="L47" s="59"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="59"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="59"/>
+      <c r="Q47" s="60"/>
+      <c r="R47" s="59"/>
+      <c r="S47" s="60"/>
+      <c r="T47" s="59"/>
+      <c r="U47" s="60"/>
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
     </row>
     <row r="48" spans="1:23" x14ac:dyDescent="0.3">
       <c r="T48" s="44"/>
       <c r="U48" s="44"/>
       <c r="V48" s="44"/>
       <c r="W48" s="44"/>
     </row>
     <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6"/>
-      <c r="B49" s="61" t="s">
+      <c r="B49" s="53" t="s">
         <v>38</v>
       </c>
-      <c r="C49" s="62"/>
-[...19 lines deleted...]
-      <c r="W49" s="62"/>
+      <c r="C49" s="54"/>
+      <c r="D49" s="54"/>
+      <c r="E49" s="54"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="54"/>
+      <c r="J49" s="54"/>
+      <c r="K49" s="54"/>
+      <c r="L49" s="54"/>
+      <c r="M49" s="54"/>
+      <c r="N49" s="54"/>
+      <c r="O49" s="54"/>
+      <c r="P49" s="54"/>
+      <c r="Q49" s="54"/>
+      <c r="R49" s="54"/>
+      <c r="S49" s="54"/>
+      <c r="T49" s="54"/>
+      <c r="U49" s="54"/>
+      <c r="V49" s="54"/>
+      <c r="W49" s="54"/>
     </row>
     <row r="50" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A50" s="6"/>
-      <c r="B50" s="58">
+      <c r="B50" s="51">
         <v>2015</v>
       </c>
-      <c r="C50" s="59"/>
-      <c r="D50" s="58">
+      <c r="C50" s="52"/>
+      <c r="D50" s="51">
         <v>2016</v>
       </c>
-      <c r="E50" s="59"/>
-      <c r="F50" s="58">
+      <c r="E50" s="52"/>
+      <c r="F50" s="51">
         <v>2017</v>
       </c>
-      <c r="G50" s="59"/>
-      <c r="H50" s="58">
+      <c r="G50" s="52"/>
+      <c r="H50" s="51">
         <v>2018</v>
       </c>
-      <c r="I50" s="59"/>
-      <c r="J50" s="58">
+      <c r="I50" s="52"/>
+      <c r="J50" s="51">
         <v>2019</v>
       </c>
-      <c r="K50" s="59"/>
-      <c r="L50" s="58">
+      <c r="K50" s="52"/>
+      <c r="L50" s="51">
         <v>2020</v>
       </c>
-      <c r="M50" s="59"/>
-      <c r="N50" s="58">
+      <c r="M50" s="52"/>
+      <c r="N50" s="51">
         <v>2021</v>
       </c>
-      <c r="O50" s="59"/>
-      <c r="P50" s="58">
+      <c r="O50" s="52"/>
+      <c r="P50" s="51">
         <v>2022</v>
       </c>
-      <c r="Q50" s="59"/>
-      <c r="R50" s="58">
+      <c r="Q50" s="52"/>
+      <c r="R50" s="51">
         <v>2023</v>
       </c>
-      <c r="S50" s="59"/>
-      <c r="T50" s="58">
+      <c r="S50" s="52"/>
+      <c r="T50" s="51">
         <v>2024</v>
       </c>
-      <c r="U50" s="59"/>
-      <c r="V50" s="58">
+      <c r="U50" s="52"/>
+      <c r="V50" s="51">
         <v>2025</v>
       </c>
-      <c r="W50" s="59"/>
+      <c r="W50" s="52"/>
     </row>
     <row r="51" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
@@ -4960,52 +4968,56 @@
       </c>
       <c r="N61" s="9">
         <v>5633269</v>
       </c>
       <c r="O61" s="9">
         <v>2961023790.0199995</v>
       </c>
       <c r="P61" s="9">
         <v>6748239</v>
       </c>
       <c r="Q61" s="9">
         <v>3495485783</v>
       </c>
       <c r="R61" s="9">
         <v>7122706</v>
       </c>
       <c r="S61" s="9">
         <v>3618027796</v>
       </c>
       <c r="T61" s="9">
         <v>9221460</v>
       </c>
       <c r="U61" s="9">
         <v>4625057637</v>
       </c>
-      <c r="V61" s="27"/>
-      <c r="W61" s="27"/>
+      <c r="V61" s="27">
+        <v>8953915</v>
+      </c>
+      <c r="W61" s="27">
+        <v>4486551883</v>
+      </c>
     </row>
     <row r="62" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="10">
         <v>1469463</v>
       </c>
       <c r="C62" s="10">
         <v>813797770</v>
       </c>
       <c r="D62" s="10">
         <v>1856635</v>
       </c>
       <c r="E62" s="11">
         <v>989351407.26999998</v>
       </c>
       <c r="F62" s="10">
         <v>2259623</v>
       </c>
       <c r="G62" s="11">
         <v>1226002355.98</v>
       </c>
       <c r="H62" s="10">
         <v>3294193</v>
@@ -5111,181 +5123,181 @@
         <v>4564752606</v>
       </c>
       <c r="T63" s="9">
         <v>10252605</v>
       </c>
       <c r="U63" s="9">
         <v>5350554283</v>
       </c>
       <c r="V63" s="27"/>
       <c r="W63" s="27"/>
     </row>
     <row r="64" spans="1:23" x14ac:dyDescent="0.3">
       <c r="N64" s="40"/>
       <c r="O64" s="40"/>
       <c r="P64" s="40"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="40"/>
       <c r="S64" s="40"/>
       <c r="T64" s="40"/>
       <c r="U64" s="40"/>
       <c r="V64" s="40"/>
       <c r="W64" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="53">
+    <mergeCell ref="P36:Q47"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="N36:O47"/>
+    <mergeCell ref="L36:M47"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="J42:K47"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="P2:Q2"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="J2:K2"/>
+    <mergeCell ref="N2:O2"/>
+    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="B33:S33"/>
+    <mergeCell ref="R2:S2"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="R36:S47"/>
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="V18:W18"/>
     <mergeCell ref="V50:W50"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="B17:W17"/>
     <mergeCell ref="B49:W49"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="T18:U18"/>
     <mergeCell ref="T34:U34"/>
     <mergeCell ref="T36:U47"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="N18:O18"/>
     <mergeCell ref="H34:I34"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="H2:I2"/>
-    <mergeCell ref="F18:G18"/>
-[...35 lines deleted...]
-    <mergeCell ref="L34:M34"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082B7053-981B-4194-97CB-ED8E1CD6027F}">
   <dimension ref="A1:K64"/>
   <sheetViews>
-    <sheetView topLeftCell="A18" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K28" sqref="K28"/>
+    <sheetView topLeftCell="A37" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="K62" sqref="K62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.44140625" customWidth="1"/>
     <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.44140625" customWidth="1"/>
     <col min="9" max="9" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="62"/>
-[...7 lines deleted...]
-      <c r="K1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B2" s="58">
+      <c r="B2" s="51">
         <v>2021</v>
       </c>
-      <c r="C2" s="59"/>
-      <c r="D2" s="58">
+      <c r="C2" s="52"/>
+      <c r="D2" s="51">
         <v>2022</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="58">
+      <c r="E2" s="52"/>
+      <c r="F2" s="51">
         <v>2023</v>
       </c>
-      <c r="G2" s="59"/>
-      <c r="H2" s="58">
+      <c r="G2" s="52"/>
+      <c r="H2" s="51">
         <v>2024</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="58">
+      <c r="I2" s="52"/>
+      <c r="J2" s="51">
         <v>2025</v>
       </c>
-      <c r="K2" s="59"/>
+      <c r="K2" s="52"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
@@ -5618,52 +5630,56 @@
       </c>
       <c r="B13" s="9">
         <v>543415</v>
       </c>
       <c r="C13" s="9">
         <v>4277973974.3999753</v>
       </c>
       <c r="D13" s="9">
         <v>647733.91999999993</v>
       </c>
       <c r="E13" s="9">
         <v>4346451515.1448002</v>
       </c>
       <c r="F13" s="9">
         <v>653828</v>
       </c>
       <c r="G13" s="9">
         <v>3032508604</v>
       </c>
       <c r="H13" s="9">
         <v>703666</v>
       </c>
       <c r="I13" s="9">
         <v>3413768686</v>
       </c>
-      <c r="J13" s="39"/>
-      <c r="K13" s="39"/>
+      <c r="J13" s="39">
+        <v>796616</v>
+      </c>
+      <c r="K13" s="39">
+        <v>3824266173</v>
+      </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="9">
         <v>697239</v>
       </c>
       <c r="C14" s="9">
         <v>4620367387.7399788</v>
       </c>
       <c r="D14" s="9">
         <v>636474.6</v>
       </c>
       <c r="E14" s="9">
         <v>4311945262.1519995</v>
       </c>
       <c r="F14" s="9">
         <v>605379</v>
       </c>
       <c r="G14" s="9">
         <v>2924349260</v>
       </c>
       <c r="H14" s="9">
         <v>731290</v>
@@ -5695,84 +5711,84 @@
       </c>
       <c r="G15" s="9">
         <v>3024985051</v>
       </c>
       <c r="H15" s="9">
         <v>927536</v>
       </c>
       <c r="I15" s="9">
         <v>3969383564</v>
       </c>
       <c r="J15" s="39"/>
       <c r="K15" s="39"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
     </row>
     <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="61" t="s">
+      <c r="B17" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="62"/>
-[...7 lines deleted...]
-      <c r="K17" s="62"/>
+      <c r="C17" s="54"/>
+      <c r="D17" s="54"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="54"/>
+      <c r="H17" s="54"/>
+      <c r="I17" s="54"/>
+      <c r="J17" s="54"/>
+      <c r="K17" s="54"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B18" s="57">
+      <c r="B18" s="61">
         <v>2021</v>
       </c>
-      <c r="C18" s="57"/>
-      <c r="D18" s="57">
+      <c r="C18" s="61"/>
+      <c r="D18" s="61">
         <v>2022</v>
       </c>
-      <c r="E18" s="57"/>
-      <c r="F18" s="57">
+      <c r="E18" s="61"/>
+      <c r="F18" s="61">
         <v>2023</v>
       </c>
-      <c r="G18" s="57"/>
-      <c r="H18" s="57">
+      <c r="G18" s="61"/>
+      <c r="H18" s="61">
         <v>2024</v>
       </c>
-      <c r="I18" s="57"/>
-      <c r="J18" s="58">
+      <c r="I18" s="61"/>
+      <c r="J18" s="51">
         <v>2025</v>
       </c>
-      <c r="K18" s="59"/>
+      <c r="K18" s="52"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
@@ -6105,52 +6121,56 @@
       </c>
       <c r="B29" s="8">
         <v>2811534</v>
       </c>
       <c r="C29" s="8">
         <v>33324819673.84</v>
       </c>
       <c r="D29" s="8">
         <v>3267814</v>
       </c>
       <c r="E29" s="8">
         <v>58980163737</v>
       </c>
       <c r="F29" s="8">
         <v>4036463</v>
       </c>
       <c r="G29" s="8">
         <v>66121091447</v>
       </c>
       <c r="H29" s="8">
         <v>5403143</v>
       </c>
       <c r="I29" s="8">
         <v>70608202091</v>
       </c>
-      <c r="J29" s="39"/>
-      <c r="K29" s="39"/>
+      <c r="J29" s="39">
+        <v>5912319</v>
+      </c>
+      <c r="K29" s="39">
+        <v>95194183432</v>
+      </c>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="8">
         <v>3008779</v>
       </c>
       <c r="C30" s="8">
         <v>46362977777.610001</v>
       </c>
       <c r="D30" s="8">
         <v>3336394</v>
       </c>
       <c r="E30" s="8">
         <v>70455525379</v>
       </c>
       <c r="F30" s="8">
         <v>3924038</v>
       </c>
       <c r="G30" s="8">
         <v>64471743884</v>
       </c>
       <c r="H30" s="8">
         <v>5117010</v>
@@ -6175,84 +6195,84 @@
         <v>3233260</v>
       </c>
       <c r="E31" s="8">
         <v>67054362016</v>
       </c>
       <c r="F31" s="8">
         <v>4216756</v>
       </c>
       <c r="G31" s="8">
         <v>60369133976</v>
       </c>
       <c r="H31" s="8">
         <v>5214262</v>
       </c>
       <c r="I31" s="8">
         <v>69340141187</v>
       </c>
       <c r="J31" s="39"/>
       <c r="K31" s="39"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B33" s="61" t="s">
+      <c r="B33" s="53" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="62"/>
-[...7 lines deleted...]
-      <c r="K33" s="62"/>
+      <c r="C33" s="54"/>
+      <c r="D33" s="54"/>
+      <c r="E33" s="54"/>
+      <c r="F33" s="54"/>
+      <c r="G33" s="54"/>
+      <c r="H33" s="54"/>
+      <c r="I33" s="54"/>
+      <c r="J33" s="54"/>
+      <c r="K33" s="54"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B34" s="58">
+      <c r="B34" s="51">
         <v>2021</v>
       </c>
-      <c r="C34" s="59"/>
-      <c r="D34" s="58">
+      <c r="C34" s="52"/>
+      <c r="D34" s="51">
         <v>2022</v>
       </c>
-      <c r="E34" s="59"/>
-      <c r="F34" s="58">
+      <c r="E34" s="52"/>
+      <c r="F34" s="51">
         <v>2023</v>
       </c>
-      <c r="G34" s="59"/>
-      <c r="H34" s="58">
+      <c r="G34" s="52"/>
+      <c r="H34" s="51">
         <v>2024</v>
       </c>
-      <c r="I34" s="59"/>
-      <c r="J34" s="58">
+      <c r="I34" s="52"/>
+      <c r="J34" s="51">
         <v>2025</v>
       </c>
-      <c r="K34" s="59"/>
+      <c r="K34" s="52"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
@@ -6585,52 +6605,56 @@
       </c>
       <c r="B45" s="9">
         <v>9112697</v>
       </c>
       <c r="C45" s="30">
         <v>5394989818</v>
       </c>
       <c r="D45" s="32">
         <v>3335153</v>
       </c>
       <c r="E45" s="32">
         <v>5258186160</v>
       </c>
       <c r="F45" s="32">
         <v>7736843</v>
       </c>
       <c r="G45" s="32">
         <v>5323455703</v>
       </c>
       <c r="H45" s="9">
         <v>10560585</v>
       </c>
       <c r="I45" s="9">
         <v>7248126448</v>
       </c>
-      <c r="J45" s="39"/>
-      <c r="K45" s="39"/>
+      <c r="J45" s="39">
+        <v>12260005</v>
+      </c>
+      <c r="K45" s="39">
+        <v>8372097819</v>
+      </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="9">
         <v>9312838</v>
       </c>
       <c r="C46" s="30">
         <v>5244813303</v>
       </c>
       <c r="D46" s="33">
         <v>7646781</v>
       </c>
       <c r="E46" s="33">
         <v>5258186160</v>
       </c>
       <c r="F46" s="33">
         <v>6843144</v>
       </c>
       <c r="G46" s="33">
         <v>4317714476</v>
       </c>
       <c r="H46" s="9">
         <v>11342465</v>
@@ -6655,84 +6679,84 @@
         <v>4038761</v>
       </c>
       <c r="E47" s="33">
         <v>3160756751</v>
       </c>
       <c r="F47" s="33">
         <v>7478571</v>
       </c>
       <c r="G47" s="33">
         <v>5729743166</v>
       </c>
       <c r="H47" s="9">
         <v>11090856</v>
       </c>
       <c r="I47" s="9">
         <v>8019685688</v>
       </c>
       <c r="J47" s="39"/>
       <c r="K47" s="39"/>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H48" s="40"/>
       <c r="I48" s="40"/>
     </row>
     <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="61" t="s">
+      <c r="B49" s="53" t="s">
         <v>39</v>
       </c>
-      <c r="C49" s="62"/>
-[...7 lines deleted...]
-      <c r="K49" s="62"/>
+      <c r="C49" s="54"/>
+      <c r="D49" s="54"/>
+      <c r="E49" s="54"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="54"/>
+      <c r="J49" s="54"/>
+      <c r="K49" s="54"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B50" s="28">
         <v>2021</v>
       </c>
       <c r="C50" s="29"/>
       <c r="D50" s="28">
         <v>2022</v>
       </c>
       <c r="E50" s="29"/>
       <c r="F50" s="28">
         <v>2023</v>
       </c>
       <c r="G50" s="29"/>
-      <c r="H50" s="58">
+      <c r="H50" s="51">
         <v>2024</v>
       </c>
-      <c r="I50" s="59"/>
-      <c r="J50" s="58">
+      <c r="I50" s="52"/>
+      <c r="J50" s="51">
         <v>2025</v>
       </c>
-      <c r="K50" s="59"/>
+      <c r="K50" s="52"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
@@ -7065,52 +7089,56 @@
       </c>
       <c r="B61" s="9">
         <v>5232518</v>
       </c>
       <c r="C61" s="9">
         <v>2765125665.9599996</v>
       </c>
       <c r="D61" s="9">
         <v>6052931</v>
       </c>
       <c r="E61" s="9">
         <v>3164965311.3500004</v>
       </c>
       <c r="F61" s="9">
         <v>5533486</v>
       </c>
       <c r="G61" s="9">
         <v>2408619338</v>
       </c>
       <c r="H61" s="9">
         <v>8308839</v>
       </c>
       <c r="I61" s="9">
         <v>4134206820</v>
       </c>
-      <c r="J61" s="39"/>
-      <c r="K61" s="39"/>
+      <c r="J61" s="39">
+        <v>8704063</v>
+      </c>
+      <c r="K61" s="39">
+        <v>4385942400</v>
+      </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="9">
         <v>5266363</v>
       </c>
       <c r="C62" s="9">
         <v>2779118391.0200005</v>
       </c>
       <c r="D62" s="34">
         <v>5765198</v>
       </c>
       <c r="E62" s="35">
         <v>3062263897</v>
       </c>
       <c r="F62" s="34">
         <v>6115225</v>
       </c>
       <c r="G62" s="35">
         <v>2933078527</v>
       </c>
       <c r="H62" s="9">
         <v>8777692</v>
@@ -7142,184 +7170,184 @@
       </c>
       <c r="G63" s="9">
         <v>3716708155</v>
       </c>
       <c r="H63" s="9">
         <v>8234102</v>
       </c>
       <c r="I63" s="9">
         <v>4281294531</v>
       </c>
       <c r="J63" s="39"/>
       <c r="K63" s="39"/>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B64" s="40"/>
       <c r="C64" s="40"/>
       <c r="D64" s="40"/>
       <c r="E64" s="40"/>
       <c r="F64" s="40"/>
       <c r="G64" s="40"/>
       <c r="H64" s="41"/>
       <c r="I64" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="J50:K50"/>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="B33:K33"/>
     <mergeCell ref="B49:K49"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="H2:I2"/>
-    <mergeCell ref="H18:I18"/>
-[...3 lines deleted...]
-    <mergeCell ref="D34:E34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B4317E3-ACF1-41FE-978A-6E2C87B516A4}">
   <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W13" sqref="W13"/>
+      <selection activeCell="W14" sqref="W14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="21.109375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.33203125" customWidth="1"/>
     <col min="14" max="14" width="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="10.5546875" customWidth="1"/>
     <col min="17" max="17" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.5546875" customWidth="1"/>
     <col min="19" max="19" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5546875" customWidth="1"/>
     <col min="21" max="21" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>40</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="57">
+      <c r="S2" s="61"/>
+      <c r="T2" s="61">
         <v>2024</v>
       </c>
-      <c r="U2" s="57"/>
-      <c r="V2" s="58">
+      <c r="U2" s="61"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -8049,52 +8077,56 @@
       </c>
       <c r="N13" s="4">
         <v>8095</v>
       </c>
       <c r="O13" s="4">
         <v>87695633797.559998</v>
       </c>
       <c r="P13" s="4">
         <v>8051</v>
       </c>
       <c r="Q13" s="4">
         <v>93613140303</v>
       </c>
       <c r="R13" s="4">
         <v>8375</v>
       </c>
       <c r="S13" s="4">
         <v>109447776337</v>
       </c>
       <c r="T13" s="4">
         <v>10000</v>
       </c>
       <c r="U13" s="4">
         <v>113322823852</v>
       </c>
-      <c r="V13" s="4"/>
-      <c r="W13" s="4"/>
+      <c r="V13" s="4">
+        <v>10198</v>
+      </c>
+      <c r="W13" s="4">
+        <v>127524366211</v>
+      </c>
     </row>
     <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>5274</v>
       </c>
       <c r="C14" s="4">
         <v>61951030000</v>
       </c>
       <c r="D14" s="4">
         <v>5918</v>
       </c>
       <c r="E14" s="4">
         <v>61288526591.160004</v>
       </c>
       <c r="F14" s="4">
         <v>5134</v>
       </c>
       <c r="G14" s="4">
         <v>72808067905.630005</v>
       </c>
       <c r="H14" s="4">
         <v>5494</v>
@@ -8213,152 +8245,152 @@
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7D6ABDB-289F-43A0-921C-DA7E89BAEAF4}">
   <dimension ref="A1:W16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W13" sqref="W13"/>
+    <sheetView showGridLines="0" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W14" sqref="W14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="18.33203125" customWidth="1"/>
     <col min="17" max="17" width="19.5546875" customWidth="1"/>
     <col min="18" max="18" width="18.33203125" customWidth="1"/>
     <col min="19" max="19" width="19.5546875" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
     <col min="21" max="21" width="19.5546875" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="57">
+      <c r="S2" s="61"/>
+      <c r="T2" s="61">
         <v>2024</v>
       </c>
-      <c r="U2" s="57"/>
-      <c r="V2" s="58">
+      <c r="U2" s="61"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -9088,52 +9120,56 @@
       </c>
       <c r="N13" s="4">
         <v>2248</v>
       </c>
       <c r="O13" s="4">
         <v>30341814003.869999</v>
       </c>
       <c r="P13" s="4">
         <v>2557</v>
       </c>
       <c r="Q13" s="4">
         <v>42772844184</v>
       </c>
       <c r="R13" s="4">
         <v>3811</v>
       </c>
       <c r="S13" s="4">
         <v>53113560919</v>
       </c>
       <c r="T13" s="4">
         <v>65834</v>
       </c>
       <c r="U13" s="4">
         <v>65396096495</v>
       </c>
-      <c r="V13" s="27"/>
-      <c r="W13" s="27"/>
+      <c r="V13" s="27">
+        <v>55044</v>
+      </c>
+      <c r="W13" s="27">
+        <v>93772620636</v>
+      </c>
     </row>
     <row r="14" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>874</v>
       </c>
       <c r="C14" s="4">
         <v>33786502998.430004</v>
       </c>
       <c r="D14" s="4">
         <v>929</v>
       </c>
       <c r="E14" s="4">
         <v>35739707866.740005</v>
       </c>
       <c r="F14" s="4">
         <v>961</v>
       </c>
       <c r="G14" s="4">
         <v>40697800086.849998</v>
       </c>
       <c r="H14" s="4">
         <v>814</v>
@@ -9273,94 +9309,50 @@
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...42 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C18889EDA50FE54AB4972CE3A9ED695A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e003522f8e2c73adafff5fee0c2c5658">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2a429eef-2111-4805-bf59-0cb632245aff" xmlns:ns3="0c002113-d65b-49f3-ad78-1ba78be737b8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d493cb31275d093c444f788c52622129" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <xsd:import namespace="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9588,86 +9580,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a429eef-2111-4805-bf59-0cb632245aff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8">
+      <UserInfo>
+        <DisplayName>Nekomba, Jacky</DisplayName>
+        <AccountId>114</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nangolo, Miryam</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shilongo, Henock</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nuab, Ernst</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E861692B-CB38-4769-9A9C-1E48BF4C5AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C148BA5A-B5C2-4F0D-BA95-89BC26875627}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4036620F-DD3E-4FF3-8BE4-5D824BD368F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
+    <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>