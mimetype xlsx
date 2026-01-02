--- v2 (2025-12-11)
+++ v3 (2026-01-02)
@@ -7,60 +7,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/October/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/November/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CFF8C59E-D58B-4ADA-BF4A-F006A83A2A7F}"/>
+  <xr:revisionPtr revIDLastSave="36" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{15202768-7D4E-4113-858B-5081C5CC80B5}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" activeTab="4" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer and Legend" sheetId="11" r:id="rId1"/>
     <sheet name="InterBank" sheetId="9" r:id="rId2"/>
     <sheet name="IntraBank" sheetId="12" r:id="rId3"/>
     <sheet name="Domestic Settlement System" sheetId="8" r:id="rId4"/>
     <sheet name="Regional Settlement System" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Disclaimer and Legend'!$B$10</definedName>
     <definedName name="_ftn2" localSheetId="0">'Disclaimer and Legend'!$B$11</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -680,84 +680,84 @@
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="30">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma [0] 2" xfId="20" xr:uid="{63C593BC-B2B6-45E2-8A81-4097BE6B50DC}"/>
     <cellStyle name="Comma 10" xfId="27" xr:uid="{18E7BEC5-767E-412F-A4A5-44356033625B}"/>
     <cellStyle name="Comma 11" xfId="28" xr:uid="{C4D3776B-1D44-43C1-AD59-A88538A8E13B}"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{D20739AD-8107-4388-B737-7D5061706021}"/>
     <cellStyle name="Comma 2 2" xfId="4" xr:uid="{72BAA446-DF25-4D7B-B134-C4D702DFDAEF}"/>
     <cellStyle name="Comma 2 3" xfId="16" xr:uid="{287B2B2E-AF8E-45A4-9607-84FCF2BACA55}"/>
     <cellStyle name="Comma 3" xfId="6" xr:uid="{31476EC8-7372-4273-A654-D986298528DB}"/>
     <cellStyle name="Comma 3 2" xfId="19" xr:uid="{CD7ED170-18D4-493D-BC8A-E96164FD1971}"/>
     <cellStyle name="Comma 3 3" xfId="18" xr:uid="{4D1771AB-1733-4E99-BF73-6981C2EBFF55}"/>
     <cellStyle name="Comma 4" xfId="8" xr:uid="{0BDB2997-080D-4175-A726-D3A7989AE495}"/>
     <cellStyle name="Comma 4 2" xfId="21" xr:uid="{2BFF13E2-51AF-4742-A88B-43EDEC4A24EC}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{A568FFF8-8D8D-4CB0-BEB6-059E43FDE1BF}"/>
     <cellStyle name="Comma 5 2" xfId="11" xr:uid="{0ADBF37A-9C90-42BF-8660-77F4D6864855}"/>
     <cellStyle name="Comma 5 3" xfId="10" xr:uid="{5B759B93-4ADB-4C70-9F5E-DCB4986683DD}"/>
     <cellStyle name="Comma 5 4" xfId="23" xr:uid="{F54429FD-87C9-4A46-A615-C35B5F0B8CA6}"/>
     <cellStyle name="Comma 6" xfId="24" xr:uid="{08B1DEA9-D303-4075-B1A8-382E2EC18B44}"/>
     <cellStyle name="Comma 7" xfId="15" xr:uid="{BAC0AB0A-EFA8-44B7-A824-8FDA4C7FDA8E}"/>
     <cellStyle name="Comma 8" xfId="25" xr:uid="{CC77022A-6BBE-496F-B143-C1A21DA82CF7}"/>
     <cellStyle name="Comma 9" xfId="26" xr:uid="{FF6F72B9-F7AA-470C-B3E0-E91EBAAE0815}"/>
     <cellStyle name="Hyperlink" xfId="12" builtinId="8"/>
@@ -1085,51 +1085,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{890005C8-3A8C-4F02-9FBD-FB8F1D4577B9}">
   <dimension ref="B2:J21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="19.44140625" customWidth="1"/>
     <col min="3" max="3" width="63.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B2" s="50" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="15"/>
     </row>
     <row r="3" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="49"/>
@@ -1277,51 +1277,51 @@
         <v>12</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
     </row>
     <row r="15" spans="2:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
     </row>
-    <row r="16" spans="2:10" ht="90" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:10" ht="75" x14ac:dyDescent="0.3">
       <c r="B16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
     </row>
     <row r="17" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
     </row>
@@ -1377,153 +1377,153 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B20:J21"/>
     <mergeCell ref="B3:C7"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" location="_ftn2" display="_ftn2" xr:uid="{0103989F-6317-4DFA-9593-001C687A5223}"/>
     <hyperlink ref="B19" location="_ftnref1" display="_ftnref1" xr:uid="{C9B8EEA4-09BF-4219-ACBF-F76884DFC9DF}"/>
     <hyperlink ref="B20" location="_ftnref2" display="_ftnref2" xr:uid="{7C6E50CC-72E3-43CD-BE32-C2E68005F1A6}"/>
     <hyperlink ref="B14" location="_ftn1" display="_ftn1" xr:uid="{E0ABD4F0-CC95-41E9-84C1-C2A3B5487218}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E188560-D287-442C-9C71-08373E0511F2}">
   <dimension ref="A1:W64"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A23" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W62" sqref="W62"/>
+    <sheetView showGridLines="0" topLeftCell="A24" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W63" sqref="W63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="19.5546875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="12" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="18.88671875" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="11.5546875" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.5546875" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.5546875" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="54"/>
-[...19 lines deleted...]
-      <c r="W1" s="54"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="51">
+      <c r="S2" s="57"/>
+      <c r="T2" s="58">
         <v>2024</v>
       </c>
-      <c r="U2" s="52"/>
-      <c r="V2" s="51">
+      <c r="U2" s="59"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
+      <c r="W2" s="59"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -2324,52 +2324,56 @@
       </c>
       <c r="N14" s="9">
         <v>917118</v>
       </c>
       <c r="O14" s="9">
         <v>1603919062.8200002</v>
       </c>
       <c r="P14" s="9">
         <v>799447</v>
       </c>
       <c r="Q14" s="36">
         <v>1705013131</v>
       </c>
       <c r="R14" s="9">
         <v>855032</v>
       </c>
       <c r="S14" s="36">
         <v>2020214780</v>
       </c>
       <c r="T14" s="9">
         <v>878936</v>
       </c>
       <c r="U14" s="36">
         <v>2071728416</v>
       </c>
-      <c r="V14" s="27"/>
-      <c r="W14" s="27"/>
+      <c r="V14" s="27">
+        <v>1004453</v>
+      </c>
+      <c r="W14" s="27">
+        <v>2149470727</v>
+      </c>
     </row>
     <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="10">
         <v>577078</v>
       </c>
       <c r="C15" s="10">
         <v>850971577.1500001</v>
       </c>
       <c r="D15" s="10">
         <v>566786</v>
       </c>
       <c r="E15" s="11">
         <v>911317516.32000005</v>
       </c>
       <c r="F15" s="10">
         <v>483339</v>
       </c>
       <c r="G15" s="11">
         <v>866621552.94000006</v>
       </c>
       <c r="H15" s="10">
         <v>607740</v>
@@ -2421,121 +2425,121 @@
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
     </row>
     <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6"/>
-      <c r="B17" s="53" t="s">
+      <c r="B17" s="61" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="54"/>
-[...19 lines deleted...]
-      <c r="W17" s="54"/>
+      <c r="C17" s="62"/>
+      <c r="D17" s="62"/>
+      <c r="E17" s="62"/>
+      <c r="F17" s="62"/>
+      <c r="G17" s="62"/>
+      <c r="H17" s="62"/>
+      <c r="I17" s="62"/>
+      <c r="J17" s="62"/>
+      <c r="K17" s="62"/>
+      <c r="L17" s="62"/>
+      <c r="M17" s="62"/>
+      <c r="N17" s="62"/>
+      <c r="O17" s="62"/>
+      <c r="P17" s="62"/>
+      <c r="Q17" s="62"/>
+      <c r="R17" s="62"/>
+      <c r="S17" s="62"/>
+      <c r="T17" s="62"/>
+      <c r="U17" s="62"/>
+      <c r="V17" s="62"/>
+      <c r="W17" s="62"/>
     </row>
     <row r="18" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
-      <c r="B18" s="61">
+      <c r="B18" s="57">
         <v>2015</v>
       </c>
-      <c r="C18" s="61"/>
-      <c r="D18" s="51">
+      <c r="C18" s="57"/>
+      <c r="D18" s="58">
         <v>2016</v>
       </c>
-      <c r="E18" s="52"/>
-      <c r="F18" s="61">
+      <c r="E18" s="59"/>
+      <c r="F18" s="57">
         <v>2017</v>
       </c>
-      <c r="G18" s="61"/>
-      <c r="H18" s="51">
+      <c r="G18" s="57"/>
+      <c r="H18" s="58">
         <v>2018</v>
       </c>
-      <c r="I18" s="52"/>
-      <c r="J18" s="61">
+      <c r="I18" s="59"/>
+      <c r="J18" s="57">
         <v>2019</v>
       </c>
-      <c r="K18" s="61"/>
-      <c r="L18" s="61">
+      <c r="K18" s="57"/>
+      <c r="L18" s="57">
         <v>2020</v>
       </c>
-      <c r="M18" s="61"/>
-      <c r="N18" s="61">
+      <c r="M18" s="57"/>
+      <c r="N18" s="57">
         <v>2021</v>
       </c>
-      <c r="O18" s="61"/>
-      <c r="P18" s="61">
+      <c r="O18" s="57"/>
+      <c r="P18" s="57">
         <v>2022</v>
       </c>
-      <c r="Q18" s="61"/>
-      <c r="R18" s="61">
+      <c r="Q18" s="57"/>
+      <c r="R18" s="57">
         <v>2023</v>
       </c>
-      <c r="S18" s="61"/>
-      <c r="T18" s="51">
+      <c r="S18" s="57"/>
+      <c r="T18" s="58">
         <v>2024</v>
       </c>
-      <c r="U18" s="52"/>
-      <c r="V18" s="51">
+      <c r="U18" s="59"/>
+      <c r="V18" s="58">
         <v>2025</v>
       </c>
-      <c r="W18" s="52"/>
+      <c r="W18" s="59"/>
     </row>
     <row r="19" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A19" s="3"/>
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -3336,52 +3340,56 @@
       </c>
       <c r="N30" s="8">
         <v>1213839</v>
       </c>
       <c r="O30" s="8">
         <v>27127519354.780003</v>
       </c>
       <c r="P30" s="8">
         <v>1326038</v>
       </c>
       <c r="Q30" s="8">
         <v>30745650824</v>
       </c>
       <c r="R30" s="8">
         <v>1500433</v>
       </c>
       <c r="S30" s="8">
         <v>34023776059</v>
       </c>
       <c r="T30" s="8">
         <v>1693501</v>
       </c>
       <c r="U30" s="8">
         <v>37493452444</v>
       </c>
-      <c r="V30" s="27"/>
-      <c r="W30" s="27"/>
+      <c r="V30" s="27">
+        <v>1546136</v>
+      </c>
+      <c r="W30" s="27">
+        <v>37961950159</v>
+      </c>
     </row>
     <row r="31" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="10">
         <v>976651</v>
       </c>
       <c r="C31" s="10">
         <v>22942227235.679996</v>
       </c>
       <c r="D31" s="10">
         <v>902511</v>
       </c>
       <c r="E31" s="11">
         <v>23083394465.239998</v>
       </c>
       <c r="F31" s="10">
         <v>915303</v>
       </c>
       <c r="G31" s="11">
         <v>22804807982.619999</v>
       </c>
       <c r="H31" s="10">
         <v>966205</v>
@@ -3433,113 +3441,113 @@
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
     </row>
     <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
-      <c r="B33" s="62" t="s">
+      <c r="B33" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="C33" s="62"/>
-[...15 lines deleted...]
-      <c r="S33" s="62"/>
+      <c r="C33" s="60"/>
+      <c r="D33" s="60"/>
+      <c r="E33" s="60"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="60"/>
+      <c r="H33" s="60"/>
+      <c r="I33" s="60"/>
+      <c r="J33" s="60"/>
+      <c r="K33" s="60"/>
+      <c r="L33" s="60"/>
+      <c r="M33" s="60"/>
+      <c r="N33" s="60"/>
+      <c r="O33" s="60"/>
+      <c r="P33" s="60"/>
+      <c r="Q33" s="60"/>
+      <c r="R33" s="60"/>
+      <c r="S33" s="60"/>
     </row>
     <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3"/>
-      <c r="B34" s="61">
+      <c r="B34" s="57">
         <v>2015</v>
       </c>
-      <c r="C34" s="61"/>
-      <c r="D34" s="51">
+      <c r="C34" s="57"/>
+      <c r="D34" s="58">
         <v>2016</v>
       </c>
-      <c r="E34" s="52"/>
-      <c r="F34" s="61">
+      <c r="E34" s="59"/>
+      <c r="F34" s="57">
         <v>2017</v>
       </c>
-      <c r="G34" s="61"/>
-      <c r="H34" s="51">
+      <c r="G34" s="57"/>
+      <c r="H34" s="58">
         <v>2018</v>
       </c>
-      <c r="I34" s="52"/>
-      <c r="J34" s="61">
+      <c r="I34" s="59"/>
+      <c r="J34" s="57">
         <v>2019</v>
       </c>
-      <c r="K34" s="61"/>
-      <c r="L34" s="61">
+      <c r="K34" s="57"/>
+      <c r="L34" s="57">
         <v>2020</v>
       </c>
-      <c r="M34" s="61"/>
-      <c r="N34" s="61">
+      <c r="M34" s="57"/>
+      <c r="N34" s="57">
         <v>2021</v>
       </c>
-      <c r="O34" s="61"/>
-      <c r="P34" s="61">
+      <c r="O34" s="57"/>
+      <c r="P34" s="57">
         <v>2022</v>
       </c>
-      <c r="Q34" s="61"/>
-      <c r="R34" s="61">
+      <c r="Q34" s="57"/>
+      <c r="R34" s="57">
         <v>2023</v>
       </c>
-      <c r="S34" s="61"/>
-      <c r="T34" s="51">
+      <c r="S34" s="57"/>
+      <c r="T34" s="58">
         <v>2024</v>
       </c>
-      <c r="U34" s="52"/>
+      <c r="U34" s="59"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
     </row>
     <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
@@ -3598,647 +3606,647 @@
       </c>
       <c r="D36" s="10">
         <v>86764</v>
       </c>
       <c r="E36" s="11">
         <v>926117031.56999993</v>
       </c>
       <c r="F36" s="10">
         <v>52407</v>
       </c>
       <c r="G36" s="11">
         <v>458982400.11000001</v>
       </c>
       <c r="H36" s="10">
         <v>23569</v>
       </c>
       <c r="I36" s="11">
         <v>229964233.59</v>
       </c>
       <c r="J36" s="4">
         <v>11274</v>
       </c>
       <c r="K36" s="5">
         <v>114709632.44</v>
       </c>
-      <c r="L36" s="55" t="s">
+      <c r="L36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="M36" s="56"/>
-      <c r="N36" s="55" t="s">
+      <c r="M36" s="52"/>
+      <c r="N36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="O36" s="56"/>
-      <c r="P36" s="55" t="s">
+      <c r="O36" s="52"/>
+      <c r="P36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="Q36" s="56"/>
-      <c r="R36" s="55" t="s">
+      <c r="Q36" s="52"/>
+      <c r="R36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="S36" s="56"/>
-      <c r="T36" s="55" t="s">
+      <c r="S36" s="52"/>
+      <c r="T36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="U36" s="56"/>
+      <c r="U36" s="52"/>
       <c r="V36" s="47"/>
       <c r="W36" s="47"/>
     </row>
     <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="10">
         <v>136840</v>
       </c>
       <c r="C37" s="10">
         <v>2178931261.9499998</v>
       </c>
       <c r="D37" s="10">
         <v>98303</v>
       </c>
       <c r="E37" s="11">
         <v>889975913.63999999</v>
       </c>
       <c r="F37" s="10">
         <v>61955</v>
       </c>
       <c r="G37" s="11">
         <v>553559025.76999998</v>
       </c>
       <c r="H37" s="10">
         <v>25167</v>
       </c>
       <c r="I37" s="11">
         <v>247061407.62</v>
       </c>
       <c r="J37" s="4">
         <v>2827</v>
       </c>
       <c r="K37" s="5">
         <v>33600934.990000002</v>
       </c>
-      <c r="L37" s="57"/>
-[...8 lines deleted...]
-      <c r="U37" s="58"/>
+      <c r="L37" s="53"/>
+      <c r="M37" s="54"/>
+      <c r="N37" s="53"/>
+      <c r="O37" s="54"/>
+      <c r="P37" s="53"/>
+      <c r="Q37" s="54"/>
+      <c r="R37" s="53"/>
+      <c r="S37" s="54"/>
+      <c r="T37" s="53"/>
+      <c r="U37" s="54"/>
       <c r="V37" s="47"/>
       <c r="W37" s="47"/>
     </row>
     <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="10">
         <v>150501</v>
       </c>
       <c r="C38" s="10">
         <v>2528697575.3299999</v>
       </c>
       <c r="D38" s="10">
         <v>98455</v>
       </c>
       <c r="E38" s="11">
         <v>918580493.61000001</v>
       </c>
       <c r="F38" s="10">
         <v>69174</v>
       </c>
       <c r="G38" s="11">
         <v>657716949.97000003</v>
       </c>
       <c r="H38" s="10">
         <v>25421</v>
       </c>
       <c r="I38" s="11">
         <v>261241505.27999997</v>
       </c>
       <c r="J38" s="4">
         <v>606</v>
       </c>
       <c r="K38" s="5">
         <v>9793615.370000001</v>
       </c>
-      <c r="L38" s="57"/>
-[...8 lines deleted...]
-      <c r="U38" s="58"/>
+      <c r="L38" s="53"/>
+      <c r="M38" s="54"/>
+      <c r="N38" s="53"/>
+      <c r="O38" s="54"/>
+      <c r="P38" s="53"/>
+      <c r="Q38" s="54"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="54"/>
+      <c r="T38" s="53"/>
+      <c r="U38" s="54"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
     </row>
     <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="10">
         <v>139016</v>
       </c>
       <c r="C39" s="10">
         <v>2336504090.7999997</v>
       </c>
       <c r="D39" s="10">
         <v>102642</v>
       </c>
       <c r="E39" s="11">
         <v>950324622.06000006</v>
       </c>
       <c r="F39" s="10">
         <v>58952</v>
       </c>
       <c r="G39" s="11">
         <v>552499661.16999996</v>
       </c>
       <c r="H39" s="10">
         <v>22475</v>
       </c>
       <c r="I39" s="11">
         <v>222872297.43000001</v>
       </c>
       <c r="J39" s="4">
         <v>297</v>
       </c>
       <c r="K39" s="5">
         <v>4182617.7699999996</v>
       </c>
-      <c r="L39" s="57"/>
-[...8 lines deleted...]
-      <c r="U39" s="58"/>
+      <c r="L39" s="53"/>
+      <c r="M39" s="54"/>
+      <c r="N39" s="53"/>
+      <c r="O39" s="54"/>
+      <c r="P39" s="53"/>
+      <c r="Q39" s="54"/>
+      <c r="R39" s="53"/>
+      <c r="S39" s="54"/>
+      <c r="T39" s="53"/>
+      <c r="U39" s="54"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
     </row>
     <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="10">
         <v>119181</v>
       </c>
       <c r="C40" s="10">
         <v>1892656659.1699996</v>
       </c>
       <c r="D40" s="10">
         <v>82163</v>
       </c>
       <c r="E40" s="11">
         <v>763484164.45000005</v>
       </c>
       <c r="F40" s="10">
         <v>59829</v>
       </c>
       <c r="G40" s="11">
         <v>567160412.49999988</v>
       </c>
       <c r="H40" s="10">
         <v>27344</v>
       </c>
       <c r="I40" s="11">
         <v>290023425.46000004</v>
       </c>
       <c r="J40" s="4">
         <v>1711</v>
       </c>
       <c r="K40" s="5">
         <v>27696812.52</v>
       </c>
-      <c r="L40" s="57"/>
-[...8 lines deleted...]
-      <c r="U40" s="58"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="54"/>
+      <c r="N40" s="53"/>
+      <c r="O40" s="54"/>
+      <c r="P40" s="53"/>
+      <c r="Q40" s="54"/>
+      <c r="R40" s="53"/>
+      <c r="S40" s="54"/>
+      <c r="T40" s="53"/>
+      <c r="U40" s="54"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
     </row>
     <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="10">
         <v>135083</v>
       </c>
       <c r="C41" s="10">
         <v>2068552388.8099999</v>
       </c>
       <c r="D41" s="10">
         <v>95330</v>
       </c>
       <c r="E41" s="11">
         <v>865314844.65999985</v>
       </c>
       <c r="F41" s="10">
         <v>63765</v>
       </c>
       <c r="G41" s="11">
         <v>593111825.26999998</v>
       </c>
       <c r="H41" s="10">
         <v>28440</v>
       </c>
       <c r="I41" s="11">
         <v>300136233.65000004</v>
       </c>
       <c r="J41" s="4">
         <v>1424</v>
       </c>
       <c r="K41" s="5">
         <v>21743314.330000002</v>
       </c>
-      <c r="L41" s="57"/>
-[...8 lines deleted...]
-      <c r="U41" s="58"/>
+      <c r="L41" s="53"/>
+      <c r="M41" s="54"/>
+      <c r="N41" s="53"/>
+      <c r="O41" s="54"/>
+      <c r="P41" s="53"/>
+      <c r="Q41" s="54"/>
+      <c r="R41" s="53"/>
+      <c r="S41" s="54"/>
+      <c r="T41" s="53"/>
+      <c r="U41" s="54"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
     </row>
     <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="10">
         <v>146521</v>
       </c>
       <c r="C42" s="10">
         <v>2288392391.9400001</v>
       </c>
       <c r="D42" s="10">
         <v>88133</v>
       </c>
       <c r="E42" s="11">
         <v>801192829.73000002</v>
       </c>
       <c r="F42" s="10">
         <v>56799</v>
       </c>
       <c r="G42" s="11">
         <v>525214705.36999995</v>
       </c>
       <c r="H42" s="10">
         <v>26940</v>
       </c>
       <c r="I42" s="11">
         <v>286584798.42999995</v>
       </c>
-      <c r="J42" s="55" t="s">
+      <c r="J42" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="K42" s="56"/>
-[...9 lines deleted...]
-      <c r="U42" s="58"/>
+      <c r="K42" s="52"/>
+      <c r="L42" s="53"/>
+      <c r="M42" s="54"/>
+      <c r="N42" s="53"/>
+      <c r="O42" s="54"/>
+      <c r="P42" s="53"/>
+      <c r="Q42" s="54"/>
+      <c r="R42" s="53"/>
+      <c r="S42" s="54"/>
+      <c r="T42" s="53"/>
+      <c r="U42" s="54"/>
       <c r="V42" s="47"/>
       <c r="W42" s="47"/>
     </row>
     <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="10">
         <v>122595</v>
       </c>
       <c r="C43" s="10">
         <v>2081312236.5699997</v>
       </c>
       <c r="D43" s="10">
         <v>73811</v>
       </c>
       <c r="E43" s="11">
         <v>772398338.84000015</v>
       </c>
       <c r="F43" s="10">
         <v>56352</v>
       </c>
       <c r="G43" s="11">
         <v>552592778.21999991</v>
       </c>
       <c r="H43" s="10">
         <v>24942</v>
       </c>
       <c r="I43" s="11">
         <v>265766606.62</v>
       </c>
-      <c r="J43" s="57"/>
-[...10 lines deleted...]
-      <c r="U43" s="58"/>
+      <c r="J43" s="53"/>
+      <c r="K43" s="54"/>
+      <c r="L43" s="53"/>
+      <c r="M43" s="54"/>
+      <c r="N43" s="53"/>
+      <c r="O43" s="54"/>
+      <c r="P43" s="53"/>
+      <c r="Q43" s="54"/>
+      <c r="R43" s="53"/>
+      <c r="S43" s="54"/>
+      <c r="T43" s="53"/>
+      <c r="U43" s="54"/>
       <c r="V43" s="47"/>
       <c r="W43" s="47"/>
     </row>
     <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="10">
         <v>138225</v>
       </c>
       <c r="C44" s="10">
         <v>2607042901.1000004</v>
       </c>
       <c r="D44" s="14">
         <v>95028</v>
       </c>
       <c r="E44" s="11">
         <v>1116072753.04</v>
       </c>
       <c r="F44" s="10">
         <v>50206</v>
       </c>
       <c r="G44" s="11">
         <v>468340268.27999997</v>
       </c>
       <c r="H44" s="10">
         <v>23754</v>
       </c>
       <c r="I44" s="13">
         <v>250703178.03999999</v>
       </c>
-      <c r="J44" s="57"/>
-[...10 lines deleted...]
-      <c r="U44" s="58"/>
+      <c r="J44" s="53"/>
+      <c r="K44" s="54"/>
+      <c r="L44" s="53"/>
+      <c r="M44" s="54"/>
+      <c r="N44" s="53"/>
+      <c r="O44" s="54"/>
+      <c r="P44" s="53"/>
+      <c r="Q44" s="54"/>
+      <c r="R44" s="53"/>
+      <c r="S44" s="54"/>
+      <c r="T44" s="53"/>
+      <c r="U44" s="54"/>
       <c r="V44" s="47"/>
       <c r="W44" s="47"/>
     </row>
     <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="10">
         <v>152927</v>
       </c>
       <c r="C45" s="10">
         <v>2630992445.6100001</v>
       </c>
       <c r="D45" s="10">
         <v>79507</v>
       </c>
       <c r="E45" s="11">
         <v>709020524.84000003</v>
       </c>
       <c r="F45" s="10">
         <v>49179</v>
       </c>
       <c r="G45" s="11">
         <v>465261414.06</v>
       </c>
       <c r="H45" s="10">
         <v>25315</v>
       </c>
       <c r="I45" s="13">
         <v>257966918.89000005</v>
       </c>
-      <c r="J45" s="57"/>
-[...10 lines deleted...]
-      <c r="U45" s="58"/>
+      <c r="J45" s="53"/>
+      <c r="K45" s="54"/>
+      <c r="L45" s="53"/>
+      <c r="M45" s="54"/>
+      <c r="N45" s="53"/>
+      <c r="O45" s="54"/>
+      <c r="P45" s="53"/>
+      <c r="Q45" s="54"/>
+      <c r="R45" s="53"/>
+      <c r="S45" s="54"/>
+      <c r="T45" s="53"/>
+      <c r="U45" s="54"/>
       <c r="V45" s="47"/>
       <c r="W45" s="47"/>
     </row>
     <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="10">
         <v>114345</v>
       </c>
       <c r="C46" s="10">
         <v>1795663088.99</v>
       </c>
       <c r="D46" s="10">
         <v>84289</v>
       </c>
       <c r="E46" s="11">
         <v>764160252.39999998</v>
       </c>
       <c r="F46" s="10">
         <v>46343</v>
       </c>
       <c r="G46" s="11">
         <v>458426950.08000004</v>
       </c>
       <c r="H46" s="10">
         <v>22491</v>
       </c>
       <c r="I46" s="13">
         <v>245068871.33999997</v>
       </c>
-      <c r="J46" s="57"/>
-[...10 lines deleted...]
-      <c r="U46" s="58"/>
+      <c r="J46" s="53"/>
+      <c r="K46" s="54"/>
+      <c r="L46" s="53"/>
+      <c r="M46" s="54"/>
+      <c r="N46" s="53"/>
+      <c r="O46" s="54"/>
+      <c r="P46" s="53"/>
+      <c r="Q46" s="54"/>
+      <c r="R46" s="53"/>
+      <c r="S46" s="54"/>
+      <c r="T46" s="53"/>
+      <c r="U46" s="54"/>
       <c r="V46" s="47"/>
       <c r="W46" s="47"/>
     </row>
     <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="10">
         <v>121075</v>
       </c>
       <c r="C47" s="10">
         <v>1923164913.8000004</v>
       </c>
       <c r="D47" s="10">
         <v>71580</v>
       </c>
       <c r="E47" s="11">
         <v>665875586.13999999</v>
       </c>
       <c r="F47" s="10">
         <v>37281</v>
       </c>
       <c r="G47" s="11">
         <v>403968134.64999998</v>
       </c>
       <c r="H47" s="10">
         <v>16477</v>
       </c>
       <c r="I47" s="13">
         <v>200451740.89000002</v>
       </c>
-      <c r="J47" s="59"/>
-[...10 lines deleted...]
-      <c r="U47" s="60"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="56"/>
+      <c r="L47" s="55"/>
+      <c r="M47" s="56"/>
+      <c r="N47" s="55"/>
+      <c r="O47" s="56"/>
+      <c r="P47" s="55"/>
+      <c r="Q47" s="56"/>
+      <c r="R47" s="55"/>
+      <c r="S47" s="56"/>
+      <c r="T47" s="55"/>
+      <c r="U47" s="56"/>
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
     </row>
     <row r="48" spans="1:23" x14ac:dyDescent="0.3">
       <c r="T48" s="44"/>
       <c r="U48" s="44"/>
       <c r="V48" s="44"/>
       <c r="W48" s="44"/>
     </row>
     <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6"/>
-      <c r="B49" s="53" t="s">
+      <c r="B49" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="C49" s="54"/>
-[...19 lines deleted...]
-      <c r="W49" s="54"/>
+      <c r="C49" s="62"/>
+      <c r="D49" s="62"/>
+      <c r="E49" s="62"/>
+      <c r="F49" s="62"/>
+      <c r="G49" s="62"/>
+      <c r="H49" s="62"/>
+      <c r="I49" s="62"/>
+      <c r="J49" s="62"/>
+      <c r="K49" s="62"/>
+      <c r="L49" s="62"/>
+      <c r="M49" s="62"/>
+      <c r="N49" s="62"/>
+      <c r="O49" s="62"/>
+      <c r="P49" s="62"/>
+      <c r="Q49" s="62"/>
+      <c r="R49" s="62"/>
+      <c r="S49" s="62"/>
+      <c r="T49" s="62"/>
+      <c r="U49" s="62"/>
+      <c r="V49" s="62"/>
+      <c r="W49" s="62"/>
     </row>
     <row r="50" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A50" s="6"/>
-      <c r="B50" s="51">
+      <c r="B50" s="58">
         <v>2015</v>
       </c>
-      <c r="C50" s="52"/>
-      <c r="D50" s="51">
+      <c r="C50" s="59"/>
+      <c r="D50" s="58">
         <v>2016</v>
       </c>
-      <c r="E50" s="52"/>
-      <c r="F50" s="51">
+      <c r="E50" s="59"/>
+      <c r="F50" s="58">
         <v>2017</v>
       </c>
-      <c r="G50" s="52"/>
-      <c r="H50" s="51">
+      <c r="G50" s="59"/>
+      <c r="H50" s="58">
         <v>2018</v>
       </c>
-      <c r="I50" s="52"/>
-      <c r="J50" s="51">
+      <c r="I50" s="59"/>
+      <c r="J50" s="58">
         <v>2019</v>
       </c>
-      <c r="K50" s="52"/>
-      <c r="L50" s="51">
+      <c r="K50" s="59"/>
+      <c r="L50" s="58">
         <v>2020</v>
       </c>
-      <c r="M50" s="52"/>
-      <c r="N50" s="51">
+      <c r="M50" s="59"/>
+      <c r="N50" s="58">
         <v>2021</v>
       </c>
-      <c r="O50" s="52"/>
-      <c r="P50" s="51">
+      <c r="O50" s="59"/>
+      <c r="P50" s="58">
         <v>2022</v>
       </c>
-      <c r="Q50" s="52"/>
-      <c r="R50" s="51">
+      <c r="Q50" s="59"/>
+      <c r="R50" s="58">
         <v>2023</v>
       </c>
-      <c r="S50" s="52"/>
-      <c r="T50" s="51">
+      <c r="S50" s="59"/>
+      <c r="T50" s="58">
         <v>2024</v>
       </c>
-      <c r="U50" s="52"/>
-      <c r="V50" s="51">
+      <c r="U50" s="59"/>
+      <c r="V50" s="58">
         <v>2025</v>
       </c>
-      <c r="W50" s="52"/>
+      <c r="W50" s="59"/>
     </row>
     <row r="51" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
@@ -5039,52 +5047,56 @@
       </c>
       <c r="N62" s="9">
         <v>5694367</v>
       </c>
       <c r="O62" s="9">
         <v>3125265911.21</v>
       </c>
       <c r="P62" s="9">
         <v>6625427</v>
       </c>
       <c r="Q62" s="9">
         <v>3598067096</v>
       </c>
       <c r="R62" s="9">
         <v>7707067</v>
       </c>
       <c r="S62" s="9">
         <v>4044953853</v>
       </c>
       <c r="T62" s="9">
         <v>9253272</v>
       </c>
       <c r="U62" s="9">
         <v>4771115086</v>
       </c>
-      <c r="V62" s="27"/>
-      <c r="W62" s="27"/>
+      <c r="V62" s="27">
+        <v>9783660</v>
+      </c>
+      <c r="W62" s="27">
+        <v>5009801135</v>
+      </c>
     </row>
     <row r="63" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="10">
         <v>1852255</v>
       </c>
       <c r="C63" s="10">
         <v>1065678587</v>
       </c>
       <c r="D63" s="10">
         <v>2318445</v>
       </c>
       <c r="E63" s="11">
         <v>1289425653.49</v>
       </c>
       <c r="F63" s="10">
         <v>2778670</v>
       </c>
       <c r="G63" s="11">
         <v>1526975717.9000003</v>
       </c>
       <c r="H63" s="10">
         <v>3983352</v>
@@ -5123,181 +5135,181 @@
         <v>4564752606</v>
       </c>
       <c r="T63" s="9">
         <v>10252605</v>
       </c>
       <c r="U63" s="9">
         <v>5350554283</v>
       </c>
       <c r="V63" s="27"/>
       <c r="W63" s="27"/>
     </row>
     <row r="64" spans="1:23" x14ac:dyDescent="0.3">
       <c r="N64" s="40"/>
       <c r="O64" s="40"/>
       <c r="P64" s="40"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="40"/>
       <c r="S64" s="40"/>
       <c r="T64" s="40"/>
       <c r="U64" s="40"/>
       <c r="V64" s="40"/>
       <c r="W64" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="53">
+    <mergeCell ref="V2:W2"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="B1:W1"/>
+    <mergeCell ref="B17:W17"/>
+    <mergeCell ref="B49:W49"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="T36:U47"/>
+    <mergeCell ref="B2:C2"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="P2:Q2"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="J2:K2"/>
+    <mergeCell ref="N2:O2"/>
+    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="B33:S33"/>
+    <mergeCell ref="R2:S2"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="R36:S47"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
     <mergeCell ref="P36:Q47"/>
     <mergeCell ref="P34:Q34"/>
     <mergeCell ref="R34:S34"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="N36:O47"/>
     <mergeCell ref="L36:M47"/>
     <mergeCell ref="N34:O34"/>
     <mergeCell ref="J42:K47"/>
     <mergeCell ref="L34:M34"/>
-    <mergeCell ref="B50:C50"/>
-[...35 lines deleted...]
-    <mergeCell ref="H2:I2"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082B7053-981B-4194-97CB-ED8E1CD6027F}">
   <dimension ref="A1:K64"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K62" sqref="K62"/>
+    <sheetView topLeftCell="A45" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="K63" sqref="K63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.44140625" customWidth="1"/>
     <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.44140625" customWidth="1"/>
     <col min="9" max="9" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="54"/>
-[...7 lines deleted...]
-      <c r="K1" s="54"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B2" s="51">
+      <c r="B2" s="58">
         <v>2021</v>
       </c>
-      <c r="C2" s="52"/>
-      <c r="D2" s="51">
+      <c r="C2" s="59"/>
+      <c r="D2" s="58">
         <v>2022</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="51">
+      <c r="E2" s="59"/>
+      <c r="F2" s="58">
         <v>2023</v>
       </c>
-      <c r="G2" s="52"/>
-      <c r="H2" s="51">
+      <c r="G2" s="59"/>
+      <c r="H2" s="58">
         <v>2024</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="51">
+      <c r="I2" s="59"/>
+      <c r="J2" s="58">
         <v>2025</v>
       </c>
-      <c r="K2" s="52"/>
+      <c r="K2" s="59"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
@@ -5665,130 +5677,134 @@
       </c>
       <c r="B14" s="9">
         <v>697239</v>
       </c>
       <c r="C14" s="9">
         <v>4620367387.7399788</v>
       </c>
       <c r="D14" s="9">
         <v>636474.6</v>
       </c>
       <c r="E14" s="9">
         <v>4311945262.1519995</v>
       </c>
       <c r="F14" s="9">
         <v>605379</v>
       </c>
       <c r="G14" s="9">
         <v>2924349260</v>
       </c>
       <c r="H14" s="9">
         <v>731290</v>
       </c>
       <c r="I14" s="9">
         <v>3767038046</v>
       </c>
-      <c r="J14" s="39"/>
-      <c r="K14" s="39"/>
+      <c r="J14" s="39">
+        <v>640434</v>
+      </c>
+      <c r="K14" s="39">
+        <v>3215767981</v>
+      </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="9">
         <v>640257</v>
       </c>
       <c r="C15" s="9">
         <v>4883656048.849968</v>
       </c>
       <c r="D15" s="9">
         <v>632856.5</v>
       </c>
       <c r="E15" s="9">
         <v>4430737696.5240002</v>
       </c>
       <c r="F15" s="9">
         <v>600861</v>
       </c>
       <c r="G15" s="9">
         <v>3024985051</v>
       </c>
       <c r="H15" s="9">
         <v>927536</v>
       </c>
       <c r="I15" s="9">
         <v>3969383564</v>
       </c>
       <c r="J15" s="39"/>
       <c r="K15" s="39"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
     </row>
     <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="53" t="s">
+      <c r="B17" s="61" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="54"/>
-[...7 lines deleted...]
-      <c r="K17" s="54"/>
+      <c r="C17" s="62"/>
+      <c r="D17" s="62"/>
+      <c r="E17" s="62"/>
+      <c r="F17" s="62"/>
+      <c r="G17" s="62"/>
+      <c r="H17" s="62"/>
+      <c r="I17" s="62"/>
+      <c r="J17" s="62"/>
+      <c r="K17" s="62"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B18" s="61">
+      <c r="B18" s="57">
         <v>2021</v>
       </c>
-      <c r="C18" s="61"/>
-      <c r="D18" s="61">
+      <c r="C18" s="57"/>
+      <c r="D18" s="57">
         <v>2022</v>
       </c>
-      <c r="E18" s="61"/>
-      <c r="F18" s="61">
+      <c r="E18" s="57"/>
+      <c r="F18" s="57">
         <v>2023</v>
       </c>
-      <c r="G18" s="61"/>
-      <c r="H18" s="61">
+      <c r="G18" s="57"/>
+      <c r="H18" s="57">
         <v>2024</v>
       </c>
-      <c r="I18" s="61"/>
-      <c r="J18" s="51">
+      <c r="I18" s="57"/>
+      <c r="J18" s="58">
         <v>2025</v>
       </c>
-      <c r="K18" s="52"/>
+      <c r="K18" s="59"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
@@ -6156,123 +6172,127 @@
       </c>
       <c r="B30" s="8">
         <v>3008779</v>
       </c>
       <c r="C30" s="8">
         <v>46362977777.610001</v>
       </c>
       <c r="D30" s="8">
         <v>3336394</v>
       </c>
       <c r="E30" s="8">
         <v>70455525379</v>
       </c>
       <c r="F30" s="8">
         <v>3924038</v>
       </c>
       <c r="G30" s="8">
         <v>64471743884</v>
       </c>
       <c r="H30" s="8">
         <v>5117010</v>
       </c>
       <c r="I30" s="8">
         <v>78580107584</v>
       </c>
-      <c r="J30" s="39"/>
-      <c r="K30" s="39"/>
+      <c r="J30" s="39">
+        <v>5515857</v>
+      </c>
+      <c r="K30" s="39">
+        <v>84119760043</v>
+      </c>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="8">
         <v>2978600</v>
       </c>
       <c r="C31" s="8">
         <v>42409100782.360001</v>
       </c>
       <c r="D31" s="8">
         <v>3233260</v>
       </c>
       <c r="E31" s="8">
         <v>67054362016</v>
       </c>
       <c r="F31" s="8">
         <v>4216756</v>
       </c>
       <c r="G31" s="8">
         <v>60369133976</v>
       </c>
       <c r="H31" s="8">
         <v>5214262</v>
       </c>
       <c r="I31" s="8">
         <v>69340141187</v>
       </c>
       <c r="J31" s="39"/>
       <c r="K31" s="39"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B33" s="53" t="s">
+      <c r="B33" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="54"/>
-[...7 lines deleted...]
-      <c r="K33" s="54"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="62"/>
+      <c r="I33" s="62"/>
+      <c r="J33" s="62"/>
+      <c r="K33" s="62"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B34" s="51">
+      <c r="B34" s="58">
         <v>2021</v>
       </c>
-      <c r="C34" s="52"/>
-      <c r="D34" s="51">
+      <c r="C34" s="59"/>
+      <c r="D34" s="58">
         <v>2022</v>
       </c>
-      <c r="E34" s="52"/>
-      <c r="F34" s="51">
+      <c r="E34" s="59"/>
+      <c r="F34" s="58">
         <v>2023</v>
       </c>
-      <c r="G34" s="52"/>
-      <c r="H34" s="51">
+      <c r="G34" s="59"/>
+      <c r="H34" s="58">
         <v>2024</v>
       </c>
-      <c r="I34" s="52"/>
-      <c r="J34" s="51">
+      <c r="I34" s="59"/>
+      <c r="J34" s="58">
         <v>2025</v>
       </c>
-      <c r="K34" s="52"/>
+      <c r="K34" s="59"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
@@ -6640,123 +6660,127 @@
       </c>
       <c r="B46" s="9">
         <v>9312838</v>
       </c>
       <c r="C46" s="30">
         <v>5244813303</v>
       </c>
       <c r="D46" s="33">
         <v>7646781</v>
       </c>
       <c r="E46" s="33">
         <v>5258186160</v>
       </c>
       <c r="F46" s="33">
         <v>6843144</v>
       </c>
       <c r="G46" s="33">
         <v>4317714476</v>
       </c>
       <c r="H46" s="9">
         <v>11342465</v>
       </c>
       <c r="I46" s="9">
         <v>7234387797</v>
       </c>
-      <c r="J46" s="39"/>
-      <c r="K46" s="39"/>
+      <c r="J46" s="39">
+        <v>10494571</v>
+      </c>
+      <c r="K46" s="39">
+        <v>7368470834</v>
+      </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="9">
         <v>9997381</v>
       </c>
       <c r="C47" s="30">
         <v>7138221327</v>
       </c>
       <c r="D47" s="33">
         <v>4038761</v>
       </c>
       <c r="E47" s="33">
         <v>3160756751</v>
       </c>
       <c r="F47" s="33">
         <v>7478571</v>
       </c>
       <c r="G47" s="33">
         <v>5729743166</v>
       </c>
       <c r="H47" s="9">
         <v>11090856</v>
       </c>
       <c r="I47" s="9">
         <v>8019685688</v>
       </c>
       <c r="J47" s="39"/>
       <c r="K47" s="39"/>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H48" s="40"/>
       <c r="I48" s="40"/>
     </row>
     <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="53" t="s">
+      <c r="B49" s="61" t="s">
         <v>39</v>
       </c>
-      <c r="C49" s="54"/>
-[...7 lines deleted...]
-      <c r="K49" s="54"/>
+      <c r="C49" s="62"/>
+      <c r="D49" s="62"/>
+      <c r="E49" s="62"/>
+      <c r="F49" s="62"/>
+      <c r="G49" s="62"/>
+      <c r="H49" s="62"/>
+      <c r="I49" s="62"/>
+      <c r="J49" s="62"/>
+      <c r="K49" s="62"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B50" s="28">
         <v>2021</v>
       </c>
       <c r="C50" s="29"/>
       <c r="D50" s="28">
         <v>2022</v>
       </c>
       <c r="E50" s="29"/>
       <c r="F50" s="28">
         <v>2023</v>
       </c>
       <c r="G50" s="29"/>
-      <c r="H50" s="51">
+      <c r="H50" s="58">
         <v>2024</v>
       </c>
-      <c r="I50" s="52"/>
-      <c r="J50" s="51">
+      <c r="I50" s="59"/>
+      <c r="J50" s="58">
         <v>2025</v>
       </c>
-      <c r="K50" s="52"/>
+      <c r="K50" s="59"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
@@ -7124,230 +7148,234 @@
       </c>
       <c r="B62" s="9">
         <v>5266363</v>
       </c>
       <c r="C62" s="9">
         <v>2779118391.0200005</v>
       </c>
       <c r="D62" s="34">
         <v>5765198</v>
       </c>
       <c r="E62" s="35">
         <v>3062263897</v>
       </c>
       <c r="F62" s="34">
         <v>6115225</v>
       </c>
       <c r="G62" s="35">
         <v>2933078527</v>
       </c>
       <c r="H62" s="9">
         <v>8777692</v>
       </c>
       <c r="I62" s="9">
         <v>4599163891</v>
       </c>
-      <c r="J62" s="39"/>
-      <c r="K62" s="39"/>
+      <c r="J62" s="39">
+        <v>8223088</v>
+      </c>
+      <c r="K62" s="39">
+        <v>4183490721</v>
+      </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="9">
         <v>5522930</v>
       </c>
       <c r="C63" s="9">
         <v>3073072322.46</v>
       </c>
       <c r="D63" s="9">
         <v>6202381</v>
       </c>
       <c r="E63" s="9">
         <v>3472896185</v>
       </c>
       <c r="F63" s="9">
         <v>7366088</v>
       </c>
       <c r="G63" s="9">
         <v>3716708155</v>
       </c>
       <c r="H63" s="9">
         <v>8234102</v>
       </c>
       <c r="I63" s="9">
         <v>4281294531</v>
       </c>
       <c r="J63" s="39"/>
       <c r="K63" s="39"/>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B64" s="40"/>
       <c r="C64" s="40"/>
       <c r="D64" s="40"/>
       <c r="E64" s="40"/>
       <c r="F64" s="40"/>
       <c r="G64" s="40"/>
       <c r="H64" s="41"/>
       <c r="I64" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="H18:I18"/>
-[...3 lines deleted...]
-    <mergeCell ref="D34:E34"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="J50:K50"/>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="B33:K33"/>
     <mergeCell ref="B49:K49"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="H2:I2"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B4317E3-ACF1-41FE-978A-6E2C87B516A4}">
   <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W14" sqref="W14"/>
+      <selection activeCell="S19" sqref="S19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="21.109375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.33203125" customWidth="1"/>
     <col min="14" max="14" width="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="10.5546875" customWidth="1"/>
     <col min="17" max="17" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.5546875" customWidth="1"/>
     <col min="19" max="19" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5546875" customWidth="1"/>
     <col min="21" max="21" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>40</v>
       </c>
-      <c r="C1" s="54"/>
-[...19 lines deleted...]
-      <c r="W1" s="54"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="61">
+      <c r="S2" s="57"/>
+      <c r="T2" s="57">
         <v>2024</v>
       </c>
-      <c r="U2" s="61"/>
-      <c r="V2" s="51">
+      <c r="U2" s="57"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
+      <c r="W2" s="59"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -8148,52 +8176,56 @@
       </c>
       <c r="N14" s="25">
         <v>8207</v>
       </c>
       <c r="O14" s="25">
         <v>93072755730.360016</v>
       </c>
       <c r="P14" s="38">
         <v>8019</v>
       </c>
       <c r="Q14" s="38">
         <v>94904384792</v>
       </c>
       <c r="R14" s="38">
         <v>8226</v>
       </c>
       <c r="S14" s="38">
         <v>107306059217</v>
       </c>
       <c r="T14" s="38">
         <v>8567</v>
       </c>
       <c r="U14" s="38">
         <v>119702279520</v>
       </c>
-      <c r="V14" s="4"/>
-      <c r="W14" s="4"/>
+      <c r="V14" s="4">
+        <v>8862</v>
+      </c>
+      <c r="W14" s="4">
+        <v>109333248160</v>
+      </c>
     </row>
     <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>5570</v>
       </c>
       <c r="C15" s="4">
         <v>72505652000</v>
       </c>
       <c r="D15" s="4">
         <v>5852</v>
       </c>
       <c r="E15" s="4">
         <v>71335283818.759995</v>
       </c>
       <c r="F15" s="4">
         <v>4384</v>
       </c>
       <c r="G15" s="4">
         <v>70817463681.889999</v>
       </c>
       <c r="H15" s="4">
         <v>4922</v>
@@ -8245,152 +8277,152 @@
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7D6ABDB-289F-43A0-921C-DA7E89BAEAF4}">
   <dimension ref="A1:W16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W14" sqref="W14"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W15" sqref="W15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="18.33203125" customWidth="1"/>
     <col min="17" max="17" width="19.5546875" customWidth="1"/>
     <col min="18" max="18" width="18.33203125" customWidth="1"/>
     <col min="19" max="19" width="19.5546875" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
     <col min="21" max="21" width="19.5546875" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="54"/>
-[...19 lines deleted...]
-      <c r="W1" s="54"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="61">
+      <c r="S2" s="57"/>
+      <c r="T2" s="57">
         <v>2024</v>
       </c>
-      <c r="U2" s="61"/>
-      <c r="V2" s="51">
+      <c r="U2" s="57"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
+      <c r="W2" s="59"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -9191,52 +9223,56 @@
       </c>
       <c r="N14" s="4">
         <v>2395</v>
       </c>
       <c r="O14" s="4">
         <v>42144699807.649994</v>
       </c>
       <c r="P14" s="4">
         <v>2669</v>
       </c>
       <c r="Q14" s="4">
         <v>49414922285.239998</v>
       </c>
       <c r="R14" s="4">
         <v>3552</v>
       </c>
       <c r="S14" s="4">
         <v>55800317372</v>
       </c>
       <c r="T14" s="4">
         <v>50632</v>
       </c>
       <c r="U14" s="4">
         <v>65657168608</v>
       </c>
-      <c r="V14" s="27"/>
-      <c r="W14" s="27"/>
+      <c r="V14" s="27">
+        <v>46260</v>
+      </c>
+      <c r="W14" s="27">
+        <v>62025348421</v>
+      </c>
     </row>
     <row r="15" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>1055</v>
       </c>
       <c r="C15" s="4">
         <v>36123035432.480003</v>
       </c>
       <c r="D15" s="4">
         <v>887</v>
       </c>
       <c r="E15" s="4">
         <v>36297594867.470009</v>
       </c>
       <c r="F15" s="4">
         <v>812</v>
       </c>
       <c r="G15" s="4">
         <v>33548589417.450001</v>
       </c>
       <c r="H15" s="4">
         <v>674</v>
@@ -9309,50 +9345,94 @@
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a429eef-2111-4805-bf59-0cb632245aff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8">
+      <UserInfo>
+        <DisplayName>Nekomba, Jacky</DisplayName>
+        <AccountId>114</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nangolo, Miryam</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shilongo, Henock</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nuab, Ernst</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C18889EDA50FE54AB4972CE3A9ED695A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e003522f8e2c73adafff5fee0c2c5658">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2a429eef-2111-4805-bf59-0cb632245aff" xmlns:ns3="0c002113-d65b-49f3-ad78-1ba78be737b8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d493cb31275d093c444f788c52622129" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <xsd:import namespace="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9580,130 +9660,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4036620F-DD3E-4FF3-8BE4-5D824BD368F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
+    <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C148BA5A-B5C2-4F0D-BA95-89BC26875627}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E861692B-CB38-4769-9A9C-1E48BF4C5AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>