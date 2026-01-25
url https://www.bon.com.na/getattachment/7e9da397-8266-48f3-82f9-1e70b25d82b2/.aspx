--- v3 (2026-01-02)
+++ v4 (2026-01-25)
@@ -7,58 +7,58 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/November/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/December/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="36" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{15202768-7D4E-4113-858B-5081C5CC80B5}"/>
+  <xr:revisionPtr revIDLastSave="54" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C0E60FD7-738A-4913-845E-34410E06C56F}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" activeTab="4" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer and Legend" sheetId="11" r:id="rId1"/>
     <sheet name="InterBank" sheetId="9" r:id="rId2"/>
     <sheet name="IntraBank" sheetId="12" r:id="rId3"/>
     <sheet name="Domestic Settlement System" sheetId="8" r:id="rId4"/>
     <sheet name="Regional Settlement System" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Disclaimer and Legend'!$B$10</definedName>
     <definedName name="_ftn2" localSheetId="0">'Disclaimer and Legend'!$B$11</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -680,84 +680,84 @@
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="30">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma [0] 2" xfId="20" xr:uid="{63C593BC-B2B6-45E2-8A81-4097BE6B50DC}"/>
     <cellStyle name="Comma 10" xfId="27" xr:uid="{18E7BEC5-767E-412F-A4A5-44356033625B}"/>
     <cellStyle name="Comma 11" xfId="28" xr:uid="{C4D3776B-1D44-43C1-AD59-A88538A8E13B}"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{D20739AD-8107-4388-B737-7D5061706021}"/>
     <cellStyle name="Comma 2 2" xfId="4" xr:uid="{72BAA446-DF25-4D7B-B134-C4D702DFDAEF}"/>
     <cellStyle name="Comma 2 3" xfId="16" xr:uid="{287B2B2E-AF8E-45A4-9607-84FCF2BACA55}"/>
     <cellStyle name="Comma 3" xfId="6" xr:uid="{31476EC8-7372-4273-A654-D986298528DB}"/>
     <cellStyle name="Comma 3 2" xfId="19" xr:uid="{CD7ED170-18D4-493D-BC8A-E96164FD1971}"/>
     <cellStyle name="Comma 3 3" xfId="18" xr:uid="{4D1771AB-1733-4E99-BF73-6981C2EBFF55}"/>
     <cellStyle name="Comma 4" xfId="8" xr:uid="{0BDB2997-080D-4175-A726-D3A7989AE495}"/>
     <cellStyle name="Comma 4 2" xfId="21" xr:uid="{2BFF13E2-51AF-4742-A88B-43EDEC4A24EC}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{A568FFF8-8D8D-4CB0-BEB6-059E43FDE1BF}"/>
     <cellStyle name="Comma 5 2" xfId="11" xr:uid="{0ADBF37A-9C90-42BF-8660-77F4D6864855}"/>
     <cellStyle name="Comma 5 3" xfId="10" xr:uid="{5B759B93-4ADB-4C70-9F5E-DCB4986683DD}"/>
     <cellStyle name="Comma 5 4" xfId="23" xr:uid="{F54429FD-87C9-4A46-A615-C35B5F0B8CA6}"/>
     <cellStyle name="Comma 6" xfId="24" xr:uid="{08B1DEA9-D303-4075-B1A8-382E2EC18B44}"/>
     <cellStyle name="Comma 7" xfId="15" xr:uid="{BAC0AB0A-EFA8-44B7-A824-8FDA4C7FDA8E}"/>
     <cellStyle name="Comma 8" xfId="25" xr:uid="{CC77022A-6BBE-496F-B143-C1A21DA82CF7}"/>
     <cellStyle name="Comma 9" xfId="26" xr:uid="{FF6F72B9-F7AA-470C-B3E0-E91EBAAE0815}"/>
     <cellStyle name="Hyperlink" xfId="12" builtinId="8"/>
@@ -1277,51 +1277,51 @@
         <v>12</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
     </row>
     <row r="15" spans="2:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
     </row>
-    <row r="16" spans="2:10" ht="75" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:10" ht="90" x14ac:dyDescent="0.3">
       <c r="B16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
     </row>
     <row r="17" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
     </row>
@@ -1377,153 +1377,153 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B20:J21"/>
     <mergeCell ref="B3:C7"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" location="_ftn2" display="_ftn2" xr:uid="{0103989F-6317-4DFA-9593-001C687A5223}"/>
     <hyperlink ref="B19" location="_ftnref1" display="_ftnref1" xr:uid="{C9B8EEA4-09BF-4219-ACBF-F76884DFC9DF}"/>
     <hyperlink ref="B20" location="_ftnref2" display="_ftnref2" xr:uid="{7C6E50CC-72E3-43CD-BE32-C2E68005F1A6}"/>
     <hyperlink ref="B14" location="_ftn1" display="_ftn1" xr:uid="{E0ABD4F0-CC95-41E9-84C1-C2A3B5487218}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E188560-D287-442C-9C71-08373E0511F2}">
   <dimension ref="A1:W64"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A24" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W63" sqref="W63"/>
+    <sheetView showGridLines="0" topLeftCell="A23" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="W64" sqref="W64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="19.5546875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="12" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="18.88671875" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="11.5546875" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.5546875" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.5546875" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="58">
+      <c r="S2" s="61"/>
+      <c r="T2" s="51">
         <v>2024</v>
       </c>
-      <c r="U2" s="59"/>
-      <c r="V2" s="58">
+      <c r="U2" s="52"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -2395,151 +2395,155 @@
       </c>
       <c r="N15" s="9">
         <v>814273</v>
       </c>
       <c r="O15" s="9">
         <v>1851986885.98</v>
       </c>
       <c r="P15" s="9">
         <v>837889</v>
       </c>
       <c r="Q15" s="9">
         <v>1872444585.6699998</v>
       </c>
       <c r="R15" s="9">
         <v>810933</v>
       </c>
       <c r="S15" s="9">
         <v>1977136614</v>
       </c>
       <c r="T15" s="9">
         <v>1022355</v>
       </c>
       <c r="U15" s="9">
         <v>2362391721</v>
       </c>
-      <c r="V15" s="27"/>
-      <c r="W15" s="27"/>
+      <c r="V15" s="27">
+        <v>1131193</v>
+      </c>
+      <c r="W15" s="27">
+        <v>2831771763</v>
+      </c>
     </row>
     <row r="16" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
     </row>
     <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6"/>
-      <c r="B17" s="61" t="s">
+      <c r="B17" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="62"/>
-[...19 lines deleted...]
-      <c r="W17" s="62"/>
+      <c r="C17" s="54"/>
+      <c r="D17" s="54"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="54"/>
+      <c r="H17" s="54"/>
+      <c r="I17" s="54"/>
+      <c r="J17" s="54"/>
+      <c r="K17" s="54"/>
+      <c r="L17" s="54"/>
+      <c r="M17" s="54"/>
+      <c r="N17" s="54"/>
+      <c r="O17" s="54"/>
+      <c r="P17" s="54"/>
+      <c r="Q17" s="54"/>
+      <c r="R17" s="54"/>
+      <c r="S17" s="54"/>
+      <c r="T17" s="54"/>
+      <c r="U17" s="54"/>
+      <c r="V17" s="54"/>
+      <c r="W17" s="54"/>
     </row>
     <row r="18" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
-      <c r="B18" s="57">
+      <c r="B18" s="61">
         <v>2015</v>
       </c>
-      <c r="C18" s="57"/>
-      <c r="D18" s="58">
+      <c r="C18" s="61"/>
+      <c r="D18" s="51">
         <v>2016</v>
       </c>
-      <c r="E18" s="59"/>
-      <c r="F18" s="57">
+      <c r="E18" s="52"/>
+      <c r="F18" s="61">
         <v>2017</v>
       </c>
-      <c r="G18" s="57"/>
-      <c r="H18" s="58">
+      <c r="G18" s="61"/>
+      <c r="H18" s="51">
         <v>2018</v>
       </c>
-      <c r="I18" s="59"/>
-      <c r="J18" s="57">
+      <c r="I18" s="52"/>
+      <c r="J18" s="61">
         <v>2019</v>
       </c>
-      <c r="K18" s="57"/>
-      <c r="L18" s="57">
+      <c r="K18" s="61"/>
+      <c r="L18" s="61">
         <v>2020</v>
       </c>
-      <c r="M18" s="57"/>
-      <c r="N18" s="57">
+      <c r="M18" s="61"/>
+      <c r="N18" s="61">
         <v>2021</v>
       </c>
-      <c r="O18" s="57"/>
-      <c r="P18" s="57">
+      <c r="O18" s="61"/>
+      <c r="P18" s="61">
         <v>2022</v>
       </c>
-      <c r="Q18" s="57"/>
-      <c r="R18" s="57">
+      <c r="Q18" s="61"/>
+      <c r="R18" s="61">
         <v>2023</v>
       </c>
-      <c r="S18" s="57"/>
-      <c r="T18" s="58">
+      <c r="S18" s="61"/>
+      <c r="T18" s="51">
         <v>2024</v>
       </c>
-      <c r="U18" s="59"/>
-      <c r="V18" s="58">
+      <c r="U18" s="52"/>
+      <c r="V18" s="51">
         <v>2025</v>
       </c>
-      <c r="W18" s="59"/>
+      <c r="W18" s="52"/>
     </row>
     <row r="19" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A19" s="3"/>
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -3411,143 +3415,147 @@
       </c>
       <c r="N31" s="8">
         <v>1283501</v>
       </c>
       <c r="O31" s="8">
         <v>28242265510.160004</v>
       </c>
       <c r="P31" s="8">
         <v>1379700</v>
       </c>
       <c r="Q31" s="8">
         <v>31997068650.700005</v>
       </c>
       <c r="R31" s="8">
         <v>1546058</v>
       </c>
       <c r="S31" s="8">
         <v>33737150632</v>
       </c>
       <c r="T31" s="8">
         <v>1601358</v>
       </c>
       <c r="U31" s="8">
         <v>39226435672</v>
       </c>
-      <c r="V31" s="27"/>
-      <c r="W31" s="27"/>
+      <c r="V31" s="27">
+        <v>1791052</v>
+      </c>
+      <c r="W31" s="27">
+        <v>43658201920</v>
+      </c>
     </row>
     <row r="32" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
     </row>
     <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
-      <c r="B33" s="60" t="s">
+      <c r="B33" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="C33" s="60"/>
-[...15 lines deleted...]
-      <c r="S33" s="60"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="62"/>
+      <c r="I33" s="62"/>
+      <c r="J33" s="62"/>
+      <c r="K33" s="62"/>
+      <c r="L33" s="62"/>
+      <c r="M33" s="62"/>
+      <c r="N33" s="62"/>
+      <c r="O33" s="62"/>
+      <c r="P33" s="62"/>
+      <c r="Q33" s="62"/>
+      <c r="R33" s="62"/>
+      <c r="S33" s="62"/>
     </row>
     <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3"/>
-      <c r="B34" s="57">
+      <c r="B34" s="61">
         <v>2015</v>
       </c>
-      <c r="C34" s="57"/>
-      <c r="D34" s="58">
+      <c r="C34" s="61"/>
+      <c r="D34" s="51">
         <v>2016</v>
       </c>
-      <c r="E34" s="59"/>
-      <c r="F34" s="57">
+      <c r="E34" s="52"/>
+      <c r="F34" s="61">
         <v>2017</v>
       </c>
-      <c r="G34" s="57"/>
-      <c r="H34" s="58">
+      <c r="G34" s="61"/>
+      <c r="H34" s="51">
         <v>2018</v>
       </c>
-      <c r="I34" s="59"/>
-      <c r="J34" s="57">
+      <c r="I34" s="52"/>
+      <c r="J34" s="61">
         <v>2019</v>
       </c>
-      <c r="K34" s="57"/>
-      <c r="L34" s="57">
+      <c r="K34" s="61"/>
+      <c r="L34" s="61">
         <v>2020</v>
       </c>
-      <c r="M34" s="57"/>
-      <c r="N34" s="57">
+      <c r="M34" s="61"/>
+      <c r="N34" s="61">
         <v>2021</v>
       </c>
-      <c r="O34" s="57"/>
-      <c r="P34" s="57">
+      <c r="O34" s="61"/>
+      <c r="P34" s="61">
         <v>2022</v>
       </c>
-      <c r="Q34" s="57"/>
-      <c r="R34" s="57">
+      <c r="Q34" s="61"/>
+      <c r="R34" s="61">
         <v>2023</v>
       </c>
-      <c r="S34" s="57"/>
-      <c r="T34" s="58">
+      <c r="S34" s="61"/>
+      <c r="T34" s="51">
         <v>2024</v>
       </c>
-      <c r="U34" s="59"/>
+      <c r="U34" s="52"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
     </row>
     <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
@@ -3606,647 +3614,647 @@
       </c>
       <c r="D36" s="10">
         <v>86764</v>
       </c>
       <c r="E36" s="11">
         <v>926117031.56999993</v>
       </c>
       <c r="F36" s="10">
         <v>52407</v>
       </c>
       <c r="G36" s="11">
         <v>458982400.11000001</v>
       </c>
       <c r="H36" s="10">
         <v>23569</v>
       </c>
       <c r="I36" s="11">
         <v>229964233.59</v>
       </c>
       <c r="J36" s="4">
         <v>11274</v>
       </c>
       <c r="K36" s="5">
         <v>114709632.44</v>
       </c>
-      <c r="L36" s="51" t="s">
+      <c r="L36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="M36" s="52"/>
-      <c r="N36" s="51" t="s">
+      <c r="M36" s="56"/>
+      <c r="N36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="O36" s="52"/>
-      <c r="P36" s="51" t="s">
+      <c r="O36" s="56"/>
+      <c r="P36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="Q36" s="52"/>
-      <c r="R36" s="51" t="s">
+      <c r="Q36" s="56"/>
+      <c r="R36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="S36" s="52"/>
-      <c r="T36" s="51" t="s">
+      <c r="S36" s="56"/>
+      <c r="T36" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="U36" s="52"/>
+      <c r="U36" s="56"/>
       <c r="V36" s="47"/>
       <c r="W36" s="47"/>
     </row>
     <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="10">
         <v>136840</v>
       </c>
       <c r="C37" s="10">
         <v>2178931261.9499998</v>
       </c>
       <c r="D37" s="10">
         <v>98303</v>
       </c>
       <c r="E37" s="11">
         <v>889975913.63999999</v>
       </c>
       <c r="F37" s="10">
         <v>61955</v>
       </c>
       <c r="G37" s="11">
         <v>553559025.76999998</v>
       </c>
       <c r="H37" s="10">
         <v>25167</v>
       </c>
       <c r="I37" s="11">
         <v>247061407.62</v>
       </c>
       <c r="J37" s="4">
         <v>2827</v>
       </c>
       <c r="K37" s="5">
         <v>33600934.990000002</v>
       </c>
-      <c r="L37" s="53"/>
-[...8 lines deleted...]
-      <c r="U37" s="54"/>
+      <c r="L37" s="57"/>
+      <c r="M37" s="58"/>
+      <c r="N37" s="57"/>
+      <c r="O37" s="58"/>
+      <c r="P37" s="57"/>
+      <c r="Q37" s="58"/>
+      <c r="R37" s="57"/>
+      <c r="S37" s="58"/>
+      <c r="T37" s="57"/>
+      <c r="U37" s="58"/>
       <c r="V37" s="47"/>
       <c r="W37" s="47"/>
     </row>
     <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="10">
         <v>150501</v>
       </c>
       <c r="C38" s="10">
         <v>2528697575.3299999</v>
       </c>
       <c r="D38" s="10">
         <v>98455</v>
       </c>
       <c r="E38" s="11">
         <v>918580493.61000001</v>
       </c>
       <c r="F38" s="10">
         <v>69174</v>
       </c>
       <c r="G38" s="11">
         <v>657716949.97000003</v>
       </c>
       <c r="H38" s="10">
         <v>25421</v>
       </c>
       <c r="I38" s="11">
         <v>261241505.27999997</v>
       </c>
       <c r="J38" s="4">
         <v>606</v>
       </c>
       <c r="K38" s="5">
         <v>9793615.370000001</v>
       </c>
-      <c r="L38" s="53"/>
-[...8 lines deleted...]
-      <c r="U38" s="54"/>
+      <c r="L38" s="57"/>
+      <c r="M38" s="58"/>
+      <c r="N38" s="57"/>
+      <c r="O38" s="58"/>
+      <c r="P38" s="57"/>
+      <c r="Q38" s="58"/>
+      <c r="R38" s="57"/>
+      <c r="S38" s="58"/>
+      <c r="T38" s="57"/>
+      <c r="U38" s="58"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
     </row>
     <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="10">
         <v>139016</v>
       </c>
       <c r="C39" s="10">
         <v>2336504090.7999997</v>
       </c>
       <c r="D39" s="10">
         <v>102642</v>
       </c>
       <c r="E39" s="11">
         <v>950324622.06000006</v>
       </c>
       <c r="F39" s="10">
         <v>58952</v>
       </c>
       <c r="G39" s="11">
         <v>552499661.16999996</v>
       </c>
       <c r="H39" s="10">
         <v>22475</v>
       </c>
       <c r="I39" s="11">
         <v>222872297.43000001</v>
       </c>
       <c r="J39" s="4">
         <v>297</v>
       </c>
       <c r="K39" s="5">
         <v>4182617.7699999996</v>
       </c>
-      <c r="L39" s="53"/>
-[...8 lines deleted...]
-      <c r="U39" s="54"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="58"/>
+      <c r="N39" s="57"/>
+      <c r="O39" s="58"/>
+      <c r="P39" s="57"/>
+      <c r="Q39" s="58"/>
+      <c r="R39" s="57"/>
+      <c r="S39" s="58"/>
+      <c r="T39" s="57"/>
+      <c r="U39" s="58"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
     </row>
     <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="10">
         <v>119181</v>
       </c>
       <c r="C40" s="10">
         <v>1892656659.1699996</v>
       </c>
       <c r="D40" s="10">
         <v>82163</v>
       </c>
       <c r="E40" s="11">
         <v>763484164.45000005</v>
       </c>
       <c r="F40" s="10">
         <v>59829</v>
       </c>
       <c r="G40" s="11">
         <v>567160412.49999988</v>
       </c>
       <c r="H40" s="10">
         <v>27344</v>
       </c>
       <c r="I40" s="11">
         <v>290023425.46000004</v>
       </c>
       <c r="J40" s="4">
         <v>1711</v>
       </c>
       <c r="K40" s="5">
         <v>27696812.52</v>
       </c>
-      <c r="L40" s="53"/>
-[...8 lines deleted...]
-      <c r="U40" s="54"/>
+      <c r="L40" s="57"/>
+      <c r="M40" s="58"/>
+      <c r="N40" s="57"/>
+      <c r="O40" s="58"/>
+      <c r="P40" s="57"/>
+      <c r="Q40" s="58"/>
+      <c r="R40" s="57"/>
+      <c r="S40" s="58"/>
+      <c r="T40" s="57"/>
+      <c r="U40" s="58"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
     </row>
     <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="10">
         <v>135083</v>
       </c>
       <c r="C41" s="10">
         <v>2068552388.8099999</v>
       </c>
       <c r="D41" s="10">
         <v>95330</v>
       </c>
       <c r="E41" s="11">
         <v>865314844.65999985</v>
       </c>
       <c r="F41" s="10">
         <v>63765</v>
       </c>
       <c r="G41" s="11">
         <v>593111825.26999998</v>
       </c>
       <c r="H41" s="10">
         <v>28440</v>
       </c>
       <c r="I41" s="11">
         <v>300136233.65000004</v>
       </c>
       <c r="J41" s="4">
         <v>1424</v>
       </c>
       <c r="K41" s="5">
         <v>21743314.330000002</v>
       </c>
-      <c r="L41" s="53"/>
-[...8 lines deleted...]
-      <c r="U41" s="54"/>
+      <c r="L41" s="57"/>
+      <c r="M41" s="58"/>
+      <c r="N41" s="57"/>
+      <c r="O41" s="58"/>
+      <c r="P41" s="57"/>
+      <c r="Q41" s="58"/>
+      <c r="R41" s="57"/>
+      <c r="S41" s="58"/>
+      <c r="T41" s="57"/>
+      <c r="U41" s="58"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
     </row>
     <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="10">
         <v>146521</v>
       </c>
       <c r="C42" s="10">
         <v>2288392391.9400001</v>
       </c>
       <c r="D42" s="10">
         <v>88133</v>
       </c>
       <c r="E42" s="11">
         <v>801192829.73000002</v>
       </c>
       <c r="F42" s="10">
         <v>56799</v>
       </c>
       <c r="G42" s="11">
         <v>525214705.36999995</v>
       </c>
       <c r="H42" s="10">
         <v>26940</v>
       </c>
       <c r="I42" s="11">
         <v>286584798.42999995</v>
       </c>
-      <c r="J42" s="51" t="s">
+      <c r="J42" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="K42" s="52"/>
-[...9 lines deleted...]
-      <c r="U42" s="54"/>
+      <c r="K42" s="56"/>
+      <c r="L42" s="57"/>
+      <c r="M42" s="58"/>
+      <c r="N42" s="57"/>
+      <c r="O42" s="58"/>
+      <c r="P42" s="57"/>
+      <c r="Q42" s="58"/>
+      <c r="R42" s="57"/>
+      <c r="S42" s="58"/>
+      <c r="T42" s="57"/>
+      <c r="U42" s="58"/>
       <c r="V42" s="47"/>
       <c r="W42" s="47"/>
     </row>
     <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="10">
         <v>122595</v>
       </c>
       <c r="C43" s="10">
         <v>2081312236.5699997</v>
       </c>
       <c r="D43" s="10">
         <v>73811</v>
       </c>
       <c r="E43" s="11">
         <v>772398338.84000015</v>
       </c>
       <c r="F43" s="10">
         <v>56352</v>
       </c>
       <c r="G43" s="11">
         <v>552592778.21999991</v>
       </c>
       <c r="H43" s="10">
         <v>24942</v>
       </c>
       <c r="I43" s="11">
         <v>265766606.62</v>
       </c>
-      <c r="J43" s="53"/>
-[...10 lines deleted...]
-      <c r="U43" s="54"/>
+      <c r="J43" s="57"/>
+      <c r="K43" s="58"/>
+      <c r="L43" s="57"/>
+      <c r="M43" s="58"/>
+      <c r="N43" s="57"/>
+      <c r="O43" s="58"/>
+      <c r="P43" s="57"/>
+      <c r="Q43" s="58"/>
+      <c r="R43" s="57"/>
+      <c r="S43" s="58"/>
+      <c r="T43" s="57"/>
+      <c r="U43" s="58"/>
       <c r="V43" s="47"/>
       <c r="W43" s="47"/>
     </row>
     <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="10">
         <v>138225</v>
       </c>
       <c r="C44" s="10">
         <v>2607042901.1000004</v>
       </c>
       <c r="D44" s="14">
         <v>95028</v>
       </c>
       <c r="E44" s="11">
         <v>1116072753.04</v>
       </c>
       <c r="F44" s="10">
         <v>50206</v>
       </c>
       <c r="G44" s="11">
         <v>468340268.27999997</v>
       </c>
       <c r="H44" s="10">
         <v>23754</v>
       </c>
       <c r="I44" s="13">
         <v>250703178.03999999</v>
       </c>
-      <c r="J44" s="53"/>
-[...10 lines deleted...]
-      <c r="U44" s="54"/>
+      <c r="J44" s="57"/>
+      <c r="K44" s="58"/>
+      <c r="L44" s="57"/>
+      <c r="M44" s="58"/>
+      <c r="N44" s="57"/>
+      <c r="O44" s="58"/>
+      <c r="P44" s="57"/>
+      <c r="Q44" s="58"/>
+      <c r="R44" s="57"/>
+      <c r="S44" s="58"/>
+      <c r="T44" s="57"/>
+      <c r="U44" s="58"/>
       <c r="V44" s="47"/>
       <c r="W44" s="47"/>
     </row>
     <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="10">
         <v>152927</v>
       </c>
       <c r="C45" s="10">
         <v>2630992445.6100001</v>
       </c>
       <c r="D45" s="10">
         <v>79507</v>
       </c>
       <c r="E45" s="11">
         <v>709020524.84000003</v>
       </c>
       <c r="F45" s="10">
         <v>49179</v>
       </c>
       <c r="G45" s="11">
         <v>465261414.06</v>
       </c>
       <c r="H45" s="10">
         <v>25315</v>
       </c>
       <c r="I45" s="13">
         <v>257966918.89000005</v>
       </c>
-      <c r="J45" s="53"/>
-[...10 lines deleted...]
-      <c r="U45" s="54"/>
+      <c r="J45" s="57"/>
+      <c r="K45" s="58"/>
+      <c r="L45" s="57"/>
+      <c r="M45" s="58"/>
+      <c r="N45" s="57"/>
+      <c r="O45" s="58"/>
+      <c r="P45" s="57"/>
+      <c r="Q45" s="58"/>
+      <c r="R45" s="57"/>
+      <c r="S45" s="58"/>
+      <c r="T45" s="57"/>
+      <c r="U45" s="58"/>
       <c r="V45" s="47"/>
       <c r="W45" s="47"/>
     </row>
     <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="10">
         <v>114345</v>
       </c>
       <c r="C46" s="10">
         <v>1795663088.99</v>
       </c>
       <c r="D46" s="10">
         <v>84289</v>
       </c>
       <c r="E46" s="11">
         <v>764160252.39999998</v>
       </c>
       <c r="F46" s="10">
         <v>46343</v>
       </c>
       <c r="G46" s="11">
         <v>458426950.08000004</v>
       </c>
       <c r="H46" s="10">
         <v>22491</v>
       </c>
       <c r="I46" s="13">
         <v>245068871.33999997</v>
       </c>
-      <c r="J46" s="53"/>
-[...10 lines deleted...]
-      <c r="U46" s="54"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="58"/>
+      <c r="L46" s="57"/>
+      <c r="M46" s="58"/>
+      <c r="N46" s="57"/>
+      <c r="O46" s="58"/>
+      <c r="P46" s="57"/>
+      <c r="Q46" s="58"/>
+      <c r="R46" s="57"/>
+      <c r="S46" s="58"/>
+      <c r="T46" s="57"/>
+      <c r="U46" s="58"/>
       <c r="V46" s="47"/>
       <c r="W46" s="47"/>
     </row>
     <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="10">
         <v>121075</v>
       </c>
       <c r="C47" s="10">
         <v>1923164913.8000004</v>
       </c>
       <c r="D47" s="10">
         <v>71580</v>
       </c>
       <c r="E47" s="11">
         <v>665875586.13999999</v>
       </c>
       <c r="F47" s="10">
         <v>37281</v>
       </c>
       <c r="G47" s="11">
         <v>403968134.64999998</v>
       </c>
       <c r="H47" s="10">
         <v>16477</v>
       </c>
       <c r="I47" s="13">
         <v>200451740.89000002</v>
       </c>
-      <c r="J47" s="55"/>
-[...10 lines deleted...]
-      <c r="U47" s="56"/>
+      <c r="J47" s="59"/>
+      <c r="K47" s="60"/>
+      <c r="L47" s="59"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="59"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="59"/>
+      <c r="Q47" s="60"/>
+      <c r="R47" s="59"/>
+      <c r="S47" s="60"/>
+      <c r="T47" s="59"/>
+      <c r="U47" s="60"/>
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
     </row>
     <row r="48" spans="1:23" x14ac:dyDescent="0.3">
       <c r="T48" s="44"/>
       <c r="U48" s="44"/>
       <c r="V48" s="44"/>
       <c r="W48" s="44"/>
     </row>
     <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6"/>
-      <c r="B49" s="61" t="s">
+      <c r="B49" s="53" t="s">
         <v>38</v>
       </c>
-      <c r="C49" s="62"/>
-[...19 lines deleted...]
-      <c r="W49" s="62"/>
+      <c r="C49" s="54"/>
+      <c r="D49" s="54"/>
+      <c r="E49" s="54"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="54"/>
+      <c r="J49" s="54"/>
+      <c r="K49" s="54"/>
+      <c r="L49" s="54"/>
+      <c r="M49" s="54"/>
+      <c r="N49" s="54"/>
+      <c r="O49" s="54"/>
+      <c r="P49" s="54"/>
+      <c r="Q49" s="54"/>
+      <c r="R49" s="54"/>
+      <c r="S49" s="54"/>
+      <c r="T49" s="54"/>
+      <c r="U49" s="54"/>
+      <c r="V49" s="54"/>
+      <c r="W49" s="54"/>
     </row>
     <row r="50" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A50" s="6"/>
-      <c r="B50" s="58">
+      <c r="B50" s="51">
         <v>2015</v>
       </c>
-      <c r="C50" s="59"/>
-      <c r="D50" s="58">
+      <c r="C50" s="52"/>
+      <c r="D50" s="51">
         <v>2016</v>
       </c>
-      <c r="E50" s="59"/>
-      <c r="F50" s="58">
+      <c r="E50" s="52"/>
+      <c r="F50" s="51">
         <v>2017</v>
       </c>
-      <c r="G50" s="59"/>
-      <c r="H50" s="58">
+      <c r="G50" s="52"/>
+      <c r="H50" s="51">
         <v>2018</v>
       </c>
-      <c r="I50" s="59"/>
-      <c r="J50" s="58">
+      <c r="I50" s="52"/>
+      <c r="J50" s="51">
         <v>2019</v>
       </c>
-      <c r="K50" s="59"/>
-      <c r="L50" s="58">
+      <c r="K50" s="52"/>
+      <c r="L50" s="51">
         <v>2020</v>
       </c>
-      <c r="M50" s="59"/>
-      <c r="N50" s="58">
+      <c r="M50" s="52"/>
+      <c r="N50" s="51">
         <v>2021</v>
       </c>
-      <c r="O50" s="59"/>
-      <c r="P50" s="58">
+      <c r="O50" s="52"/>
+      <c r="P50" s="51">
         <v>2022</v>
       </c>
-      <c r="Q50" s="59"/>
-      <c r="R50" s="58">
+      <c r="Q50" s="52"/>
+      <c r="R50" s="51">
         <v>2023</v>
       </c>
-      <c r="S50" s="59"/>
-      <c r="T50" s="58">
+      <c r="S50" s="52"/>
+      <c r="T50" s="51">
         <v>2024</v>
       </c>
-      <c r="U50" s="59"/>
-      <c r="V50" s="58">
+      <c r="U50" s="52"/>
+      <c r="V50" s="51">
         <v>2025</v>
       </c>
-      <c r="W50" s="59"/>
+      <c r="W50" s="52"/>
     </row>
     <row r="51" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
@@ -5118,198 +5126,202 @@
       </c>
       <c r="N63" s="9">
         <v>6301072</v>
       </c>
       <c r="O63" s="9">
         <v>3456517628.6399994</v>
       </c>
       <c r="P63" s="9">
         <v>7584654</v>
       </c>
       <c r="Q63" s="9">
         <v>4103255066</v>
       </c>
       <c r="R63" s="9">
         <v>8677978</v>
       </c>
       <c r="S63" s="9">
         <v>4564752606</v>
       </c>
       <c r="T63" s="9">
         <v>10252605</v>
       </c>
       <c r="U63" s="9">
         <v>5350554283</v>
       </c>
-      <c r="V63" s="27"/>
-      <c r="W63" s="27"/>
+      <c r="V63" s="27">
+        <v>10333851</v>
+      </c>
+      <c r="W63" s="27">
+        <v>5465086114</v>
+      </c>
     </row>
     <row r="64" spans="1:23" x14ac:dyDescent="0.3">
       <c r="N64" s="40"/>
       <c r="O64" s="40"/>
       <c r="P64" s="40"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="40"/>
       <c r="S64" s="40"/>
       <c r="T64" s="40"/>
       <c r="U64" s="40"/>
       <c r="V64" s="40"/>
       <c r="W64" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="53">
+    <mergeCell ref="P36:Q47"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="N36:O47"/>
+    <mergeCell ref="L36:M47"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="J42:K47"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="P2:Q2"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="J2:K2"/>
+    <mergeCell ref="N2:O2"/>
+    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="B33:S33"/>
+    <mergeCell ref="R2:S2"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="R36:S47"/>
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="V18:W18"/>
     <mergeCell ref="V50:W50"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="B17:W17"/>
     <mergeCell ref="B49:W49"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="T18:U18"/>
     <mergeCell ref="T34:U34"/>
     <mergeCell ref="T36:U47"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="N18:O18"/>
     <mergeCell ref="H34:I34"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="H2:I2"/>
-    <mergeCell ref="F18:G18"/>
-[...35 lines deleted...]
-    <mergeCell ref="L34:M34"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082B7053-981B-4194-97CB-ED8E1CD6027F}">
   <dimension ref="A1:K64"/>
   <sheetViews>
-    <sheetView topLeftCell="A45" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K63" sqref="K63"/>
+    <sheetView topLeftCell="A39" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="K64" sqref="K64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.44140625" customWidth="1"/>
     <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.44140625" customWidth="1"/>
     <col min="9" max="9" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="62"/>
-[...7 lines deleted...]
-      <c r="K1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B2" s="58">
+      <c r="B2" s="51">
         <v>2021</v>
       </c>
-      <c r="C2" s="59"/>
-      <c r="D2" s="58">
+      <c r="C2" s="52"/>
+      <c r="D2" s="51">
         <v>2022</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="58">
+      <c r="E2" s="52"/>
+      <c r="F2" s="51">
         <v>2023</v>
       </c>
-      <c r="G2" s="59"/>
-      <c r="H2" s="58">
+      <c r="G2" s="52"/>
+      <c r="H2" s="51">
         <v>2024</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="58">
+      <c r="I2" s="52"/>
+      <c r="J2" s="51">
         <v>2025</v>
       </c>
-      <c r="K2" s="59"/>
+      <c r="K2" s="52"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
@@ -5712,99 +5724,103 @@
       </c>
       <c r="B15" s="9">
         <v>640257</v>
       </c>
       <c r="C15" s="9">
         <v>4883656048.849968</v>
       </c>
       <c r="D15" s="9">
         <v>632856.5</v>
       </c>
       <c r="E15" s="9">
         <v>4430737696.5240002</v>
       </c>
       <c r="F15" s="9">
         <v>600861</v>
       </c>
       <c r="G15" s="9">
         <v>3024985051</v>
       </c>
       <c r="H15" s="9">
         <v>927536</v>
       </c>
       <c r="I15" s="9">
         <v>3969383564</v>
       </c>
-      <c r="J15" s="39"/>
-      <c r="K15" s="39"/>
+      <c r="J15" s="39">
+        <v>759582</v>
+      </c>
+      <c r="K15" s="39">
+        <v>3907614351</v>
+      </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
     </row>
     <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="61" t="s">
+      <c r="B17" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="62"/>
-[...7 lines deleted...]
-      <c r="K17" s="62"/>
+      <c r="C17" s="54"/>
+      <c r="D17" s="54"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="54"/>
+      <c r="H17" s="54"/>
+      <c r="I17" s="54"/>
+      <c r="J17" s="54"/>
+      <c r="K17" s="54"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B18" s="57">
+      <c r="B18" s="61">
         <v>2021</v>
       </c>
-      <c r="C18" s="57"/>
-      <c r="D18" s="57">
+      <c r="C18" s="61"/>
+      <c r="D18" s="61">
         <v>2022</v>
       </c>
-      <c r="E18" s="57"/>
-      <c r="F18" s="57">
+      <c r="E18" s="61"/>
+      <c r="F18" s="61">
         <v>2023</v>
       </c>
-      <c r="G18" s="57"/>
-      <c r="H18" s="57">
+      <c r="G18" s="61"/>
+      <c r="H18" s="61">
         <v>2024</v>
       </c>
-      <c r="I18" s="57"/>
-      <c r="J18" s="58">
+      <c r="I18" s="61"/>
+      <c r="J18" s="51">
         <v>2025</v>
       </c>
-      <c r="K18" s="59"/>
+      <c r="K18" s="52"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
@@ -6207,92 +6223,96 @@
       </c>
       <c r="B31" s="8">
         <v>2978600</v>
       </c>
       <c r="C31" s="8">
         <v>42409100782.360001</v>
       </c>
       <c r="D31" s="8">
         <v>3233260</v>
       </c>
       <c r="E31" s="8">
         <v>67054362016</v>
       </c>
       <c r="F31" s="8">
         <v>4216756</v>
       </c>
       <c r="G31" s="8">
         <v>60369133976</v>
       </c>
       <c r="H31" s="8">
         <v>5214262</v>
       </c>
       <c r="I31" s="8">
         <v>69340141187</v>
       </c>
-      <c r="J31" s="39"/>
-      <c r="K31" s="39"/>
+      <c r="J31" s="39">
+        <v>5983306</v>
+      </c>
+      <c r="K31" s="39">
+        <v>79855649123</v>
+      </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B33" s="61" t="s">
+      <c r="B33" s="53" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="62"/>
-[...7 lines deleted...]
-      <c r="K33" s="62"/>
+      <c r="C33" s="54"/>
+      <c r="D33" s="54"/>
+      <c r="E33" s="54"/>
+      <c r="F33" s="54"/>
+      <c r="G33" s="54"/>
+      <c r="H33" s="54"/>
+      <c r="I33" s="54"/>
+      <c r="J33" s="54"/>
+      <c r="K33" s="54"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B34" s="58">
+      <c r="B34" s="51">
         <v>2021</v>
       </c>
-      <c r="C34" s="59"/>
-      <c r="D34" s="58">
+      <c r="C34" s="52"/>
+      <c r="D34" s="51">
         <v>2022</v>
       </c>
-      <c r="E34" s="59"/>
-      <c r="F34" s="58">
+      <c r="E34" s="52"/>
+      <c r="F34" s="51">
         <v>2023</v>
       </c>
-      <c r="G34" s="59"/>
-      <c r="H34" s="58">
+      <c r="G34" s="52"/>
+      <c r="H34" s="51">
         <v>2024</v>
       </c>
-      <c r="I34" s="59"/>
-      <c r="J34" s="58">
+      <c r="I34" s="52"/>
+      <c r="J34" s="51">
         <v>2025</v>
       </c>
-      <c r="K34" s="59"/>
+      <c r="K34" s="52"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
@@ -6695,92 +6715,96 @@
       </c>
       <c r="B47" s="9">
         <v>9997381</v>
       </c>
       <c r="C47" s="30">
         <v>7138221327</v>
       </c>
       <c r="D47" s="33">
         <v>4038761</v>
       </c>
       <c r="E47" s="33">
         <v>3160756751</v>
       </c>
       <c r="F47" s="33">
         <v>7478571</v>
       </c>
       <c r="G47" s="33">
         <v>5729743166</v>
       </c>
       <c r="H47" s="9">
         <v>11090856</v>
       </c>
       <c r="I47" s="9">
         <v>8019685688</v>
       </c>
-      <c r="J47" s="39"/>
-      <c r="K47" s="39"/>
+      <c r="J47" s="39">
+        <v>9714566</v>
+      </c>
+      <c r="K47" s="39">
+        <v>6798321851</v>
+      </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.3">
       <c r="H48" s="40"/>
       <c r="I48" s="40"/>
     </row>
     <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="61" t="s">
+      <c r="B49" s="53" t="s">
         <v>39</v>
       </c>
-      <c r="C49" s="62"/>
-[...7 lines deleted...]
-      <c r="K49" s="62"/>
+      <c r="C49" s="54"/>
+      <c r="D49" s="54"/>
+      <c r="E49" s="54"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="54"/>
+      <c r="J49" s="54"/>
+      <c r="K49" s="54"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B50" s="28">
         <v>2021</v>
       </c>
       <c r="C50" s="29"/>
       <c r="D50" s="28">
         <v>2022</v>
       </c>
       <c r="E50" s="29"/>
       <c r="F50" s="28">
         <v>2023</v>
       </c>
       <c r="G50" s="29"/>
-      <c r="H50" s="58">
+      <c r="H50" s="51">
         <v>2024</v>
       </c>
-      <c r="I50" s="59"/>
-      <c r="J50" s="58">
+      <c r="I50" s="52"/>
+      <c r="J50" s="51">
         <v>2025</v>
       </c>
-      <c r="K50" s="59"/>
+      <c r="K50" s="52"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
@@ -7183,199 +7207,203 @@
       </c>
       <c r="B63" s="9">
         <v>5522930</v>
       </c>
       <c r="C63" s="9">
         <v>3073072322.46</v>
       </c>
       <c r="D63" s="9">
         <v>6202381</v>
       </c>
       <c r="E63" s="9">
         <v>3472896185</v>
       </c>
       <c r="F63" s="9">
         <v>7366088</v>
       </c>
       <c r="G63" s="9">
         <v>3716708155</v>
       </c>
       <c r="H63" s="9">
         <v>8234102</v>
       </c>
       <c r="I63" s="9">
         <v>4281294531</v>
       </c>
-      <c r="J63" s="39"/>
-      <c r="K63" s="39"/>
+      <c r="J63" s="39">
+        <v>9239316</v>
+      </c>
+      <c r="K63" s="39">
+        <v>4988844814</v>
+      </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B64" s="40"/>
       <c r="C64" s="40"/>
       <c r="D64" s="40"/>
       <c r="E64" s="40"/>
       <c r="F64" s="40"/>
       <c r="G64" s="40"/>
       <c r="H64" s="41"/>
       <c r="I64" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="J50:K50"/>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="B33:K33"/>
     <mergeCell ref="B49:K49"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="H2:I2"/>
-    <mergeCell ref="H18:I18"/>
-[...3 lines deleted...]
-    <mergeCell ref="D34:E34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B4317E3-ACF1-41FE-978A-6E2C87B516A4}">
   <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="S19" sqref="S19"/>
+      <selection activeCell="W16" sqref="W16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="21.109375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.33203125" customWidth="1"/>
     <col min="14" max="14" width="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="10.5546875" customWidth="1"/>
     <col min="17" max="17" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.5546875" customWidth="1"/>
     <col min="19" max="19" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5546875" customWidth="1"/>
     <col min="21" max="21" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>40</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="57">
+      <c r="S2" s="61"/>
+      <c r="T2" s="61">
         <v>2024</v>
       </c>
-      <c r="U2" s="57"/>
-      <c r="V2" s="58">
+      <c r="U2" s="61"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -8247,182 +8275,186 @@
       </c>
       <c r="N15" s="4">
         <v>7549</v>
       </c>
       <c r="O15" s="4">
         <v>90786557056.960022</v>
       </c>
       <c r="P15" s="38">
         <v>7679</v>
       </c>
       <c r="Q15" s="38">
         <v>93614774484</v>
       </c>
       <c r="R15" s="38">
         <v>7462</v>
       </c>
       <c r="S15" s="38">
         <v>106746722614</v>
       </c>
       <c r="T15" s="38">
         <v>8168</v>
       </c>
       <c r="U15" s="38">
         <v>120153967726</v>
       </c>
-      <c r="V15" s="39"/>
-      <c r="W15" s="39"/>
+      <c r="V15" s="39">
+        <v>10202</v>
+      </c>
+      <c r="W15" s="39">
+        <v>137505225924</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7D6ABDB-289F-43A0-921C-DA7E89BAEAF4}">
   <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W15" sqref="W15"/>
+      <selection activeCell="W16" sqref="W16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="18.33203125" customWidth="1"/>
     <col min="17" max="17" width="19.5546875" customWidth="1"/>
     <col min="18" max="18" width="18.33203125" customWidth="1"/>
     <col min="19" max="19" width="19.5546875" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
     <col min="21" max="21" width="19.5546875" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="61" t="s">
+      <c r="B1" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="62"/>
-[...19 lines deleted...]
-      <c r="W1" s="62"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="57">
+      <c r="B2" s="61">
         <v>2015</v>
       </c>
-      <c r="C2" s="57"/>
-      <c r="D2" s="58">
+      <c r="C2" s="61"/>
+      <c r="D2" s="51">
         <v>2016</v>
       </c>
-      <c r="E2" s="59"/>
-      <c r="F2" s="57">
+      <c r="E2" s="52"/>
+      <c r="F2" s="61">
         <v>2017</v>
       </c>
-      <c r="G2" s="57"/>
-      <c r="H2" s="58">
+      <c r="G2" s="61"/>
+      <c r="H2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="59"/>
-      <c r="J2" s="57">
+      <c r="I2" s="52"/>
+      <c r="J2" s="61">
         <v>2019</v>
       </c>
-      <c r="K2" s="57"/>
-      <c r="L2" s="57">
+      <c r="K2" s="61"/>
+      <c r="L2" s="61">
         <v>2020</v>
       </c>
-      <c r="M2" s="57"/>
-      <c r="N2" s="57">
+      <c r="M2" s="61"/>
+      <c r="N2" s="61">
         <v>2021</v>
       </c>
-      <c r="O2" s="57"/>
-      <c r="P2" s="57">
+      <c r="O2" s="61"/>
+      <c r="P2" s="61">
         <v>2022</v>
       </c>
-      <c r="Q2" s="57"/>
-      <c r="R2" s="57">
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61">
         <v>2023</v>
       </c>
-      <c r="S2" s="57"/>
-      <c r="T2" s="57">
+      <c r="S2" s="61"/>
+      <c r="T2" s="61">
         <v>2024</v>
       </c>
-      <c r="U2" s="57"/>
-      <c r="V2" s="58">
+      <c r="U2" s="61"/>
+      <c r="V2" s="51">
         <v>2025</v>
       </c>
-      <c r="W2" s="59"/>
+      <c r="W2" s="52"/>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -9294,145 +9326,105 @@
       </c>
       <c r="N15" s="4">
         <v>2458</v>
       </c>
       <c r="O15" s="4">
         <v>45567150619.18</v>
       </c>
       <c r="P15" s="4">
         <v>2597</v>
       </c>
       <c r="Q15" s="4">
         <v>47254094883.790001</v>
       </c>
       <c r="R15" s="4">
         <v>3159</v>
       </c>
       <c r="S15" s="4">
         <v>59129596776</v>
       </c>
       <c r="T15" s="4">
         <v>48699</v>
       </c>
       <c r="U15" s="4">
         <v>66408987400</v>
       </c>
-      <c r="V15" s="27"/>
-      <c r="W15" s="27"/>
+      <c r="V15" s="27">
+        <v>50195</v>
+      </c>
+      <c r="W15" s="27">
+        <v>76328510538</v>
+      </c>
     </row>
     <row r="16" spans="1:23" x14ac:dyDescent="0.3">
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
       <c r="R16" s="26"/>
       <c r="S16" s="42"/>
       <c r="T16" s="26"/>
       <c r="U16" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...42 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C18889EDA50FE54AB4972CE3A9ED695A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e003522f8e2c73adafff5fee0c2c5658">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2a429eef-2111-4805-bf59-0cb632245aff" xmlns:ns3="0c002113-d65b-49f3-ad78-1ba78be737b8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d493cb31275d093c444f788c52622129" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <xsd:import namespace="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9660,86 +9652,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a429eef-2111-4805-bf59-0cb632245aff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8">
+      <UserInfo>
+        <DisplayName>Nekomba, Jacky</DisplayName>
+        <AccountId>114</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nangolo, Miryam</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shilongo, Henock</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nuab, Ernst</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E861692B-CB38-4769-9A9C-1E48BF4C5AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C148BA5A-B5C2-4F0D-BA95-89BC26875627}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4036620F-DD3E-4FF3-8BE4-5D824BD368F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
+    <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>