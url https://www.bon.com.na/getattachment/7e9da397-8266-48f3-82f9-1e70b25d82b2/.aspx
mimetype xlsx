--- v4 (2026-01-25)
+++ v5 (2026-03-07)
@@ -7,96 +7,96 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/December/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/awe1282_bon_com_na/Documents/Documents/NPS/WebStats/2026/January/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="54" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C0E60FD7-738A-4913-845E-34410E06C56F}"/>
+  <xr:revisionPtr revIDLastSave="135" documentId="13_ncr:1_{1B585621-2B23-4A43-B042-7A850A183D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C01BAD02-E481-47AD-92BD-B00BCED120C8}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="783" activeTab="4" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
+    <workbookView xWindow="28680" yWindow="-2805" windowWidth="38640" windowHeight="21120" tabRatio="783" activeTab="3" xr2:uid="{442349FA-63F8-4E17-A798-464D1FFE307B}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer and Legend" sheetId="11" r:id="rId1"/>
     <sheet name="InterBank" sheetId="9" r:id="rId2"/>
     <sheet name="IntraBank" sheetId="12" r:id="rId3"/>
     <sheet name="Domestic Settlement System" sheetId="8" r:id="rId4"/>
     <sheet name="Regional Settlement System" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Disclaimer and Legend'!$B$10</definedName>
     <definedName name="_ftn2" localSheetId="0">'Disclaimer and Legend'!$B$11</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">'Disclaimer and Legend'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="42">
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t>The National Payment System Department (NPS) at the Bank of Namibia (the Bank) collects, aggregates, and publishes payment systems data to enhance public access to information. The data is validated to ensure that it is complete, accurate and useful. The Bank cannot however guarantee that the data it receives from regulated institutions is error-free. Thus, the Bank accepts no responsibility or liability whatsoever with regard to the information on this site and reserves the right to amend the statistical data on the website at any time without prior notice.</t>
   </si>
   <si>
     <t xml:space="preserve">Legend </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Interbank System</t>
   </si>
   <si>
     <t xml:space="preserve">These are transactions (i.e. EFT, Card and Cheque) were the payer and payee are from two different institutions, and are processed via the domestic clearing house, Namclear. </t>
   </si>
   <si>
     <t>EFT Service</t>
   </si>
   <si>
@@ -564,51 +564,51 @@
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="169" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="168" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -680,84 +680,90 @@
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="30">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma [0] 2" xfId="20" xr:uid="{63C593BC-B2B6-45E2-8A81-4097BE6B50DC}"/>
     <cellStyle name="Comma 10" xfId="27" xr:uid="{18E7BEC5-767E-412F-A4A5-44356033625B}"/>
     <cellStyle name="Comma 11" xfId="28" xr:uid="{C4D3776B-1D44-43C1-AD59-A88538A8E13B}"/>
     <cellStyle name="Comma 2" xfId="2" xr:uid="{D20739AD-8107-4388-B737-7D5061706021}"/>
     <cellStyle name="Comma 2 2" xfId="4" xr:uid="{72BAA446-DF25-4D7B-B134-C4D702DFDAEF}"/>
     <cellStyle name="Comma 2 3" xfId="16" xr:uid="{287B2B2E-AF8E-45A4-9607-84FCF2BACA55}"/>
     <cellStyle name="Comma 3" xfId="6" xr:uid="{31476EC8-7372-4273-A654-D986298528DB}"/>
     <cellStyle name="Comma 3 2" xfId="19" xr:uid="{CD7ED170-18D4-493D-BC8A-E96164FD1971}"/>
     <cellStyle name="Comma 3 3" xfId="18" xr:uid="{4D1771AB-1733-4E99-BF73-6981C2EBFF55}"/>
     <cellStyle name="Comma 4" xfId="8" xr:uid="{0BDB2997-080D-4175-A726-D3A7989AE495}"/>
     <cellStyle name="Comma 4 2" xfId="21" xr:uid="{2BFF13E2-51AF-4742-A88B-43EDEC4A24EC}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{A568FFF8-8D8D-4CB0-BEB6-059E43FDE1BF}"/>
     <cellStyle name="Comma 5 2" xfId="11" xr:uid="{0ADBF37A-9C90-42BF-8660-77F4D6864855}"/>
     <cellStyle name="Comma 5 3" xfId="10" xr:uid="{5B759B93-4ADB-4C70-9F5E-DCB4986683DD}"/>
     <cellStyle name="Comma 5 4" xfId="23" xr:uid="{F54429FD-87C9-4A46-A615-C35B5F0B8CA6}"/>
     <cellStyle name="Comma 6" xfId="24" xr:uid="{08B1DEA9-D303-4075-B1A8-382E2EC18B44}"/>
     <cellStyle name="Comma 7" xfId="15" xr:uid="{BAC0AB0A-EFA8-44B7-A824-8FDA4C7FDA8E}"/>
     <cellStyle name="Comma 8" xfId="25" xr:uid="{CC77022A-6BBE-496F-B143-C1A21DA82CF7}"/>
     <cellStyle name="Comma 9" xfId="26" xr:uid="{FF6F72B9-F7AA-470C-B3E0-E91EBAAE0815}"/>
     <cellStyle name="Hyperlink" xfId="12" builtinId="8"/>
@@ -1277,51 +1283,51 @@
         <v>12</v>
       </c>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
     </row>
     <row r="15" spans="2:10" ht="46.8" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
     </row>
-    <row r="16" spans="2:10" ht="90" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:10" ht="75" x14ac:dyDescent="0.3">
       <c r="B16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
     </row>
     <row r="17" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
     </row>
@@ -1375,157 +1381,165 @@
       <c r="I21" s="48"/>
       <c r="J21" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B20:J21"/>
     <mergeCell ref="B3:C7"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" location="_ftn2" display="_ftn2" xr:uid="{0103989F-6317-4DFA-9593-001C687A5223}"/>
     <hyperlink ref="B19" location="_ftnref1" display="_ftnref1" xr:uid="{C9B8EEA4-09BF-4219-ACBF-F76884DFC9DF}"/>
     <hyperlink ref="B20" location="_ftnref2" display="_ftnref2" xr:uid="{7C6E50CC-72E3-43CD-BE32-C2E68005F1A6}"/>
     <hyperlink ref="B14" location="_ftn1" display="_ftn1" xr:uid="{E0ABD4F0-CC95-41E9-84C1-C2A3B5487218}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E188560-D287-442C-9C71-08373E0511F2}">
-  <dimension ref="A1:W64"/>
+  <dimension ref="A1:Y64"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A23" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W64" sqref="W64"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="Y53" sqref="Y53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="19.5546875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="12" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="18.88671875" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="11.5546875" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.5546875" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.5546875" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
+    <col min="24" max="24" width="19.88671875" customWidth="1"/>
+    <col min="25" max="25" width="17.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="54"/>
-[...21 lines deleted...]
-    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
+      <c r="X1" s="62"/>
+      <c r="Y1" s="62"/>
+    </row>
+    <row r="2" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="51">
+      <c r="S2" s="57"/>
+      <c r="T2" s="58">
         <v>2024</v>
       </c>
-      <c r="U2" s="52"/>
-      <c r="V2" s="51">
+      <c r="U2" s="59"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="W2" s="59"/>
+      <c r="X2" s="58">
+        <v>2026</v>
+      </c>
+      <c r="Y2" s="59"/>
+    </row>
+    <row r="3" spans="1:25" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -1549,52 +1563,58 @@
       </c>
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y3" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="10">
         <v>405013</v>
       </c>
       <c r="C4" s="10">
         <v>664993007.59000003</v>
       </c>
       <c r="D4" s="10">
         <v>390486</v>
       </c>
       <c r="E4" s="11">
         <v>733955232.41999996</v>
       </c>
       <c r="F4" s="10">
         <v>587169</v>
       </c>
       <c r="G4" s="11">
         <v>959865484.43000007</v>
       </c>
       <c r="H4" s="10">
         <v>675870</v>
       </c>
       <c r="I4" s="11">
@@ -1620,52 +1640,58 @@
       </c>
       <c r="P4" s="27">
         <v>768587</v>
       </c>
       <c r="Q4" s="8">
         <v>1652377876.8</v>
       </c>
       <c r="R4" s="27">
         <v>765808</v>
       </c>
       <c r="S4" s="8">
         <v>1736207522</v>
       </c>
       <c r="T4" s="27">
         <v>929654</v>
       </c>
       <c r="U4" s="8">
         <v>2079678282</v>
       </c>
       <c r="V4" s="8">
         <v>895689</v>
       </c>
       <c r="W4" s="8">
         <v>2201016131</v>
       </c>
-    </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X4" s="8">
+        <v>973153</v>
+      </c>
+      <c r="Y4" s="8">
+        <v>2326471296</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="10">
         <v>453286</v>
       </c>
       <c r="C5" s="10">
         <v>669751893.06999993</v>
       </c>
       <c r="D5" s="10">
         <v>634624</v>
       </c>
       <c r="E5" s="11">
         <v>898276961.38</v>
       </c>
       <c r="F5" s="10">
         <v>573744</v>
       </c>
       <c r="G5" s="11">
         <v>948010809.82000017</v>
       </c>
       <c r="H5" s="10">
         <v>576526</v>
       </c>
       <c r="I5" s="11">
@@ -1691,52 +1717,54 @@
       </c>
       <c r="P5" s="9">
         <v>789582</v>
       </c>
       <c r="Q5" s="9">
         <v>1667604481.6700001</v>
       </c>
       <c r="R5" s="9">
         <v>815256</v>
       </c>
       <c r="S5" s="9">
         <v>1749477017</v>
       </c>
       <c r="T5" s="9">
         <v>871874</v>
       </c>
       <c r="U5" s="9">
         <v>1998637995</v>
       </c>
       <c r="V5" s="27">
         <v>1030210</v>
       </c>
       <c r="W5" s="27">
         <v>2333720531</v>
       </c>
-    </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X5" s="27"/>
+      <c r="Y5" s="27"/>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="10">
         <v>525718</v>
       </c>
       <c r="C6" s="10">
         <v>720162837.44000006</v>
       </c>
       <c r="D6" s="10">
         <v>485931</v>
       </c>
       <c r="E6" s="11">
         <v>791331849.89999998</v>
       </c>
       <c r="F6" s="10">
         <v>550667</v>
       </c>
       <c r="G6" s="11">
         <v>937639414.46000004</v>
       </c>
       <c r="H6" s="10">
         <v>519834</v>
       </c>
       <c r="I6" s="11">
@@ -1762,52 +1790,54 @@
       </c>
       <c r="P6" s="9">
         <v>806057</v>
       </c>
       <c r="Q6" s="9">
         <v>1669397766.9099998</v>
       </c>
       <c r="R6" s="9">
         <v>783941</v>
       </c>
       <c r="S6" s="9">
         <v>1825633684</v>
       </c>
       <c r="T6" s="9">
         <v>855580</v>
       </c>
       <c r="U6" s="9">
         <v>2134819045</v>
       </c>
       <c r="V6" s="27">
         <v>979374</v>
       </c>
       <c r="W6" s="27">
         <v>2370846101</v>
       </c>
-    </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X6" s="27"/>
+      <c r="Y6" s="27"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="10">
         <v>543287</v>
       </c>
       <c r="C7" s="10">
         <v>770222293.06999993</v>
       </c>
       <c r="D7" s="10">
         <v>540622</v>
       </c>
       <c r="E7" s="11">
         <v>869340880.33999991</v>
       </c>
       <c r="F7" s="10">
         <v>487902</v>
       </c>
       <c r="G7" s="11">
         <v>893357378.88999999</v>
       </c>
       <c r="H7" s="10">
         <v>655143</v>
       </c>
       <c r="I7" s="11">
@@ -1833,52 +1863,54 @@
       </c>
       <c r="P7" s="9">
         <v>797451</v>
       </c>
       <c r="Q7" s="9">
         <v>1685667834.4299998</v>
       </c>
       <c r="R7" s="9">
         <v>796989</v>
       </c>
       <c r="S7" s="9">
         <v>1774233136</v>
       </c>
       <c r="T7" s="9">
         <v>965736</v>
       </c>
       <c r="U7" s="9">
         <v>2297721378</v>
       </c>
       <c r="V7" s="27">
         <v>1013072</v>
       </c>
       <c r="W7" s="27">
         <v>2343993031</v>
       </c>
-    </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X7" s="27"/>
+      <c r="Y7" s="27"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="10">
         <v>335121</v>
       </c>
       <c r="C8" s="10">
         <v>603265716.03999996</v>
       </c>
       <c r="D8" s="10">
         <v>502275</v>
       </c>
       <c r="E8" s="11">
         <v>829079051.34500003</v>
       </c>
       <c r="F8" s="10">
         <v>660917</v>
       </c>
       <c r="G8" s="11">
         <v>1015269469.0600001</v>
       </c>
       <c r="H8" s="10">
         <v>570173</v>
       </c>
       <c r="I8" s="11">
@@ -1904,52 +1936,54 @@
       </c>
       <c r="P8" s="9">
         <v>808306</v>
       </c>
       <c r="Q8" s="9">
         <v>1713699655.8600001</v>
       </c>
       <c r="R8" s="9">
         <v>895291</v>
       </c>
       <c r="S8" s="9">
         <v>1739047150</v>
       </c>
       <c r="T8" s="9">
         <v>852871</v>
       </c>
       <c r="U8" s="9">
         <v>2039491490</v>
       </c>
       <c r="V8" s="27">
         <v>933465</v>
       </c>
       <c r="W8" s="27">
         <v>2236552796</v>
       </c>
-    </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X8" s="27"/>
+      <c r="Y8" s="27"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="10">
         <v>475857.02100000001</v>
       </c>
       <c r="C9" s="10">
         <v>776125949.68000007</v>
       </c>
       <c r="D9" s="10">
         <v>545806</v>
       </c>
       <c r="E9" s="11">
         <v>883760695.87999988</v>
       </c>
       <c r="F9" s="10">
         <v>559262</v>
       </c>
       <c r="G9" s="11">
         <v>939488662.92999995</v>
       </c>
       <c r="H9" s="10">
         <v>526688</v>
       </c>
       <c r="I9" s="11">
@@ -1975,52 +2009,54 @@
       </c>
       <c r="P9" s="9">
         <v>801333</v>
       </c>
       <c r="Q9" s="9">
         <v>1642102217.5500002</v>
       </c>
       <c r="R9" s="9">
         <v>800045</v>
       </c>
       <c r="S9" s="9">
         <v>1996051827</v>
       </c>
       <c r="T9" s="9">
         <v>851951</v>
       </c>
       <c r="U9" s="9">
         <v>1806187591</v>
       </c>
       <c r="V9" s="27">
         <v>1032242</v>
       </c>
       <c r="W9" s="27">
         <v>2400894055</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="X9" s="27"/>
+      <c r="Y9" s="27"/>
+    </row>
+    <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="10">
         <v>505603</v>
       </c>
       <c r="C10" s="10">
         <v>756396995.44000006</v>
       </c>
       <c r="D10" s="10">
         <v>456994</v>
       </c>
       <c r="E10" s="11">
         <v>843392182.29999995</v>
       </c>
       <c r="F10" s="10">
         <v>558107</v>
       </c>
       <c r="G10" s="11">
         <v>931987406.90999997</v>
       </c>
       <c r="H10" s="10">
         <v>649180</v>
       </c>
       <c r="I10" s="11">
@@ -2046,52 +2082,54 @@
       </c>
       <c r="P10" s="9">
         <v>768089</v>
       </c>
       <c r="Q10" s="9">
         <v>1463309627</v>
       </c>
       <c r="R10" s="9">
         <v>913079</v>
       </c>
       <c r="S10" s="9">
         <v>2001941116</v>
       </c>
       <c r="T10" s="9">
         <v>991330</v>
       </c>
       <c r="U10" s="9">
         <v>2348966834</v>
       </c>
       <c r="V10" s="27">
         <v>1010139</v>
       </c>
       <c r="W10" s="27">
         <v>1355624854</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X10" s="27"/>
+      <c r="Y10" s="27"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="10">
         <v>483637</v>
       </c>
       <c r="C11" s="10">
         <v>799991456.98000002</v>
       </c>
       <c r="D11" s="10">
         <v>632027</v>
       </c>
       <c r="E11" s="11">
         <v>963476685.86000001</v>
       </c>
       <c r="F11" s="10">
         <v>560781</v>
       </c>
       <c r="G11" s="11">
         <v>981859302.25</v>
       </c>
       <c r="H11" s="10">
         <v>584126</v>
       </c>
       <c r="I11" s="11">
@@ -2117,52 +2155,54 @@
       </c>
       <c r="P11" s="9">
         <v>881213</v>
       </c>
       <c r="Q11" s="9">
         <v>2004255610.4400001</v>
       </c>
       <c r="R11" s="9">
         <v>842365</v>
       </c>
       <c r="S11" s="9">
         <v>1951506140</v>
       </c>
       <c r="T11" s="9">
         <v>929187</v>
       </c>
       <c r="U11" s="9">
         <v>2106799406</v>
       </c>
       <c r="V11" s="27">
         <v>950339</v>
       </c>
       <c r="W11" s="27">
         <v>2097177157</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X11" s="27"/>
+      <c r="Y11" s="27"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="10">
         <v>503608</v>
       </c>
       <c r="C12" s="10">
         <v>748802373.57999992</v>
       </c>
       <c r="D12" s="10">
         <v>397764</v>
       </c>
       <c r="E12" s="11">
         <v>928930029.63000011</v>
       </c>
       <c r="F12" s="10">
         <v>503665</v>
       </c>
       <c r="G12" s="11">
         <v>922100618.99000013</v>
       </c>
       <c r="H12" s="10">
         <v>497121</v>
       </c>
       <c r="I12" s="11">
@@ -2188,52 +2228,54 @@
       </c>
       <c r="P12" s="9">
         <v>779614</v>
       </c>
       <c r="Q12" s="9">
         <v>1695831896.2400002</v>
       </c>
       <c r="R12" s="9">
         <v>774250</v>
       </c>
       <c r="S12" s="9">
         <v>1834471822</v>
       </c>
       <c r="T12" s="9">
         <v>910064</v>
       </c>
       <c r="U12" s="9">
         <v>2020813480</v>
       </c>
       <c r="V12" s="27">
         <v>1070600</v>
       </c>
       <c r="W12" s="27">
         <v>2805862684</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X12" s="27"/>
+      <c r="Y12" s="27"/>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="10">
         <v>446892</v>
       </c>
       <c r="C13" s="10">
         <v>800496837.84000003</v>
       </c>
       <c r="D13" s="10">
         <v>558748</v>
       </c>
       <c r="E13" s="11">
         <v>920953722.69000006</v>
       </c>
       <c r="F13" s="10">
         <v>633312</v>
       </c>
       <c r="G13" s="11">
         <v>1001266238.77</v>
       </c>
       <c r="H13" s="10">
         <v>682001</v>
       </c>
       <c r="I13" s="11">
@@ -2259,52 +2301,54 @@
       </c>
       <c r="P13" s="9">
         <v>857006</v>
       </c>
       <c r="Q13" s="9">
         <v>1829832660</v>
       </c>
       <c r="R13" s="9">
         <v>899535</v>
       </c>
       <c r="S13" s="9">
         <v>2025689875</v>
       </c>
       <c r="T13" s="9">
         <v>952101</v>
       </c>
       <c r="U13" s="9">
         <v>2151323123</v>
       </c>
       <c r="V13" s="27">
         <v>980821</v>
       </c>
       <c r="W13" s="27">
         <v>2345798866</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X13" s="27"/>
+      <c r="Y13" s="27"/>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="10">
         <v>547092</v>
       </c>
       <c r="C14" s="10">
         <v>832536330.31999993</v>
       </c>
       <c r="D14" s="10">
         <v>545411</v>
       </c>
       <c r="E14" s="12">
         <v>902282610.90999985</v>
       </c>
       <c r="F14" s="10">
         <v>577054</v>
       </c>
       <c r="G14" s="11">
         <v>1043424514.9000001</v>
       </c>
       <c r="H14" s="10">
         <v>601443</v>
       </c>
       <c r="I14" s="11">
@@ -2330,52 +2374,54 @@
       </c>
       <c r="P14" s="9">
         <v>799447</v>
       </c>
       <c r="Q14" s="36">
         <v>1705013131</v>
       </c>
       <c r="R14" s="9">
         <v>855032</v>
       </c>
       <c r="S14" s="36">
         <v>2020214780</v>
       </c>
       <c r="T14" s="9">
         <v>878936</v>
       </c>
       <c r="U14" s="36">
         <v>2071728416</v>
       </c>
       <c r="V14" s="27">
         <v>1004453</v>
       </c>
       <c r="W14" s="27">
         <v>2149470727</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X14" s="27"/>
+      <c r="Y14" s="27"/>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="10">
         <v>577078</v>
       </c>
       <c r="C15" s="10">
         <v>850971577.1500001</v>
       </c>
       <c r="D15" s="10">
         <v>566786</v>
       </c>
       <c r="E15" s="11">
         <v>911317516.32000005</v>
       </c>
       <c r="F15" s="10">
         <v>483339</v>
       </c>
       <c r="G15" s="11">
         <v>866621552.94000006</v>
       </c>
       <c r="H15" s="10">
         <v>607740</v>
       </c>
       <c r="I15" s="11">
@@ -2401,151 +2447,161 @@
       </c>
       <c r="P15" s="9">
         <v>837889</v>
       </c>
       <c r="Q15" s="9">
         <v>1872444585.6699998</v>
       </c>
       <c r="R15" s="9">
         <v>810933</v>
       </c>
       <c r="S15" s="9">
         <v>1977136614</v>
       </c>
       <c r="T15" s="9">
         <v>1022355</v>
       </c>
       <c r="U15" s="9">
         <v>2362391721</v>
       </c>
       <c r="V15" s="27">
         <v>1131193</v>
       </c>
       <c r="W15" s="27">
         <v>2831771763</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X15" s="27"/>
+      <c r="Y15" s="27"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="43"/>
       <c r="U16" s="43"/>
       <c r="V16" s="43"/>
       <c r="W16" s="43"/>
-    </row>
-    <row r="17" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+    </row>
+    <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6"/>
-      <c r="B17" s="53" t="s">
+      <c r="B17" s="63" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="54"/>
-[...21 lines deleted...]
-    <row r="18" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="C17" s="64"/>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
+      <c r="I17" s="64"/>
+      <c r="J17" s="64"/>
+      <c r="K17" s="64"/>
+      <c r="L17" s="64"/>
+      <c r="M17" s="64"/>
+      <c r="N17" s="64"/>
+      <c r="O17" s="64"/>
+      <c r="P17" s="64"/>
+      <c r="Q17" s="64"/>
+      <c r="R17" s="64"/>
+      <c r="S17" s="64"/>
+      <c r="T17" s="64"/>
+      <c r="U17" s="64"/>
+      <c r="V17" s="64"/>
+      <c r="W17" s="64"/>
+      <c r="X17" s="64"/>
+      <c r="Y17" s="64"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A18" s="3"/>
-      <c r="B18" s="61">
+      <c r="B18" s="57">
         <v>2015</v>
       </c>
-      <c r="C18" s="61"/>
-      <c r="D18" s="51">
+      <c r="C18" s="57"/>
+      <c r="D18" s="58">
         <v>2016</v>
       </c>
-      <c r="E18" s="52"/>
-      <c r="F18" s="61">
+      <c r="E18" s="59"/>
+      <c r="F18" s="57">
         <v>2017</v>
       </c>
-      <c r="G18" s="61"/>
-      <c r="H18" s="51">
+      <c r="G18" s="57"/>
+      <c r="H18" s="58">
         <v>2018</v>
       </c>
-      <c r="I18" s="52"/>
-      <c r="J18" s="61">
+      <c r="I18" s="59"/>
+      <c r="J18" s="57">
         <v>2019</v>
       </c>
-      <c r="K18" s="61"/>
-      <c r="L18" s="61">
+      <c r="K18" s="57"/>
+      <c r="L18" s="57">
         <v>2020</v>
       </c>
-      <c r="M18" s="61"/>
-      <c r="N18" s="61">
+      <c r="M18" s="57"/>
+      <c r="N18" s="57">
         <v>2021</v>
       </c>
-      <c r="O18" s="61"/>
-      <c r="P18" s="61">
+      <c r="O18" s="57"/>
+      <c r="P18" s="57">
         <v>2022</v>
       </c>
-      <c r="Q18" s="61"/>
-      <c r="R18" s="61">
+      <c r="Q18" s="57"/>
+      <c r="R18" s="57">
         <v>2023</v>
       </c>
-      <c r="S18" s="61"/>
-      <c r="T18" s="51">
+      <c r="S18" s="57"/>
+      <c r="T18" s="58">
         <v>2024</v>
       </c>
-      <c r="U18" s="52"/>
-      <c r="V18" s="51">
+      <c r="U18" s="59"/>
+      <c r="V18" s="58">
         <v>2025</v>
       </c>
-      <c r="W18" s="52"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="W18" s="59"/>
+      <c r="X18" s="58">
+        <v>2026</v>
+      </c>
+      <c r="Y18" s="59"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A19" s="3"/>
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
       </c>
@@ -2569,52 +2625,58 @@
       </c>
       <c r="P19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W19" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y19" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>746561</v>
       </c>
       <c r="C20" s="10">
         <v>14632058372.91</v>
       </c>
       <c r="D20" s="10">
         <v>795371</v>
       </c>
       <c r="E20" s="11">
         <v>16217130847.42</v>
       </c>
       <c r="F20" s="10">
         <v>849835</v>
       </c>
       <c r="G20" s="11">
         <v>11231325845.549999</v>
       </c>
       <c r="H20" s="10">
         <v>941156</v>
       </c>
       <c r="I20" s="11">
@@ -2640,52 +2702,58 @@
       </c>
       <c r="P20" s="8">
         <v>1156318</v>
       </c>
       <c r="Q20" s="8">
         <v>22081377497.34</v>
       </c>
       <c r="R20" s="8">
         <v>1250960</v>
       </c>
       <c r="S20" s="8">
         <v>24863011348</v>
       </c>
       <c r="T20" s="8">
         <v>1462739</v>
       </c>
       <c r="U20" s="8">
         <v>30261316468</v>
       </c>
       <c r="V20" s="8">
         <v>1578127</v>
       </c>
       <c r="W20" s="8">
         <v>32763296673</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X20" s="8">
+        <v>1621496</v>
+      </c>
+      <c r="Y20" s="8">
+        <v>33944878981</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
         <v>788586</v>
       </c>
       <c r="C21" s="10">
         <v>16722630721.249998</v>
       </c>
       <c r="D21" s="10">
         <v>916849</v>
       </c>
       <c r="E21" s="11">
         <v>20663180452.829998</v>
       </c>
       <c r="F21" s="10">
         <v>908100</v>
       </c>
       <c r="G21" s="11">
         <v>19927331877.830002</v>
       </c>
       <c r="H21" s="10">
         <v>969303</v>
       </c>
       <c r="I21" s="11">
@@ -2711,52 +2779,54 @@
       </c>
       <c r="P21" s="8">
         <v>1206419</v>
       </c>
       <c r="Q21" s="8">
         <v>24343983325.800003</v>
       </c>
       <c r="R21" s="8">
         <v>1308116</v>
       </c>
       <c r="S21" s="8">
         <v>27752043505</v>
       </c>
       <c r="T21" s="8">
         <v>1403998</v>
       </c>
       <c r="U21" s="8">
         <v>30630698426</v>
       </c>
       <c r="V21" s="27">
         <v>1474881</v>
       </c>
       <c r="W21" s="27">
         <v>35046917808</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X21" s="27"/>
+      <c r="Y21" s="27"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="10">
         <v>845040</v>
       </c>
       <c r="C22" s="10">
         <v>20476741531.780003</v>
       </c>
       <c r="D22" s="10">
         <v>923994</v>
       </c>
       <c r="E22" s="11">
         <v>21950857889.280003</v>
       </c>
       <c r="F22" s="10">
         <v>1001592</v>
       </c>
       <c r="G22" s="11">
         <v>22689562453.260002</v>
       </c>
       <c r="H22" s="10">
         <v>1066360</v>
       </c>
       <c r="I22" s="11">
@@ -2782,52 +2852,54 @@
       </c>
       <c r="P22" s="8">
         <v>1356002</v>
       </c>
       <c r="Q22" s="8">
         <v>28522069815</v>
       </c>
       <c r="R22" s="8">
         <v>1453770</v>
       </c>
       <c r="S22" s="8">
         <v>31260828008</v>
       </c>
       <c r="T22" s="8">
         <v>1355335</v>
       </c>
       <c r="U22" s="8">
         <v>33264012252</v>
       </c>
       <c r="V22" s="27">
         <v>1723334</v>
       </c>
       <c r="W22" s="27">
         <v>37613756419</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X22" s="27"/>
+      <c r="Y22" s="27"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="10">
         <v>803943</v>
       </c>
       <c r="C23" s="10">
         <v>17388594808.66</v>
       </c>
       <c r="D23" s="10">
         <v>929441</v>
       </c>
       <c r="E23" s="11">
         <v>21091742723.580002</v>
       </c>
       <c r="F23" s="10">
         <v>903883</v>
       </c>
       <c r="G23" s="11">
         <v>19852653685.120003</v>
       </c>
       <c r="H23" s="10">
         <v>978293</v>
       </c>
       <c r="I23" s="11">
@@ -2853,52 +2925,54 @@
       </c>
       <c r="P23" s="8">
         <v>1241316</v>
       </c>
       <c r="Q23" s="8">
         <v>25112425626.579994</v>
       </c>
       <c r="R23" s="8">
         <v>1303291</v>
       </c>
       <c r="S23" s="8">
         <v>27156389939</v>
       </c>
       <c r="T23" s="8">
         <v>1219566</v>
       </c>
       <c r="U23" s="8">
         <v>29459960211</v>
       </c>
       <c r="V23" s="27">
         <v>1698545</v>
       </c>
       <c r="W23" s="27">
         <v>36276311096</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X23" s="27"/>
+      <c r="Y23" s="27"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="10">
         <v>788505</v>
       </c>
       <c r="C24" s="10">
         <v>16915609923.139999</v>
       </c>
       <c r="D24" s="10">
         <v>827581</v>
       </c>
       <c r="E24" s="11">
         <v>18144564361.089996</v>
       </c>
       <c r="F24" s="10">
         <v>945058</v>
       </c>
       <c r="G24" s="11">
         <v>20520348177.674</v>
       </c>
       <c r="H24" s="10">
         <v>983920</v>
       </c>
       <c r="I24" s="11">
@@ -2924,52 +2998,54 @@
       </c>
       <c r="P24" s="8">
         <v>1151631</v>
       </c>
       <c r="Q24" s="8">
         <v>23827376242.869999</v>
       </c>
       <c r="R24" s="8">
         <v>1377940</v>
       </c>
       <c r="S24" s="8">
         <v>28638308441</v>
       </c>
       <c r="T24" s="8">
         <v>1550251</v>
       </c>
       <c r="U24" s="8">
         <v>34848603185</v>
       </c>
       <c r="V24" s="27">
         <v>1590690</v>
       </c>
       <c r="W24" s="27">
         <v>34262565171</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X24" s="27"/>
+      <c r="Y24" s="27"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="10">
         <v>838659</v>
       </c>
       <c r="C25" s="10">
         <v>19025825401.580002</v>
       </c>
       <c r="D25" s="10">
         <v>926321</v>
       </c>
       <c r="E25" s="11">
         <v>22342310038.429996</v>
       </c>
       <c r="F25" s="10">
         <v>965491</v>
       </c>
       <c r="G25" s="11">
         <v>22270179669.789997</v>
       </c>
       <c r="H25" s="10">
         <v>1016659</v>
       </c>
       <c r="I25" s="11">
@@ -2995,52 +3071,54 @@
       </c>
       <c r="P25" s="8">
         <v>1373962</v>
       </c>
       <c r="Q25" s="8">
         <v>28163838934.569996</v>
       </c>
       <c r="R25" s="8">
         <v>1409957</v>
       </c>
       <c r="S25" s="8">
         <v>31740815119</v>
       </c>
       <c r="T25" s="8">
         <v>1470538</v>
       </c>
       <c r="U25" s="8">
         <v>33413614657</v>
       </c>
       <c r="V25" s="27">
         <v>1650556</v>
       </c>
       <c r="W25" s="27">
         <v>37059811577</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X25" s="27"/>
+      <c r="Y25" s="27"/>
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="10">
         <v>883488</v>
       </c>
       <c r="C26" s="10">
         <v>20530088860.57</v>
       </c>
       <c r="D26" s="10">
         <v>1010453</v>
       </c>
       <c r="E26" s="11">
         <v>21789689750.32</v>
       </c>
       <c r="F26" s="10">
         <v>964962</v>
       </c>
       <c r="G26" s="11">
         <v>21931407677.719997</v>
       </c>
       <c r="H26" s="10">
         <v>1035154</v>
       </c>
       <c r="I26" s="11">
@@ -3066,52 +3144,54 @@
       </c>
       <c r="P26" s="8">
         <v>1314254</v>
       </c>
       <c r="Q26" s="8">
         <v>27680669085</v>
       </c>
       <c r="R26" s="8">
         <v>1412527</v>
       </c>
       <c r="S26" s="8">
         <v>30178731719</v>
       </c>
       <c r="T26" s="8">
         <v>1609159</v>
       </c>
       <c r="U26" s="8">
         <v>36012828497</v>
       </c>
       <c r="V26" s="27">
         <v>1786120</v>
       </c>
       <c r="W26" s="27">
         <v>40146202317</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X26" s="27"/>
+      <c r="Y26" s="27"/>
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="10">
         <v>835419</v>
       </c>
       <c r="C27" s="10">
         <v>18816705975.600002</v>
       </c>
       <c r="D27" s="10">
         <v>968341</v>
       </c>
       <c r="E27" s="11">
         <v>23117717639.830002</v>
       </c>
       <c r="F27" s="10">
         <v>1023393</v>
       </c>
       <c r="G27" s="11">
         <v>23659523466.499996</v>
       </c>
       <c r="H27" s="10">
         <v>1065715</v>
       </c>
       <c r="I27" s="11">
@@ -3137,52 +3217,54 @@
       </c>
       <c r="P27" s="8">
         <v>1358199</v>
       </c>
       <c r="Q27" s="8">
         <v>29150066910.650002</v>
       </c>
       <c r="R27" s="8">
         <v>1466227</v>
       </c>
       <c r="S27" s="8">
         <v>32519829223</v>
       </c>
       <c r="T27" s="8">
         <v>1542388</v>
       </c>
       <c r="U27" s="8">
         <v>34979901571</v>
       </c>
       <c r="V27" s="27">
         <v>1680309</v>
       </c>
       <c r="W27" s="27">
         <v>37931629181</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X27" s="27"/>
+      <c r="Y27" s="27"/>
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="10">
         <v>880193</v>
       </c>
       <c r="C28" s="10">
         <v>20037850876.689999</v>
       </c>
       <c r="D28" s="10">
         <v>1053545</v>
       </c>
       <c r="E28" s="11">
         <v>22218038818.490002</v>
       </c>
       <c r="F28" s="10">
         <v>1003733</v>
       </c>
       <c r="G28" s="11">
         <v>22208277537.290001</v>
       </c>
       <c r="H28" s="10">
         <v>1023516</v>
       </c>
       <c r="I28" s="11">
@@ -3208,52 +3290,54 @@
       </c>
       <c r="P28" s="8">
         <v>1364766</v>
       </c>
       <c r="Q28" s="8">
         <v>29499777714.119999</v>
       </c>
       <c r="R28" s="8">
         <v>1435966</v>
       </c>
       <c r="S28" s="8">
         <v>30708165542</v>
       </c>
       <c r="T28" s="8">
         <v>1584132</v>
       </c>
       <c r="U28" s="8">
         <v>35077506016</v>
       </c>
       <c r="V28" s="27">
         <v>1644843</v>
       </c>
       <c r="W28" s="27">
         <v>39780031451</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X28" s="27"/>
+      <c r="Y28" s="27"/>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="10">
         <v>929359</v>
       </c>
       <c r="C29" s="10">
         <v>20948223078.970001</v>
       </c>
       <c r="D29" s="10">
         <v>970253</v>
       </c>
       <c r="E29" s="11">
         <v>21881182355.823124</v>
       </c>
       <c r="F29" s="10">
         <v>1026467</v>
       </c>
       <c r="G29" s="11">
         <v>22940804900.84</v>
       </c>
       <c r="H29" s="10">
         <v>1112227</v>
       </c>
       <c r="I29" s="11">
@@ -3279,52 +3363,54 @@
       </c>
       <c r="P29" s="8">
         <v>1439292</v>
       </c>
       <c r="Q29" s="8">
         <v>28016175454</v>
       </c>
       <c r="R29" s="8">
         <v>1393241</v>
       </c>
       <c r="S29" s="8">
         <v>32810980489</v>
       </c>
       <c r="T29" s="8">
         <v>1752191</v>
       </c>
       <c r="U29" s="8">
         <v>39176802793</v>
       </c>
       <c r="V29" s="27">
         <v>1804048</v>
       </c>
       <c r="W29" s="27">
         <v>41313870555</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X29" s="27"/>
+      <c r="Y29" s="27"/>
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="10">
         <v>861828</v>
       </c>
       <c r="C30" s="10">
         <v>19414419159.559998</v>
       </c>
       <c r="D30" s="10">
         <v>982745</v>
       </c>
       <c r="E30" s="11">
         <v>22172881842.470001</v>
       </c>
       <c r="F30" s="10">
         <v>1035933</v>
       </c>
       <c r="G30" s="11">
         <v>23445901660.119999</v>
       </c>
       <c r="H30" s="10">
         <v>1090755</v>
       </c>
       <c r="I30" s="11">
@@ -3350,52 +3436,54 @@
       </c>
       <c r="P30" s="8">
         <v>1326038</v>
       </c>
       <c r="Q30" s="8">
         <v>30745650824</v>
       </c>
       <c r="R30" s="8">
         <v>1500433</v>
       </c>
       <c r="S30" s="8">
         <v>34023776059</v>
       </c>
       <c r="T30" s="8">
         <v>1693501</v>
       </c>
       <c r="U30" s="8">
         <v>37493452444</v>
       </c>
       <c r="V30" s="27">
         <v>1546136</v>
       </c>
       <c r="W30" s="27">
         <v>37961950159</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X30" s="27"/>
+      <c r="Y30" s="27"/>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="10">
         <v>976651</v>
       </c>
       <c r="C31" s="10">
         <v>22942227235.679996</v>
       </c>
       <c r="D31" s="10">
         <v>902511</v>
       </c>
       <c r="E31" s="11">
         <v>23083394465.239998</v>
       </c>
       <c r="F31" s="10">
         <v>915303</v>
       </c>
       <c r="G31" s="11">
         <v>22804807982.619999</v>
       </c>
       <c r="H31" s="10">
         <v>966205</v>
       </c>
       <c r="I31" s="11">
@@ -3421,145 +3509,151 @@
       </c>
       <c r="P31" s="8">
         <v>1379700</v>
       </c>
       <c r="Q31" s="8">
         <v>31997068650.700005</v>
       </c>
       <c r="R31" s="8">
         <v>1546058</v>
       </c>
       <c r="S31" s="8">
         <v>33737150632</v>
       </c>
       <c r="T31" s="8">
         <v>1601358</v>
       </c>
       <c r="U31" s="8">
         <v>39226435672</v>
       </c>
       <c r="V31" s="27">
         <v>1791052</v>
       </c>
       <c r="W31" s="27">
         <v>43658201920</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X31" s="27"/>
+      <c r="Y31" s="27"/>
+    </row>
+    <row r="32" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
-    </row>
-    <row r="33" spans="1:23" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="X32" s="2"/>
+      <c r="Y32" s="2"/>
+    </row>
+    <row r="33" spans="1:25" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6"/>
-      <c r="B33" s="62" t="s">
+      <c r="B33" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="C33" s="62"/>
-[...17 lines deleted...]
-    <row r="34" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C33" s="60"/>
+      <c r="D33" s="60"/>
+      <c r="E33" s="60"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="60"/>
+      <c r="H33" s="60"/>
+      <c r="I33" s="60"/>
+      <c r="J33" s="60"/>
+      <c r="K33" s="60"/>
+      <c r="L33" s="60"/>
+      <c r="M33" s="60"/>
+      <c r="N33" s="60"/>
+      <c r="O33" s="60"/>
+      <c r="P33" s="60"/>
+      <c r="Q33" s="60"/>
+      <c r="R33" s="60"/>
+      <c r="S33" s="60"/>
+    </row>
+    <row r="34" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3"/>
-      <c r="B34" s="61">
+      <c r="B34" s="57">
         <v>2015</v>
       </c>
-      <c r="C34" s="61"/>
-      <c r="D34" s="51">
+      <c r="C34" s="57"/>
+      <c r="D34" s="58">
         <v>2016</v>
       </c>
-      <c r="E34" s="52"/>
-      <c r="F34" s="61">
+      <c r="E34" s="59"/>
+      <c r="F34" s="57">
         <v>2017</v>
       </c>
-      <c r="G34" s="61"/>
-      <c r="H34" s="51">
+      <c r="G34" s="57"/>
+      <c r="H34" s="58">
         <v>2018</v>
       </c>
-      <c r="I34" s="52"/>
-      <c r="J34" s="61">
+      <c r="I34" s="59"/>
+      <c r="J34" s="57">
         <v>2019</v>
       </c>
-      <c r="K34" s="61"/>
-      <c r="L34" s="61">
+      <c r="K34" s="57"/>
+      <c r="L34" s="57">
         <v>2020</v>
       </c>
-      <c r="M34" s="61"/>
-      <c r="N34" s="61">
+      <c r="M34" s="57"/>
+      <c r="N34" s="57">
         <v>2021</v>
       </c>
-      <c r="O34" s="61"/>
-      <c r="P34" s="61">
+      <c r="O34" s="57"/>
+      <c r="P34" s="57">
         <v>2022</v>
       </c>
-      <c r="Q34" s="61"/>
-      <c r="R34" s="61">
+      <c r="Q34" s="57"/>
+      <c r="R34" s="57">
         <v>2023</v>
       </c>
-      <c r="S34" s="61"/>
-      <c r="T34" s="51">
+      <c r="S34" s="57"/>
+      <c r="T34" s="58">
         <v>2024</v>
       </c>
-      <c r="U34" s="52"/>
+      <c r="U34" s="59"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
-    </row>
-    <row r="35" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X34" s="45"/>
+      <c r="Y34" s="45"/>
+    </row>
+    <row r="35" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
       </c>
@@ -3579,684 +3673,718 @@
         <v>21</v>
       </c>
       <c r="O35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="P35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V35" s="46"/>
       <c r="W35" s="46"/>
-    </row>
-    <row r="36" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X35" s="46"/>
+      <c r="Y35" s="46"/>
+    </row>
+    <row r="36" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="10">
         <v>119096</v>
       </c>
       <c r="C36" s="10">
         <v>1901718121.3800001</v>
       </c>
       <c r="D36" s="10">
         <v>86764</v>
       </c>
       <c r="E36" s="11">
         <v>926117031.56999993</v>
       </c>
       <c r="F36" s="10">
         <v>52407</v>
       </c>
       <c r="G36" s="11">
         <v>458982400.11000001</v>
       </c>
       <c r="H36" s="10">
         <v>23569</v>
       </c>
       <c r="I36" s="11">
         <v>229964233.59</v>
       </c>
       <c r="J36" s="4">
         <v>11274</v>
       </c>
       <c r="K36" s="5">
         <v>114709632.44</v>
       </c>
-      <c r="L36" s="55" t="s">
+      <c r="L36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="M36" s="56"/>
-      <c r="N36" s="55" t="s">
+      <c r="M36" s="52"/>
+      <c r="N36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="O36" s="56"/>
-      <c r="P36" s="55" t="s">
+      <c r="O36" s="52"/>
+      <c r="P36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="Q36" s="56"/>
-      <c r="R36" s="55" t="s">
+      <c r="Q36" s="52"/>
+      <c r="R36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="S36" s="56"/>
-      <c r="T36" s="55" t="s">
+      <c r="S36" s="52"/>
+      <c r="T36" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="U36" s="56"/>
+      <c r="U36" s="52"/>
       <c r="V36" s="47"/>
       <c r="W36" s="47"/>
-    </row>
-    <row r="37" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X36" s="47"/>
+      <c r="Y36" s="47"/>
+    </row>
+    <row r="37" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="10">
         <v>136840</v>
       </c>
       <c r="C37" s="10">
         <v>2178931261.9499998</v>
       </c>
       <c r="D37" s="10">
         <v>98303</v>
       </c>
       <c r="E37" s="11">
         <v>889975913.63999999</v>
       </c>
       <c r="F37" s="10">
         <v>61955</v>
       </c>
       <c r="G37" s="11">
         <v>553559025.76999998</v>
       </c>
       <c r="H37" s="10">
         <v>25167</v>
       </c>
       <c r="I37" s="11">
         <v>247061407.62</v>
       </c>
       <c r="J37" s="4">
         <v>2827</v>
       </c>
       <c r="K37" s="5">
         <v>33600934.990000002</v>
       </c>
-      <c r="L37" s="57"/>
-[...8 lines deleted...]
-      <c r="U37" s="58"/>
+      <c r="L37" s="53"/>
+      <c r="M37" s="54"/>
+      <c r="N37" s="53"/>
+      <c r="O37" s="54"/>
+      <c r="P37" s="53"/>
+      <c r="Q37" s="54"/>
+      <c r="R37" s="53"/>
+      <c r="S37" s="54"/>
+      <c r="T37" s="53"/>
+      <c r="U37" s="54"/>
       <c r="V37" s="47"/>
       <c r="W37" s="47"/>
-    </row>
-    <row r="38" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X37" s="47"/>
+      <c r="Y37" s="47"/>
+    </row>
+    <row r="38" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="10">
         <v>150501</v>
       </c>
       <c r="C38" s="10">
         <v>2528697575.3299999</v>
       </c>
       <c r="D38" s="10">
         <v>98455</v>
       </c>
       <c r="E38" s="11">
         <v>918580493.61000001</v>
       </c>
       <c r="F38" s="10">
         <v>69174</v>
       </c>
       <c r="G38" s="11">
         <v>657716949.97000003</v>
       </c>
       <c r="H38" s="10">
         <v>25421</v>
       </c>
       <c r="I38" s="11">
         <v>261241505.27999997</v>
       </c>
       <c r="J38" s="4">
         <v>606</v>
       </c>
       <c r="K38" s="5">
         <v>9793615.370000001</v>
       </c>
-      <c r="L38" s="57"/>
-[...8 lines deleted...]
-      <c r="U38" s="58"/>
+      <c r="L38" s="53"/>
+      <c r="M38" s="54"/>
+      <c r="N38" s="53"/>
+      <c r="O38" s="54"/>
+      <c r="P38" s="53"/>
+      <c r="Q38" s="54"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="54"/>
+      <c r="T38" s="53"/>
+      <c r="U38" s="54"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
-    </row>
-    <row r="39" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X38" s="47"/>
+      <c r="Y38" s="47"/>
+    </row>
+    <row r="39" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="10">
         <v>139016</v>
       </c>
       <c r="C39" s="10">
         <v>2336504090.7999997</v>
       </c>
       <c r="D39" s="10">
         <v>102642</v>
       </c>
       <c r="E39" s="11">
         <v>950324622.06000006</v>
       </c>
       <c r="F39" s="10">
         <v>58952</v>
       </c>
       <c r="G39" s="11">
         <v>552499661.16999996</v>
       </c>
       <c r="H39" s="10">
         <v>22475</v>
       </c>
       <c r="I39" s="11">
         <v>222872297.43000001</v>
       </c>
       <c r="J39" s="4">
         <v>297</v>
       </c>
       <c r="K39" s="5">
         <v>4182617.7699999996</v>
       </c>
-      <c r="L39" s="57"/>
-[...8 lines deleted...]
-      <c r="U39" s="58"/>
+      <c r="L39" s="53"/>
+      <c r="M39" s="54"/>
+      <c r="N39" s="53"/>
+      <c r="O39" s="54"/>
+      <c r="P39" s="53"/>
+      <c r="Q39" s="54"/>
+      <c r="R39" s="53"/>
+      <c r="S39" s="54"/>
+      <c r="T39" s="53"/>
+      <c r="U39" s="54"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
-    </row>
-    <row r="40" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X39" s="47"/>
+      <c r="Y39" s="47"/>
+    </row>
+    <row r="40" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="10">
         <v>119181</v>
       </c>
       <c r="C40" s="10">
         <v>1892656659.1699996</v>
       </c>
       <c r="D40" s="10">
         <v>82163</v>
       </c>
       <c r="E40" s="11">
         <v>763484164.45000005</v>
       </c>
       <c r="F40" s="10">
         <v>59829</v>
       </c>
       <c r="G40" s="11">
         <v>567160412.49999988</v>
       </c>
       <c r="H40" s="10">
         <v>27344</v>
       </c>
       <c r="I40" s="11">
         <v>290023425.46000004</v>
       </c>
       <c r="J40" s="4">
         <v>1711</v>
       </c>
       <c r="K40" s="5">
         <v>27696812.52</v>
       </c>
-      <c r="L40" s="57"/>
-[...8 lines deleted...]
-      <c r="U40" s="58"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="54"/>
+      <c r="N40" s="53"/>
+      <c r="O40" s="54"/>
+      <c r="P40" s="53"/>
+      <c r="Q40" s="54"/>
+      <c r="R40" s="53"/>
+      <c r="S40" s="54"/>
+      <c r="T40" s="53"/>
+      <c r="U40" s="54"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
-    </row>
-    <row r="41" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X40" s="47"/>
+      <c r="Y40" s="47"/>
+    </row>
+    <row r="41" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="10">
         <v>135083</v>
       </c>
       <c r="C41" s="10">
         <v>2068552388.8099999</v>
       </c>
       <c r="D41" s="10">
         <v>95330</v>
       </c>
       <c r="E41" s="11">
         <v>865314844.65999985</v>
       </c>
       <c r="F41" s="10">
         <v>63765</v>
       </c>
       <c r="G41" s="11">
         <v>593111825.26999998</v>
       </c>
       <c r="H41" s="10">
         <v>28440</v>
       </c>
       <c r="I41" s="11">
         <v>300136233.65000004</v>
       </c>
       <c r="J41" s="4">
         <v>1424</v>
       </c>
       <c r="K41" s="5">
         <v>21743314.330000002</v>
       </c>
-      <c r="L41" s="57"/>
-[...8 lines deleted...]
-      <c r="U41" s="58"/>
+      <c r="L41" s="53"/>
+      <c r="M41" s="54"/>
+      <c r="N41" s="53"/>
+      <c r="O41" s="54"/>
+      <c r="P41" s="53"/>
+      <c r="Q41" s="54"/>
+      <c r="R41" s="53"/>
+      <c r="S41" s="54"/>
+      <c r="T41" s="53"/>
+      <c r="U41" s="54"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
-    </row>
-    <row r="42" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X41" s="47"/>
+      <c r="Y41" s="47"/>
+    </row>
+    <row r="42" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="10">
         <v>146521</v>
       </c>
       <c r="C42" s="10">
         <v>2288392391.9400001</v>
       </c>
       <c r="D42" s="10">
         <v>88133</v>
       </c>
       <c r="E42" s="11">
         <v>801192829.73000002</v>
       </c>
       <c r="F42" s="10">
         <v>56799</v>
       </c>
       <c r="G42" s="11">
         <v>525214705.36999995</v>
       </c>
       <c r="H42" s="10">
         <v>26940</v>
       </c>
       <c r="I42" s="11">
         <v>286584798.42999995</v>
       </c>
-      <c r="J42" s="55" t="s">
+      <c r="J42" s="51" t="s">
         <v>37</v>
       </c>
-      <c r="K42" s="56"/>
-[...9 lines deleted...]
-      <c r="U42" s="58"/>
+      <c r="K42" s="52"/>
+      <c r="L42" s="53"/>
+      <c r="M42" s="54"/>
+      <c r="N42" s="53"/>
+      <c r="O42" s="54"/>
+      <c r="P42" s="53"/>
+      <c r="Q42" s="54"/>
+      <c r="R42" s="53"/>
+      <c r="S42" s="54"/>
+      <c r="T42" s="53"/>
+      <c r="U42" s="54"/>
       <c r="V42" s="47"/>
       <c r="W42" s="47"/>
-    </row>
-    <row r="43" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X42" s="47"/>
+      <c r="Y42" s="47"/>
+    </row>
+    <row r="43" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="10">
         <v>122595</v>
       </c>
       <c r="C43" s="10">
         <v>2081312236.5699997</v>
       </c>
       <c r="D43" s="10">
         <v>73811</v>
       </c>
       <c r="E43" s="11">
         <v>772398338.84000015</v>
       </c>
       <c r="F43" s="10">
         <v>56352</v>
       </c>
       <c r="G43" s="11">
         <v>552592778.21999991</v>
       </c>
       <c r="H43" s="10">
         <v>24942</v>
       </c>
       <c r="I43" s="11">
         <v>265766606.62</v>
       </c>
-      <c r="J43" s="57"/>
-[...10 lines deleted...]
-      <c r="U43" s="58"/>
+      <c r="J43" s="53"/>
+      <c r="K43" s="54"/>
+      <c r="L43" s="53"/>
+      <c r="M43" s="54"/>
+      <c r="N43" s="53"/>
+      <c r="O43" s="54"/>
+      <c r="P43" s="53"/>
+      <c r="Q43" s="54"/>
+      <c r="R43" s="53"/>
+      <c r="S43" s="54"/>
+      <c r="T43" s="53"/>
+      <c r="U43" s="54"/>
       <c r="V43" s="47"/>
       <c r="W43" s="47"/>
-    </row>
-    <row r="44" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X43" s="47"/>
+      <c r="Y43" s="47"/>
+    </row>
+    <row r="44" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="10">
         <v>138225</v>
       </c>
       <c r="C44" s="10">
         <v>2607042901.1000004</v>
       </c>
       <c r="D44" s="14">
         <v>95028</v>
       </c>
       <c r="E44" s="11">
         <v>1116072753.04</v>
       </c>
       <c r="F44" s="10">
         <v>50206</v>
       </c>
       <c r="G44" s="11">
         <v>468340268.27999997</v>
       </c>
       <c r="H44" s="10">
         <v>23754</v>
       </c>
       <c r="I44" s="13">
         <v>250703178.03999999</v>
       </c>
-      <c r="J44" s="57"/>
-[...10 lines deleted...]
-      <c r="U44" s="58"/>
+      <c r="J44" s="53"/>
+      <c r="K44" s="54"/>
+      <c r="L44" s="53"/>
+      <c r="M44" s="54"/>
+      <c r="N44" s="53"/>
+      <c r="O44" s="54"/>
+      <c r="P44" s="53"/>
+      <c r="Q44" s="54"/>
+      <c r="R44" s="53"/>
+      <c r="S44" s="54"/>
+      <c r="T44" s="53"/>
+      <c r="U44" s="54"/>
       <c r="V44" s="47"/>
       <c r="W44" s="47"/>
-    </row>
-    <row r="45" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X44" s="47"/>
+      <c r="Y44" s="47"/>
+    </row>
+    <row r="45" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="10">
         <v>152927</v>
       </c>
       <c r="C45" s="10">
         <v>2630992445.6100001</v>
       </c>
       <c r="D45" s="10">
         <v>79507</v>
       </c>
       <c r="E45" s="11">
         <v>709020524.84000003</v>
       </c>
       <c r="F45" s="10">
         <v>49179</v>
       </c>
       <c r="G45" s="11">
         <v>465261414.06</v>
       </c>
       <c r="H45" s="10">
         <v>25315</v>
       </c>
       <c r="I45" s="13">
         <v>257966918.89000005</v>
       </c>
-      <c r="J45" s="57"/>
-[...10 lines deleted...]
-      <c r="U45" s="58"/>
+      <c r="J45" s="53"/>
+      <c r="K45" s="54"/>
+      <c r="L45" s="53"/>
+      <c r="M45" s="54"/>
+      <c r="N45" s="53"/>
+      <c r="O45" s="54"/>
+      <c r="P45" s="53"/>
+      <c r="Q45" s="54"/>
+      <c r="R45" s="53"/>
+      <c r="S45" s="54"/>
+      <c r="T45" s="53"/>
+      <c r="U45" s="54"/>
       <c r="V45" s="47"/>
       <c r="W45" s="47"/>
-    </row>
-    <row r="46" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X45" s="47"/>
+      <c r="Y45" s="47"/>
+    </row>
+    <row r="46" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="10">
         <v>114345</v>
       </c>
       <c r="C46" s="10">
         <v>1795663088.99</v>
       </c>
       <c r="D46" s="10">
         <v>84289</v>
       </c>
       <c r="E46" s="11">
         <v>764160252.39999998</v>
       </c>
       <c r="F46" s="10">
         <v>46343</v>
       </c>
       <c r="G46" s="11">
         <v>458426950.08000004</v>
       </c>
       <c r="H46" s="10">
         <v>22491</v>
       </c>
       <c r="I46" s="13">
         <v>245068871.33999997</v>
       </c>
-      <c r="J46" s="57"/>
-[...10 lines deleted...]
-      <c r="U46" s="58"/>
+      <c r="J46" s="53"/>
+      <c r="K46" s="54"/>
+      <c r="L46" s="53"/>
+      <c r="M46" s="54"/>
+      <c r="N46" s="53"/>
+      <c r="O46" s="54"/>
+      <c r="P46" s="53"/>
+      <c r="Q46" s="54"/>
+      <c r="R46" s="53"/>
+      <c r="S46" s="54"/>
+      <c r="T46" s="53"/>
+      <c r="U46" s="54"/>
       <c r="V46" s="47"/>
       <c r="W46" s="47"/>
-    </row>
-    <row r="47" spans="1:23" hidden="1" x14ac:dyDescent="0.3">
+      <c r="X46" s="47"/>
+      <c r="Y46" s="47"/>
+    </row>
+    <row r="47" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="10">
         <v>121075</v>
       </c>
       <c r="C47" s="10">
         <v>1923164913.8000004</v>
       </c>
       <c r="D47" s="10">
         <v>71580</v>
       </c>
       <c r="E47" s="11">
         <v>665875586.13999999</v>
       </c>
       <c r="F47" s="10">
         <v>37281</v>
       </c>
       <c r="G47" s="11">
         <v>403968134.64999998</v>
       </c>
       <c r="H47" s="10">
         <v>16477</v>
       </c>
       <c r="I47" s="13">
         <v>200451740.89000002</v>
       </c>
-      <c r="J47" s="59"/>
-[...10 lines deleted...]
-      <c r="U47" s="60"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="56"/>
+      <c r="L47" s="55"/>
+      <c r="M47" s="56"/>
+      <c r="N47" s="55"/>
+      <c r="O47" s="56"/>
+      <c r="P47" s="55"/>
+      <c r="Q47" s="56"/>
+      <c r="R47" s="55"/>
+      <c r="S47" s="56"/>
+      <c r="T47" s="55"/>
+      <c r="U47" s="56"/>
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X47" s="47"/>
+      <c r="Y47" s="47"/>
+    </row>
+    <row r="48" spans="1:25" x14ac:dyDescent="0.3">
       <c r="T48" s="44"/>
       <c r="U48" s="44"/>
       <c r="V48" s="44"/>
       <c r="W48" s="44"/>
-    </row>
-    <row r="49" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="X48" s="44"/>
+      <c r="Y48" s="44"/>
+    </row>
+    <row r="49" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6"/>
-      <c r="B49" s="53" t="s">
+      <c r="B49" s="63" t="s">
         <v>38</v>
       </c>
-      <c r="C49" s="54"/>
-[...21 lines deleted...]
-    <row r="50" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="C49" s="64"/>
+      <c r="D49" s="64"/>
+      <c r="E49" s="64"/>
+      <c r="F49" s="64"/>
+      <c r="G49" s="64"/>
+      <c r="H49" s="64"/>
+      <c r="I49" s="64"/>
+      <c r="J49" s="64"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="64"/>
+      <c r="M49" s="64"/>
+      <c r="N49" s="64"/>
+      <c r="O49" s="64"/>
+      <c r="P49" s="64"/>
+      <c r="Q49" s="64"/>
+      <c r="R49" s="64"/>
+      <c r="S49" s="64"/>
+      <c r="T49" s="64"/>
+      <c r="U49" s="64"/>
+      <c r="V49" s="64"/>
+      <c r="W49" s="64"/>
+      <c r="X49" s="64"/>
+      <c r="Y49" s="64"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A50" s="6"/>
-      <c r="B50" s="51">
+      <c r="B50" s="58">
         <v>2015</v>
       </c>
-      <c r="C50" s="52"/>
-      <c r="D50" s="51">
+      <c r="C50" s="59"/>
+      <c r="D50" s="58">
         <v>2016</v>
       </c>
-      <c r="E50" s="52"/>
-      <c r="F50" s="51">
+      <c r="E50" s="59"/>
+      <c r="F50" s="58">
         <v>2017</v>
       </c>
-      <c r="G50" s="52"/>
-      <c r="H50" s="51">
+      <c r="G50" s="59"/>
+      <c r="H50" s="58">
         <v>2018</v>
       </c>
-      <c r="I50" s="52"/>
-      <c r="J50" s="51">
+      <c r="I50" s="59"/>
+      <c r="J50" s="58">
         <v>2019</v>
       </c>
-      <c r="K50" s="52"/>
-      <c r="L50" s="51">
+      <c r="K50" s="59"/>
+      <c r="L50" s="58">
         <v>2020</v>
       </c>
-      <c r="M50" s="52"/>
-      <c r="N50" s="51">
+      <c r="M50" s="59"/>
+      <c r="N50" s="58">
         <v>2021</v>
       </c>
-      <c r="O50" s="52"/>
-      <c r="P50" s="51">
+      <c r="O50" s="59"/>
+      <c r="P50" s="58">
         <v>2022</v>
       </c>
-      <c r="Q50" s="52"/>
-      <c r="R50" s="51">
+      <c r="Q50" s="59"/>
+      <c r="R50" s="58">
         <v>2023</v>
       </c>
-      <c r="S50" s="52"/>
-      <c r="T50" s="51">
+      <c r="S50" s="59"/>
+      <c r="T50" s="58">
         <v>2024</v>
       </c>
-      <c r="U50" s="52"/>
-      <c r="V50" s="51">
+      <c r="U50" s="59"/>
+      <c r="V50" s="58">
         <v>2025</v>
       </c>
-      <c r="W50" s="52"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="W50" s="59"/>
+      <c r="X50" s="58">
+        <v>2026</v>
+      </c>
+      <c r="Y50" s="59"/>
+    </row>
+    <row r="51" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
       </c>
@@ -4280,52 +4408,58 @@
       </c>
       <c r="P51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W51" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X51" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y51" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A52" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B52" s="10">
         <v>1144300</v>
       </c>
       <c r="C52" s="10">
         <v>600861477</v>
       </c>
       <c r="D52" s="10">
         <v>1458298</v>
       </c>
       <c r="E52" s="11">
         <v>756123063.36999989</v>
       </c>
       <c r="F52" s="10">
         <v>1800467</v>
       </c>
       <c r="G52" s="11">
         <v>916888059.58999991</v>
       </c>
       <c r="H52" s="10">
         <v>2209495</v>
       </c>
       <c r="I52" s="11">
@@ -4351,52 +4485,58 @@
       </c>
       <c r="P52" s="9">
         <v>5496655</v>
       </c>
       <c r="Q52" s="9">
         <v>2746719773.9199996</v>
       </c>
       <c r="R52" s="9">
         <v>6319035</v>
       </c>
       <c r="S52" s="9">
         <v>3122670504</v>
       </c>
       <c r="T52" s="9">
         <v>8131365</v>
       </c>
       <c r="U52" s="9">
         <v>5242903887</v>
       </c>
       <c r="V52" s="9">
         <v>8621809</v>
       </c>
       <c r="W52" s="9">
         <v>4273026860</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X52" s="9">
+        <v>9100970</v>
+      </c>
+      <c r="Y52" s="9">
+        <v>4415739147</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B53" s="10">
         <v>1016857</v>
       </c>
       <c r="C53" s="10">
         <v>534256073</v>
       </c>
       <c r="D53" s="10">
         <v>1232256</v>
       </c>
       <c r="E53" s="11">
         <v>661959528.53999996</v>
       </c>
       <c r="F53" s="10">
         <v>1621363</v>
       </c>
       <c r="G53" s="11">
         <v>819024795.90999997</v>
       </c>
       <c r="H53" s="10">
         <v>1988133</v>
       </c>
       <c r="I53" s="11">
@@ -4422,52 +4562,54 @@
       </c>
       <c r="P53" s="9">
         <v>4964431</v>
       </c>
       <c r="Q53" s="9">
         <v>2532981272.2899995</v>
       </c>
       <c r="R53" s="9">
         <v>5918722</v>
       </c>
       <c r="S53" s="9">
         <v>2924019208</v>
       </c>
       <c r="T53" s="9">
         <v>6845455</v>
       </c>
       <c r="U53" s="9">
         <v>3354892349</v>
       </c>
       <c r="V53" s="27">
         <v>7600975</v>
       </c>
       <c r="W53" s="27">
         <v>3784011104</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X53" s="27"/>
+      <c r="Y53" s="27"/>
+    </row>
+    <row r="54" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A54" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="10">
         <v>1227311</v>
       </c>
       <c r="C54" s="10">
         <v>646874055</v>
       </c>
       <c r="D54" s="10">
         <v>1542321</v>
       </c>
       <c r="E54" s="11">
         <v>845975381.42999995</v>
       </c>
       <c r="F54" s="10">
         <v>1962414</v>
       </c>
       <c r="G54" s="11">
         <v>1006393361.13</v>
       </c>
       <c r="H54" s="10">
         <v>2524554</v>
       </c>
       <c r="I54" s="11">
@@ -4493,52 +4635,54 @@
       </c>
       <c r="P54" s="9">
         <v>5567187</v>
       </c>
       <c r="Q54" s="9">
         <v>2916004381.0300012</v>
       </c>
       <c r="R54" s="9">
         <v>6635074</v>
       </c>
       <c r="S54" s="9">
         <v>3362587448</v>
       </c>
       <c r="T54" s="9">
         <v>7612829</v>
       </c>
       <c r="U54" s="9">
         <v>3806715641</v>
       </c>
       <c r="V54" s="27">
         <v>8847952</v>
       </c>
       <c r="W54" s="27">
         <v>4398615687</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X54" s="27"/>
+      <c r="Y54" s="27"/>
+    </row>
+    <row r="55" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="10">
         <v>1254443</v>
       </c>
       <c r="C55" s="10">
         <v>667804700</v>
       </c>
       <c r="D55" s="10">
         <v>1469452</v>
       </c>
       <c r="E55" s="11">
         <v>824902478.7299999</v>
       </c>
       <c r="F55" s="10">
         <v>1933020</v>
       </c>
       <c r="G55" s="11">
         <v>1014126375.8300002</v>
       </c>
       <c r="H55" s="10">
         <v>2506942</v>
       </c>
       <c r="I55" s="11">
@@ -4564,52 +4708,54 @@
       </c>
       <c r="P55" s="9">
         <v>5749699</v>
       </c>
       <c r="Q55" s="9">
         <v>3003374909.2599998</v>
       </c>
       <c r="R55" s="9">
         <v>6202210</v>
       </c>
       <c r="S55" s="9">
         <v>3179430244</v>
       </c>
       <c r="T55" s="9">
         <v>7381347</v>
       </c>
       <c r="U55" s="9">
         <v>3723811426</v>
       </c>
       <c r="V55" s="27">
         <v>8640401</v>
       </c>
       <c r="W55" s="27">
         <v>4378084662</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X55" s="27"/>
+      <c r="Y55" s="27"/>
+    </row>
+    <row r="56" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="10">
         <v>1372178</v>
       </c>
       <c r="C56" s="10">
         <v>727408322</v>
       </c>
       <c r="D56" s="10">
         <v>1535638</v>
       </c>
       <c r="E56" s="11">
         <v>662616159.34000015</v>
       </c>
       <c r="F56" s="10">
         <v>1838763</v>
       </c>
       <c r="G56" s="11">
         <v>947118895.72000003</v>
       </c>
       <c r="H56" s="10">
         <v>2687163</v>
       </c>
       <c r="I56" s="11">
@@ -4635,52 +4781,54 @@
       </c>
       <c r="P56" s="9">
         <v>5896148</v>
       </c>
       <c r="Q56" s="9">
         <v>3027072043.5</v>
       </c>
       <c r="R56" s="9">
         <v>6475984</v>
       </c>
       <c r="S56" s="9">
         <v>3321629331</v>
       </c>
       <c r="T56" s="9">
         <v>7629265</v>
       </c>
       <c r="U56" s="9">
         <v>3853028690</v>
       </c>
       <c r="V56" s="27">
         <v>9420072</v>
       </c>
       <c r="W56" s="27">
         <v>4715787654</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X56" s="27"/>
+      <c r="Y56" s="27"/>
+    </row>
+    <row r="57" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A57" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="10">
         <v>1277430</v>
       </c>
       <c r="C57" s="10">
         <v>677471908</v>
       </c>
       <c r="D57" s="10">
         <v>1445748</v>
       </c>
       <c r="E57" s="11">
         <v>813543067.0999999</v>
       </c>
       <c r="F57" s="10">
         <v>2209274</v>
       </c>
       <c r="G57" s="11">
         <v>1166509228.8800001</v>
       </c>
       <c r="H57" s="10">
         <v>2586511</v>
       </c>
       <c r="I57" s="11">
@@ -4706,52 +4854,54 @@
       </c>
       <c r="P57" s="9">
         <v>5820154</v>
       </c>
       <c r="Q57" s="9">
         <v>3040745279.73</v>
       </c>
       <c r="R57" s="9">
         <v>6806327</v>
       </c>
       <c r="S57" s="9">
         <v>3477673659</v>
       </c>
       <c r="T57" s="9">
         <v>7950648</v>
       </c>
       <c r="U57" s="9">
         <v>3972833883</v>
       </c>
       <c r="V57" s="27">
         <v>8592517</v>
       </c>
       <c r="W57" s="27">
         <v>4393284696</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X57" s="27"/>
+      <c r="Y57" s="27"/>
+    </row>
+    <row r="58" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A58" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B58" s="10">
         <v>1368602</v>
       </c>
       <c r="C58" s="10">
         <v>725580309</v>
       </c>
       <c r="D58" s="10">
         <v>1616310</v>
       </c>
       <c r="E58" s="11">
         <v>912426254.0999999</v>
       </c>
       <c r="F58" s="10">
         <v>2157898</v>
       </c>
       <c r="G58" s="11">
         <v>1141614911.48</v>
       </c>
       <c r="H58" s="10">
         <v>2723732</v>
       </c>
       <c r="I58" s="11">
@@ -4777,52 +4927,54 @@
       </c>
       <c r="P58" s="9">
         <v>6328531</v>
       </c>
       <c r="Q58" s="9">
         <v>3342677805</v>
       </c>
       <c r="R58" s="9">
         <v>7200853</v>
       </c>
       <c r="S58" s="9">
         <v>3699889014</v>
       </c>
       <c r="T58" s="9">
         <v>8044410</v>
       </c>
       <c r="U58" s="9">
         <v>4029690134</v>
       </c>
       <c r="V58" s="27">
         <v>9046560</v>
       </c>
       <c r="W58" s="27">
         <v>4657505495</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X58" s="27"/>
+      <c r="Y58" s="27"/>
+    </row>
+    <row r="59" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A59" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="10">
         <v>1347512</v>
       </c>
       <c r="C59" s="10">
         <v>661130765</v>
       </c>
       <c r="D59" s="10">
         <v>1571555</v>
       </c>
       <c r="E59" s="11">
         <v>890049488.68000007</v>
       </c>
       <c r="F59" s="10">
         <v>2321085</v>
       </c>
       <c r="G59" s="11">
         <v>1242053478.9200003</v>
       </c>
       <c r="H59" s="10">
         <v>2880213</v>
       </c>
       <c r="I59" s="11">
@@ -4848,52 +5000,54 @@
       </c>
       <c r="P59" s="9">
         <v>6209370</v>
       </c>
       <c r="Q59" s="9">
         <v>3262134544.3299999</v>
       </c>
       <c r="R59" s="9">
         <v>7158148</v>
       </c>
       <c r="S59" s="9">
         <v>3659237241</v>
       </c>
       <c r="T59" s="9">
         <v>8551089</v>
       </c>
       <c r="U59" s="9">
         <v>4306970045</v>
       </c>
       <c r="V59" s="27">
         <v>9578769</v>
       </c>
       <c r="W59" s="27">
         <v>4873242871</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X59" s="27"/>
+      <c r="Y59" s="27"/>
+    </row>
+    <row r="60" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A60" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B60" s="10">
         <v>1316210</v>
       </c>
       <c r="C60" s="10">
         <v>707433626</v>
       </c>
       <c r="D60" s="10">
         <v>1585450</v>
       </c>
       <c r="E60" s="11">
         <v>883760366.37999988</v>
       </c>
       <c r="F60" s="10">
         <v>2076732</v>
       </c>
       <c r="G60" s="11">
         <v>1091519316.8699999</v>
       </c>
       <c r="H60" s="10">
         <v>3154808</v>
       </c>
       <c r="I60" s="11">
@@ -4919,52 +5073,54 @@
       </c>
       <c r="P60" s="9">
         <v>6014543</v>
       </c>
       <c r="Q60" s="9">
         <v>3183086877.7800007</v>
       </c>
       <c r="R60" s="9">
         <v>7734792</v>
       </c>
       <c r="S60" s="9">
         <v>3653668820</v>
       </c>
       <c r="T60" s="9">
         <v>8146198</v>
       </c>
       <c r="U60" s="9">
         <v>4091048998</v>
       </c>
       <c r="V60" s="27">
         <v>9294324</v>
       </c>
       <c r="W60" s="27">
         <v>4746471320</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X60" s="27"/>
+      <c r="Y60" s="27"/>
+    </row>
+    <row r="61" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A61" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B61" s="10">
         <v>1970246</v>
       </c>
       <c r="C61" s="10">
         <v>939240473</v>
       </c>
       <c r="D61" s="10">
         <v>1893303</v>
       </c>
       <c r="E61" s="11">
         <v>983301351.25</v>
       </c>
       <c r="F61" s="10">
         <v>2246567</v>
       </c>
       <c r="G61" s="11">
         <v>1174065935.48</v>
       </c>
       <c r="H61" s="10">
         <v>3191810</v>
       </c>
       <c r="I61" s="11">
@@ -4990,52 +5146,54 @@
       </c>
       <c r="P61" s="9">
         <v>6748239</v>
       </c>
       <c r="Q61" s="9">
         <v>3495485783</v>
       </c>
       <c r="R61" s="9">
         <v>7122706</v>
       </c>
       <c r="S61" s="9">
         <v>3618027796</v>
       </c>
       <c r="T61" s="9">
         <v>9221460</v>
       </c>
       <c r="U61" s="9">
         <v>4625057637</v>
       </c>
       <c r="V61" s="27">
         <v>8953915</v>
       </c>
       <c r="W61" s="27">
         <v>4486551883</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X61" s="27"/>
+      <c r="Y61" s="27"/>
+    </row>
+    <row r="62" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="10">
         <v>1469463</v>
       </c>
       <c r="C62" s="10">
         <v>813797770</v>
       </c>
       <c r="D62" s="10">
         <v>1856635</v>
       </c>
       <c r="E62" s="11">
         <v>989351407.26999998</v>
       </c>
       <c r="F62" s="10">
         <v>2259623</v>
       </c>
       <c r="G62" s="11">
         <v>1226002355.98</v>
       </c>
       <c r="H62" s="10">
         <v>3294193</v>
       </c>
       <c r="I62" s="11">
@@ -5061,52 +5219,54 @@
       </c>
       <c r="P62" s="9">
         <v>6625427</v>
       </c>
       <c r="Q62" s="9">
         <v>3598067096</v>
       </c>
       <c r="R62" s="9">
         <v>7707067</v>
       </c>
       <c r="S62" s="9">
         <v>4044953853</v>
       </c>
       <c r="T62" s="9">
         <v>9253272</v>
       </c>
       <c r="U62" s="9">
         <v>4771115086</v>
       </c>
       <c r="V62" s="27">
         <v>9783660</v>
       </c>
       <c r="W62" s="27">
         <v>5009801135</v>
       </c>
-    </row>
-    <row r="63" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X62" s="27"/>
+      <c r="Y62" s="27"/>
+    </row>
+    <row r="63" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="10">
         <v>1852255</v>
       </c>
       <c r="C63" s="10">
         <v>1065678587</v>
       </c>
       <c r="D63" s="10">
         <v>2318445</v>
       </c>
       <c r="E63" s="11">
         <v>1289425653.49</v>
       </c>
       <c r="F63" s="10">
         <v>2778670</v>
       </c>
       <c r="G63" s="11">
         <v>1526975717.9000003</v>
       </c>
       <c r="H63" s="10">
         <v>3983352</v>
       </c>
       <c r="I63" s="11">
@@ -5132,2280 +5292,2457 @@
       </c>
       <c r="P63" s="9">
         <v>7584654</v>
       </c>
       <c r="Q63" s="9">
         <v>4103255066</v>
       </c>
       <c r="R63" s="9">
         <v>8677978</v>
       </c>
       <c r="S63" s="9">
         <v>4564752606</v>
       </c>
       <c r="T63" s="9">
         <v>10252605</v>
       </c>
       <c r="U63" s="9">
         <v>5350554283</v>
       </c>
       <c r="V63" s="27">
         <v>10333851</v>
       </c>
       <c r="W63" s="27">
         <v>5465086114</v>
       </c>
-    </row>
-    <row r="64" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X63" s="27"/>
+      <c r="Y63" s="27"/>
+    </row>
+    <row r="64" spans="1:25" x14ac:dyDescent="0.3">
       <c r="N64" s="40"/>
       <c r="O64" s="40"/>
       <c r="P64" s="40"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="40"/>
       <c r="S64" s="40"/>
       <c r="T64" s="40"/>
       <c r="U64" s="40"/>
       <c r="V64" s="40"/>
       <c r="W64" s="40"/>
     </row>
   </sheetData>
-  <mergeCells count="53">
+  <mergeCells count="56">
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="X2:Y2"/>
+    <mergeCell ref="B1:Y1"/>
+    <mergeCell ref="B17:Y17"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="B49:Y49"/>
+    <mergeCell ref="V2:W2"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="T36:U47"/>
+    <mergeCell ref="B2:C2"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="P2:Q2"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="J2:K2"/>
+    <mergeCell ref="N2:O2"/>
+    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="B33:S33"/>
+    <mergeCell ref="R2:S2"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="R36:S47"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
     <mergeCell ref="P36:Q47"/>
     <mergeCell ref="P34:Q34"/>
     <mergeCell ref="R34:S34"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="N36:O47"/>
     <mergeCell ref="L36:M47"/>
     <mergeCell ref="N34:O34"/>
     <mergeCell ref="J42:K47"/>
     <mergeCell ref="L34:M34"/>
-    <mergeCell ref="B50:C50"/>
-[...35 lines deleted...]
-    <mergeCell ref="H2:I2"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082B7053-981B-4194-97CB-ED8E1CD6027F}">
-  <dimension ref="A1:K64"/>
+  <dimension ref="A1:M64"/>
   <sheetViews>
-    <sheetView topLeftCell="A39" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K64" sqref="K64"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="M46" sqref="M46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.33203125" customWidth="1"/>
     <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.44140625" customWidth="1"/>
     <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.44140625" customWidth="1"/>
     <col min="9" max="9" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.77734375" customWidth="1"/>
     <col min="13" max="13" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="53" t="s">
+    <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="54"/>
-[...10 lines deleted...]
-      <c r="B2" s="51">
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="B2" s="58">
         <v>2021</v>
       </c>
-      <c r="C2" s="52"/>
-      <c r="D2" s="51">
+      <c r="C2" s="59"/>
+      <c r="D2" s="58">
         <v>2022</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="51">
+      <c r="E2" s="59"/>
+      <c r="F2" s="58">
         <v>2023</v>
       </c>
-      <c r="G2" s="52"/>
-      <c r="H2" s="51">
+      <c r="G2" s="59"/>
+      <c r="H2" s="58">
         <v>2024</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="51">
+      <c r="I2" s="59"/>
+      <c r="J2" s="58">
         <v>2025</v>
       </c>
-      <c r="K2" s="52"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="K2" s="59"/>
+      <c r="L2" s="58">
+        <v>2026</v>
+      </c>
+      <c r="M2" s="59"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="8">
         <v>536877</v>
       </c>
       <c r="C4" s="8">
         <v>5187716663.6099701</v>
       </c>
       <c r="D4" s="27">
         <v>595176</v>
       </c>
       <c r="E4" s="8">
         <v>3841574677.6699996</v>
       </c>
       <c r="F4" s="39">
         <v>756950</v>
       </c>
       <c r="G4" s="39">
         <v>4268883833</v>
       </c>
       <c r="H4" s="39">
         <v>627565</v>
       </c>
       <c r="I4" s="39">
         <v>2393043317</v>
       </c>
       <c r="J4" s="27">
         <v>577447</v>
       </c>
       <c r="K4" s="27">
         <v>2951800781</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L4" s="27">
+        <v>670137</v>
+      </c>
+      <c r="M4" s="27">
+        <v>2886825283</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="9">
         <v>612067</v>
       </c>
       <c r="C5" s="9">
         <v>5706663431.7100029</v>
       </c>
       <c r="D5" s="9">
         <v>614796</v>
       </c>
       <c r="E5" s="9">
         <v>4372850830.3699999</v>
       </c>
       <c r="F5" s="39">
         <v>621648</v>
       </c>
       <c r="G5" s="39">
         <v>3612299763</v>
       </c>
       <c r="H5" s="39">
         <v>590078</v>
       </c>
       <c r="I5" s="39">
         <v>2772183062</v>
       </c>
       <c r="J5" s="39">
         <v>609539</v>
       </c>
       <c r="K5" s="39">
         <v>3369182026</v>
       </c>
-    </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L5" s="39"/>
+      <c r="M5" s="39"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="9">
         <v>742630</v>
       </c>
       <c r="C6" s="9">
         <v>6319845684.6499519</v>
       </c>
       <c r="D6" s="9">
         <v>650701</v>
       </c>
       <c r="E6" s="9">
         <v>4894041372.29</v>
       </c>
       <c r="F6" s="39">
         <v>424039</v>
       </c>
       <c r="G6" s="39">
         <v>5331730245</v>
       </c>
       <c r="H6" s="39">
         <v>633342</v>
       </c>
       <c r="I6" s="39">
         <v>3024624953</v>
       </c>
       <c r="J6" s="39">
         <v>695025</v>
       </c>
       <c r="K6" s="39">
         <v>3461964396</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L6" s="39"/>
+      <c r="M6" s="39"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="9">
         <v>634230</v>
       </c>
       <c r="C7" s="9">
         <v>5325036997.8599882</v>
       </c>
       <c r="D7" s="9">
         <v>615100.9</v>
       </c>
       <c r="E7" s="9">
         <v>4180962878.5574999</v>
       </c>
       <c r="F7" s="39">
         <v>582234</v>
       </c>
       <c r="G7" s="39">
         <v>3475958146</v>
       </c>
       <c r="H7" s="39">
         <v>635879</v>
       </c>
       <c r="I7" s="39">
         <v>2828550666</v>
       </c>
       <c r="J7" s="39">
         <v>723465</v>
       </c>
       <c r="K7" s="39">
         <v>3598888199</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L7" s="39"/>
+      <c r="M7" s="39"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="9">
         <v>554305</v>
       </c>
       <c r="C8" s="9">
         <v>4564288637.9999657</v>
       </c>
       <c r="D8" s="9">
         <v>621008.21</v>
       </c>
       <c r="E8" s="9">
         <v>4350722499.0628004</v>
       </c>
       <c r="F8" s="9">
         <v>681496</v>
       </c>
       <c r="G8" s="9">
         <v>3631258447</v>
       </c>
       <c r="H8" s="9">
         <v>569823</v>
       </c>
       <c r="I8" s="9">
         <v>3013193505</v>
       </c>
       <c r="J8" s="39">
         <v>720489</v>
       </c>
       <c r="K8" s="39">
         <v>3744520113</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L8" s="39"/>
+      <c r="M8" s="39"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="9">
         <v>586061</v>
       </c>
       <c r="C9" s="9">
         <v>4535672964.6599751</v>
       </c>
       <c r="D9" s="9">
         <v>600853</v>
       </c>
       <c r="E9" s="9">
         <v>4205489841.3319998</v>
       </c>
       <c r="F9" s="9">
         <v>614777</v>
       </c>
       <c r="G9" s="9">
         <v>3349404360</v>
       </c>
       <c r="H9" s="9">
         <v>614920</v>
       </c>
       <c r="I9" s="9">
         <v>3633614897</v>
       </c>
       <c r="J9" s="39">
         <v>722802</v>
       </c>
       <c r="K9" s="39">
         <v>3412180403</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L9" s="39"/>
+      <c r="M9" s="39"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="9">
         <v>563619</v>
       </c>
       <c r="C10" s="9">
         <v>4106182266.5699792</v>
       </c>
       <c r="D10" s="9">
         <v>549941.6</v>
       </c>
       <c r="E10" s="9">
         <v>4047538116.1720004</v>
       </c>
       <c r="F10" s="9">
         <v>637802</v>
       </c>
       <c r="G10" s="9">
         <v>3310646970</v>
       </c>
       <c r="H10" s="9">
         <v>705587</v>
       </c>
       <c r="I10" s="9">
         <v>2825754422</v>
       </c>
       <c r="J10" s="39">
         <v>724770</v>
       </c>
       <c r="K10" s="39">
         <v>3551016982</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L10" s="39"/>
+      <c r="M10" s="39"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="9">
         <v>538855</v>
       </c>
       <c r="C11" s="9">
         <v>3965748080.2199926</v>
       </c>
       <c r="D11" s="9">
         <v>667109.25</v>
       </c>
       <c r="E11" s="9">
         <v>4358229331.6674995</v>
       </c>
       <c r="F11" s="9">
         <v>622392</v>
       </c>
       <c r="G11" s="9">
         <v>3193108072</v>
       </c>
       <c r="H11" s="9">
         <v>689273</v>
       </c>
       <c r="I11" s="9">
         <v>3222097451</v>
       </c>
       <c r="J11" s="39">
         <v>641347</v>
       </c>
       <c r="K11" s="39">
         <v>3495008083</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L11" s="39"/>
+      <c r="M11" s="39"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="9">
         <v>534891</v>
       </c>
       <c r="C12" s="9">
         <v>4655651287.9899864</v>
       </c>
       <c r="D12" s="9">
         <v>608903.69999999995</v>
       </c>
       <c r="E12" s="9">
         <v>3624989534.3059001</v>
       </c>
       <c r="F12" s="9">
         <v>525931</v>
       </c>
       <c r="G12" s="9">
         <v>2714230149</v>
       </c>
       <c r="H12" s="9">
         <v>668775</v>
       </c>
       <c r="I12" s="9">
         <v>2954254623</v>
       </c>
       <c r="J12" s="39">
         <v>635377</v>
       </c>
       <c r="K12" s="39">
         <v>2622433833</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L12" s="39"/>
+      <c r="M12" s="39"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="9">
         <v>543415</v>
       </c>
       <c r="C13" s="9">
         <v>4277973974.3999753</v>
       </c>
       <c r="D13" s="9">
         <v>647733.91999999993</v>
       </c>
       <c r="E13" s="9">
         <v>4346451515.1448002</v>
       </c>
       <c r="F13" s="9">
         <v>653828</v>
       </c>
       <c r="G13" s="9">
         <v>3032508604</v>
       </c>
       <c r="H13" s="9">
         <v>703666</v>
       </c>
       <c r="I13" s="9">
         <v>3413768686</v>
       </c>
       <c r="J13" s="39">
         <v>796616</v>
       </c>
       <c r="K13" s="39">
         <v>3824266173</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L13" s="39"/>
+      <c r="M13" s="39"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="9">
         <v>697239</v>
       </c>
       <c r="C14" s="9">
         <v>4620367387.7399788</v>
       </c>
       <c r="D14" s="9">
         <v>636474.6</v>
       </c>
       <c r="E14" s="9">
         <v>4311945262.1519995</v>
       </c>
       <c r="F14" s="9">
         <v>605379</v>
       </c>
       <c r="G14" s="9">
         <v>2924349260</v>
       </c>
       <c r="H14" s="9">
         <v>731290</v>
       </c>
       <c r="I14" s="9">
         <v>3767038046</v>
       </c>
       <c r="J14" s="39">
         <v>640434</v>
       </c>
       <c r="K14" s="39">
         <v>3215767981</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L14" s="39"/>
+      <c r="M14" s="39"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="9">
         <v>640257</v>
       </c>
       <c r="C15" s="9">
         <v>4883656048.849968</v>
       </c>
       <c r="D15" s="9">
         <v>632856.5</v>
       </c>
       <c r="E15" s="9">
         <v>4430737696.5240002</v>
       </c>
       <c r="F15" s="9">
         <v>600861</v>
       </c>
       <c r="G15" s="9">
         <v>3024985051</v>
       </c>
       <c r="H15" s="9">
         <v>927536</v>
       </c>
       <c r="I15" s="9">
         <v>3969383564</v>
       </c>
       <c r="J15" s="39">
         <v>759582</v>
       </c>
       <c r="K15" s="39">
         <v>3907614351</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L15" s="39"/>
+      <c r="M15" s="39"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
     </row>
-    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="53" t="s">
+    <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="63" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="54"/>
-[...10 lines deleted...]
-      <c r="B18" s="61">
+      <c r="C17" s="64"/>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
+      <c r="I17" s="64"/>
+      <c r="J17" s="64"/>
+      <c r="K17" s="64"/>
+      <c r="L17" s="64"/>
+      <c r="M17" s="64"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="B18" s="57">
         <v>2021</v>
       </c>
-      <c r="C18" s="61"/>
-      <c r="D18" s="61">
+      <c r="C18" s="57"/>
+      <c r="D18" s="57">
         <v>2022</v>
       </c>
-      <c r="E18" s="61"/>
-      <c r="F18" s="61">
+      <c r="E18" s="57"/>
+      <c r="F18" s="57">
         <v>2023</v>
       </c>
-      <c r="G18" s="61"/>
-      <c r="H18" s="61">
+      <c r="G18" s="57"/>
+      <c r="H18" s="57">
         <v>2024</v>
       </c>
-      <c r="I18" s="61"/>
-      <c r="J18" s="51">
+      <c r="I18" s="57"/>
+      <c r="J18" s="58">
         <v>2025</v>
       </c>
-      <c r="K18" s="52"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="K18" s="59"/>
+      <c r="L18" s="58">
+        <v>2026</v>
+      </c>
+      <c r="M18" s="59"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="8">
         <v>2348575</v>
       </c>
       <c r="C20" s="8">
         <v>23384090093.34</v>
       </c>
       <c r="D20" s="8">
         <v>2406239</v>
       </c>
       <c r="E20" s="8">
         <v>41370493795</v>
       </c>
       <c r="F20" s="8">
         <v>2901107</v>
       </c>
       <c r="G20" s="8">
         <v>51895525481</v>
       </c>
       <c r="H20" s="8">
         <v>3573072</v>
       </c>
       <c r="I20" s="8">
         <v>55767176329</v>
       </c>
       <c r="J20" s="8">
         <v>4802791</v>
       </c>
       <c r="K20" s="8">
         <v>77287758544</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L20" s="8">
+        <v>5336518</v>
+      </c>
+      <c r="M20" s="8">
+        <v>74449128290</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="8">
         <v>2468426</v>
       </c>
       <c r="C21" s="8">
         <v>29923525634.360001</v>
       </c>
       <c r="D21" s="8">
         <v>2333883</v>
       </c>
       <c r="E21" s="8">
         <v>44751262036</v>
       </c>
       <c r="F21" s="8">
         <v>2849492</v>
       </c>
       <c r="G21" s="8">
         <v>59282299367</v>
       </c>
       <c r="H21" s="8">
         <v>3747440</v>
       </c>
       <c r="I21" s="8">
         <v>61788086242</v>
       </c>
       <c r="J21" s="39">
         <v>4555358</v>
       </c>
       <c r="K21" s="39">
         <v>73521062506</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L21" s="39"/>
+      <c r="M21" s="39"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>2914854</v>
       </c>
       <c r="C22" s="8">
         <v>34956971892.910004</v>
       </c>
       <c r="D22" s="8">
         <v>2729323</v>
       </c>
       <c r="E22" s="8">
         <v>52203226166</v>
       </c>
       <c r="F22" s="8">
         <v>2791625</v>
       </c>
       <c r="G22" s="8">
         <v>71411611371</v>
       </c>
       <c r="H22" s="8">
         <v>4059949</v>
       </c>
       <c r="I22" s="8">
         <v>58870369592</v>
       </c>
       <c r="J22" s="39">
         <v>5086771</v>
       </c>
       <c r="K22" s="39">
         <v>78125558193</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L22" s="39"/>
+      <c r="M22" s="39"/>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>2540362</v>
       </c>
       <c r="C23" s="8">
         <v>33411940903.169998</v>
       </c>
       <c r="D23" s="8">
         <v>2762332</v>
       </c>
       <c r="E23" s="8">
         <v>55151119510</v>
       </c>
       <c r="F23" s="8">
         <v>3094997</v>
       </c>
       <c r="G23" s="8">
         <v>66643559696</v>
       </c>
       <c r="H23" s="8">
         <v>4077450</v>
       </c>
       <c r="I23" s="8">
         <v>61353908773</v>
       </c>
       <c r="J23" s="39">
         <v>4977013</v>
       </c>
       <c r="K23" s="39">
         <v>77118684077</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L23" s="39"/>
+      <c r="M23" s="39"/>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="8">
         <v>2596415</v>
       </c>
       <c r="C24" s="8">
         <v>28462565736.940002</v>
       </c>
       <c r="D24" s="8">
         <v>2708795</v>
       </c>
       <c r="E24" s="8">
         <v>43135258226</v>
       </c>
       <c r="F24" s="8">
         <v>3311231</v>
       </c>
       <c r="G24" s="8">
         <v>70005833140</v>
       </c>
       <c r="H24" s="8">
         <v>4296242</v>
       </c>
       <c r="I24" s="8">
         <v>61960521407</v>
       </c>
       <c r="J24" s="39">
         <v>5261826</v>
       </c>
       <c r="K24" s="39">
         <v>71787017435</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L24" s="39"/>
+      <c r="M24" s="39"/>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="8">
         <v>2673952</v>
       </c>
       <c r="C25" s="8">
         <v>32604320726.470001</v>
       </c>
       <c r="D25" s="37">
         <v>2846430</v>
       </c>
       <c r="E25" s="8">
         <v>49978714863</v>
       </c>
       <c r="F25" s="37">
         <v>3256238</v>
       </c>
       <c r="G25" s="8">
         <v>75882095271</v>
       </c>
       <c r="H25" s="37">
         <v>4319047</v>
       </c>
       <c r="I25" s="8">
         <v>69096988490</v>
       </c>
       <c r="J25" s="39">
         <v>5153341</v>
       </c>
       <c r="K25" s="39">
         <v>75582159556</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L25" s="39"/>
+      <c r="M25" s="39"/>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="8">
         <v>2889737</v>
       </c>
       <c r="C26" s="8">
         <v>38656874877.149994</v>
       </c>
       <c r="D26" s="8">
         <v>2946264</v>
       </c>
       <c r="E26" s="8">
         <v>61908401852</v>
       </c>
       <c r="F26" s="8">
         <v>3413562</v>
       </c>
       <c r="G26" s="8">
         <v>76294321280</v>
       </c>
       <c r="H26" s="8">
         <v>4619221</v>
       </c>
       <c r="I26" s="8">
         <v>64104967311</v>
       </c>
       <c r="J26" s="39">
         <v>5517962</v>
       </c>
       <c r="K26" s="39">
         <v>81060963884</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L26" s="39"/>
+      <c r="M26" s="39"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="8">
         <v>2896404</v>
       </c>
       <c r="C27" s="8">
         <v>40225870375.040001</v>
       </c>
       <c r="D27" s="8">
         <v>2923583</v>
       </c>
       <c r="E27" s="8">
         <v>48443669033</v>
       </c>
       <c r="F27" s="8">
         <v>2645242</v>
       </c>
       <c r="G27" s="8">
         <v>74541575897</v>
       </c>
       <c r="H27" s="8">
         <v>4414040</v>
       </c>
       <c r="I27" s="8">
         <v>69969939215</v>
       </c>
       <c r="J27" s="39">
         <v>5556451</v>
       </c>
       <c r="K27" s="39">
         <v>82810824399</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L27" s="39"/>
+      <c r="M27" s="39"/>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="8">
         <v>2968201</v>
       </c>
       <c r="C28" s="8">
         <v>41717139307.479996</v>
       </c>
       <c r="D28" s="8">
         <v>3001299</v>
       </c>
       <c r="E28" s="8">
         <v>61809782257</v>
       </c>
       <c r="F28" s="8">
         <v>3700685</v>
       </c>
       <c r="G28" s="8">
         <v>60387271515</v>
       </c>
       <c r="H28" s="8">
         <v>4544184</v>
       </c>
       <c r="I28" s="8">
         <v>68176101736</v>
       </c>
       <c r="J28" s="39">
         <v>5712871</v>
       </c>
       <c r="K28" s="39">
         <v>81603487597</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L28" s="39"/>
+      <c r="M28" s="39"/>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A29" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="8">
         <v>2811534</v>
       </c>
       <c r="C29" s="8">
         <v>33324819673.84</v>
       </c>
       <c r="D29" s="8">
         <v>3267814</v>
       </c>
       <c r="E29" s="8">
         <v>58980163737</v>
       </c>
       <c r="F29" s="8">
         <v>4036463</v>
       </c>
       <c r="G29" s="8">
         <v>66121091447</v>
       </c>
       <c r="H29" s="8">
         <v>5403143</v>
       </c>
       <c r="I29" s="8">
         <v>70608202091</v>
       </c>
       <c r="J29" s="39">
         <v>5912319</v>
       </c>
       <c r="K29" s="39">
         <v>95194183432</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L29" s="39"/>
+      <c r="M29" s="39"/>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="8">
         <v>3008779</v>
       </c>
       <c r="C30" s="8">
         <v>46362977777.610001</v>
       </c>
       <c r="D30" s="8">
         <v>3336394</v>
       </c>
       <c r="E30" s="8">
         <v>70455525379</v>
       </c>
       <c r="F30" s="8">
         <v>3924038</v>
       </c>
       <c r="G30" s="8">
         <v>64471743884</v>
       </c>
       <c r="H30" s="8">
         <v>5117010</v>
       </c>
       <c r="I30" s="8">
         <v>78580107584</v>
       </c>
       <c r="J30" s="39">
         <v>5515857</v>
       </c>
       <c r="K30" s="39">
         <v>84119760043</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L30" s="39"/>
+      <c r="M30" s="39"/>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="8">
         <v>2978600</v>
       </c>
       <c r="C31" s="8">
         <v>42409100782.360001</v>
       </c>
       <c r="D31" s="8">
         <v>3233260</v>
       </c>
       <c r="E31" s="8">
         <v>67054362016</v>
       </c>
       <c r="F31" s="8">
         <v>4216756</v>
       </c>
       <c r="G31" s="8">
         <v>60369133976</v>
       </c>
       <c r="H31" s="8">
         <v>5214262</v>
       </c>
       <c r="I31" s="8">
         <v>69340141187</v>
       </c>
       <c r="J31" s="39">
         <v>5983306</v>
       </c>
       <c r="K31" s="39">
         <v>79855649123</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L31" s="39"/>
+      <c r="M31" s="39"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.3">
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
     </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="B33" s="53" t="s">
+    <row r="33" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="B33" s="63" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="54"/>
-[...10 lines deleted...]
-      <c r="B34" s="51">
+      <c r="C33" s="64"/>
+      <c r="D33" s="64"/>
+      <c r="E33" s="64"/>
+      <c r="F33" s="64"/>
+      <c r="G33" s="64"/>
+      <c r="H33" s="64"/>
+      <c r="I33" s="64"/>
+      <c r="J33" s="64"/>
+      <c r="K33" s="64"/>
+      <c r="L33" s="64"/>
+      <c r="M33" s="64"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="B34" s="58">
         <v>2021</v>
       </c>
-      <c r="C34" s="52"/>
-      <c r="D34" s="51">
+      <c r="C34" s="59"/>
+      <c r="D34" s="58">
         <v>2022</v>
       </c>
-      <c r="E34" s="52"/>
-      <c r="F34" s="51">
+      <c r="E34" s="59"/>
+      <c r="F34" s="58">
         <v>2023</v>
       </c>
-      <c r="G34" s="52"/>
-      <c r="H34" s="51">
+      <c r="G34" s="59"/>
+      <c r="H34" s="58">
         <v>2024</v>
       </c>
-      <c r="I34" s="52"/>
-      <c r="J34" s="51">
+      <c r="I34" s="59"/>
+      <c r="J34" s="58">
         <v>2025</v>
       </c>
-      <c r="K34" s="52"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="K34" s="59"/>
+      <c r="L34" s="58">
+        <v>2026</v>
+      </c>
+      <c r="M34" s="59"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="9">
         <v>8228153</v>
       </c>
       <c r="C36" s="9">
         <v>6401817684</v>
       </c>
       <c r="D36" s="9">
         <v>8096990</v>
       </c>
       <c r="E36" s="9">
         <v>5414832789</v>
       </c>
       <c r="F36" s="9">
         <v>5643615</v>
       </c>
       <c r="G36" s="9">
         <v>3772642319</v>
       </c>
       <c r="H36" s="9">
         <v>4624300</v>
       </c>
       <c r="I36" s="9">
         <v>6423930269</v>
       </c>
       <c r="J36" s="9">
         <v>9874850</v>
       </c>
       <c r="K36" s="9">
         <v>6948634637</v>
       </c>
-    </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L36" s="9">
+        <v>9086180</v>
+      </c>
+      <c r="M36" s="9">
+        <v>5892507163</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="9">
         <v>13600353</v>
       </c>
       <c r="C37" s="9">
         <v>9265738476</v>
       </c>
       <c r="D37" s="9">
         <v>9432764</v>
       </c>
       <c r="E37" s="9">
         <v>6599916297</v>
       </c>
       <c r="F37" s="9">
         <v>5931468</v>
       </c>
       <c r="G37" s="9">
         <v>3881813995</v>
       </c>
       <c r="H37" s="9">
         <v>7256897</v>
       </c>
       <c r="I37" s="9">
         <v>4640375633</v>
       </c>
       <c r="J37" s="39">
         <v>9157160</v>
       </c>
       <c r="K37" s="39">
         <v>6230505199</v>
       </c>
-    </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L37" s="39"/>
+      <c r="M37" s="39"/>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A38" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B38" s="9">
         <v>8969390</v>
       </c>
       <c r="C38" s="9">
         <v>5557826905</v>
       </c>
       <c r="D38" s="9">
         <v>9161654</v>
       </c>
       <c r="E38" s="9">
         <v>6176821771</v>
       </c>
       <c r="F38" s="9">
         <v>6649398</v>
       </c>
       <c r="G38" s="9">
         <v>4475460583</v>
       </c>
       <c r="H38" s="9">
         <v>9087836</v>
       </c>
       <c r="I38" s="9">
         <v>6248672702</v>
       </c>
       <c r="J38" s="39">
         <v>9663346</v>
       </c>
       <c r="K38" s="39">
         <v>6660504526</v>
       </c>
-    </row>
-    <row r="39" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L38" s="39"/>
+      <c r="M38" s="39"/>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B39" s="9">
         <v>8523604</v>
       </c>
       <c r="C39" s="9">
         <v>5328120139</v>
       </c>
       <c r="D39" s="9">
         <v>6982823</v>
       </c>
       <c r="E39" s="9">
         <v>4561779426</v>
       </c>
       <c r="F39" s="9">
         <v>6295706</v>
       </c>
       <c r="G39" s="9">
         <v>4312112520</v>
       </c>
       <c r="H39" s="9">
         <v>8901650</v>
       </c>
       <c r="I39" s="9">
         <v>6077289362</v>
       </c>
       <c r="J39" s="39">
         <v>8380610</v>
       </c>
       <c r="K39" s="39">
         <v>5583132685</v>
       </c>
-    </row>
-    <row r="40" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L39" s="39"/>
+      <c r="M39" s="39"/>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="9">
         <v>9527738</v>
       </c>
       <c r="C40" s="9">
         <v>5945294662</v>
       </c>
       <c r="D40" s="9">
         <v>7938349</v>
       </c>
       <c r="E40" s="9">
         <v>5442097040</v>
       </c>
       <c r="F40" s="9">
         <v>6384475</v>
       </c>
       <c r="G40" s="9">
         <v>3367241217</v>
       </c>
       <c r="H40" s="9">
         <v>12464745</v>
       </c>
       <c r="I40" s="9">
         <v>7886827170</v>
       </c>
       <c r="J40" s="39">
         <v>9719683</v>
       </c>
       <c r="K40" s="39">
         <v>6830492261</v>
       </c>
-    </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L40" s="39"/>
+      <c r="M40" s="39"/>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="9">
         <v>7695150</v>
       </c>
       <c r="C41" s="9">
         <v>4520768048</v>
       </c>
       <c r="D41" s="9">
         <v>8263915</v>
       </c>
       <c r="E41" s="9">
         <v>5738291492</v>
       </c>
       <c r="F41" s="9">
         <v>6927888</v>
       </c>
       <c r="G41" s="9">
         <v>4916860981</v>
       </c>
       <c r="H41" s="9">
         <v>7913550</v>
       </c>
       <c r="I41" s="9">
         <v>5288475143</v>
       </c>
       <c r="J41" s="39">
         <v>9460532</v>
       </c>
       <c r="K41" s="39">
         <v>6696750965</v>
       </c>
-    </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L41" s="39"/>
+      <c r="M41" s="39"/>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A42" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B42" s="9">
         <v>7162260</v>
       </c>
       <c r="C42" s="9">
         <v>4128984933</v>
       </c>
       <c r="D42" s="9">
         <v>8734264</v>
       </c>
       <c r="E42" s="9">
         <v>6089689956</v>
       </c>
       <c r="F42" s="9">
         <v>8043223</v>
       </c>
       <c r="G42" s="9">
         <v>5747337248</v>
       </c>
       <c r="H42" s="9">
         <v>9613287</v>
       </c>
       <c r="I42" s="9">
         <v>6575994038</v>
       </c>
       <c r="J42" s="39">
         <v>11559367</v>
       </c>
       <c r="K42" s="39">
         <v>7945059669</v>
       </c>
-    </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L42" s="39"/>
+      <c r="M42" s="39"/>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="9">
         <v>7554448</v>
       </c>
       <c r="C43" s="9">
         <v>4301978975</v>
       </c>
       <c r="D43" s="9">
         <v>7135508</v>
       </c>
       <c r="E43" s="9">
         <v>5044981656</v>
       </c>
       <c r="F43" s="9">
         <v>8120580</v>
       </c>
       <c r="G43" s="9">
         <v>5699949593</v>
       </c>
       <c r="H43" s="9">
         <v>11487865</v>
       </c>
       <c r="I43" s="9">
         <v>7867082694</v>
       </c>
       <c r="J43" s="39">
         <v>10286408</v>
       </c>
       <c r="K43" s="39">
         <v>7209064080</v>
       </c>
-    </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L43" s="39"/>
+      <c r="M43" s="39"/>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="9">
         <v>7316044</v>
       </c>
       <c r="C44" s="9">
         <v>4338938096</v>
       </c>
       <c r="D44" s="31">
         <v>7220576</v>
       </c>
       <c r="E44" s="31">
         <v>5107944850</v>
       </c>
       <c r="F44" s="31">
         <v>8424196</v>
       </c>
       <c r="G44" s="31">
         <v>6677377690</v>
       </c>
       <c r="H44" s="9">
         <v>9470762</v>
       </c>
       <c r="I44" s="9">
         <v>10949648576</v>
       </c>
       <c r="J44" s="39">
         <v>10360495</v>
       </c>
       <c r="K44" s="39">
         <v>7213401939</v>
       </c>
-    </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L44" s="39"/>
+      <c r="M44" s="39"/>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A45" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="9">
         <v>9112697</v>
       </c>
       <c r="C45" s="30">
         <v>5394989818</v>
       </c>
       <c r="D45" s="32">
         <v>3335153</v>
       </c>
       <c r="E45" s="32">
         <v>5258186160</v>
       </c>
       <c r="F45" s="32">
         <v>7736843</v>
       </c>
       <c r="G45" s="32">
         <v>5323455703</v>
       </c>
       <c r="H45" s="9">
         <v>10560585</v>
       </c>
       <c r="I45" s="9">
         <v>7248126448</v>
       </c>
       <c r="J45" s="39">
         <v>12260005</v>
       </c>
       <c r="K45" s="39">
         <v>8372097819</v>
       </c>
-    </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L45" s="39"/>
+      <c r="M45" s="39"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A46" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="9">
         <v>9312838</v>
       </c>
       <c r="C46" s="30">
         <v>5244813303</v>
       </c>
       <c r="D46" s="33">
         <v>7646781</v>
       </c>
       <c r="E46" s="33">
         <v>5258186160</v>
       </c>
       <c r="F46" s="33">
         <v>6843144</v>
       </c>
       <c r="G46" s="33">
         <v>4317714476</v>
       </c>
       <c r="H46" s="9">
         <v>11342465</v>
       </c>
       <c r="I46" s="9">
         <v>7234387797</v>
       </c>
       <c r="J46" s="39">
         <v>10494571</v>
       </c>
       <c r="K46" s="39">
         <v>7368470834</v>
       </c>
-    </row>
-    <row r="47" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L46" s="39"/>
+      <c r="M46" s="39"/>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A47" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="9">
         <v>9997381</v>
       </c>
       <c r="C47" s="30">
         <v>7138221327</v>
       </c>
       <c r="D47" s="33">
         <v>4038761</v>
       </c>
       <c r="E47" s="33">
         <v>3160756751</v>
       </c>
       <c r="F47" s="33">
         <v>7478571</v>
       </c>
       <c r="G47" s="33">
         <v>5729743166</v>
       </c>
       <c r="H47" s="9">
         <v>11090856</v>
       </c>
       <c r="I47" s="9">
         <v>8019685688</v>
       </c>
       <c r="J47" s="39">
         <v>9714566</v>
       </c>
       <c r="K47" s="39">
         <v>6798321851</v>
       </c>
-    </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L47" s="39"/>
+      <c r="M47" s="39"/>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.3">
       <c r="H48" s="40"/>
       <c r="I48" s="40"/>
     </row>
-    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="53" t="s">
+    <row r="49" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="C49" s="54"/>
-[...9 lines deleted...]
-    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="C49" s="64"/>
+      <c r="D49" s="64"/>
+      <c r="E49" s="64"/>
+      <c r="F49" s="64"/>
+      <c r="G49" s="64"/>
+      <c r="H49" s="64"/>
+      <c r="I49" s="64"/>
+      <c r="J49" s="64"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="64"/>
+      <c r="M49" s="64"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B50" s="28">
         <v>2021</v>
       </c>
       <c r="C50" s="29"/>
       <c r="D50" s="28">
         <v>2022</v>
       </c>
       <c r="E50" s="29"/>
       <c r="F50" s="28">
         <v>2023</v>
       </c>
       <c r="G50" s="29"/>
-      <c r="H50" s="51">
+      <c r="H50" s="58">
         <v>2024</v>
       </c>
-      <c r="I50" s="52"/>
-      <c r="J50" s="51">
+      <c r="I50" s="59"/>
+      <c r="J50" s="58">
         <v>2025</v>
       </c>
-      <c r="K50" s="52"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="K50" s="59"/>
+      <c r="L50" s="58">
+        <v>2026</v>
+      </c>
+      <c r="M50" s="59"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L51" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="M51" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A52" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B52" s="9">
         <v>4475369</v>
       </c>
       <c r="C52" s="9">
         <v>2578228305.4451532</v>
       </c>
       <c r="D52" s="9">
         <v>4792654</v>
       </c>
       <c r="E52" s="9">
         <v>2519077882.5500002</v>
       </c>
       <c r="F52" s="9">
         <v>5545590</v>
       </c>
       <c r="G52" s="9">
         <v>3013133260</v>
       </c>
       <c r="H52" s="9">
         <v>6769339</v>
       </c>
       <c r="I52" s="9">
         <v>3500921722</v>
       </c>
       <c r="J52" s="9">
         <v>7769144</v>
       </c>
       <c r="K52" s="9">
         <v>3966058983</v>
       </c>
-    </row>
-    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L52" s="9">
+        <v>7971039</v>
+      </c>
+      <c r="M52" s="9">
+        <v>4126364630</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A53" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B53" s="9">
         <v>4234712</v>
       </c>
       <c r="C53" s="9">
         <v>2393686512.1222281</v>
       </c>
       <c r="D53" s="9">
         <v>4574323</v>
       </c>
       <c r="E53" s="9">
         <v>2386704246.3299999</v>
       </c>
       <c r="F53" s="9">
         <v>5039592</v>
       </c>
       <c r="G53" s="9">
         <v>2615267047</v>
       </c>
       <c r="H53" s="9">
         <v>6588249</v>
       </c>
       <c r="I53" s="9">
         <v>3283906785</v>
       </c>
       <c r="J53" s="9">
         <v>6946801</v>
       </c>
       <c r="K53" s="9">
         <v>3456382724</v>
       </c>
-    </row>
-    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L53" s="9"/>
+      <c r="M53" s="9"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A54" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B54" s="9">
         <v>4907761</v>
       </c>
       <c r="C54" s="9">
         <v>2703913524.7515154</v>
       </c>
       <c r="D54" s="9">
         <v>5245448</v>
       </c>
       <c r="E54" s="9">
         <v>2724408090.9900002</v>
       </c>
       <c r="F54" s="9">
         <v>4919591</v>
       </c>
       <c r="G54" s="9">
         <v>2483594164</v>
       </c>
       <c r="H54" s="9">
         <v>6654137</v>
       </c>
       <c r="I54" s="9">
         <v>3262862971</v>
       </c>
       <c r="J54" s="39">
         <v>7664446</v>
       </c>
       <c r="K54" s="39">
         <v>3728790924</v>
       </c>
-    </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L54" s="39"/>
+      <c r="M54" s="39"/>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="9">
         <v>4494128</v>
       </c>
       <c r="C55" s="9">
         <v>2355796503.3800006</v>
       </c>
       <c r="D55" s="9">
         <v>5083602</v>
       </c>
       <c r="E55" s="9">
         <v>2669225505.4699998</v>
       </c>
       <c r="F55" s="9">
         <v>5375506</v>
       </c>
       <c r="G55" s="9">
         <v>2823653154</v>
       </c>
       <c r="H55" s="9">
         <v>6653026</v>
       </c>
       <c r="I55" s="9">
         <v>3221505667</v>
       </c>
       <c r="J55" s="39">
         <v>7607256</v>
       </c>
       <c r="K55" s="39">
         <v>3731526615</v>
       </c>
-    </row>
-    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L55" s="39"/>
+      <c r="M55" s="39"/>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A56" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B56" s="9">
         <v>4651947</v>
       </c>
       <c r="C56" s="9">
         <v>2464160775.4000001</v>
       </c>
       <c r="D56" s="9">
         <v>5103549</v>
       </c>
       <c r="E56" s="9">
         <v>2652258732.4000001</v>
       </c>
       <c r="F56" s="9">
         <v>6168463</v>
       </c>
       <c r="G56" s="9">
         <v>3297442301</v>
       </c>
       <c r="H56" s="9">
         <v>6974074</v>
       </c>
       <c r="I56" s="9">
         <v>3418245202</v>
       </c>
       <c r="J56" s="39">
         <v>8145837</v>
       </c>
       <c r="K56" s="39">
         <v>4051571826</v>
       </c>
-    </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L56" s="39"/>
+      <c r="M56" s="39"/>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A57" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="9">
         <v>4482102</v>
       </c>
       <c r="C57" s="9">
         <v>2353432040.9499998</v>
       </c>
       <c r="D57" s="9">
         <v>5115132</v>
       </c>
       <c r="E57" s="9">
         <v>2694340307.4200006</v>
       </c>
       <c r="F57" s="9">
         <v>6069417</v>
       </c>
       <c r="G57" s="9">
         <v>3306830465</v>
       </c>
       <c r="H57" s="9">
         <v>6687072</v>
       </c>
       <c r="I57" s="9">
         <v>2447189395</v>
       </c>
       <c r="J57" s="39">
         <v>7753149</v>
       </c>
       <c r="K57" s="39">
         <v>3898605449</v>
       </c>
-    </row>
-    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L57" s="39"/>
+      <c r="M57" s="39"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A58" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B58" s="9">
         <v>4671734</v>
       </c>
       <c r="C58" s="9">
         <v>2491621314.5900002</v>
       </c>
       <c r="D58" s="9">
         <v>5459831</v>
       </c>
       <c r="E58" s="9">
         <v>2943613316.8599997</v>
       </c>
       <c r="F58" s="9">
         <v>5703106</v>
       </c>
       <c r="G58" s="9">
         <v>3432203186</v>
       </c>
       <c r="H58" s="9">
         <v>7261552</v>
       </c>
       <c r="I58" s="9">
         <v>3626687915</v>
       </c>
       <c r="J58" s="39">
         <v>8455570</v>
       </c>
       <c r="K58" s="39">
         <v>4324044548</v>
       </c>
-    </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L58" s="39"/>
+      <c r="M58" s="39"/>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A59" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="9">
         <v>4709678</v>
       </c>
       <c r="C59" s="9">
         <v>2500502746.5700002</v>
       </c>
       <c r="D59" s="9">
         <v>5720393</v>
       </c>
       <c r="E59" s="9">
         <v>2999074277.3700004</v>
       </c>
       <c r="F59" s="9">
         <v>6913893</v>
       </c>
       <c r="G59" s="9">
         <v>4088544593</v>
       </c>
       <c r="H59" s="9">
         <v>7575178</v>
       </c>
       <c r="I59" s="9">
         <v>3756685885</v>
       </c>
       <c r="J59" s="39">
         <v>8226343</v>
       </c>
       <c r="K59" s="39">
         <v>4335731225</v>
       </c>
-    </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L59" s="39"/>
+      <c r="M59" s="39"/>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A60" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B60" s="9">
         <v>4975639</v>
       </c>
       <c r="C60" s="9">
         <v>2635548231.3099999</v>
       </c>
       <c r="D60" s="9">
         <v>5501692</v>
       </c>
       <c r="E60" s="9">
         <v>2880695288.1399994</v>
       </c>
       <c r="F60" s="9">
         <v>7107413</v>
       </c>
       <c r="G60" s="9">
         <v>3629162341</v>
       </c>
       <c r="H60" s="9">
         <v>7295377</v>
       </c>
       <c r="I60" s="9">
         <v>3592397848</v>
       </c>
       <c r="J60" s="39">
         <v>8500352</v>
       </c>
       <c r="K60" s="39">
         <v>4274087092</v>
       </c>
-    </row>
-    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L60" s="39"/>
+      <c r="M60" s="39"/>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A61" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B61" s="9">
         <v>5232518</v>
       </c>
       <c r="C61" s="9">
         <v>2765125665.9599996</v>
       </c>
       <c r="D61" s="9">
         <v>6052931</v>
       </c>
       <c r="E61" s="9">
         <v>3164965311.3500004</v>
       </c>
       <c r="F61" s="9">
         <v>5533486</v>
       </c>
       <c r="G61" s="9">
         <v>2408619338</v>
       </c>
       <c r="H61" s="9">
         <v>8308839</v>
       </c>
       <c r="I61" s="9">
         <v>4134206820</v>
       </c>
       <c r="J61" s="39">
         <v>8704063</v>
       </c>
       <c r="K61" s="39">
         <v>4385942400</v>
       </c>
-    </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L61" s="39"/>
+      <c r="M61" s="39"/>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A62" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="9">
         <v>5266363</v>
       </c>
       <c r="C62" s="9">
         <v>2779118391.0200005</v>
       </c>
       <c r="D62" s="34">
         <v>5765198</v>
       </c>
       <c r="E62" s="35">
         <v>3062263897</v>
       </c>
       <c r="F62" s="34">
         <v>6115225</v>
       </c>
       <c r="G62" s="35">
         <v>2933078527</v>
       </c>
       <c r="H62" s="9">
         <v>8777692</v>
       </c>
       <c r="I62" s="9">
         <v>4599163891</v>
       </c>
       <c r="J62" s="39">
         <v>8223088</v>
       </c>
       <c r="K62" s="39">
         <v>4183490721</v>
       </c>
-    </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L62" s="39"/>
+      <c r="M62" s="39"/>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A63" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="9">
         <v>5522930</v>
       </c>
       <c r="C63" s="9">
         <v>3073072322.46</v>
       </c>
       <c r="D63" s="9">
         <v>6202381</v>
       </c>
       <c r="E63" s="9">
         <v>3472896185</v>
       </c>
       <c r="F63" s="9">
         <v>7366088</v>
       </c>
       <c r="G63" s="9">
         <v>3716708155</v>
       </c>
       <c r="H63" s="9">
         <v>8234102</v>
       </c>
       <c r="I63" s="9">
         <v>4281294531</v>
       </c>
       <c r="J63" s="39">
         <v>9239316</v>
       </c>
       <c r="K63" s="39">
         <v>4988844814</v>
       </c>
-    </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="L63" s="39"/>
+      <c r="M63" s="39"/>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B64" s="40"/>
       <c r="C64" s="40"/>
       <c r="D64" s="40"/>
       <c r="E64" s="40"/>
       <c r="F64" s="40"/>
       <c r="G64" s="40"/>
       <c r="H64" s="41"/>
       <c r="I64" s="41"/>
     </row>
   </sheetData>
-  <mergeCells count="21">
-[...4 lines deleted...]
-    <mergeCell ref="D34:E34"/>
+  <mergeCells count="25">
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="B1:M1"/>
+    <mergeCell ref="B17:M17"/>
+    <mergeCell ref="B33:M33"/>
+    <mergeCell ref="B49:M49"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="J50:K50"/>
-    <mergeCell ref="B1:K1"/>
-[...2 lines deleted...]
-    <mergeCell ref="B49:K49"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="H2:I2"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:E34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B4317E3-ACF1-41FE-978A-6E2C87B516A4}">
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:Y15"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W16" sqref="W16"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="Y5" sqref="Y5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="21.109375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.33203125" customWidth="1"/>
     <col min="14" max="14" width="9" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="10.5546875" customWidth="1"/>
     <col min="17" max="17" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.5546875" customWidth="1"/>
     <col min="19" max="19" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5546875" customWidth="1"/>
     <col min="21" max="21" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.109375" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="10.6640625" customWidth="1"/>
+    <col min="25" max="25" width="19.5546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>40</v>
       </c>
-      <c r="C1" s="54"/>
-[...21 lines deleted...]
-    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
+      <c r="X1" s="62"/>
+      <c r="Y1" s="62"/>
+    </row>
+    <row r="2" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="61">
+      <c r="S2" s="57"/>
+      <c r="T2" s="57">
         <v>2024</v>
       </c>
-      <c r="U2" s="61"/>
-      <c r="V2" s="51">
+      <c r="U2" s="57"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="W2" s="59"/>
+      <c r="X2" s="58">
+        <v>2026</v>
+      </c>
+      <c r="Y2" s="59"/>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -7429,52 +7766,58 @@
       </c>
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y3" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="4">
         <v>5026</v>
       </c>
       <c r="C4" s="4">
         <v>55690189000</v>
       </c>
       <c r="D4" s="4">
         <v>5420</v>
       </c>
       <c r="E4" s="4">
         <v>58929905744.68</v>
       </c>
       <c r="F4" s="4">
         <v>5786</v>
       </c>
       <c r="G4" s="4">
         <v>63271469036.25</v>
       </c>
       <c r="H4" s="4">
         <v>4836</v>
       </c>
       <c r="I4" s="4">
@@ -7500,52 +7843,58 @@
       </c>
       <c r="P4" s="4">
         <v>6922</v>
       </c>
       <c r="Q4" s="4">
         <v>83620334754.900009</v>
       </c>
       <c r="R4" s="4">
         <v>7467</v>
       </c>
       <c r="S4" s="4">
         <v>81858145819</v>
       </c>
       <c r="T4" s="4">
         <v>8168</v>
       </c>
       <c r="U4" s="4">
         <v>96839706025</v>
       </c>
       <c r="V4" s="4">
         <v>8713</v>
       </c>
       <c r="W4" s="4">
         <v>102276280488</v>
       </c>
-    </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X4" s="4">
+        <v>10233</v>
+      </c>
+      <c r="Y4" s="4">
+        <v>111499768027</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="4">
         <v>4606</v>
       </c>
       <c r="C5" s="4">
         <v>47056135000</v>
       </c>
       <c r="D5" s="4">
         <v>5639</v>
       </c>
       <c r="E5" s="4">
         <v>57016338941.580002</v>
       </c>
       <c r="F5" s="4">
         <v>5394</v>
       </c>
       <c r="G5" s="4">
         <v>58939034524.220001</v>
       </c>
       <c r="H5" s="4">
         <v>4514</v>
       </c>
       <c r="I5" s="4">
@@ -7571,52 +7920,54 @@
       </c>
       <c r="P5" s="4">
         <v>6439</v>
       </c>
       <c r="Q5" s="4">
         <v>76903659764.119995</v>
       </c>
       <c r="R5" s="4">
         <v>7447</v>
       </c>
       <c r="S5" s="4">
         <v>84622142403</v>
       </c>
       <c r="T5" s="4">
         <v>7694</v>
       </c>
       <c r="U5" s="4">
         <v>91920004934</v>
       </c>
       <c r="V5" s="4">
         <v>8082</v>
       </c>
       <c r="W5" s="4">
         <v>99253120869</v>
       </c>
-    </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X5" s="4"/>
+      <c r="Y5" s="4"/>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="4">
         <v>4991</v>
       </c>
       <c r="C6" s="4">
         <v>55611972000</v>
       </c>
       <c r="D6" s="4">
         <v>5581</v>
       </c>
       <c r="E6" s="4">
         <v>62991878600.370003</v>
       </c>
       <c r="F6" s="4">
         <v>5968</v>
       </c>
       <c r="G6" s="4">
         <v>74154116717.889999</v>
       </c>
       <c r="H6" s="4">
         <v>4612</v>
       </c>
       <c r="I6" s="4">
@@ -7642,52 +7993,54 @@
       </c>
       <c r="P6" s="4">
         <v>7729</v>
       </c>
       <c r="Q6" s="4">
         <v>103918928190.60001</v>
       </c>
       <c r="R6" s="4">
         <v>8247</v>
       </c>
       <c r="S6" s="4">
         <v>98695602947</v>
       </c>
       <c r="T6" s="4">
         <v>7799</v>
       </c>
       <c r="U6" s="4">
         <v>108645246510</v>
       </c>
       <c r="V6" s="4">
         <v>8713</v>
       </c>
       <c r="W6" s="4">
         <v>107881780623</v>
       </c>
-    </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X6" s="4"/>
+      <c r="Y6" s="4"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="4">
         <v>4938</v>
       </c>
       <c r="C7" s="4">
         <v>50801992000</v>
       </c>
       <c r="D7" s="4">
         <v>6077</v>
       </c>
       <c r="E7" s="4">
         <v>61412155577.349998</v>
       </c>
       <c r="F7" s="4">
         <v>5296</v>
       </c>
       <c r="G7" s="4">
         <v>60389433386.659996</v>
       </c>
       <c r="H7" s="4">
         <v>4633</v>
       </c>
       <c r="I7" s="4">
@@ -7713,52 +8066,54 @@
       </c>
       <c r="P7" s="4">
         <v>7085</v>
       </c>
       <c r="Q7" s="4">
         <v>95544974930.659988</v>
       </c>
       <c r="R7" s="4">
         <v>7293</v>
       </c>
       <c r="S7" s="4">
         <v>106717738654</v>
       </c>
       <c r="T7" s="4">
         <v>8572</v>
       </c>
       <c r="U7" s="4">
         <v>98065577429</v>
       </c>
       <c r="V7" s="4">
         <v>8730</v>
       </c>
       <c r="W7" s="4">
         <v>110771528304</v>
       </c>
-    </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X7" s="4"/>
+      <c r="Y7" s="4"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="4">
         <v>4293</v>
       </c>
       <c r="C8" s="4">
         <v>50219063000</v>
       </c>
       <c r="D8" s="4">
         <v>5159</v>
       </c>
       <c r="E8" s="4">
         <v>54293160501.440002</v>
       </c>
       <c r="F8" s="4">
         <v>5517</v>
       </c>
       <c r="G8" s="4">
         <v>70261902224.270004</v>
       </c>
       <c r="H8" s="4">
         <v>4557</v>
       </c>
       <c r="I8" s="4">
@@ -7784,52 +8139,54 @@
       </c>
       <c r="P8" s="4">
         <v>6687</v>
       </c>
       <c r="Q8" s="4">
         <v>82220664248.309998</v>
       </c>
       <c r="R8" s="4">
         <v>6940</v>
       </c>
       <c r="S8" s="4">
         <v>96578404764</v>
       </c>
       <c r="T8" s="4">
         <v>7913</v>
       </c>
       <c r="U8" s="4">
         <v>106048247389</v>
       </c>
       <c r="V8" s="4">
         <v>7716</v>
       </c>
       <c r="W8" s="4">
         <v>101499119945</v>
       </c>
-    </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X8" s="4"/>
+      <c r="Y8" s="4"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="4">
         <v>5041</v>
       </c>
       <c r="C9" s="4">
         <v>52122226000</v>
       </c>
       <c r="D9" s="4">
         <v>5881</v>
       </c>
       <c r="E9" s="4">
         <v>61897113215.029999</v>
       </c>
       <c r="F9" s="4">
         <v>6024</v>
       </c>
       <c r="G9" s="4">
         <v>68300476574.989998</v>
       </c>
       <c r="H9" s="4">
         <v>4973</v>
       </c>
       <c r="I9" s="4">
@@ -7855,52 +8212,54 @@
       </c>
       <c r="P9" s="4">
         <v>7622</v>
       </c>
       <c r="Q9" s="4">
         <v>86532180386.059982</v>
       </c>
       <c r="R9" s="4">
         <v>7859</v>
       </c>
       <c r="S9" s="4">
         <v>106838824398</v>
       </c>
       <c r="T9" s="4">
         <v>7807</v>
       </c>
       <c r="U9" s="4">
         <v>105442694297</v>
       </c>
       <c r="V9" s="4">
         <v>8853</v>
       </c>
       <c r="W9" s="4">
         <v>108758829431</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X9" s="4"/>
+      <c r="Y9" s="4"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="4">
         <v>5670</v>
       </c>
       <c r="C10" s="4">
         <v>65725443000</v>
       </c>
       <c r="D10" s="4">
         <v>5967</v>
       </c>
       <c r="E10" s="4">
         <v>58270622306.639999</v>
       </c>
       <c r="F10" s="4">
         <v>5717</v>
       </c>
       <c r="G10" s="4">
         <v>74849725711.429993</v>
       </c>
       <c r="H10" s="4">
         <v>5187</v>
       </c>
       <c r="I10" s="4">
@@ -7926,52 +8285,54 @@
       </c>
       <c r="P10" s="4">
         <v>7765</v>
       </c>
       <c r="Q10" s="4">
         <v>101962991128</v>
       </c>
       <c r="R10" s="4">
         <v>7865</v>
       </c>
       <c r="S10" s="4">
         <v>101975400808</v>
       </c>
       <c r="T10" s="4">
         <v>9023</v>
       </c>
       <c r="U10" s="4">
         <v>109489185907</v>
       </c>
       <c r="V10" s="4">
         <v>10189</v>
       </c>
       <c r="W10" s="4">
         <v>129741901615</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X10" s="4"/>
+      <c r="Y10" s="4"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="4">
         <v>5035</v>
       </c>
       <c r="C11" s="4">
         <v>53512629000</v>
       </c>
       <c r="D11" s="4">
         <v>6002</v>
       </c>
       <c r="E11" s="4">
         <v>60702871027.199997</v>
       </c>
       <c r="F11" s="4">
         <v>5514</v>
       </c>
       <c r="G11" s="4">
         <v>77352821814.419998</v>
       </c>
       <c r="H11" s="4">
         <v>5261</v>
       </c>
       <c r="I11" s="4">
@@ -7997,52 +8358,54 @@
       </c>
       <c r="P11" s="4">
         <v>7840</v>
       </c>
       <c r="Q11" s="4">
         <v>112182264689.37999</v>
       </c>
       <c r="R11" s="4">
         <v>7792</v>
       </c>
       <c r="S11" s="4">
         <v>101378497304</v>
       </c>
       <c r="T11" s="4">
         <v>8365</v>
       </c>
       <c r="U11" s="4">
         <v>100346893601</v>
       </c>
       <c r="V11" s="4">
         <v>9077</v>
       </c>
       <c r="W11" s="4">
         <v>110658618389</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X11" s="4"/>
+      <c r="Y11" s="4"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="4">
         <v>5642</v>
       </c>
       <c r="C12" s="4">
         <v>64575897000</v>
       </c>
       <c r="D12" s="4">
         <v>6127</v>
       </c>
       <c r="E12" s="4">
         <v>68860638571.320007</v>
       </c>
       <c r="F12" s="4">
         <v>5562</v>
       </c>
       <c r="G12" s="4">
         <v>79110610341.549988</v>
       </c>
       <c r="H12" s="4">
         <v>5248</v>
       </c>
       <c r="I12" s="4">
@@ -8068,52 +8431,54 @@
       </c>
       <c r="P12" s="4">
         <v>8164</v>
       </c>
       <c r="Q12" s="4">
         <v>100703787144.19997</v>
       </c>
       <c r="R12" s="4">
         <v>8083</v>
       </c>
       <c r="S12" s="4">
         <v>103050454084</v>
       </c>
       <c r="T12" s="4">
         <v>8494</v>
       </c>
       <c r="U12" s="4">
         <v>99166711778</v>
       </c>
       <c r="V12" s="4">
         <v>9608</v>
       </c>
       <c r="W12" s="4">
         <v>110294031885</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X12" s="4"/>
+      <c r="Y12" s="4"/>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="4">
         <v>5978</v>
       </c>
       <c r="C13" s="4">
         <v>67811969000</v>
       </c>
       <c r="D13" s="4">
         <v>5956</v>
       </c>
       <c r="E13" s="4">
         <v>60976578540.690002</v>
       </c>
       <c r="F13" s="4">
         <v>5687</v>
       </c>
       <c r="G13" s="4">
         <v>82465773544.360001</v>
       </c>
       <c r="H13" s="4">
         <v>5952</v>
       </c>
       <c r="I13" s="4">
@@ -8139,52 +8504,54 @@
       </c>
       <c r="P13" s="4">
         <v>8051</v>
       </c>
       <c r="Q13" s="4">
         <v>93613140303</v>
       </c>
       <c r="R13" s="4">
         <v>8375</v>
       </c>
       <c r="S13" s="4">
         <v>109447776337</v>
       </c>
       <c r="T13" s="4">
         <v>10000</v>
       </c>
       <c r="U13" s="4">
         <v>113322823852</v>
       </c>
       <c r="V13" s="4">
         <v>10198</v>
       </c>
       <c r="W13" s="4">
         <v>127524366211</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X13" s="4"/>
+      <c r="Y13" s="4"/>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>5274</v>
       </c>
       <c r="C14" s="4">
         <v>61951030000</v>
       </c>
       <c r="D14" s="4">
         <v>5918</v>
       </c>
       <c r="E14" s="4">
         <v>61288526591.160004</v>
       </c>
       <c r="F14" s="4">
         <v>5134</v>
       </c>
       <c r="G14" s="4">
         <v>72808067905.630005</v>
       </c>
       <c r="H14" s="4">
         <v>5494</v>
       </c>
       <c r="I14" s="4">
@@ -8210,52 +8577,54 @@
       </c>
       <c r="P14" s="38">
         <v>8019</v>
       </c>
       <c r="Q14" s="38">
         <v>94904384792</v>
       </c>
       <c r="R14" s="38">
         <v>8226</v>
       </c>
       <c r="S14" s="38">
         <v>107306059217</v>
       </c>
       <c r="T14" s="38">
         <v>8567</v>
       </c>
       <c r="U14" s="38">
         <v>119702279520</v>
       </c>
       <c r="V14" s="4">
         <v>8862</v>
       </c>
       <c r="W14" s="4">
         <v>109333248160</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X14" s="4"/>
+      <c r="Y14" s="4"/>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>5570</v>
       </c>
       <c r="C15" s="4">
         <v>72505652000</v>
       </c>
       <c r="D15" s="4">
         <v>5852</v>
       </c>
       <c r="E15" s="4">
         <v>71335283818.759995</v>
       </c>
       <c r="F15" s="4">
         <v>4384</v>
       </c>
       <c r="G15" s="4">
         <v>70817463681.889999</v>
       </c>
       <c r="H15" s="4">
         <v>4922</v>
       </c>
       <c r="I15" s="4">
@@ -8281,182 +8650,193 @@
       </c>
       <c r="P15" s="38">
         <v>7679</v>
       </c>
       <c r="Q15" s="38">
         <v>93614774484</v>
       </c>
       <c r="R15" s="38">
         <v>7462</v>
       </c>
       <c r="S15" s="38">
         <v>106746722614</v>
       </c>
       <c r="T15" s="38">
         <v>8168</v>
       </c>
       <c r="U15" s="38">
         <v>120153967726</v>
       </c>
       <c r="V15" s="39">
         <v>10202</v>
       </c>
       <c r="W15" s="39">
         <v>137505225924</v>
       </c>
+      <c r="X15" s="39"/>
+      <c r="Y15" s="39"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="X2:Y2"/>
+    <mergeCell ref="B1:Y1"/>
     <mergeCell ref="V2:W2"/>
-    <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7D6ABDB-289F-43A0-921C-DA7E89BAEAF4}">
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:Y16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="W16" sqref="W16"/>
+    <sheetView showGridLines="0" topLeftCell="N1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="Y5" sqref="Y5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="7.33203125" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="8.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="18.33203125" customWidth="1"/>
     <col min="17" max="17" width="19.5546875" customWidth="1"/>
     <col min="18" max="18" width="18.33203125" customWidth="1"/>
     <col min="19" max="19" width="19.5546875" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
     <col min="21" max="21" width="19.5546875" customWidth="1"/>
     <col min="22" max="23" width="17.6640625" customWidth="1"/>
+    <col min="24" max="24" width="12.44140625" customWidth="1"/>
+    <col min="25" max="25" width="18.5546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
-      <c r="B1" s="53" t="s">
+      <c r="B1" s="61" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="54"/>
-[...21 lines deleted...]
-    <row r="2" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
+      <c r="X1" s="62"/>
+      <c r="Y1" s="62"/>
+    </row>
+    <row r="2" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
-      <c r="B2" s="61">
+      <c r="B2" s="57">
         <v>2015</v>
       </c>
-      <c r="C2" s="61"/>
-      <c r="D2" s="51">
+      <c r="C2" s="57"/>
+      <c r="D2" s="58">
         <v>2016</v>
       </c>
-      <c r="E2" s="52"/>
-      <c r="F2" s="61">
+      <c r="E2" s="59"/>
+      <c r="F2" s="57">
         <v>2017</v>
       </c>
-      <c r="G2" s="61"/>
-      <c r="H2" s="51">
+      <c r="G2" s="57"/>
+      <c r="H2" s="58">
         <v>2018</v>
       </c>
-      <c r="I2" s="52"/>
-      <c r="J2" s="61">
+      <c r="I2" s="59"/>
+      <c r="J2" s="57">
         <v>2019</v>
       </c>
-      <c r="K2" s="61"/>
-      <c r="L2" s="61">
+      <c r="K2" s="57"/>
+      <c r="L2" s="57">
         <v>2020</v>
       </c>
-      <c r="M2" s="61"/>
-      <c r="N2" s="61">
+      <c r="M2" s="57"/>
+      <c r="N2" s="57">
         <v>2021</v>
       </c>
-      <c r="O2" s="61"/>
-      <c r="P2" s="61">
+      <c r="O2" s="57"/>
+      <c r="P2" s="57">
         <v>2022</v>
       </c>
-      <c r="Q2" s="61"/>
-      <c r="R2" s="61">
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57">
         <v>2023</v>
       </c>
-      <c r="S2" s="61"/>
-      <c r="T2" s="61">
+      <c r="S2" s="57"/>
+      <c r="T2" s="57">
         <v>2024</v>
       </c>
-      <c r="U2" s="61"/>
-      <c r="V2" s="51">
+      <c r="U2" s="57"/>
+      <c r="V2" s="58">
         <v>2025</v>
       </c>
-      <c r="W2" s="52"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="W2" s="59"/>
+      <c r="X2" s="58">
+        <v>2026</v>
+      </c>
+      <c r="Y2" s="59"/>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A3" s="3"/>
       <c r="B3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
@@ -8480,52 +8860,58 @@
       </c>
       <c r="P3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y3" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="4">
         <v>838</v>
       </c>
       <c r="C4" s="4">
         <v>27078426000</v>
       </c>
       <c r="D4" s="4">
         <v>846</v>
       </c>
       <c r="E4" s="4">
         <v>31551884606.170006</v>
       </c>
       <c r="F4" s="4">
         <v>878</v>
       </c>
       <c r="G4" s="4">
         <v>29948607783.310001</v>
       </c>
       <c r="H4" s="4">
         <v>898</v>
       </c>
       <c r="I4" s="4">
@@ -8551,52 +8937,58 @@
       </c>
       <c r="P4" s="4">
         <v>2161</v>
       </c>
       <c r="Q4" s="4">
         <v>38293494091.010002</v>
       </c>
       <c r="R4" s="4">
         <v>2436</v>
       </c>
       <c r="S4" s="4">
         <v>38499437530</v>
       </c>
       <c r="T4" s="4">
         <v>3198</v>
       </c>
       <c r="U4" s="4">
         <v>52971041741</v>
       </c>
       <c r="V4" s="27">
         <v>47049</v>
       </c>
       <c r="W4" s="27">
         <v>61428038273</v>
       </c>
-    </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X4" s="27">
+        <v>44767</v>
+      </c>
+      <c r="Y4" s="27">
+        <v>60168126301</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="4">
         <v>954</v>
       </c>
       <c r="C5" s="4">
         <v>22486097000</v>
       </c>
       <c r="D5" s="4">
         <v>865</v>
       </c>
       <c r="E5" s="4">
         <v>31708101976.490002</v>
       </c>
       <c r="F5" s="4">
         <v>840</v>
       </c>
       <c r="G5" s="4">
         <v>32958720093.709999</v>
       </c>
       <c r="H5" s="4">
         <v>883</v>
       </c>
       <c r="I5" s="4">
@@ -8622,52 +9014,54 @@
       </c>
       <c r="P5" s="4">
         <v>2381</v>
       </c>
       <c r="Q5" s="4">
         <v>39883561348.800003</v>
       </c>
       <c r="R5" s="4">
         <v>2509</v>
       </c>
       <c r="S5" s="4">
         <v>43835403329</v>
       </c>
       <c r="T5" s="4">
         <v>3917</v>
       </c>
       <c r="U5" s="4">
         <v>49981691791</v>
       </c>
       <c r="V5" s="27">
         <v>48294</v>
       </c>
       <c r="W5" s="27">
         <v>54014024703</v>
       </c>
-    </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X5" s="27"/>
+      <c r="Y5" s="27"/>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="4">
         <v>1249</v>
       </c>
       <c r="C6" s="4">
         <v>28433786000</v>
       </c>
       <c r="D6" s="4">
         <v>1058</v>
       </c>
       <c r="E6" s="4">
         <v>33665374597.819996</v>
       </c>
       <c r="F6" s="4">
         <v>1072</v>
       </c>
       <c r="G6" s="4">
         <v>38967043958.780006</v>
       </c>
       <c r="H6" s="4">
         <v>928</v>
       </c>
       <c r="I6" s="4">
@@ -8693,52 +9087,54 @@
       </c>
       <c r="P6" s="4">
         <v>2736</v>
       </c>
       <c r="Q6" s="4">
         <v>51197315955.339996</v>
       </c>
       <c r="R6" s="4">
         <v>2917</v>
       </c>
       <c r="S6" s="4">
         <v>57522843651</v>
       </c>
       <c r="T6" s="4">
         <v>3975</v>
       </c>
       <c r="U6" s="4">
         <v>50132333363</v>
       </c>
       <c r="V6" s="27">
         <v>50500</v>
       </c>
       <c r="W6" s="27">
         <v>58326293104</v>
       </c>
-    </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X6" s="27"/>
+      <c r="Y6" s="27"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="4">
         <v>752</v>
       </c>
       <c r="C7" s="4">
         <v>23591946000</v>
       </c>
       <c r="D7" s="4">
         <v>776</v>
       </c>
       <c r="E7" s="4">
         <v>26880685442.419998</v>
       </c>
       <c r="F7" s="4">
         <v>719</v>
       </c>
       <c r="G7" s="4">
         <v>26293567015.849998</v>
       </c>
       <c r="H7" s="4">
         <v>724</v>
       </c>
       <c r="I7" s="4">
@@ -8764,52 +9160,54 @@
       </c>
       <c r="P7" s="4">
         <v>2430</v>
       </c>
       <c r="Q7" s="4">
         <v>41716261264.629997</v>
       </c>
       <c r="R7" s="4">
         <v>2480</v>
       </c>
       <c r="S7" s="4">
         <v>66208834164</v>
       </c>
       <c r="T7" s="4">
         <v>2487</v>
       </c>
       <c r="U7" s="4">
         <v>66208834306</v>
       </c>
       <c r="V7" s="27">
         <v>48989</v>
       </c>
       <c r="W7" s="27">
         <v>56368004225</v>
       </c>
-    </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X7" s="27"/>
+      <c r="Y7" s="27"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="4">
         <v>836</v>
       </c>
       <c r="C8" s="4">
         <v>25712535000</v>
       </c>
       <c r="D8" s="4">
         <v>802</v>
       </c>
       <c r="E8" s="4">
         <v>24239082496.050003</v>
       </c>
       <c r="F8" s="4">
         <v>890</v>
       </c>
       <c r="G8" s="4">
         <v>39609869962.150002</v>
       </c>
       <c r="H8" s="4">
         <v>712</v>
       </c>
       <c r="I8" s="4">
@@ -8835,52 +9233,54 @@
       </c>
       <c r="P8" s="4">
         <v>2388</v>
       </c>
       <c r="Q8" s="4">
         <v>38167287158.25</v>
       </c>
       <c r="R8" s="4">
         <v>2529</v>
       </c>
       <c r="S8" s="4">
         <v>49114002963</v>
       </c>
       <c r="T8" s="4">
         <v>4605</v>
       </c>
       <c r="U8" s="4">
         <v>59387108525</v>
       </c>
       <c r="V8" s="27">
         <v>45778</v>
       </c>
       <c r="W8" s="27">
         <v>48093585858</v>
       </c>
-    </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X8" s="27"/>
+      <c r="Y8" s="27"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="4">
         <v>1093</v>
       </c>
       <c r="C9" s="4">
         <v>28921642000</v>
       </c>
       <c r="D9" s="4">
         <v>871</v>
       </c>
       <c r="E9" s="4">
         <v>31282690959.639999</v>
       </c>
       <c r="F9" s="4">
         <v>881</v>
       </c>
       <c r="G9" s="4">
         <v>31459337295.43</v>
       </c>
       <c r="H9" s="4">
         <v>769</v>
       </c>
       <c r="I9" s="4">
@@ -8906,52 +9306,54 @@
       </c>
       <c r="P9" s="4">
         <v>2541</v>
       </c>
       <c r="Q9" s="4">
         <v>46123635147.139999</v>
       </c>
       <c r="R9" s="4">
         <v>3413</v>
       </c>
       <c r="S9" s="4">
         <v>55439518933</v>
       </c>
       <c r="T9" s="4">
         <v>4019</v>
       </c>
       <c r="U9" s="4">
         <v>61554902642</v>
       </c>
       <c r="V9" s="27">
         <v>50515</v>
       </c>
       <c r="W9" s="27">
         <v>63741841148</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X9" s="27"/>
+      <c r="Y9" s="27"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="4">
         <v>1168</v>
       </c>
       <c r="C10" s="4">
         <v>32306902000</v>
       </c>
       <c r="D10" s="4">
         <v>952</v>
       </c>
       <c r="E10" s="4">
         <v>26997769395.470005</v>
       </c>
       <c r="F10" s="4">
         <v>824</v>
       </c>
       <c r="G10" s="4">
         <v>37072483433.809998</v>
       </c>
       <c r="H10" s="4">
         <v>829</v>
       </c>
       <c r="I10" s="4">
@@ -8977,52 +9379,54 @@
       </c>
       <c r="P10" s="4">
         <v>2498</v>
       </c>
       <c r="Q10" s="4">
         <v>52998527561</v>
       </c>
       <c r="R10" s="4">
         <v>3327</v>
       </c>
       <c r="S10" s="4">
         <v>57099266402</v>
       </c>
       <c r="T10" s="4">
         <v>4850</v>
       </c>
       <c r="U10" s="4">
         <v>60101852850</v>
       </c>
       <c r="V10" s="27">
         <v>53206</v>
       </c>
       <c r="W10" s="27">
         <v>70786408433</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X10" s="27"/>
+      <c r="Y10" s="27"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="4">
         <v>961</v>
       </c>
       <c r="C11" s="4">
         <v>27695921000</v>
       </c>
       <c r="D11" s="4">
         <v>1006</v>
       </c>
       <c r="E11" s="4">
         <v>31033215755.239998</v>
       </c>
       <c r="F11" s="4">
         <v>941</v>
       </c>
       <c r="G11" s="4">
         <v>41188079204.139999</v>
       </c>
       <c r="H11" s="4">
         <v>825</v>
       </c>
       <c r="I11" s="4">
@@ -9048,52 +9452,54 @@
       </c>
       <c r="P11" s="4">
         <v>2519</v>
       </c>
       <c r="Q11" s="4">
         <v>60777575824.879997</v>
       </c>
       <c r="R11" s="4">
         <v>3631</v>
       </c>
       <c r="S11" s="4">
         <v>58369586982</v>
       </c>
       <c r="T11" s="4">
         <v>4368</v>
       </c>
       <c r="U11" s="4">
         <v>44962319233</v>
       </c>
       <c r="V11" s="27">
         <v>47995</v>
       </c>
       <c r="W11" s="27">
         <v>59753577407</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X11" s="27"/>
+      <c r="Y11" s="27"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="4">
         <v>1132</v>
       </c>
       <c r="C12" s="4">
         <v>37205657315.869987</v>
       </c>
       <c r="D12" s="4">
         <v>1011</v>
       </c>
       <c r="E12" s="4">
         <v>32601029028.650009</v>
       </c>
       <c r="F12" s="4">
         <v>850</v>
       </c>
       <c r="G12" s="4">
         <v>37620902020.120003</v>
       </c>
       <c r="H12" s="4">
         <v>761</v>
       </c>
       <c r="I12" s="4">
@@ -9119,52 +9525,54 @@
       </c>
       <c r="P12" s="4">
         <v>2707</v>
       </c>
       <c r="Q12" s="4">
         <v>49723891073.720001</v>
       </c>
       <c r="R12" s="4">
         <v>3377</v>
       </c>
       <c r="S12" s="4">
         <v>46739538196</v>
       </c>
       <c r="T12" s="4">
         <v>43296</v>
       </c>
       <c r="U12" s="4">
         <v>50512536732</v>
       </c>
       <c r="V12" s="27">
         <v>53601</v>
       </c>
       <c r="W12" s="27">
         <v>64799400389</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X12" s="27"/>
+      <c r="Y12" s="27"/>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="4">
         <v>1123</v>
       </c>
       <c r="C13" s="4">
         <v>28830160847.110001</v>
       </c>
       <c r="D13" s="4">
         <v>963</v>
       </c>
       <c r="E13" s="4">
         <v>31470602245.259998</v>
       </c>
       <c r="F13" s="4">
         <v>928</v>
       </c>
       <c r="G13" s="4">
         <v>41271138296.75</v>
       </c>
       <c r="H13" s="4">
         <v>845</v>
       </c>
       <c r="I13" s="4">
@@ -9190,52 +9598,54 @@
       </c>
       <c r="P13" s="4">
         <v>2557</v>
       </c>
       <c r="Q13" s="4">
         <v>42772844184</v>
       </c>
       <c r="R13" s="4">
         <v>3811</v>
       </c>
       <c r="S13" s="4">
         <v>53113560919</v>
       </c>
       <c r="T13" s="4">
         <v>65834</v>
       </c>
       <c r="U13" s="4">
         <v>65396096495</v>
       </c>
       <c r="V13" s="27">
         <v>55044</v>
       </c>
       <c r="W13" s="27">
         <v>93772620636</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X13" s="27"/>
+      <c r="Y13" s="27"/>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="4">
         <v>874</v>
       </c>
       <c r="C14" s="4">
         <v>33786502998.430004</v>
       </c>
       <c r="D14" s="4">
         <v>929</v>
       </c>
       <c r="E14" s="4">
         <v>35739707866.740005</v>
       </c>
       <c r="F14" s="4">
         <v>961</v>
       </c>
       <c r="G14" s="4">
         <v>40697800086.849998</v>
       </c>
       <c r="H14" s="4">
         <v>814</v>
       </c>
       <c r="I14" s="4">
@@ -9261,52 +9671,54 @@
       </c>
       <c r="P14" s="4">
         <v>2669</v>
       </c>
       <c r="Q14" s="4">
         <v>49414922285.239998</v>
       </c>
       <c r="R14" s="4">
         <v>3552</v>
       </c>
       <c r="S14" s="4">
         <v>55800317372</v>
       </c>
       <c r="T14" s="4">
         <v>50632</v>
       </c>
       <c r="U14" s="4">
         <v>65657168608</v>
       </c>
       <c r="V14" s="27">
         <v>46260</v>
       </c>
       <c r="W14" s="27">
         <v>62025348421</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X14" s="27"/>
+      <c r="Y14" s="27"/>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4">
         <v>1055</v>
       </c>
       <c r="C15" s="4">
         <v>36123035432.480003</v>
       </c>
       <c r="D15" s="4">
         <v>887</v>
       </c>
       <c r="E15" s="4">
         <v>36297594867.470009</v>
       </c>
       <c r="F15" s="4">
         <v>812</v>
       </c>
       <c r="G15" s="4">
         <v>33548589417.450001</v>
       </c>
       <c r="H15" s="4">
         <v>674</v>
       </c>
       <c r="I15" s="4">
@@ -9332,99 +9744,146 @@
       </c>
       <c r="P15" s="4">
         <v>2597</v>
       </c>
       <c r="Q15" s="4">
         <v>47254094883.790001</v>
       </c>
       <c r="R15" s="4">
         <v>3159</v>
       </c>
       <c r="S15" s="4">
         <v>59129596776</v>
       </c>
       <c r="T15" s="4">
         <v>48699</v>
       </c>
       <c r="U15" s="4">
         <v>66408987400</v>
       </c>
       <c r="V15" s="27">
         <v>50195</v>
       </c>
       <c r="W15" s="27">
         <v>76328510538</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="X15" s="27"/>
+      <c r="Y15" s="27"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.3">
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
       <c r="R16" s="26"/>
       <c r="S16" s="42"/>
       <c r="T16" s="26"/>
       <c r="U16" s="42"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="X2:Y2"/>
+    <mergeCell ref="B1:Y1"/>
     <mergeCell ref="V2:W2"/>
-    <mergeCell ref="B1:W1"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a429eef-2111-4805-bf59-0cb632245aff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c002113-d65b-49f3-ad78-1ba78be737b8">
+      <UserInfo>
+        <DisplayName>Nekomba, Jacky</DisplayName>
+        <AccountId>114</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nangolo, Miryam</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shilongo, Henock</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nuab, Ernst</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C18889EDA50FE54AB4972CE3A9ED695A" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e003522f8e2c73adafff5fee0c2c5658">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2a429eef-2111-4805-bf59-0cb632245aff" xmlns:ns3="0c002113-d65b-49f3-ad78-1ba78be737b8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d493cb31275d093c444f788c52622129" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <xsd:import namespace="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9652,130 +10111,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4036620F-DD3E-4FF3-8BE4-5D824BD368F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
+    <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C148BA5A-B5C2-4F0D-BA95-89BC26875627}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E861692B-CB38-4769-9A9C-1E48BF4C5AA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="2a429eef-2111-4805-bf59-0cb632245aff"/>
     <ds:schemaRef ds:uri="0c002113-d65b-49f3-ad78-1ba78be737b8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>