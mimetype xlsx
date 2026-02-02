--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -2,548 +2,540 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Website Uploads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Wedbsite Folder\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B713FD0A-0099-4A6D-B5B6-1E393F6E721B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3C1C2B2-753B-4F72-87F3-76EA4337E156}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{453B15B7-D570-48A4-8E7D-3C3944AE1F24}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{ED98BE01-E475-4638-9A35-D6331FAB3919}"/>
   </bookViews>
   <sheets>
-    <sheet name="June 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Industry Sept 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E83" i="1" l="1"/>
   <c r="E82" i="1"/>
   <c r="E80" i="1"/>
-  <c r="E78" i="1"/>
   <c r="E77" i="1"/>
-  <c r="E74" i="1"/>
+  <c r="E75" i="1"/>
   <c r="E70" i="1"/>
   <c r="E69" i="1"/>
   <c r="E67" i="1"/>
   <c r="E66" i="1"/>
   <c r="E65" i="1"/>
   <c r="E63" i="1"/>
+  <c r="E60" i="1"/>
   <c r="E59" i="1"/>
   <c r="E58" i="1"/>
   <c r="E57" i="1"/>
   <c r="E56" i="1"/>
   <c r="E55" i="1"/>
-  <c r="E54" i="1" s="1"/>
-[...2 lines deleted...]
-  <c r="E75" i="1" s="1"/>
+  <c r="E54" i="1"/>
+  <c r="E53" i="1"/>
   <c r="E50" i="1"/>
   <c r="E49" i="1"/>
   <c r="E48" i="1"/>
   <c r="E46" i="1"/>
   <c r="E45" i="1"/>
   <c r="E44" i="1"/>
   <c r="E43" i="1"/>
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="E40" i="1"/>
   <c r="E39" i="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
-  <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E30" i="1"/>
-  <c r="E73" i="1" s="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="E22" i="1"/>
   <c r="E21" i="1"/>
   <c r="E20" i="1"/>
   <c r="E19" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E15" i="1"/>
   <c r="E14" i="1"/>
   <c r="E13" i="1"/>
   <c r="E12" i="1"/>
   <c r="E11" i="1"/>
   <c r="E10" i="1"/>
   <c r="E9" i="1"/>
-  <c r="E53" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="E81" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{0F774581-B2B7-4721-8724-72C79ECBEA4F}">
+    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{43D64F98-3978-427B-8169-2567EFFB2B60}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{16A15B42-38F6-4530-87F0-83CB162D8094}">
+    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{2CC614AF-2F3B-4358-9B9B-2AB8FE3924B7}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B35" authorId="0" shapeId="0" xr:uid="{A3DD91E4-93E5-44C1-8F35-FAEC540A4680}">
+    <comment ref="B35" authorId="0" shapeId="0" xr:uid="{97973E79-F5C3-4567-9DF1-6E5ACDE3F1CA}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 1: All banking institutions /banking groups shall treat and report unaudited profits in accordance with the provision of BID-5.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E39" authorId="0" shapeId="0" xr:uid="{9EAF1078-09BB-4C6C-AEBD-9DC5D90C37E3}">
+    <comment ref="E39" authorId="0" shapeId="0" xr:uid="{48186FF9-75C1-4EA9-A411-3C40D856588B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E46" authorId="0" shapeId="0" xr:uid="{9C0D57DA-E7F6-42EA-9BC1-957F5B65D0A9}">
+    <comment ref="E46" authorId="0" shapeId="0" xr:uid="{E164F746-A2F9-4CD0-8DD4-1994F1FC5243}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B48" authorId="0" shapeId="0" xr:uid="{E79F938D-E53C-4E67-AE09-81932B6D3C27}">
+    <comment ref="B48" authorId="0" shapeId="0" xr:uid="{4E8D5E08-E298-4510-83D3-F0C4D4F7DB6B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 2: Only available to cover a portion of the banking institution's capital charge for market risk.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E49" authorId="0" shapeId="0" xr:uid="{FC60ABFC-161C-4A0F-B7A0-E73F8683E911}">
+    <comment ref="E49" authorId="0" shapeId="0" xr:uid="{F96B166E-837D-4460-81BB-9781C9E98A52}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E50" authorId="0" shapeId="0" xr:uid="{500CA0AC-16D9-4698-99B0-05BB96FCD146}">
+    <comment ref="E50" authorId="0" shapeId="0" xr:uid="{ACA6D20C-4205-477E-AC7B-957ADD2B9FC4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B51" authorId="0" shapeId="0" xr:uid="{FC0C30FF-FF6A-433A-90FF-84432AC1E090}">
+    <comment ref="B51" authorId="0" shapeId="0" xr:uid="{1E93E99D-9ED7-4347-80B3-50A7CE2BBC7A}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 3: Limited to 250% of Tier 1 capital available to support market risk.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D51" authorId="0" shapeId="0" xr:uid="{44BD963B-903F-473C-BC43-A32FCC83726F}">
+    <comment ref="E51" authorId="0" shapeId="0" xr:uid="{4281B446-8963-416F-BD34-5689A9F27B43}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{E941EDAD-340B-41D2-AD85-8C884D3FF29A}">
+    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{6B13EB3B-394B-46D6-88B5-C13934E114AD}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t xml:space="preserve">Note 4: The sum of the eligible Tier 2 and Tier 3 capital shall not exceed 100% of eligible Tier 1 capital. </t>
         </r>
       </text>
     </comment>
-    <comment ref="D52" authorId="0" shapeId="0" xr:uid="{BB765437-4801-4B80-9651-97440043E7EA}">
+    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{F9B8E8E6-44D2-4257-8B3E-36DF5CDBC45F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E53" authorId="0" shapeId="0" xr:uid="{A8229E15-3565-40E7-8A71-6655BF534551}">
+    <comment ref="E53" authorId="0" shapeId="0" xr:uid="{CE5417B3-5FE8-48EB-9EC4-94337CF69CF1}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E54" authorId="0" shapeId="0" xr:uid="{D420A578-46B5-4C90-AB2F-D5538B42900C}">
+    <comment ref="E54" authorId="0" shapeId="0" xr:uid="{F1DCB004-24E4-4E35-A9C3-A4A35242FF30}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E60" authorId="0" shapeId="0" xr:uid="{B4DDBDD8-9D70-4043-BB9F-3052A918E7EF}">
+    <comment ref="E60" authorId="0" shapeId="0" xr:uid="{705E881B-C133-4118-8AEC-E09C85094B98}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E63" authorId="0" shapeId="0" xr:uid="{E8B04DA0-0BB3-4DC1-8AD3-9CA639B2D9B5}">
+    <comment ref="E63" authorId="0" shapeId="0" xr:uid="{C7F47641-A343-44D2-814F-1713067DEF44}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{FD93EA48-700D-4F0D-82F9-11F09BDE6DCE}">
+    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{FA334878-062C-436D-A525-436B17A2252E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E66" authorId="0" shapeId="0" xr:uid="{56E78453-15BD-4743-909A-2CBA838CAE1C}">
+    <comment ref="E66" authorId="0" shapeId="0" xr:uid="{73461F36-8A13-496F-BF39-C21C283FF369}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E69" authorId="0" shapeId="0" xr:uid="{DE948750-A9C4-4B59-846D-0B89C26B8B1F}">
+    <comment ref="E69" authorId="0" shapeId="0" xr:uid="{761EE623-A667-4DD6-834B-9A0444894DED}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{57CA89EC-C4AF-476C-83FC-E743C286C1D3}">
+    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{61951684-7CF7-41E1-922A-C38A4F328840}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{792D5649-69E8-4F05-842D-B16347230BC5}">
+    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{94C34C3E-DA60-4E8A-B45F-C270EE1D0D1B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E74" authorId="0" shapeId="0" xr:uid="{8AB1FDA8-472F-4251-80CA-7A06DAF64CD8}">
+    <comment ref="E74" authorId="0" shapeId="0" xr:uid="{300D893F-926B-4CA0-BB8A-20280EC4A1C8}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{8018DD60-4529-4D96-918A-C99A21FBF904}">
+    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{B9278BCF-73B3-47B3-AB8D-84DE6CB25174}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{87FD4243-B760-4B51-B5A7-8C6A889F68AD}">
+    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{A0AF3916-2569-46C2-B5CD-48FC5FC36874}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{96D495A2-F546-4339-A746-9ED492BF3C7B}">
+    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{5E778FB2-9B5C-46FD-B057-91631FAF6B56}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{5D9C89CE-6E46-481A-9698-64D8A62B5C1C}">
+    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{63EAC173-33D9-465A-87BF-AA128E7D05B4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E83" authorId="0" shapeId="0" xr:uid="{89A573B4-B6AB-4F08-931F-A7E628842899}">
+    <comment ref="E83" authorId="0" shapeId="0" xr:uid="{6C9A4811-D75B-4043-B5CD-96A878EE152C}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="150">
   <si>
     <t>Consolidated Return on Capital Adequacy Ratio</t>
   </si>
   <si>
     <t>(All amounts to be rounded off to the nearest N$'000)</t>
   </si>
   <si>
     <t>Type of Organization</t>
   </si>
   <si>
     <t>INDUSTRY ( Non-DSIBS)</t>
   </si>
   <si>
     <t>Basel II / Basel III</t>
   </si>
   <si>
     <t>Basel II</t>
   </si>
   <si>
     <t>Item No.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
@@ -893,50 +885,53 @@
   </si>
   <si>
     <t>3. Market Risk: Standardized Approach</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Calibrated risk-weighted amount for market risk - Basel II</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Aggregate risk-weighted assets (sum of line items 96; 100; and 102) - Basel II</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Basel II total risk weighted capital ratio (the sum of item 93 divided by line item 104) (Minimum of
 10.0%)</t>
   </si>
   <si>
     <t>OF WHICH:</t>
+  </si>
+  <si>
+    <t>=</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Tier 1 risk-based capital ratio (line item 43 divided by line item 104 (Minimum of 7%))</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Tier 2 risk-based capital ratio (line item 68 divided by line item 104)</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Tier 3 risk-based capital ratio (line item 84 divided by line item 104)</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Capital surplus/deficit</t>
   </si>
@@ -1028,441 +1023,171 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\March%202025\Output%20Tables\401%20TIER2%20Worksheet.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\March%202025\Output%20Tables\401%20TIER2%20Worksheet.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\September%202025\401%20TIER2%20Worksheet.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Supervison/Reg&amp;anal/WEBSITE%20DATA/Excel%20document%202019/Aggregated%20industry/Exxcel%20Documents%202025/September%202025/401%20TIER2%20Worksheet.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="BIC MAR"/>
       <sheetName val="LBN MAR"/>
       <sheetName val="ALT MAR"/>
       <sheetName val="BIC JUNE "/>
       <sheetName val="LBN JUNE"/>
       <sheetName val="ATL JUNE"/>
-      <sheetName val="ATL Mar 2025"/>
-[...2 lines deleted...]
-      <sheetName val="Industry Mar 2025"/>
+      <sheetName val="Industry Sept 2025"/>
+      <sheetName val="ATL Sept 25"/>
+      <sheetName val="LBN Sept 25"/>
+      <sheetName val="BIC Sept 25"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
-      <sheetData sheetId="6">
-[...265 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="6"/>
       <sheetData sheetId="7">
         <row r="9">
           <cell r="E9">
-            <v>100</v>
+            <v>123500</v>
           </cell>
         </row>
         <row r="10">
           <cell r="E10">
-            <v>215085</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="11">
           <cell r="E11">
-            <v>59524</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="12">
           <cell r="E12">
-            <v>697935</v>
+            <v>-99270</v>
           </cell>
         </row>
         <row r="13">
           <cell r="E13">
-            <v>2443</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="14">
           <cell r="E14">
             <v>0</v>
           </cell>
         </row>
         <row r="15">
           <cell r="E15">
             <v>0</v>
           </cell>
         </row>
         <row r="16">
           <cell r="E16">
             <v>0</v>
           </cell>
         </row>
         <row r="17">
           <cell r="E17">
-            <v>975087</v>
+            <v>24230</v>
           </cell>
         </row>
         <row r="18">
           <cell r="E18">
             <v>0</v>
           </cell>
         </row>
         <row r="19">
           <cell r="E19">
             <v>0</v>
           </cell>
         </row>
         <row r="20">
           <cell r="E20">
             <v>0</v>
           </cell>
         </row>
         <row r="21">
           <cell r="E21">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="E22">
             <v>0</v>
@@ -1483,407 +1208,773 @@
             <v>0</v>
           </cell>
         </row>
         <row r="26">
           <cell r="E26">
             <v>0</v>
           </cell>
         </row>
         <row r="27">
           <cell r="E27">
             <v>0</v>
           </cell>
         </row>
         <row r="28">
           <cell r="E28">
             <v>0</v>
           </cell>
         </row>
         <row r="29">
           <cell r="E29">
             <v>0</v>
           </cell>
         </row>
         <row r="30">
           <cell r="E30">
-            <v>975087</v>
+            <v>24230</v>
           </cell>
         </row>
         <row r="32">
           <cell r="E32">
             <v>0</v>
           </cell>
         </row>
         <row r="33">
           <cell r="E33">
             <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="E34">
             <v>0</v>
           </cell>
         </row>
         <row r="36">
           <cell r="E36">
-            <v>31906</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="37">
           <cell r="E37">
             <v>0</v>
           </cell>
         </row>
         <row r="38">
           <cell r="E38">
             <v>0</v>
           </cell>
         </row>
         <row r="39">
           <cell r="E39">
-            <v>58268</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="40">
           <cell r="E40">
             <v>0</v>
           </cell>
         </row>
         <row r="41">
           <cell r="E41">
             <v>0</v>
           </cell>
         </row>
         <row r="42">
           <cell r="E42">
             <v>0</v>
           </cell>
         </row>
         <row r="43">
           <cell r="E43">
             <v>0</v>
           </cell>
         </row>
         <row r="44">
           <cell r="E44">
             <v>0</v>
           </cell>
         </row>
         <row r="45">
           <cell r="E45">
             <v>0</v>
           </cell>
         </row>
         <row r="46">
           <cell r="E46">
-            <v>58268</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="49">
           <cell r="E49">
             <v>0</v>
           </cell>
         </row>
         <row r="50">
           <cell r="E50">
-            <v>975087</v>
+            <v>24230</v>
+          </cell>
+        </row>
+        <row r="53">
+          <cell r="E53">
+            <v>24230</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="E54">
+            <v>0</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
             <v>0</v>
           </cell>
         </row>
         <row r="56">
           <cell r="E56">
             <v>0</v>
           </cell>
         </row>
         <row r="57">
           <cell r="E57">
             <v>0</v>
           </cell>
         </row>
         <row r="58">
           <cell r="E58">
             <v>0</v>
           </cell>
         </row>
         <row r="59">
           <cell r="E59">
             <v>0</v>
           </cell>
         </row>
+        <row r="60">
+          <cell r="E60">
+            <v>24230</v>
+          </cell>
+        </row>
         <row r="63">
           <cell r="E63">
-            <v>2752391.05</v>
+            <v>48763.199999999997</v>
+          </cell>
+        </row>
+        <row r="65">
+          <cell r="E65">
+            <v>2921.5</v>
           </cell>
         </row>
         <row r="66">
           <cell r="E66">
-            <v>580607.6</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="67">
           <cell r="E67">
-            <v>580607.6</v>
+            <v>2921.5</v>
           </cell>
         </row>
         <row r="69">
           <cell r="E69">
-            <v>8831.16</v>
+            <v>668</v>
           </cell>
         </row>
         <row r="70">
           <cell r="E70">
-            <v>3341829.81</v>
+            <v>52352.62</v>
+          </cell>
+        </row>
+        <row r="75">
+          <cell r="E75">
+            <v>0</v>
           </cell>
         </row>
         <row r="77">
           <cell r="E77">
             <v>0</v>
           </cell>
         </row>
-        <row r="78">
-[...3 lines deleted...]
-        </row>
         <row r="80">
           <cell r="E80">
-            <v>4440883</v>
+            <v>60692</v>
           </cell>
         </row>
         <row r="82">
           <cell r="E82">
-            <v>334182.98100000003</v>
+            <v>5235.2619999999997</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>334182.98100000003</v>
+            <v>5235.2619999999997</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="8">
         <row r="9">
           <cell r="E9">
-            <v>551000</v>
+            <v>100</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="E10">
+            <v>215085</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="E11">
+            <v>59524</v>
           </cell>
         </row>
         <row r="12">
           <cell r="E12">
-            <v>-420770</v>
+            <v>688286</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="E13">
+            <v>1626</v>
+          </cell>
+        </row>
+        <row r="14">
+          <cell r="E14">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="E15">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="E16">
+            <v>0</v>
           </cell>
         </row>
         <row r="17">
           <cell r="E17">
-            <v>130230</v>
+            <v>964621</v>
           </cell>
         </row>
         <row r="18">
           <cell r="E18">
             <v>0</v>
           </cell>
         </row>
+        <row r="19">
+          <cell r="E19">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="20">
+          <cell r="E20">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="21">
+          <cell r="E21">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="22">
+          <cell r="E22">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="E23">
             <v>0</v>
           </cell>
         </row>
+        <row r="24">
+          <cell r="E24">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="25">
+          <cell r="E25">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="E26">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="27">
+          <cell r="E27">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="28">
+          <cell r="E28">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="29">
           <cell r="E29">
             <v>0</v>
           </cell>
         </row>
         <row r="30">
           <cell r="E30">
-            <v>130230</v>
+            <v>964621</v>
           </cell>
         </row>
         <row r="32">
           <cell r="E32">
             <v>0</v>
           </cell>
         </row>
         <row r="33">
           <cell r="E33">
-            <v>65115</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="E34">
             <v>0</v>
           </cell>
         </row>
         <row r="36">
           <cell r="E36">
-            <v>2320</v>
+            <v>34106</v>
           </cell>
         </row>
         <row r="37">
           <cell r="E37">
             <v>0</v>
           </cell>
         </row>
         <row r="38">
           <cell r="E38">
             <v>0</v>
           </cell>
         </row>
         <row r="39">
           <cell r="E39">
-            <v>67435</v>
+            <v>41003</v>
           </cell>
         </row>
         <row r="40">
           <cell r="E40">
             <v>0</v>
           </cell>
         </row>
         <row r="41">
           <cell r="E41">
             <v>0</v>
           </cell>
         </row>
         <row r="42">
           <cell r="E42">
             <v>0</v>
           </cell>
         </row>
         <row r="43">
           <cell r="E43">
             <v>0</v>
           </cell>
         </row>
         <row r="44">
           <cell r="E44">
             <v>0</v>
           </cell>
         </row>
         <row r="45">
           <cell r="E45">
             <v>0</v>
           </cell>
         </row>
         <row r="46">
           <cell r="E46">
-            <v>67435</v>
+            <v>41003</v>
           </cell>
         </row>
         <row r="49">
           <cell r="E49">
             <v>0</v>
           </cell>
         </row>
         <row r="50">
           <cell r="E50">
-            <v>130230</v>
+            <v>964621</v>
+          </cell>
+        </row>
+        <row r="53">
+          <cell r="E53">
+            <v>1005624</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="E54">
+            <v>0</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
             <v>0</v>
           </cell>
         </row>
         <row r="56">
           <cell r="E56">
             <v>0</v>
           </cell>
         </row>
         <row r="57">
           <cell r="E57">
             <v>0</v>
           </cell>
         </row>
         <row r="58">
           <cell r="E58">
             <v>0</v>
           </cell>
         </row>
         <row r="59">
           <cell r="E59">
             <v>0</v>
           </cell>
         </row>
+        <row r="60">
+          <cell r="E60">
+            <v>1005624</v>
+          </cell>
+        </row>
         <row r="63">
           <cell r="E63">
-            <v>197061.1</v>
+            <v>2798133.5</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>63411</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="66">
           <cell r="E66">
-            <v>0</v>
+            <v>656581.6</v>
           </cell>
         </row>
         <row r="67">
           <cell r="E67">
-            <v>63411</v>
+            <v>656581.6</v>
           </cell>
         </row>
         <row r="69">
           <cell r="E69">
-            <v>849</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="70">
           <cell r="E70">
-            <v>261320.97</v>
+            <v>3454715.1</v>
+          </cell>
+        </row>
+        <row r="75">
+          <cell r="E75">
+            <v>0</v>
           </cell>
         </row>
         <row r="77">
           <cell r="E77">
             <v>0</v>
           </cell>
         </row>
-        <row r="78">
-[...3 lines deleted...]
-        </row>
         <row r="80">
           <cell r="E80">
-            <v>576339</v>
+            <v>4457688</v>
           </cell>
         </row>
         <row r="82">
           <cell r="E82">
-            <v>26132.097000000002</v>
+            <v>345471.51</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>26132.097000000002</v>
+            <v>343300.35</v>
           </cell>
         </row>
       </sheetData>
-      <sheetData sheetId="9"/>
+      <sheetData sheetId="9">
+        <row r="9">
+          <cell r="E9">
+            <v>551000</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="E10">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="12">
+          <cell r="E12">
+            <v>-459998</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="E13">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="14">
+          <cell r="E14">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="E15">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="E16">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="17">
+          <cell r="E17">
+            <v>91002</v>
+          </cell>
+        </row>
+        <row r="18">
+          <cell r="E18">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="24">
+          <cell r="E24">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="25">
+          <cell r="E25">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="E26">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="27">
+          <cell r="E27">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="28">
+          <cell r="E28">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="29">
+          <cell r="E29">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="30">
+          <cell r="E30">
+            <v>91002</v>
+          </cell>
+        </row>
+        <row r="32">
+          <cell r="E32">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="33">
+          <cell r="E33">
+            <v>45501</v>
+          </cell>
+        </row>
+        <row r="34">
+          <cell r="E34">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="36">
+          <cell r="E36">
+            <v>2868</v>
+          </cell>
+        </row>
+        <row r="37">
+          <cell r="E37">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="38">
+          <cell r="E38">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="39">
+          <cell r="E39">
+            <v>48369</v>
+          </cell>
+        </row>
+        <row r="40">
+          <cell r="E40">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="41">
+          <cell r="E41">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="42">
+          <cell r="E42">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="43">
+          <cell r="E43">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="44">
+          <cell r="E44">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="45">
+          <cell r="E45">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="46">
+          <cell r="E46">
+            <v>48369</v>
+          </cell>
+        </row>
+        <row r="49">
+          <cell r="E49">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="50">
+          <cell r="E50">
+            <v>91002</v>
+          </cell>
+        </row>
+        <row r="53">
+          <cell r="E53">
+            <v>139371</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="E54">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="55">
+          <cell r="E55">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="56">
+          <cell r="E56">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="57">
+          <cell r="E57">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="58">
+          <cell r="E58">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="59">
+          <cell r="E59">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="60">
+          <cell r="E60">
+            <v>139371</v>
+          </cell>
+        </row>
+        <row r="63">
+          <cell r="E63">
+            <v>161560.35</v>
+          </cell>
+        </row>
+        <row r="65">
+          <cell r="E65">
+            <v>67342.5</v>
+          </cell>
+        </row>
+        <row r="66">
+          <cell r="E66">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="67">
+          <cell r="E67">
+            <v>67342.5</v>
+          </cell>
+        </row>
+        <row r="69">
+          <cell r="E69">
+            <v>566</v>
+          </cell>
+        </row>
+        <row r="70">
+          <cell r="E70">
+            <v>229469.18</v>
+          </cell>
+        </row>
+        <row r="75">
+          <cell r="E75">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="77">
+          <cell r="E77">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="80">
+          <cell r="E80">
+            <v>622566</v>
+          </cell>
+        </row>
+        <row r="82">
+          <cell r="E82">
+            <v>22946.918000000001</v>
+          </cell>
+        </row>
+        <row r="83">
+          <cell r="E83">
+            <v>22946.918000000001</v>
+          </cell>
+        </row>
+      </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -2165,67 +2256,67 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13A7CEA7-9AEF-4991-B694-F88B87B2DD53}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0449A3C9-8D91-4E6A-9393-6AA110589A90}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
-  <dimension ref="A1:E83"/>
+  <dimension ref="A1:F83"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A39" workbookViewId="0">
-      <selection activeCell="C53" sqref="C53"/>
+    <sheetView tabSelected="1" topLeftCell="B18" workbookViewId="0">
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.109375" customWidth="1"/>
     <col min="2" max="2" width="32.5546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="99.21875" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="19.5546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="15" width="19.5546875" customWidth="1"/>
+    <col min="6" max="14" width="19.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="3" t="s">
@@ -2234,1408 +2325,1394 @@
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" t="s">
         <v>7</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="10" t="s">
+      <c r="C8" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="D8" s="10"/>
+      <c r="D8" s="4"/>
       <c r="E8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="C9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>7</v>
       </c>
-      <c r="E9" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D9+'[1]LBN Mar 2025'!E9+'[1]BIC Mar 2025'!E9)</f>
+      <c r="E9" s="6">
+        <f>SUM('[1]ATL Sept 25'!E9+'[1]LBN Sept 25'!E9+'[1]BIC Sept 25'!E9)</f>
         <v>674600</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D10+'[1]LBN Mar 2025'!E10+'[1]BIC Mar 2025'!E10)</f>
+      <c r="E10" s="6">
+        <f>SUM('[1]ATL Sept 25'!E10+'[1]LBN Sept 25'!E10+'[1]BIC Sept 25'!E10)</f>
         <v>215085</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
-      <c r="E11" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D11+'[1]LBN Mar 2025'!E11+'[1]BIC Mar 2025'!E11)</f>
+      <c r="E11" s="6">
+        <f>SUM('[1]ATL Sept 25'!E11+'[1]LBN Sept 25'!E11+'[1]BIC Sept 25'!E11)</f>
         <v>59524</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="C12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>7</v>
       </c>
-      <c r="E12" s="5">
-[...1 lines deleted...]
-        <v>185479</v>
+      <c r="E12" s="6">
+        <f>SUM('[1]ATL Sept 25'!E12+'[1]LBN Sept 25'!E12+'[1]BIC Sept 25'!E12)</f>
+        <v>129018</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="C13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>7</v>
       </c>
-      <c r="E13" s="5">
-[...1 lines deleted...]
-        <v>2443</v>
+      <c r="E13" s="6">
+        <f>SUM('[1]ATL Sept 25'!E13+'[1]LBN Sept 25'!E13+'[1]BIC Sept 25'!E13)</f>
+        <v>1626</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="4" t="s">
+      <c r="C14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>7</v>
       </c>
-      <c r="E14" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D14+'[1]LBN Mar 2025'!E14+'[1]BIC Mar 2025'!E14)</f>
+      <c r="E14" s="6">
+        <f>SUM('[1]ATL Sept 25'!E14+'[1]LBN Sept 25'!E14+'[1]BIC Sept 25'!E14)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>7</v>
       </c>
-      <c r="E15" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D15+'[1]LBN Mar 2025'!E15+'[1]BIC Mar 2025'!E15)</f>
+      <c r="E15" s="6">
+        <f>SUM('[1]ATL Sept 25'!E15+'[1]LBN Sept 25'!E15+'[1]BIC Sept 25'!E15)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>26</v>
       </c>
       <c r="D16" t="s">
         <v>7</v>
       </c>
-      <c r="E16" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D16+'[1]LBN Mar 2025'!E16+'[1]BIC Mar 2025'!E16)</f>
+      <c r="E16" s="6">
+        <f>SUM('[1]ATL Sept 25'!E16+'[1]LBN Sept 25'!E16+'[1]BIC Sept 25'!E16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>27</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
-      <c r="C17" s="4" t="s">
+      <c r="C17" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D17" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="6">
-        <f>SUM('[1]ATL Mar 2025'!D17+'[1]LBN Mar 2025'!E17+'[1]BIC Mar 2025'!E17)</f>
-        <v>1137131</v>
+        <f>SUM('[1]ATL Sept 25'!E17+'[1]LBN Sept 25'!E17+'[1]BIC Sept 25'!E17)</f>
+        <v>1079853</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="4" t="s">
+      <c r="C18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D18" t="s">
         <v>7</v>
       </c>
-      <c r="E18" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D18+'[1]LBN Mar 2025'!E18+'[1]BIC Mar 2025'!E18)</f>
+      <c r="E18" s="6">
+        <f>SUM('[1]ATL Sept 25'!E18+'[1]LBN Sept 25'!E18+'[1]BIC Sept 25'!E18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
-      <c r="C19" s="4" t="s">
+      <c r="C19" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>7</v>
       </c>
-      <c r="E19" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D19+'[1]LBN Mar 2025'!E19+'[1]BIC Mar 2025'!E19)</f>
+      <c r="E19" s="6">
+        <f>SUM('[1]ATL Sept 25'!E19+'[1]LBN Sept 25'!E19+'[1]BIC Sept 25'!E19)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
-      <c r="C20" s="4" t="s">
+      <c r="C20" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>7</v>
       </c>
-      <c r="E20" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D20+'[1]LBN Mar 2025'!E20+'[1]BIC Mar 2025'!E20)</f>
+      <c r="E20" s="6">
+        <f>SUM('[1]ATL Sept 25'!E20+'[1]LBN Sept 25'!E20+'[1]BIC Sept 25'!E20)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="C21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D21" t="s">
         <v>7</v>
       </c>
-      <c r="E21" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D21+'[1]LBN Mar 2025'!E21+'[1]BIC Mar 2025'!E21)</f>
+      <c r="E21" s="6">
+        <f>SUM('[1]ATL Sept 25'!E21+'[1]LBN Sept 25'!E21+'[1]BIC Sept 25'!E21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="4" t="s">
+      <c r="C22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D22" t="s">
         <v>7</v>
       </c>
-      <c r="E22" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D22+'[1]LBN Mar 2025'!E22+'[1]BIC Mar 2025'!E22)</f>
+      <c r="E22" s="6">
+        <f>SUM('[1]ATL Sept 25'!E22+'[1]LBN Sept 25'!E22+'[1]BIC Sept 25'!E22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
-      <c r="C23" s="4" t="s">
+      <c r="C23" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>7</v>
       </c>
-      <c r="E23" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D23+'[1]LBN Mar 2025'!E23+'[1]BIC Mar 2025'!E23)</f>
+      <c r="E23" s="6">
+        <f>SUM('[1]ATL Sept 25'!E23+'[1]LBN Sept 25'!E23+'[1]BIC Sept 25'!E23)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
-      <c r="C24" s="4" t="s">
+      <c r="C24" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D24" t="s">
         <v>7</v>
       </c>
-      <c r="E24" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D24+'[1]LBN Mar 2025'!E24+'[1]BIC Mar 2025'!E24)</f>
+      <c r="E24" s="6">
+        <f>SUM('[1]ATL Sept 25'!E24+'[1]LBN Sept 25'!E24+'[1]BIC Sept 25'!E24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
-      <c r="C25" s="4" t="s">
+      <c r="C25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D25" t="s">
         <v>7</v>
       </c>
-      <c r="E25" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D25+'[1]LBN Mar 2025'!E25+'[1]BIC Mar 2025'!E25)</f>
+      <c r="E25" s="6">
+        <f>SUM('[1]ATL Sept 25'!E25+'[1]LBN Sept 25'!E25+'[1]BIC Sept 25'!E25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="4" t="s">
+      <c r="C26" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
-      <c r="E26" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D26+'[1]LBN Mar 2025'!E26+'[1]BIC Mar 2025'!E26)</f>
+      <c r="E26" s="6">
+        <f>SUM('[1]ATL Sept 25'!E26+'[1]LBN Sept 25'!E26+'[1]BIC Sept 25'!E26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
-      <c r="C27" s="4" t="s">
+      <c r="C27" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D27" t="s">
         <v>7</v>
       </c>
-      <c r="E27" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D27+'[1]LBN Mar 2025'!E27+'[1]BIC Mar 2025'!E27)</f>
+      <c r="E27" s="6">
+        <f>SUM('[1]ATL Sept 25'!E27+'[1]LBN Sept 25'!E27+'[1]BIC Sept 25'!E27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
-      <c r="C28" s="4" t="s">
+      <c r="C28" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D28" t="s">
         <v>7</v>
       </c>
-      <c r="E28" s="5">
-        <f>SUM('[1]ATL Mar 2025'!D28+'[1]LBN Mar 2025'!E28+'[1]BIC Mar 2025'!E28)</f>
+      <c r="E28" s="6">
+        <f>SUM('[1]ATL Sept 25'!E28+'[1]LBN Sept 25'!E28+'[1]BIC Sept 25'!E28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
-      <c r="C29" s="4" t="s">
+      <c r="C29" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
         <v>7</v>
       </c>
-      <c r="E29">
-        <f>SUM('[1]ATL Mar 2025'!D29+'[1]LBN Mar 2025'!E29+'[1]BIC Mar 2025'!E29)</f>
+      <c r="E29" s="6">
+        <f>SUM('[1]ATL Sept 25'!E29+'[1]LBN Sept 25'!E29+'[1]BIC Sept 25'!E29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>53</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="4" t="s">
+      <c r="C30" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
         <v>7</v>
       </c>
-      <c r="E30" s="7">
-[...1 lines deleted...]
-        <v>1137131</v>
+      <c r="E30" s="6">
+        <f>SUM('[1]ATL Sept 25'!E30+'[1]LBN Sept 25'!E30+'[1]BIC Sept 25'!E30)</f>
+        <v>1079853</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
-      <c r="C31" s="10" t="s">
+      <c r="C31" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="D31" s="10"/>
-      <c r="E31" s="8"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="6"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
         <v>57</v>
       </c>
       <c r="D32" t="s">
         <v>7</v>
       </c>
-      <c r="E32" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D32+'[1]LBN Mar 2025'!E32+'[1]BIC Mar 2025'!E32)</f>
+      <c r="E32" s="6">
+        <f>SUM('[1]ATL Sept 25'!E32+'[1]LBN Sept 25'!E32+'[1]BIC Sept 25'!E32)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>59</v>
       </c>
       <c r="D33" t="s">
         <v>7</v>
       </c>
-      <c r="E33" s="9">
-[...1 lines deleted...]
-        <v>65115</v>
+      <c r="E33" s="6">
+        <f>SUM('[1]ATL Sept 25'!E33+'[1]LBN Sept 25'!E33+'[1]BIC Sept 25'!E33)</f>
+        <v>45501</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>61</v>
       </c>
       <c r="D34" t="s">
         <v>7</v>
       </c>
-      <c r="E34" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D34+'[1]LBN Mar 2025'!E34+'[1]BIC Mar 2025'!E34)</f>
+      <c r="E34" s="6">
+        <f>SUM('[1]ATL Sept 25'!E34+'[1]LBN Sept 25'!E34+'[1]BIC Sept 25'!E34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>63</v>
       </c>
       <c r="C35" t="s">
         <v>7</v>
       </c>
-      <c r="D35" s="3">
-[...3 lines deleted...]
-        <f>SUM('[1]ATL Mar 2025'!D35+'[1]LBN Mar 2025'!E35+'[1]BIC Mar 2025'!E35)</f>
+      <c r="D35" s="3"/>
+      <c r="E35" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>64</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>65</v>
       </c>
       <c r="D36" t="s">
         <v>7</v>
       </c>
-      <c r="E36" s="9">
-[...1 lines deleted...]
-        <v>34226</v>
+      <c r="E36" s="6">
+        <f>SUM('[1]ATL Sept 25'!E36+'[1]LBN Sept 25'!E36+'[1]BIC Sept 25'!E36)</f>
+        <v>36974</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
-      <c r="E37" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D37+'[1]LBN Mar 2025'!E37+'[1]BIC Mar 2025'!E37)</f>
+      <c r="E37" s="6">
+        <f>SUM('[1]ATL Sept 25'!E37+'[1]LBN Sept 25'!E37+'[1]BIC Sept 25'!E37)</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>67</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>68</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
-      <c r="E38" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D38+'[1]LBN Mar 2025'!E38+'[1]BIC Mar 2025'!E38)</f>
+      <c r="E38" s="6">
+        <f>SUM('[1]ATL Sept 25'!E38+'[1]LBN Sept 25'!E38+'[1]BIC Sept 25'!E38)</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>69</v>
       </c>
       <c r="D39" t="s">
         <v>7</v>
       </c>
-      <c r="E39" s="8">
-[...1 lines deleted...]
-        <v>125703</v>
+      <c r="E39" s="6">
+        <f>SUM('[1]ATL Sept 25'!E39+'[1]LBN Sept 25'!E39+'[1]BIC Sept 25'!E39)</f>
+        <v>89372</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>70</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>71</v>
       </c>
       <c r="D40" t="s">
         <v>7</v>
       </c>
-      <c r="E40" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D40+'[1]LBN Mar 2025'!E40+'[1]BIC Mar 2025'!E40)</f>
+      <c r="E40" s="6">
+        <f>SUM('[1]ATL Sept 25'!E40+'[1]LBN Sept 25'!E40+'[1]BIC Sept 25'!E40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>72</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41" t="s">
         <v>7</v>
       </c>
-      <c r="E41" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D41+'[1]LBN Mar 2025'!E41+'[1]BIC Mar 2025'!E41)</f>
+      <c r="E41" s="6">
+        <f>SUM('[1]ATL Sept 25'!E41+'[1]LBN Sept 25'!E41+'[1]BIC Sept 25'!E41)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>75</v>
       </c>
       <c r="D42" t="s">
         <v>7</v>
       </c>
-      <c r="E42" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D42+'[1]LBN Mar 2025'!E42+'[1]BIC Mar 2025'!E42)</f>
+      <c r="E42" s="6">
+        <f>SUM('[1]ATL Sept 25'!E42+'[1]LBN Sept 25'!E42+'[1]BIC Sept 25'!E42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>76</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
         <v>46</v>
       </c>
       <c r="D43" t="s">
         <v>7</v>
       </c>
-      <c r="E43" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D43+'[1]LBN Mar 2025'!E43+'[1]BIC Mar 2025'!E43)</f>
+      <c r="E43" s="6">
+        <f>SUM('[1]ATL Sept 25'!E43+'[1]LBN Sept 25'!E43+'[1]BIC Sept 25'!E43)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>78</v>
       </c>
       <c r="D44" t="s">
         <v>7</v>
       </c>
-      <c r="E44" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D44+'[1]LBN Mar 2025'!E44+'[1]BIC Mar 2025'!E44)</f>
+      <c r="E44" s="6">
+        <f>SUM('[1]ATL Sept 25'!E44+'[1]LBN Sept 25'!E44+'[1]BIC Sept 25'!E44)</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>79</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>50</v>
       </c>
       <c r="D45" t="s">
         <v>7</v>
       </c>
-      <c r="E45" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D45+'[1]LBN Mar 2025'!E45+'[1]BIC Mar 2025'!E45)</f>
+      <c r="E45" s="6">
+        <f>SUM('[1]ATL Sept 25'!E45+'[1]LBN Sept 25'!E45+'[1]BIC Sept 25'!E45)</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
         <v>81</v>
       </c>
       <c r="D46" t="s">
         <v>7</v>
       </c>
-      <c r="E46" s="8">
-[...1 lines deleted...]
-        <v>125703</v>
+      <c r="E46" s="6">
+        <f>SUM('[1]ATL Sept 25'!E46+'[1]LBN Sept 25'!E46+'[1]BIC Sept 25'!E46)</f>
+        <v>89372</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
-      <c r="C47" s="10" t="s">
+      <c r="C47" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="D47" s="10"/>
-      <c r="E47" s="8"/>
+      <c r="D47" s="4"/>
+      <c r="E47" s="6"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>83</v>
       </c>
       <c r="B48" t="s">
         <v>84</v>
       </c>
       <c r="C48" t="s">
         <v>7</v>
       </c>
-      <c r="D48" s="3">
-[...3 lines deleted...]
-        <f>SUM('[1]ATL Mar 2025'!D48+'[1]LBN Mar 2025'!E48+'[1]BIC Mar 2025'!E48)</f>
+      <c r="D48" s="3"/>
+      <c r="E48" s="6">
+        <f>SUM('[1]ATL Sept 25'!E48+'[1]LBN Sept 25'!E48+'[1]BIC Sept 25'!E48)</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>86</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
-      <c r="E49" s="8">
-        <f>SUM('[1]ATL Mar 2025'!D49+'[1]LBN Mar 2025'!E49+'[1]BIC Mar 2025'!E49)</f>
+      <c r="E49" s="6">
+        <f>SUM('[1]ATL Sept 25'!E49+'[1]LBN Sept 25'!E49+'[1]BIC Sept 25'!E49)</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>87</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>88</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
-      <c r="E50" s="8">
-[...1 lines deleted...]
-        <v>1137131</v>
+      <c r="E50" s="6">
+        <f>SUM('[1]ATL Sept 25'!E50+'[1]LBN Sept 25'!E50+'[1]BIC Sept 25'!E50)</f>
+        <v>1079853</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>89</v>
       </c>
       <c r="B51" t="s">
         <v>90</v>
       </c>
       <c r="C51" t="s">
         <v>7</v>
       </c>
-      <c r="D51">
-[...3 lines deleted...]
-        <f>SUM('[1]ATL Mar 2025'!D51+'[1]LBN Mar 2025'!E51+'[1]BIC Mar 2025'!E51)</f>
+      <c r="E51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>91</v>
       </c>
       <c r="B52" t="s">
         <v>92</v>
       </c>
       <c r="C52" t="s">
         <v>7</v>
       </c>
-      <c r="D52">
-[...3 lines deleted...]
-        <f>SUM('[1]ATL Mar 2025'!D52+'[1]LBN Mar 2025'!E52+'[1]BIC Mar 2025'!E52)</f>
+      <c r="E52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>93</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>94</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
-      <c r="E53" s="8">
-[...1 lines deleted...]
-        <v>1137131</v>
+      <c r="E53" s="6">
+        <f>SUM('[1]ATL Sept 25'!E53+'[1]LBN Sept 25'!E53+'[1]BIC Sept 25'!E53)</f>
+        <v>1169225</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>96</v>
       </c>
       <c r="D54" t="s">
         <v>7</v>
       </c>
-      <c r="E54" s="8">
-        <f>E55+E56+E57+E58+E59</f>
+      <c r="E54" s="6">
+        <f>SUM('[1]ATL Sept 25'!E54+'[1]LBN Sept 25'!E54+'[1]BIC Sept 25'!E54)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>97</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>98</v>
       </c>
       <c r="D55" t="s">
         <v>7</v>
       </c>
-      <c r="E55" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D55+'[1]LBN Mar 2025'!E55+'[1]BIC Mar 2025'!E55)</f>
+      <c r="E55" s="6">
+        <f>SUM('[1]ATL Sept 25'!E55+'[1]LBN Sept 25'!E55+'[1]BIC Sept 25'!E55)</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>99</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>100</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
-      <c r="E56" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D56+'[1]LBN Mar 2025'!E56+'[1]BIC Mar 2025'!E56)</f>
+      <c r="E56" s="6">
+        <f>SUM('[1]ATL Sept 25'!E56+'[1]LBN Sept 25'!E56+'[1]BIC Sept 25'!E56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>101</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>102</v>
       </c>
       <c r="D57" t="s">
         <v>7</v>
       </c>
-      <c r="E57" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D57+'[1]LBN Mar 2025'!E57+'[1]BIC Mar 2025'!E57)</f>
+      <c r="E57" s="6">
+        <f>SUM('[1]ATL Sept 25'!E57+'[1]LBN Sept 25'!E57+'[1]BIC Sept 25'!E57)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>103</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>104</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
-      <c r="E58" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D58+'[1]LBN Mar 2025'!E58+'[1]BIC Mar 2025'!E58)</f>
+      <c r="E58" s="6">
+        <f>SUM('[1]ATL Sept 25'!E58+'[1]LBN Sept 25'!E58+'[1]BIC Sept 25'!E58)</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>105</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>106</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
-      <c r="E59" s="9">
-        <f>SUM('[1]ATL Mar 2025'!D59+'[1]LBN Mar 2025'!E59+'[1]BIC Mar 2025'!E59)</f>
+      <c r="E59" s="6">
+        <f>SUM('[1]ATL Sept 25'!E59+'[1]LBN Sept 25'!E59+'[1]BIC Sept 25'!E59)</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>107</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>108</v>
       </c>
       <c r="D60" t="s">
         <v>7</v>
       </c>
-      <c r="E60" s="8">
-[...1 lines deleted...]
-        <v>1137131</v>
+      <c r="E60" s="6">
+        <f>SUM('[1]ATL Sept 25'!E60+'[1]LBN Sept 25'!E60+'[1]BIC Sept 25'!E60)</f>
+        <v>1169225</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>7</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>109</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
-      <c r="E61" s="8"/>
+      <c r="E61" s="6"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>7</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>110</v>
       </c>
       <c r="D62" t="s">
         <v>7</v>
       </c>
-      <c r="E62" s="8"/>
+      <c r="E62" s="6"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>111</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
-      <c r="C63" s="4" t="s">
+      <c r="C63" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
-      <c r="E63" s="8">
-[...1 lines deleted...]
-        <v>2999032.9499999997</v>
+      <c r="E63" s="6">
+        <f>SUM('[1]ATL Sept 25'!E63+'[1]LBN Sept 25'!E63+'[1]BIC Sept 25'!E63)</f>
+        <v>3008457.0500000003</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>7</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>7</v>
       </c>
-      <c r="E64" s="8"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E64" s="6"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>114</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>115</v>
       </c>
       <c r="D65" t="s">
         <v>7</v>
       </c>
-      <c r="E65" s="8">
-[...4 lines deleted...]
-    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E65" s="6">
+        <f>SUM('[1]ATL Sept 25'!E65+'[1]LBN Sept 25'!E65+'[1]BIC Sept 25'!E65)</f>
+        <v>70264</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>116</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>117</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
-      <c r="E66" s="8">
-[...4 lines deleted...]
-    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E66" s="6">
+        <f>SUM('[1]ATL Sept 25'!E66+'[1]LBN Sept 25'!E66+'[1]BIC Sept 25'!E66)</f>
+        <v>656581.6</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>118</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
-      <c r="C67" s="4" t="s">
+      <c r="C67" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D67" t="s">
         <v>7</v>
       </c>
-      <c r="E67" s="8">
-[...4 lines deleted...]
-    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E67" s="6">
+        <f>SUM('[1]ATL Sept 25'!E67+'[1]LBN Sept 25'!E67+'[1]BIC Sept 25'!E67)</f>
+        <v>726845.6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>7</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>120</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
-      <c r="E68" s="8"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E68" s="6"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>121</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>122</v>
       </c>
       <c r="D69" t="s">
         <v>7</v>
       </c>
-      <c r="E69" s="8">
-[...4 lines deleted...]
-    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E69" s="6">
+        <f>SUM('[1]ATL Sept 25'!E69+'[1]LBN Sept 25'!E69+'[1]BIC Sept 25'!E69)</f>
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>123</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="4" t="s">
+      <c r="C70" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
-      <c r="E70" s="8">
-[...4 lines deleted...]
-    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E70" s="6">
+        <f>SUM('[1]ATL Sept 25'!E70+'[1]LBN Sept 25'!E70+'[1]BIC Sept 25'!E70)</f>
+        <v>3736536.9000000004</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>125</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>126</v>
       </c>
       <c r="D71" t="s">
         <v>7</v>
       </c>
-      <c r="E71" s="11">
-[...4 lines deleted...]
-    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E71" s="7">
+        <v>0.315</v>
+      </c>
+      <c r="F71" s="8"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>7</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>127</v>
       </c>
       <c r="D72" t="s">
         <v>7</v>
       </c>
       <c r="E72" s="7"/>
-    </row>
-    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="F72" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D73" t="s">
         <v>7</v>
       </c>
-      <c r="E73" s="11">
-[...4 lines deleted...]
-    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E73" s="7">
+        <v>0.29099999999999998</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D74" t="s">
         <v>7</v>
       </c>
-      <c r="E74" s="11">
-[...4 lines deleted...]
-    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E74" s="7">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D75" t="s">
         <v>7</v>
       </c>
-      <c r="E75" s="8">
-[...4 lines deleted...]
-    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E75" s="7">
+        <f>SUM('[1]ATL Sept 25'!E75+'[1]LBN Sept 25'!E75+'[1]BIC Sept 25'!E75)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D76" t="s">
         <v>7</v>
       </c>
-      <c r="E76" s="8"/>
-[...1 lines deleted...]
-    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E76" s="7"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D77" t="s">
         <v>7</v>
       </c>
-      <c r="E77" s="8">
-[...4 lines deleted...]
-    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E77" s="7">
+        <f>SUM('[1]ATL Sept 25'!E77+'[1]LBN Sept 25'!E77+'[1]BIC Sept 25'!E77)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D78" t="s">
         <v>7</v>
       </c>
-      <c r="E78" s="8">
-[...4 lines deleted...]
-    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E78" s="7">
+        <v>0.315</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
         <v>7</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D79" t="s">
         <v>7</v>
       </c>
-      <c r="E79" s="8"/>
-[...1 lines deleted...]
-    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E79" s="7"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
-      <c r="C80" s="4" t="s">
-        <v>142</v>
+      <c r="C80" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="D80" t="s">
         <v>7</v>
       </c>
-      <c r="E80" s="9">
-[...1 lines deleted...]
-        <v>5086722</v>
+      <c r="E80" s="6">
+        <f>SUM('[1]ATL Sept 25'!E80+'[1]LBN Sept 25'!E80+'[1]BIC Sept 25'!E80)</f>
+        <v>5140946</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D81" t="s">
         <v>7</v>
       </c>
-      <c r="E81" s="11">
-[...1 lines deleted...]
-        <v>0.22354887882608879</v>
+      <c r="E81" s="9">
+        <v>0.21</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D82" t="s">
         <v>7</v>
       </c>
-      <c r="E82" s="8">
-[...1 lines deleted...]
-        <v>365670.65800000005</v>
+      <c r="E82" s="6">
+        <f>SUM('[1]ATL Sept 25'!E82+'[1]LBN Sept 25'!E82+'[1]BIC Sept 25'!E82)</f>
+        <v>373653.69</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D83" t="s">
         <v>7</v>
       </c>
-      <c r="E83" s="8">
-[...1 lines deleted...]
-        <v>365670.65800000005</v>
+      <c r="E83" s="6">
+        <f>SUM('[1]ATL Sept 25'!E83+'[1]LBN Sept 25'!E83+'[1]BIC Sept 25'!E83)</f>
+        <v>371482.52999999997</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C47:D47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June 2025</vt:lpstr>
+      <vt:lpstr>Industry Sept 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elifas, Immanuel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>