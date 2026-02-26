--- v1 (2026-02-02)
+++ v2 (2026-02-26)
@@ -1,1983 +1,717 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Wedbsite Folder\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Website upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3C1C2B2-753B-4F72-87F3-76EA4337E156}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E7809CC-FC21-4110-80DC-F3E3D4C6505D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{ED98BE01-E475-4638-9A35-D6331FAB3919}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{B8411445-97A2-41E1-BE2E-EE70E91FE5EC}"/>
   </bookViews>
   <sheets>
-    <sheet name="Industry Sept 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Industry 2nd Tier banks" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...61 lines deleted...]
-
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{43D64F98-3978-427B-8169-2567EFFB2B60}">
-[...27 lines deleted...]
-    <comment ref="B35" authorId="0" shapeId="0" xr:uid="{97973E79-F5C3-4567-9DF1-6E5ACDE3F1CA}">
+    <comment ref="B35" authorId="0" shapeId="0" xr:uid="{307C2F32-2959-48D0-BF58-1E5CB9829D49}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 1: All banking institutions /banking groups shall treat and report unaudited profits in accordance with the provision of BID-5.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E39" authorId="0" shapeId="0" xr:uid="{48186FF9-75C1-4EA9-A411-3C40D856588B}">
-[...27 lines deleted...]
-    <comment ref="B48" authorId="0" shapeId="0" xr:uid="{4E8D5E08-E298-4510-83D3-F0C4D4F7DB6B}">
+    <comment ref="B48" authorId="0" shapeId="0" xr:uid="{356C4FA9-7556-440D-BDDC-614A4047D8BA}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 2: Only available to cover a portion of the banking institution's capital charge for market risk.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E49" authorId="0" shapeId="0" xr:uid="{F96B166E-837D-4460-81BB-9781C9E98A52}">
-[...27 lines deleted...]
-    <comment ref="B51" authorId="0" shapeId="0" xr:uid="{1E93E99D-9ED7-4347-80B3-50A7CE2BBC7A}">
+    <comment ref="B51" authorId="0" shapeId="0" xr:uid="{07A60B00-6CF0-4A31-9A6E-A12BCEF34FC1}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Note 3: Limited to 250% of Tier 1 capital available to support market risk.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E51" authorId="0" shapeId="0" xr:uid="{4281B446-8963-416F-BD34-5689A9F27B43}">
-[...13 lines deleted...]
-    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{6B13EB3B-394B-46D6-88B5-C13934E114AD}">
+    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{369B704B-E31E-4F34-82B9-2B7493D192DA}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t xml:space="preserve">Note 4: The sum of the eligible Tier 2 and Tier 3 capital shall not exceed 100% of eligible Tier 1 capital. </t>
         </r>
       </text>
     </comment>
-    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{F9B8E8E6-44D2-4257-8B3E-36DF5CDBC45F}">
-[...222 lines deleted...]
-    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="150">
-[...20 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="149">
   <si>
     <t/>
   </si>
   <si>
-    <t>Item (s)</t>
-[...38 lines deleted...]
-    <t>27</t>
+    <t>Aggregate amount of required capital funds of consolidated entities</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>Amount equal to 10% of RWA of group</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>Tier 1 leverage ratio (line item 43 divided by line item 114) (Minimum of 6%) - Basel II</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>Gross assets (total assets plus general and specific provisions)</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Other Capital Measures - Basel II</t>
+  </si>
+  <si>
+    <t>Total risk-weighted capital ratio (including additional capital specified)</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Additional capital specified by the regulator</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>Capital surplus/deficit</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Tier 3 risk-based capital ratio (line item 84 divided by line item 104)</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Tier 2 risk-based capital ratio (line item 68 divided by line item 104)</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>Tier 1 risk-based capital ratio (line item 43 divided by line item 104 (Minimum of 7%))</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>OF WHICH:</t>
+  </si>
+  <si>
+    <t>Basel II total risk weighted capital ratio (the sum of item 93 divided by line item 104) (Minimum of
+10.0%)</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Aggregate risk-weighted assets (sum of line items 96; 100; and 102) - Basel II</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Calibrated risk-weighted amount for market risk - Basel II</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>3. Market Risk: Standardized Approach</t>
+  </si>
+  <si>
+    <t>Total calibrated risk-weighted amount for operational risk - Basel II</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>2(b). The Standardized Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>2(a). Basic Indicator Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>2. Operational Risk (see Note 5):</t>
+  </si>
+  <si>
+    <t>Total risk-weighted amount for credit risk - Basel II</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>1. Credit Risk: Standardized Approach (including RW equivalent for Off-balance sheet exposures)</t>
+  </si>
+  <si>
+    <t>Computation of Risk-Weighted Assets</t>
+  </si>
+  <si>
+    <t>Net total capital(item 86 less item 87) - Basel II</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>Portion of unsecured loans &amp; advances in excess of prudential lending limits</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Encumbered assets</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>Lending of a capital nature to significant minority &amp; majority investments</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Minority interests which do not qualify for capital inclusion</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Capital shortfalls</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Deductions from total qualifying capital (sum of item 87 to 91)</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Total qualifying capital (sum of line items 43 and 85) - Basel II</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Eligible tier 2 and tier 3 capital</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Eligible tier 3 capital</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>Tier 1 available for market risk</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>Total tier 3 capital</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>Eligible short-term subordinated debt</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Basel II Tier 3 Capital</t>
+  </si>
+  <si>
+    <t>Net-total tier 2 capital (line item 61 less line items 62 to 67)</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of retained securitization exposures for originating banks that are  rated below investment grade
+(below BBB-), or that are unrated.</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of investments in securitisation exposures for third party investors with short-term credit-rating
+below investment grade (below BBB-), or unrated exposures.</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of investments in securitization exposures for third party investors with long-term credit ratings
+of B+ and below, and in unrated exposures.</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of investments in unconsolidated subsidiaries and in subsidiaries deconsolidated for regulatory
+capital purposes, net of goodwill that is deducted from tier 1 capital.</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deduct: 50% of credit-enhancing interest-only strips, net of any increases in equity capital resulting from
+securitization transaction.  </t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Deduct: back-to-back placements of new tier 2 capital, arranged either directly or indirectly, between banking
+and financial institutions.</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Sub-total (sum of line items 55 to 60 less 61)</t>
+  </si>
+  <si>
+    <t>Less: investments in shares of consolidated entities</t>
+  </si>
+  <si>
+    <t>61</t>
   </si>
   <si>
     <t>Minority interests (consistent with the above capital constituents)</t>
   </si>
   <si>
-    <t>28</t>
-[...53 lines deleted...]
-    <t>37</t>
+    <t>60</t>
+  </si>
+  <si>
+    <t>General provisions/general loan loss reserves (limited to 1.25% of total risk-weighted assets)</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Current unaudited profits (if applicable)</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Asset revaluation  reserves</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Eligible subordinated term debt (limited to 50% of total Tier 1 capital)</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Hybrid (debt/equity) capital instruments</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Basel II Tier 2 Capital</t>
+  </si>
+  <si>
+    <t>Net-total tier 1 capital (line item 30 less line item 42)</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Sub total tier 1 capital (Line item 31 to 41)</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of investments in securitization exposures for third party investors with short-term credit ratings
+of below A-3/P-3/R-3 and in unrated exposures</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Deduct: 50% of credit-enhancing interest-only strips, net of any increases in equity capital resulting from
+securitization transaction.</t>
+  </si>
+  <si>
+    <t>38</t>
   </si>
   <si>
     <t>Deduct: increase in equity capital resulting from a securitization transactions  (e.g. capitalized future merging
 income, gains on sale).</t>
   </si>
   <si>
-    <t>38</t>
-[...326 lines deleted...]
-    <t>Aggregate amount of required capital funds of consolidated entities</t>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Deduct reciprocal shareholdings in Tier 1  Capital</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Deduct 50% investments in significant commercial entities</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Deduct: 50% investments in significant minority &amp; majority insurance entities</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Deduct: 50% investments in  significant minority owned financial entities (20-50% shareholding)</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Deduct: 50% investments in deconsolidated financial subsidiaries</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Deduct: Goodwill (including intangible asset) related to consolidated &amp; deconsolidated subsidiaries.</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Sub total (sum of line items 22 to 29)</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Less: Investments in equity of consolidated entities (intra-group shareholdings in consolidated entities)</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Minority interest eliminated i.t.o. paragraph 11.1.1 (g) of Determination on CS</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>General reserves</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Retained profits/(accumulated losses)</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Share premium</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Paid-up non-cumulative perpetual preference shares</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Paid-up ordinary shares</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Tier 1 Capital - Basel II (BID-5)</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Item (s)</t>
+  </si>
+  <si>
+    <t>Item No.</t>
+  </si>
+  <si>
+    <t>Basel II</t>
+  </si>
+  <si>
+    <t>Basel II / Basel III</t>
+  </si>
+  <si>
+    <t>INDUSTRY ( Non-DSIBS)</t>
+  </si>
+  <si>
+    <t>Type of Organization</t>
+  </si>
+  <si>
+    <t>(All amounts to be rounded off to the nearest N$'000)</t>
+  </si>
+  <si>
+    <t>Consolidated Return on Capital Adequacy Ratio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="21"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...865 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2256,1463 +990,1420 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0449A3C9-8D91-4E6A-9393-6AA110589A90}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43830AF4-7CB8-4F52-A05E-EEA8B28F6F18}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:F83"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B18" workbookViewId="0">
-      <selection activeCell="C39" sqref="C39"/>
+    <sheetView tabSelected="1" topLeftCell="C35" workbookViewId="0">
+      <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="23.109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="14" width="19.5546875" customWidth="1"/>
+    <col min="1" max="1" width="23.08984375" customWidth="1"/>
+    <col min="2" max="2" width="32.54296875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="99.1796875" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="19.54296875" bestFit="1" customWidth="1"/>
+    <col min="6" max="14" width="19.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.5">
-[...4 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.6">
+      <c r="A1" s="8" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>142</v>
+      </c>
+      <c r="B7" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D7" t="s">
+        <v>0</v>
+      </c>
+      <c r="E7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D8" s="9"/>
+      <c r="E8" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>138</v>
+      </c>
+      <c r="B9" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D9" t="s">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>674600</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>136</v>
+      </c>
+      <c r="B10" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D10" t="s">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>215085</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B11" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D11" t="s">
+        <v>0</v>
+      </c>
+      <c r="E11" s="1">
+        <v>59524</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>132</v>
+      </c>
+      <c r="B12" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>98278</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>130</v>
+      </c>
+      <c r="B13" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D13" t="s">
+        <v>0</v>
+      </c>
+      <c r="E13" s="1">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" t="s">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>0</v>
+      </c>
+      <c r="E15" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>0</v>
+      </c>
+      <c r="E16" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>1049312</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D18" t="s">
+        <v>0</v>
+      </c>
+      <c r="E18" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E19" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
+        <v>0</v>
+      </c>
+      <c r="E20" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>115</v>
+      </c>
+      <c r="B21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E21" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" t="s">
+        <v>0</v>
+      </c>
+      <c r="E23" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>0</v>
+      </c>
+      <c r="E24" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
+        <v>0</v>
+      </c>
+      <c r="E25" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" t="s">
+        <v>0</v>
+      </c>
+      <c r="E27" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D28" t="s">
+        <v>0</v>
+      </c>
+      <c r="E28" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" t="s">
+        <v>0</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D29" t="s">
+        <v>0</v>
+      </c>
+      <c r="E29" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>0</v>
+      </c>
+      <c r="E30" s="1">
+        <v>1049312</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" s="9"/>
+      <c r="E31" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" t="s">
+        <v>95</v>
+      </c>
+      <c r="D32" t="s">
+        <v>0</v>
+      </c>
+      <c r="E32" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" t="s">
+        <v>0</v>
+      </c>
+      <c r="E33" s="1">
+        <v>35217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>92</v>
+      </c>
+      <c r="B34" t="s">
+        <v>0</v>
+      </c>
+      <c r="C34" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" t="s">
+        <v>0</v>
+      </c>
+      <c r="E34" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" t="s">
+        <v>89</v>
+      </c>
+      <c r="C35" t="s">
+        <v>0</v>
+      </c>
+      <c r="D35" s="6"/>
+      <c r="E35" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>88</v>
+      </c>
+      <c r="B36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" t="s">
+        <v>0</v>
+      </c>
+      <c r="E36" s="1">
+        <v>33757</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B37" t="s">
+        <v>0</v>
+      </c>
+      <c r="C37" t="s">
+        <v>85</v>
+      </c>
+      <c r="D37" t="s">
+        <v>0</v>
+      </c>
+      <c r="E37" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>84</v>
+      </c>
+      <c r="B38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
+        <v>0</v>
+      </c>
+      <c r="E38" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>0</v>
+      </c>
+      <c r="B39" t="s">
+        <v>0</v>
+      </c>
+      <c r="C39" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" t="s">
+        <v>0</v>
+      </c>
+      <c r="E39" s="1">
+        <v>60960</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" t="s">
+        <v>80</v>
+      </c>
+      <c r="D40" t="s">
+        <v>0</v>
+      </c>
+      <c r="E40" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>79</v>
+      </c>
+      <c r="B41" t="s">
+        <v>0</v>
+      </c>
+      <c r="C41" t="s">
+        <v>78</v>
+      </c>
+      <c r="D41" t="s">
+        <v>0</v>
+      </c>
+      <c r="E41" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>77</v>
+      </c>
+      <c r="B42" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" t="s">
+        <v>76</v>
+      </c>
+      <c r="D42" t="s">
+        <v>0</v>
+      </c>
+      <c r="E42" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" t="s">
+        <v>0</v>
+      </c>
+      <c r="C43" t="s">
+        <v>74</v>
+      </c>
+      <c r="D43" t="s">
+        <v>0</v>
+      </c>
+      <c r="E43" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>73</v>
+      </c>
+      <c r="B44" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" t="s">
+        <v>72</v>
+      </c>
+      <c r="D44" t="s">
+        <v>0</v>
+      </c>
+      <c r="E44" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B45" t="s">
+        <v>0</v>
+      </c>
+      <c r="C45" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" t="s">
+        <v>0</v>
+      </c>
+      <c r="E45" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>69</v>
+      </c>
+      <c r="B46" t="s">
+        <v>0</v>
+      </c>
+      <c r="C46" t="s">
+        <v>68</v>
+      </c>
+      <c r="D46" t="s">
+        <v>0</v>
+      </c>
+      <c r="E46" s="1">
+        <v>60960</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>0</v>
+      </c>
+      <c r="B47" t="s">
+        <v>0</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D47" s="9"/>
+      <c r="E47" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>66</v>
+      </c>
+      <c r="B48" t="s">
+        <v>65</v>
+      </c>
+      <c r="C48" t="s">
+        <v>0</v>
+      </c>
+      <c r="D48" s="6"/>
+      <c r="E48" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>64</v>
+      </c>
+      <c r="B49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C49" t="s">
+        <v>63</v>
+      </c>
+      <c r="D49" t="s">
+        <v>0</v>
+      </c>
+      <c r="E49" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>62</v>
+      </c>
+      <c r="B50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C50" t="s">
+        <v>61</v>
+      </c>
+      <c r="D50" t="s">
+        <v>0</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1049312</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C51" t="s">
+        <v>0</v>
+      </c>
+      <c r="E51" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>58</v>
+      </c>
+      <c r="B52" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" t="s">
+        <v>0</v>
+      </c>
+      <c r="E52" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B53" t="s">
+        <v>0</v>
+      </c>
+      <c r="C53" t="s">
+        <v>55</v>
+      </c>
+      <c r="D53" t="s">
+        <v>0</v>
+      </c>
+      <c r="E53" s="1">
+        <v>1110272</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>54</v>
+      </c>
+      <c r="B54" t="s">
+        <v>0</v>
+      </c>
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54" t="s">
+        <v>0</v>
+      </c>
+      <c r="E54" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" t="s">
+        <v>0</v>
+      </c>
+      <c r="C55" t="s">
+        <v>51</v>
+      </c>
+      <c r="D55" t="s">
+        <v>0</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>50</v>
+      </c>
+      <c r="B56" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D56" t="s">
+        <v>0</v>
+      </c>
+      <c r="E56" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C57" t="s">
+        <v>47</v>
+      </c>
+      <c r="D57" t="s">
+        <v>0</v>
+      </c>
+      <c r="E57" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>46</v>
+      </c>
+      <c r="B58" t="s">
+        <v>0</v>
+      </c>
+      <c r="C58" t="s">
+        <v>45</v>
+      </c>
+      <c r="D58" t="s">
+        <v>0</v>
+      </c>
+      <c r="E58" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>44</v>
+      </c>
+      <c r="B59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C59" t="s">
+        <v>43</v>
+      </c>
+      <c r="D59" t="s">
+        <v>0</v>
+      </c>
+      <c r="E59" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>42</v>
+      </c>
+      <c r="B60" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" t="s">
+        <v>41</v>
+      </c>
+      <c r="D60" t="s">
+        <v>0</v>
+      </c>
+      <c r="E60" s="1">
+        <v>1110272</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>0</v>
+      </c>
+      <c r="B61" t="s">
+        <v>0</v>
+      </c>
+      <c r="C61" t="s">
+        <v>40</v>
+      </c>
+      <c r="D61" t="s">
+        <v>0</v>
+      </c>
+      <c r="E61" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" t="s">
+        <v>0</v>
+      </c>
+      <c r="C62" t="s">
+        <v>39</v>
+      </c>
+      <c r="D62" t="s">
+        <v>0</v>
+      </c>
+      <c r="E62" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>38</v>
+      </c>
+      <c r="B63" t="s">
+        <v>0</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D63" t="s">
+        <v>0</v>
+      </c>
+      <c r="E63" s="1">
+        <v>3012881.05</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>0</v>
+      </c>
+      <c r="B64" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" t="s">
+        <v>36</v>
+      </c>
+      <c r="D64" t="s">
+        <v>0</v>
+      </c>
+      <c r="E64" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>35</v>
+      </c>
+      <c r="B65" t="s">
+        <v>0</v>
+      </c>
+      <c r="C65" t="s">
+        <v>34</v>
+      </c>
+      <c r="D65" t="s">
+        <v>0</v>
+      </c>
+      <c r="E65" s="1">
+        <v>70579</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>33</v>
+      </c>
+      <c r="B66" t="s">
+        <v>0</v>
+      </c>
+      <c r="C66" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" t="s">
+        <v>0</v>
+      </c>
+      <c r="E66" s="1">
+        <v>693458</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>31</v>
+      </c>
+      <c r="B67" t="s">
+        <v>0</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D67" t="s">
+        <v>0</v>
+      </c>
+      <c r="E67" s="1">
+        <v>764037</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>0</v>
+      </c>
+      <c r="B68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" t="s">
+        <v>29</v>
+      </c>
+      <c r="D68" t="s">
+        <v>0</v>
+      </c>
+      <c r="E68" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>28</v>
+      </c>
+      <c r="B69" t="s">
+        <v>0</v>
+      </c>
+      <c r="C69" t="s">
+        <v>27</v>
+      </c>
+      <c r="D69" t="s">
+        <v>0</v>
+      </c>
+      <c r="E69" s="1">
+        <v>1275.24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>26</v>
+      </c>
+      <c r="B70" t="s">
+        <v>0</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>0</v>
+      </c>
+      <c r="E70" s="1">
+        <v>3778193.58</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>24</v>
+      </c>
+      <c r="B71" t="s">
+        <v>0</v>
+      </c>
+      <c r="C71" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" t="s">
+        <v>0</v>
+      </c>
+      <c r="E71" s="2">
+        <v>0.29386318527384719</v>
+      </c>
+      <c r="F71" s="5"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>0</v>
+      </c>
+      <c r="B72" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" t="s">
+        <v>22</v>
+      </c>
+      <c r="D72" t="s">
+        <v>0</v>
+      </c>
+      <c r="E72" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>21</v>
+      </c>
+      <c r="B73" t="s">
+        <v>0</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>0</v>
+      </c>
+      <c r="E73" s="2">
+        <v>0.27772849055553156</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>19</v>
+      </c>
+      <c r="B74" t="s">
+        <v>0</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>0</v>
+      </c>
+      <c r="E74" s="2">
+        <v>1.6134694718315624E-2</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>17</v>
+      </c>
+      <c r="B75" t="s">
+        <v>0</v>
+      </c>
+      <c r="C75" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" t="s">
+        <v>0</v>
+      </c>
+      <c r="E75" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>15</v>
+      </c>
+      <c r="B76" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" t="s">
+        <v>0</v>
+      </c>
+      <c r="E76" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>13</v>
+      </c>
+      <c r="B77" t="s">
+        <v>0</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>0</v>
+      </c>
+      <c r="E77" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>11</v>
+      </c>
+      <c r="B78" t="s">
+        <v>0</v>
+      </c>
+      <c r="C78" t="s">
+        <v>10</v>
+      </c>
+      <c r="D78" t="s">
+        <v>0</v>
+      </c>
+      <c r="E78" s="4">
+        <v>0.29386318527384719</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>0</v>
+      </c>
+      <c r="B79" t="s">
+        <v>0</v>
+      </c>
+      <c r="C79" t="s">
+        <v>9</v>
+      </c>
+      <c r="D79" t="s">
+        <v>0</v>
+      </c>
+      <c r="E79" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>8</v>
+      </c>
+      <c r="B80" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" t="s">
+        <v>0</v>
+      </c>
+      <c r="E80" s="1">
+        <v>5033870</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>6</v>
+      </c>
+      <c r="B81" t="s">
+        <v>0</v>
+      </c>
+      <c r="C81" t="s">
+        <v>5</v>
+      </c>
+      <c r="D81" t="s">
+        <v>0</v>
+      </c>
+      <c r="E81" s="2">
+        <v>0.20845035727978672</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>4</v>
+      </c>
+      <c r="B82" t="s">
+        <v>0</v>
+      </c>
+      <c r="C82" t="s">
+        <v>3</v>
+      </c>
+      <c r="D82" t="s">
+        <v>0</v>
+      </c>
+      <c r="E82" s="1">
+        <v>377819.35800000001</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>2</v>
+      </c>
+      <c r="B83" t="s">
+        <v>0</v>
+      </c>
+      <c r="C83" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1344 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>371482.52999999997</v>
+        <v>0</v>
+      </c>
+      <c r="E83" s="1">
+        <v>377819.35800000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C47:D47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
+  <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Industry Sept 2025</vt:lpstr>
+      <vt:lpstr>Industry 2nd Tier banks</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Elifas, Immanuel</dc:creator>
+  <dc:creator>Lisho, Deon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>