--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -1,83 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Website Uploads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Output table\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7B04B60-BB4C-4557-9485-E9232600ED7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F60CBEA4-1596-41B7-AE29-DB5371D43E91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="29016" windowHeight="16416" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR_101xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="139">
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>'-</t>
   </si>
   <si>
     <t>'--</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
@@ -431,143 +432,133 @@
   <si>
     <t xml:space="preserve"> Nominal value of trading portfolio</t>
   </si>
   <si>
     <t xml:space="preserve"> Nominal value of available for sale investment portfolio</t>
   </si>
   <si>
     <t xml:space="preserve"> Market value of held-to-maturity investment portfolio</t>
   </si>
   <si>
     <t>Average total liabilities payable in Namibia Dollars (excluding capital funds)</t>
   </si>
   <si>
     <t>Average minimum local assets maintained</t>
   </si>
   <si>
     <t xml:space="preserve">Excess/deficiency (line item 126 minus line item 127) </t>
   </si>
   <si>
     <t>NAMIBIAN BANKING INDUSTRY</t>
   </si>
   <si>
     <t xml:space="preserve"> COMPUTATION OF AGGREGATED BALANCE SHEET (BIR 101)</t>
   </si>
   <si>
+    <t>August</t>
+  </si>
+  <si>
+    <t>September</t>
+  </si>
+  <si>
+    <t>October</t>
+  </si>
+  <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>December</t>
+  </si>
+  <si>
+    <t>QUARTERLY FIGURES FOR THE YEAR 2025 (N$ '000)</t>
+  </si>
+  <si>
     <t>July</t>
-  </si>
-[...19 lines deleted...]
-    <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_);\(#,##0\)"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <name val="Arial"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF35383A"/>
-      <name val="Arial"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF35383A"/>
-      <name val="Arial"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -580,246 +571,251 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="8" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="6" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="3" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="8" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="37" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="37" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="5">
+  <cellStyles count="4">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{3F5B848C-AF4E-48B6-8D23-C8989B9459EC}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{F2259678-12F8-477D-B1DC-459971620C2F}"/>
-    <cellStyle name="Normal 4" xfId="4" xr:uid="{D87C35EB-FED1-4101-BB11-3AE338BFC822}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3601122</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1079089</xdr:colOff>
+      <xdr:colOff>1082899</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>481965</xdr:rowOff>
+      <xdr:rowOff>478155</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Return to Homepage">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7060A509-D646-409C-AB59-FF7140050F64}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3601122" y="0"/>
           <a:ext cx="1921062" cy="805105"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1085,222 +1081,217 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O145"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A55" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
-      <selection activeCell="O69" sqref="O69"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B118" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
+      <selection activeCell="R112" sqref="R112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="64.77734375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.33203125" style="1" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="16" style="1" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="13" max="13" width="15.109375" style="2" customWidth="1" outlineLevel="1"/>
+    <col min="3" max="3" width="42.77734375" style="1" customWidth="1"/>
+    <col min="4" max="6" width="16" style="1" bestFit="1" customWidth="1" outlineLevel="1"/>
+    <col min="7" max="12" width="17.44140625" style="1" bestFit="1" customWidth="1" outlineLevel="1"/>
+    <col min="13" max="13" width="21.109375" style="2" bestFit="1" customWidth="1" outlineLevel="1"/>
     <col min="14" max="15" width="15.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="25.2" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" ht="50.7" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="30" t="s">
+      <c r="A3" s="31" t="s">
         <v>130</v>
       </c>
-      <c r="B3" s="30"/>
-[...2 lines deleted...]
-      <c r="E3" s="30"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
     </row>
     <row r="4" spans="1:15" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="30" t="s">
+      <c r="A4" s="31" t="s">
         <v>131</v>
       </c>
-      <c r="B4" s="30"/>
-[...2 lines deleted...]
-      <c r="E4" s="30"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
     <row r="5" spans="1:15" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="30" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="30"/>
+      <c r="A5" s="31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B5" s="31"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="31"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A7" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="31" t="s">
+      <c r="A7" s="32" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="31" t="s">
+      <c r="C7" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="5">
         <v>2025</v>
       </c>
       <c r="E7" s="5">
         <v>2025</v>
       </c>
       <c r="F7" s="5">
         <v>2025</v>
       </c>
       <c r="G7" s="5">
         <v>2025</v>
       </c>
       <c r="H7" s="5">
         <v>2025</v>
       </c>
       <c r="I7" s="5">
         <v>2025</v>
       </c>
       <c r="J7" s="5">
         <v>2025</v>
       </c>
       <c r="K7" s="5">
         <v>2025</v>
       </c>
       <c r="L7" s="5">
         <v>2025</v>
       </c>
       <c r="M7" s="5">
         <v>2025</v>
       </c>
       <c r="N7" s="5">
         <v>2025</v>
       </c>
       <c r="O7" s="5">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="31"/>
-[...1 lines deleted...]
-      <c r="C8" s="31"/>
+      <c r="A8" s="32"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
       <c r="D8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="J8" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="L8" s="5" t="s">
+      <c r="M8" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="M8" s="6" t="s">
+      <c r="N8" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="N8" s="6" t="s">
+      <c r="O8" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="O8" s="6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="31"/>
-[...1 lines deleted...]
-      <c r="C9" s="31"/>
+      <c r="A9" s="32"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
       <c r="D9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="5" t="s">
@@ -1310,4355 +1301,4825 @@
         <v>9</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="8">
         <v>3438267</v>
       </c>
       <c r="E10" s="8">
         <v>3107658</v>
       </c>
       <c r="F10" s="8">
         <v>3700830</v>
       </c>
       <c r="G10" s="9">
-        <v>3700830</v>
+        <v>3287471</v>
       </c>
       <c r="H10" s="9">
-        <v>3287471</v>
+        <v>3478626</v>
       </c>
       <c r="I10" s="9">
-        <v>3478626</v>
+        <v>3882292</v>
       </c>
       <c r="J10" s="9">
-        <v>3882292</v>
-[...2 lines deleted...]
-      <c r="L10" s="9"/>
+        <v>3931287</v>
+      </c>
+      <c r="K10" s="9">
+        <v>3830674</v>
+      </c>
+      <c r="L10" s="9">
+        <v>3190416</v>
+      </c>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
-    <row r="11" spans="1:15" s="11" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="29"/>
+    <row r="11" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="30"/>
       <c r="B11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="14">
         <v>2448447</v>
       </c>
       <c r="E11" s="14">
         <v>2320719</v>
       </c>
       <c r="F11" s="14">
         <v>2611725</v>
       </c>
       <c r="G11" s="15">
-        <v>2611725</v>
+        <v>2501008</v>
       </c>
       <c r="H11" s="15">
-        <v>2501008</v>
+        <v>2491764</v>
       </c>
       <c r="I11" s="15">
-        <v>2491764</v>
+        <v>3120933</v>
       </c>
       <c r="J11" s="15">
-        <v>3120933</v>
-[...2 lines deleted...]
-      <c r="L11" s="15"/>
+        <v>2680939</v>
+      </c>
+      <c r="K11" s="15">
+        <v>2681426</v>
+      </c>
+      <c r="L11" s="15">
+        <v>2460478</v>
+      </c>
       <c r="M11" s="10"/>
       <c r="N11" s="10"/>
       <c r="O11" s="10"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A12" s="29"/>
-      <c r="B12" s="28"/>
+      <c r="A12" s="30"/>
+      <c r="B12" s="29"/>
       <c r="C12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="8">
         <v>2240298</v>
       </c>
       <c r="E12" s="8">
         <v>2144097</v>
       </c>
       <c r="F12" s="8">
         <v>2385544</v>
       </c>
       <c r="G12" s="9">
-        <v>2385544</v>
+        <v>2351714</v>
       </c>
       <c r="H12" s="9">
-        <v>2351714</v>
+        <v>2218956</v>
       </c>
       <c r="I12" s="9">
-        <v>2218956</v>
+        <v>2667559</v>
       </c>
       <c r="J12" s="9">
-        <v>2667559</v>
-[...2 lines deleted...]
-      <c r="L12" s="9"/>
+        <v>2485037</v>
+      </c>
+      <c r="K12" s="9">
+        <v>2506043</v>
+      </c>
+      <c r="L12" s="9">
+        <v>2285610</v>
+      </c>
       <c r="M12" s="16"/>
       <c r="N12" s="16"/>
       <c r="O12" s="16"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B13" s="28"/>
+    <row r="13" spans="1:15" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="30"/>
+      <c r="B13" s="29"/>
       <c r="C13" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="17">
         <v>208149</v>
       </c>
       <c r="E13" s="17">
         <v>176622</v>
       </c>
       <c r="F13" s="17">
         <v>226181</v>
       </c>
       <c r="G13" s="9">
-        <v>226181</v>
+        <v>149294</v>
       </c>
       <c r="H13" s="9">
-        <v>149294</v>
+        <v>272808</v>
       </c>
       <c r="I13" s="9">
-        <v>272808</v>
+        <v>453374</v>
       </c>
       <c r="J13" s="9">
-        <v>453374</v>
-[...2 lines deleted...]
-      <c r="L13" s="9"/>
+        <v>195902</v>
+      </c>
+      <c r="K13" s="9">
+        <v>175383</v>
+      </c>
+      <c r="L13" s="9">
+        <v>174868</v>
+      </c>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
     </row>
-    <row r="14" spans="1:15" s="11" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="29"/>
+    <row r="14" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="30"/>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="18">
         <v>643464</v>
       </c>
       <c r="E14" s="18">
         <v>434614</v>
       </c>
       <c r="F14" s="18">
         <v>747704</v>
       </c>
       <c r="G14" s="15">
-        <v>747704</v>
+        <v>452402</v>
       </c>
       <c r="H14" s="15">
-        <v>452402</v>
+        <v>659807</v>
       </c>
       <c r="I14" s="15">
-        <v>659807</v>
+        <v>441018</v>
       </c>
       <c r="J14" s="15">
-        <v>441018</v>
-[...2 lines deleted...]
-      <c r="L14" s="15"/>
+        <v>781224</v>
+      </c>
+      <c r="K14" s="15">
+        <v>845591</v>
+      </c>
+      <c r="L14" s="15">
+        <v>432230</v>
+      </c>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A15" s="29"/>
-      <c r="B15" s="29"/>
+      <c r="A15" s="30"/>
+      <c r="B15" s="30"/>
       <c r="C15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="17">
         <v>400094</v>
       </c>
       <c r="E15" s="17">
         <v>402686</v>
       </c>
       <c r="F15" s="17">
         <v>405041</v>
       </c>
       <c r="G15" s="9">
-        <v>405041</v>
+        <v>407476</v>
       </c>
       <c r="H15" s="9">
-        <v>407476</v>
+        <v>403806</v>
       </c>
       <c r="I15" s="9">
-        <v>403806</v>
+        <v>404192</v>
       </c>
       <c r="J15" s="9">
-        <v>404192</v>
-[...2 lines deleted...]
-      <c r="L15" s="9"/>
+        <v>406257</v>
+      </c>
+      <c r="K15" s="9">
+        <v>402915</v>
+      </c>
+      <c r="L15" s="9">
+        <v>404956</v>
+      </c>
       <c r="M15" s="16"/>
       <c r="N15" s="16"/>
       <c r="O15" s="16"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A16" s="29"/>
-      <c r="B16" s="29"/>
+      <c r="A16" s="30"/>
+      <c r="B16" s="30"/>
       <c r="C16" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="8">
         <v>243370</v>
       </c>
       <c r="E16" s="8">
         <v>31928</v>
       </c>
       <c r="F16" s="8">
         <v>342663</v>
       </c>
       <c r="G16" s="9">
-        <v>342663</v>
+        <v>44926</v>
       </c>
       <c r="H16" s="9">
-        <v>44926</v>
+        <v>256001</v>
       </c>
       <c r="I16" s="9">
-        <v>256001</v>
+        <v>36826</v>
       </c>
       <c r="J16" s="9">
-        <v>36826</v>
-[...2 lines deleted...]
-      <c r="L16" s="9"/>
+        <v>374967</v>
+      </c>
+      <c r="K16" s="9">
+        <v>442676</v>
+      </c>
+      <c r="L16" s="9">
+        <v>27274</v>
+      </c>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="O16" s="16"/>
     </row>
     <row r="17" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="29"/>
+      <c r="A17" s="30"/>
       <c r="B17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="14">
         <v>346356</v>
       </c>
       <c r="E17" s="14">
         <v>352325</v>
       </c>
       <c r="F17" s="14">
         <v>341401</v>
       </c>
       <c r="G17" s="9">
-        <v>341401</v>
+        <v>334061</v>
       </c>
       <c r="H17" s="9">
-        <v>334061</v>
+        <v>327055</v>
       </c>
       <c r="I17" s="9">
-        <v>327055</v>
+        <v>320341</v>
       </c>
       <c r="J17" s="9">
-        <v>320341</v>
-[...2 lines deleted...]
-      <c r="L17" s="9"/>
+        <v>469124</v>
+      </c>
+      <c r="K17" s="9">
+        <v>303657</v>
+      </c>
+      <c r="L17" s="9">
+        <v>297708</v>
+      </c>
       <c r="M17" s="16"/>
       <c r="N17" s="16"/>
       <c r="O17" s="16"/>
     </row>
     <row r="18" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="8">
         <v>149595259</v>
       </c>
       <c r="E18" s="8">
         <v>148844385</v>
       </c>
       <c r="F18" s="8">
         <v>148948933</v>
       </c>
       <c r="G18" s="9">
-        <v>148948933</v>
+        <v>148985951</v>
       </c>
       <c r="H18" s="9">
-        <v>148985951</v>
+        <v>145672971</v>
       </c>
       <c r="I18" s="9">
-        <v>145672971</v>
+        <v>144404420</v>
       </c>
       <c r="J18" s="9">
-        <v>144404420</v>
-[...2 lines deleted...]
-      <c r="L18" s="9"/>
+        <v>147532245</v>
+      </c>
+      <c r="K18" s="9">
+        <v>147142577</v>
+      </c>
+      <c r="L18" s="9">
+        <v>148726221</v>
+      </c>
       <c r="M18" s="10"/>
       <c r="N18" s="10"/>
       <c r="O18" s="10"/>
     </row>
-    <row r="19" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" s="11" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="14">
         <v>31481483</v>
       </c>
       <c r="E19" s="14">
         <v>31595472</v>
       </c>
       <c r="F19" s="14">
         <v>31980606</v>
       </c>
       <c r="G19" s="15">
-        <v>31980606</v>
+        <v>32695282</v>
       </c>
       <c r="H19" s="15">
-        <v>32695282</v>
+        <v>32579388</v>
       </c>
       <c r="I19" s="15">
-        <v>32579388</v>
+        <v>33220329</v>
       </c>
       <c r="J19" s="15">
-        <v>33220329</v>
-[...2 lines deleted...]
-      <c r="L19" s="15"/>
+        <v>33367261</v>
+      </c>
+      <c r="K19" s="15">
+        <v>33542632</v>
+      </c>
+      <c r="L19" s="15">
+        <v>33812187</v>
+      </c>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A20" s="28"/>
-      <c r="B20" s="28"/>
+      <c r="A20" s="29"/>
+      <c r="B20" s="29"/>
       <c r="C20" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="8">
         <v>8589534</v>
       </c>
       <c r="E20" s="8">
         <v>8639120</v>
       </c>
       <c r="F20" s="8">
         <v>8690725</v>
       </c>
       <c r="G20" s="9">
-        <v>8690725</v>
+        <v>9110658</v>
       </c>
       <c r="H20" s="9">
-        <v>9110658</v>
+        <v>8887813</v>
       </c>
       <c r="I20" s="9">
-        <v>8887813</v>
+        <v>9189931</v>
       </c>
       <c r="J20" s="9">
-        <v>9189931</v>
-[...2 lines deleted...]
-      <c r="L20" s="9"/>
+        <v>9149493</v>
+      </c>
+      <c r="K20" s="9">
+        <v>9245154</v>
+      </c>
+      <c r="L20" s="9">
+        <v>9244067</v>
+      </c>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="O20" s="16"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A21" s="28"/>
-      <c r="B21" s="28"/>
+      <c r="A21" s="29"/>
+      <c r="B21" s="29"/>
       <c r="C21" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="17">
         <v>9425230</v>
       </c>
       <c r="E21" s="17">
         <v>9423920</v>
       </c>
       <c r="F21" s="17">
         <v>9648423</v>
       </c>
       <c r="G21" s="9">
-        <v>9648423</v>
+        <v>9819625</v>
       </c>
       <c r="H21" s="9">
-        <v>9819625</v>
+        <v>9899993</v>
       </c>
       <c r="I21" s="9">
-        <v>9899993</v>
+        <v>10060409</v>
       </c>
       <c r="J21" s="9">
-        <v>10060409</v>
-[...2 lines deleted...]
-      <c r="L21" s="9"/>
+        <v>10131139</v>
+      </c>
+      <c r="K21" s="9">
+        <v>10189119</v>
+      </c>
+      <c r="L21" s="9">
+        <v>10316828</v>
+      </c>
       <c r="M21" s="16"/>
       <c r="N21" s="16"/>
       <c r="O21" s="16"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A22" s="28"/>
-      <c r="B22" s="28"/>
+      <c r="A22" s="29"/>
+      <c r="B22" s="29"/>
       <c r="C22" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="8">
         <v>3301119</v>
       </c>
       <c r="E22" s="8">
         <v>3324413</v>
       </c>
       <c r="F22" s="8">
         <v>3373200</v>
       </c>
       <c r="G22" s="9">
-        <v>3373200</v>
+        <v>3409775</v>
       </c>
       <c r="H22" s="9">
-        <v>3409775</v>
+        <v>3451331</v>
       </c>
       <c r="I22" s="9">
-        <v>3451331</v>
+        <v>3508145</v>
       </c>
       <c r="J22" s="9">
-        <v>3508145</v>
-[...2 lines deleted...]
-      <c r="L22" s="9"/>
+        <v>3600402</v>
+      </c>
+      <c r="K22" s="9">
+        <v>3636209</v>
+      </c>
+      <c r="L22" s="9">
+        <v>3693252</v>
+      </c>
       <c r="M22" s="16"/>
       <c r="N22" s="16"/>
       <c r="O22" s="16"/>
     </row>
-    <row r="23" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B23" s="28"/>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="29"/>
+      <c r="B23" s="29"/>
       <c r="C23" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="17">
         <v>9686951</v>
       </c>
       <c r="E23" s="17">
         <v>9800936</v>
       </c>
       <c r="F23" s="17">
         <v>9848654</v>
       </c>
       <c r="G23" s="9">
-        <v>9848654</v>
+        <v>9915572</v>
       </c>
       <c r="H23" s="9">
-        <v>9915572</v>
+        <v>9829962</v>
       </c>
       <c r="I23" s="9">
-        <v>9829962</v>
+        <v>10006484</v>
       </c>
       <c r="J23" s="9">
-        <v>10006484</v>
-[...2 lines deleted...]
-      <c r="L23" s="9"/>
+        <v>10031193</v>
+      </c>
+      <c r="K23" s="9">
+        <v>10046661</v>
+      </c>
+      <c r="L23" s="9">
+        <v>10115174</v>
+      </c>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
     </row>
-    <row r="24" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B24" s="28"/>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="29"/>
       <c r="C24" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="8">
         <v>0</v>
       </c>
       <c r="E24" s="8">
         <v>0</v>
       </c>
       <c r="F24" s="8">
         <v>0</v>
       </c>
       <c r="G24" s="9">
         <v>0</v>
       </c>
       <c r="H24" s="9">
         <v>0</v>
       </c>
       <c r="I24" s="9">
         <v>0</v>
       </c>
       <c r="J24" s="9">
         <v>0</v>
       </c>
-      <c r="K24" s="9"/>
-      <c r="L24" s="9"/>
+      <c r="K24" s="9">
+        <v>0</v>
+      </c>
+      <c r="L24" s="9">
+        <v>0</v>
+      </c>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
     </row>
-    <row r="25" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B25" s="28"/>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A25" s="29"/>
+      <c r="B25" s="29"/>
       <c r="C25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="17">
         <v>478649</v>
       </c>
       <c r="E25" s="17">
         <v>407083</v>
       </c>
       <c r="F25" s="17">
         <v>419604</v>
       </c>
       <c r="G25" s="9">
-        <v>419604</v>
+        <v>439652</v>
       </c>
       <c r="H25" s="9">
-        <v>439652</v>
+        <v>510289</v>
       </c>
       <c r="I25" s="9">
-        <v>510289</v>
+        <v>455360</v>
       </c>
       <c r="J25" s="9">
-        <v>455360</v>
-[...2 lines deleted...]
-      <c r="L25" s="9"/>
+        <v>455034</v>
+      </c>
+      <c r="K25" s="9">
+        <v>425489</v>
+      </c>
+      <c r="L25" s="9">
+        <v>442866</v>
+      </c>
       <c r="M25" s="16"/>
       <c r="N25" s="16"/>
       <c r="O25" s="16"/>
     </row>
-    <row r="26" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" s="11" customFormat="1" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="18">
         <v>110780952</v>
       </c>
       <c r="E26" s="18">
         <v>110233237</v>
       </c>
       <c r="F26" s="18">
         <v>109803178</v>
       </c>
       <c r="G26" s="15">
-        <v>109803178</v>
+        <v>108995258</v>
       </c>
       <c r="H26" s="15">
-        <v>108995258</v>
+        <v>105796768</v>
       </c>
       <c r="I26" s="15">
-        <v>105796768</v>
+        <v>104057526</v>
       </c>
       <c r="J26" s="15">
-        <v>104057526</v>
-[...2 lines deleted...]
-      <c r="L26" s="15"/>
+        <v>107021853</v>
+      </c>
+      <c r="K26" s="15">
+        <v>106243233</v>
+      </c>
+      <c r="L26" s="15">
+        <v>107584980</v>
+      </c>
       <c r="M26" s="10"/>
       <c r="N26" s="10"/>
       <c r="O26" s="10"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A27" s="29"/>
-      <c r="B27" s="29"/>
+      <c r="A27" s="30"/>
+      <c r="B27" s="30"/>
       <c r="C27" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="17">
         <v>35871470</v>
       </c>
       <c r="E27" s="17">
         <v>35512909</v>
       </c>
       <c r="F27" s="17">
         <v>35818559</v>
       </c>
       <c r="G27" s="9">
-        <v>35818559</v>
+        <v>35753779</v>
       </c>
       <c r="H27" s="9">
-        <v>35753779</v>
+        <v>36158606</v>
       </c>
       <c r="I27" s="9">
-        <v>36158606</v>
+        <v>36282719</v>
       </c>
       <c r="J27" s="9">
-        <v>36282719</v>
-[...2 lines deleted...]
-      <c r="L27" s="9"/>
+        <v>38253047</v>
+      </c>
+      <c r="K27" s="9">
+        <v>37436963</v>
+      </c>
+      <c r="L27" s="9">
+        <v>38526046</v>
+      </c>
       <c r="M27" s="16"/>
       <c r="N27" s="16"/>
       <c r="O27" s="16"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A28" s="29"/>
-      <c r="B28" s="29"/>
+      <c r="A28" s="30"/>
+      <c r="B28" s="30"/>
       <c r="C28" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="8">
         <v>29088686</v>
       </c>
       <c r="E28" s="8">
         <v>29207588</v>
       </c>
       <c r="F28" s="8">
         <v>28464780</v>
       </c>
       <c r="G28" s="9">
-        <v>28464780</v>
+        <v>29692746</v>
       </c>
       <c r="H28" s="9">
-        <v>29692746</v>
+        <v>26852545</v>
       </c>
       <c r="I28" s="9">
-        <v>26852545</v>
+        <v>25257833</v>
       </c>
       <c r="J28" s="9">
-        <v>25257833</v>
-[...2 lines deleted...]
-      <c r="L28" s="9"/>
+        <v>27398217</v>
+      </c>
+      <c r="K28" s="9">
+        <v>27004507</v>
+      </c>
+      <c r="L28" s="9">
+        <v>25508984</v>
+      </c>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="29"/>
-      <c r="B29" s="29"/>
+      <c r="A29" s="30"/>
+      <c r="B29" s="30"/>
       <c r="C29" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="17">
         <v>1076066</v>
       </c>
       <c r="E29" s="17">
         <v>991986</v>
       </c>
       <c r="F29" s="17">
         <v>885052</v>
       </c>
       <c r="G29" s="9">
-        <v>885052</v>
+        <v>931248</v>
       </c>
       <c r="H29" s="9">
-        <v>931248</v>
+        <v>948481</v>
       </c>
       <c r="I29" s="9">
-        <v>948481</v>
+        <v>1024316</v>
       </c>
       <c r="J29" s="9">
-        <v>1024316</v>
-[...2 lines deleted...]
-      <c r="L29" s="9"/>
+        <v>923601</v>
+      </c>
+      <c r="K29" s="9">
+        <v>1095259</v>
+      </c>
+      <c r="L29" s="9">
+        <v>968777</v>
+      </c>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="O29" s="16"/>
     </row>
-    <row r="30" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B30" s="29"/>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A30" s="30"/>
+      <c r="B30" s="30"/>
       <c r="C30" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="8">
         <v>14798494</v>
       </c>
       <c r="E30" s="8">
         <v>14341108</v>
       </c>
       <c r="F30" s="8">
         <v>15393624</v>
       </c>
       <c r="G30" s="9">
-        <v>15393624</v>
+        <v>15492026</v>
       </c>
       <c r="H30" s="9">
-        <v>15492026</v>
+        <v>14029221</v>
       </c>
       <c r="I30" s="9">
-        <v>14029221</v>
+        <v>15274191</v>
       </c>
       <c r="J30" s="9">
-        <v>15274191</v>
-[...2 lines deleted...]
-      <c r="L30" s="9"/>
+        <v>14816889</v>
+      </c>
+      <c r="K30" s="9">
+        <v>15508711</v>
+      </c>
+      <c r="L30" s="9">
+        <v>15534820</v>
+      </c>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
     </row>
-    <row r="31" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B31" s="29"/>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A31" s="30"/>
+      <c r="B31" s="30"/>
       <c r="C31" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="17">
         <v>19025079</v>
       </c>
       <c r="E31" s="17">
         <v>18639977</v>
       </c>
       <c r="F31" s="17">
         <v>18214041</v>
       </c>
       <c r="G31" s="9">
-        <v>18214041</v>
+        <v>17640755</v>
       </c>
       <c r="H31" s="9">
-        <v>17640755</v>
+        <v>16880723</v>
       </c>
       <c r="I31" s="9">
-        <v>16880723</v>
+        <v>16497185</v>
       </c>
       <c r="J31" s="9">
-        <v>16497185</v>
-[...2 lines deleted...]
-      <c r="L31" s="9"/>
+        <v>15482514</v>
+      </c>
+      <c r="K31" s="9">
+        <v>15171600</v>
+      </c>
+      <c r="L31" s="9">
+        <v>15481659</v>
+      </c>
       <c r="M31" s="16"/>
       <c r="N31" s="16"/>
       <c r="O31" s="16"/>
     </row>
-    <row r="32" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B32" s="29"/>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A32" s="30"/>
+      <c r="B32" s="30"/>
       <c r="C32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D32" s="8">
         <v>10921157</v>
       </c>
       <c r="E32" s="8">
         <v>11539669</v>
       </c>
       <c r="F32" s="8">
         <v>11027122</v>
       </c>
       <c r="G32" s="9">
-        <v>11027122</v>
+        <v>9484704</v>
       </c>
       <c r="H32" s="9">
-        <v>9484704</v>
+        <v>10927192</v>
       </c>
       <c r="I32" s="9">
-        <v>10927192</v>
+        <v>9721282</v>
       </c>
       <c r="J32" s="9">
-        <v>9721282</v>
-[...2 lines deleted...]
-      <c r="L32" s="9"/>
+        <v>10147585</v>
+      </c>
+      <c r="K32" s="9">
+        <v>10026193</v>
+      </c>
+      <c r="L32" s="9">
+        <v>11564694</v>
+      </c>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
     </row>
-    <row r="33" spans="1:15" s="23" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A33" s="29"/>
+    <row r="33" spans="1:15" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="30"/>
       <c r="B33" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="20">
         <v>7332824</v>
       </c>
       <c r="E33" s="20">
         <v>7015676</v>
       </c>
       <c r="F33" s="20">
         <v>7165149</v>
       </c>
       <c r="G33" s="21">
-        <v>7165149</v>
+        <v>7295411</v>
       </c>
       <c r="H33" s="21">
-        <v>7295411</v>
+        <v>7296815</v>
       </c>
       <c r="I33" s="21">
-        <v>7296815</v>
+        <v>7126565</v>
       </c>
       <c r="J33" s="21">
-        <v>7126565</v>
-[...2 lines deleted...]
-      <c r="L33" s="21"/>
+        <v>7143131</v>
+      </c>
+      <c r="K33" s="21">
+        <v>7356712</v>
+      </c>
+      <c r="L33" s="21">
+        <v>7329054</v>
+      </c>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
     </row>
     <row r="34" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="29"/>
-      <c r="B34" s="28"/>
+      <c r="A34" s="30"/>
+      <c r="B34" s="29"/>
       <c r="C34" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D34" s="8">
         <v>0</v>
       </c>
       <c r="E34" s="8">
         <v>0</v>
       </c>
       <c r="F34" s="8">
         <v>0</v>
       </c>
       <c r="G34" s="9">
         <v>0</v>
       </c>
       <c r="H34" s="9">
         <v>0</v>
       </c>
       <c r="I34" s="9">
         <v>0</v>
       </c>
       <c r="J34" s="9">
         <v>0</v>
       </c>
-      <c r="K34" s="9"/>
-      <c r="L34" s="9"/>
+      <c r="K34" s="9">
+        <v>0</v>
+      </c>
+      <c r="L34" s="9">
+        <v>0</v>
+      </c>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
     </row>
     <row r="35" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="29"/>
-      <c r="B35" s="28"/>
+      <c r="A35" s="30"/>
+      <c r="B35" s="29"/>
       <c r="C35" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D35" s="17">
         <v>0</v>
       </c>
       <c r="E35" s="17">
         <v>0</v>
       </c>
       <c r="F35" s="17">
         <v>0</v>
       </c>
       <c r="G35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="9">
         <v>0</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
       <c r="J35" s="9">
         <v>0</v>
       </c>
-      <c r="K35" s="9"/>
-      <c r="L35" s="9"/>
+      <c r="K35" s="9">
+        <v>0</v>
+      </c>
+      <c r="L35" s="9">
+        <v>0</v>
+      </c>
       <c r="M35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="16"/>
     </row>
-    <row r="36" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B36" s="28"/>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" s="30"/>
+      <c r="B36" s="29"/>
       <c r="C36" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="8">
         <v>4878789</v>
       </c>
       <c r="E36" s="8">
         <v>4481778</v>
       </c>
       <c r="F36" s="8">
         <v>4476508</v>
       </c>
       <c r="G36" s="9">
-        <v>4476508</v>
+        <v>4484088</v>
       </c>
       <c r="H36" s="9">
-        <v>4484088</v>
+        <v>4481951</v>
       </c>
       <c r="I36" s="9">
-        <v>4481951</v>
+        <v>4470762</v>
       </c>
       <c r="J36" s="9">
-        <v>4470762</v>
-[...2 lines deleted...]
-      <c r="L36" s="9"/>
+        <v>4284975</v>
+      </c>
+      <c r="K36" s="9">
+        <v>4530877</v>
+      </c>
+      <c r="L36" s="9">
+        <v>4524206</v>
+      </c>
       <c r="M36" s="16"/>
       <c r="N36" s="16"/>
       <c r="O36" s="16"/>
     </row>
-    <row r="37" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B37" s="28"/>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" s="30"/>
+      <c r="B37" s="29"/>
       <c r="C37" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D37" s="17">
         <v>0</v>
       </c>
       <c r="E37" s="17">
         <v>0</v>
       </c>
       <c r="F37" s="17">
         <v>0</v>
       </c>
       <c r="G37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="9">
         <v>0</v>
       </c>
       <c r="I37" s="9">
-        <v>0</v>
+        <v>61608</v>
       </c>
       <c r="J37" s="9">
-        <v>61608</v>
-[...2 lines deleted...]
-      <c r="L37" s="9"/>
+        <v>62068</v>
+      </c>
+      <c r="K37" s="9">
+        <v>62528</v>
+      </c>
+      <c r="L37" s="9">
+        <v>61623</v>
+      </c>
       <c r="M37" s="16"/>
       <c r="N37" s="16"/>
       <c r="O37" s="16"/>
     </row>
     <row r="38" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="29"/>
-      <c r="B38" s="28"/>
+      <c r="A38" s="30"/>
+      <c r="B38" s="29"/>
       <c r="C38" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="8">
         <v>2454035</v>
       </c>
       <c r="E38" s="8">
         <v>2533898</v>
       </c>
       <c r="F38" s="8">
         <v>2688641</v>
       </c>
       <c r="G38" s="9">
-        <v>2688641</v>
+        <v>2811323</v>
       </c>
       <c r="H38" s="9">
-        <v>2811323</v>
+        <v>2814864</v>
       </c>
       <c r="I38" s="9">
-        <v>2814864</v>
+        <v>2594195</v>
       </c>
       <c r="J38" s="9">
-        <v>2594195</v>
-[...2 lines deleted...]
-      <c r="L38" s="9"/>
+        <v>2796088</v>
+      </c>
+      <c r="K38" s="9">
+        <v>2763307</v>
+      </c>
+      <c r="L38" s="9">
+        <v>2743225</v>
+      </c>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="O38" s="16"/>
     </row>
     <row r="39" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="13"/>
       <c r="C39" s="13"/>
       <c r="D39" s="14">
         <v>153033526</v>
       </c>
       <c r="E39" s="14">
         <v>151952043</v>
       </c>
       <c r="F39" s="14">
         <v>152649763</v>
       </c>
       <c r="G39" s="15">
-        <v>152649763</v>
+        <v>152273422</v>
       </c>
       <c r="H39" s="15">
-        <v>152273422</v>
+        <v>149151597</v>
       </c>
       <c r="I39" s="15">
-        <v>149151597</v>
+        <v>148286712</v>
       </c>
       <c r="J39" s="15">
-        <v>148286712</v>
-[...2 lines deleted...]
-      <c r="L39" s="15"/>
+        <v>151463532</v>
+      </c>
+      <c r="K39" s="15">
+        <v>150973251</v>
+      </c>
+      <c r="L39" s="15">
+        <v>151916637</v>
+      </c>
       <c r="M39" s="10"/>
       <c r="N39" s="10"/>
       <c r="O39" s="10"/>
     </row>
     <row r="40" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="10"/>
       <c r="N40" s="10"/>
       <c r="O40" s="10"/>
     </row>
     <row r="41" spans="1:15" s="11" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="13"/>
       <c r="C41" s="13"/>
       <c r="D41" s="14">
         <v>7201688</v>
       </c>
       <c r="E41" s="14">
         <v>8935425</v>
       </c>
       <c r="F41" s="14">
         <v>7268285</v>
       </c>
       <c r="G41" s="15">
-        <v>7268285</v>
+        <v>7817910</v>
       </c>
       <c r="H41" s="15">
-        <v>7817910</v>
+        <v>8096083</v>
       </c>
       <c r="I41" s="15">
-        <v>8096083</v>
+        <v>6915184</v>
       </c>
       <c r="J41" s="15">
-        <v>6915184</v>
-[...2 lines deleted...]
-      <c r="L41" s="15"/>
+        <v>6751240</v>
+      </c>
+      <c r="K41" s="15">
+        <v>7480900</v>
+      </c>
+      <c r="L41" s="15">
+        <v>9234246</v>
+      </c>
       <c r="M41" s="10"/>
       <c r="N41" s="10"/>
       <c r="O41" s="10"/>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A42" s="28"/>
+      <c r="A42" s="29"/>
       <c r="B42" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="7"/>
       <c r="D42" s="8">
         <v>265737</v>
       </c>
       <c r="E42" s="8">
         <v>395608</v>
       </c>
       <c r="F42" s="8">
         <v>491196</v>
       </c>
       <c r="G42" s="9">
-        <v>491196</v>
+        <v>722803</v>
       </c>
       <c r="H42" s="9">
-        <v>722803</v>
+        <v>873961</v>
       </c>
       <c r="I42" s="9">
-        <v>873961</v>
+        <v>326436</v>
       </c>
       <c r="J42" s="9">
-        <v>326436</v>
-[...2 lines deleted...]
-      <c r="L42" s="9"/>
+        <v>542984</v>
+      </c>
+      <c r="K42" s="9">
+        <v>508031</v>
+      </c>
+      <c r="L42" s="9">
+        <v>530715</v>
+      </c>
       <c r="M42" s="16"/>
       <c r="N42" s="16"/>
       <c r="O42" s="16"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A43" s="28"/>
+      <c r="A43" s="29"/>
       <c r="B43" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="12"/>
       <c r="D43" s="17">
         <v>520431</v>
       </c>
       <c r="E43" s="17">
         <v>530797</v>
       </c>
       <c r="F43" s="17">
         <v>526544</v>
       </c>
       <c r="G43" s="9">
-        <v>526544</v>
+        <v>523901</v>
       </c>
       <c r="H43" s="9">
-        <v>523901</v>
+        <v>522131</v>
       </c>
       <c r="I43" s="9">
-        <v>522131</v>
+        <v>457227</v>
       </c>
       <c r="J43" s="9">
-        <v>457227</v>
-[...2 lines deleted...]
-      <c r="L43" s="9"/>
+        <v>453016</v>
+      </c>
+      <c r="K43" s="9">
+        <v>446507</v>
+      </c>
+      <c r="L43" s="9">
+        <v>446829</v>
+      </c>
       <c r="M43" s="16"/>
       <c r="N43" s="16"/>
       <c r="O43" s="16"/>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A44" s="28"/>
+      <c r="A44" s="29"/>
       <c r="B44" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="7"/>
       <c r="D44" s="8">
         <v>0</v>
       </c>
       <c r="E44" s="8">
         <v>761198</v>
       </c>
       <c r="F44" s="8">
         <v>796421</v>
       </c>
       <c r="G44" s="9">
-        <v>796421</v>
+        <v>301323</v>
       </c>
       <c r="H44" s="9">
-        <v>301323</v>
+        <v>0</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
       <c r="J44" s="9">
         <v>0</v>
       </c>
-      <c r="K44" s="9"/>
-      <c r="L44" s="9"/>
+      <c r="K44" s="9">
+        <v>732924</v>
+      </c>
+      <c r="L44" s="9">
+        <v>1222924</v>
+      </c>
       <c r="M44" s="16"/>
       <c r="N44" s="16"/>
       <c r="O44" s="16"/>
     </row>
     <row r="45" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="28"/>
+      <c r="A45" s="29"/>
       <c r="B45" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="12"/>
       <c r="D45" s="17">
         <v>4372430</v>
       </c>
       <c r="E45" s="17">
         <v>4638563</v>
       </c>
       <c r="F45" s="17">
         <v>3067861</v>
       </c>
       <c r="G45" s="9">
-        <v>3067861</v>
+        <v>3265523</v>
       </c>
       <c r="H45" s="9">
-        <v>3265523</v>
+        <v>3218733</v>
       </c>
       <c r="I45" s="9">
-        <v>3218733</v>
+        <v>3232362</v>
       </c>
       <c r="J45" s="9">
-        <v>3232362</v>
-[...2 lines deleted...]
-      <c r="L45" s="9"/>
+        <v>3354056</v>
+      </c>
+      <c r="K45" s="9">
+        <v>3350552</v>
+      </c>
+      <c r="L45" s="9">
+        <v>3246633</v>
+      </c>
       <c r="M45" s="16"/>
       <c r="N45" s="16"/>
       <c r="O45" s="16"/>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A46" s="28"/>
+      <c r="A46" s="29"/>
       <c r="B46" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="7"/>
       <c r="D46" s="8">
         <v>955807</v>
       </c>
       <c r="E46" s="8">
         <v>1470317</v>
       </c>
       <c r="F46" s="8">
         <v>931157</v>
       </c>
       <c r="G46" s="9">
-        <v>931157</v>
+        <v>1339947</v>
       </c>
       <c r="H46" s="9">
-        <v>1339947</v>
+        <v>1693665</v>
       </c>
       <c r="I46" s="9">
-        <v>1693665</v>
+        <v>1236184</v>
       </c>
       <c r="J46" s="9">
-        <v>1236184</v>
-[...2 lines deleted...]
-      <c r="L46" s="9"/>
+        <v>781315</v>
+      </c>
+      <c r="K46" s="9">
+        <v>756084</v>
+      </c>
+      <c r="L46" s="9">
+        <v>1518519</v>
+      </c>
       <c r="M46" s="16"/>
       <c r="N46" s="16"/>
       <c r="O46" s="16"/>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A47" s="28"/>
+      <c r="A47" s="29"/>
       <c r="B47" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="17">
         <v>675224</v>
       </c>
       <c r="E47" s="17">
         <v>742723</v>
       </c>
       <c r="F47" s="17">
         <v>1049428</v>
       </c>
       <c r="G47" s="9">
-        <v>1049428</v>
+        <v>1431413</v>
       </c>
       <c r="H47" s="9">
-        <v>1431413</v>
+        <v>1352206</v>
       </c>
       <c r="I47" s="9">
-        <v>1352206</v>
+        <v>1245353</v>
       </c>
       <c r="J47" s="9">
-        <v>1245353</v>
-[...2 lines deleted...]
-      <c r="L47" s="9"/>
+        <v>1246903</v>
+      </c>
+      <c r="K47" s="9">
+        <v>1291647</v>
+      </c>
+      <c r="L47" s="9">
+        <v>1780800</v>
+      </c>
       <c r="M47" s="16"/>
       <c r="N47" s="16"/>
       <c r="O47" s="16"/>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A48" s="28"/>
+      <c r="A48" s="29"/>
       <c r="B48" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C48" s="7"/>
       <c r="D48" s="8">
         <v>142896</v>
       </c>
       <c r="E48" s="8">
         <v>103670</v>
       </c>
       <c r="F48" s="8">
         <v>124916</v>
       </c>
       <c r="G48" s="9">
-        <v>124916</v>
+        <v>82462</v>
       </c>
       <c r="H48" s="9">
-        <v>82462</v>
+        <v>163320</v>
       </c>
       <c r="I48" s="9">
-        <v>163320</v>
+        <v>153412</v>
       </c>
       <c r="J48" s="9">
-        <v>153412</v>
-[...2 lines deleted...]
-      <c r="L48" s="9"/>
+        <v>155056</v>
+      </c>
+      <c r="K48" s="9">
+        <v>184159</v>
+      </c>
+      <c r="L48" s="9">
+        <v>246065</v>
+      </c>
       <c r="M48" s="16"/>
       <c r="N48" s="16"/>
       <c r="O48" s="16"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="28"/>
+      <c r="A49" s="29"/>
       <c r="B49" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C49" s="12"/>
       <c r="D49" s="17">
         <v>269163</v>
       </c>
       <c r="E49" s="17">
         <v>292549</v>
       </c>
       <c r="F49" s="17">
         <v>280762</v>
       </c>
       <c r="G49" s="9">
-        <v>280762</v>
+        <v>150538</v>
       </c>
       <c r="H49" s="9">
-        <v>150538</v>
+        <v>272067</v>
       </c>
       <c r="I49" s="9">
-        <v>272067</v>
+        <v>264210</v>
       </c>
       <c r="J49" s="9">
-        <v>264210</v>
-[...2 lines deleted...]
-      <c r="L49" s="9"/>
+        <v>217910</v>
+      </c>
+      <c r="K49" s="9">
+        <v>210996</v>
+      </c>
+      <c r="L49" s="9">
+        <v>241761</v>
+      </c>
       <c r="M49" s="16"/>
       <c r="N49" s="16"/>
       <c r="O49" s="16"/>
     </row>
     <row r="50" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
       <c r="D50" s="18">
         <v>160235214</v>
       </c>
       <c r="E50" s="18">
         <v>160887468</v>
       </c>
       <c r="F50" s="18">
         <v>159918048</v>
       </c>
       <c r="G50" s="15">
-        <v>159918048</v>
+        <v>160091332</v>
       </c>
       <c r="H50" s="15">
-        <v>160091332</v>
+        <v>157247680</v>
       </c>
       <c r="I50" s="15">
-        <v>157247680</v>
+        <v>155201896</v>
       </c>
       <c r="J50" s="15">
-        <v>155201896</v>
-[...2 lines deleted...]
-      <c r="L50" s="15"/>
+        <v>158214772</v>
+      </c>
+      <c r="K50" s="15">
+        <v>158454151</v>
+      </c>
+      <c r="L50" s="15">
+        <v>161150883</v>
+      </c>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
     </row>
     <row r="51" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="13"/>
       <c r="C51" s="13"/>
       <c r="D51" s="14">
         <v>23271171</v>
       </c>
       <c r="E51" s="14">
         <v>22674484</v>
       </c>
       <c r="F51" s="14">
         <v>22813265</v>
       </c>
       <c r="G51" s="15">
-        <v>22813265</v>
+        <v>23231871</v>
       </c>
       <c r="H51" s="15">
-        <v>23231871</v>
+        <v>23635131</v>
       </c>
       <c r="I51" s="15">
-        <v>23635131</v>
+        <v>23888363</v>
       </c>
       <c r="J51" s="15">
-        <v>23888363</v>
-[...2 lines deleted...]
-      <c r="L51" s="15"/>
+        <v>24310168</v>
+      </c>
+      <c r="K51" s="15">
+        <v>23971910</v>
+      </c>
+      <c r="L51" s="15">
+        <v>23558279</v>
+      </c>
       <c r="M51" s="10"/>
       <c r="N51" s="10"/>
       <c r="O51" s="10"/>
     </row>
     <row r="52" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A52" s="28"/>
+      <c r="A52" s="29"/>
       <c r="B52" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C52" s="7"/>
       <c r="D52" s="8">
         <v>913546</v>
       </c>
       <c r="E52" s="8">
         <v>913546</v>
       </c>
       <c r="F52" s="8">
         <v>913546</v>
       </c>
       <c r="G52" s="9">
         <v>913546</v>
       </c>
       <c r="H52" s="9">
-        <v>913546</v>
+        <v>910546</v>
       </c>
       <c r="I52" s="9">
         <v>910546</v>
       </c>
       <c r="J52" s="9">
         <v>910546</v>
       </c>
-      <c r="K52" s="9"/>
-      <c r="L52" s="9"/>
+      <c r="K52" s="9">
+        <v>910546</v>
+      </c>
+      <c r="L52" s="9">
+        <v>910546</v>
+      </c>
       <c r="M52" s="16"/>
       <c r="N52" s="16"/>
       <c r="O52" s="16"/>
     </row>
-    <row r="53" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B53" s="29"/>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="29"/>
+      <c r="B53" s="30"/>
       <c r="C53" s="12" t="s">
         <v>47</v>
       </c>
       <c r="D53" s="17">
         <v>698461</v>
       </c>
       <c r="E53" s="17">
         <v>698461</v>
       </c>
       <c r="F53" s="17">
         <v>698461</v>
       </c>
       <c r="G53" s="9">
         <v>698461</v>
       </c>
       <c r="H53" s="9">
-        <v>698461</v>
+        <v>695461</v>
       </c>
       <c r="I53" s="9">
         <v>695461</v>
       </c>
       <c r="J53" s="9">
         <v>695461</v>
       </c>
-      <c r="K53" s="9"/>
-      <c r="L53" s="9"/>
+      <c r="K53" s="9">
+        <v>695461</v>
+      </c>
+      <c r="L53" s="9">
+        <v>695461</v>
+      </c>
       <c r="M53" s="16"/>
       <c r="N53" s="16"/>
       <c r="O53" s="16"/>
     </row>
-    <row r="54" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B54" s="29"/>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="29"/>
+      <c r="B54" s="30"/>
       <c r="C54" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D54" s="8">
         <v>215085</v>
       </c>
       <c r="E54" s="8">
         <v>215085</v>
       </c>
       <c r="F54" s="8">
         <v>215085</v>
       </c>
       <c r="G54" s="9">
         <v>215085</v>
       </c>
       <c r="H54" s="9">
         <v>215085</v>
       </c>
       <c r="I54" s="9">
         <v>215085</v>
       </c>
       <c r="J54" s="9">
         <v>215085</v>
       </c>
-      <c r="K54" s="9"/>
-      <c r="L54" s="9"/>
+      <c r="K54" s="9">
+        <v>215085</v>
+      </c>
+      <c r="L54" s="9">
+        <v>215085</v>
+      </c>
       <c r="M54" s="16"/>
       <c r="N54" s="16"/>
       <c r="O54" s="16"/>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A55" s="28"/>
+      <c r="A55" s="29"/>
       <c r="B55" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="12"/>
       <c r="D55" s="17">
         <v>2322948</v>
       </c>
       <c r="E55" s="17">
         <v>2322948</v>
       </c>
       <c r="F55" s="17">
         <v>2322948</v>
       </c>
       <c r="G55" s="9">
         <v>2322948</v>
       </c>
       <c r="H55" s="9">
-        <v>2322948</v>
+        <v>2323167</v>
       </c>
       <c r="I55" s="9">
         <v>2323167</v>
       </c>
       <c r="J55" s="9">
         <v>2323167</v>
       </c>
-      <c r="K55" s="9"/>
-      <c r="L55" s="9"/>
+      <c r="K55" s="9">
+        <v>2323167</v>
+      </c>
+      <c r="L55" s="9">
+        <v>2323167</v>
+      </c>
       <c r="M55" s="16"/>
       <c r="N55" s="16"/>
       <c r="O55" s="16"/>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A56" s="28"/>
+      <c r="A56" s="29"/>
       <c r="B56" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="7"/>
       <c r="D56" s="8">
         <v>260871</v>
       </c>
       <c r="E56" s="8">
         <v>250995</v>
       </c>
       <c r="F56" s="8">
         <v>282771</v>
       </c>
       <c r="G56" s="9">
-        <v>282771</v>
+        <v>284961</v>
       </c>
       <c r="H56" s="9">
-        <v>284961</v>
+        <v>259566</v>
       </c>
       <c r="I56" s="9">
-        <v>259566</v>
+        <v>298128</v>
       </c>
       <c r="J56" s="9">
-        <v>298128</v>
-[...2 lines deleted...]
-      <c r="L56" s="9"/>
+        <v>305276</v>
+      </c>
+      <c r="K56" s="9">
+        <v>278388</v>
+      </c>
+      <c r="L56" s="9">
+        <v>265379</v>
+      </c>
       <c r="M56" s="16"/>
       <c r="N56" s="16"/>
       <c r="O56" s="16"/>
     </row>
     <row r="57" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A57" s="28"/>
+      <c r="A57" s="29"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="12"/>
       <c r="D57" s="17">
         <v>19773806</v>
       </c>
       <c r="E57" s="17">
         <v>19186995</v>
       </c>
       <c r="F57" s="17">
         <v>19294000</v>
       </c>
       <c r="G57" s="9">
-        <v>19294000</v>
+        <v>19710416</v>
       </c>
       <c r="H57" s="9">
-        <v>19710416</v>
+        <v>20141852</v>
       </c>
       <c r="I57" s="9">
-        <v>20141852</v>
+        <v>20356522</v>
       </c>
       <c r="J57" s="9">
-        <v>20356522</v>
-[...2 lines deleted...]
-      <c r="L57" s="9"/>
+        <v>20771179</v>
+      </c>
+      <c r="K57" s="9">
+        <v>20459809</v>
+      </c>
+      <c r="L57" s="9">
+        <v>20059187</v>
+      </c>
       <c r="M57" s="16"/>
       <c r="N57" s="16"/>
       <c r="O57" s="16"/>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A58" s="28"/>
-      <c r="B58" s="28"/>
+      <c r="A58" s="29"/>
+      <c r="B58" s="29"/>
       <c r="C58" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D58" s="8">
         <v>6981256</v>
       </c>
       <c r="E58" s="8">
         <v>6980946</v>
       </c>
       <c r="F58" s="8">
         <v>6981963</v>
       </c>
       <c r="G58" s="9">
-        <v>6981963</v>
+        <v>6985726</v>
       </c>
       <c r="H58" s="9">
-        <v>6985726</v>
+        <v>6985101</v>
       </c>
       <c r="I58" s="9">
-        <v>6985101</v>
+        <v>7933829</v>
       </c>
       <c r="J58" s="9">
-        <v>7933829</v>
-[...2 lines deleted...]
-      <c r="L58" s="9"/>
+        <v>7934237</v>
+      </c>
+      <c r="K58" s="9">
+        <v>7934902</v>
+      </c>
+      <c r="L58" s="9">
+        <v>7936486</v>
+      </c>
       <c r="M58" s="16"/>
       <c r="N58" s="16"/>
       <c r="O58" s="16"/>
     </row>
     <row r="59" spans="1:15" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="28"/>
-      <c r="B59" s="28"/>
+      <c r="A59" s="29"/>
+      <c r="B59" s="29"/>
       <c r="C59" s="12" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="17">
         <v>12792550</v>
       </c>
       <c r="E59" s="17">
         <v>12206049</v>
       </c>
       <c r="F59" s="17">
         <v>12312037</v>
       </c>
       <c r="G59" s="9">
-        <v>12312037</v>
+        <v>12724690</v>
       </c>
       <c r="H59" s="9">
-        <v>12724690</v>
+        <v>13156751</v>
       </c>
       <c r="I59" s="9">
-        <v>13156751</v>
+        <v>12422693</v>
       </c>
       <c r="J59" s="9">
-        <v>12422693</v>
-[...2 lines deleted...]
-      <c r="L59" s="9"/>
+        <v>12836942</v>
+      </c>
+      <c r="K59" s="9">
+        <v>12524907</v>
+      </c>
+      <c r="L59" s="9">
+        <v>12122701</v>
+      </c>
       <c r="M59" s="16"/>
       <c r="N59" s="16"/>
       <c r="O59" s="16"/>
     </row>
-    <row r="60" spans="1:15" s="23" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="19" t="s">
+    <row r="60" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B60" s="19"/>
-[...26 lines deleted...]
-      <c r="O60" s="22"/>
+      <c r="B60" s="5"/>
+      <c r="C60" s="5"/>
+      <c r="D60" s="18">
+        <v>0</v>
+      </c>
+      <c r="E60" s="18">
+        <v>0</v>
+      </c>
+      <c r="F60" s="18">
+        <v>0</v>
+      </c>
+      <c r="G60" s="15">
+        <v>0</v>
+      </c>
+      <c r="H60" s="15">
+        <v>0</v>
+      </c>
+      <c r="I60" s="15">
+        <v>2264526</v>
+      </c>
+      <c r="J60" s="15">
+        <v>0</v>
+      </c>
+      <c r="K60" s="15">
+        <v>0</v>
+      </c>
+      <c r="L60" s="15">
+        <v>0</v>
+      </c>
+      <c r="M60" s="10"/>
+      <c r="N60" s="10"/>
+      <c r="O60" s="10"/>
     </row>
     <row r="61" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B61" s="13"/>
       <c r="C61" s="13"/>
       <c r="D61" s="14">
         <v>183506385</v>
       </c>
       <c r="E61" s="14">
         <v>183561952</v>
       </c>
       <c r="F61" s="14">
         <v>182731313</v>
       </c>
       <c r="G61" s="15">
-        <v>182731313</v>
+        <v>183323203</v>
       </c>
       <c r="H61" s="15">
-        <v>183323203</v>
+        <v>180882811</v>
       </c>
       <c r="I61" s="15">
-        <v>180882811</v>
+        <v>179090259</v>
       </c>
       <c r="J61" s="15">
-        <v>179090259</v>
-[...2 lines deleted...]
-      <c r="L61" s="15"/>
+        <v>182524940</v>
+      </c>
+      <c r="K61" s="15">
+        <v>182426061</v>
+      </c>
+      <c r="L61" s="15">
+        <v>184709162</v>
+      </c>
       <c r="M61" s="10"/>
       <c r="N61" s="10"/>
       <c r="O61" s="10"/>
     </row>
     <row r="62" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B62" s="5"/>
       <c r="C62" s="5"/>
       <c r="D62" s="18">
         <v>26798553</v>
       </c>
       <c r="E62" s="18">
         <v>27831267</v>
       </c>
       <c r="F62" s="18">
         <v>25777236</v>
       </c>
       <c r="G62" s="15">
-        <v>25777236</v>
+        <v>26085649</v>
       </c>
       <c r="H62" s="15">
-        <v>26085649</v>
+        <v>21998971</v>
       </c>
       <c r="I62" s="15">
-        <v>21998971</v>
+        <v>19554511</v>
       </c>
       <c r="J62" s="15">
-        <v>19554511</v>
-[...2 lines deleted...]
-      <c r="L62" s="15"/>
+        <v>21841336</v>
+      </c>
+      <c r="K62" s="15">
+        <v>18667209</v>
+      </c>
+      <c r="L62" s="15">
+        <v>20869430</v>
+      </c>
       <c r="M62" s="10"/>
       <c r="N62" s="10"/>
       <c r="O62" s="10"/>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A63" s="29"/>
+      <c r="A63" s="30"/>
       <c r="B63" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C63" s="12"/>
       <c r="D63" s="17">
         <v>1518519</v>
       </c>
       <c r="E63" s="17">
         <v>1467503</v>
       </c>
       <c r="F63" s="17">
         <v>1454479</v>
       </c>
       <c r="G63" s="9">
-        <v>1454479</v>
+        <v>1716709</v>
       </c>
       <c r="H63" s="9">
-        <v>1716709</v>
+        <v>1737784</v>
       </c>
       <c r="I63" s="9">
-        <v>1737784</v>
+        <v>1464011</v>
       </c>
       <c r="J63" s="9">
-        <v>1464011</v>
-[...2 lines deleted...]
-      <c r="L63" s="9"/>
+        <v>1527257</v>
+      </c>
+      <c r="K63" s="9">
+        <v>1502858</v>
+      </c>
+      <c r="L63" s="9">
+        <v>1768086</v>
+      </c>
       <c r="M63" s="16"/>
       <c r="N63" s="16"/>
       <c r="O63" s="16"/>
     </row>
-    <row r="64" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A64" s="29"/>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A64" s="30"/>
       <c r="B64" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="7"/>
       <c r="D64" s="8">
         <v>106739</v>
       </c>
       <c r="E64" s="8">
         <v>101316</v>
       </c>
       <c r="F64" s="8">
         <v>155965</v>
       </c>
       <c r="G64" s="9">
-        <v>155965</v>
+        <v>171240</v>
       </c>
       <c r="H64" s="9">
-        <v>171240</v>
+        <v>163979</v>
       </c>
       <c r="I64" s="9">
-        <v>163979</v>
+        <v>217128</v>
       </c>
       <c r="J64" s="9">
-        <v>217128</v>
-[...2 lines deleted...]
-      <c r="L64" s="9"/>
+        <v>147976</v>
+      </c>
+      <c r="K64" s="9">
+        <v>141840</v>
+      </c>
+      <c r="L64" s="9">
+        <v>141497</v>
+      </c>
       <c r="M64" s="16"/>
       <c r="N64" s="16"/>
       <c r="O64" s="16"/>
     </row>
     <row r="65" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A65" s="29"/>
+      <c r="A65" s="30"/>
       <c r="B65" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C65" s="12"/>
       <c r="D65" s="17">
         <v>8493186</v>
       </c>
       <c r="E65" s="17">
         <v>10596326</v>
       </c>
       <c r="F65" s="17">
         <v>8683565</v>
       </c>
       <c r="G65" s="9">
-        <v>8683565</v>
+        <v>9875939</v>
       </c>
       <c r="H65" s="9">
-        <v>9875939</v>
+        <v>5286177</v>
       </c>
       <c r="I65" s="9">
-        <v>5286177</v>
+        <v>6044316</v>
       </c>
       <c r="J65" s="9">
-        <v>6044316</v>
-[...2 lines deleted...]
-      <c r="L65" s="9"/>
+        <v>6634451</v>
+      </c>
+      <c r="K65" s="9">
+        <v>5366905</v>
+      </c>
+      <c r="L65" s="9">
+        <v>4370285</v>
+      </c>
       <c r="M65" s="16"/>
       <c r="N65" s="16"/>
       <c r="O65" s="16"/>
     </row>
-    <row r="66" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B66" s="28"/>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" s="30"/>
+      <c r="B66" s="29"/>
       <c r="C66" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D66" s="8">
         <v>1634987</v>
       </c>
       <c r="E66" s="8">
         <v>1594521</v>
       </c>
       <c r="F66" s="8">
         <v>1575267</v>
       </c>
       <c r="G66" s="9">
-        <v>1575267</v>
+        <v>1578973</v>
       </c>
       <c r="H66" s="9">
-        <v>1578973</v>
+        <v>1585568</v>
       </c>
       <c r="I66" s="9">
-        <v>1585568</v>
+        <v>1577462</v>
       </c>
       <c r="J66" s="9">
-        <v>1577462</v>
-[...2 lines deleted...]
-      <c r="L66" s="9"/>
+        <v>1563348</v>
+      </c>
+      <c r="K66" s="9">
+        <v>1556420</v>
+      </c>
+      <c r="L66" s="9">
+        <v>1573769</v>
+      </c>
       <c r="M66" s="16"/>
       <c r="N66" s="16"/>
       <c r="O66" s="16"/>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A67" s="29"/>
-      <c r="B67" s="28"/>
+      <c r="A67" s="30"/>
+      <c r="B67" s="29"/>
       <c r="C67" s="12" t="s">
         <v>61</v>
       </c>
       <c r="D67" s="17">
         <v>4044160</v>
       </c>
       <c r="E67" s="17">
         <v>5303174</v>
       </c>
       <c r="F67" s="17">
         <v>3505512</v>
       </c>
       <c r="G67" s="9">
-        <v>3505512</v>
+        <v>4886163</v>
       </c>
       <c r="H67" s="9">
-        <v>4886163</v>
+        <v>1593897</v>
       </c>
       <c r="I67" s="9">
-        <v>1593897</v>
+        <v>1355476</v>
       </c>
       <c r="J67" s="9">
-        <v>1355476</v>
-[...2 lines deleted...]
-      <c r="L67" s="9"/>
+        <v>2114589</v>
+      </c>
+      <c r="K67" s="9">
+        <v>1497564</v>
+      </c>
+      <c r="L67" s="9">
+        <v>1380962</v>
+      </c>
       <c r="M67" s="16"/>
       <c r="N67" s="16"/>
       <c r="O67" s="16"/>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A68" s="29"/>
-      <c r="B68" s="28"/>
+      <c r="A68" s="30"/>
+      <c r="B68" s="29"/>
       <c r="C68" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D68" s="8">
         <v>2814039</v>
       </c>
       <c r="E68" s="8">
         <v>3698631</v>
       </c>
       <c r="F68" s="8">
         <v>3602786</v>
       </c>
       <c r="G68" s="9">
-        <v>3602786</v>
+        <v>3410803</v>
       </c>
       <c r="H68" s="9">
-        <v>3410803</v>
+        <v>2106712</v>
       </c>
       <c r="I68" s="9">
-        <v>2106712</v>
+        <v>3111378</v>
       </c>
       <c r="J68" s="9">
-        <v>3111378</v>
-[...2 lines deleted...]
-      <c r="L68" s="9"/>
+        <v>2956514</v>
+      </c>
+      <c r="K68" s="9">
+        <v>2312921</v>
+      </c>
+      <c r="L68" s="9">
+        <v>1415554</v>
+      </c>
       <c r="M68" s="16"/>
       <c r="N68" s="16"/>
       <c r="O68" s="16"/>
     </row>
     <row r="69" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A69" s="29"/>
+      <c r="A69" s="30"/>
       <c r="B69" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C69" s="12"/>
       <c r="D69" s="17">
         <v>16680109</v>
       </c>
       <c r="E69" s="17">
         <v>15666122</v>
       </c>
       <c r="F69" s="17">
         <v>15483227</v>
       </c>
       <c r="G69" s="9">
-        <v>15483227</v>
+        <v>14321761</v>
       </c>
       <c r="H69" s="9">
-        <v>14321761</v>
+        <v>14811031</v>
       </c>
       <c r="I69" s="9">
-        <v>14811031</v>
+        <v>11829056</v>
       </c>
       <c r="J69" s="9">
-        <v>11829056</v>
-[...2 lines deleted...]
-      <c r="L69" s="9"/>
+        <v>13531652</v>
+      </c>
+      <c r="K69" s="9">
+        <v>11655606</v>
+      </c>
+      <c r="L69" s="9">
+        <v>14589562</v>
+      </c>
       <c r="M69" s="16"/>
       <c r="N69" s="16"/>
       <c r="O69" s="16"/>
     </row>
-    <row r="70" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B70" s="28"/>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A70" s="30"/>
+      <c r="B70" s="29"/>
       <c r="C70" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D70" s="8">
         <v>6303074</v>
       </c>
       <c r="E70" s="8">
         <v>5248479</v>
       </c>
       <c r="F70" s="8">
         <v>6284530</v>
       </c>
       <c r="G70" s="9">
-        <v>6284530</v>
+        <v>5823649</v>
       </c>
       <c r="H70" s="9">
-        <v>5823649</v>
+        <v>6348003</v>
       </c>
       <c r="I70" s="9">
-        <v>6348003</v>
+        <v>4904319</v>
       </c>
       <c r="J70" s="9">
-        <v>4904319</v>
-[...2 lines deleted...]
-      <c r="L70" s="9"/>
+        <v>4519348</v>
+      </c>
+      <c r="K70" s="9">
+        <v>4162303</v>
+      </c>
+      <c r="L70" s="9">
+        <v>4935979</v>
+      </c>
       <c r="M70" s="16"/>
       <c r="N70" s="16"/>
       <c r="O70" s="16"/>
     </row>
     <row r="71" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="29"/>
-      <c r="B71" s="28"/>
+      <c r="A71" s="30"/>
+      <c r="B71" s="29"/>
       <c r="C71" s="12" t="s">
         <v>65</v>
       </c>
       <c r="D71" s="17">
         <v>10377035</v>
       </c>
       <c r="E71" s="17">
         <v>10417643</v>
       </c>
       <c r="F71" s="17">
         <v>9198697</v>
       </c>
       <c r="G71" s="9">
-        <v>9198697</v>
+        <v>8498112</v>
       </c>
       <c r="H71" s="9">
-        <v>8498112</v>
+        <v>8463028</v>
       </c>
       <c r="I71" s="9">
-        <v>8463028</v>
+        <v>6924737</v>
       </c>
       <c r="J71" s="9">
-        <v>6924737</v>
-[...2 lines deleted...]
-      <c r="L71" s="9"/>
+        <v>9012304</v>
+      </c>
+      <c r="K71" s="9">
+        <v>7493303</v>
+      </c>
+      <c r="L71" s="9">
+        <v>9653583</v>
+      </c>
       <c r="M71" s="16"/>
       <c r="N71" s="16"/>
       <c r="O71" s="16"/>
     </row>
     <row r="72" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B72" s="5"/>
       <c r="C72" s="5"/>
       <c r="D72" s="18">
         <v>25661004</v>
       </c>
       <c r="E72" s="18">
         <v>26116485</v>
       </c>
       <c r="F72" s="18">
         <v>26876120</v>
       </c>
       <c r="G72" s="15">
-        <v>26876120</v>
+        <v>26579241</v>
       </c>
       <c r="H72" s="15">
-        <v>26579241</v>
+        <v>26993004</v>
       </c>
       <c r="I72" s="15">
-        <v>26993004</v>
+        <v>26340053</v>
       </c>
       <c r="J72" s="15">
-        <v>26340053</v>
-[...2 lines deleted...]
-      <c r="L72" s="15"/>
+        <v>26457002</v>
+      </c>
+      <c r="K72" s="15">
+        <v>28630054</v>
+      </c>
+      <c r="L72" s="15">
+        <v>28720880</v>
+      </c>
       <c r="M72" s="10"/>
       <c r="N72" s="10"/>
       <c r="O72" s="10"/>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A73" s="29"/>
+      <c r="A73" s="30"/>
       <c r="B73" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C73" s="12"/>
       <c r="D73" s="17">
         <v>0</v>
       </c>
       <c r="E73" s="17">
         <v>0</v>
       </c>
       <c r="F73" s="17">
         <v>0</v>
       </c>
       <c r="G73" s="9">
         <v>0</v>
       </c>
       <c r="H73" s="9">
         <v>0</v>
       </c>
       <c r="I73" s="9">
         <v>0</v>
       </c>
       <c r="J73" s="9">
         <v>0</v>
       </c>
-      <c r="K73" s="9"/>
-      <c r="L73" s="9"/>
+      <c r="K73" s="9">
+        <v>0</v>
+      </c>
+      <c r="L73" s="9">
+        <v>0</v>
+      </c>
       <c r="M73" s="16"/>
       <c r="N73" s="16"/>
       <c r="O73" s="16"/>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A74" s="29"/>
+      <c r="A74" s="30"/>
       <c r="B74" s="7" t="s">
         <v>68</v>
       </c>
       <c r="C74" s="7"/>
       <c r="D74" s="8">
         <v>23007007</v>
       </c>
       <c r="E74" s="8">
         <v>23409930</v>
       </c>
       <c r="F74" s="8">
         <v>24031175</v>
       </c>
       <c r="G74" s="9">
-        <v>24031175</v>
+        <v>23572042</v>
       </c>
       <c r="H74" s="9">
-        <v>23572042</v>
+        <v>23906275</v>
       </c>
       <c r="I74" s="9">
-        <v>23906275</v>
+        <v>23227936</v>
       </c>
       <c r="J74" s="9">
-        <v>23227936</v>
-[...2 lines deleted...]
-      <c r="L74" s="9"/>
+        <v>22642002</v>
+      </c>
+      <c r="K74" s="9">
+        <v>23825032</v>
+      </c>
+      <c r="L74" s="9">
+        <v>23120700</v>
+      </c>
       <c r="M74" s="16"/>
       <c r="N74" s="16"/>
       <c r="O74" s="16"/>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A75" s="29"/>
+      <c r="A75" s="30"/>
       <c r="B75" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C75" s="12"/>
       <c r="D75" s="17">
         <v>2658490</v>
       </c>
       <c r="E75" s="17">
         <v>2711115</v>
       </c>
       <c r="F75" s="17">
         <v>2849488</v>
       </c>
       <c r="G75" s="9">
-        <v>2849488</v>
+        <v>3011856</v>
       </c>
       <c r="H75" s="9">
-        <v>3011856</v>
+        <v>3091257</v>
       </c>
       <c r="I75" s="9">
-        <v>3091257</v>
+        <v>3116545</v>
       </c>
       <c r="J75" s="9">
-        <v>3116545</v>
-[...2 lines deleted...]
-      <c r="L75" s="9"/>
+        <v>3819428</v>
+      </c>
+      <c r="K75" s="9">
+        <v>4809402</v>
+      </c>
+      <c r="L75" s="9">
+        <v>5604943</v>
+      </c>
       <c r="M75" s="16"/>
       <c r="N75" s="16"/>
       <c r="O75" s="16"/>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A76" s="29"/>
+      <c r="A76" s="30"/>
       <c r="B76" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C76" s="7"/>
       <c r="D76" s="8">
         <v>4493</v>
       </c>
       <c r="E76" s="8">
         <v>4560</v>
       </c>
       <c r="F76" s="8">
         <v>4543</v>
       </c>
       <c r="G76" s="9">
-        <v>4543</v>
+        <v>4657</v>
       </c>
       <c r="H76" s="9">
-        <v>4657</v>
+        <v>4528</v>
       </c>
       <c r="I76" s="9">
-        <v>4528</v>
+        <v>4428</v>
       </c>
       <c r="J76" s="9">
         <v>4428</v>
       </c>
-      <c r="K76" s="9"/>
-      <c r="L76" s="9"/>
+      <c r="K76" s="9">
+        <v>4380</v>
+      </c>
+      <c r="L76" s="9">
+        <v>4763</v>
+      </c>
       <c r="M76" s="16"/>
       <c r="N76" s="16"/>
       <c r="O76" s="16"/>
     </row>
     <row r="77" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B77" s="13"/>
       <c r="C77" s="13"/>
       <c r="D77" s="14">
         <v>119950117</v>
       </c>
       <c r="E77" s="14">
         <v>119521399</v>
       </c>
       <c r="F77" s="14">
         <v>120117195</v>
       </c>
       <c r="G77" s="15">
-        <v>120117195</v>
+        <v>119896279</v>
       </c>
       <c r="H77" s="15">
-        <v>119896279</v>
+        <v>120512722</v>
       </c>
       <c r="I77" s="15">
-        <v>120512722</v>
+        <v>120903739</v>
       </c>
       <c r="J77" s="15">
-        <v>120903739</v>
-[...2 lines deleted...]
-      <c r="L77" s="15"/>
+        <v>123317883</v>
+      </c>
+      <c r="K77" s="15">
+        <v>123889409</v>
+      </c>
+      <c r="L77" s="15">
+        <v>124102359</v>
+      </c>
       <c r="M77" s="10"/>
       <c r="N77" s="10"/>
       <c r="O77" s="10"/>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A78" s="28"/>
+      <c r="A78" s="29"/>
       <c r="B78" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C78" s="7"/>
       <c r="D78" s="8">
         <v>0</v>
       </c>
       <c r="E78" s="8">
         <v>0</v>
       </c>
       <c r="F78" s="8">
         <v>0</v>
       </c>
       <c r="G78" s="9">
-        <v>0</v>
+        <v>23049</v>
       </c>
       <c r="H78" s="9">
-        <v>23049</v>
+        <v>0</v>
       </c>
       <c r="I78" s="9">
         <v>0</v>
       </c>
       <c r="J78" s="9">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="L78" s="9"/>
+        <v>1953911</v>
+      </c>
+      <c r="K78" s="9">
+        <v>2081513</v>
+      </c>
+      <c r="L78" s="9">
+        <v>864229</v>
+      </c>
       <c r="M78" s="16"/>
       <c r="N78" s="16"/>
       <c r="O78" s="16"/>
     </row>
     <row r="79" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="28"/>
+      <c r="A79" s="29"/>
       <c r="B79" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C79" s="12"/>
       <c r="D79" s="17">
         <v>0</v>
       </c>
       <c r="E79" s="17">
         <v>0</v>
       </c>
       <c r="F79" s="17">
         <v>0</v>
       </c>
       <c r="G79" s="9">
         <v>0</v>
       </c>
       <c r="H79" s="9">
         <v>0</v>
       </c>
       <c r="I79" s="9">
         <v>0</v>
       </c>
       <c r="J79" s="9">
         <v>0</v>
       </c>
-      <c r="K79" s="9"/>
-      <c r="L79" s="9"/>
+      <c r="K79" s="9">
+        <v>0</v>
+      </c>
+      <c r="L79" s="9">
+        <v>0</v>
+      </c>
       <c r="M79" s="16"/>
       <c r="N79" s="16"/>
       <c r="O79" s="16"/>
     </row>
     <row r="80" spans="1:15" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="28"/>
+      <c r="A80" s="29"/>
       <c r="B80" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C80" s="7"/>
       <c r="D80" s="8">
         <v>703433</v>
       </c>
       <c r="E80" s="8">
         <v>222768</v>
       </c>
       <c r="F80" s="8">
         <v>209297</v>
       </c>
       <c r="G80" s="9">
-        <v>209297</v>
+        <v>237119</v>
       </c>
       <c r="H80" s="9">
-        <v>237119</v>
+        <v>225936</v>
       </c>
       <c r="I80" s="9">
-        <v>225936</v>
+        <v>277072</v>
       </c>
       <c r="J80" s="9">
-        <v>277072</v>
-[...2 lines deleted...]
-      <c r="L80" s="9"/>
+        <v>735781</v>
+      </c>
+      <c r="K80" s="9">
+        <v>731161</v>
+      </c>
+      <c r="L80" s="9">
+        <v>919170</v>
+      </c>
       <c r="M80" s="16"/>
       <c r="N80" s="16"/>
       <c r="O80" s="16"/>
     </row>
     <row r="81" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A81" s="28"/>
+      <c r="A81" s="29"/>
       <c r="B81" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C81" s="12"/>
       <c r="D81" s="17">
         <v>14417612</v>
       </c>
       <c r="E81" s="17">
         <v>14458212</v>
       </c>
       <c r="F81" s="17">
         <v>14732541</v>
       </c>
       <c r="G81" s="9">
-        <v>14732541</v>
+        <v>14856581</v>
       </c>
       <c r="H81" s="9">
-        <v>14856581</v>
+        <v>14863944</v>
       </c>
       <c r="I81" s="9">
-        <v>14863944</v>
+        <v>15475696</v>
       </c>
       <c r="J81" s="9">
-        <v>15475696</v>
-[...2 lines deleted...]
-      <c r="L81" s="9"/>
+        <v>15641270</v>
+      </c>
+      <c r="K81" s="9">
+        <v>15802556</v>
+      </c>
+      <c r="L81" s="9">
+        <v>16257594</v>
+      </c>
       <c r="M81" s="16"/>
       <c r="N81" s="16"/>
       <c r="O81" s="16"/>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A82" s="28"/>
+      <c r="A82" s="29"/>
       <c r="B82" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C82" s="7"/>
       <c r="D82" s="8">
         <v>44783118</v>
       </c>
       <c r="E82" s="17">
         <v>44236292</v>
       </c>
       <c r="F82" s="8">
         <v>44326243</v>
       </c>
       <c r="G82" s="9">
-        <v>44326243</v>
+        <v>44376925</v>
       </c>
       <c r="H82" s="9">
-        <v>44376925</v>
+        <v>44359432</v>
       </c>
       <c r="I82" s="9">
-        <v>44359432</v>
+        <v>44793159</v>
       </c>
       <c r="J82" s="9">
-        <v>44793159</v>
-[...2 lines deleted...]
-      <c r="L82" s="9"/>
+        <v>44614679</v>
+      </c>
+      <c r="K82" s="9">
+        <v>45081103</v>
+      </c>
+      <c r="L82" s="9">
+        <v>45034573</v>
+      </c>
       <c r="M82" s="16"/>
       <c r="N82" s="16"/>
       <c r="O82" s="16"/>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A83" s="28"/>
+      <c r="A83" s="29"/>
       <c r="B83" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C83" s="12"/>
       <c r="D83" s="17">
         <v>12897787</v>
       </c>
       <c r="E83" s="17">
         <v>13214616</v>
       </c>
       <c r="F83" s="17">
         <v>12871191</v>
       </c>
       <c r="G83" s="9">
-        <v>12871191</v>
+        <v>12778637</v>
       </c>
       <c r="H83" s="9">
-        <v>12778637</v>
+        <v>12756053</v>
       </c>
       <c r="I83" s="9">
-        <v>12756053</v>
+        <v>12277448</v>
       </c>
       <c r="J83" s="9">
-        <v>12277448</v>
-[...2 lines deleted...]
-      <c r="L83" s="9"/>
+        <v>12761188</v>
+      </c>
+      <c r="K83" s="9">
+        <v>12430009</v>
+      </c>
+      <c r="L83" s="9">
+        <v>12327807</v>
+      </c>
       <c r="M83" s="16"/>
       <c r="N83" s="16"/>
       <c r="O83" s="16"/>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A84" s="28"/>
+      <c r="A84" s="29"/>
       <c r="B84" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C84" s="7"/>
       <c r="D84" s="8">
         <v>9853362</v>
       </c>
       <c r="E84" s="17">
         <v>9907902</v>
       </c>
       <c r="F84" s="8">
         <v>9960238</v>
       </c>
       <c r="G84" s="9">
-        <v>9960238</v>
+        <v>10010672</v>
       </c>
       <c r="H84" s="9">
-        <v>10010672</v>
+        <v>10067611</v>
       </c>
       <c r="I84" s="9">
-        <v>10067611</v>
+        <v>10172572</v>
       </c>
       <c r="J84" s="9">
-        <v>10172572</v>
-[...2 lines deleted...]
-      <c r="L84" s="9"/>
+        <v>10290218</v>
+      </c>
+      <c r="K84" s="9">
+        <v>10419707</v>
+      </c>
+      <c r="L84" s="9">
+        <v>10440018</v>
+      </c>
       <c r="M84" s="16"/>
       <c r="N84" s="16"/>
       <c r="O84" s="16"/>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A85" s="28"/>
+      <c r="A85" s="29"/>
       <c r="B85" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C85" s="12"/>
       <c r="D85" s="17">
         <v>21826050</v>
       </c>
       <c r="E85" s="17">
         <v>21738716</v>
       </c>
       <c r="F85" s="17">
         <v>22147825</v>
       </c>
       <c r="G85" s="9">
-        <v>22147825</v>
+        <v>22728809</v>
       </c>
       <c r="H85" s="9">
-        <v>22728809</v>
+        <v>23079188</v>
       </c>
       <c r="I85" s="9">
-        <v>23079188</v>
+        <v>23104188</v>
       </c>
       <c r="J85" s="9">
-        <v>23104188</v>
-[...2 lines deleted...]
-      <c r="L85" s="9"/>
+        <v>22782086</v>
+      </c>
+      <c r="K85" s="9">
+        <v>22967106</v>
+      </c>
+      <c r="L85" s="9">
+        <v>22952585</v>
+      </c>
       <c r="M85" s="16"/>
       <c r="N85" s="16"/>
       <c r="O85" s="16"/>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A86" s="28"/>
+      <c r="A86" s="29"/>
       <c r="B86" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C86" s="7"/>
       <c r="D86" s="8">
         <v>12836005</v>
       </c>
       <c r="E86" s="17">
         <v>13198088</v>
       </c>
       <c r="F86" s="8">
         <v>13275400</v>
       </c>
       <c r="G86" s="9">
-        <v>13275400</v>
+        <v>12330320</v>
       </c>
       <c r="H86" s="9">
-        <v>12330320</v>
+        <v>12495758</v>
       </c>
       <c r="I86" s="9">
-        <v>12495758</v>
+        <v>11959040</v>
       </c>
       <c r="J86" s="9">
-        <v>11959040</v>
-[...2 lines deleted...]
-      <c r="L86" s="9"/>
+        <v>11972424</v>
+      </c>
+      <c r="K86" s="9">
+        <v>11764910</v>
+      </c>
+      <c r="L86" s="9">
+        <v>12659026</v>
+      </c>
       <c r="M86" s="16"/>
       <c r="N86" s="16"/>
       <c r="O86" s="16"/>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A87" s="28"/>
+      <c r="A87" s="29"/>
       <c r="B87" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C87" s="12"/>
       <c r="D87" s="17">
         <v>850747</v>
       </c>
       <c r="E87" s="17">
         <v>863830</v>
       </c>
       <c r="F87" s="17">
         <v>875671</v>
       </c>
       <c r="G87" s="9">
-        <v>875671</v>
+        <v>874380</v>
       </c>
       <c r="H87" s="9">
-        <v>874380</v>
+        <v>878398</v>
       </c>
       <c r="I87" s="9">
-        <v>878398</v>
+        <v>875786</v>
       </c>
       <c r="J87" s="9">
-        <v>875786</v>
-[...2 lines deleted...]
-      <c r="L87" s="9"/>
+        <v>887949</v>
+      </c>
+      <c r="K87" s="9">
+        <v>891474</v>
+      </c>
+      <c r="L87" s="9">
+        <v>899201</v>
+      </c>
       <c r="M87" s="16"/>
       <c r="N87" s="16"/>
       <c r="O87" s="16"/>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A88" s="28"/>
+      <c r="A88" s="29"/>
       <c r="B88" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C88" s="7"/>
       <c r="D88" s="8">
         <v>16717</v>
       </c>
       <c r="E88" s="17">
         <v>0</v>
       </c>
       <c r="F88" s="8">
         <v>94178</v>
       </c>
       <c r="G88" s="9">
-        <v>94178</v>
+        <v>52177</v>
       </c>
       <c r="H88" s="9">
-        <v>52177</v>
+        <v>9472</v>
       </c>
       <c r="I88" s="9">
-        <v>9472</v>
+        <v>84979</v>
       </c>
       <c r="J88" s="9">
-        <v>84979</v>
-[...2 lines deleted...]
-      <c r="L88" s="9"/>
+        <v>0</v>
+      </c>
+      <c r="K88" s="9">
+        <v>0</v>
+      </c>
+      <c r="L88" s="9">
+        <v>74883</v>
+      </c>
       <c r="M88" s="16"/>
       <c r="N88" s="16"/>
       <c r="O88" s="16"/>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A89" s="28"/>
+      <c r="A89" s="29"/>
       <c r="B89" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C89" s="12"/>
       <c r="D89" s="17">
         <v>19216</v>
       </c>
       <c r="E89" s="17">
         <v>19309</v>
       </c>
       <c r="F89" s="17">
         <v>19309</v>
       </c>
       <c r="G89" s="9">
-        <v>19309</v>
+        <v>0</v>
       </c>
       <c r="H89" s="9">
         <v>0</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
       <c r="J89" s="9">
         <v>0</v>
       </c>
-      <c r="K89" s="9"/>
-      <c r="L89" s="9"/>
+      <c r="K89" s="9">
+        <v>0</v>
+      </c>
+      <c r="L89" s="9">
+        <v>0</v>
+      </c>
       <c r="M89" s="16"/>
       <c r="N89" s="16"/>
       <c r="O89" s="16"/>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A90" s="28"/>
+      <c r="A90" s="29"/>
       <c r="B90" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C90" s="7"/>
       <c r="D90" s="8">
         <v>1361968</v>
       </c>
       <c r="E90" s="17">
         <v>1368113</v>
       </c>
       <c r="F90" s="8">
         <v>1371148</v>
       </c>
       <c r="G90" s="9">
-        <v>1371148</v>
+        <v>1369534</v>
       </c>
       <c r="H90" s="9">
-        <v>1369534</v>
+        <v>1370071</v>
       </c>
       <c r="I90" s="9">
-        <v>1370071</v>
+        <v>1246238</v>
       </c>
       <c r="J90" s="9">
-        <v>1246238</v>
-[...2 lines deleted...]
-      <c r="L90" s="9"/>
+        <v>1244114</v>
+      </c>
+      <c r="K90" s="9">
+        <v>1250082</v>
+      </c>
+      <c r="L90" s="9">
+        <v>1252943</v>
+      </c>
       <c r="M90" s="16"/>
       <c r="N90" s="16"/>
       <c r="O90" s="16"/>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A91" s="28"/>
+      <c r="A91" s="29"/>
       <c r="B91" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C91" s="12"/>
       <c r="D91" s="17">
         <v>384102</v>
       </c>
       <c r="E91" s="17">
         <v>293553</v>
       </c>
       <c r="F91" s="17">
         <v>234154</v>
       </c>
       <c r="G91" s="9">
-        <v>234154</v>
+        <v>258076</v>
       </c>
       <c r="H91" s="9">
-        <v>258076</v>
+        <v>406859</v>
       </c>
       <c r="I91" s="9">
-        <v>406859</v>
+        <v>637561</v>
       </c>
       <c r="J91" s="9">
-        <v>637561</v>
-[...2 lines deleted...]
-      <c r="L91" s="9"/>
+        <v>434263</v>
+      </c>
+      <c r="K91" s="9">
+        <v>469788</v>
+      </c>
+      <c r="L91" s="9">
+        <v>420330</v>
+      </c>
       <c r="M91" s="16"/>
       <c r="N91" s="16"/>
       <c r="O91" s="16"/>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A92" s="28"/>
+      <c r="A92" s="29"/>
       <c r="B92" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C92" s="7"/>
       <c r="D92" s="8">
         <v>2460817</v>
       </c>
       <c r="E92" s="8">
         <v>2422094</v>
       </c>
       <c r="F92" s="8">
         <v>2339829</v>
       </c>
       <c r="G92" s="9">
-        <v>2339829</v>
+        <v>2319414</v>
       </c>
       <c r="H92" s="9">
-        <v>2319414</v>
+        <v>2274092</v>
       </c>
       <c r="I92" s="9">
-        <v>2274092</v>
+        <v>1953049</v>
       </c>
       <c r="J92" s="9">
-        <v>1953049</v>
-[...2 lines deleted...]
-      <c r="L92" s="9"/>
+        <v>1926298</v>
+      </c>
+      <c r="K92" s="9">
+        <v>1936072</v>
+      </c>
+      <c r="L92" s="9">
+        <v>1973251</v>
+      </c>
       <c r="M92" s="16"/>
       <c r="N92" s="16"/>
       <c r="O92" s="16"/>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A93" s="28"/>
+      <c r="A93" s="29"/>
       <c r="B93" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C93" s="12"/>
       <c r="D93" s="17">
         <v>1430061</v>
       </c>
       <c r="E93" s="17">
         <v>1442191</v>
       </c>
       <c r="F93" s="17">
         <v>1460909</v>
       </c>
       <c r="G93" s="9">
-        <v>1460909</v>
+        <v>1377547</v>
       </c>
       <c r="H93" s="9">
-        <v>1377547</v>
+        <v>1375016</v>
       </c>
       <c r="I93" s="9">
-        <v>1375016</v>
+        <v>1330139</v>
       </c>
       <c r="J93" s="9">
-        <v>1330139</v>
-[...2 lines deleted...]
-      <c r="L93" s="9"/>
+        <v>1357888</v>
+      </c>
+      <c r="K93" s="9">
+        <v>1373917</v>
+      </c>
+      <c r="L93" s="9">
+        <v>1392473</v>
+      </c>
       <c r="M93" s="16"/>
       <c r="N93" s="16"/>
       <c r="O93" s="16"/>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A94" s="28"/>
+      <c r="A94" s="29"/>
       <c r="B94" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C94" s="7"/>
       <c r="D94" s="8">
         <v>1087175</v>
       </c>
       <c r="E94" s="8">
         <v>1088946</v>
       </c>
       <c r="F94" s="8">
         <v>1062446</v>
       </c>
       <c r="G94" s="9">
-        <v>1062446</v>
+        <v>1039962</v>
       </c>
       <c r="H94" s="9">
-        <v>1039962</v>
+        <v>1036753</v>
       </c>
       <c r="I94" s="9">
-        <v>1036753</v>
+        <v>912164</v>
       </c>
       <c r="J94" s="9">
-        <v>912164</v>
-[...2 lines deleted...]
-      <c r="L94" s="9"/>
+        <v>896469</v>
+      </c>
+      <c r="K94" s="9">
+        <v>863602</v>
+      </c>
+      <c r="L94" s="9">
+        <v>859763</v>
+      </c>
       <c r="M94" s="16"/>
       <c r="N94" s="16"/>
       <c r="O94" s="16"/>
     </row>
     <row r="95" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="13" t="s">
         <v>88</v>
       </c>
       <c r="B95" s="13"/>
       <c r="C95" s="13"/>
       <c r="D95" s="14">
         <v>114972064</v>
       </c>
       <c r="E95" s="14">
         <v>114568168</v>
       </c>
       <c r="F95" s="14">
         <v>115254011</v>
       </c>
       <c r="G95" s="15">
-        <v>115254011</v>
+        <v>115159356</v>
       </c>
       <c r="H95" s="15">
-        <v>115159356</v>
+        <v>115826861</v>
       </c>
       <c r="I95" s="15">
-        <v>115826861</v>
+        <v>116708387</v>
       </c>
       <c r="J95" s="15">
-        <v>116708387</v>
-[...2 lines deleted...]
-      <c r="L95" s="15"/>
+        <v>119137228</v>
+      </c>
+      <c r="K95" s="15">
+        <v>119715818</v>
+      </c>
+      <c r="L95" s="15">
+        <v>119876872</v>
+      </c>
       <c r="M95" s="10"/>
       <c r="N95" s="10"/>
       <c r="O95" s="10"/>
     </row>
     <row r="96" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="5"/>
       <c r="D96" s="18">
         <v>4601501</v>
       </c>
       <c r="E96" s="18">
         <v>4820438</v>
       </c>
       <c r="F96" s="18">
         <v>5158073</v>
       </c>
       <c r="G96" s="15">
-        <v>5158073</v>
+        <v>5515148</v>
       </c>
       <c r="H96" s="15">
-        <v>5515148</v>
+        <v>5604452</v>
       </c>
       <c r="I96" s="15">
-        <v>5604452</v>
+        <v>5469710</v>
       </c>
       <c r="J96" s="15">
-        <v>5469710</v>
-[...2 lines deleted...]
-      <c r="L96" s="15"/>
+        <v>5106521</v>
+      </c>
+      <c r="K96" s="15">
+        <v>5305237</v>
+      </c>
+      <c r="L96" s="15">
+        <v>5774137</v>
+      </c>
       <c r="M96" s="10"/>
       <c r="N96" s="10"/>
       <c r="O96" s="10"/>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A97" s="29"/>
+      <c r="A97" s="30"/>
       <c r="B97" s="12" t="s">
         <v>90</v>
       </c>
       <c r="C97" s="12"/>
       <c r="D97" s="17">
         <v>1874679</v>
       </c>
       <c r="E97" s="17">
         <v>2017436</v>
       </c>
       <c r="F97" s="17">
         <v>2029764</v>
       </c>
       <c r="G97" s="9">
-        <v>2029764</v>
+        <v>1974271</v>
       </c>
       <c r="H97" s="9">
-        <v>1974271</v>
+        <v>2138186</v>
       </c>
       <c r="I97" s="9">
-        <v>2138186</v>
+        <v>2156176</v>
       </c>
       <c r="J97" s="9">
-        <v>2156176</v>
-[...2 lines deleted...]
-      <c r="L97" s="9"/>
+        <v>1785117</v>
+      </c>
+      <c r="K97" s="9">
+        <v>1942148</v>
+      </c>
+      <c r="L97" s="9">
+        <v>1927607</v>
+      </c>
       <c r="M97" s="16"/>
       <c r="N97" s="16"/>
       <c r="O97" s="16"/>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A98" s="29"/>
+      <c r="A98" s="30"/>
       <c r="B98" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C98" s="7"/>
       <c r="D98" s="8">
         <v>0</v>
       </c>
       <c r="E98" s="8">
         <v>0</v>
       </c>
       <c r="F98" s="8">
         <v>0</v>
       </c>
       <c r="G98" s="9">
         <v>0</v>
       </c>
       <c r="H98" s="9">
         <v>0</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
       <c r="J98" s="9">
         <v>0</v>
       </c>
-      <c r="K98" s="9"/>
-      <c r="L98" s="9"/>
+      <c r="K98" s="9">
+        <v>0</v>
+      </c>
+      <c r="L98" s="9">
+        <v>0</v>
+      </c>
       <c r="M98" s="16"/>
       <c r="N98" s="16"/>
       <c r="O98" s="16"/>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A99" s="29"/>
+      <c r="A99" s="30"/>
       <c r="B99" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C99" s="12"/>
       <c r="D99" s="17">
         <v>668805</v>
       </c>
       <c r="E99" s="17">
         <v>741481</v>
       </c>
       <c r="F99" s="17">
         <v>1060051</v>
       </c>
       <c r="G99" s="9">
-        <v>1060051</v>
+        <v>1459629</v>
       </c>
       <c r="H99" s="9">
-        <v>1459629</v>
+        <v>1395429</v>
       </c>
       <c r="I99" s="9">
-        <v>1395429</v>
+        <v>1235636</v>
       </c>
       <c r="J99" s="9">
-        <v>1235636</v>
-[...2 lines deleted...]
-      <c r="L99" s="9"/>
+        <v>1227864</v>
+      </c>
+      <c r="K99" s="9">
+        <v>1271155</v>
+      </c>
+      <c r="L99" s="9">
+        <v>1756830</v>
+      </c>
       <c r="M99" s="16"/>
       <c r="N99" s="16"/>
       <c r="O99" s="16"/>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A100" s="29"/>
+      <c r="A100" s="30"/>
       <c r="B100" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C100" s="7"/>
       <c r="D100" s="8">
         <v>2058017</v>
       </c>
       <c r="E100" s="8">
         <v>2061521</v>
       </c>
       <c r="F100" s="8">
         <v>2068258</v>
       </c>
       <c r="G100" s="9">
-        <v>2068258</v>
+        <v>2081248</v>
       </c>
       <c r="H100" s="9">
-        <v>2081248</v>
+        <v>2070837</v>
       </c>
       <c r="I100" s="9">
-        <v>2070837</v>
+        <v>2077898</v>
       </c>
       <c r="J100" s="9">
-        <v>2077898</v>
-[...2 lines deleted...]
-      <c r="L100" s="9"/>
+        <v>2093540</v>
+      </c>
+      <c r="K100" s="9">
+        <v>2091934</v>
+      </c>
+      <c r="L100" s="9">
+        <v>2089700</v>
+      </c>
       <c r="M100" s="16"/>
       <c r="N100" s="16"/>
       <c r="O100" s="16"/>
     </row>
     <row r="101" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A101" s="13" t="s">
         <v>93</v>
       </c>
       <c r="B101" s="13"/>
       <c r="C101" s="13"/>
       <c r="D101" s="14">
         <v>3876002</v>
       </c>
       <c r="E101" s="14">
         <v>3889780</v>
       </c>
       <c r="F101" s="14">
         <v>3823191</v>
       </c>
       <c r="G101" s="15">
-        <v>3823191</v>
+        <v>3825891</v>
       </c>
       <c r="H101" s="15">
-        <v>3825891</v>
+        <v>3862161</v>
       </c>
       <c r="I101" s="15">
-        <v>3862161</v>
+        <v>3799448</v>
       </c>
       <c r="J101" s="15">
-        <v>3799448</v>
-[...2 lines deleted...]
-      <c r="L101" s="15"/>
+        <v>3721123</v>
+      </c>
+      <c r="K101" s="15">
+        <v>3827357</v>
+      </c>
+      <c r="L101" s="15">
+        <v>3861274</v>
+      </c>
       <c r="M101" s="10"/>
       <c r="N101" s="10"/>
       <c r="O101" s="10"/>
     </row>
-    <row r="102" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A102" s="28"/>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" s="29"/>
       <c r="B102" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C102" s="7"/>
       <c r="D102" s="8">
         <v>1785185</v>
       </c>
       <c r="E102" s="8">
         <v>1786749</v>
       </c>
       <c r="F102" s="8">
         <v>1796841</v>
       </c>
       <c r="G102" s="9">
-        <v>1796841</v>
+        <v>1797682</v>
       </c>
       <c r="H102" s="9">
-        <v>1797682</v>
+        <v>1820637</v>
       </c>
       <c r="I102" s="9">
-        <v>1820637</v>
+        <v>1845836</v>
       </c>
       <c r="J102" s="9">
-        <v>1845836</v>
-[...2 lines deleted...]
-      <c r="L102" s="9"/>
+        <v>1856503</v>
+      </c>
+      <c r="K102" s="9">
+        <v>1970796</v>
+      </c>
+      <c r="L102" s="9">
+        <v>1993831</v>
+      </c>
       <c r="M102" s="16"/>
       <c r="N102" s="16"/>
       <c r="O102" s="16"/>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A103" s="28"/>
+      <c r="A103" s="29"/>
       <c r="B103" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C103" s="12"/>
       <c r="D103" s="17">
         <v>98149</v>
       </c>
       <c r="E103" s="17">
         <v>98571</v>
       </c>
       <c r="F103" s="17">
         <v>99726</v>
       </c>
       <c r="G103" s="9">
-        <v>99726</v>
+        <v>100399</v>
       </c>
       <c r="H103" s="9">
-        <v>100399</v>
+        <v>101788</v>
       </c>
       <c r="I103" s="9">
-        <v>101788</v>
+        <v>102559</v>
       </c>
       <c r="J103" s="9">
-        <v>102559</v>
-[...2 lines deleted...]
-      <c r="L103" s="9"/>
+        <v>103477</v>
+      </c>
+      <c r="K103" s="9">
+        <v>105383</v>
+      </c>
+      <c r="L103" s="9">
+        <v>106553</v>
+      </c>
       <c r="M103" s="16"/>
       <c r="N103" s="16"/>
       <c r="O103" s="16"/>
     </row>
     <row r="104" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="28"/>
+      <c r="A104" s="29"/>
       <c r="B104" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C104" s="7"/>
       <c r="D104" s="8">
         <v>1992668</v>
       </c>
       <c r="E104" s="8">
         <v>2004460</v>
       </c>
       <c r="F104" s="8">
         <v>1926624</v>
       </c>
       <c r="G104" s="9">
-        <v>1926624</v>
+        <v>1927810</v>
       </c>
       <c r="H104" s="9">
-        <v>1927810</v>
+        <v>1939736</v>
       </c>
       <c r="I104" s="9">
-        <v>1939736</v>
+        <v>1851053</v>
       </c>
       <c r="J104" s="9">
-        <v>1851053</v>
-[...2 lines deleted...]
-      <c r="L104" s="9"/>
+        <v>1761143</v>
+      </c>
+      <c r="K104" s="9">
+        <v>1751178</v>
+      </c>
+      <c r="L104" s="9">
+        <v>1760890</v>
+      </c>
       <c r="M104" s="16"/>
       <c r="N104" s="16"/>
       <c r="O104" s="16"/>
     </row>
     <row r="105" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A105" s="13" t="s">
         <v>97</v>
       </c>
       <c r="B105" s="13"/>
       <c r="C105" s="13"/>
       <c r="D105" s="14">
         <v>326304</v>
       </c>
       <c r="E105" s="14">
         <v>325600</v>
       </c>
       <c r="F105" s="14">
         <v>319778</v>
       </c>
       <c r="G105" s="15">
-        <v>319778</v>
+        <v>318208</v>
       </c>
       <c r="H105" s="15">
-        <v>318208</v>
+        <v>310720</v>
       </c>
       <c r="I105" s="15">
-        <v>310720</v>
+        <v>215058</v>
       </c>
       <c r="J105" s="15">
-        <v>215058</v>
-[...2 lines deleted...]
-      <c r="L105" s="15"/>
+        <v>218395</v>
+      </c>
+      <c r="K105" s="15">
+        <v>214366</v>
+      </c>
+      <c r="L105" s="15">
+        <v>176378</v>
+      </c>
       <c r="M105" s="10"/>
       <c r="N105" s="10"/>
       <c r="O105" s="10"/>
     </row>
-    <row r="106" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A106" s="28"/>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A106" s="29"/>
       <c r="B106" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C106" s="7"/>
       <c r="D106" s="8">
         <v>326304</v>
       </c>
       <c r="E106" s="8">
         <v>325600</v>
       </c>
       <c r="F106" s="8">
         <v>319778</v>
       </c>
       <c r="G106" s="9">
-        <v>319778</v>
+        <v>318208</v>
       </c>
       <c r="H106" s="9">
-        <v>318208</v>
+        <v>310720</v>
       </c>
       <c r="I106" s="9">
-        <v>310720</v>
+        <v>215058</v>
       </c>
       <c r="J106" s="9">
-        <v>215058</v>
-[...2 lines deleted...]
-      <c r="L106" s="9"/>
+        <v>218395</v>
+      </c>
+      <c r="K106" s="9">
+        <v>214366</v>
+      </c>
+      <c r="L106" s="9">
+        <v>176378</v>
+      </c>
       <c r="M106" s="16"/>
       <c r="N106" s="16"/>
       <c r="O106" s="16"/>
     </row>
     <row r="107" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="28"/>
+      <c r="A107" s="29"/>
       <c r="B107" s="12" t="s">
         <v>96</v>
       </c>
       <c r="C107" s="12"/>
       <c r="D107" s="17">
         <v>0</v>
       </c>
       <c r="E107" s="17">
         <v>0</v>
       </c>
       <c r="F107" s="17">
         <v>0</v>
       </c>
       <c r="G107" s="9">
         <v>0</v>
       </c>
       <c r="H107" s="9">
         <v>0</v>
       </c>
       <c r="I107" s="9">
         <v>0</v>
       </c>
       <c r="J107" s="9">
         <v>0</v>
       </c>
-      <c r="K107" s="9"/>
-      <c r="L107" s="9"/>
+      <c r="K107" s="9">
+        <v>0</v>
+      </c>
+      <c r="L107" s="9">
+        <v>0</v>
+      </c>
       <c r="M107" s="16"/>
       <c r="N107" s="16"/>
       <c r="O107" s="16"/>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A108" s="28"/>
+      <c r="A108" s="29"/>
       <c r="B108" s="7" t="s">
         <v>98</v>
       </c>
       <c r="C108" s="7"/>
       <c r="D108" s="8">
         <v>0</v>
       </c>
       <c r="E108" s="8">
         <v>0</v>
       </c>
       <c r="F108" s="8">
         <v>0</v>
       </c>
       <c r="G108" s="9">
         <v>0</v>
       </c>
       <c r="H108" s="9">
         <v>0</v>
       </c>
       <c r="I108" s="9">
         <v>0</v>
       </c>
       <c r="J108" s="9">
         <v>0</v>
       </c>
-      <c r="K108" s="9"/>
-      <c r="L108" s="9"/>
+      <c r="K108" s="9">
+        <v>0</v>
+      </c>
+      <c r="L108" s="9">
+        <v>0</v>
+      </c>
       <c r="M108" s="16"/>
       <c r="N108" s="16"/>
       <c r="O108" s="16"/>
     </row>
     <row r="109" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A109" s="13" t="s">
         <v>99</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
       <c r="D109" s="14">
         <v>0</v>
       </c>
       <c r="E109" s="14">
         <v>0</v>
       </c>
       <c r="F109" s="14">
         <v>0</v>
       </c>
       <c r="G109" s="15">
         <v>0</v>
       </c>
       <c r="H109" s="15">
         <v>0</v>
       </c>
       <c r="I109" s="15">
         <v>0</v>
       </c>
       <c r="J109" s="15">
         <v>0</v>
       </c>
-      <c r="K109" s="15"/>
-      <c r="L109" s="15"/>
+      <c r="K109" s="15">
+        <v>0</v>
+      </c>
+      <c r="L109" s="15">
+        <v>0</v>
+      </c>
       <c r="M109" s="10"/>
       <c r="N109" s="10"/>
       <c r="O109" s="10"/>
     </row>
-    <row r="110" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="5"/>
       <c r="D110" s="18">
         <v>6041</v>
       </c>
       <c r="E110" s="18">
         <v>6041</v>
       </c>
       <c r="F110" s="18">
         <v>6041</v>
       </c>
       <c r="G110" s="15">
         <v>6041</v>
       </c>
       <c r="H110" s="15">
         <v>6041</v>
       </c>
       <c r="I110" s="15">
         <v>6041</v>
       </c>
       <c r="J110" s="15">
         <v>6041</v>
       </c>
-      <c r="K110" s="15"/>
-      <c r="L110" s="15"/>
+      <c r="K110" s="15">
+        <v>6041</v>
+      </c>
+      <c r="L110" s="15">
+        <v>6041</v>
+      </c>
       <c r="M110" s="10"/>
       <c r="N110" s="10"/>
       <c r="O110" s="10"/>
     </row>
     <row r="111" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A111" s="13" t="s">
         <v>101</v>
       </c>
       <c r="B111" s="13"/>
       <c r="C111" s="13"/>
       <c r="D111" s="14"/>
       <c r="E111" s="14"/>
       <c r="F111" s="14"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15"/>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15"/>
       <c r="L111" s="15"/>
       <c r="M111" s="10"/>
       <c r="N111" s="10"/>
       <c r="O111" s="10"/>
     </row>
     <row r="112" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="28"/>
+      <c r="A112" s="29"/>
       <c r="B112" s="7" t="s">
         <v>102</v>
       </c>
       <c r="C112" s="7"/>
       <c r="D112" s="8"/>
       <c r="E112" s="8"/>
       <c r="F112" s="8"/>
       <c r="G112" s="9"/>
       <c r="H112" s="9"/>
       <c r="I112" s="9"/>
       <c r="J112" s="9"/>
       <c r="K112" s="9"/>
       <c r="L112" s="9"/>
       <c r="M112" s="16"/>
       <c r="N112" s="16"/>
       <c r="O112" s="16"/>
     </row>
     <row r="113" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A113" s="28"/>
+      <c r="A113" s="29"/>
       <c r="B113" s="12" t="s">
         <v>103</v>
       </c>
       <c r="C113" s="12"/>
       <c r="D113" s="17"/>
       <c r="E113" s="17"/>
       <c r="F113" s="17"/>
       <c r="G113" s="9"/>
       <c r="H113" s="9"/>
       <c r="I113" s="9"/>
       <c r="J113" s="9"/>
       <c r="K113" s="9"/>
       <c r="L113" s="9"/>
       <c r="M113" s="16"/>
       <c r="N113" s="16"/>
       <c r="O113" s="16"/>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A114" s="28"/>
+      <c r="A114" s="29"/>
       <c r="B114" s="7" t="s">
         <v>104</v>
       </c>
       <c r="C114" s="7"/>
       <c r="D114" s="8"/>
       <c r="E114" s="8"/>
       <c r="F114" s="8"/>
       <c r="G114" s="9"/>
       <c r="H114" s="9"/>
       <c r="I114" s="9"/>
       <c r="J114" s="9"/>
       <c r="K114" s="9"/>
       <c r="L114" s="9"/>
       <c r="M114" s="16"/>
       <c r="N114" s="16"/>
       <c r="O114" s="16"/>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A115" s="28"/>
+      <c r="A115" s="29"/>
       <c r="B115" s="12" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="12"/>
       <c r="D115" s="17"/>
       <c r="E115" s="17"/>
       <c r="F115" s="17"/>
       <c r="G115" s="9"/>
       <c r="H115" s="9"/>
       <c r="I115" s="9"/>
       <c r="J115" s="9"/>
       <c r="K115" s="9"/>
       <c r="L115" s="9"/>
       <c r="M115" s="16"/>
       <c r="N115" s="16"/>
       <c r="O115" s="16"/>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A116" s="28"/>
+      <c r="A116" s="29"/>
       <c r="B116" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C116" s="7"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="8"/>
       <c r="G116" s="9"/>
       <c r="H116" s="9"/>
       <c r="I116" s="9"/>
       <c r="J116" s="9"/>
       <c r="K116" s="9"/>
       <c r="L116" s="9"/>
       <c r="M116" s="16"/>
       <c r="N116" s="16"/>
       <c r="O116" s="16"/>
     </row>
     <row r="117" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A117" s="13" t="s">
         <v>107</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
       <c r="D117" s="14">
         <v>8809848</v>
       </c>
       <c r="E117" s="14">
         <v>9041859</v>
       </c>
       <c r="F117" s="14">
         <v>9307083</v>
       </c>
       <c r="G117" s="15">
-        <v>9307083</v>
+        <v>9665288</v>
       </c>
       <c r="H117" s="15">
-        <v>9665288</v>
+        <v>9783374</v>
       </c>
       <c r="I117" s="15">
-        <v>9783374</v>
+        <v>9490257</v>
       </c>
       <c r="J117" s="15">
-        <v>9490257</v>
-[...2 lines deleted...]
-      <c r="L117" s="15"/>
+        <v>9052080</v>
+      </c>
+      <c r="K117" s="15">
+        <v>9353001</v>
+      </c>
+      <c r="L117" s="15">
+        <v>9817830</v>
+      </c>
       <c r="M117" s="10"/>
       <c r="N117" s="10"/>
       <c r="O117" s="10"/>
     </row>
     <row r="118" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="5"/>
       <c r="D118" s="18">
         <v>2862280</v>
       </c>
       <c r="E118" s="18">
         <v>2855101</v>
       </c>
       <c r="F118" s="18">
         <v>2832833</v>
       </c>
       <c r="G118" s="15">
-        <v>2832833</v>
+        <v>2829134</v>
       </c>
       <c r="H118" s="15">
-        <v>2829134</v>
+        <v>2816043</v>
       </c>
       <c r="I118" s="15">
-        <v>2816043</v>
+        <v>2830199</v>
       </c>
       <c r="J118" s="15">
-        <v>2830199</v>
-[...2 lines deleted...]
-      <c r="L118" s="15"/>
+        <v>2813934</v>
+      </c>
+      <c r="K118" s="15">
+        <v>2842141</v>
+      </c>
+      <c r="L118" s="15">
+        <v>2884629</v>
+      </c>
       <c r="M118" s="10"/>
       <c r="N118" s="10"/>
       <c r="O118" s="10"/>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A119" s="29"/>
+      <c r="A119" s="30"/>
       <c r="B119" s="12" t="s">
         <v>109</v>
       </c>
       <c r="C119" s="12"/>
       <c r="D119" s="17">
         <v>1518065</v>
       </c>
       <c r="E119" s="17">
         <v>1503028</v>
       </c>
       <c r="F119" s="17">
         <v>1491318</v>
       </c>
       <c r="G119" s="9">
-        <v>1491318</v>
+        <v>1482194</v>
       </c>
       <c r="H119" s="9">
-        <v>1482194</v>
+        <v>1482072</v>
       </c>
       <c r="I119" s="9">
-        <v>1482072</v>
+        <v>1444782</v>
       </c>
       <c r="J119" s="9">
-        <v>1444782</v>
-[...2 lines deleted...]
-      <c r="L119" s="9"/>
+        <v>1435474</v>
+      </c>
+      <c r="K119" s="9">
+        <v>1441234</v>
+      </c>
+      <c r="L119" s="9">
+        <v>1440646</v>
+      </c>
       <c r="M119" s="16"/>
       <c r="N119" s="16"/>
       <c r="O119" s="16"/>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A120" s="29"/>
+      <c r="A120" s="30"/>
       <c r="B120" s="7" t="s">
         <v>110</v>
       </c>
       <c r="C120" s="7"/>
       <c r="D120" s="8">
         <v>175185</v>
       </c>
       <c r="E120" s="8">
         <v>176491</v>
       </c>
       <c r="F120" s="8">
         <v>172106</v>
       </c>
       <c r="G120" s="9">
-        <v>172106</v>
+        <v>167542</v>
       </c>
       <c r="H120" s="9">
-        <v>167542</v>
+        <v>164119</v>
       </c>
       <c r="I120" s="9">
-        <v>164119</v>
+        <v>160331</v>
       </c>
       <c r="J120" s="9">
-        <v>160331</v>
-[...2 lines deleted...]
-      <c r="L120" s="9"/>
+        <v>157549</v>
+      </c>
+      <c r="K120" s="9">
+        <v>167929</v>
+      </c>
+      <c r="L120" s="9">
+        <v>174468</v>
+      </c>
       <c r="M120" s="16"/>
       <c r="N120" s="16"/>
       <c r="O120" s="16"/>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A121" s="29"/>
+      <c r="A121" s="30"/>
       <c r="B121" s="12" t="s">
         <v>111</v>
       </c>
       <c r="C121" s="12"/>
       <c r="D121" s="17">
         <v>1488593</v>
       </c>
       <c r="E121" s="17">
         <v>1502596</v>
       </c>
       <c r="F121" s="17">
         <v>1483787</v>
       </c>
       <c r="G121" s="9">
-        <v>1483787</v>
+        <v>1497061</v>
       </c>
       <c r="H121" s="9">
-        <v>1497061</v>
+        <v>1494604</v>
       </c>
       <c r="I121" s="9">
-        <v>1494604</v>
+        <v>1476369</v>
       </c>
       <c r="J121" s="9">
-        <v>1476369</v>
-[...2 lines deleted...]
-      <c r="L121" s="9"/>
+        <v>1477586</v>
+      </c>
+      <c r="K121" s="9">
+        <v>1502402</v>
+      </c>
+      <c r="L121" s="9">
+        <v>1541626</v>
+      </c>
       <c r="M121" s="16"/>
       <c r="N121" s="16"/>
       <c r="O121" s="16"/>
     </row>
     <row r="122" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="29"/>
+      <c r="A122" s="30"/>
       <c r="B122" s="7" t="s">
         <v>112</v>
       </c>
       <c r="C122" s="7"/>
       <c r="D122" s="8">
         <v>505337</v>
       </c>
       <c r="E122" s="8">
         <v>508514</v>
       </c>
       <c r="F122" s="8">
         <v>520098</v>
       </c>
       <c r="G122" s="9">
-        <v>520098</v>
+        <v>527389</v>
       </c>
       <c r="H122" s="9">
-        <v>527389</v>
+        <v>530125</v>
       </c>
       <c r="I122" s="9">
-        <v>530125</v>
+        <v>549664</v>
       </c>
       <c r="J122" s="9">
-        <v>549664</v>
-[...2 lines deleted...]
-      <c r="L122" s="9"/>
+        <v>555589</v>
+      </c>
+      <c r="K122" s="9">
+        <v>552598</v>
+      </c>
+      <c r="L122" s="9">
+        <v>560366</v>
+      </c>
       <c r="M122" s="16"/>
       <c r="N122" s="16"/>
       <c r="O122" s="16"/>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A123" s="29"/>
+      <c r="A123" s="30"/>
       <c r="B123" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C123" s="12"/>
       <c r="D123" s="17">
         <v>824900</v>
       </c>
       <c r="E123" s="17">
         <v>835528</v>
       </c>
       <c r="F123" s="17">
         <v>834476</v>
       </c>
       <c r="G123" s="9">
-        <v>834476</v>
+        <v>845052</v>
       </c>
       <c r="H123" s="9">
-        <v>845052</v>
+        <v>854877</v>
       </c>
       <c r="I123" s="9">
-        <v>854877</v>
+        <v>800947</v>
       </c>
       <c r="J123" s="9">
-        <v>800947</v>
-[...2 lines deleted...]
-      <c r="L123" s="9"/>
+        <v>812264</v>
+      </c>
+      <c r="K123" s="9">
+        <v>822022</v>
+      </c>
+      <c r="L123" s="9">
+        <v>832477</v>
+      </c>
       <c r="M123" s="16"/>
       <c r="N123" s="16"/>
       <c r="O123" s="16"/>
     </row>
     <row r="124" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="5"/>
       <c r="D124" s="18">
         <v>4402636</v>
       </c>
       <c r="E124" s="18">
         <v>3149072</v>
       </c>
       <c r="F124" s="18">
         <v>2684030</v>
       </c>
       <c r="G124" s="15">
-        <v>2684030</v>
+        <v>3004535</v>
       </c>
       <c r="H124" s="15">
-        <v>3004535</v>
+        <v>3464558</v>
       </c>
       <c r="I124" s="15">
-        <v>3464558</v>
+        <v>4166852</v>
       </c>
       <c r="J124" s="15">
-        <v>4166852</v>
-[...2 lines deleted...]
-      <c r="L124" s="15"/>
+        <v>3223360</v>
+      </c>
+      <c r="K124" s="15">
+        <v>3217838</v>
+      </c>
+      <c r="L124" s="15">
+        <v>2539521</v>
+      </c>
       <c r="M124" s="10"/>
       <c r="N124" s="10"/>
       <c r="O124" s="10"/>
     </row>
     <row r="125" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="29"/>
+      <c r="A125" s="30"/>
       <c r="B125" s="12" t="s">
         <v>115</v>
       </c>
       <c r="C125" s="12"/>
       <c r="D125" s="17">
         <v>352492</v>
       </c>
       <c r="E125" s="17">
         <v>364050</v>
       </c>
       <c r="F125" s="17">
         <v>360464</v>
       </c>
       <c r="G125" s="9">
-        <v>360464</v>
+        <v>378202</v>
       </c>
       <c r="H125" s="9">
-        <v>378202</v>
+        <v>395242</v>
       </c>
       <c r="I125" s="9">
-        <v>395242</v>
+        <v>382585</v>
       </c>
       <c r="J125" s="9">
-        <v>382585</v>
-[...2 lines deleted...]
-      <c r="L125" s="9"/>
+        <v>383477</v>
+      </c>
+      <c r="K125" s="9">
+        <v>383953</v>
+      </c>
+      <c r="L125" s="9">
+        <v>378136</v>
+      </c>
       <c r="M125" s="16"/>
       <c r="N125" s="16"/>
       <c r="O125" s="16"/>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A126" s="29"/>
+      <c r="A126" s="30"/>
       <c r="B126" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C126" s="7"/>
       <c r="D126" s="8">
         <v>1800501</v>
       </c>
       <c r="E126" s="8">
         <v>1088845</v>
       </c>
       <c r="F126" s="8">
         <v>738332</v>
       </c>
       <c r="G126" s="9">
-        <v>738332</v>
+        <v>1022004</v>
       </c>
       <c r="H126" s="9">
-        <v>1022004</v>
+        <v>1669704</v>
       </c>
       <c r="I126" s="9">
-        <v>1669704</v>
+        <v>1910667</v>
       </c>
       <c r="J126" s="9">
-        <v>1910667</v>
-[...2 lines deleted...]
-      <c r="L126" s="9"/>
+        <v>1107406</v>
+      </c>
+      <c r="K126" s="9">
+        <v>1139660</v>
+      </c>
+      <c r="L126" s="9">
+        <v>418265</v>
+      </c>
       <c r="M126" s="16"/>
       <c r="N126" s="16"/>
       <c r="O126" s="16"/>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A127" s="29"/>
+      <c r="A127" s="30"/>
       <c r="B127" s="12" t="s">
         <v>116</v>
       </c>
       <c r="C127" s="12"/>
       <c r="D127" s="17">
         <v>280698</v>
       </c>
       <c r="E127" s="17">
         <v>323051</v>
       </c>
       <c r="F127" s="17">
         <v>295839</v>
       </c>
       <c r="G127" s="9">
-        <v>295839</v>
+        <v>311546</v>
       </c>
       <c r="H127" s="9">
-        <v>311546</v>
+        <v>77315</v>
       </c>
       <c r="I127" s="9">
-        <v>77315</v>
+        <v>412805</v>
       </c>
       <c r="J127" s="9">
-        <v>412805</v>
-[...2 lines deleted...]
-      <c r="L127" s="9"/>
+        <v>422150</v>
+      </c>
+      <c r="K127" s="9">
+        <v>433324</v>
+      </c>
+      <c r="L127" s="9">
+        <v>487865</v>
+      </c>
       <c r="M127" s="16"/>
       <c r="N127" s="16"/>
       <c r="O127" s="16"/>
     </row>
     <row r="128" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="29"/>
+      <c r="A128" s="30"/>
       <c r="B128" s="7" t="s">
         <v>117</v>
       </c>
       <c r="C128" s="7"/>
       <c r="D128" s="8">
         <v>439194</v>
       </c>
       <c r="E128" s="8">
         <v>425252</v>
       </c>
       <c r="F128" s="8">
         <v>405282</v>
       </c>
       <c r="G128" s="9">
-        <v>405282</v>
+        <v>409918</v>
       </c>
       <c r="H128" s="9">
-        <v>409918</v>
+        <v>394436</v>
       </c>
       <c r="I128" s="9">
-        <v>394436</v>
+        <v>385140</v>
       </c>
       <c r="J128" s="9">
-        <v>385140</v>
-[...2 lines deleted...]
-      <c r="L128" s="9"/>
+        <v>360461</v>
+      </c>
+      <c r="K128" s="9">
+        <v>369451</v>
+      </c>
+      <c r="L128" s="9">
+        <v>353638</v>
+      </c>
       <c r="M128" s="16"/>
       <c r="N128" s="16"/>
       <c r="O128" s="16"/>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A129" s="29"/>
+      <c r="A129" s="30"/>
       <c r="B129" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C129" s="12"/>
       <c r="D129" s="17">
         <v>434213</v>
       </c>
       <c r="E129" s="17">
         <v>428294</v>
       </c>
       <c r="F129" s="17">
         <v>422135</v>
       </c>
       <c r="G129" s="9">
-        <v>422135</v>
+        <v>416269</v>
       </c>
       <c r="H129" s="9">
-        <v>416269</v>
+        <v>410467</v>
       </c>
       <c r="I129" s="9">
-        <v>410467</v>
+        <v>404380</v>
       </c>
       <c r="J129" s="9">
-        <v>404380</v>
-[...2 lines deleted...]
-      <c r="L129" s="9"/>
+        <v>398448</v>
+      </c>
+      <c r="K129" s="9">
+        <v>398989</v>
+      </c>
+      <c r="L129" s="9">
+        <v>393138</v>
+      </c>
       <c r="M129" s="16"/>
       <c r="N129" s="16"/>
       <c r="O129" s="16"/>
     </row>
     <row r="130" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A130" s="29"/>
+      <c r="A130" s="30"/>
       <c r="B130" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C130" s="7"/>
       <c r="D130" s="8">
         <v>1095538</v>
       </c>
       <c r="E130" s="8">
         <v>519580</v>
       </c>
       <c r="F130" s="8">
         <v>461978</v>
       </c>
       <c r="G130" s="9">
-        <v>461978</v>
+        <v>466596</v>
       </c>
       <c r="H130" s="9">
-        <v>466596</v>
+        <v>517394</v>
       </c>
       <c r="I130" s="9">
-        <v>517394</v>
+        <v>671275</v>
       </c>
       <c r="J130" s="9">
-        <v>671275</v>
-[...2 lines deleted...]
-      <c r="L130" s="9"/>
+        <v>551418</v>
+      </c>
+      <c r="K130" s="9">
+        <v>492461</v>
+      </c>
+      <c r="L130" s="9">
+        <v>508479</v>
+      </c>
       <c r="M130" s="16"/>
       <c r="N130" s="16"/>
       <c r="O130" s="16"/>
     </row>
     <row r="131" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A131" s="13" t="s">
         <v>119</v>
       </c>
       <c r="B131" s="13"/>
       <c r="C131" s="13"/>
       <c r="D131" s="14"/>
       <c r="E131" s="14"/>
       <c r="F131" s="14"/>
       <c r="G131" s="9"/>
       <c r="H131" s="9"/>
       <c r="I131" s="9"/>
       <c r="J131" s="9"/>
       <c r="K131" s="9"/>
       <c r="L131" s="9"/>
       <c r="M131" s="10"/>
       <c r="N131" s="10"/>
       <c r="O131" s="10"/>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A132" s="28"/>
+      <c r="A132" s="29"/>
       <c r="B132" s="7" t="s">
         <v>120</v>
       </c>
       <c r="C132" s="7"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="8"/>
       <c r="G132" s="9"/>
       <c r="H132" s="9"/>
       <c r="I132" s="9"/>
       <c r="J132" s="9"/>
       <c r="K132" s="9"/>
       <c r="L132" s="9"/>
       <c r="M132" s="16"/>
       <c r="N132" s="16"/>
       <c r="O132" s="16"/>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A133" s="28"/>
+      <c r="A133" s="29"/>
       <c r="B133" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C133" s="12"/>
       <c r="D133" s="17"/>
       <c r="E133" s="17"/>
       <c r="F133" s="17"/>
       <c r="G133" s="9"/>
       <c r="H133" s="9"/>
       <c r="I133" s="9"/>
       <c r="J133" s="9"/>
       <c r="K133" s="9"/>
       <c r="L133" s="9"/>
       <c r="M133" s="16"/>
       <c r="N133" s="16"/>
       <c r="O133" s="16"/>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A134" s="28"/>
+      <c r="A134" s="29"/>
       <c r="B134" s="7" t="s">
         <v>69</v>
       </c>
       <c r="C134" s="7"/>
       <c r="D134" s="8"/>
       <c r="E134" s="8"/>
       <c r="F134" s="8"/>
       <c r="G134" s="9"/>
       <c r="H134" s="9"/>
       <c r="I134" s="9"/>
       <c r="J134" s="9"/>
       <c r="K134" s="9"/>
       <c r="L134" s="9"/>
       <c r="M134" s="16"/>
       <c r="N134" s="16"/>
       <c r="O134" s="16"/>
     </row>
     <row r="135" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A135" s="13" t="s">
         <v>122</v>
       </c>
       <c r="B135" s="13"/>
       <c r="C135" s="13"/>
       <c r="D135" s="14">
         <v>183506385</v>
       </c>
       <c r="E135" s="14">
         <v>183561952</v>
       </c>
       <c r="F135" s="14">
         <v>182731313</v>
       </c>
       <c r="G135" s="15">
-        <v>182731313</v>
+        <v>183323203</v>
       </c>
       <c r="H135" s="15">
-        <v>183323203</v>
+        <v>180882811</v>
       </c>
       <c r="I135" s="15">
-        <v>180882811</v>
+        <v>179090259</v>
       </c>
       <c r="J135" s="15">
-        <v>179090259</v>
-[...2 lines deleted...]
-      <c r="L135" s="15"/>
+        <v>182524940</v>
+      </c>
+      <c r="K135" s="15">
+        <v>182426061</v>
+      </c>
+      <c r="L135" s="15">
+        <v>184709162</v>
+      </c>
       <c r="M135" s="10"/>
       <c r="N135" s="10"/>
       <c r="O135" s="10"/>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A136" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B136" s="7"/>
       <c r="C136" s="7"/>
       <c r="D136" s="8"/>
       <c r="E136" s="8"/>
       <c r="F136" s="8"/>
       <c r="G136" s="9"/>
       <c r="H136" s="9"/>
       <c r="I136" s="9"/>
       <c r="J136" s="9"/>
       <c r="K136" s="9"/>
       <c r="L136" s="9"/>
       <c r="M136" s="16"/>
       <c r="N136" s="16"/>
       <c r="O136" s="16"/>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B137" s="12"/>
       <c r="C137" s="12"/>
       <c r="D137" s="17">
         <v>5648685</v>
       </c>
       <c r="E137" s="17">
         <v>5857369</v>
       </c>
       <c r="F137" s="17">
         <v>5896471</v>
       </c>
       <c r="G137" s="9">
-        <v>5896471</v>
+        <v>5883350</v>
       </c>
       <c r="H137" s="9">
-        <v>5883350</v>
+        <v>6077176</v>
       </c>
       <c r="I137" s="9">
-        <v>6077176</v>
+        <v>6108415</v>
       </c>
       <c r="J137" s="9">
-        <v>6108415</v>
-[...2 lines deleted...]
-      <c r="L137" s="9"/>
+        <v>5910801</v>
+      </c>
+      <c r="K137" s="9">
+        <v>6049597</v>
+      </c>
+      <c r="L137" s="9">
+        <v>6101283</v>
+      </c>
       <c r="M137" s="16"/>
       <c r="N137" s="16"/>
       <c r="O137" s="16"/>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A138" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B138" s="7"/>
       <c r="C138" s="7"/>
       <c r="D138" s="8">
         <v>12136690</v>
       </c>
       <c r="E138" s="8">
         <v>12003960</v>
       </c>
       <c r="F138" s="8">
         <v>12519841</v>
       </c>
       <c r="G138" s="9">
-        <v>12519841</v>
+        <v>12396328</v>
       </c>
       <c r="H138" s="9">
-        <v>12396328</v>
+        <v>11824356</v>
       </c>
       <c r="I138" s="9">
-        <v>11824356</v>
+        <v>11420086</v>
       </c>
       <c r="J138" s="9">
-        <v>11420086</v>
-[...2 lines deleted...]
-      <c r="L138" s="9"/>
+        <v>11054004</v>
+      </c>
+      <c r="K138" s="9">
+        <v>11763911</v>
+      </c>
+      <c r="L138" s="9">
+        <v>11822820</v>
+      </c>
       <c r="M138" s="16"/>
       <c r="N138" s="16"/>
       <c r="O138" s="16"/>
     </row>
     <row r="139" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A139" s="12" t="s">
         <v>126</v>
       </c>
       <c r="B139" s="12"/>
       <c r="C139" s="12"/>
       <c r="D139" s="17">
         <v>0</v>
       </c>
       <c r="E139" s="17">
         <v>0</v>
       </c>
       <c r="F139" s="17">
         <v>0</v>
       </c>
       <c r="G139" s="9">
         <v>0</v>
       </c>
       <c r="H139" s="9">
         <v>0</v>
       </c>
       <c r="I139" s="9">
         <v>0</v>
       </c>
       <c r="J139" s="9">
         <v>0</v>
       </c>
-      <c r="K139" s="9"/>
-      <c r="L139" s="9"/>
+      <c r="K139" s="9">
+        <v>0</v>
+      </c>
+      <c r="L139" s="9">
+        <v>0</v>
+      </c>
       <c r="M139" s="16"/>
       <c r="N139" s="16"/>
       <c r="O139" s="16"/>
     </row>
     <row r="140" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A140" s="7" t="s">
         <v>127</v>
       </c>
       <c r="B140" s="7"/>
       <c r="C140" s="7"/>
       <c r="D140" s="8">
         <v>145870273</v>
       </c>
       <c r="E140" s="8">
         <v>146717947</v>
       </c>
       <c r="F140" s="8">
         <v>147022371</v>
       </c>
       <c r="G140" s="9">
-        <v>147022371</v>
+        <v>148012170</v>
       </c>
       <c r="H140" s="9">
-        <v>148012170</v>
+        <v>146110111</v>
       </c>
       <c r="I140" s="9">
-        <v>146110111</v>
+        <v>143857641</v>
       </c>
       <c r="J140" s="9">
-        <v>143857641</v>
-[...2 lines deleted...]
-      <c r="L140" s="9"/>
+        <v>141356261</v>
+      </c>
+      <c r="K140" s="9">
+        <v>143812935</v>
+      </c>
+      <c r="L140" s="9">
+        <v>145597542</v>
+      </c>
       <c r="M140" s="16"/>
       <c r="N140" s="16"/>
       <c r="O140" s="16"/>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>128</v>
       </c>
       <c r="B141" s="12"/>
       <c r="C141" s="12"/>
       <c r="D141" s="17">
         <v>165333224</v>
       </c>
       <c r="E141" s="17">
         <v>166473314</v>
       </c>
       <c r="F141" s="17">
         <v>172191912</v>
       </c>
       <c r="G141" s="9">
-        <v>172191912</v>
+        <v>169102374</v>
       </c>
       <c r="H141" s="9">
-        <v>169102374</v>
+        <v>169923993</v>
       </c>
       <c r="I141" s="9">
-        <v>169923993</v>
+        <v>168004735</v>
       </c>
       <c r="J141" s="9">
-        <v>168004735</v>
-[...2 lines deleted...]
-      <c r="L141" s="9"/>
+        <v>168450650</v>
+      </c>
+      <c r="K141" s="9">
+        <v>167778292</v>
+      </c>
+      <c r="L141" s="9">
+        <v>168725585</v>
+      </c>
       <c r="M141" s="16"/>
       <c r="N141" s="16"/>
       <c r="O141" s="16"/>
     </row>
     <row r="142" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="18">
         <v>-19462951</v>
       </c>
       <c r="E142" s="18">
         <v>-19755367</v>
       </c>
       <c r="F142" s="18">
         <v>-25169541</v>
       </c>
       <c r="G142" s="15">
-        <v>-25169541</v>
+        <v>-21090204</v>
       </c>
       <c r="H142" s="15">
-        <v>-21090204</v>
+        <v>-23813882</v>
       </c>
       <c r="I142" s="15">
-        <v>-23813882</v>
+        <v>-24147094</v>
       </c>
       <c r="J142" s="15">
-        <v>-24147094</v>
-[...2 lines deleted...]
-      <c r="L142" s="15"/>
+        <v>-27094389</v>
+      </c>
+      <c r="K142" s="15">
+        <v>-23965357</v>
+      </c>
+      <c r="L142" s="15">
+        <v>-23128043</v>
+      </c>
       <c r="M142" s="10"/>
       <c r="N142" s="10"/>
       <c r="O142" s="10"/>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A143" s="12"/>
       <c r="B143" s="12"/>
       <c r="C143" s="12"/>
       <c r="D143" s="17"/>
       <c r="E143" s="17"/>
       <c r="F143" s="24"/>
       <c r="G143" s="9"/>
       <c r="H143" s="9"/>
       <c r="I143" s="9"/>
       <c r="J143" s="9"/>
       <c r="K143" s="25"/>
       <c r="L143" s="25"/>
       <c r="M143" s="16"/>
       <c r="N143" s="16"/>
       <c r="O143" s="16"/>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A144" s="7"/>
       <c r="B144" s="7"/>
       <c r="C144" s="7"/>
-      <c r="D144" s="8">
-[...21 lines deleted...]
-      <c r="L144" s="25"/>
+      <c r="D144" s="8"/>
+      <c r="E144" s="8"/>
+      <c r="F144" s="26"/>
+      <c r="G144" s="9"/>
+      <c r="H144" s="9"/>
+      <c r="I144" s="9"/>
+      <c r="J144" s="9"/>
+      <c r="K144" s="27"/>
+      <c r="L144" s="27"/>
       <c r="M144" s="16"/>
       <c r="N144" s="16"/>
       <c r="O144" s="16"/>
     </row>
     <row r="145" spans="4:15" x14ac:dyDescent="0.25">
-      <c r="D145" s="27"/>
-[...10 lines deleted...]
-      <c r="O145" s="27"/>
+      <c r="D145" s="28"/>
+      <c r="E145" s="28"/>
+      <c r="F145" s="28"/>
+      <c r="G145" s="28"/>
+      <c r="H145" s="28"/>
+      <c r="I145" s="28"/>
+      <c r="J145" s="28"/>
+      <c r="K145" s="28"/>
+      <c r="L145" s="28"/>
+      <c r="M145" s="28"/>
+      <c r="N145" s="28"/>
+      <c r="O145" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="30">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A97:A100"/>
     <mergeCell ref="A102:A104"/>
     <mergeCell ref="A63:A71"/>
     <mergeCell ref="B66:B68"/>
     <mergeCell ref="B70:B71"/>
     <mergeCell ref="A73:A76"/>
     <mergeCell ref="A78:A94"/>
     <mergeCell ref="A27:A38"/>
     <mergeCell ref="A52:A59"/>
     <mergeCell ref="B53:B54"/>
     <mergeCell ref="B58:B59"/>
     <mergeCell ref="A20:A25"/>
     <mergeCell ref="B20:B25"/>
     <mergeCell ref="A132:A134"/>
     <mergeCell ref="A106:A108"/>
     <mergeCell ref="A112:A116"/>
     <mergeCell ref="A119:A123"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="B34:B38"/>
     <mergeCell ref="A42:A49"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="A125:A130"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="A11:A17"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="B27:B32"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="24" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>