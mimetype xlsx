--- v1 (2026-02-02)
+++ v2 (2026-02-26)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Output table\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\Decemeber 2025\Output tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F60CBEA4-1596-41B7-AE29-DB5371D43E91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6DFD63D0-6D4D-4B72-8821-ABA9C7EA573F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR_101xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="139">
   <si>
     <t>Description</t>
@@ -663,85 +662,85 @@
     </xf>
     <xf numFmtId="165" fontId="8" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{3F5B848C-AF4E-48B6-8D23-C8989B9459EC}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{F2259678-12F8-477D-B1DC-459971620C2F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3601122</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1082899</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>478155</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Return to Homepage">
           <a:extLst>
@@ -768,54 +767,50 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3601122" y="0"/>
           <a:ext cx="1921062" cy="805105"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1081,114 +1076,114 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O145"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B118" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
-      <selection activeCell="R112" sqref="R112"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B76" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
+      <selection activeCell="D107" sqref="D107:F109"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="13" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="64.77734375" style="1" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="16" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="64.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="39.36328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="42.81640625" style="1" customWidth="1"/>
+    <col min="4" max="6" width="16" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="12" width="17.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="21.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="15" width="20.7265625" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="8.90625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.2" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A3" s="31" t="s">
+    <row r="1" spans="1:15" ht="25.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:15" ht="50.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="B3" s="31"/>
-[...2 lines deleted...]
-      <c r="E3" s="31"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="29"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
     </row>
-    <row r="4" spans="1:15" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
+    <row r="4" spans="1:15" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29" t="s">
         <v>131</v>
       </c>
-      <c r="B4" s="31"/>
-[...2 lines deleted...]
-      <c r="E4" s="31"/>
+      <c r="B4" s="29"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
-    <row r="5" spans="1:15" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="31" t="s">
+    <row r="5" spans="1:15" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="29" t="s">
         <v>137</v>
       </c>
-      <c r="B5" s="31"/>
-[...2 lines deleted...]
-      <c r="E5" s="31"/>
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="32" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="5">
         <v>2025</v>
       </c>
       <c r="E7" s="5">
@@ -1318,1130 +1313,1310 @@
       </c>
       <c r="E10" s="8">
         <v>3107658</v>
       </c>
       <c r="F10" s="8">
         <v>3700830</v>
       </c>
       <c r="G10" s="9">
         <v>3287471</v>
       </c>
       <c r="H10" s="9">
         <v>3478626</v>
       </c>
       <c r="I10" s="9">
         <v>3882292</v>
       </c>
       <c r="J10" s="9">
         <v>3931287</v>
       </c>
       <c r="K10" s="9">
         <v>3830674</v>
       </c>
       <c r="L10" s="9">
         <v>3190416</v>
       </c>
-      <c r="M10" s="10"/>
-[...1 lines deleted...]
-      <c r="O10" s="10"/>
+      <c r="M10" s="10">
+        <v>3872811</v>
+      </c>
+      <c r="N10" s="10">
+        <v>3797651</v>
+      </c>
+      <c r="O10" s="10">
+        <v>4529024</v>
+      </c>
     </row>
     <row r="11" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="30"/>
       <c r="B11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="14">
         <v>2448447</v>
       </c>
       <c r="E11" s="14">
         <v>2320719</v>
       </c>
       <c r="F11" s="14">
         <v>2611725</v>
       </c>
       <c r="G11" s="15">
         <v>2501008</v>
       </c>
       <c r="H11" s="15">
         <v>2491764</v>
       </c>
       <c r="I11" s="15">
         <v>3120933</v>
       </c>
       <c r="J11" s="15">
         <v>2680939</v>
       </c>
       <c r="K11" s="15">
         <v>2681426</v>
       </c>
       <c r="L11" s="15">
         <v>2460478</v>
       </c>
-      <c r="M11" s="10"/>
-[...1 lines deleted...]
-      <c r="O11" s="10"/>
+      <c r="M11" s="10">
+        <v>2926122</v>
+      </c>
+      <c r="N11" s="10">
+        <v>2820832</v>
+      </c>
+      <c r="O11" s="10">
+        <v>2882540</v>
+      </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" s="30"/>
-      <c r="B12" s="29"/>
+      <c r="B12" s="31"/>
       <c r="C12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="8">
         <v>2240298</v>
       </c>
       <c r="E12" s="8">
         <v>2144097</v>
       </c>
       <c r="F12" s="8">
         <v>2385544</v>
       </c>
       <c r="G12" s="9">
         <v>2351714</v>
       </c>
       <c r="H12" s="9">
         <v>2218956</v>
       </c>
       <c r="I12" s="9">
         <v>2667559</v>
       </c>
       <c r="J12" s="9">
         <v>2485037</v>
       </c>
       <c r="K12" s="9">
         <v>2506043</v>
       </c>
       <c r="L12" s="9">
         <v>2285610</v>
       </c>
-      <c r="M12" s="16"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:15" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M12" s="16">
+        <v>2742309</v>
+      </c>
+      <c r="N12" s="16">
+        <v>2609267</v>
+      </c>
+      <c r="O12" s="16">
+        <v>2590900</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="16.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="30"/>
-      <c r="B13" s="29"/>
+      <c r="B13" s="31"/>
       <c r="C13" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="17">
         <v>208149</v>
       </c>
       <c r="E13" s="17">
         <v>176622</v>
       </c>
       <c r="F13" s="17">
         <v>226181</v>
       </c>
       <c r="G13" s="9">
         <v>149294</v>
       </c>
       <c r="H13" s="9">
         <v>272808</v>
       </c>
       <c r="I13" s="9">
         <v>453374</v>
       </c>
       <c r="J13" s="9">
         <v>195902</v>
       </c>
       <c r="K13" s="9">
         <v>175383</v>
       </c>
       <c r="L13" s="9">
         <v>174868</v>
       </c>
-      <c r="M13" s="16"/>
-[...1 lines deleted...]
-      <c r="O13" s="16"/>
+      <c r="M13" s="16">
+        <v>183813</v>
+      </c>
+      <c r="N13" s="16">
+        <v>211565</v>
+      </c>
+      <c r="O13" s="16">
+        <v>291640</v>
+      </c>
     </row>
     <row r="14" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="30"/>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="18">
         <v>643464</v>
       </c>
       <c r="E14" s="18">
         <v>434614</v>
       </c>
       <c r="F14" s="18">
         <v>747704</v>
       </c>
       <c r="G14" s="15">
         <v>452402</v>
       </c>
       <c r="H14" s="15">
         <v>659807</v>
       </c>
       <c r="I14" s="15">
         <v>441018</v>
       </c>
       <c r="J14" s="15">
         <v>781224</v>
       </c>
       <c r="K14" s="15">
         <v>845591</v>
       </c>
       <c r="L14" s="15">
         <v>432230</v>
       </c>
-      <c r="M14" s="10"/>
-[...1 lines deleted...]
-      <c r="O14" s="10"/>
+      <c r="M14" s="10">
+        <v>406954</v>
+      </c>
+      <c r="N14" s="10">
+        <v>595734</v>
+      </c>
+      <c r="O14" s="10">
+        <v>705826</v>
+      </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" s="30"/>
       <c r="B15" s="30"/>
       <c r="C15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="17">
         <v>400094</v>
       </c>
       <c r="E15" s="17">
         <v>402686</v>
       </c>
       <c r="F15" s="17">
         <v>405041</v>
       </c>
       <c r="G15" s="9">
         <v>407476</v>
       </c>
       <c r="H15" s="9">
         <v>403806</v>
       </c>
       <c r="I15" s="9">
         <v>404192</v>
       </c>
       <c r="J15" s="9">
         <v>406257</v>
       </c>
       <c r="K15" s="9">
         <v>402915</v>
       </c>
       <c r="L15" s="9">
         <v>404956</v>
       </c>
-      <c r="M15" s="16"/>
-[...1 lines deleted...]
-      <c r="O15" s="16"/>
+      <c r="M15" s="16">
+        <v>406954</v>
+      </c>
+      <c r="N15" s="16">
+        <v>403022</v>
+      </c>
+      <c r="O15" s="16">
+        <v>403948</v>
+      </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" s="30"/>
       <c r="B16" s="30"/>
       <c r="C16" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="8">
         <v>243370</v>
       </c>
       <c r="E16" s="8">
         <v>31928</v>
       </c>
       <c r="F16" s="8">
         <v>342663</v>
       </c>
       <c r="G16" s="9">
         <v>44926</v>
       </c>
       <c r="H16" s="9">
         <v>256001</v>
       </c>
       <c r="I16" s="9">
         <v>36826</v>
       </c>
       <c r="J16" s="9">
         <v>374967</v>
       </c>
       <c r="K16" s="9">
         <v>442676</v>
       </c>
       <c r="L16" s="9">
         <v>27274</v>
       </c>
-      <c r="M16" s="16"/>
-[...1 lines deleted...]
-      <c r="O16" s="16"/>
+      <c r="M16" s="16">
+        <v>0</v>
+      </c>
+      <c r="N16" s="16">
+        <v>192712</v>
+      </c>
+      <c r="O16" s="16">
+        <v>301878</v>
+      </c>
     </row>
     <row r="17" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30"/>
       <c r="B17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="14">
         <v>346356</v>
       </c>
       <c r="E17" s="14">
         <v>352325</v>
       </c>
       <c r="F17" s="14">
         <v>341401</v>
       </c>
       <c r="G17" s="9">
         <v>334061</v>
       </c>
       <c r="H17" s="9">
         <v>327055</v>
       </c>
       <c r="I17" s="9">
         <v>320341</v>
       </c>
       <c r="J17" s="9">
         <v>469124</v>
       </c>
       <c r="K17" s="9">
         <v>303657</v>
       </c>
       <c r="L17" s="9">
         <v>297708</v>
       </c>
-      <c r="M17" s="16"/>
-[...1 lines deleted...]
-      <c r="O17" s="16"/>
+      <c r="M17" s="16">
+        <v>539735</v>
+      </c>
+      <c r="N17" s="16">
+        <v>381085</v>
+      </c>
+      <c r="O17" s="16">
+        <v>940658</v>
+      </c>
     </row>
     <row r="18" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="8">
         <v>149595259</v>
       </c>
       <c r="E18" s="8">
         <v>148844385</v>
       </c>
       <c r="F18" s="8">
         <v>148948933</v>
       </c>
       <c r="G18" s="9">
         <v>148985951</v>
       </c>
       <c r="H18" s="9">
         <v>145672971</v>
       </c>
       <c r="I18" s="9">
         <v>144404420</v>
       </c>
       <c r="J18" s="9">
         <v>147532245</v>
       </c>
       <c r="K18" s="9">
         <v>147142577</v>
       </c>
       <c r="L18" s="9">
         <v>148726221</v>
       </c>
-      <c r="M18" s="10"/>
-[...1 lines deleted...]
-      <c r="O18" s="10"/>
+      <c r="M18" s="10">
+        <v>105571639</v>
+      </c>
+      <c r="N18" s="10">
+        <v>153632940</v>
+      </c>
+      <c r="O18" s="10">
+        <v>151396108</v>
+      </c>
     </row>
     <row r="19" spans="1:15" s="11" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="14">
         <v>31481483</v>
       </c>
       <c r="E19" s="14">
         <v>31595472</v>
       </c>
       <c r="F19" s="14">
         <v>31980606</v>
       </c>
       <c r="G19" s="15">
         <v>32695282</v>
       </c>
       <c r="H19" s="15">
         <v>32579388</v>
       </c>
       <c r="I19" s="15">
         <v>33220329</v>
       </c>
       <c r="J19" s="15">
         <v>33367261</v>
       </c>
       <c r="K19" s="15">
         <v>33542632</v>
       </c>
       <c r="L19" s="15">
         <v>33812187</v>
       </c>
-      <c r="M19" s="10"/>
-[...1 lines deleted...]
-      <c r="O19" s="10"/>
+      <c r="M19" s="10">
+        <v>25484437</v>
+      </c>
+      <c r="N19" s="10">
+        <v>34570784</v>
+      </c>
+      <c r="O19" s="10">
+        <v>34602394</v>
+      </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A20" s="29"/>
-      <c r="B20" s="29"/>
+      <c r="A20" s="31"/>
+      <c r="B20" s="31"/>
       <c r="C20" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="8">
         <v>8589534</v>
       </c>
       <c r="E20" s="8">
         <v>8639120</v>
       </c>
       <c r="F20" s="8">
         <v>8690725</v>
       </c>
       <c r="G20" s="9">
         <v>9110658</v>
       </c>
       <c r="H20" s="9">
         <v>8887813</v>
       </c>
       <c r="I20" s="9">
         <v>9189931</v>
       </c>
       <c r="J20" s="9">
         <v>9149493</v>
       </c>
       <c r="K20" s="9">
         <v>9245154</v>
       </c>
       <c r="L20" s="9">
         <v>9244067</v>
       </c>
-      <c r="M20" s="16"/>
-[...1 lines deleted...]
-      <c r="O20" s="16"/>
+      <c r="M20" s="16">
+        <v>6322003</v>
+      </c>
+      <c r="N20" s="16">
+        <v>9827418</v>
+      </c>
+      <c r="O20" s="16">
+        <v>9611032</v>
+      </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A21" s="29"/>
-      <c r="B21" s="29"/>
+      <c r="A21" s="31"/>
+      <c r="B21" s="31"/>
       <c r="C21" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="17">
         <v>9425230</v>
       </c>
       <c r="E21" s="17">
         <v>9423920</v>
       </c>
       <c r="F21" s="17">
         <v>9648423</v>
       </c>
       <c r="G21" s="9">
         <v>9819625</v>
       </c>
       <c r="H21" s="9">
         <v>9899993</v>
       </c>
       <c r="I21" s="9">
         <v>10060409</v>
       </c>
       <c r="J21" s="9">
         <v>10131139</v>
       </c>
       <c r="K21" s="9">
         <v>10189119</v>
       </c>
       <c r="L21" s="9">
         <v>10316828</v>
       </c>
-      <c r="M21" s="16"/>
-[...1 lines deleted...]
-      <c r="O21" s="16"/>
+      <c r="M21" s="16">
+        <v>9846299</v>
+      </c>
+      <c r="N21" s="16">
+        <v>10462835</v>
+      </c>
+      <c r="O21" s="16">
+        <v>10656077</v>
+      </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A22" s="29"/>
-      <c r="B22" s="29"/>
+      <c r="A22" s="31"/>
+      <c r="B22" s="31"/>
       <c r="C22" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="8">
         <v>3301119</v>
       </c>
       <c r="E22" s="8">
         <v>3324413</v>
       </c>
       <c r="F22" s="8">
         <v>3373200</v>
       </c>
       <c r="G22" s="9">
         <v>3409775</v>
       </c>
       <c r="H22" s="9">
         <v>3451331</v>
       </c>
       <c r="I22" s="9">
         <v>3508145</v>
       </c>
       <c r="J22" s="9">
         <v>3600402</v>
       </c>
       <c r="K22" s="9">
         <v>3636209</v>
       </c>
       <c r="L22" s="9">
         <v>3693252</v>
       </c>
-      <c r="M22" s="16"/>
-[...1 lines deleted...]
-      <c r="O22" s="16"/>
+      <c r="M22" s="16">
+        <v>1864151</v>
+      </c>
+      <c r="N22" s="16">
+        <v>3731504</v>
+      </c>
+      <c r="O22" s="16">
+        <v>3760341</v>
+      </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="29"/>
-      <c r="B23" s="29"/>
+      <c r="A23" s="31"/>
+      <c r="B23" s="31"/>
       <c r="C23" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="17">
         <v>9686951</v>
       </c>
       <c r="E23" s="17">
         <v>9800936</v>
       </c>
       <c r="F23" s="17">
         <v>9848654</v>
       </c>
       <c r="G23" s="9">
         <v>9915572</v>
       </c>
       <c r="H23" s="9">
         <v>9829962</v>
       </c>
       <c r="I23" s="9">
         <v>10006484</v>
       </c>
       <c r="J23" s="9">
         <v>10031193</v>
       </c>
       <c r="K23" s="9">
         <v>10046661</v>
       </c>
       <c r="L23" s="9">
         <v>10115174</v>
       </c>
-      <c r="M23" s="16"/>
-[...1 lines deleted...]
-      <c r="O23" s="16"/>
+      <c r="M23" s="16">
+        <v>7154097</v>
+      </c>
+      <c r="N23" s="16">
+        <v>10067207</v>
+      </c>
+      <c r="O23" s="16">
+        <v>10083584</v>
+      </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="29"/>
-      <c r="B24" s="29"/>
+      <c r="A24" s="31"/>
+      <c r="B24" s="31"/>
       <c r="C24" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="8">
         <v>0</v>
       </c>
       <c r="E24" s="8">
         <v>0</v>
       </c>
       <c r="F24" s="8">
         <v>0</v>
       </c>
       <c r="G24" s="9">
         <v>0</v>
       </c>
       <c r="H24" s="9">
         <v>0</v>
       </c>
       <c r="I24" s="9">
         <v>0</v>
       </c>
       <c r="J24" s="9">
         <v>0</v>
       </c>
       <c r="K24" s="9">
         <v>0</v>
       </c>
       <c r="L24" s="9">
         <v>0</v>
       </c>
-      <c r="M24" s="16"/>
-[...1 lines deleted...]
-      <c r="O24" s="16"/>
+      <c r="M24" s="16">
+        <v>0</v>
+      </c>
+      <c r="N24" s="16">
+        <v>0</v>
+      </c>
+      <c r="O24" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="29"/>
-      <c r="B25" s="29"/>
+      <c r="A25" s="31"/>
+      <c r="B25" s="31"/>
       <c r="C25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="17">
         <v>478649</v>
       </c>
       <c r="E25" s="17">
         <v>407083</v>
       </c>
       <c r="F25" s="17">
         <v>419604</v>
       </c>
       <c r="G25" s="9">
         <v>439652</v>
       </c>
       <c r="H25" s="9">
         <v>510289</v>
       </c>
       <c r="I25" s="9">
         <v>455360</v>
       </c>
       <c r="J25" s="9">
         <v>455034</v>
       </c>
       <c r="K25" s="9">
         <v>425489</v>
       </c>
       <c r="L25" s="9">
         <v>442866</v>
       </c>
-      <c r="M25" s="16"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:15" s="11" customFormat="1" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M25" s="16">
+        <v>297887</v>
+      </c>
+      <c r="N25" s="16">
+        <v>481820</v>
+      </c>
+      <c r="O25" s="16">
+        <v>491360</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" s="11" customFormat="1" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="18">
         <v>110780952</v>
       </c>
       <c r="E26" s="18">
         <v>110233237</v>
       </c>
       <c r="F26" s="18">
         <v>109803178</v>
       </c>
       <c r="G26" s="15">
         <v>108995258</v>
       </c>
       <c r="H26" s="15">
         <v>105796768</v>
       </c>
       <c r="I26" s="15">
         <v>104057526</v>
       </c>
       <c r="J26" s="15">
         <v>107021853</v>
       </c>
       <c r="K26" s="15">
         <v>106243233</v>
       </c>
       <c r="L26" s="15">
         <v>107584980</v>
       </c>
-      <c r="M26" s="10"/>
-[...1 lines deleted...]
-      <c r="O26" s="10"/>
+      <c r="M26" s="10">
+        <v>75333401</v>
+      </c>
+      <c r="N26" s="10">
+        <v>111860322</v>
+      </c>
+      <c r="O26" s="10">
+        <v>110376153</v>
+      </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="30"/>
       <c r="B27" s="30"/>
       <c r="C27" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="17">
         <v>35871470</v>
       </c>
       <c r="E27" s="17">
         <v>35512909</v>
       </c>
       <c r="F27" s="17">
         <v>35818559</v>
       </c>
       <c r="G27" s="9">
         <v>35753779</v>
       </c>
       <c r="H27" s="9">
         <v>36158606</v>
       </c>
       <c r="I27" s="9">
         <v>36282719</v>
       </c>
       <c r="J27" s="9">
         <v>38253047</v>
       </c>
       <c r="K27" s="9">
         <v>37436963</v>
       </c>
       <c r="L27" s="9">
         <v>38526046</v>
       </c>
-      <c r="M27" s="16"/>
-[...1 lines deleted...]
-      <c r="O27" s="16"/>
+      <c r="M27" s="16">
+        <v>27941668</v>
+      </c>
+      <c r="N27" s="16">
+        <v>39714855</v>
+      </c>
+      <c r="O27" s="16">
+        <v>39544927</v>
+      </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="30"/>
       <c r="B28" s="30"/>
       <c r="C28" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="8">
         <v>29088686</v>
       </c>
       <c r="E28" s="8">
         <v>29207588</v>
       </c>
       <c r="F28" s="8">
         <v>28464780</v>
       </c>
       <c r="G28" s="9">
         <v>29692746</v>
       </c>
       <c r="H28" s="9">
         <v>26852545</v>
       </c>
       <c r="I28" s="9">
         <v>25257833</v>
       </c>
       <c r="J28" s="9">
         <v>27398217</v>
       </c>
       <c r="K28" s="9">
         <v>27004507</v>
       </c>
       <c r="L28" s="9">
         <v>25508984</v>
       </c>
-      <c r="M28" s="16"/>
-[...1 lines deleted...]
-      <c r="O28" s="16"/>
+      <c r="M28" s="16">
+        <v>18512469</v>
+      </c>
+      <c r="N28" s="16">
+        <v>27291079</v>
+      </c>
+      <c r="O28" s="16">
+        <v>26292194</v>
+      </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="30"/>
       <c r="B29" s="30"/>
       <c r="C29" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="17">
         <v>1076066</v>
       </c>
       <c r="E29" s="17">
         <v>991986</v>
       </c>
       <c r="F29" s="17">
         <v>885052</v>
       </c>
       <c r="G29" s="9">
         <v>931248</v>
       </c>
       <c r="H29" s="9">
         <v>948481</v>
       </c>
       <c r="I29" s="9">
         <v>1024316</v>
       </c>
       <c r="J29" s="9">
         <v>923601</v>
       </c>
       <c r="K29" s="9">
         <v>1095259</v>
       </c>
       <c r="L29" s="9">
         <v>968777</v>
       </c>
-      <c r="M29" s="16"/>
-[...1 lines deleted...]
-      <c r="O29" s="16"/>
+      <c r="M29" s="16">
+        <v>856438</v>
+      </c>
+      <c r="N29" s="16">
+        <v>997065</v>
+      </c>
+      <c r="O29" s="16">
+        <v>1029110</v>
+      </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="30"/>
       <c r="B30" s="30"/>
       <c r="C30" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="8">
         <v>14798494</v>
       </c>
       <c r="E30" s="8">
         <v>14341108</v>
       </c>
       <c r="F30" s="8">
         <v>15393624</v>
       </c>
       <c r="G30" s="9">
         <v>15492026</v>
       </c>
       <c r="H30" s="9">
         <v>14029221</v>
       </c>
       <c r="I30" s="9">
         <v>15274191</v>
       </c>
       <c r="J30" s="9">
         <v>14816889</v>
       </c>
       <c r="K30" s="9">
         <v>15508711</v>
       </c>
       <c r="L30" s="9">
         <v>15534820</v>
       </c>
-      <c r="M30" s="16"/>
-[...1 lines deleted...]
-      <c r="O30" s="16"/>
+      <c r="M30" s="16">
+        <v>10693354</v>
+      </c>
+      <c r="N30" s="16">
+        <v>15207526</v>
+      </c>
+      <c r="O30" s="16">
+        <v>16042731</v>
+      </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="30"/>
       <c r="B31" s="30"/>
       <c r="C31" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="17">
         <v>19025079</v>
       </c>
       <c r="E31" s="17">
         <v>18639977</v>
       </c>
       <c r="F31" s="17">
         <v>18214041</v>
       </c>
       <c r="G31" s="9">
         <v>17640755</v>
       </c>
       <c r="H31" s="9">
         <v>16880723</v>
       </c>
       <c r="I31" s="9">
         <v>16497185</v>
       </c>
       <c r="J31" s="9">
         <v>15482514</v>
       </c>
       <c r="K31" s="9">
         <v>15171600</v>
       </c>
       <c r="L31" s="9">
         <v>15481659</v>
       </c>
-      <c r="M31" s="16"/>
-[...1 lines deleted...]
-      <c r="O31" s="16"/>
+      <c r="M31" s="16">
+        <v>8992348</v>
+      </c>
+      <c r="N31" s="16">
+        <v>16916720</v>
+      </c>
+      <c r="O31" s="16">
+        <v>17098591</v>
+      </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" s="30"/>
       <c r="B32" s="30"/>
       <c r="C32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D32" s="8">
         <v>10921157</v>
       </c>
       <c r="E32" s="8">
         <v>11539669</v>
       </c>
       <c r="F32" s="8">
         <v>11027122</v>
       </c>
       <c r="G32" s="9">
         <v>9484704</v>
       </c>
       <c r="H32" s="9">
         <v>10927192</v>
       </c>
       <c r="I32" s="9">
         <v>9721282</v>
       </c>
       <c r="J32" s="9">
         <v>10147585</v>
       </c>
       <c r="K32" s="9">
         <v>10026193</v>
       </c>
       <c r="L32" s="9">
         <v>11564694</v>
       </c>
-      <c r="M32" s="16"/>
-[...1 lines deleted...]
-      <c r="O32" s="16"/>
+      <c r="M32" s="16">
+        <v>8337124</v>
+      </c>
+      <c r="N32" s="16">
+        <v>11733077</v>
+      </c>
+      <c r="O32" s="16">
+        <v>10368600</v>
+      </c>
     </row>
     <row r="33" spans="1:15" s="23" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="30"/>
       <c r="B33" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="20">
         <v>7332824</v>
       </c>
       <c r="E33" s="20">
         <v>7015676</v>
       </c>
       <c r="F33" s="20">
         <v>7165149</v>
       </c>
       <c r="G33" s="21">
         <v>7295411</v>
       </c>
       <c r="H33" s="21">
         <v>7296815</v>
       </c>
       <c r="I33" s="21">
         <v>7126565</v>
       </c>
       <c r="J33" s="21">
         <v>7143131</v>
       </c>
       <c r="K33" s="21">
         <v>7356712</v>
       </c>
       <c r="L33" s="21">
         <v>7329054</v>
       </c>
-      <c r="M33" s="22"/>
-[...1 lines deleted...]
-      <c r="O33" s="22"/>
+      <c r="M33" s="22">
+        <v>4753801</v>
+      </c>
+      <c r="N33" s="22">
+        <v>7201834</v>
+      </c>
+      <c r="O33" s="22">
+        <v>6417561</v>
+      </c>
     </row>
     <row r="34" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="30"/>
-      <c r="B34" s="29"/>
+      <c r="B34" s="31"/>
       <c r="C34" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="D34" s="8">
-[...5 lines deleted...]
-      <c r="F34" s="8">
+      <c r="D34" s="9">
+        <v>0</v>
+      </c>
+      <c r="E34" s="9">
+        <v>0</v>
+      </c>
+      <c r="F34" s="9">
         <v>0</v>
       </c>
       <c r="G34" s="9">
         <v>0</v>
       </c>
       <c r="H34" s="9">
         <v>0</v>
       </c>
       <c r="I34" s="9">
         <v>0</v>
       </c>
       <c r="J34" s="9">
         <v>0</v>
       </c>
       <c r="K34" s="9">
         <v>0</v>
       </c>
       <c r="L34" s="9">
         <v>0</v>
       </c>
-      <c r="M34" s="16"/>
-[...1 lines deleted...]
-      <c r="O34" s="16"/>
+      <c r="M34" s="16">
+        <v>0</v>
+      </c>
+      <c r="N34" s="16">
+        <v>0</v>
+      </c>
+      <c r="O34" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="30"/>
-      <c r="B35" s="29"/>
+      <c r="B35" s="31"/>
       <c r="C35" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="D35" s="17">
-[...5 lines deleted...]
-      <c r="F35" s="17">
+      <c r="D35" s="9">
+        <v>0</v>
+      </c>
+      <c r="E35" s="9">
+        <v>0</v>
+      </c>
+      <c r="F35" s="9">
         <v>0</v>
       </c>
       <c r="G35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="9">
         <v>0</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
       <c r="J35" s="9">
         <v>0</v>
       </c>
       <c r="K35" s="9">
         <v>0</v>
       </c>
       <c r="L35" s="9">
         <v>0</v>
       </c>
-      <c r="M35" s="16"/>
-[...1 lines deleted...]
-      <c r="O35" s="16"/>
+      <c r="M35" s="16">
+        <v>0</v>
+      </c>
+      <c r="N35" s="16">
+        <v>0</v>
+      </c>
+      <c r="O35" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" s="30"/>
-      <c r="B36" s="29"/>
+      <c r="B36" s="31"/>
       <c r="C36" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="8">
         <v>4878789</v>
       </c>
       <c r="E36" s="8">
         <v>4481778</v>
       </c>
       <c r="F36" s="8">
         <v>4476508</v>
       </c>
       <c r="G36" s="9">
         <v>4484088</v>
       </c>
       <c r="H36" s="9">
         <v>4481951</v>
       </c>
       <c r="I36" s="9">
         <v>4470762</v>
       </c>
       <c r="J36" s="9">
         <v>4284975</v>
       </c>
       <c r="K36" s="9">
         <v>4530877</v>
       </c>
       <c r="L36" s="9">
         <v>4524206</v>
       </c>
-      <c r="M36" s="16"/>
-[...1 lines deleted...]
-      <c r="O36" s="16"/>
+      <c r="M36" s="16">
+        <v>2029978</v>
+      </c>
+      <c r="N36" s="16">
+        <v>4526648</v>
+      </c>
+      <c r="O36" s="16">
+        <v>4165311</v>
+      </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" s="30"/>
-      <c r="B37" s="29"/>
+      <c r="B37" s="31"/>
       <c r="C37" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="D37" s="17">
-[...5 lines deleted...]
-      <c r="F37" s="17">
+      <c r="D37" s="9">
+        <v>0</v>
+      </c>
+      <c r="E37" s="9">
+        <v>0</v>
+      </c>
+      <c r="F37" s="9">
         <v>0</v>
       </c>
       <c r="G37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="9">
         <v>0</v>
       </c>
       <c r="I37" s="9">
         <v>61608</v>
       </c>
       <c r="J37" s="9">
         <v>62068</v>
       </c>
       <c r="K37" s="9">
         <v>62528</v>
       </c>
       <c r="L37" s="9">
         <v>61623</v>
       </c>
-      <c r="M37" s="16"/>
-[...1 lines deleted...]
-      <c r="O37" s="16"/>
+      <c r="M37" s="16">
+        <v>0</v>
+      </c>
+      <c r="N37" s="16">
+        <v>62529</v>
+      </c>
+      <c r="O37" s="16">
+        <v>45976</v>
+      </c>
     </row>
     <row r="38" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="30"/>
-      <c r="B38" s="29"/>
+      <c r="B38" s="31"/>
       <c r="C38" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="8">
         <v>2454035</v>
       </c>
       <c r="E38" s="8">
         <v>2533898</v>
       </c>
       <c r="F38" s="8">
         <v>2688641</v>
       </c>
       <c r="G38" s="9">
         <v>2811323</v>
       </c>
       <c r="H38" s="9">
         <v>2814864</v>
       </c>
       <c r="I38" s="9">
         <v>2594195</v>
       </c>
       <c r="J38" s="9">
         <v>2796088</v>
       </c>
       <c r="K38" s="9">
         <v>2763307</v>
       </c>
       <c r="L38" s="9">
         <v>2743225</v>
       </c>
-      <c r="M38" s="16"/>
-[...1 lines deleted...]
-      <c r="O38" s="16"/>
+      <c r="M38" s="16">
+        <v>2723823</v>
+      </c>
+      <c r="N38" s="16">
+        <v>2612657</v>
+      </c>
+      <c r="O38" s="16">
+        <v>2206274</v>
+      </c>
     </row>
     <row r="39" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="13"/>
       <c r="C39" s="13"/>
       <c r="D39" s="14">
         <v>153033526</v>
       </c>
       <c r="E39" s="14">
         <v>151952043</v>
       </c>
       <c r="F39" s="14">
         <v>152649763</v>
       </c>
       <c r="G39" s="15">
         <v>152273422</v>
       </c>
       <c r="H39" s="15">
         <v>149151597</v>
       </c>
       <c r="I39" s="15">
         <v>148286712</v>
       </c>
       <c r="J39" s="15">
         <v>151463532</v>
       </c>
       <c r="K39" s="15">
         <v>150973251</v>
       </c>
       <c r="L39" s="15">
         <v>151916637</v>
       </c>
-      <c r="M39" s="10"/>
-[...1 lines deleted...]
-      <c r="O39" s="10"/>
+      <c r="M39" s="10">
+        <v>109444450</v>
+      </c>
+      <c r="N39" s="10">
+        <v>157430591</v>
+      </c>
+      <c r="O39" s="10">
+        <v>155925132</v>
+      </c>
     </row>
     <row r="40" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="10"/>
       <c r="N40" s="10"/>
       <c r="O40" s="10"/>
     </row>
     <row r="41" spans="1:15" s="11" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="13"/>
@@ -2451,3351 +2626,3861 @@
       </c>
       <c r="E41" s="14">
         <v>8935425</v>
       </c>
       <c r="F41" s="14">
         <v>7268285</v>
       </c>
       <c r="G41" s="15">
         <v>7817910</v>
       </c>
       <c r="H41" s="15">
         <v>8096083</v>
       </c>
       <c r="I41" s="15">
         <v>6915184</v>
       </c>
       <c r="J41" s="15">
         <v>6751240</v>
       </c>
       <c r="K41" s="15">
         <v>7480900</v>
       </c>
       <c r="L41" s="15">
         <v>9234246</v>
       </c>
-      <c r="M41" s="10"/>
-[...1 lines deleted...]
-      <c r="O41" s="10"/>
+      <c r="M41" s="10">
+        <v>6651645</v>
+      </c>
+      <c r="N41" s="10">
+        <v>8883998</v>
+      </c>
+      <c r="O41" s="10">
+        <v>7472651</v>
+      </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A42" s="29"/>
+      <c r="A42" s="31"/>
       <c r="B42" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="7"/>
       <c r="D42" s="8">
         <v>265737</v>
       </c>
       <c r="E42" s="8">
         <v>395608</v>
       </c>
       <c r="F42" s="8">
         <v>491196</v>
       </c>
       <c r="G42" s="9">
         <v>722803</v>
       </c>
       <c r="H42" s="9">
         <v>873961</v>
       </c>
       <c r="I42" s="9">
         <v>326436</v>
       </c>
       <c r="J42" s="9">
         <v>542984</v>
       </c>
       <c r="K42" s="9">
         <v>508031</v>
       </c>
       <c r="L42" s="9">
         <v>530715</v>
       </c>
-      <c r="M42" s="16"/>
-[...1 lines deleted...]
-      <c r="O42" s="16"/>
+      <c r="M42" s="16">
+        <v>580115</v>
+      </c>
+      <c r="N42" s="16">
+        <v>883418</v>
+      </c>
+      <c r="O42" s="16">
+        <v>239211</v>
+      </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A43" s="29"/>
+      <c r="A43" s="31"/>
       <c r="B43" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="12"/>
       <c r="D43" s="17">
         <v>520431</v>
       </c>
       <c r="E43" s="17">
         <v>530797</v>
       </c>
       <c r="F43" s="17">
         <v>526544</v>
       </c>
       <c r="G43" s="9">
         <v>523901</v>
       </c>
       <c r="H43" s="9">
         <v>522131</v>
       </c>
       <c r="I43" s="9">
         <v>457227</v>
       </c>
       <c r="J43" s="9">
         <v>453016</v>
       </c>
       <c r="K43" s="9">
         <v>446507</v>
       </c>
       <c r="L43" s="9">
         <v>446829</v>
       </c>
-      <c r="M43" s="16"/>
-[...1 lines deleted...]
-      <c r="O43" s="16"/>
+      <c r="M43" s="16">
+        <v>436207</v>
+      </c>
+      <c r="N43" s="16">
+        <v>431540</v>
+      </c>
+      <c r="O43" s="16">
+        <v>426953</v>
+      </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A44" s="29"/>
+      <c r="A44" s="31"/>
       <c r="B44" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="7"/>
       <c r="D44" s="8">
         <v>0</v>
       </c>
       <c r="E44" s="8">
         <v>761198</v>
       </c>
       <c r="F44" s="8">
         <v>796421</v>
       </c>
       <c r="G44" s="9">
         <v>301323</v>
       </c>
       <c r="H44" s="9">
         <v>0</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
       <c r="J44" s="9">
         <v>0</v>
       </c>
       <c r="K44" s="9">
         <v>732924</v>
       </c>
       <c r="L44" s="9">
         <v>1222924</v>
       </c>
-      <c r="M44" s="16"/>
-[...1 lines deleted...]
-      <c r="O44" s="16"/>
+      <c r="M44" s="16">
+        <v>0</v>
+      </c>
+      <c r="N44" s="16">
+        <v>0</v>
+      </c>
+      <c r="O44" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="45" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="29"/>
+      <c r="A45" s="31"/>
       <c r="B45" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="12"/>
       <c r="D45" s="17">
         <v>4372430</v>
       </c>
       <c r="E45" s="17">
         <v>4638563</v>
       </c>
       <c r="F45" s="17">
         <v>3067861</v>
       </c>
       <c r="G45" s="9">
         <v>3265523</v>
       </c>
       <c r="H45" s="9">
         <v>3218733</v>
       </c>
       <c r="I45" s="9">
         <v>3232362</v>
       </c>
       <c r="J45" s="9">
         <v>3354056</v>
       </c>
       <c r="K45" s="9">
         <v>3350552</v>
       </c>
       <c r="L45" s="9">
         <v>3246633</v>
       </c>
-      <c r="M45" s="16"/>
-[...1 lines deleted...]
-      <c r="O45" s="16"/>
+      <c r="M45" s="16">
+        <v>2522944</v>
+      </c>
+      <c r="N45" s="16">
+        <v>3383378</v>
+      </c>
+      <c r="O45" s="16">
+        <v>3467074</v>
+      </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A46" s="29"/>
+      <c r="A46" s="31"/>
       <c r="B46" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="7"/>
       <c r="D46" s="8">
         <v>955807</v>
       </c>
       <c r="E46" s="8">
         <v>1470317</v>
       </c>
       <c r="F46" s="8">
         <v>931157</v>
       </c>
       <c r="G46" s="9">
         <v>1339947</v>
       </c>
       <c r="H46" s="9">
         <v>1693665</v>
       </c>
       <c r="I46" s="9">
         <v>1236184</v>
       </c>
       <c r="J46" s="9">
         <v>781315</v>
       </c>
       <c r="K46" s="9">
         <v>756084</v>
       </c>
       <c r="L46" s="9">
         <v>1518519</v>
       </c>
-      <c r="M46" s="16"/>
-[...1 lines deleted...]
-      <c r="O46" s="16"/>
+      <c r="M46" s="16">
+        <v>556784</v>
+      </c>
+      <c r="N46" s="16">
+        <v>1373973</v>
+      </c>
+      <c r="O46" s="16">
+        <v>670821</v>
+      </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A47" s="29"/>
+      <c r="A47" s="31"/>
       <c r="B47" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="17">
         <v>675224</v>
       </c>
       <c r="E47" s="17">
         <v>742723</v>
       </c>
       <c r="F47" s="17">
         <v>1049428</v>
       </c>
       <c r="G47" s="9">
         <v>1431413</v>
       </c>
       <c r="H47" s="9">
         <v>1352206</v>
       </c>
       <c r="I47" s="9">
         <v>1245353</v>
       </c>
       <c r="J47" s="9">
         <v>1246903</v>
       </c>
       <c r="K47" s="9">
         <v>1291647</v>
       </c>
       <c r="L47" s="9">
         <v>1780800</v>
       </c>
-      <c r="M47" s="16"/>
-[...1 lines deleted...]
-      <c r="O47" s="16"/>
+      <c r="M47" s="16">
+        <v>2023604</v>
+      </c>
+      <c r="N47" s="16">
+        <v>2142476</v>
+      </c>
+      <c r="O47" s="16">
+        <v>2156897</v>
+      </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A48" s="29"/>
+      <c r="A48" s="31"/>
       <c r="B48" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C48" s="7"/>
       <c r="D48" s="8">
         <v>142896</v>
       </c>
       <c r="E48" s="8">
         <v>103670</v>
       </c>
       <c r="F48" s="8">
         <v>124916</v>
       </c>
       <c r="G48" s="9">
         <v>82462</v>
       </c>
       <c r="H48" s="9">
         <v>163320</v>
       </c>
       <c r="I48" s="9">
         <v>153412</v>
       </c>
       <c r="J48" s="9">
         <v>155056</v>
       </c>
       <c r="K48" s="9">
         <v>184159</v>
       </c>
       <c r="L48" s="9">
         <v>246065</v>
       </c>
-      <c r="M48" s="16"/>
-[...1 lines deleted...]
-      <c r="O48" s="16"/>
+      <c r="M48" s="16">
+        <v>292112</v>
+      </c>
+      <c r="N48" s="16">
+        <v>306709</v>
+      </c>
+      <c r="O48" s="16">
+        <v>304709</v>
+      </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="29"/>
+      <c r="A49" s="31"/>
       <c r="B49" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C49" s="12"/>
       <c r="D49" s="17">
         <v>269163</v>
       </c>
       <c r="E49" s="17">
         <v>292549</v>
       </c>
       <c r="F49" s="17">
         <v>280762</v>
       </c>
       <c r="G49" s="9">
         <v>150538</v>
       </c>
       <c r="H49" s="9">
         <v>272067</v>
       </c>
       <c r="I49" s="9">
         <v>264210</v>
       </c>
       <c r="J49" s="9">
         <v>217910</v>
       </c>
       <c r="K49" s="9">
         <v>210996</v>
       </c>
       <c r="L49" s="9">
         <v>241761</v>
       </c>
-      <c r="M49" s="16"/>
-[...1 lines deleted...]
-      <c r="O49" s="16"/>
+      <c r="M49" s="16">
+        <v>239879</v>
+      </c>
+      <c r="N49" s="16">
+        <v>362504</v>
+      </c>
+      <c r="O49" s="16">
+        <v>206986</v>
+      </c>
     </row>
     <row r="50" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
       <c r="D50" s="18">
         <v>160235214</v>
       </c>
       <c r="E50" s="18">
         <v>160887468</v>
       </c>
       <c r="F50" s="18">
         <v>159918048</v>
       </c>
       <c r="G50" s="15">
         <v>160091332</v>
       </c>
       <c r="H50" s="15">
         <v>157247680</v>
       </c>
       <c r="I50" s="15">
         <v>155201896</v>
       </c>
       <c r="J50" s="15">
         <v>158214772</v>
       </c>
       <c r="K50" s="15">
         <v>158454151</v>
       </c>
       <c r="L50" s="15">
         <v>161150883</v>
       </c>
-      <c r="M50" s="10"/>
-[...1 lines deleted...]
-      <c r="O50" s="10"/>
+      <c r="M50" s="10">
+        <v>116096095</v>
+      </c>
+      <c r="N50" s="10">
+        <v>166314589</v>
+      </c>
+      <c r="O50" s="10">
+        <v>163397783</v>
+      </c>
     </row>
     <row r="51" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="13"/>
       <c r="C51" s="13"/>
       <c r="D51" s="14">
         <v>23271171</v>
       </c>
       <c r="E51" s="14">
         <v>22674484</v>
       </c>
       <c r="F51" s="14">
         <v>22813265</v>
       </c>
       <c r="G51" s="15">
         <v>23231871</v>
       </c>
       <c r="H51" s="15">
         <v>23635131</v>
       </c>
       <c r="I51" s="15">
         <v>23888363</v>
       </c>
       <c r="J51" s="15">
         <v>24310168</v>
       </c>
       <c r="K51" s="15">
         <v>23971910</v>
       </c>
       <c r="L51" s="15">
         <v>23558279</v>
       </c>
-      <c r="M51" s="10"/>
-[...4 lines deleted...]
-      <c r="A52" s="29"/>
+      <c r="M51" s="10">
+        <v>15479938</v>
+      </c>
+      <c r="N51" s="10">
+        <v>24149793</v>
+      </c>
+      <c r="O51" s="10">
+        <v>24596558</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" ht="26" x14ac:dyDescent="0.25">
+      <c r="A52" s="31"/>
       <c r="B52" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C52" s="7"/>
       <c r="D52" s="8">
         <v>913546</v>
       </c>
       <c r="E52" s="8">
         <v>913546</v>
       </c>
       <c r="F52" s="8">
         <v>913546</v>
       </c>
       <c r="G52" s="9">
         <v>913546</v>
       </c>
       <c r="H52" s="9">
         <v>910546</v>
       </c>
       <c r="I52" s="9">
         <v>910546</v>
       </c>
       <c r="J52" s="9">
         <v>910546</v>
       </c>
       <c r="K52" s="9">
         <v>910546</v>
       </c>
       <c r="L52" s="9">
         <v>910546</v>
       </c>
-      <c r="M52" s="16"/>
-[...1 lines deleted...]
-      <c r="O52" s="16"/>
+      <c r="M52" s="16">
+        <v>905626</v>
+      </c>
+      <c r="N52" s="16">
+        <v>910546</v>
+      </c>
+      <c r="O52" s="16">
+        <v>910546</v>
+      </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A53" s="29"/>
+      <c r="A53" s="31"/>
       <c r="B53" s="30"/>
       <c r="C53" s="12" t="s">
         <v>47</v>
       </c>
       <c r="D53" s="17">
         <v>698461</v>
       </c>
       <c r="E53" s="17">
         <v>698461</v>
       </c>
       <c r="F53" s="17">
         <v>698461</v>
       </c>
       <c r="G53" s="9">
         <v>698461</v>
       </c>
       <c r="H53" s="9">
         <v>695461</v>
       </c>
       <c r="I53" s="9">
         <v>695461</v>
       </c>
       <c r="J53" s="9">
         <v>695461</v>
       </c>
       <c r="K53" s="9">
         <v>695461</v>
       </c>
       <c r="L53" s="9">
         <v>695461</v>
       </c>
-      <c r="M53" s="16"/>
-[...1 lines deleted...]
-      <c r="O53" s="16"/>
+      <c r="M53" s="16">
+        <v>690541</v>
+      </c>
+      <c r="N53" s="16">
+        <v>695461</v>
+      </c>
+      <c r="O53" s="16">
+        <v>695461</v>
+      </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A54" s="29"/>
+      <c r="A54" s="31"/>
       <c r="B54" s="30"/>
       <c r="C54" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D54" s="8">
         <v>215085</v>
       </c>
       <c r="E54" s="8">
         <v>215085</v>
       </c>
       <c r="F54" s="8">
         <v>215085</v>
       </c>
       <c r="G54" s="9">
         <v>215085</v>
       </c>
       <c r="H54" s="9">
         <v>215085</v>
       </c>
       <c r="I54" s="9">
         <v>215085</v>
       </c>
       <c r="J54" s="9">
         <v>215085</v>
       </c>
       <c r="K54" s="9">
         <v>215085</v>
       </c>
       <c r="L54" s="9">
         <v>215085</v>
       </c>
-      <c r="M54" s="16"/>
-[...1 lines deleted...]
-      <c r="O54" s="16"/>
+      <c r="M54" s="16">
+        <v>215085</v>
+      </c>
+      <c r="N54" s="16">
+        <v>215085</v>
+      </c>
+      <c r="O54" s="16">
+        <v>215085</v>
+      </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A55" s="29"/>
+      <c r="A55" s="31"/>
       <c r="B55" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="12"/>
       <c r="D55" s="17">
         <v>2322948</v>
       </c>
       <c r="E55" s="17">
         <v>2322948</v>
       </c>
       <c r="F55" s="17">
         <v>2322948</v>
       </c>
       <c r="G55" s="9">
         <v>2322948</v>
       </c>
       <c r="H55" s="9">
         <v>2323167</v>
       </c>
       <c r="I55" s="9">
         <v>2323167</v>
       </c>
       <c r="J55" s="9">
         <v>2323167</v>
       </c>
       <c r="K55" s="9">
         <v>2323167</v>
       </c>
       <c r="L55" s="9">
         <v>2323167</v>
       </c>
-      <c r="M55" s="16"/>
-[...1 lines deleted...]
-      <c r="O55" s="16"/>
+      <c r="M55" s="16">
+        <v>1843086</v>
+      </c>
+      <c r="N55" s="16">
+        <v>2323167</v>
+      </c>
+      <c r="O55" s="16">
+        <v>2323167</v>
+      </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A56" s="29"/>
+      <c r="A56" s="31"/>
       <c r="B56" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="7"/>
       <c r="D56" s="8">
         <v>260871</v>
       </c>
       <c r="E56" s="8">
         <v>250995</v>
       </c>
       <c r="F56" s="8">
         <v>282771</v>
       </c>
       <c r="G56" s="9">
         <v>284961</v>
       </c>
       <c r="H56" s="9">
         <v>259566</v>
       </c>
       <c r="I56" s="9">
         <v>298128</v>
       </c>
       <c r="J56" s="9">
         <v>305276</v>
       </c>
       <c r="K56" s="9">
         <v>278388</v>
       </c>
       <c r="L56" s="9">
         <v>265379</v>
       </c>
-      <c r="M56" s="16"/>
-[...4 lines deleted...]
-      <c r="A57" s="29"/>
+      <c r="M56" s="16">
+        <v>131590</v>
+      </c>
+      <c r="N56" s="16">
+        <v>272406</v>
+      </c>
+      <c r="O56" s="16">
+        <v>260594</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" ht="26" x14ac:dyDescent="0.25">
+      <c r="A57" s="31"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="12"/>
       <c r="D57" s="17">
         <v>19773806</v>
       </c>
       <c r="E57" s="17">
         <v>19186995</v>
       </c>
       <c r="F57" s="17">
         <v>19294000</v>
       </c>
       <c r="G57" s="9">
         <v>19710416</v>
       </c>
       <c r="H57" s="9">
         <v>20141852</v>
       </c>
       <c r="I57" s="9">
         <v>20356522</v>
       </c>
       <c r="J57" s="9">
         <v>20771179</v>
       </c>
       <c r="K57" s="9">
         <v>20459809</v>
       </c>
       <c r="L57" s="9">
         <v>20059187</v>
       </c>
-      <c r="M57" s="16"/>
-[...1 lines deleted...]
-      <c r="O57" s="16"/>
+      <c r="M57" s="16">
+        <v>12599636</v>
+      </c>
+      <c r="N57" s="16">
+        <v>20643674</v>
+      </c>
+      <c r="O57" s="16">
+        <v>21102251</v>
+      </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A58" s="29"/>
-      <c r="B58" s="29"/>
+      <c r="A58" s="31"/>
+      <c r="B58" s="31"/>
       <c r="C58" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D58" s="8">
         <v>6981256</v>
       </c>
       <c r="E58" s="8">
         <v>6980946</v>
       </c>
       <c r="F58" s="8">
         <v>6981963</v>
       </c>
       <c r="G58" s="9">
         <v>6985726</v>
       </c>
       <c r="H58" s="9">
         <v>6985101</v>
       </c>
       <c r="I58" s="9">
         <v>7933829</v>
       </c>
       <c r="J58" s="9">
         <v>7934237</v>
       </c>
       <c r="K58" s="9">
         <v>7934902</v>
       </c>
       <c r="L58" s="9">
         <v>7936486</v>
       </c>
-      <c r="M58" s="16"/>
-[...5 lines deleted...]
-      <c r="B59" s="29"/>
+      <c r="M58" s="16">
+        <v>199428</v>
+      </c>
+      <c r="N58" s="16">
+        <v>7936744</v>
+      </c>
+      <c r="O58" s="16">
+        <v>7938624</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="31"/>
+      <c r="B59" s="31"/>
       <c r="C59" s="12" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="17">
         <v>12792550</v>
       </c>
       <c r="E59" s="17">
         <v>12206049</v>
       </c>
       <c r="F59" s="17">
         <v>12312037</v>
       </c>
       <c r="G59" s="9">
         <v>12724690</v>
       </c>
       <c r="H59" s="9">
         <v>13156751</v>
       </c>
       <c r="I59" s="9">
         <v>12422693</v>
       </c>
       <c r="J59" s="9">
         <v>12836942</v>
       </c>
       <c r="K59" s="9">
         <v>12524907</v>
       </c>
       <c r="L59" s="9">
         <v>12122701</v>
       </c>
-      <c r="M59" s="16"/>
-[...1 lines deleted...]
-      <c r="O59" s="16"/>
+      <c r="M59" s="16">
+        <v>12400208</v>
+      </c>
+      <c r="N59" s="16">
+        <v>12706930</v>
+      </c>
+      <c r="O59" s="16">
+        <v>13163627</v>
+      </c>
     </row>
     <row r="60" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="5"/>
       <c r="D60" s="18">
         <v>0</v>
       </c>
       <c r="E60" s="18">
         <v>0</v>
       </c>
       <c r="F60" s="18">
         <v>0</v>
       </c>
       <c r="G60" s="15">
         <v>0</v>
       </c>
       <c r="H60" s="15">
         <v>0</v>
       </c>
       <c r="I60" s="15">
         <v>2264526</v>
       </c>
       <c r="J60" s="15">
         <v>0</v>
       </c>
       <c r="K60" s="15">
         <v>0</v>
       </c>
       <c r="L60" s="15">
         <v>0</v>
       </c>
-      <c r="M60" s="10"/>
-[...1 lines deleted...]
-      <c r="O60" s="10"/>
+      <c r="M60" s="10">
+        <v>0</v>
+      </c>
+      <c r="N60" s="10">
+        <v>0</v>
+      </c>
+      <c r="O60" s="10">
+        <v>0</v>
+      </c>
     </row>
     <row r="61" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B61" s="13"/>
       <c r="C61" s="13"/>
       <c r="D61" s="14">
         <v>183506385</v>
       </c>
       <c r="E61" s="14">
         <v>183561952</v>
       </c>
       <c r="F61" s="14">
         <v>182731313</v>
       </c>
       <c r="G61" s="15">
         <v>183323203</v>
       </c>
       <c r="H61" s="15">
         <v>180882811</v>
       </c>
       <c r="I61" s="15">
         <v>179090259</v>
       </c>
       <c r="J61" s="15">
         <v>182524940</v>
       </c>
       <c r="K61" s="15">
         <v>182426061</v>
       </c>
       <c r="L61" s="15">
         <v>184709162</v>
       </c>
-      <c r="M61" s="10"/>
-[...1 lines deleted...]
-      <c r="O61" s="10"/>
+      <c r="M61" s="10">
+        <v>131576033</v>
+      </c>
+      <c r="N61" s="10">
+        <v>190464382</v>
+      </c>
+      <c r="O61" s="10">
+        <v>187994341</v>
+      </c>
     </row>
     <row r="62" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B62" s="5"/>
       <c r="C62" s="5"/>
       <c r="D62" s="18">
         <v>26798553</v>
       </c>
       <c r="E62" s="18">
         <v>27831267</v>
       </c>
       <c r="F62" s="18">
         <v>25777236</v>
       </c>
       <c r="G62" s="15">
         <v>26085649</v>
       </c>
       <c r="H62" s="15">
         <v>21998971</v>
       </c>
       <c r="I62" s="15">
         <v>19554511</v>
       </c>
       <c r="J62" s="15">
         <v>21841336</v>
       </c>
       <c r="K62" s="15">
         <v>18667209</v>
       </c>
       <c r="L62" s="15">
         <v>20869430</v>
       </c>
-      <c r="M62" s="10"/>
-[...1 lines deleted...]
-      <c r="O62" s="10"/>
+      <c r="M62" s="10">
+        <v>14260224</v>
+      </c>
+      <c r="N62" s="10">
+        <v>20442935</v>
+      </c>
+      <c r="O62" s="10">
+        <v>17788259</v>
+      </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" s="30"/>
       <c r="B63" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C63" s="12"/>
       <c r="D63" s="17">
         <v>1518519</v>
       </c>
       <c r="E63" s="17">
         <v>1467503</v>
       </c>
       <c r="F63" s="17">
         <v>1454479</v>
       </c>
       <c r="G63" s="9">
         <v>1716709</v>
       </c>
       <c r="H63" s="9">
         <v>1737784</v>
       </c>
       <c r="I63" s="9">
         <v>1464011</v>
       </c>
       <c r="J63" s="9">
         <v>1527257</v>
       </c>
       <c r="K63" s="9">
         <v>1502858</v>
       </c>
       <c r="L63" s="9">
         <v>1768086</v>
       </c>
-      <c r="M63" s="16"/>
-[...1 lines deleted...]
-      <c r="O63" s="16"/>
+      <c r="M63" s="16">
+        <v>1193617</v>
+      </c>
+      <c r="N63" s="16">
+        <v>1589593</v>
+      </c>
+      <c r="O63" s="16">
+        <v>1941741</v>
+      </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" s="30"/>
       <c r="B64" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="7"/>
       <c r="D64" s="8">
         <v>106739</v>
       </c>
       <c r="E64" s="8">
         <v>101316</v>
       </c>
       <c r="F64" s="8">
         <v>155965</v>
       </c>
       <c r="G64" s="9">
         <v>171240</v>
       </c>
       <c r="H64" s="9">
         <v>163979</v>
       </c>
       <c r="I64" s="9">
         <v>217128</v>
       </c>
       <c r="J64" s="9">
         <v>147976</v>
       </c>
       <c r="K64" s="9">
         <v>141840</v>
       </c>
       <c r="L64" s="9">
         <v>141497</v>
       </c>
-      <c r="M64" s="16"/>
-[...3 lines deleted...]
-    <row r="65" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M64" s="16">
+        <v>74406</v>
+      </c>
+      <c r="N64" s="16">
+        <v>165842</v>
+      </c>
+      <c r="O64" s="16">
+        <v>109191</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" ht="26" x14ac:dyDescent="0.25">
       <c r="A65" s="30"/>
       <c r="B65" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C65" s="12"/>
       <c r="D65" s="17">
         <v>8493186</v>
       </c>
       <c r="E65" s="17">
         <v>10596326</v>
       </c>
       <c r="F65" s="17">
         <v>8683565</v>
       </c>
       <c r="G65" s="9">
         <v>9875939</v>
       </c>
       <c r="H65" s="9">
         <v>5286177</v>
       </c>
       <c r="I65" s="9">
         <v>6044316</v>
       </c>
       <c r="J65" s="9">
         <v>6634451</v>
       </c>
       <c r="K65" s="9">
         <v>5366905</v>
       </c>
       <c r="L65" s="9">
         <v>4370285</v>
       </c>
-      <c r="M65" s="16"/>
-[...1 lines deleted...]
-      <c r="O65" s="16"/>
+      <c r="M65" s="16">
+        <v>4590266</v>
+      </c>
+      <c r="N65" s="16">
+        <v>5560030</v>
+      </c>
+      <c r="O65" s="16">
+        <v>5956352</v>
+      </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" s="30"/>
-      <c r="B66" s="29"/>
+      <c r="B66" s="31"/>
       <c r="C66" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D66" s="8">
         <v>1634987</v>
       </c>
       <c r="E66" s="8">
         <v>1594521</v>
       </c>
       <c r="F66" s="8">
         <v>1575267</v>
       </c>
       <c r="G66" s="9">
         <v>1578973</v>
       </c>
       <c r="H66" s="9">
         <v>1585568</v>
       </c>
       <c r="I66" s="9">
         <v>1577462</v>
       </c>
       <c r="J66" s="9">
         <v>1563348</v>
       </c>
       <c r="K66" s="9">
         <v>1556420</v>
       </c>
       <c r="L66" s="9">
         <v>1573769</v>
       </c>
-      <c r="M66" s="16"/>
-[...1 lines deleted...]
-      <c r="O66" s="16"/>
+      <c r="M66" s="16">
+        <v>1136446</v>
+      </c>
+      <c r="N66" s="16">
+        <v>1610339</v>
+      </c>
+      <c r="O66" s="16">
+        <v>1638344</v>
+      </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67" s="30"/>
-      <c r="B67" s="29"/>
+      <c r="B67" s="31"/>
       <c r="C67" s="12" t="s">
         <v>61</v>
       </c>
       <c r="D67" s="17">
         <v>4044160</v>
       </c>
       <c r="E67" s="17">
         <v>5303174</v>
       </c>
       <c r="F67" s="17">
         <v>3505512</v>
       </c>
       <c r="G67" s="9">
         <v>4886163</v>
       </c>
       <c r="H67" s="9">
         <v>1593897</v>
       </c>
       <c r="I67" s="9">
         <v>1355476</v>
       </c>
       <c r="J67" s="9">
         <v>2114589</v>
       </c>
       <c r="K67" s="9">
         <v>1497564</v>
       </c>
       <c r="L67" s="9">
         <v>1380962</v>
       </c>
-      <c r="M67" s="16"/>
-[...1 lines deleted...]
-      <c r="O67" s="16"/>
+      <c r="M67" s="16">
+        <v>1911501</v>
+      </c>
+      <c r="N67" s="16">
+        <v>1850255</v>
+      </c>
+      <c r="O67" s="16">
+        <v>2075953</v>
+      </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" s="30"/>
-      <c r="B68" s="29"/>
+      <c r="B68" s="31"/>
       <c r="C68" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D68" s="8">
         <v>2814039</v>
       </c>
       <c r="E68" s="8">
         <v>3698631</v>
       </c>
       <c r="F68" s="8">
         <v>3602786</v>
       </c>
       <c r="G68" s="9">
         <v>3410803</v>
       </c>
       <c r="H68" s="9">
         <v>2106712</v>
       </c>
       <c r="I68" s="9">
         <v>3111378</v>
       </c>
       <c r="J68" s="9">
         <v>2956514</v>
       </c>
       <c r="K68" s="9">
         <v>2312921</v>
       </c>
       <c r="L68" s="9">
         <v>1415554</v>
       </c>
-      <c r="M68" s="16"/>
-[...3 lines deleted...]
-    <row r="69" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M68" s="16">
+        <v>1542319</v>
+      </c>
+      <c r="N68" s="16">
+        <v>2099436</v>
+      </c>
+      <c r="O68" s="16">
+        <v>2242055</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69" s="30"/>
       <c r="B69" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C69" s="12"/>
       <c r="D69" s="17">
         <v>16680109</v>
       </c>
       <c r="E69" s="17">
         <v>15666122</v>
       </c>
       <c r="F69" s="17">
         <v>15483227</v>
       </c>
       <c r="G69" s="9">
         <v>14321761</v>
       </c>
       <c r="H69" s="9">
         <v>14811031</v>
       </c>
       <c r="I69" s="9">
         <v>11829056</v>
       </c>
       <c r="J69" s="9">
         <v>13531652</v>
       </c>
       <c r="K69" s="9">
         <v>11655606</v>
       </c>
       <c r="L69" s="9">
         <v>14589562</v>
       </c>
-      <c r="M69" s="16"/>
-[...1 lines deleted...]
-      <c r="O69" s="16"/>
+      <c r="M69" s="16">
+        <v>8401935</v>
+      </c>
+      <c r="N69" s="16">
+        <v>13127470</v>
+      </c>
+      <c r="O69" s="16">
+        <v>9780975</v>
+      </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70" s="30"/>
-      <c r="B70" s="29"/>
+      <c r="B70" s="31"/>
       <c r="C70" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D70" s="8">
         <v>6303074</v>
       </c>
       <c r="E70" s="8">
         <v>5248479</v>
       </c>
       <c r="F70" s="8">
         <v>6284530</v>
       </c>
       <c r="G70" s="9">
         <v>5823649</v>
       </c>
       <c r="H70" s="9">
         <v>6348003</v>
       </c>
       <c r="I70" s="9">
         <v>4904319</v>
       </c>
       <c r="J70" s="9">
         <v>4519348</v>
       </c>
       <c r="K70" s="9">
         <v>4162303</v>
       </c>
       <c r="L70" s="9">
         <v>4935979</v>
       </c>
-      <c r="M70" s="16"/>
-[...1 lines deleted...]
-      <c r="O70" s="16"/>
+      <c r="M70" s="16">
+        <v>3032243</v>
+      </c>
+      <c r="N70" s="16">
+        <v>4486407</v>
+      </c>
+      <c r="O70" s="16">
+        <v>4352853</v>
+      </c>
     </row>
     <row r="71" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="30"/>
-      <c r="B71" s="29"/>
+      <c r="B71" s="31"/>
       <c r="C71" s="12" t="s">
         <v>65</v>
       </c>
       <c r="D71" s="17">
         <v>10377035</v>
       </c>
       <c r="E71" s="17">
         <v>10417643</v>
       </c>
       <c r="F71" s="17">
         <v>9198697</v>
       </c>
       <c r="G71" s="9">
         <v>8498112</v>
       </c>
       <c r="H71" s="9">
         <v>8463028</v>
       </c>
       <c r="I71" s="9">
         <v>6924737</v>
       </c>
       <c r="J71" s="9">
         <v>9012304</v>
       </c>
       <c r="K71" s="9">
         <v>7493303</v>
       </c>
       <c r="L71" s="9">
         <v>9653583</v>
       </c>
-      <c r="M71" s="16"/>
-[...1 lines deleted...]
-      <c r="O71" s="16"/>
+      <c r="M71" s="16">
+        <v>5369692</v>
+      </c>
+      <c r="N71" s="16">
+        <v>8641063</v>
+      </c>
+      <c r="O71" s="16">
+        <v>5428122</v>
+      </c>
     </row>
     <row r="72" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B72" s="5"/>
       <c r="C72" s="5"/>
       <c r="D72" s="18">
         <v>25661004</v>
       </c>
       <c r="E72" s="18">
         <v>26116485</v>
       </c>
       <c r="F72" s="18">
         <v>26876120</v>
       </c>
       <c r="G72" s="15">
         <v>26579241</v>
       </c>
       <c r="H72" s="15">
         <v>26993004</v>
       </c>
       <c r="I72" s="15">
         <v>26340053</v>
       </c>
       <c r="J72" s="15">
         <v>26457002</v>
       </c>
       <c r="K72" s="15">
         <v>28630054</v>
       </c>
       <c r="L72" s="15">
         <v>28720880</v>
       </c>
-      <c r="M72" s="10"/>
-[...1 lines deleted...]
-      <c r="O72" s="10"/>
+      <c r="M72" s="10">
+        <v>22069845</v>
+      </c>
+      <c r="N72" s="10">
+        <v>28487723</v>
+      </c>
+      <c r="O72" s="10">
+        <v>29250716</v>
+      </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73" s="30"/>
       <c r="B73" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C73" s="12"/>
       <c r="D73" s="17">
         <v>0</v>
       </c>
       <c r="E73" s="17">
         <v>0</v>
       </c>
       <c r="F73" s="17">
         <v>0</v>
       </c>
       <c r="G73" s="9">
         <v>0</v>
       </c>
       <c r="H73" s="9">
         <v>0</v>
       </c>
       <c r="I73" s="9">
         <v>0</v>
       </c>
       <c r="J73" s="9">
         <v>0</v>
       </c>
       <c r="K73" s="9">
         <v>0</v>
       </c>
       <c r="L73" s="9">
         <v>0</v>
       </c>
-      <c r="M73" s="16"/>
-[...1 lines deleted...]
-      <c r="O73" s="16"/>
+      <c r="M73" s="16">
+        <v>0</v>
+      </c>
+      <c r="N73" s="16">
+        <v>0</v>
+      </c>
+      <c r="O73" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A74" s="30"/>
       <c r="B74" s="7" t="s">
         <v>68</v>
       </c>
       <c r="C74" s="7"/>
       <c r="D74" s="8">
         <v>23007007</v>
       </c>
       <c r="E74" s="8">
         <v>23409930</v>
       </c>
       <c r="F74" s="8">
         <v>24031175</v>
       </c>
       <c r="G74" s="9">
         <v>23572042</v>
       </c>
       <c r="H74" s="9">
         <v>23906275</v>
       </c>
       <c r="I74" s="9">
         <v>23227936</v>
       </c>
       <c r="J74" s="9">
         <v>22642002</v>
       </c>
       <c r="K74" s="9">
         <v>23825032</v>
       </c>
       <c r="L74" s="9">
         <v>23120700</v>
       </c>
-      <c r="M74" s="16"/>
-[...1 lines deleted...]
-      <c r="O74" s="16"/>
+      <c r="M74" s="16">
+        <v>16261639</v>
+      </c>
+      <c r="N74" s="16">
+        <v>22739946</v>
+      </c>
+      <c r="O74" s="16">
+        <v>22883209</v>
+      </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75" s="30"/>
       <c r="B75" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C75" s="12"/>
       <c r="D75" s="17">
         <v>2658490</v>
       </c>
       <c r="E75" s="17">
         <v>2711115</v>
       </c>
       <c r="F75" s="17">
         <v>2849488</v>
       </c>
       <c r="G75" s="9">
         <v>3011856</v>
       </c>
       <c r="H75" s="9">
         <v>3091257</v>
       </c>
       <c r="I75" s="9">
         <v>3116545</v>
       </c>
       <c r="J75" s="9">
         <v>3819428</v>
       </c>
       <c r="K75" s="9">
         <v>4809402</v>
       </c>
       <c r="L75" s="9">
         <v>5604943</v>
       </c>
-      <c r="M75" s="16"/>
-[...1 lines deleted...]
-      <c r="O75" s="16"/>
+      <c r="M75" s="16">
+        <v>5812842</v>
+      </c>
+      <c r="N75" s="16">
+        <v>5752347</v>
+      </c>
+      <c r="O75" s="16">
+        <v>6372303</v>
+      </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76" s="30"/>
       <c r="B76" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C76" s="7"/>
       <c r="D76" s="8">
         <v>4493</v>
       </c>
       <c r="E76" s="8">
         <v>4560</v>
       </c>
       <c r="F76" s="8">
         <v>4543</v>
       </c>
       <c r="G76" s="9">
         <v>4657</v>
       </c>
       <c r="H76" s="9">
         <v>4528</v>
       </c>
       <c r="I76" s="9">
         <v>4428</v>
       </c>
       <c r="J76" s="9">
         <v>4428</v>
       </c>
       <c r="K76" s="9">
         <v>4380</v>
       </c>
       <c r="L76" s="9">
         <v>4763</v>
       </c>
-      <c r="M76" s="16"/>
-[...1 lines deleted...]
-      <c r="O76" s="16"/>
+      <c r="M76" s="16">
+        <v>4636</v>
+      </c>
+      <c r="N76" s="16">
+        <v>4570</v>
+      </c>
+      <c r="O76" s="16">
+        <v>4796</v>
+      </c>
     </row>
     <row r="77" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B77" s="13"/>
       <c r="C77" s="13"/>
       <c r="D77" s="14">
         <v>119950117</v>
       </c>
       <c r="E77" s="14">
         <v>119521399</v>
       </c>
       <c r="F77" s="14">
         <v>120117195</v>
       </c>
       <c r="G77" s="15">
         <v>119896279</v>
       </c>
       <c r="H77" s="15">
         <v>120512722</v>
       </c>
       <c r="I77" s="15">
         <v>120903739</v>
       </c>
       <c r="J77" s="15">
         <v>123317883</v>
       </c>
       <c r="K77" s="15">
         <v>123889409</v>
       </c>
       <c r="L77" s="15">
         <v>124102359</v>
       </c>
-      <c r="M77" s="10"/>
-[...1 lines deleted...]
-      <c r="O77" s="10"/>
+      <c r="M77" s="10">
+        <v>87605805</v>
+      </c>
+      <c r="N77" s="10">
+        <v>130049640</v>
+      </c>
+      <c r="O77" s="10">
+        <v>129352318</v>
+      </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A78" s="29"/>
+      <c r="A78" s="31"/>
       <c r="B78" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C78" s="7"/>
-      <c r="D78" s="8">
-[...5 lines deleted...]
-      <c r="F78" s="8">
+      <c r="D78" s="9">
+        <v>0</v>
+      </c>
+      <c r="E78" s="9">
+        <v>0</v>
+      </c>
+      <c r="F78" s="9">
         <v>0</v>
       </c>
       <c r="G78" s="9">
         <v>23049</v>
       </c>
       <c r="H78" s="9">
         <v>0</v>
       </c>
       <c r="I78" s="9">
         <v>0</v>
       </c>
       <c r="J78" s="9">
         <v>1953911</v>
       </c>
       <c r="K78" s="9">
         <v>2081513</v>
       </c>
       <c r="L78" s="9">
         <v>864229</v>
       </c>
-      <c r="M78" s="16"/>
-[...1 lines deleted...]
-      <c r="O78" s="16"/>
+      <c r="M78" s="16">
+        <v>630188</v>
+      </c>
+      <c r="N78" s="16">
+        <v>1150058</v>
+      </c>
+      <c r="O78" s="16">
+        <v>5029</v>
+      </c>
     </row>
     <row r="79" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="29"/>
+      <c r="A79" s="31"/>
       <c r="B79" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C79" s="12"/>
-      <c r="D79" s="17">
-[...5 lines deleted...]
-      <c r="F79" s="17">
+      <c r="D79" s="9">
+        <v>0</v>
+      </c>
+      <c r="E79" s="9">
+        <v>0</v>
+      </c>
+      <c r="F79" s="9">
         <v>0</v>
       </c>
       <c r="G79" s="9">
         <v>0</v>
       </c>
       <c r="H79" s="9">
         <v>0</v>
       </c>
       <c r="I79" s="9">
         <v>0</v>
       </c>
       <c r="J79" s="9">
         <v>0</v>
       </c>
       <c r="K79" s="9">
         <v>0</v>
       </c>
       <c r="L79" s="9">
         <v>0</v>
       </c>
-      <c r="M79" s="16"/>
-[...1 lines deleted...]
-      <c r="O79" s="16"/>
+      <c r="M79" s="16">
+        <v>0</v>
+      </c>
+      <c r="N79" s="16">
+        <v>0</v>
+      </c>
+      <c r="O79" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="80" spans="1:15" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="29"/>
+      <c r="A80" s="31"/>
       <c r="B80" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C80" s="7"/>
       <c r="D80" s="8">
         <v>703433</v>
       </c>
       <c r="E80" s="8">
         <v>222768</v>
       </c>
       <c r="F80" s="8">
         <v>209297</v>
       </c>
       <c r="G80" s="9">
         <v>237119</v>
       </c>
       <c r="H80" s="9">
         <v>225936</v>
       </c>
       <c r="I80" s="9">
         <v>277072</v>
       </c>
       <c r="J80" s="9">
         <v>735781</v>
       </c>
       <c r="K80" s="9">
         <v>731161</v>
       </c>
       <c r="L80" s="9">
         <v>919170</v>
       </c>
-      <c r="M80" s="16"/>
-[...4 lines deleted...]
-      <c r="A81" s="29"/>
+      <c r="M80" s="16">
+        <v>483743</v>
+      </c>
+      <c r="N80" s="16">
+        <v>880899</v>
+      </c>
+      <c r="O80" s="16">
+        <v>794387</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" ht="26" x14ac:dyDescent="0.25">
+      <c r="A81" s="31"/>
       <c r="B81" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C81" s="12"/>
       <c r="D81" s="17">
         <v>14417612</v>
       </c>
       <c r="E81" s="17">
         <v>14458212</v>
       </c>
       <c r="F81" s="17">
         <v>14732541</v>
       </c>
       <c r="G81" s="9">
         <v>14856581</v>
       </c>
       <c r="H81" s="9">
         <v>14863944</v>
       </c>
       <c r="I81" s="9">
         <v>15475696</v>
       </c>
       <c r="J81" s="9">
         <v>15641270</v>
       </c>
       <c r="K81" s="9">
         <v>15802556</v>
       </c>
       <c r="L81" s="9">
         <v>16257594</v>
       </c>
-      <c r="M81" s="16"/>
-[...1 lines deleted...]
-      <c r="O81" s="16"/>
+      <c r="M81" s="16">
+        <v>11082964</v>
+      </c>
+      <c r="N81" s="16">
+        <v>16598987</v>
+      </c>
+      <c r="O81" s="16">
+        <v>16845925</v>
+      </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A82" s="29"/>
+      <c r="A82" s="31"/>
       <c r="B82" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C82" s="7"/>
       <c r="D82" s="8">
         <v>44783118</v>
       </c>
       <c r="E82" s="17">
         <v>44236292</v>
       </c>
       <c r="F82" s="8">
         <v>44326243</v>
       </c>
       <c r="G82" s="9">
         <v>44376925</v>
       </c>
       <c r="H82" s="9">
         <v>44359432</v>
       </c>
       <c r="I82" s="9">
         <v>44793159</v>
       </c>
       <c r="J82" s="9">
         <v>44614679</v>
       </c>
       <c r="K82" s="9">
         <v>45081103</v>
       </c>
       <c r="L82" s="9">
         <v>45034573</v>
       </c>
-      <c r="M82" s="16"/>
-[...1 lines deleted...]
-      <c r="O82" s="16"/>
+      <c r="M82" s="16">
+        <v>32139030</v>
+      </c>
+      <c r="N82" s="16">
+        <v>45018809</v>
+      </c>
+      <c r="O82" s="16">
+        <v>45175592</v>
+      </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A83" s="29"/>
+      <c r="A83" s="31"/>
       <c r="B83" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C83" s="12"/>
       <c r="D83" s="17">
         <v>12897787</v>
       </c>
       <c r="E83" s="17">
         <v>13214616</v>
       </c>
       <c r="F83" s="17">
         <v>12871191</v>
       </c>
       <c r="G83" s="9">
         <v>12778637</v>
       </c>
       <c r="H83" s="9">
         <v>12756053</v>
       </c>
       <c r="I83" s="9">
         <v>12277448</v>
       </c>
       <c r="J83" s="9">
         <v>12761188</v>
       </c>
       <c r="K83" s="9">
         <v>12430009</v>
       </c>
       <c r="L83" s="9">
         <v>12327807</v>
       </c>
-      <c r="M83" s="16"/>
-[...1 lines deleted...]
-      <c r="O83" s="16"/>
+      <c r="M83" s="16">
+        <v>6774059</v>
+      </c>
+      <c r="N83" s="16">
+        <v>12362754</v>
+      </c>
+      <c r="O83" s="16">
+        <v>12497033</v>
+      </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A84" s="29"/>
+      <c r="A84" s="31"/>
       <c r="B84" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C84" s="7"/>
       <c r="D84" s="8">
         <v>9853362</v>
       </c>
       <c r="E84" s="17">
         <v>9907902</v>
       </c>
       <c r="F84" s="8">
         <v>9960238</v>
       </c>
       <c r="G84" s="9">
         <v>10010672</v>
       </c>
       <c r="H84" s="9">
         <v>10067611</v>
       </c>
       <c r="I84" s="9">
         <v>10172572</v>
       </c>
       <c r="J84" s="9">
         <v>10290218</v>
       </c>
       <c r="K84" s="9">
         <v>10419707</v>
       </c>
       <c r="L84" s="9">
         <v>10440018</v>
       </c>
-      <c r="M84" s="16"/>
-[...1 lines deleted...]
-      <c r="O84" s="16"/>
+      <c r="M84" s="16">
+        <v>9419450</v>
+      </c>
+      <c r="N84" s="16">
+        <v>10494235</v>
+      </c>
+      <c r="O84" s="16">
+        <v>10479895</v>
+      </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A85" s="29"/>
+      <c r="A85" s="31"/>
       <c r="B85" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C85" s="12"/>
       <c r="D85" s="17">
         <v>21826050</v>
       </c>
       <c r="E85" s="17">
         <v>21738716</v>
       </c>
       <c r="F85" s="17">
         <v>22147825</v>
       </c>
       <c r="G85" s="9">
         <v>22728809</v>
       </c>
       <c r="H85" s="9">
         <v>23079188</v>
       </c>
       <c r="I85" s="9">
         <v>23104188</v>
       </c>
       <c r="J85" s="9">
         <v>22782086</v>
       </c>
       <c r="K85" s="9">
         <v>22967106</v>
       </c>
       <c r="L85" s="9">
         <v>22952585</v>
       </c>
-      <c r="M85" s="16"/>
-[...1 lines deleted...]
-      <c r="O85" s="16"/>
+      <c r="M85" s="16">
+        <v>17544728</v>
+      </c>
+      <c r="N85" s="16">
+        <v>29284247</v>
+      </c>
+      <c r="O85" s="16">
+        <v>29271129</v>
+      </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A86" s="29"/>
+      <c r="A86" s="31"/>
       <c r="B86" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C86" s="7"/>
       <c r="D86" s="8">
         <v>12836005</v>
       </c>
       <c r="E86" s="17">
         <v>13198088</v>
       </c>
       <c r="F86" s="8">
         <v>13275400</v>
       </c>
       <c r="G86" s="9">
         <v>12330320</v>
       </c>
       <c r="H86" s="9">
         <v>12495758</v>
       </c>
       <c r="I86" s="9">
         <v>11959040</v>
       </c>
       <c r="J86" s="9">
         <v>11972424</v>
       </c>
       <c r="K86" s="9">
         <v>11764910</v>
       </c>
       <c r="L86" s="9">
         <v>12659026</v>
       </c>
-      <c r="M86" s="16"/>
-[...1 lines deleted...]
-      <c r="O86" s="16"/>
+      <c r="M86" s="16">
+        <v>7257664</v>
+      </c>
+      <c r="N86" s="16">
+        <v>11690911</v>
+      </c>
+      <c r="O86" s="16">
+        <v>11341829</v>
+      </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A87" s="29"/>
+      <c r="A87" s="31"/>
       <c r="B87" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C87" s="12"/>
       <c r="D87" s="17">
         <v>850747</v>
       </c>
       <c r="E87" s="17">
         <v>863830</v>
       </c>
       <c r="F87" s="17">
         <v>875671</v>
       </c>
       <c r="G87" s="9">
         <v>874380</v>
       </c>
       <c r="H87" s="9">
         <v>878398</v>
       </c>
       <c r="I87" s="9">
         <v>875786</v>
       </c>
       <c r="J87" s="9">
         <v>887949</v>
       </c>
       <c r="K87" s="9">
         <v>891474</v>
       </c>
       <c r="L87" s="9">
         <v>899201</v>
       </c>
-      <c r="M87" s="16"/>
-[...1 lines deleted...]
-      <c r="O87" s="16"/>
+      <c r="M87" s="16">
+        <v>774853</v>
+      </c>
+      <c r="N87" s="16">
+        <v>912217</v>
+      </c>
+      <c r="O87" s="16">
+        <v>887994</v>
+      </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A88" s="29"/>
+      <c r="A88" s="31"/>
       <c r="B88" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C88" s="7"/>
       <c r="D88" s="8">
         <v>16717</v>
       </c>
       <c r="E88" s="17">
         <v>0</v>
       </c>
       <c r="F88" s="8">
         <v>94178</v>
       </c>
       <c r="G88" s="9">
         <v>52177</v>
       </c>
       <c r="H88" s="9">
         <v>9472</v>
       </c>
       <c r="I88" s="9">
         <v>84979</v>
       </c>
       <c r="J88" s="9">
         <v>0</v>
       </c>
       <c r="K88" s="9">
         <v>0</v>
       </c>
       <c r="L88" s="9">
         <v>74883</v>
       </c>
-      <c r="M88" s="16"/>
-[...1 lines deleted...]
-      <c r="O88" s="16"/>
+      <c r="M88" s="16">
+        <v>0</v>
+      </c>
+      <c r="N88" s="16">
+        <v>0</v>
+      </c>
+      <c r="O88" s="16">
+        <v>95169</v>
+      </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A89" s="29"/>
+      <c r="A89" s="31"/>
       <c r="B89" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C89" s="12"/>
       <c r="D89" s="17">
         <v>19216</v>
       </c>
       <c r="E89" s="17">
         <v>19309</v>
       </c>
       <c r="F89" s="17">
         <v>19309</v>
       </c>
       <c r="G89" s="9">
         <v>0</v>
       </c>
       <c r="H89" s="9">
         <v>0</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
       <c r="J89" s="9">
         <v>0</v>
       </c>
       <c r="K89" s="9">
         <v>0</v>
       </c>
       <c r="L89" s="9">
         <v>0</v>
       </c>
-      <c r="M89" s="16"/>
-[...1 lines deleted...]
-      <c r="O89" s="16"/>
+      <c r="M89" s="16">
+        <v>0</v>
+      </c>
+      <c r="N89" s="16">
+        <v>447</v>
+      </c>
+      <c r="O89" s="16">
+        <v>450</v>
+      </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A90" s="29"/>
+      <c r="A90" s="31"/>
       <c r="B90" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C90" s="7"/>
       <c r="D90" s="8">
         <v>1361968</v>
       </c>
       <c r="E90" s="17">
         <v>1368113</v>
       </c>
       <c r="F90" s="8">
         <v>1371148</v>
       </c>
       <c r="G90" s="9">
         <v>1369534</v>
       </c>
       <c r="H90" s="9">
         <v>1370071</v>
       </c>
       <c r="I90" s="9">
         <v>1246238</v>
       </c>
       <c r="J90" s="9">
         <v>1244114</v>
       </c>
       <c r="K90" s="9">
         <v>1250082</v>
       </c>
       <c r="L90" s="9">
         <v>1252943</v>
       </c>
-      <c r="M90" s="16"/>
-[...1 lines deleted...]
-      <c r="O90" s="16"/>
+      <c r="M90" s="16">
+        <v>1203845</v>
+      </c>
+      <c r="N90" s="16">
+        <v>1243723</v>
+      </c>
+      <c r="O90" s="16">
+        <v>1252302</v>
+      </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A91" s="29"/>
+      <c r="A91" s="31"/>
       <c r="B91" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C91" s="12"/>
       <c r="D91" s="17">
         <v>384102</v>
       </c>
       <c r="E91" s="17">
         <v>293553</v>
       </c>
       <c r="F91" s="17">
         <v>234154</v>
       </c>
       <c r="G91" s="9">
         <v>258076</v>
       </c>
       <c r="H91" s="9">
         <v>406859</v>
       </c>
       <c r="I91" s="9">
         <v>637561</v>
       </c>
       <c r="J91" s="9">
         <v>434263</v>
       </c>
       <c r="K91" s="9">
         <v>469788</v>
       </c>
       <c r="L91" s="9">
         <v>420330</v>
       </c>
-      <c r="M91" s="16"/>
-[...1 lines deleted...]
-      <c r="O91" s="16"/>
+      <c r="M91" s="16">
+        <v>295281</v>
+      </c>
+      <c r="N91" s="16">
+        <v>412353</v>
+      </c>
+      <c r="O91" s="16">
+        <v>705584</v>
+      </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A92" s="29"/>
+      <c r="A92" s="31"/>
       <c r="B92" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C92" s="7"/>
       <c r="D92" s="8">
         <v>2460817</v>
       </c>
       <c r="E92" s="8">
         <v>2422094</v>
       </c>
       <c r="F92" s="8">
         <v>2339829</v>
       </c>
       <c r="G92" s="9">
         <v>2319414</v>
       </c>
       <c r="H92" s="9">
         <v>2274092</v>
       </c>
       <c r="I92" s="9">
         <v>1953049</v>
       </c>
       <c r="J92" s="9">
         <v>1926298</v>
       </c>
       <c r="K92" s="9">
         <v>1936072</v>
       </c>
       <c r="L92" s="9">
         <v>1973251</v>
       </c>
-      <c r="M92" s="16"/>
-[...1 lines deleted...]
-      <c r="O92" s="16"/>
+      <c r="M92" s="16">
+        <v>1307993</v>
+      </c>
+      <c r="N92" s="16">
+        <v>1912862</v>
+      </c>
+      <c r="O92" s="16">
+        <v>2021979</v>
+      </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A93" s="29"/>
+      <c r="A93" s="31"/>
       <c r="B93" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C93" s="12"/>
       <c r="D93" s="17">
         <v>1430061</v>
       </c>
       <c r="E93" s="17">
         <v>1442191</v>
       </c>
       <c r="F93" s="17">
         <v>1460909</v>
       </c>
       <c r="G93" s="9">
         <v>1377547</v>
       </c>
       <c r="H93" s="9">
         <v>1375016</v>
       </c>
       <c r="I93" s="9">
         <v>1330139</v>
       </c>
       <c r="J93" s="9">
         <v>1357888</v>
       </c>
       <c r="K93" s="9">
         <v>1373917</v>
       </c>
       <c r="L93" s="9">
         <v>1392473</v>
       </c>
-      <c r="M93" s="16"/>
-[...1 lines deleted...]
-      <c r="O93" s="16"/>
+      <c r="M93" s="16">
+        <v>1023557</v>
+      </c>
+      <c r="N93" s="16">
+        <v>1369499</v>
+      </c>
+      <c r="O93" s="16">
+        <v>1229357</v>
+      </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A94" s="29"/>
+      <c r="A94" s="31"/>
       <c r="B94" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C94" s="7"/>
       <c r="D94" s="8">
         <v>1087175</v>
       </c>
       <c r="E94" s="8">
         <v>1088946</v>
       </c>
       <c r="F94" s="8">
         <v>1062446</v>
       </c>
       <c r="G94" s="9">
         <v>1039962</v>
       </c>
       <c r="H94" s="9">
         <v>1036753</v>
       </c>
       <c r="I94" s="9">
         <v>912164</v>
       </c>
       <c r="J94" s="9">
         <v>896469</v>
       </c>
       <c r="K94" s="9">
         <v>863602</v>
       </c>
       <c r="L94" s="9">
         <v>859763</v>
       </c>
-      <c r="M94" s="16"/>
-[...1 lines deleted...]
-      <c r="O94" s="16"/>
+      <c r="M94" s="16">
+        <v>404954</v>
+      </c>
+      <c r="N94" s="16">
+        <v>647503</v>
+      </c>
+      <c r="O94" s="16">
+        <v>676440</v>
+      </c>
     </row>
     <row r="95" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="13" t="s">
         <v>88</v>
       </c>
       <c r="B95" s="13"/>
       <c r="C95" s="13"/>
       <c r="D95" s="14">
         <v>114972064</v>
       </c>
       <c r="E95" s="14">
         <v>114568168</v>
       </c>
       <c r="F95" s="14">
         <v>115254011</v>
       </c>
       <c r="G95" s="15">
         <v>115159356</v>
       </c>
       <c r="H95" s="15">
         <v>115826861</v>
       </c>
       <c r="I95" s="15">
         <v>116708387</v>
       </c>
       <c r="J95" s="15">
         <v>119137228</v>
       </c>
       <c r="K95" s="15">
         <v>119715818</v>
       </c>
       <c r="L95" s="15">
         <v>119876872</v>
       </c>
-      <c r="M95" s="10"/>
-[...3 lines deleted...]
-    <row r="96" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M95" s="10">
+        <v>84869301</v>
+      </c>
+      <c r="N95" s="10">
+        <v>126119776</v>
+      </c>
+      <c r="O95" s="10">
+        <v>125424542</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="5"/>
       <c r="D96" s="18">
         <v>4601501</v>
       </c>
       <c r="E96" s="18">
         <v>4820438</v>
       </c>
       <c r="F96" s="18">
         <v>5158073</v>
       </c>
       <c r="G96" s="15">
         <v>5515148</v>
       </c>
       <c r="H96" s="15">
         <v>5604452</v>
       </c>
       <c r="I96" s="15">
         <v>5469710</v>
       </c>
       <c r="J96" s="15">
         <v>5106521</v>
       </c>
       <c r="K96" s="15">
         <v>5305237</v>
       </c>
       <c r="L96" s="15">
         <v>5774137</v>
       </c>
-      <c r="M96" s="10"/>
-[...1 lines deleted...]
-      <c r="O96" s="10"/>
+      <c r="M96" s="10">
+        <v>2773567</v>
+      </c>
+      <c r="N96" s="10">
+        <v>6075443</v>
+      </c>
+      <c r="O96" s="10">
+        <v>6599189</v>
+      </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97" s="30"/>
       <c r="B97" s="12" t="s">
         <v>90</v>
       </c>
       <c r="C97" s="12"/>
       <c r="D97" s="17">
         <v>1874679</v>
       </c>
       <c r="E97" s="17">
         <v>2017436</v>
       </c>
       <c r="F97" s="17">
         <v>2029764</v>
       </c>
       <c r="G97" s="9">
         <v>1974271</v>
       </c>
       <c r="H97" s="9">
         <v>2138186</v>
       </c>
       <c r="I97" s="9">
         <v>2156176</v>
       </c>
       <c r="J97" s="9">
         <v>1785117</v>
       </c>
       <c r="K97" s="9">
         <v>1942148</v>
       </c>
       <c r="L97" s="9">
         <v>1927607</v>
       </c>
-      <c r="M97" s="16"/>
-[...1 lines deleted...]
-      <c r="O97" s="16"/>
+      <c r="M97" s="16">
+        <v>856396</v>
+      </c>
+      <c r="N97" s="16">
+        <v>1794560</v>
+      </c>
+      <c r="O97" s="16">
+        <v>2281780</v>
+      </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98" s="30"/>
       <c r="B98" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C98" s="7"/>
       <c r="D98" s="8">
         <v>0</v>
       </c>
       <c r="E98" s="8">
         <v>0</v>
       </c>
       <c r="F98" s="8">
         <v>0</v>
       </c>
       <c r="G98" s="9">
         <v>0</v>
       </c>
       <c r="H98" s="9">
         <v>0</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
       <c r="J98" s="9">
         <v>0</v>
       </c>
       <c r="K98" s="9">
         <v>0</v>
       </c>
       <c r="L98" s="9">
         <v>0</v>
       </c>
-      <c r="M98" s="16"/>
-[...1 lines deleted...]
-      <c r="O98" s="16"/>
+      <c r="M98" s="16">
+        <v>0</v>
+      </c>
+      <c r="N98" s="16">
+        <v>0</v>
+      </c>
+      <c r="O98" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A99" s="30"/>
       <c r="B99" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C99" s="12"/>
       <c r="D99" s="17">
         <v>668805</v>
       </c>
       <c r="E99" s="17">
         <v>741481</v>
       </c>
       <c r="F99" s="17">
         <v>1060051</v>
       </c>
       <c r="G99" s="9">
         <v>1459629</v>
       </c>
       <c r="H99" s="9">
         <v>1395429</v>
       </c>
       <c r="I99" s="9">
         <v>1235636</v>
       </c>
       <c r="J99" s="9">
         <v>1227864</v>
       </c>
       <c r="K99" s="9">
         <v>1271155</v>
       </c>
       <c r="L99" s="9">
         <v>1756830</v>
       </c>
-      <c r="M99" s="16"/>
-[...1 lines deleted...]
-      <c r="O99" s="16"/>
+      <c r="M99" s="16">
+        <v>1917171</v>
+      </c>
+      <c r="N99" s="16">
+        <v>2040581</v>
+      </c>
+      <c r="O99" s="16">
+        <v>2087301</v>
+      </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100" s="30"/>
       <c r="B100" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C100" s="7"/>
       <c r="D100" s="8">
         <v>2058017</v>
       </c>
       <c r="E100" s="8">
         <v>2061521</v>
       </c>
       <c r="F100" s="8">
         <v>2068258</v>
       </c>
       <c r="G100" s="9">
         <v>2081248</v>
       </c>
       <c r="H100" s="9">
         <v>2070837</v>
       </c>
       <c r="I100" s="9">
         <v>2077898</v>
       </c>
       <c r="J100" s="9">
         <v>2093540</v>
       </c>
       <c r="K100" s="9">
         <v>2091934</v>
       </c>
       <c r="L100" s="9">
         <v>2089700</v>
       </c>
-      <c r="M100" s="16"/>
-[...3 lines deleted...]
-    <row r="101" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M100" s="16">
+        <v>0</v>
+      </c>
+      <c r="N100" s="16">
+        <v>2240302</v>
+      </c>
+      <c r="O100" s="16">
+        <v>2230108</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="13" t="s">
         <v>93</v>
       </c>
       <c r="B101" s="13"/>
       <c r="C101" s="13"/>
       <c r="D101" s="14">
         <v>3876002</v>
       </c>
       <c r="E101" s="14">
         <v>3889780</v>
       </c>
       <c r="F101" s="14">
         <v>3823191</v>
       </c>
       <c r="G101" s="15">
         <v>3825891</v>
       </c>
       <c r="H101" s="15">
         <v>3862161</v>
       </c>
       <c r="I101" s="15">
         <v>3799448</v>
       </c>
       <c r="J101" s="15">
         <v>3721123</v>
       </c>
       <c r="K101" s="15">
         <v>3827357</v>
       </c>
       <c r="L101" s="15">
         <v>3861274</v>
       </c>
-      <c r="M101" s="10"/>
-[...1 lines deleted...]
-      <c r="O101" s="10"/>
+      <c r="M101" s="10">
+        <v>3087456</v>
+      </c>
+      <c r="N101" s="10">
+        <v>3215731</v>
+      </c>
+      <c r="O101" s="10">
+        <v>3242904</v>
+      </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A102" s="29"/>
+      <c r="A102" s="31"/>
       <c r="B102" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C102" s="7"/>
       <c r="D102" s="8">
         <v>1785185</v>
       </c>
       <c r="E102" s="8">
         <v>1786749</v>
       </c>
       <c r="F102" s="8">
         <v>1796841</v>
       </c>
       <c r="G102" s="9">
         <v>1797682</v>
       </c>
       <c r="H102" s="9">
         <v>1820637</v>
       </c>
       <c r="I102" s="9">
         <v>1845836</v>
       </c>
       <c r="J102" s="9">
         <v>1856503</v>
       </c>
       <c r="K102" s="9">
         <v>1970796</v>
       </c>
       <c r="L102" s="9">
         <v>1993831</v>
       </c>
-      <c r="M102" s="16"/>
-[...1 lines deleted...]
-      <c r="O102" s="16"/>
+      <c r="M102" s="16">
+        <v>1316377</v>
+      </c>
+      <c r="N102" s="16">
+        <v>1325036</v>
+      </c>
+      <c r="O102" s="16">
+        <v>1335562</v>
+      </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A103" s="29"/>
+      <c r="A103" s="31"/>
       <c r="B103" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C103" s="12"/>
       <c r="D103" s="17">
         <v>98149</v>
       </c>
       <c r="E103" s="17">
         <v>98571</v>
       </c>
       <c r="F103" s="17">
         <v>99726</v>
       </c>
       <c r="G103" s="9">
         <v>100399</v>
       </c>
       <c r="H103" s="9">
         <v>101788</v>
       </c>
       <c r="I103" s="9">
         <v>102559</v>
       </c>
       <c r="J103" s="9">
         <v>103477</v>
       </c>
       <c r="K103" s="9">
         <v>105383</v>
       </c>
       <c r="L103" s="9">
         <v>106553</v>
       </c>
-      <c r="M103" s="16"/>
-[...1 lines deleted...]
-      <c r="O103" s="16"/>
+      <c r="M103" s="16">
+        <v>0</v>
+      </c>
+      <c r="N103" s="16">
+        <v>0</v>
+      </c>
+      <c r="O103" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="104" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="29"/>
+      <c r="A104" s="31"/>
       <c r="B104" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C104" s="7"/>
       <c r="D104" s="8">
         <v>1992668</v>
       </c>
       <c r="E104" s="8">
         <v>2004460</v>
       </c>
       <c r="F104" s="8">
         <v>1926624</v>
       </c>
       <c r="G104" s="9">
         <v>1927810</v>
       </c>
       <c r="H104" s="9">
         <v>1939736</v>
       </c>
       <c r="I104" s="9">
         <v>1851053</v>
       </c>
       <c r="J104" s="9">
         <v>1761143</v>
       </c>
       <c r="K104" s="9">
         <v>1751178</v>
       </c>
       <c r="L104" s="9">
         <v>1760890</v>
       </c>
-      <c r="M104" s="16"/>
-[...1 lines deleted...]
-      <c r="O104" s="16"/>
+      <c r="M104" s="16">
+        <v>1771079</v>
+      </c>
+      <c r="N104" s="16">
+        <v>1890695</v>
+      </c>
+      <c r="O104" s="16">
+        <v>1907342</v>
+      </c>
     </row>
     <row r="105" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A105" s="13" t="s">
         <v>97</v>
       </c>
       <c r="B105" s="13"/>
       <c r="C105" s="13"/>
       <c r="D105" s="14">
         <v>326304</v>
       </c>
       <c r="E105" s="14">
         <v>325600</v>
       </c>
       <c r="F105" s="14">
         <v>319778</v>
       </c>
       <c r="G105" s="15">
         <v>318208</v>
       </c>
       <c r="H105" s="15">
         <v>310720</v>
       </c>
       <c r="I105" s="15">
         <v>215058</v>
       </c>
       <c r="J105" s="15">
         <v>218395</v>
       </c>
       <c r="K105" s="15">
         <v>214366</v>
       </c>
       <c r="L105" s="15">
         <v>176378</v>
       </c>
-      <c r="M105" s="10"/>
-[...1 lines deleted...]
-      <c r="O105" s="10"/>
+      <c r="M105" s="10">
+        <v>172423</v>
+      </c>
+      <c r="N105" s="10">
+        <v>171640</v>
+      </c>
+      <c r="O105" s="10">
+        <v>50915</v>
+      </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A106" s="29"/>
+      <c r="A106" s="31"/>
       <c r="B106" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C106" s="7"/>
       <c r="D106" s="8">
         <v>326304</v>
       </c>
       <c r="E106" s="8">
         <v>325600</v>
       </c>
       <c r="F106" s="8">
         <v>319778</v>
       </c>
       <c r="G106" s="9">
         <v>318208</v>
       </c>
       <c r="H106" s="9">
         <v>310720</v>
       </c>
       <c r="I106" s="9">
         <v>215058</v>
       </c>
       <c r="J106" s="9">
         <v>218395</v>
       </c>
       <c r="K106" s="9">
         <v>214366</v>
       </c>
       <c r="L106" s="9">
         <v>176378</v>
       </c>
-      <c r="M106" s="16"/>
-[...1 lines deleted...]
-      <c r="O106" s="16"/>
+      <c r="M106" s="16">
+        <v>172423</v>
+      </c>
+      <c r="N106" s="16">
+        <v>171640</v>
+      </c>
+      <c r="O106" s="16">
+        <v>50915</v>
+      </c>
     </row>
     <row r="107" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="29"/>
+      <c r="A107" s="31"/>
       <c r="B107" s="12" t="s">
         <v>96</v>
       </c>
       <c r="C107" s="12"/>
-      <c r="D107" s="17">
-[...5 lines deleted...]
-      <c r="F107" s="17">
+      <c r="D107" s="9">
+        <v>0</v>
+      </c>
+      <c r="E107" s="9">
+        <v>0</v>
+      </c>
+      <c r="F107" s="9">
         <v>0</v>
       </c>
       <c r="G107" s="9">
         <v>0</v>
       </c>
       <c r="H107" s="9">
         <v>0</v>
       </c>
       <c r="I107" s="9">
         <v>0</v>
       </c>
       <c r="J107" s="9">
         <v>0</v>
       </c>
       <c r="K107" s="9">
         <v>0</v>
       </c>
       <c r="L107" s="9">
         <v>0</v>
       </c>
-      <c r="M107" s="16"/>
-[...1 lines deleted...]
-      <c r="O107" s="16"/>
+      <c r="M107" s="16">
+        <v>0</v>
+      </c>
+      <c r="N107" s="16">
+        <v>0</v>
+      </c>
+      <c r="O107" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A108" s="29"/>
+      <c r="A108" s="31"/>
       <c r="B108" s="7" t="s">
         <v>98</v>
       </c>
       <c r="C108" s="7"/>
-      <c r="D108" s="8">
-[...5 lines deleted...]
-      <c r="F108" s="8">
+      <c r="D108" s="9">
+        <v>0</v>
+      </c>
+      <c r="E108" s="9">
+        <v>0</v>
+      </c>
+      <c r="F108" s="9">
         <v>0</v>
       </c>
       <c r="G108" s="9">
         <v>0</v>
       </c>
       <c r="H108" s="9">
         <v>0</v>
       </c>
       <c r="I108" s="9">
         <v>0</v>
       </c>
       <c r="J108" s="9">
         <v>0</v>
       </c>
       <c r="K108" s="9">
         <v>0</v>
       </c>
       <c r="L108" s="9">
         <v>0</v>
       </c>
-      <c r="M108" s="16"/>
-[...1 lines deleted...]
-      <c r="O108" s="16"/>
+      <c r="M108" s="16">
+        <v>0</v>
+      </c>
+      <c r="N108" s="16">
+        <v>0</v>
+      </c>
+      <c r="O108" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="109" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A109" s="13" t="s">
         <v>99</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
-      <c r="D109" s="14">
-[...5 lines deleted...]
-      <c r="F109" s="14">
+      <c r="D109" s="9">
+        <v>0</v>
+      </c>
+      <c r="E109" s="9">
+        <v>0</v>
+      </c>
+      <c r="F109" s="9">
         <v>0</v>
       </c>
       <c r="G109" s="15">
         <v>0</v>
       </c>
       <c r="H109" s="15">
         <v>0</v>
       </c>
       <c r="I109" s="15">
         <v>0</v>
       </c>
       <c r="J109" s="15">
         <v>0</v>
       </c>
       <c r="K109" s="15">
         <v>0</v>
       </c>
       <c r="L109" s="15">
         <v>0</v>
       </c>
-      <c r="M109" s="10"/>
-[...1 lines deleted...]
-      <c r="O109" s="10"/>
+      <c r="M109" s="10">
+        <v>0</v>
+      </c>
+      <c r="N109" s="10">
+        <v>0</v>
+      </c>
+      <c r="O109" s="10">
+        <v>0</v>
+      </c>
     </row>
     <row r="110" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="5"/>
       <c r="D110" s="18">
         <v>6041</v>
       </c>
       <c r="E110" s="18">
         <v>6041</v>
       </c>
       <c r="F110" s="18">
         <v>6041</v>
       </c>
       <c r="G110" s="15">
         <v>6041</v>
       </c>
       <c r="H110" s="15">
         <v>6041</v>
       </c>
       <c r="I110" s="15">
         <v>6041</v>
       </c>
       <c r="J110" s="15">
         <v>6041</v>
       </c>
       <c r="K110" s="15">
         <v>6041</v>
       </c>
       <c r="L110" s="15">
         <v>6041</v>
       </c>
-      <c r="M110" s="10"/>
-[...1 lines deleted...]
-      <c r="O110" s="10"/>
+      <c r="M110" s="10">
+        <v>6041</v>
+      </c>
+      <c r="N110" s="10">
+        <v>6041</v>
+      </c>
+      <c r="O110" s="10">
+        <v>6041</v>
+      </c>
     </row>
     <row r="111" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A111" s="13" t="s">
         <v>101</v>
       </c>
       <c r="B111" s="13"/>
       <c r="C111" s="13"/>
       <c r="D111" s="14"/>
       <c r="E111" s="14"/>
       <c r="F111" s="14"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15"/>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15"/>
       <c r="L111" s="15"/>
       <c r="M111" s="10"/>
       <c r="N111" s="10"/>
       <c r="O111" s="10"/>
     </row>
     <row r="112" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="29"/>
+      <c r="A112" s="31"/>
       <c r="B112" s="7" t="s">
         <v>102</v>
       </c>
       <c r="C112" s="7"/>
       <c r="D112" s="8"/>
       <c r="E112" s="8"/>
       <c r="F112" s="8"/>
       <c r="G112" s="9"/>
       <c r="H112" s="9"/>
       <c r="I112" s="9"/>
       <c r="J112" s="9"/>
       <c r="K112" s="9"/>
       <c r="L112" s="9"/>
       <c r="M112" s="16"/>
       <c r="N112" s="16"/>
       <c r="O112" s="16"/>
     </row>
-    <row r="113" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
-      <c r="A113" s="29"/>
+    <row r="113" spans="1:15" ht="26" x14ac:dyDescent="0.25">
+      <c r="A113" s="31"/>
       <c r="B113" s="12" t="s">
         <v>103</v>
       </c>
       <c r="C113" s="12"/>
       <c r="D113" s="17"/>
       <c r="E113" s="17"/>
       <c r="F113" s="17"/>
       <c r="G113" s="9"/>
       <c r="H113" s="9"/>
       <c r="I113" s="9"/>
       <c r="J113" s="9"/>
       <c r="K113" s="9"/>
       <c r="L113" s="9"/>
       <c r="M113" s="16"/>
       <c r="N113" s="16"/>
       <c r="O113" s="16"/>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A114" s="29"/>
+      <c r="A114" s="31"/>
       <c r="B114" s="7" t="s">
         <v>104</v>
       </c>
       <c r="C114" s="7"/>
       <c r="D114" s="8"/>
       <c r="E114" s="8"/>
       <c r="F114" s="8"/>
       <c r="G114" s="9"/>
       <c r="H114" s="9"/>
       <c r="I114" s="9"/>
       <c r="J114" s="9"/>
       <c r="K114" s="9"/>
       <c r="L114" s="9"/>
       <c r="M114" s="16"/>
       <c r="N114" s="16"/>
       <c r="O114" s="16"/>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A115" s="29"/>
+      <c r="A115" s="31"/>
       <c r="B115" s="12" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="12"/>
       <c r="D115" s="17"/>
       <c r="E115" s="17"/>
       <c r="F115" s="17"/>
       <c r="G115" s="9"/>
       <c r="H115" s="9"/>
       <c r="I115" s="9"/>
       <c r="J115" s="9"/>
       <c r="K115" s="9"/>
       <c r="L115" s="9"/>
       <c r="M115" s="16"/>
       <c r="N115" s="16"/>
       <c r="O115" s="16"/>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A116" s="29"/>
+      <c r="A116" s="31"/>
       <c r="B116" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C116" s="7"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="8"/>
       <c r="G116" s="9"/>
       <c r="H116" s="9"/>
       <c r="I116" s="9"/>
       <c r="J116" s="9"/>
       <c r="K116" s="9"/>
       <c r="L116" s="9"/>
       <c r="M116" s="16"/>
       <c r="N116" s="16"/>
       <c r="O116" s="16"/>
     </row>
-    <row r="117" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:15" s="11" customFormat="1" ht="26" x14ac:dyDescent="0.25">
       <c r="A117" s="13" t="s">
         <v>107</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
       <c r="D117" s="14">
         <v>8809848</v>
       </c>
       <c r="E117" s="14">
         <v>9041859</v>
       </c>
       <c r="F117" s="14">
         <v>9307083</v>
       </c>
       <c r="G117" s="15">
         <v>9665288</v>
       </c>
       <c r="H117" s="15">
         <v>9783374</v>
       </c>
       <c r="I117" s="15">
         <v>9490257</v>
       </c>
       <c r="J117" s="15">
         <v>9052080</v>
       </c>
       <c r="K117" s="15">
         <v>9353001</v>
       </c>
       <c r="L117" s="15">
         <v>9817830</v>
       </c>
-      <c r="M117" s="10"/>
-[...1 lines deleted...]
-      <c r="O117" s="10"/>
+      <c r="M117" s="10">
+        <v>6039487</v>
+      </c>
+      <c r="N117" s="10">
+        <v>9468855</v>
+      </c>
+      <c r="O117" s="10">
+        <v>9899049</v>
+      </c>
     </row>
     <row r="118" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="5"/>
       <c r="D118" s="18">
         <v>2862280</v>
       </c>
       <c r="E118" s="18">
         <v>2855101</v>
       </c>
       <c r="F118" s="18">
         <v>2832833</v>
       </c>
       <c r="G118" s="15">
         <v>2829134</v>
       </c>
       <c r="H118" s="15">
         <v>2816043</v>
       </c>
       <c r="I118" s="15">
         <v>2830199</v>
       </c>
       <c r="J118" s="15">
         <v>2813934</v>
       </c>
       <c r="K118" s="15">
         <v>2842141</v>
       </c>
       <c r="L118" s="15">
         <v>2884629</v>
       </c>
-      <c r="M118" s="10"/>
-[...1 lines deleted...]
-      <c r="O118" s="10"/>
+      <c r="M118" s="10">
+        <v>1853911</v>
+      </c>
+      <c r="N118" s="10">
+        <v>2944102</v>
+      </c>
+      <c r="O118" s="10">
+        <v>3083723</v>
+      </c>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A119" s="30"/>
       <c r="B119" s="12" t="s">
         <v>109</v>
       </c>
       <c r="C119" s="12"/>
       <c r="D119" s="17">
         <v>1518065</v>
       </c>
       <c r="E119" s="17">
         <v>1503028</v>
       </c>
       <c r="F119" s="17">
         <v>1491318</v>
       </c>
       <c r="G119" s="9">
         <v>1482194</v>
       </c>
       <c r="H119" s="9">
         <v>1482072</v>
       </c>
       <c r="I119" s="9">
         <v>1444782</v>
       </c>
       <c r="J119" s="9">
         <v>1435474</v>
       </c>
       <c r="K119" s="9">
         <v>1441234</v>
       </c>
       <c r="L119" s="9">
         <v>1440646</v>
       </c>
-      <c r="M119" s="16"/>
-[...1 lines deleted...]
-      <c r="O119" s="16"/>
+      <c r="M119" s="16">
+        <v>1426488</v>
+      </c>
+      <c r="N119" s="16">
+        <v>1480829</v>
+      </c>
+      <c r="O119" s="16">
+        <v>1618008</v>
+      </c>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A120" s="30"/>
       <c r="B120" s="7" t="s">
         <v>110</v>
       </c>
       <c r="C120" s="7"/>
       <c r="D120" s="8">
         <v>175185</v>
       </c>
       <c r="E120" s="8">
         <v>176491</v>
       </c>
       <c r="F120" s="8">
         <v>172106</v>
       </c>
       <c r="G120" s="9">
         <v>167542</v>
       </c>
       <c r="H120" s="9">
         <v>164119</v>
       </c>
       <c r="I120" s="9">
         <v>160331</v>
       </c>
       <c r="J120" s="9">
         <v>157549</v>
       </c>
       <c r="K120" s="9">
         <v>167929</v>
       </c>
       <c r="L120" s="9">
         <v>174468</v>
       </c>
-      <c r="M120" s="16"/>
-[...1 lines deleted...]
-      <c r="O120" s="16"/>
+      <c r="M120" s="16">
+        <v>22820</v>
+      </c>
+      <c r="N120" s="16">
+        <v>176561</v>
+      </c>
+      <c r="O120" s="16">
+        <v>176395</v>
+      </c>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A121" s="30"/>
       <c r="B121" s="12" t="s">
         <v>111</v>
       </c>
       <c r="C121" s="12"/>
       <c r="D121" s="17">
         <v>1488593</v>
       </c>
       <c r="E121" s="17">
         <v>1502596</v>
       </c>
       <c r="F121" s="17">
         <v>1483787</v>
       </c>
       <c r="G121" s="9">
         <v>1497061</v>
       </c>
       <c r="H121" s="9">
         <v>1494604</v>
       </c>
       <c r="I121" s="9">
         <v>1476369</v>
       </c>
       <c r="J121" s="9">
         <v>1477586</v>
       </c>
       <c r="K121" s="9">
         <v>1502402</v>
       </c>
       <c r="L121" s="9">
         <v>1541626</v>
       </c>
-      <c r="M121" s="16"/>
-[...1 lines deleted...]
-      <c r="O121" s="16"/>
+      <c r="M121" s="16">
+        <v>857611</v>
+      </c>
+      <c r="N121" s="16">
+        <v>1579150</v>
+      </c>
+      <c r="O121" s="16">
+        <v>1589252</v>
+      </c>
     </row>
     <row r="122" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="30"/>
       <c r="B122" s="7" t="s">
         <v>112</v>
       </c>
       <c r="C122" s="7"/>
       <c r="D122" s="8">
         <v>505337</v>
       </c>
       <c r="E122" s="8">
         <v>508514</v>
       </c>
       <c r="F122" s="8">
         <v>520098</v>
       </c>
       <c r="G122" s="9">
         <v>527389</v>
       </c>
       <c r="H122" s="9">
         <v>530125</v>
       </c>
       <c r="I122" s="9">
         <v>549664</v>
       </c>
       <c r="J122" s="9">
         <v>555589</v>
       </c>
       <c r="K122" s="9">
         <v>552598</v>
       </c>
       <c r="L122" s="9">
         <v>560366</v>
       </c>
-      <c r="M122" s="16"/>
-[...1 lines deleted...]
-      <c r="O122" s="16"/>
+      <c r="M122" s="16">
+        <v>380745</v>
+      </c>
+      <c r="N122" s="16">
+        <v>571046</v>
+      </c>
+      <c r="O122" s="16">
+        <v>574165</v>
+      </c>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A123" s="30"/>
       <c r="B123" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C123" s="12"/>
       <c r="D123" s="17">
         <v>824900</v>
       </c>
       <c r="E123" s="17">
         <v>835528</v>
       </c>
       <c r="F123" s="17">
         <v>834476</v>
       </c>
       <c r="G123" s="9">
         <v>845052</v>
       </c>
       <c r="H123" s="9">
         <v>854877</v>
       </c>
       <c r="I123" s="9">
         <v>800947</v>
       </c>
       <c r="J123" s="9">
         <v>812264</v>
       </c>
       <c r="K123" s="9">
         <v>822022</v>
       </c>
       <c r="L123" s="9">
         <v>832477</v>
       </c>
-      <c r="M123" s="16"/>
-[...1 lines deleted...]
-      <c r="O123" s="16"/>
+      <c r="M123" s="16">
+        <v>833753</v>
+      </c>
+      <c r="N123" s="16">
+        <v>863484</v>
+      </c>
+      <c r="O123" s="16">
+        <v>874097</v>
+      </c>
     </row>
     <row r="124" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="5"/>
       <c r="D124" s="18">
         <v>4402636</v>
       </c>
       <c r="E124" s="18">
         <v>3149072</v>
       </c>
       <c r="F124" s="18">
         <v>2684030</v>
       </c>
       <c r="G124" s="15">
         <v>3004535</v>
       </c>
       <c r="H124" s="15">
         <v>3464558</v>
       </c>
       <c r="I124" s="15">
         <v>4166852</v>
       </c>
       <c r="J124" s="15">
         <v>3223360</v>
       </c>
       <c r="K124" s="15">
         <v>3217838</v>
       </c>
       <c r="L124" s="15">
         <v>2539521</v>
       </c>
-      <c r="M124" s="10"/>
-[...1 lines deleted...]
-      <c r="O124" s="10"/>
+      <c r="M124" s="10">
+        <v>2483265</v>
+      </c>
+      <c r="N124" s="10">
+        <v>3000991</v>
+      </c>
+      <c r="O124" s="10">
+        <v>2548052</v>
+      </c>
     </row>
     <row r="125" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="30"/>
       <c r="B125" s="12" t="s">
         <v>115</v>
       </c>
       <c r="C125" s="12"/>
       <c r="D125" s="17">
         <v>352492</v>
       </c>
       <c r="E125" s="17">
         <v>364050</v>
       </c>
       <c r="F125" s="17">
         <v>360464</v>
       </c>
       <c r="G125" s="9">
         <v>378202</v>
       </c>
       <c r="H125" s="9">
         <v>395242</v>
       </c>
       <c r="I125" s="9">
         <v>382585</v>
       </c>
       <c r="J125" s="9">
         <v>383477</v>
       </c>
       <c r="K125" s="9">
         <v>383953</v>
       </c>
       <c r="L125" s="9">
         <v>378136</v>
       </c>
-      <c r="M125" s="16"/>
-[...1 lines deleted...]
-      <c r="O125" s="16"/>
+      <c r="M125" s="16">
+        <v>171917</v>
+      </c>
+      <c r="N125" s="16">
+        <v>374217</v>
+      </c>
+      <c r="O125" s="16">
+        <v>344205</v>
+      </c>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A126" s="30"/>
       <c r="B126" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C126" s="7"/>
       <c r="D126" s="8">
         <v>1800501</v>
       </c>
       <c r="E126" s="8">
         <v>1088845</v>
       </c>
       <c r="F126" s="8">
         <v>738332</v>
       </c>
       <c r="G126" s="9">
         <v>1022004</v>
       </c>
       <c r="H126" s="9">
         <v>1669704</v>
       </c>
       <c r="I126" s="9">
         <v>1910667</v>
       </c>
       <c r="J126" s="9">
         <v>1107406</v>
       </c>
       <c r="K126" s="9">
         <v>1139660</v>
       </c>
       <c r="L126" s="9">
         <v>418265</v>
       </c>
-      <c r="M126" s="16"/>
-[...1 lines deleted...]
-      <c r="O126" s="16"/>
+      <c r="M126" s="16">
+        <v>837609</v>
+      </c>
+      <c r="N126" s="16">
+        <v>1034987</v>
+      </c>
+      <c r="O126" s="16">
+        <v>497445</v>
+      </c>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A127" s="30"/>
       <c r="B127" s="12" t="s">
         <v>116</v>
       </c>
       <c r="C127" s="12"/>
       <c r="D127" s="17">
         <v>280698</v>
       </c>
       <c r="E127" s="17">
         <v>323051</v>
       </c>
       <c r="F127" s="17">
         <v>295839</v>
       </c>
       <c r="G127" s="9">
         <v>311546</v>
       </c>
       <c r="H127" s="9">
         <v>77315</v>
       </c>
       <c r="I127" s="9">
         <v>412805</v>
       </c>
       <c r="J127" s="9">
         <v>422150</v>
       </c>
       <c r="K127" s="9">
         <v>433324</v>
       </c>
       <c r="L127" s="9">
         <v>487865</v>
       </c>
-      <c r="M127" s="16"/>
-[...1 lines deleted...]
-      <c r="O127" s="16"/>
+      <c r="M127" s="16">
+        <v>328468</v>
+      </c>
+      <c r="N127" s="16">
+        <v>423679</v>
+      </c>
+      <c r="O127" s="16">
+        <v>451642</v>
+      </c>
     </row>
     <row r="128" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="30"/>
       <c r="B128" s="7" t="s">
         <v>117</v>
       </c>
       <c r="C128" s="7"/>
       <c r="D128" s="8">
         <v>439194</v>
       </c>
       <c r="E128" s="8">
         <v>425252</v>
       </c>
       <c r="F128" s="8">
         <v>405282</v>
       </c>
       <c r="G128" s="9">
         <v>409918</v>
       </c>
       <c r="H128" s="9">
         <v>394436</v>
       </c>
       <c r="I128" s="9">
         <v>385140</v>
       </c>
       <c r="J128" s="9">
         <v>360461</v>
       </c>
       <c r="K128" s="9">
         <v>369451</v>
       </c>
       <c r="L128" s="9">
         <v>353638</v>
       </c>
-      <c r="M128" s="16"/>
-[...1 lines deleted...]
-      <c r="O128" s="16"/>
+      <c r="M128" s="16">
+        <v>338084</v>
+      </c>
+      <c r="N128" s="16">
+        <v>370768</v>
+      </c>
+      <c r="O128" s="16">
+        <v>347377</v>
+      </c>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A129" s="30"/>
       <c r="B129" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C129" s="12"/>
       <c r="D129" s="17">
         <v>434213</v>
       </c>
       <c r="E129" s="17">
         <v>428294</v>
       </c>
       <c r="F129" s="17">
         <v>422135</v>
       </c>
       <c r="G129" s="9">
         <v>416269</v>
       </c>
       <c r="H129" s="9">
         <v>410467</v>
       </c>
       <c r="I129" s="9">
         <v>404380</v>
       </c>
       <c r="J129" s="9">
         <v>398448</v>
       </c>
       <c r="K129" s="9">
         <v>398989</v>
       </c>
       <c r="L129" s="9">
         <v>393138</v>
       </c>
-      <c r="M129" s="16"/>
-[...1 lines deleted...]
-      <c r="O129" s="16"/>
+      <c r="M129" s="16">
+        <v>387389</v>
+      </c>
+      <c r="N129" s="16">
+        <v>382280</v>
+      </c>
+      <c r="O129" s="16">
+        <v>416718</v>
+      </c>
     </row>
     <row r="130" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A130" s="30"/>
       <c r="B130" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C130" s="7"/>
       <c r="D130" s="8">
         <v>1095538</v>
       </c>
       <c r="E130" s="8">
         <v>519580</v>
       </c>
       <c r="F130" s="8">
         <v>461978</v>
       </c>
       <c r="G130" s="9">
         <v>466596</v>
       </c>
       <c r="H130" s="9">
         <v>517394</v>
       </c>
       <c r="I130" s="9">
         <v>671275</v>
       </c>
       <c r="J130" s="9">
         <v>551418</v>
       </c>
       <c r="K130" s="9">
         <v>492461</v>
       </c>
       <c r="L130" s="9">
         <v>508479</v>
       </c>
-      <c r="M130" s="16"/>
-[...1 lines deleted...]
-      <c r="O130" s="16"/>
+      <c r="M130" s="16">
+        <v>419798</v>
+      </c>
+      <c r="N130" s="16">
+        <v>415060</v>
+      </c>
+      <c r="O130" s="16">
+        <v>490665</v>
+      </c>
     </row>
     <row r="131" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A131" s="13" t="s">
         <v>119</v>
       </c>
       <c r="B131" s="13"/>
       <c r="C131" s="13"/>
       <c r="D131" s="14"/>
       <c r="E131" s="14"/>
       <c r="F131" s="14"/>
       <c r="G131" s="9"/>
       <c r="H131" s="9"/>
       <c r="I131" s="9"/>
       <c r="J131" s="9"/>
       <c r="K131" s="9"/>
       <c r="L131" s="9"/>
       <c r="M131" s="10"/>
       <c r="N131" s="10"/>
       <c r="O131" s="10"/>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A132" s="29"/>
+      <c r="A132" s="31"/>
       <c r="B132" s="7" t="s">
         <v>120</v>
       </c>
       <c r="C132" s="7"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="8"/>
       <c r="G132" s="9"/>
       <c r="H132" s="9"/>
       <c r="I132" s="9"/>
       <c r="J132" s="9"/>
       <c r="K132" s="9"/>
       <c r="L132" s="9"/>
       <c r="M132" s="16"/>
       <c r="N132" s="16"/>
       <c r="O132" s="16"/>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A133" s="29"/>
+      <c r="A133" s="31"/>
       <c r="B133" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C133" s="12"/>
       <c r="D133" s="17"/>
       <c r="E133" s="17"/>
       <c r="F133" s="17"/>
       <c r="G133" s="9"/>
       <c r="H133" s="9"/>
       <c r="I133" s="9"/>
       <c r="J133" s="9"/>
       <c r="K133" s="9"/>
       <c r="L133" s="9"/>
       <c r="M133" s="16"/>
       <c r="N133" s="16"/>
       <c r="O133" s="16"/>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A134" s="29"/>
+      <c r="A134" s="31"/>
       <c r="B134" s="7" t="s">
         <v>69</v>
       </c>
       <c r="C134" s="7"/>
       <c r="D134" s="8"/>
       <c r="E134" s="8"/>
       <c r="F134" s="8"/>
       <c r="G134" s="9"/>
       <c r="H134" s="9"/>
       <c r="I134" s="9"/>
       <c r="J134" s="9"/>
       <c r="K134" s="9"/>
       <c r="L134" s="9"/>
       <c r="M134" s="16"/>
       <c r="N134" s="16"/>
       <c r="O134" s="16"/>
     </row>
-    <row r="135" spans="1:15" s="11" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:15" s="11" customFormat="1" ht="26" x14ac:dyDescent="0.25">
       <c r="A135" s="13" t="s">
         <v>122</v>
       </c>
       <c r="B135" s="13"/>
       <c r="C135" s="13"/>
       <c r="D135" s="14">
         <v>183506385</v>
       </c>
       <c r="E135" s="14">
         <v>183561952</v>
       </c>
       <c r="F135" s="14">
         <v>182731313</v>
       </c>
       <c r="G135" s="15">
         <v>183323203</v>
       </c>
       <c r="H135" s="15">
         <v>180882811</v>
       </c>
       <c r="I135" s="15">
         <v>179090259</v>
       </c>
       <c r="J135" s="15">
         <v>182524940</v>
       </c>
       <c r="K135" s="15">
         <v>182426061</v>
       </c>
       <c r="L135" s="15">
         <v>184709162</v>
       </c>
-      <c r="M135" s="10"/>
-[...1 lines deleted...]
-      <c r="O135" s="10"/>
+      <c r="M135" s="10">
+        <v>131576033</v>
+      </c>
+      <c r="N135" s="10">
+        <v>190464382</v>
+      </c>
+      <c r="O135" s="10">
+        <v>187994341</v>
+      </c>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A136" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B136" s="7"/>
       <c r="C136" s="7"/>
       <c r="D136" s="8"/>
       <c r="E136" s="8"/>
       <c r="F136" s="8"/>
       <c r="G136" s="9"/>
       <c r="H136" s="9"/>
       <c r="I136" s="9"/>
       <c r="J136" s="9"/>
       <c r="K136" s="9"/>
       <c r="L136" s="9"/>
       <c r="M136" s="16"/>
       <c r="N136" s="16"/>
       <c r="O136" s="16"/>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B137" s="12"/>
@@ -5805,319 +6490,361 @@
       </c>
       <c r="E137" s="17">
         <v>5857369</v>
       </c>
       <c r="F137" s="17">
         <v>5896471</v>
       </c>
       <c r="G137" s="9">
         <v>5883350</v>
       </c>
       <c r="H137" s="9">
         <v>6077176</v>
       </c>
       <c r="I137" s="9">
         <v>6108415</v>
       </c>
       <c r="J137" s="9">
         <v>5910801</v>
       </c>
       <c r="K137" s="9">
         <v>6049597</v>
       </c>
       <c r="L137" s="9">
         <v>6101283</v>
       </c>
-      <c r="M137" s="16"/>
-[...1 lines deleted...]
-      <c r="O137" s="16"/>
+      <c r="M137" s="16">
+        <v>2156393</v>
+      </c>
+      <c r="N137" s="16">
+        <v>5359695</v>
+      </c>
+      <c r="O137" s="16">
+        <v>5889135</v>
+      </c>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A138" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B138" s="7"/>
       <c r="C138" s="7"/>
       <c r="D138" s="8">
         <v>12136690</v>
       </c>
       <c r="E138" s="8">
         <v>12003960</v>
       </c>
       <c r="F138" s="8">
         <v>12519841</v>
       </c>
       <c r="G138" s="9">
         <v>12396328</v>
       </c>
       <c r="H138" s="9">
         <v>11824356</v>
       </c>
       <c r="I138" s="9">
         <v>11420086</v>
       </c>
       <c r="J138" s="9">
         <v>11054004</v>
       </c>
       <c r="K138" s="9">
         <v>11763911</v>
       </c>
       <c r="L138" s="9">
         <v>11822820</v>
       </c>
-      <c r="M138" s="16"/>
-[...1 lines deleted...]
-      <c r="O138" s="16"/>
+      <c r="M138" s="16">
+        <v>11716859</v>
+      </c>
+      <c r="N138" s="16">
+        <v>11917961</v>
+      </c>
+      <c r="O138" s="16">
+        <v>12119596</v>
+      </c>
     </row>
     <row r="139" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A139" s="12" t="s">
         <v>126</v>
       </c>
       <c r="B139" s="12"/>
       <c r="C139" s="12"/>
       <c r="D139" s="17">
         <v>0</v>
       </c>
       <c r="E139" s="17">
         <v>0</v>
       </c>
       <c r="F139" s="17">
         <v>0</v>
       </c>
       <c r="G139" s="9">
         <v>0</v>
       </c>
       <c r="H139" s="9">
         <v>0</v>
       </c>
       <c r="I139" s="9">
         <v>0</v>
       </c>
       <c r="J139" s="9">
         <v>0</v>
       </c>
       <c r="K139" s="9">
         <v>0</v>
       </c>
       <c r="L139" s="9">
         <v>0</v>
       </c>
-      <c r="M139" s="16"/>
-[...1 lines deleted...]
-      <c r="O139" s="16"/>
+      <c r="M139" s="16">
+        <v>0</v>
+      </c>
+      <c r="N139" s="16">
+        <v>0</v>
+      </c>
+      <c r="O139" s="16">
+        <v>0</v>
+      </c>
     </row>
     <row r="140" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A140" s="7" t="s">
         <v>127</v>
       </c>
       <c r="B140" s="7"/>
       <c r="C140" s="7"/>
       <c r="D140" s="8">
         <v>145870273</v>
       </c>
       <c r="E140" s="8">
         <v>146717947</v>
       </c>
       <c r="F140" s="8">
         <v>147022371</v>
       </c>
       <c r="G140" s="9">
         <v>148012170</v>
       </c>
       <c r="H140" s="9">
         <v>146110111</v>
       </c>
       <c r="I140" s="9">
         <v>143857641</v>
       </c>
       <c r="J140" s="9">
         <v>141356261</v>
       </c>
       <c r="K140" s="9">
         <v>143812935</v>
       </c>
       <c r="L140" s="9">
         <v>145597542</v>
       </c>
-      <c r="M140" s="16"/>
-[...1 lines deleted...]
-      <c r="O140" s="16"/>
+      <c r="M140" s="16">
+        <v>102981736</v>
+      </c>
+      <c r="N140" s="16">
+        <v>144053388</v>
+      </c>
+      <c r="O140" s="16">
+        <v>145432029</v>
+      </c>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>128</v>
       </c>
       <c r="B141" s="12"/>
       <c r="C141" s="12"/>
       <c r="D141" s="17">
         <v>165333224</v>
       </c>
       <c r="E141" s="17">
         <v>166473314</v>
       </c>
       <c r="F141" s="17">
         <v>172191912</v>
       </c>
       <c r="G141" s="9">
         <v>169102374</v>
       </c>
       <c r="H141" s="9">
         <v>169923993</v>
       </c>
       <c r="I141" s="9">
         <v>168004735</v>
       </c>
       <c r="J141" s="9">
         <v>168450650</v>
       </c>
       <c r="K141" s="9">
         <v>167778292</v>
       </c>
       <c r="L141" s="9">
         <v>168725585</v>
       </c>
-      <c r="M141" s="16"/>
-[...1 lines deleted...]
-      <c r="O141" s="16"/>
+      <c r="M141" s="16">
+        <v>119928121</v>
+      </c>
+      <c r="N141" s="16">
+        <v>174231956</v>
+      </c>
+      <c r="O141" s="16">
+        <v>178138987</v>
+      </c>
     </row>
     <row r="142" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="18">
         <v>-19462951</v>
       </c>
       <c r="E142" s="18">
         <v>-19755367</v>
       </c>
       <c r="F142" s="18">
         <v>-25169541</v>
       </c>
       <c r="G142" s="15">
         <v>-21090204</v>
       </c>
       <c r="H142" s="15">
         <v>-23813882</v>
       </c>
       <c r="I142" s="15">
         <v>-24147094</v>
       </c>
       <c r="J142" s="15">
         <v>-27094389</v>
       </c>
       <c r="K142" s="15">
         <v>-23965357</v>
       </c>
       <c r="L142" s="15">
         <v>-23128043</v>
       </c>
-      <c r="M142" s="10"/>
-[...1 lines deleted...]
-      <c r="O142" s="10"/>
+      <c r="M142" s="10">
+        <v>-16946385</v>
+      </c>
+      <c r="N142" s="10">
+        <v>-30178568</v>
+      </c>
+      <c r="O142" s="10">
+        <v>-32706958</v>
+      </c>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A143" s="12"/>
       <c r="B143" s="12"/>
       <c r="C143" s="12"/>
       <c r="D143" s="17"/>
       <c r="E143" s="17"/>
       <c r="F143" s="24"/>
       <c r="G143" s="9"/>
       <c r="H143" s="9"/>
       <c r="I143" s="9"/>
       <c r="J143" s="9"/>
       <c r="K143" s="25"/>
       <c r="L143" s="25"/>
       <c r="M143" s="16"/>
       <c r="N143" s="16"/>
       <c r="O143" s="16"/>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A144" s="7"/>
       <c r="B144" s="7"/>
       <c r="C144" s="7"/>
       <c r="D144" s="8"/>
       <c r="E144" s="8"/>
       <c r="F144" s="26"/>
       <c r="G144" s="9"/>
       <c r="H144" s="9"/>
       <c r="I144" s="9"/>
       <c r="J144" s="9"/>
       <c r="K144" s="27"/>
       <c r="L144" s="27"/>
-      <c r="M144" s="16"/>
-[...1 lines deleted...]
-      <c r="O144" s="16"/>
+      <c r="M144" s="16">
+        <v>71727</v>
+      </c>
+      <c r="N144" s="16">
+        <v>71161</v>
+      </c>
+      <c r="O144" s="16">
+        <v>67585</v>
+      </c>
     </row>
     <row r="145" spans="4:15" x14ac:dyDescent="0.25">
       <c r="D145" s="28"/>
       <c r="E145" s="28"/>
       <c r="F145" s="28"/>
       <c r="G145" s="28"/>
       <c r="H145" s="28"/>
       <c r="I145" s="28"/>
       <c r="J145" s="28"/>
       <c r="K145" s="28"/>
       <c r="L145" s="28"/>
       <c r="M145" s="28"/>
       <c r="N145" s="28"/>
       <c r="O145" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="30">
-    <mergeCell ref="A3:E3"/>
-[...12 lines deleted...]
-    <mergeCell ref="B20:B25"/>
     <mergeCell ref="A132:A134"/>
     <mergeCell ref="A106:A108"/>
     <mergeCell ref="A112:A116"/>
     <mergeCell ref="A119:A123"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="B34:B38"/>
     <mergeCell ref="A42:A49"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="A125:A130"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="A11:A17"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="B27:B32"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A97:A100"/>
+    <mergeCell ref="A102:A104"/>
+    <mergeCell ref="A63:A71"/>
+    <mergeCell ref="B66:B68"/>
+    <mergeCell ref="B70:B71"/>
+    <mergeCell ref="A73:A76"/>
+    <mergeCell ref="A78:A94"/>
+    <mergeCell ref="A27:A38"/>
+    <mergeCell ref="A52:A59"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="B58:B59"/>
+    <mergeCell ref="A20:A25"/>
+    <mergeCell ref="B20:B25"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="24" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>