--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\Decemeber 2025\Output tables\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Output tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6DFD63D0-6D4D-4B72-8821-ABA9C7EA573F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28A255C3-1B00-467F-93D3-ABD87953B768}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR_101xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="139">
@@ -662,59 +662,59 @@
     </xf>
     <xf numFmtId="165" fontId="8" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{3F5B848C-AF4E-48B6-8D23-C8989B9459EC}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{F2259678-12F8-477D-B1DC-459971620C2F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1076,114 +1076,114 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O145"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B76" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
-      <selection activeCell="D107" sqref="D107:F109"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
+      <selection activeCell="H98" sqref="H98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="13" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="64.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="42.81640625" style="1" customWidth="1"/>
     <col min="4" max="6" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="12" width="17.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="20.7265625" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.90625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="25.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" ht="50.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="29" t="s">
+      <c r="A3" s="31" t="s">
         <v>130</v>
       </c>
-      <c r="B3" s="29"/>
-[...2 lines deleted...]
-      <c r="E3" s="29"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
     </row>
     <row r="4" spans="1:15" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="29" t="s">
+      <c r="A4" s="31" t="s">
         <v>131</v>
       </c>
-      <c r="B4" s="29"/>
-[...2 lines deleted...]
-      <c r="E4" s="29"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="31"/>
+      <c r="E4" s="31"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
     <row r="5" spans="1:15" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="29" t="s">
+      <c r="A5" s="31" t="s">
         <v>137</v>
       </c>
-      <c r="B5" s="29"/>
-[...2 lines deleted...]
-      <c r="E5" s="29"/>
+      <c r="B5" s="31"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="31"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="32" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="5">
         <v>2025</v>
       </c>
       <c r="E7" s="5">
@@ -1313,224 +1313,224 @@
       </c>
       <c r="E10" s="8">
         <v>3107658</v>
       </c>
       <c r="F10" s="8">
         <v>3700830</v>
       </c>
       <c r="G10" s="9">
         <v>3287471</v>
       </c>
       <c r="H10" s="9">
         <v>3478626</v>
       </c>
       <c r="I10" s="9">
         <v>3882292</v>
       </c>
       <c r="J10" s="9">
         <v>3931287</v>
       </c>
       <c r="K10" s="9">
         <v>3830674</v>
       </c>
       <c r="L10" s="9">
         <v>3190416</v>
       </c>
-      <c r="M10" s="10">
-[...2 lines deleted...]
-      <c r="N10" s="10">
+      <c r="M10" s="16">
+        <v>4084866</v>
+      </c>
+      <c r="N10" s="16">
         <v>3797651</v>
       </c>
-      <c r="O10" s="10">
-        <v>4529024</v>
+      <c r="O10" s="16">
+        <v>4436991</v>
       </c>
     </row>
     <row r="11" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="30"/>
       <c r="B11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="14">
         <v>2448447</v>
       </c>
       <c r="E11" s="14">
         <v>2320719</v>
       </c>
       <c r="F11" s="14">
         <v>2611725</v>
       </c>
       <c r="G11" s="15">
         <v>2501008</v>
       </c>
       <c r="H11" s="15">
         <v>2491764</v>
       </c>
       <c r="I11" s="15">
         <v>3120933</v>
       </c>
       <c r="J11" s="15">
         <v>2680939</v>
       </c>
       <c r="K11" s="15">
         <v>2681426</v>
       </c>
       <c r="L11" s="15">
         <v>2460478</v>
       </c>
       <c r="M11" s="10">
         <v>2926122</v>
       </c>
       <c r="N11" s="10">
         <v>2820832</v>
       </c>
       <c r="O11" s="10">
-        <v>2882540</v>
+        <v>2790507</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" s="30"/>
-      <c r="B12" s="31"/>
+      <c r="B12" s="29"/>
       <c r="C12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="8">
         <v>2240298</v>
       </c>
       <c r="E12" s="8">
         <v>2144097</v>
       </c>
       <c r="F12" s="8">
         <v>2385544</v>
       </c>
       <c r="G12" s="9">
         <v>2351714</v>
       </c>
       <c r="H12" s="9">
         <v>2218956</v>
       </c>
       <c r="I12" s="9">
         <v>2667559</v>
       </c>
       <c r="J12" s="9">
         <v>2485037</v>
       </c>
       <c r="K12" s="9">
         <v>2506043</v>
       </c>
       <c r="L12" s="9">
         <v>2285610</v>
       </c>
       <c r="M12" s="16">
         <v>2742309</v>
       </c>
       <c r="N12" s="16">
         <v>2609267</v>
       </c>
       <c r="O12" s="16">
         <v>2590900</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="16.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="30"/>
-      <c r="B13" s="31"/>
+      <c r="B13" s="29"/>
       <c r="C13" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="17">
         <v>208149</v>
       </c>
       <c r="E13" s="17">
         <v>176622</v>
       </c>
       <c r="F13" s="17">
         <v>226181</v>
       </c>
       <c r="G13" s="9">
         <v>149294</v>
       </c>
       <c r="H13" s="9">
         <v>272808</v>
       </c>
       <c r="I13" s="9">
         <v>453374</v>
       </c>
       <c r="J13" s="9">
         <v>195902</v>
       </c>
       <c r="K13" s="9">
         <v>175383</v>
       </c>
       <c r="L13" s="9">
         <v>174868</v>
       </c>
       <c r="M13" s="16">
         <v>183813</v>
       </c>
       <c r="N13" s="16">
         <v>211565</v>
       </c>
       <c r="O13" s="16">
-        <v>291640</v>
+        <v>199607</v>
       </c>
     </row>
     <row r="14" spans="1:15" s="11" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="30"/>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="18">
         <v>643464</v>
       </c>
       <c r="E14" s="18">
         <v>434614</v>
       </c>
       <c r="F14" s="18">
         <v>747704</v>
       </c>
       <c r="G14" s="15">
         <v>452402</v>
       </c>
       <c r="H14" s="15">
         <v>659807</v>
       </c>
       <c r="I14" s="15">
         <v>441018</v>
       </c>
       <c r="J14" s="15">
         <v>781224</v>
       </c>
       <c r="K14" s="15">
         <v>845591</v>
       </c>
       <c r="L14" s="15">
         <v>432230</v>
       </c>
       <c r="M14" s="10">
-        <v>406954</v>
+        <v>488981</v>
       </c>
       <c r="N14" s="10">
         <v>595734</v>
       </c>
       <c r="O14" s="10">
         <v>705826</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" s="30"/>
       <c r="B15" s="30"/>
       <c r="C15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="17">
         <v>400094</v>
       </c>
       <c r="E15" s="17">
         <v>402686</v>
       </c>
       <c r="F15" s="17">
         <v>405041</v>
       </c>
       <c r="G15" s="9">
         <v>407476</v>
@@ -1572,969 +1572,969 @@
       <c r="E16" s="8">
         <v>31928</v>
       </c>
       <c r="F16" s="8">
         <v>342663</v>
       </c>
       <c r="G16" s="9">
         <v>44926</v>
       </c>
       <c r="H16" s="9">
         <v>256001</v>
       </c>
       <c r="I16" s="9">
         <v>36826</v>
       </c>
       <c r="J16" s="9">
         <v>374967</v>
       </c>
       <c r="K16" s="9">
         <v>442676</v>
       </c>
       <c r="L16" s="9">
         <v>27274</v>
       </c>
       <c r="M16" s="16">
-        <v>0</v>
+        <v>82027</v>
       </c>
       <c r="N16" s="16">
         <v>192712</v>
       </c>
       <c r="O16" s="16">
         <v>301878</v>
       </c>
     </row>
     <row r="17" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30"/>
       <c r="B17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="14">
         <v>346356</v>
       </c>
       <c r="E17" s="14">
         <v>352325</v>
       </c>
       <c r="F17" s="14">
         <v>341401</v>
       </c>
       <c r="G17" s="9">
         <v>334061</v>
       </c>
       <c r="H17" s="9">
         <v>327055</v>
       </c>
       <c r="I17" s="9">
         <v>320341</v>
       </c>
       <c r="J17" s="9">
         <v>469124</v>
       </c>
       <c r="K17" s="9">
         <v>303657</v>
       </c>
       <c r="L17" s="9">
         <v>297708</v>
       </c>
       <c r="M17" s="16">
-        <v>539735</v>
+        <v>669763</v>
       </c>
       <c r="N17" s="16">
         <v>381085</v>
       </c>
       <c r="O17" s="16">
         <v>940658</v>
       </c>
     </row>
     <row r="18" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="8">
         <v>149595259</v>
       </c>
       <c r="E18" s="8">
         <v>148844385</v>
       </c>
       <c r="F18" s="8">
         <v>148948933</v>
       </c>
       <c r="G18" s="9">
         <v>148985951</v>
       </c>
       <c r="H18" s="9">
         <v>145672971</v>
       </c>
       <c r="I18" s="9">
         <v>144404420</v>
       </c>
       <c r="J18" s="9">
         <v>147532245</v>
       </c>
       <c r="K18" s="9">
         <v>147142577</v>
       </c>
       <c r="L18" s="9">
         <v>148726221</v>
       </c>
       <c r="M18" s="10">
-        <v>105571639</v>
+        <v>151373539</v>
       </c>
       <c r="N18" s="10">
         <v>153632940</v>
       </c>
       <c r="O18" s="10">
         <v>151396108</v>
       </c>
     </row>
     <row r="19" spans="1:15" s="11" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="14">
         <v>31481483</v>
       </c>
       <c r="E19" s="14">
         <v>31595472</v>
       </c>
       <c r="F19" s="14">
         <v>31980606</v>
       </c>
       <c r="G19" s="15">
         <v>32695282</v>
       </c>
       <c r="H19" s="15">
         <v>32579388</v>
       </c>
       <c r="I19" s="15">
         <v>33220329</v>
       </c>
       <c r="J19" s="15">
         <v>33367261</v>
       </c>
       <c r="K19" s="15">
         <v>33542632</v>
       </c>
       <c r="L19" s="15">
         <v>33812187</v>
       </c>
       <c r="M19" s="10">
-        <v>25484437</v>
+        <v>34121959</v>
       </c>
       <c r="N19" s="10">
         <v>34570784</v>
       </c>
       <c r="O19" s="10">
         <v>34602394</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A20" s="31"/>
-      <c r="B20" s="31"/>
+      <c r="A20" s="29"/>
+      <c r="B20" s="29"/>
       <c r="C20" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="8">
         <v>8589534</v>
       </c>
       <c r="E20" s="8">
         <v>8639120</v>
       </c>
       <c r="F20" s="8">
         <v>8690725</v>
       </c>
       <c r="G20" s="9">
         <v>9110658</v>
       </c>
       <c r="H20" s="9">
         <v>8887813</v>
       </c>
       <c r="I20" s="9">
         <v>9189931</v>
       </c>
       <c r="J20" s="9">
         <v>9149493</v>
       </c>
       <c r="K20" s="9">
         <v>9245154</v>
       </c>
       <c r="L20" s="9">
         <v>9244067</v>
       </c>
       <c r="M20" s="16">
-        <v>6322003</v>
+        <v>9526407</v>
       </c>
       <c r="N20" s="16">
         <v>9827418</v>
       </c>
       <c r="O20" s="16">
         <v>9611032</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A21" s="31"/>
-      <c r="B21" s="31"/>
+      <c r="A21" s="29"/>
+      <c r="B21" s="29"/>
       <c r="C21" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="17">
         <v>9425230</v>
       </c>
       <c r="E21" s="17">
         <v>9423920</v>
       </c>
       <c r="F21" s="17">
         <v>9648423</v>
       </c>
       <c r="G21" s="9">
         <v>9819625</v>
       </c>
       <c r="H21" s="9">
         <v>9899993</v>
       </c>
       <c r="I21" s="9">
         <v>10060409</v>
       </c>
       <c r="J21" s="9">
         <v>10131139</v>
       </c>
       <c r="K21" s="9">
         <v>10189119</v>
       </c>
       <c r="L21" s="9">
         <v>10316828</v>
       </c>
       <c r="M21" s="16">
-        <v>9846299</v>
+        <v>10410743</v>
       </c>
       <c r="N21" s="16">
         <v>10462835</v>
       </c>
       <c r="O21" s="16">
         <v>10656077</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A22" s="31"/>
-      <c r="B22" s="31"/>
+      <c r="A22" s="29"/>
+      <c r="B22" s="29"/>
       <c r="C22" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="8">
         <v>3301119</v>
       </c>
       <c r="E22" s="8">
         <v>3324413</v>
       </c>
       <c r="F22" s="8">
         <v>3373200</v>
       </c>
       <c r="G22" s="9">
         <v>3409775</v>
       </c>
       <c r="H22" s="9">
         <v>3451331</v>
       </c>
       <c r="I22" s="9">
         <v>3508145</v>
       </c>
       <c r="J22" s="9">
         <v>3600402</v>
       </c>
       <c r="K22" s="9">
         <v>3636209</v>
       </c>
       <c r="L22" s="9">
         <v>3693252</v>
       </c>
       <c r="M22" s="16">
-        <v>1864151</v>
+        <v>3690511</v>
       </c>
       <c r="N22" s="16">
         <v>3731504</v>
       </c>
       <c r="O22" s="16">
         <v>3760341</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="31"/>
-      <c r="B23" s="31"/>
+      <c r="A23" s="29"/>
+      <c r="B23" s="29"/>
       <c r="C23" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="17">
         <v>9686951</v>
       </c>
       <c r="E23" s="17">
         <v>9800936</v>
       </c>
       <c r="F23" s="17">
         <v>9848654</v>
       </c>
       <c r="G23" s="9">
         <v>9915572</v>
       </c>
       <c r="H23" s="9">
         <v>9829962</v>
       </c>
       <c r="I23" s="9">
         <v>10006484</v>
       </c>
       <c r="J23" s="9">
         <v>10031193</v>
       </c>
       <c r="K23" s="9">
         <v>10046661</v>
       </c>
       <c r="L23" s="9">
         <v>10115174</v>
       </c>
       <c r="M23" s="16">
-        <v>7154097</v>
+        <v>10001975</v>
       </c>
       <c r="N23" s="16">
         <v>10067207</v>
       </c>
       <c r="O23" s="16">
         <v>10083584</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="31"/>
-      <c r="B24" s="31"/>
+      <c r="A24" s="29"/>
+      <c r="B24" s="29"/>
       <c r="C24" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="8">
         <v>0</v>
       </c>
       <c r="E24" s="8">
         <v>0</v>
       </c>
       <c r="F24" s="8">
         <v>0</v>
       </c>
       <c r="G24" s="9">
         <v>0</v>
       </c>
       <c r="H24" s="9">
         <v>0</v>
       </c>
       <c r="I24" s="9">
         <v>0</v>
       </c>
       <c r="J24" s="9">
         <v>0</v>
       </c>
       <c r="K24" s="9">
         <v>0</v>
       </c>
       <c r="L24" s="9">
         <v>0</v>
       </c>
       <c r="M24" s="16">
         <v>0</v>
       </c>
       <c r="N24" s="16">
         <v>0</v>
       </c>
       <c r="O24" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="31"/>
-      <c r="B25" s="31"/>
+      <c r="A25" s="29"/>
+      <c r="B25" s="29"/>
       <c r="C25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="17">
         <v>478649</v>
       </c>
       <c r="E25" s="17">
         <v>407083</v>
       </c>
       <c r="F25" s="17">
         <v>419604</v>
       </c>
       <c r="G25" s="9">
         <v>439652</v>
       </c>
       <c r="H25" s="9">
         <v>510289</v>
       </c>
       <c r="I25" s="9">
         <v>455360</v>
       </c>
       <c r="J25" s="9">
         <v>455034</v>
       </c>
       <c r="K25" s="9">
         <v>425489</v>
       </c>
       <c r="L25" s="9">
         <v>442866</v>
       </c>
       <c r="M25" s="16">
-        <v>297887</v>
+        <v>492323</v>
       </c>
       <c r="N25" s="16">
         <v>481820</v>
       </c>
       <c r="O25" s="16">
         <v>491360</v>
       </c>
     </row>
     <row r="26" spans="1:15" s="11" customFormat="1" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="18">
         <v>110780952</v>
       </c>
       <c r="E26" s="18">
         <v>110233237</v>
       </c>
       <c r="F26" s="18">
         <v>109803178</v>
       </c>
       <c r="G26" s="15">
         <v>108995258</v>
       </c>
       <c r="H26" s="15">
         <v>105796768</v>
       </c>
       <c r="I26" s="15">
         <v>104057526</v>
       </c>
       <c r="J26" s="15">
         <v>107021853</v>
       </c>
       <c r="K26" s="15">
         <v>106243233</v>
       </c>
       <c r="L26" s="15">
         <v>107584980</v>
       </c>
       <c r="M26" s="10">
-        <v>75333401</v>
+        <v>109930218</v>
       </c>
       <c r="N26" s="10">
         <v>111860322</v>
       </c>
       <c r="O26" s="10">
         <v>110376153</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="30"/>
       <c r="B27" s="30"/>
       <c r="C27" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="17">
         <v>35871470</v>
       </c>
       <c r="E27" s="17">
         <v>35512909</v>
       </c>
       <c r="F27" s="17">
         <v>35818559</v>
       </c>
       <c r="G27" s="9">
         <v>35753779</v>
       </c>
       <c r="H27" s="9">
         <v>36158606</v>
       </c>
       <c r="I27" s="9">
         <v>36282719</v>
       </c>
       <c r="J27" s="9">
         <v>38253047</v>
       </c>
       <c r="K27" s="9">
         <v>37436963</v>
       </c>
       <c r="L27" s="9">
         <v>38526046</v>
       </c>
       <c r="M27" s="16">
-        <v>27941668</v>
+        <v>38853294</v>
       </c>
       <c r="N27" s="16">
         <v>39714855</v>
       </c>
       <c r="O27" s="16">
         <v>39544927</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="30"/>
       <c r="B28" s="30"/>
       <c r="C28" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="8">
         <v>29088686</v>
       </c>
       <c r="E28" s="8">
         <v>29207588</v>
       </c>
       <c r="F28" s="8">
         <v>28464780</v>
       </c>
       <c r="G28" s="9">
         <v>29692746</v>
       </c>
       <c r="H28" s="9">
         <v>26852545</v>
       </c>
       <c r="I28" s="9">
         <v>25257833</v>
       </c>
       <c r="J28" s="9">
         <v>27398217</v>
       </c>
       <c r="K28" s="9">
         <v>27004507</v>
       </c>
       <c r="L28" s="9">
         <v>25508984</v>
       </c>
       <c r="M28" s="16">
-        <v>18512469</v>
+        <v>26173784</v>
       </c>
       <c r="N28" s="16">
         <v>27291079</v>
       </c>
       <c r="O28" s="16">
         <v>26292194</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="30"/>
       <c r="B29" s="30"/>
       <c r="C29" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="17">
         <v>1076066</v>
       </c>
       <c r="E29" s="17">
         <v>991986</v>
       </c>
       <c r="F29" s="17">
         <v>885052</v>
       </c>
       <c r="G29" s="9">
         <v>931248</v>
       </c>
       <c r="H29" s="9">
         <v>948481</v>
       </c>
       <c r="I29" s="9">
         <v>1024316</v>
       </c>
       <c r="J29" s="9">
         <v>923601</v>
       </c>
       <c r="K29" s="9">
         <v>1095259</v>
       </c>
       <c r="L29" s="9">
         <v>968777</v>
       </c>
       <c r="M29" s="16">
-        <v>856438</v>
+        <v>989994</v>
       </c>
       <c r="N29" s="16">
         <v>997065</v>
       </c>
       <c r="O29" s="16">
         <v>1029110</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="30"/>
       <c r="B30" s="30"/>
       <c r="C30" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="8">
         <v>14798494</v>
       </c>
       <c r="E30" s="8">
         <v>14341108</v>
       </c>
       <c r="F30" s="8">
         <v>15393624</v>
       </c>
       <c r="G30" s="9">
         <v>15492026</v>
       </c>
       <c r="H30" s="9">
         <v>14029221</v>
       </c>
       <c r="I30" s="9">
         <v>15274191</v>
       </c>
       <c r="J30" s="9">
         <v>14816889</v>
       </c>
       <c r="K30" s="9">
         <v>15508711</v>
       </c>
       <c r="L30" s="9">
         <v>15534820</v>
       </c>
       <c r="M30" s="16">
-        <v>10693354</v>
+        <v>15492102</v>
       </c>
       <c r="N30" s="16">
         <v>15207526</v>
       </c>
       <c r="O30" s="16">
         <v>16042731</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="30"/>
       <c r="B31" s="30"/>
       <c r="C31" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="17">
         <v>19025079</v>
       </c>
       <c r="E31" s="17">
         <v>18639977</v>
       </c>
       <c r="F31" s="17">
         <v>18214041</v>
       </c>
       <c r="G31" s="9">
         <v>17640755</v>
       </c>
       <c r="H31" s="9">
         <v>16880723</v>
       </c>
       <c r="I31" s="9">
         <v>16497185</v>
       </c>
       <c r="J31" s="9">
         <v>15482514</v>
       </c>
       <c r="K31" s="9">
         <v>15171600</v>
       </c>
       <c r="L31" s="9">
         <v>15481659</v>
       </c>
       <c r="M31" s="16">
-        <v>8992348</v>
+        <v>16682525</v>
       </c>
       <c r="N31" s="16">
         <v>16916720</v>
       </c>
       <c r="O31" s="16">
         <v>17098591</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" s="30"/>
       <c r="B32" s="30"/>
       <c r="C32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D32" s="8">
         <v>10921157</v>
       </c>
       <c r="E32" s="8">
         <v>11539669</v>
       </c>
       <c r="F32" s="8">
         <v>11027122</v>
       </c>
       <c r="G32" s="9">
         <v>9484704</v>
       </c>
       <c r="H32" s="9">
         <v>10927192</v>
       </c>
       <c r="I32" s="9">
         <v>9721282</v>
       </c>
       <c r="J32" s="9">
         <v>10147585</v>
       </c>
       <c r="K32" s="9">
         <v>10026193</v>
       </c>
       <c r="L32" s="9">
         <v>11564694</v>
       </c>
       <c r="M32" s="16">
-        <v>8337124</v>
+        <v>11738519</v>
       </c>
       <c r="N32" s="16">
         <v>11733077</v>
       </c>
       <c r="O32" s="16">
         <v>10368600</v>
       </c>
     </row>
     <row r="33" spans="1:15" s="23" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="30"/>
       <c r="B33" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="20">
         <v>7332824</v>
       </c>
       <c r="E33" s="20">
         <v>7015676</v>
       </c>
       <c r="F33" s="20">
         <v>7165149</v>
       </c>
       <c r="G33" s="21">
         <v>7295411</v>
       </c>
       <c r="H33" s="21">
         <v>7296815</v>
       </c>
       <c r="I33" s="21">
         <v>7126565</v>
       </c>
       <c r="J33" s="21">
         <v>7143131</v>
       </c>
       <c r="K33" s="21">
         <v>7356712</v>
       </c>
       <c r="L33" s="21">
         <v>7329054</v>
       </c>
       <c r="M33" s="22">
-        <v>4753801</v>
+        <v>7321362</v>
       </c>
       <c r="N33" s="22">
         <v>7201834</v>
       </c>
       <c r="O33" s="22">
         <v>6417561</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="30"/>
-      <c r="B34" s="31"/>
+      <c r="B34" s="29"/>
       <c r="C34" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D34" s="9">
         <v>0</v>
       </c>
       <c r="E34" s="9">
         <v>0</v>
       </c>
       <c r="F34" s="9">
         <v>0</v>
       </c>
       <c r="G34" s="9">
         <v>0</v>
       </c>
       <c r="H34" s="9">
         <v>0</v>
       </c>
       <c r="I34" s="9">
         <v>0</v>
       </c>
       <c r="J34" s="9">
         <v>0</v>
       </c>
       <c r="K34" s="9">
         <v>0</v>
       </c>
       <c r="L34" s="9">
         <v>0</v>
       </c>
       <c r="M34" s="16">
         <v>0</v>
       </c>
       <c r="N34" s="16">
         <v>0</v>
       </c>
       <c r="O34" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="30"/>
-      <c r="B35" s="31"/>
+      <c r="B35" s="29"/>
       <c r="C35" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D35" s="9">
         <v>0</v>
       </c>
       <c r="E35" s="9">
         <v>0</v>
       </c>
       <c r="F35" s="9">
         <v>0</v>
       </c>
       <c r="G35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="9">
         <v>0</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
       <c r="J35" s="9">
         <v>0</v>
       </c>
       <c r="K35" s="9">
         <v>0</v>
       </c>
       <c r="L35" s="9">
         <v>0</v>
       </c>
       <c r="M35" s="16">
         <v>0</v>
       </c>
       <c r="N35" s="16">
         <v>0</v>
       </c>
       <c r="O35" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" s="30"/>
-      <c r="B36" s="31"/>
+      <c r="B36" s="29"/>
       <c r="C36" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="8">
         <v>4878789</v>
       </c>
       <c r="E36" s="8">
         <v>4481778</v>
       </c>
       <c r="F36" s="8">
         <v>4476508</v>
       </c>
       <c r="G36" s="9">
         <v>4484088</v>
       </c>
       <c r="H36" s="9">
         <v>4481951</v>
       </c>
       <c r="I36" s="9">
         <v>4470762</v>
       </c>
       <c r="J36" s="9">
         <v>4284975</v>
       </c>
       <c r="K36" s="9">
         <v>4530877</v>
       </c>
       <c r="L36" s="9">
         <v>4524206</v>
       </c>
       <c r="M36" s="16">
-        <v>2029978</v>
+        <v>4535472</v>
       </c>
       <c r="N36" s="16">
         <v>4526648</v>
       </c>
       <c r="O36" s="16">
         <v>4165311</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" s="30"/>
-      <c r="B37" s="31"/>
+      <c r="B37" s="29"/>
       <c r="C37" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D37" s="9">
         <v>0</v>
       </c>
       <c r="E37" s="9">
         <v>0</v>
       </c>
       <c r="F37" s="9">
         <v>0</v>
       </c>
       <c r="G37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="9">
         <v>0</v>
       </c>
       <c r="I37" s="9">
         <v>61608</v>
       </c>
       <c r="J37" s="9">
         <v>62068</v>
       </c>
       <c r="K37" s="9">
         <v>62528</v>
       </c>
       <c r="L37" s="9">
         <v>61623</v>
       </c>
       <c r="M37" s="16">
-        <v>0</v>
+        <v>62067</v>
       </c>
       <c r="N37" s="16">
         <v>62529</v>
       </c>
       <c r="O37" s="16">
         <v>45976</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="30"/>
-      <c r="B38" s="31"/>
+      <c r="B38" s="29"/>
       <c r="C38" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="8">
         <v>2454035</v>
       </c>
       <c r="E38" s="8">
         <v>2533898</v>
       </c>
       <c r="F38" s="8">
         <v>2688641</v>
       </c>
       <c r="G38" s="9">
         <v>2811323</v>
       </c>
       <c r="H38" s="9">
         <v>2814864</v>
       </c>
       <c r="I38" s="9">
         <v>2594195</v>
       </c>
       <c r="J38" s="9">
         <v>2796088</v>
       </c>
       <c r="K38" s="9">
@@ -2565,57 +2565,57 @@
       <c r="E39" s="14">
         <v>151952043</v>
       </c>
       <c r="F39" s="14">
         <v>152649763</v>
       </c>
       <c r="G39" s="15">
         <v>152273422</v>
       </c>
       <c r="H39" s="15">
         <v>149151597</v>
       </c>
       <c r="I39" s="15">
         <v>148286712</v>
       </c>
       <c r="J39" s="15">
         <v>151463532</v>
       </c>
       <c r="K39" s="15">
         <v>150973251</v>
       </c>
       <c r="L39" s="15">
         <v>151916637</v>
       </c>
       <c r="M39" s="10">
-        <v>109444450</v>
+        <v>155458405</v>
       </c>
       <c r="N39" s="10">
         <v>157430591</v>
       </c>
       <c r="O39" s="10">
-        <v>155925132</v>
+        <v>155833099</v>
       </c>
     </row>
     <row r="40" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="10"/>
       <c r="N40" s="10"/>
       <c r="O40" s="10"/>
     </row>
     <row r="41" spans="1:15" s="11" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="13" t="s">
         <v>35</v>
       </c>
@@ -2627,831 +2627,831 @@
       <c r="E41" s="14">
         <v>8935425</v>
       </c>
       <c r="F41" s="14">
         <v>7268285</v>
       </c>
       <c r="G41" s="15">
         <v>7817910</v>
       </c>
       <c r="H41" s="15">
         <v>8096083</v>
       </c>
       <c r="I41" s="15">
         <v>6915184</v>
       </c>
       <c r="J41" s="15">
         <v>6751240</v>
       </c>
       <c r="K41" s="15">
         <v>7480900</v>
       </c>
       <c r="L41" s="15">
         <v>9234246</v>
       </c>
       <c r="M41" s="10">
-        <v>6651645</v>
+        <v>7673155</v>
       </c>
       <c r="N41" s="10">
         <v>8883998</v>
       </c>
       <c r="O41" s="10">
-        <v>7472651</v>
+        <v>7701391</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A42" s="31"/>
+      <c r="A42" s="29"/>
       <c r="B42" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="7"/>
       <c r="D42" s="8">
         <v>265737</v>
       </c>
       <c r="E42" s="8">
         <v>395608</v>
       </c>
       <c r="F42" s="8">
         <v>491196</v>
       </c>
       <c r="G42" s="9">
         <v>722803</v>
       </c>
       <c r="H42" s="9">
         <v>873961</v>
       </c>
       <c r="I42" s="9">
         <v>326436</v>
       </c>
       <c r="J42" s="9">
         <v>542984</v>
       </c>
       <c r="K42" s="9">
         <v>508031</v>
       </c>
       <c r="L42" s="9">
         <v>530715</v>
       </c>
       <c r="M42" s="16">
-        <v>580115</v>
+        <v>766358</v>
       </c>
       <c r="N42" s="16">
         <v>883418</v>
       </c>
       <c r="O42" s="16">
-        <v>239211</v>
+        <v>248315</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A43" s="31"/>
+      <c r="A43" s="29"/>
       <c r="B43" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="12"/>
       <c r="D43" s="17">
         <v>520431</v>
       </c>
       <c r="E43" s="17">
         <v>530797</v>
       </c>
       <c r="F43" s="17">
         <v>526544</v>
       </c>
       <c r="G43" s="9">
         <v>523901</v>
       </c>
       <c r="H43" s="9">
         <v>522131</v>
       </c>
       <c r="I43" s="9">
         <v>457227</v>
       </c>
       <c r="J43" s="9">
         <v>453016</v>
       </c>
       <c r="K43" s="9">
         <v>446507</v>
       </c>
       <c r="L43" s="9">
         <v>446829</v>
       </c>
       <c r="M43" s="16">
         <v>436207</v>
       </c>
       <c r="N43" s="16">
         <v>431540</v>
       </c>
       <c r="O43" s="16">
-        <v>426953</v>
+        <v>417849</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A44" s="31"/>
+      <c r="A44" s="29"/>
       <c r="B44" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="7"/>
       <c r="D44" s="8">
         <v>0</v>
       </c>
       <c r="E44" s="8">
         <v>761198</v>
       </c>
       <c r="F44" s="8">
         <v>796421</v>
       </c>
       <c r="G44" s="9">
         <v>301323</v>
       </c>
       <c r="H44" s="9">
         <v>0</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
       <c r="J44" s="9">
         <v>0</v>
       </c>
       <c r="K44" s="9">
         <v>732924</v>
       </c>
       <c r="L44" s="9">
         <v>1222924</v>
       </c>
       <c r="M44" s="16">
         <v>0</v>
       </c>
       <c r="N44" s="16">
         <v>0</v>
       </c>
       <c r="O44" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="31"/>
+      <c r="A45" s="29"/>
       <c r="B45" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="12"/>
       <c r="D45" s="17">
         <v>4372430</v>
       </c>
       <c r="E45" s="17">
         <v>4638563</v>
       </c>
       <c r="F45" s="17">
         <v>3067861</v>
       </c>
       <c r="G45" s="9">
         <v>3265523</v>
       </c>
       <c r="H45" s="9">
         <v>3218733</v>
       </c>
       <c r="I45" s="9">
         <v>3232362</v>
       </c>
       <c r="J45" s="9">
         <v>3354056</v>
       </c>
       <c r="K45" s="9">
         <v>3350552</v>
       </c>
       <c r="L45" s="9">
         <v>3246633</v>
       </c>
       <c r="M45" s="16">
-        <v>2522944</v>
+        <v>3224705</v>
       </c>
       <c r="N45" s="16">
         <v>3383378</v>
       </c>
       <c r="O45" s="16">
         <v>3467074</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A46" s="31"/>
+      <c r="A46" s="29"/>
       <c r="B46" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="7"/>
       <c r="D46" s="8">
         <v>955807</v>
       </c>
       <c r="E46" s="8">
         <v>1470317</v>
       </c>
       <c r="F46" s="8">
         <v>931157</v>
       </c>
       <c r="G46" s="9">
         <v>1339947</v>
       </c>
       <c r="H46" s="9">
         <v>1693665</v>
       </c>
       <c r="I46" s="9">
         <v>1236184</v>
       </c>
       <c r="J46" s="9">
         <v>781315</v>
       </c>
       <c r="K46" s="9">
         <v>756084</v>
       </c>
       <c r="L46" s="9">
         <v>1518519</v>
       </c>
       <c r="M46" s="16">
-        <v>556784</v>
+        <v>600893</v>
       </c>
       <c r="N46" s="16">
         <v>1373973</v>
       </c>
       <c r="O46" s="16">
-        <v>670821</v>
+        <v>899562</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A47" s="31"/>
+      <c r="A47" s="29"/>
       <c r="B47" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="17">
         <v>675224</v>
       </c>
       <c r="E47" s="17">
         <v>742723</v>
       </c>
       <c r="F47" s="17">
         <v>1049428</v>
       </c>
       <c r="G47" s="9">
         <v>1431413</v>
       </c>
       <c r="H47" s="9">
         <v>1352206</v>
       </c>
       <c r="I47" s="9">
         <v>1245353</v>
       </c>
       <c r="J47" s="9">
         <v>1246903</v>
       </c>
       <c r="K47" s="9">
         <v>1291647</v>
       </c>
       <c r="L47" s="9">
         <v>1780800</v>
       </c>
       <c r="M47" s="16">
         <v>2023604</v>
       </c>
       <c r="N47" s="16">
         <v>2142476</v>
       </c>
       <c r="O47" s="16">
         <v>2156897</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A48" s="31"/>
+      <c r="A48" s="29"/>
       <c r="B48" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C48" s="7"/>
       <c r="D48" s="8">
         <v>142896</v>
       </c>
       <c r="E48" s="8">
         <v>103670</v>
       </c>
       <c r="F48" s="8">
         <v>124916</v>
       </c>
       <c r="G48" s="9">
         <v>82462</v>
       </c>
       <c r="H48" s="9">
         <v>163320</v>
       </c>
       <c r="I48" s="9">
         <v>153412</v>
       </c>
       <c r="J48" s="9">
         <v>155056</v>
       </c>
       <c r="K48" s="9">
         <v>184159</v>
       </c>
       <c r="L48" s="9">
         <v>246065</v>
       </c>
       <c r="M48" s="16">
         <v>292112</v>
       </c>
       <c r="N48" s="16">
         <v>306709</v>
       </c>
       <c r="O48" s="16">
         <v>304709</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="31"/>
+      <c r="A49" s="29"/>
       <c r="B49" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C49" s="12"/>
       <c r="D49" s="17">
         <v>269163</v>
       </c>
       <c r="E49" s="17">
         <v>292549</v>
       </c>
       <c r="F49" s="17">
         <v>280762</v>
       </c>
       <c r="G49" s="9">
         <v>150538</v>
       </c>
       <c r="H49" s="9">
         <v>272067</v>
       </c>
       <c r="I49" s="9">
         <v>264210</v>
       </c>
       <c r="J49" s="9">
         <v>217910</v>
       </c>
       <c r="K49" s="9">
         <v>210996</v>
       </c>
       <c r="L49" s="9">
         <v>241761</v>
       </c>
       <c r="M49" s="16">
-        <v>239879</v>
+        <v>329276</v>
       </c>
       <c r="N49" s="16">
         <v>362504</v>
       </c>
       <c r="O49" s="16">
-        <v>206986</v>
+        <v>206985</v>
       </c>
     </row>
     <row r="50" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
       <c r="D50" s="18">
         <v>160235214</v>
       </c>
       <c r="E50" s="18">
         <v>160887468</v>
       </c>
       <c r="F50" s="18">
         <v>159918048</v>
       </c>
       <c r="G50" s="15">
         <v>160091332</v>
       </c>
       <c r="H50" s="15">
         <v>157247680</v>
       </c>
       <c r="I50" s="15">
         <v>155201896</v>
       </c>
       <c r="J50" s="15">
         <v>158214772</v>
       </c>
       <c r="K50" s="15">
         <v>158454151</v>
       </c>
       <c r="L50" s="15">
         <v>161150883</v>
       </c>
       <c r="M50" s="10">
-        <v>116096095</v>
+        <v>163131560</v>
       </c>
       <c r="N50" s="10">
         <v>166314589</v>
       </c>
       <c r="O50" s="10">
-        <v>163397783</v>
+        <v>163534490</v>
       </c>
     </row>
     <row r="51" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="13"/>
       <c r="C51" s="13"/>
       <c r="D51" s="14">
         <v>23271171</v>
       </c>
       <c r="E51" s="14">
         <v>22674484</v>
       </c>
       <c r="F51" s="14">
         <v>22813265</v>
       </c>
       <c r="G51" s="15">
         <v>23231871</v>
       </c>
       <c r="H51" s="15">
         <v>23635131</v>
       </c>
       <c r="I51" s="15">
         <v>23888363</v>
       </c>
       <c r="J51" s="15">
         <v>24310168</v>
       </c>
       <c r="K51" s="15">
         <v>23971910</v>
       </c>
       <c r="L51" s="15">
         <v>23558279</v>
       </c>
       <c r="M51" s="10">
-        <v>15479938</v>
+        <v>23753983</v>
       </c>
       <c r="N51" s="10">
         <v>24149793</v>
       </c>
       <c r="O51" s="10">
-        <v>24596558</v>
+        <v>24616480</v>
       </c>
     </row>
     <row r="52" spans="1:15" ht="26" x14ac:dyDescent="0.25">
-      <c r="A52" s="31"/>
+      <c r="A52" s="29"/>
       <c r="B52" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C52" s="7"/>
       <c r="D52" s="8">
         <v>913546</v>
       </c>
       <c r="E52" s="8">
         <v>913546</v>
       </c>
       <c r="F52" s="8">
         <v>913546</v>
       </c>
       <c r="G52" s="9">
         <v>913546</v>
       </c>
       <c r="H52" s="9">
         <v>910546</v>
       </c>
       <c r="I52" s="9">
         <v>910546</v>
       </c>
       <c r="J52" s="9">
         <v>910546</v>
       </c>
       <c r="K52" s="9">
         <v>910546</v>
       </c>
       <c r="L52" s="9">
         <v>910546</v>
       </c>
       <c r="M52" s="16">
-        <v>905626</v>
+        <v>910546</v>
       </c>
       <c r="N52" s="16">
         <v>910546</v>
       </c>
       <c r="O52" s="16">
         <v>910546</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A53" s="31"/>
+      <c r="A53" s="29"/>
       <c r="B53" s="30"/>
       <c r="C53" s="12" t="s">
         <v>47</v>
       </c>
       <c r="D53" s="17">
         <v>698461</v>
       </c>
       <c r="E53" s="17">
         <v>698461</v>
       </c>
       <c r="F53" s="17">
         <v>698461</v>
       </c>
       <c r="G53" s="9">
         <v>698461</v>
       </c>
       <c r="H53" s="9">
         <v>695461</v>
       </c>
       <c r="I53" s="9">
         <v>695461</v>
       </c>
       <c r="J53" s="9">
         <v>695461</v>
       </c>
       <c r="K53" s="9">
         <v>695461</v>
       </c>
       <c r="L53" s="9">
         <v>695461</v>
       </c>
       <c r="M53" s="16">
-        <v>690541</v>
+        <v>695461</v>
       </c>
       <c r="N53" s="16">
         <v>695461</v>
       </c>
       <c r="O53" s="16">
         <v>695461</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A54" s="31"/>
+      <c r="A54" s="29"/>
       <c r="B54" s="30"/>
       <c r="C54" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D54" s="8">
         <v>215085</v>
       </c>
       <c r="E54" s="8">
         <v>215085</v>
       </c>
       <c r="F54" s="8">
         <v>215085</v>
       </c>
       <c r="G54" s="9">
         <v>215085</v>
       </c>
       <c r="H54" s="9">
         <v>215085</v>
       </c>
       <c r="I54" s="9">
         <v>215085</v>
       </c>
       <c r="J54" s="9">
         <v>215085</v>
       </c>
       <c r="K54" s="9">
         <v>215085</v>
       </c>
       <c r="L54" s="9">
         <v>215085</v>
       </c>
       <c r="M54" s="16">
         <v>215085</v>
       </c>
       <c r="N54" s="16">
         <v>215085</v>
       </c>
       <c r="O54" s="16">
         <v>215085</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A55" s="31"/>
+      <c r="A55" s="29"/>
       <c r="B55" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="12"/>
       <c r="D55" s="17">
         <v>2322948</v>
       </c>
       <c r="E55" s="17">
         <v>2322948</v>
       </c>
       <c r="F55" s="17">
         <v>2322948</v>
       </c>
       <c r="G55" s="9">
         <v>2322948</v>
       </c>
       <c r="H55" s="9">
         <v>2323167</v>
       </c>
       <c r="I55" s="9">
         <v>2323167</v>
       </c>
       <c r="J55" s="9">
         <v>2323167</v>
       </c>
       <c r="K55" s="9">
         <v>2323167</v>
       </c>
       <c r="L55" s="9">
         <v>2323167</v>
       </c>
       <c r="M55" s="16">
-        <v>1843086</v>
+        <v>2323167</v>
       </c>
       <c r="N55" s="16">
         <v>2323167</v>
       </c>
       <c r="O55" s="16">
         <v>2323167</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A56" s="31"/>
+      <c r="A56" s="29"/>
       <c r="B56" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="7"/>
       <c r="D56" s="8">
         <v>260871</v>
       </c>
       <c r="E56" s="8">
         <v>250995</v>
       </c>
       <c r="F56" s="8">
         <v>282771</v>
       </c>
       <c r="G56" s="9">
         <v>284961</v>
       </c>
       <c r="H56" s="9">
         <v>259566</v>
       </c>
       <c r="I56" s="9">
         <v>298128</v>
       </c>
       <c r="J56" s="9">
         <v>305276</v>
       </c>
       <c r="K56" s="9">
         <v>278388</v>
       </c>
       <c r="L56" s="9">
         <v>265379</v>
       </c>
       <c r="M56" s="16">
-        <v>131590</v>
+        <v>200943</v>
       </c>
       <c r="N56" s="16">
         <v>272406</v>
       </c>
       <c r="O56" s="16">
         <v>260594</v>
       </c>
     </row>
     <row r="57" spans="1:15" ht="26" x14ac:dyDescent="0.25">
-      <c r="A57" s="31"/>
+      <c r="A57" s="29"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="12"/>
       <c r="D57" s="17">
         <v>19773806</v>
       </c>
       <c r="E57" s="17">
         <v>19186995</v>
       </c>
       <c r="F57" s="17">
         <v>19294000</v>
       </c>
       <c r="G57" s="9">
         <v>19710416</v>
       </c>
       <c r="H57" s="9">
         <v>20141852</v>
       </c>
       <c r="I57" s="9">
         <v>20356522</v>
       </c>
       <c r="J57" s="9">
         <v>20771179</v>
       </c>
       <c r="K57" s="9">
         <v>20459809</v>
       </c>
       <c r="L57" s="9">
         <v>20059187</v>
       </c>
       <c r="M57" s="16">
-        <v>12599636</v>
+        <v>20319327</v>
       </c>
       <c r="N57" s="16">
         <v>20643674</v>
       </c>
       <c r="O57" s="16">
-        <v>21102251</v>
+        <v>21122173</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A58" s="31"/>
-      <c r="B58" s="31"/>
+      <c r="A58" s="29"/>
+      <c r="B58" s="29"/>
       <c r="C58" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D58" s="8">
         <v>6981256</v>
       </c>
       <c r="E58" s="8">
         <v>6980946</v>
       </c>
       <c r="F58" s="8">
         <v>6981963</v>
       </c>
       <c r="G58" s="9">
         <v>6985726</v>
       </c>
       <c r="H58" s="9">
         <v>6985101</v>
       </c>
       <c r="I58" s="9">
         <v>7933829</v>
       </c>
       <c r="J58" s="9">
         <v>7934237</v>
       </c>
       <c r="K58" s="9">
         <v>7934902</v>
       </c>
       <c r="L58" s="9">
         <v>7936486</v>
       </c>
       <c r="M58" s="16">
-        <v>199428</v>
+        <v>7935323</v>
       </c>
       <c r="N58" s="16">
         <v>7936744</v>
       </c>
       <c r="O58" s="16">
         <v>7938624</v>
       </c>
     </row>
     <row r="59" spans="1:15" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="31"/>
-      <c r="B59" s="31"/>
+      <c r="A59" s="29"/>
+      <c r="B59" s="29"/>
       <c r="C59" s="12" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="17">
         <v>12792550</v>
       </c>
       <c r="E59" s="17">
         <v>12206049</v>
       </c>
       <c r="F59" s="17">
         <v>12312037</v>
       </c>
       <c r="G59" s="9">
         <v>12724690</v>
       </c>
       <c r="H59" s="9">
         <v>13156751</v>
       </c>
       <c r="I59" s="9">
         <v>12422693</v>
       </c>
       <c r="J59" s="9">
         <v>12836942</v>
       </c>
       <c r="K59" s="9">
         <v>12524907</v>
       </c>
       <c r="L59" s="9">
         <v>12122701</v>
       </c>
       <c r="M59" s="16">
-        <v>12400208</v>
+        <v>12384004</v>
       </c>
       <c r="N59" s="16">
         <v>12706930</v>
       </c>
       <c r="O59" s="16">
-        <v>13163627</v>
+        <v>13183549</v>
       </c>
     </row>
     <row r="60" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="5"/>
       <c r="D60" s="18">
         <v>0</v>
       </c>
       <c r="E60" s="18">
         <v>0</v>
       </c>
       <c r="F60" s="18">
         <v>0</v>
       </c>
       <c r="G60" s="15">
         <v>0</v>
       </c>
       <c r="H60" s="15">
         <v>0</v>
       </c>
       <c r="I60" s="15">
         <v>2264526</v>
@@ -3487,524 +3487,524 @@
       <c r="E61" s="14">
         <v>183561952</v>
       </c>
       <c r="F61" s="14">
         <v>182731313</v>
       </c>
       <c r="G61" s="15">
         <v>183323203</v>
       </c>
       <c r="H61" s="15">
         <v>180882811</v>
       </c>
       <c r="I61" s="15">
         <v>179090259</v>
       </c>
       <c r="J61" s="15">
         <v>182524940</v>
       </c>
       <c r="K61" s="15">
         <v>182426061</v>
       </c>
       <c r="L61" s="15">
         <v>184709162</v>
       </c>
       <c r="M61" s="10">
-        <v>131576033</v>
+        <v>186885543</v>
       </c>
       <c r="N61" s="10">
         <v>190464382</v>
       </c>
       <c r="O61" s="10">
-        <v>187994341</v>
+        <v>188150970</v>
       </c>
     </row>
     <row r="62" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B62" s="5"/>
       <c r="C62" s="5"/>
       <c r="D62" s="18">
         <v>26798553</v>
       </c>
       <c r="E62" s="18">
         <v>27831267</v>
       </c>
       <c r="F62" s="18">
         <v>25777236</v>
       </c>
       <c r="G62" s="15">
         <v>26085649</v>
       </c>
       <c r="H62" s="15">
         <v>21998971</v>
       </c>
       <c r="I62" s="15">
         <v>19554511</v>
       </c>
       <c r="J62" s="15">
         <v>21841336</v>
       </c>
       <c r="K62" s="15">
         <v>18667209</v>
       </c>
       <c r="L62" s="15">
         <v>20869430</v>
       </c>
       <c r="M62" s="10">
-        <v>14260224</v>
+        <v>18412882</v>
       </c>
       <c r="N62" s="10">
         <v>20442935</v>
       </c>
       <c r="O62" s="10">
-        <v>17788259</v>
+        <v>17924966</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" s="30"/>
       <c r="B63" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C63" s="12"/>
       <c r="D63" s="17">
         <v>1518519</v>
       </c>
       <c r="E63" s="17">
         <v>1467503</v>
       </c>
       <c r="F63" s="17">
         <v>1454479</v>
       </c>
       <c r="G63" s="9">
         <v>1716709</v>
       </c>
       <c r="H63" s="9">
         <v>1737784</v>
       </c>
       <c r="I63" s="9">
         <v>1464011</v>
       </c>
       <c r="J63" s="9">
         <v>1527257</v>
       </c>
       <c r="K63" s="9">
         <v>1502858</v>
       </c>
       <c r="L63" s="9">
         <v>1768086</v>
       </c>
       <c r="M63" s="16">
-        <v>1193617</v>
+        <v>1599830</v>
       </c>
       <c r="N63" s="16">
         <v>1589593</v>
       </c>
       <c r="O63" s="16">
         <v>1941741</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" s="30"/>
       <c r="B64" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="7"/>
       <c r="D64" s="8">
         <v>106739</v>
       </c>
       <c r="E64" s="8">
         <v>101316</v>
       </c>
       <c r="F64" s="8">
         <v>155965</v>
       </c>
       <c r="G64" s="9">
         <v>171240</v>
       </c>
       <c r="H64" s="9">
         <v>163979</v>
       </c>
       <c r="I64" s="9">
         <v>217128</v>
       </c>
       <c r="J64" s="9">
         <v>147976</v>
       </c>
       <c r="K64" s="9">
         <v>141840</v>
       </c>
       <c r="L64" s="9">
         <v>141497</v>
       </c>
       <c r="M64" s="16">
-        <v>74406</v>
+        <v>124175</v>
       </c>
       <c r="N64" s="16">
         <v>165842</v>
       </c>
       <c r="O64" s="16">
         <v>109191</v>
       </c>
     </row>
     <row r="65" spans="1:15" ht="26" x14ac:dyDescent="0.25">
       <c r="A65" s="30"/>
       <c r="B65" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C65" s="12"/>
       <c r="D65" s="17">
         <v>8493186</v>
       </c>
       <c r="E65" s="17">
         <v>10596326</v>
       </c>
       <c r="F65" s="17">
         <v>8683565</v>
       </c>
       <c r="G65" s="9">
         <v>9875939</v>
       </c>
       <c r="H65" s="9">
         <v>5286177</v>
       </c>
       <c r="I65" s="9">
         <v>6044316</v>
       </c>
       <c r="J65" s="9">
         <v>6634451</v>
       </c>
       <c r="K65" s="9">
         <v>5366905</v>
       </c>
       <c r="L65" s="9">
         <v>4370285</v>
       </c>
       <c r="M65" s="16">
-        <v>4590266</v>
+        <v>5070809</v>
       </c>
       <c r="N65" s="16">
         <v>5560030</v>
       </c>
       <c r="O65" s="16">
-        <v>5956352</v>
+        <v>5858649</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" s="30"/>
-      <c r="B66" s="31"/>
+      <c r="B66" s="29"/>
       <c r="C66" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D66" s="8">
         <v>1634987</v>
       </c>
       <c r="E66" s="8">
         <v>1594521</v>
       </c>
       <c r="F66" s="8">
         <v>1575267</v>
       </c>
       <c r="G66" s="9">
         <v>1578973</v>
       </c>
       <c r="H66" s="9">
         <v>1585568</v>
       </c>
       <c r="I66" s="9">
         <v>1577462</v>
       </c>
       <c r="J66" s="9">
         <v>1563348</v>
       </c>
       <c r="K66" s="9">
         <v>1556420</v>
       </c>
       <c r="L66" s="9">
         <v>1573769</v>
       </c>
       <c r="M66" s="16">
-        <v>1136446</v>
+        <v>1587895</v>
       </c>
       <c r="N66" s="16">
         <v>1610339</v>
       </c>
       <c r="O66" s="16">
         <v>1638344</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67" s="30"/>
-      <c r="B67" s="31"/>
+      <c r="B67" s="29"/>
       <c r="C67" s="12" t="s">
         <v>61</v>
       </c>
       <c r="D67" s="17">
         <v>4044160</v>
       </c>
       <c r="E67" s="17">
         <v>5303174</v>
       </c>
       <c r="F67" s="17">
         <v>3505512</v>
       </c>
       <c r="G67" s="9">
         <v>4886163</v>
       </c>
       <c r="H67" s="9">
         <v>1593897</v>
       </c>
       <c r="I67" s="9">
         <v>1355476</v>
       </c>
       <c r="J67" s="9">
         <v>2114589</v>
       </c>
       <c r="K67" s="9">
         <v>1497564</v>
       </c>
       <c r="L67" s="9">
         <v>1380962</v>
       </c>
       <c r="M67" s="16">
         <v>1911501</v>
       </c>
       <c r="N67" s="16">
         <v>1850255</v>
       </c>
       <c r="O67" s="16">
-        <v>2075953</v>
+        <v>1978250</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" s="30"/>
-      <c r="B68" s="31"/>
+      <c r="B68" s="29"/>
       <c r="C68" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D68" s="8">
         <v>2814039</v>
       </c>
       <c r="E68" s="8">
         <v>3698631</v>
       </c>
       <c r="F68" s="8">
         <v>3602786</v>
       </c>
       <c r="G68" s="9">
         <v>3410803</v>
       </c>
       <c r="H68" s="9">
         <v>2106712</v>
       </c>
       <c r="I68" s="9">
         <v>3111378</v>
       </c>
       <c r="J68" s="9">
         <v>2956514</v>
       </c>
       <c r="K68" s="9">
         <v>2312921</v>
       </c>
       <c r="L68" s="9">
         <v>1415554</v>
       </c>
       <c r="M68" s="16">
-        <v>1542319</v>
+        <v>1571413</v>
       </c>
       <c r="N68" s="16">
         <v>2099436</v>
       </c>
       <c r="O68" s="16">
         <v>2242055</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69" s="30"/>
       <c r="B69" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C69" s="12"/>
       <c r="D69" s="17">
         <v>16680109</v>
       </c>
       <c r="E69" s="17">
         <v>15666122</v>
       </c>
       <c r="F69" s="17">
         <v>15483227</v>
       </c>
       <c r="G69" s="9">
         <v>14321761</v>
       </c>
       <c r="H69" s="9">
         <v>14811031</v>
       </c>
       <c r="I69" s="9">
         <v>11829056</v>
       </c>
       <c r="J69" s="9">
         <v>13531652</v>
       </c>
       <c r="K69" s="9">
         <v>11655606</v>
       </c>
       <c r="L69" s="9">
         <v>14589562</v>
       </c>
       <c r="M69" s="16">
-        <v>8401935</v>
+        <v>11618068</v>
       </c>
       <c r="N69" s="16">
         <v>13127470</v>
       </c>
       <c r="O69" s="16">
-        <v>9780975</v>
+        <v>10015385</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70" s="30"/>
-      <c r="B70" s="31"/>
+      <c r="B70" s="29"/>
       <c r="C70" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D70" s="8">
         <v>6303074</v>
       </c>
       <c r="E70" s="8">
         <v>5248479</v>
       </c>
       <c r="F70" s="8">
         <v>6284530</v>
       </c>
       <c r="G70" s="9">
         <v>5823649</v>
       </c>
       <c r="H70" s="9">
         <v>6348003</v>
       </c>
       <c r="I70" s="9">
         <v>4904319</v>
       </c>
       <c r="J70" s="9">
         <v>4519348</v>
       </c>
       <c r="K70" s="9">
         <v>4162303</v>
       </c>
       <c r="L70" s="9">
         <v>4935979</v>
       </c>
       <c r="M70" s="16">
-        <v>3032243</v>
+        <v>3186576</v>
       </c>
       <c r="N70" s="16">
         <v>4486407</v>
       </c>
       <c r="O70" s="16">
-        <v>4352853</v>
+        <v>4129209</v>
       </c>
     </row>
     <row r="71" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="30"/>
-      <c r="B71" s="31"/>
+      <c r="B71" s="29"/>
       <c r="C71" s="12" t="s">
         <v>65</v>
       </c>
       <c r="D71" s="17">
         <v>10377035</v>
       </c>
       <c r="E71" s="17">
         <v>10417643</v>
       </c>
       <c r="F71" s="17">
         <v>9198697</v>
       </c>
       <c r="G71" s="9">
         <v>8498112</v>
       </c>
       <c r="H71" s="9">
         <v>8463028</v>
       </c>
       <c r="I71" s="9">
         <v>6924737</v>
       </c>
       <c r="J71" s="9">
         <v>9012304</v>
       </c>
       <c r="K71" s="9">
         <v>7493303</v>
       </c>
       <c r="L71" s="9">
         <v>9653583</v>
       </c>
       <c r="M71" s="16">
-        <v>5369692</v>
+        <v>8431492</v>
       </c>
       <c r="N71" s="16">
         <v>8641063</v>
       </c>
       <c r="O71" s="16">
-        <v>5428122</v>
+        <v>5886176</v>
       </c>
     </row>
     <row r="72" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B72" s="5"/>
       <c r="C72" s="5"/>
       <c r="D72" s="18">
         <v>25661004</v>
       </c>
       <c r="E72" s="18">
         <v>26116485</v>
       </c>
       <c r="F72" s="18">
         <v>26876120</v>
       </c>
       <c r="G72" s="15">
         <v>26579241</v>
       </c>
       <c r="H72" s="15">
         <v>26993004</v>
       </c>
       <c r="I72" s="15">
         <v>26340053</v>
       </c>
       <c r="J72" s="15">
         <v>26457002</v>
       </c>
       <c r="K72" s="15">
         <v>28630054</v>
       </c>
       <c r="L72" s="15">
         <v>28720880</v>
       </c>
       <c r="M72" s="10">
-        <v>22069845</v>
+        <v>28630838</v>
       </c>
       <c r="N72" s="10">
         <v>28487723</v>
       </c>
       <c r="O72" s="10">
         <v>29250716</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73" s="30"/>
       <c r="B73" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C73" s="12"/>
       <c r="D73" s="17">
         <v>0</v>
       </c>
       <c r="E73" s="17">
         <v>0</v>
       </c>
       <c r="F73" s="17">
         <v>0</v>
       </c>
       <c r="G73" s="9">
         <v>0</v>
@@ -4046,94 +4046,94 @@
       <c r="E74" s="8">
         <v>23409930</v>
       </c>
       <c r="F74" s="8">
         <v>24031175</v>
       </c>
       <c r="G74" s="9">
         <v>23572042</v>
       </c>
       <c r="H74" s="9">
         <v>23906275</v>
       </c>
       <c r="I74" s="9">
         <v>23227936</v>
       </c>
       <c r="J74" s="9">
         <v>22642002</v>
       </c>
       <c r="K74" s="9">
         <v>23825032</v>
       </c>
       <c r="L74" s="9">
         <v>23120700</v>
       </c>
       <c r="M74" s="16">
-        <v>16261639</v>
+        <v>22767457</v>
       </c>
       <c r="N74" s="16">
         <v>22739946</v>
       </c>
       <c r="O74" s="16">
         <v>22883209</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75" s="30"/>
       <c r="B75" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C75" s="12"/>
       <c r="D75" s="17">
         <v>2658490</v>
       </c>
       <c r="E75" s="17">
         <v>2711115</v>
       </c>
       <c r="F75" s="17">
         <v>2849488</v>
       </c>
       <c r="G75" s="9">
         <v>3011856</v>
       </c>
       <c r="H75" s="9">
         <v>3091257</v>
       </c>
       <c r="I75" s="9">
         <v>3116545</v>
       </c>
       <c r="J75" s="9">
         <v>3819428</v>
       </c>
       <c r="K75" s="9">
         <v>4809402</v>
       </c>
       <c r="L75" s="9">
         <v>5604943</v>
       </c>
       <c r="M75" s="16">
-        <v>5812842</v>
+        <v>5868017</v>
       </c>
       <c r="N75" s="16">
         <v>5752347</v>
       </c>
       <c r="O75" s="16">
         <v>6372303</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76" s="30"/>
       <c r="B76" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C76" s="7"/>
       <c r="D76" s="8">
         <v>4493</v>
       </c>
       <c r="E76" s="8">
         <v>4560</v>
       </c>
       <c r="F76" s="8">
         <v>4543</v>
       </c>
       <c r="G76" s="9">
         <v>4657</v>
@@ -4175,911 +4175,911 @@
       <c r="E77" s="14">
         <v>119521399</v>
       </c>
       <c r="F77" s="14">
         <v>120117195</v>
       </c>
       <c r="G77" s="15">
         <v>119896279</v>
       </c>
       <c r="H77" s="15">
         <v>120512722</v>
       </c>
       <c r="I77" s="15">
         <v>120903739</v>
       </c>
       <c r="J77" s="15">
         <v>123317883</v>
       </c>
       <c r="K77" s="15">
         <v>123889409</v>
       </c>
       <c r="L77" s="15">
         <v>124102359</v>
       </c>
       <c r="M77" s="10">
-        <v>87605805</v>
+        <v>128559355</v>
       </c>
       <c r="N77" s="10">
         <v>130049640</v>
       </c>
       <c r="O77" s="10">
         <v>129352318</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A78" s="31"/>
+      <c r="A78" s="29"/>
       <c r="B78" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C78" s="7"/>
       <c r="D78" s="9">
         <v>0</v>
       </c>
       <c r="E78" s="9">
         <v>0</v>
       </c>
       <c r="F78" s="9">
         <v>0</v>
       </c>
       <c r="G78" s="9">
         <v>23049</v>
       </c>
       <c r="H78" s="9">
         <v>0</v>
       </c>
       <c r="I78" s="9">
         <v>0</v>
       </c>
       <c r="J78" s="9">
         <v>1953911</v>
       </c>
       <c r="K78" s="9">
         <v>2081513</v>
       </c>
       <c r="L78" s="9">
         <v>864229</v>
       </c>
       <c r="M78" s="16">
         <v>630188</v>
       </c>
       <c r="N78" s="16">
         <v>1150058</v>
       </c>
       <c r="O78" s="16">
         <v>5029</v>
       </c>
     </row>
     <row r="79" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="31"/>
+      <c r="A79" s="29"/>
       <c r="B79" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C79" s="12"/>
       <c r="D79" s="9">
         <v>0</v>
       </c>
       <c r="E79" s="9">
         <v>0</v>
       </c>
       <c r="F79" s="9">
         <v>0</v>
       </c>
       <c r="G79" s="9">
         <v>0</v>
       </c>
       <c r="H79" s="9">
         <v>0</v>
       </c>
       <c r="I79" s="9">
         <v>0</v>
       </c>
       <c r="J79" s="9">
         <v>0</v>
       </c>
       <c r="K79" s="9">
         <v>0</v>
       </c>
       <c r="L79" s="9">
         <v>0</v>
       </c>
       <c r="M79" s="16">
         <v>0</v>
       </c>
       <c r="N79" s="16">
         <v>0</v>
       </c>
       <c r="O79" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:15" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="31"/>
+      <c r="A80" s="29"/>
       <c r="B80" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C80" s="7"/>
       <c r="D80" s="8">
         <v>703433</v>
       </c>
       <c r="E80" s="8">
         <v>222768</v>
       </c>
       <c r="F80" s="8">
         <v>209297</v>
       </c>
       <c r="G80" s="9">
         <v>237119</v>
       </c>
       <c r="H80" s="9">
         <v>225936</v>
       </c>
       <c r="I80" s="9">
         <v>277072</v>
       </c>
       <c r="J80" s="9">
         <v>735781</v>
       </c>
       <c r="K80" s="9">
         <v>731161</v>
       </c>
       <c r="L80" s="9">
         <v>919170</v>
       </c>
       <c r="M80" s="16">
-        <v>483743</v>
+        <v>784770</v>
       </c>
       <c r="N80" s="16">
         <v>880899</v>
       </c>
       <c r="O80" s="16">
         <v>794387</v>
       </c>
     </row>
     <row r="81" spans="1:15" ht="26" x14ac:dyDescent="0.25">
-      <c r="A81" s="31"/>
+      <c r="A81" s="29"/>
       <c r="B81" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C81" s="12"/>
       <c r="D81" s="17">
         <v>14417612</v>
       </c>
       <c r="E81" s="17">
         <v>14458212</v>
       </c>
       <c r="F81" s="17">
         <v>14732541</v>
       </c>
       <c r="G81" s="9">
         <v>14856581</v>
       </c>
       <c r="H81" s="9">
         <v>14863944</v>
       </c>
       <c r="I81" s="9">
         <v>15475696</v>
       </c>
       <c r="J81" s="9">
         <v>15641270</v>
       </c>
       <c r="K81" s="9">
         <v>15802556</v>
       </c>
       <c r="L81" s="9">
         <v>16257594</v>
       </c>
       <c r="M81" s="16">
-        <v>11082964</v>
+        <v>16492725</v>
       </c>
       <c r="N81" s="16">
         <v>16598987</v>
       </c>
       <c r="O81" s="16">
         <v>16845925</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A82" s="31"/>
+      <c r="A82" s="29"/>
       <c r="B82" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C82" s="7"/>
       <c r="D82" s="8">
         <v>44783118</v>
       </c>
       <c r="E82" s="17">
         <v>44236292</v>
       </c>
       <c r="F82" s="8">
         <v>44326243</v>
       </c>
       <c r="G82" s="9">
         <v>44376925</v>
       </c>
       <c r="H82" s="9">
         <v>44359432</v>
       </c>
       <c r="I82" s="9">
         <v>44793159</v>
       </c>
       <c r="J82" s="9">
         <v>44614679</v>
       </c>
       <c r="K82" s="9">
         <v>45081103</v>
       </c>
       <c r="L82" s="9">
         <v>45034573</v>
       </c>
       <c r="M82" s="16">
-        <v>32139030</v>
+        <v>44931949</v>
       </c>
       <c r="N82" s="16">
         <v>45018809</v>
       </c>
       <c r="O82" s="16">
         <v>45175592</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A83" s="31"/>
+      <c r="A83" s="29"/>
       <c r="B83" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C83" s="12"/>
       <c r="D83" s="17">
         <v>12897787</v>
       </c>
       <c r="E83" s="17">
         <v>13214616</v>
       </c>
       <c r="F83" s="17">
         <v>12871191</v>
       </c>
       <c r="G83" s="9">
         <v>12778637</v>
       </c>
       <c r="H83" s="9">
         <v>12756053</v>
       </c>
       <c r="I83" s="9">
         <v>12277448</v>
       </c>
       <c r="J83" s="9">
         <v>12761188</v>
       </c>
       <c r="K83" s="9">
         <v>12430009</v>
       </c>
       <c r="L83" s="9">
         <v>12327807</v>
       </c>
       <c r="M83" s="16">
-        <v>6774059</v>
+        <v>12259506</v>
       </c>
       <c r="N83" s="16">
         <v>12362754</v>
       </c>
       <c r="O83" s="16">
         <v>12497033</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A84" s="31"/>
+      <c r="A84" s="29"/>
       <c r="B84" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C84" s="7"/>
       <c r="D84" s="8">
         <v>9853362</v>
       </c>
       <c r="E84" s="17">
         <v>9907902</v>
       </c>
       <c r="F84" s="8">
         <v>9960238</v>
       </c>
       <c r="G84" s="9">
         <v>10010672</v>
       </c>
       <c r="H84" s="9">
         <v>10067611</v>
       </c>
       <c r="I84" s="9">
         <v>10172572</v>
       </c>
       <c r="J84" s="9">
         <v>10290218</v>
       </c>
       <c r="K84" s="9">
         <v>10419707</v>
       </c>
       <c r="L84" s="9">
         <v>10440018</v>
       </c>
       <c r="M84" s="16">
-        <v>9419450</v>
+        <v>10420454</v>
       </c>
       <c r="N84" s="16">
         <v>10494235</v>
       </c>
       <c r="O84" s="16">
         <v>10479895</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A85" s="31"/>
+      <c r="A85" s="29"/>
       <c r="B85" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C85" s="12"/>
       <c r="D85" s="17">
         <v>21826050</v>
       </c>
       <c r="E85" s="17">
         <v>21738716</v>
       </c>
       <c r="F85" s="17">
         <v>22147825</v>
       </c>
       <c r="G85" s="9">
         <v>22728809</v>
       </c>
       <c r="H85" s="9">
         <v>23079188</v>
       </c>
       <c r="I85" s="9">
         <v>23104188</v>
       </c>
       <c r="J85" s="9">
         <v>22782086</v>
       </c>
       <c r="K85" s="9">
         <v>22967106</v>
       </c>
       <c r="L85" s="9">
         <v>22952585</v>
       </c>
       <c r="M85" s="16">
-        <v>17544728</v>
+        <v>28913009</v>
       </c>
       <c r="N85" s="16">
         <v>29284247</v>
       </c>
       <c r="O85" s="16">
         <v>29271129</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A86" s="31"/>
+      <c r="A86" s="29"/>
       <c r="B86" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C86" s="7"/>
       <c r="D86" s="8">
         <v>12836005</v>
       </c>
       <c r="E86" s="17">
         <v>13198088</v>
       </c>
       <c r="F86" s="8">
         <v>13275400</v>
       </c>
       <c r="G86" s="9">
         <v>12330320</v>
       </c>
       <c r="H86" s="9">
         <v>12495758</v>
       </c>
       <c r="I86" s="9">
         <v>11959040</v>
       </c>
       <c r="J86" s="9">
         <v>11972424</v>
       </c>
       <c r="K86" s="9">
         <v>11764910</v>
       </c>
       <c r="L86" s="9">
         <v>12659026</v>
       </c>
       <c r="M86" s="16">
-        <v>7257664</v>
+        <v>11687392</v>
       </c>
       <c r="N86" s="16">
         <v>11690911</v>
       </c>
       <c r="O86" s="16">
         <v>11341829</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A87" s="31"/>
+      <c r="A87" s="29"/>
       <c r="B87" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C87" s="12"/>
       <c r="D87" s="17">
         <v>850747</v>
       </c>
       <c r="E87" s="17">
         <v>863830</v>
       </c>
       <c r="F87" s="17">
         <v>875671</v>
       </c>
       <c r="G87" s="9">
         <v>874380</v>
       </c>
       <c r="H87" s="9">
         <v>878398</v>
       </c>
       <c r="I87" s="9">
         <v>875786</v>
       </c>
       <c r="J87" s="9">
         <v>887949</v>
       </c>
       <c r="K87" s="9">
         <v>891474</v>
       </c>
       <c r="L87" s="9">
         <v>899201</v>
       </c>
       <c r="M87" s="16">
-        <v>774853</v>
+        <v>893294</v>
       </c>
       <c r="N87" s="16">
         <v>912217</v>
       </c>
       <c r="O87" s="16">
         <v>887994</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A88" s="31"/>
+      <c r="A88" s="29"/>
       <c r="B88" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C88" s="7"/>
       <c r="D88" s="8">
         <v>16717</v>
       </c>
       <c r="E88" s="17">
         <v>0</v>
       </c>
       <c r="F88" s="8">
         <v>94178</v>
       </c>
       <c r="G88" s="9">
         <v>52177</v>
       </c>
       <c r="H88" s="9">
         <v>9472</v>
       </c>
       <c r="I88" s="9">
         <v>84979</v>
       </c>
       <c r="J88" s="9">
         <v>0</v>
       </c>
       <c r="K88" s="9">
         <v>0</v>
       </c>
       <c r="L88" s="9">
         <v>74883</v>
       </c>
       <c r="M88" s="16">
         <v>0</v>
       </c>
       <c r="N88" s="16">
         <v>0</v>
       </c>
       <c r="O88" s="16">
         <v>95169</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A89" s="31"/>
+      <c r="A89" s="29"/>
       <c r="B89" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C89" s="12"/>
       <c r="D89" s="17">
         <v>19216</v>
       </c>
       <c r="E89" s="17">
         <v>19309</v>
       </c>
       <c r="F89" s="17">
         <v>19309</v>
       </c>
       <c r="G89" s="9">
         <v>0</v>
       </c>
       <c r="H89" s="9">
         <v>0</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
       <c r="J89" s="9">
         <v>0</v>
       </c>
       <c r="K89" s="9">
         <v>0</v>
       </c>
       <c r="L89" s="9">
         <v>0</v>
       </c>
       <c r="M89" s="16">
         <v>0</v>
       </c>
       <c r="N89" s="16">
         <v>447</v>
       </c>
       <c r="O89" s="16">
         <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A90" s="31"/>
+      <c r="A90" s="29"/>
       <c r="B90" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C90" s="7"/>
       <c r="D90" s="8">
         <v>1361968</v>
       </c>
       <c r="E90" s="17">
         <v>1368113</v>
       </c>
       <c r="F90" s="8">
         <v>1371148</v>
       </c>
       <c r="G90" s="9">
         <v>1369534</v>
       </c>
       <c r="H90" s="9">
         <v>1370071</v>
       </c>
       <c r="I90" s="9">
         <v>1246238</v>
       </c>
       <c r="J90" s="9">
         <v>1244114</v>
       </c>
       <c r="K90" s="9">
         <v>1250082</v>
       </c>
       <c r="L90" s="9">
         <v>1252943</v>
       </c>
       <c r="M90" s="16">
-        <v>1203845</v>
+        <v>1250787</v>
       </c>
       <c r="N90" s="16">
         <v>1243723</v>
       </c>
       <c r="O90" s="16">
         <v>1252302</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A91" s="31"/>
+      <c r="A91" s="29"/>
       <c r="B91" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C91" s="12"/>
       <c r="D91" s="17">
         <v>384102</v>
       </c>
       <c r="E91" s="17">
         <v>293553</v>
       </c>
       <c r="F91" s="17">
         <v>234154</v>
       </c>
       <c r="G91" s="9">
         <v>258076</v>
       </c>
       <c r="H91" s="9">
         <v>406859</v>
       </c>
       <c r="I91" s="9">
         <v>637561</v>
       </c>
       <c r="J91" s="9">
         <v>434263</v>
       </c>
       <c r="K91" s="9">
         <v>469788</v>
       </c>
       <c r="L91" s="9">
         <v>420330</v>
       </c>
       <c r="M91" s="16">
         <v>295281</v>
       </c>
       <c r="N91" s="16">
         <v>412353</v>
       </c>
       <c r="O91" s="16">
         <v>705584</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A92" s="31"/>
+      <c r="A92" s="29"/>
       <c r="B92" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C92" s="7"/>
       <c r="D92" s="8">
         <v>2460817</v>
       </c>
       <c r="E92" s="8">
         <v>2422094</v>
       </c>
       <c r="F92" s="8">
         <v>2339829</v>
       </c>
       <c r="G92" s="9">
         <v>2319414</v>
       </c>
       <c r="H92" s="9">
         <v>2274092</v>
       </c>
       <c r="I92" s="9">
         <v>1953049</v>
       </c>
       <c r="J92" s="9">
         <v>1926298</v>
       </c>
       <c r="K92" s="9">
         <v>1936072</v>
       </c>
       <c r="L92" s="9">
         <v>1973251</v>
       </c>
       <c r="M92" s="16">
-        <v>1307993</v>
+        <v>2003749</v>
       </c>
       <c r="N92" s="16">
         <v>1912862</v>
       </c>
       <c r="O92" s="16">
-        <v>2021979</v>
+        <v>2009697</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A93" s="31"/>
+      <c r="A93" s="29"/>
       <c r="B93" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C93" s="12"/>
       <c r="D93" s="17">
         <v>1430061</v>
       </c>
       <c r="E93" s="17">
         <v>1442191</v>
       </c>
       <c r="F93" s="17">
         <v>1460909</v>
       </c>
       <c r="G93" s="9">
         <v>1377547</v>
       </c>
       <c r="H93" s="9">
         <v>1375016</v>
       </c>
       <c r="I93" s="9">
         <v>1330139</v>
       </c>
       <c r="J93" s="9">
         <v>1357888</v>
       </c>
       <c r="K93" s="9">
         <v>1373917</v>
       </c>
       <c r="L93" s="9">
         <v>1392473</v>
       </c>
       <c r="M93" s="16">
-        <v>1023557</v>
+        <v>1379396</v>
       </c>
       <c r="N93" s="16">
         <v>1369499</v>
       </c>
       <c r="O93" s="16">
-        <v>1229357</v>
+        <v>1221718</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A94" s="31"/>
+      <c r="A94" s="29"/>
       <c r="B94" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C94" s="7"/>
       <c r="D94" s="8">
         <v>1087175</v>
       </c>
       <c r="E94" s="8">
         <v>1088946</v>
       </c>
       <c r="F94" s="8">
         <v>1062446</v>
       </c>
       <c r="G94" s="9">
         <v>1039962</v>
       </c>
       <c r="H94" s="9">
         <v>1036753</v>
       </c>
       <c r="I94" s="9">
         <v>912164</v>
       </c>
       <c r="J94" s="9">
         <v>896469</v>
       </c>
       <c r="K94" s="9">
         <v>863602</v>
       </c>
       <c r="L94" s="9">
         <v>859763</v>
       </c>
       <c r="M94" s="16">
-        <v>404954</v>
+        <v>650240</v>
       </c>
       <c r="N94" s="16">
         <v>647503</v>
       </c>
       <c r="O94" s="16">
         <v>676440</v>
       </c>
     </row>
     <row r="95" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="13" t="s">
         <v>88</v>
       </c>
       <c r="B95" s="13"/>
       <c r="C95" s="13"/>
       <c r="D95" s="14">
         <v>114972064</v>
       </c>
       <c r="E95" s="14">
         <v>114568168</v>
       </c>
       <c r="F95" s="14">
         <v>115254011</v>
       </c>
       <c r="G95" s="15">
         <v>115159356</v>
       </c>
       <c r="H95" s="15">
         <v>115826861</v>
       </c>
       <c r="I95" s="15">
         <v>116708387</v>
       </c>
       <c r="J95" s="15">
         <v>119137228</v>
       </c>
       <c r="K95" s="15">
         <v>119715818</v>
       </c>
       <c r="L95" s="15">
         <v>119876872</v>
       </c>
       <c r="M95" s="10">
-        <v>84869301</v>
+        <v>124525970</v>
       </c>
       <c r="N95" s="10">
         <v>126119776</v>
       </c>
       <c r="O95" s="10">
-        <v>125424542</v>
+        <v>125444463</v>
       </c>
     </row>
     <row r="96" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="5"/>
       <c r="D96" s="18">
         <v>4601501</v>
       </c>
       <c r="E96" s="18">
         <v>4820438</v>
       </c>
       <c r="F96" s="18">
         <v>5158073</v>
       </c>
       <c r="G96" s="15">
         <v>5515148</v>
       </c>
       <c r="H96" s="15">
         <v>5604452</v>
       </c>
       <c r="I96" s="15">
         <v>5469710</v>
       </c>
       <c r="J96" s="15">
         <v>5106521</v>
       </c>
       <c r="K96" s="15">
         <v>5305237</v>
       </c>
       <c r="L96" s="15">
         <v>5774137</v>
       </c>
       <c r="M96" s="10">
-        <v>2773567</v>
+        <v>6134153</v>
       </c>
       <c r="N96" s="10">
         <v>6075443</v>
       </c>
       <c r="O96" s="10">
         <v>6599189</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97" s="30"/>
       <c r="B97" s="12" t="s">
         <v>90</v>
       </c>
       <c r="C97" s="12"/>
       <c r="D97" s="17">
         <v>1874679</v>
       </c>
       <c r="E97" s="17">
         <v>2017436</v>
       </c>
       <c r="F97" s="17">
         <v>2029764</v>
       </c>
       <c r="G97" s="9">
         <v>1974271</v>
       </c>
       <c r="H97" s="9">
         <v>2138186</v>
       </c>
       <c r="I97" s="9">
         <v>2156176</v>
       </c>
       <c r="J97" s="9">
         <v>1785117</v>
       </c>
       <c r="K97" s="9">
         <v>1942148</v>
       </c>
       <c r="L97" s="9">
         <v>1927607</v>
       </c>
       <c r="M97" s="16">
-        <v>856396</v>
+        <v>1938245</v>
       </c>
       <c r="N97" s="16">
         <v>1794560</v>
       </c>
       <c r="O97" s="16">
         <v>2281780</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98" s="30"/>
       <c r="B98" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C98" s="7"/>
       <c r="D98" s="8">
         <v>0</v>
       </c>
       <c r="E98" s="8">
         <v>0</v>
       </c>
       <c r="F98" s="8">
         <v>0</v>
       </c>
       <c r="G98" s="9">
         <v>0</v>
@@ -5121,233 +5121,233 @@
       <c r="E99" s="17">
         <v>741481</v>
       </c>
       <c r="F99" s="17">
         <v>1060051</v>
       </c>
       <c r="G99" s="9">
         <v>1459629</v>
       </c>
       <c r="H99" s="9">
         <v>1395429</v>
       </c>
       <c r="I99" s="9">
         <v>1235636</v>
       </c>
       <c r="J99" s="9">
         <v>1227864</v>
       </c>
       <c r="K99" s="9">
         <v>1271155</v>
       </c>
       <c r="L99" s="9">
         <v>1756830</v>
       </c>
       <c r="M99" s="16">
-        <v>1917171</v>
+        <v>1956824</v>
       </c>
       <c r="N99" s="16">
         <v>2040581</v>
       </c>
       <c r="O99" s="16">
         <v>2087301</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100" s="30"/>
       <c r="B100" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C100" s="7"/>
       <c r="D100" s="8">
         <v>2058017</v>
       </c>
       <c r="E100" s="8">
         <v>2061521</v>
       </c>
       <c r="F100" s="8">
         <v>2068258</v>
       </c>
       <c r="G100" s="9">
         <v>2081248</v>
       </c>
       <c r="H100" s="9">
         <v>2070837</v>
       </c>
       <c r="I100" s="9">
         <v>2077898</v>
       </c>
       <c r="J100" s="9">
         <v>2093540</v>
       </c>
       <c r="K100" s="9">
         <v>2091934</v>
       </c>
       <c r="L100" s="9">
         <v>2089700</v>
       </c>
       <c r="M100" s="16">
-        <v>0</v>
+        <v>2239084</v>
       </c>
       <c r="N100" s="16">
         <v>2240302</v>
       </c>
       <c r="O100" s="16">
         <v>2230108</v>
       </c>
     </row>
     <row r="101" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="13" t="s">
         <v>93</v>
       </c>
       <c r="B101" s="13"/>
       <c r="C101" s="13"/>
       <c r="D101" s="14">
         <v>3876002</v>
       </c>
       <c r="E101" s="14">
         <v>3889780</v>
       </c>
       <c r="F101" s="14">
         <v>3823191</v>
       </c>
       <c r="G101" s="15">
         <v>3825891</v>
       </c>
       <c r="H101" s="15">
         <v>3862161</v>
       </c>
       <c r="I101" s="15">
         <v>3799448</v>
       </c>
       <c r="J101" s="15">
         <v>3721123</v>
       </c>
       <c r="K101" s="15">
         <v>3827357</v>
       </c>
       <c r="L101" s="15">
         <v>3861274</v>
       </c>
       <c r="M101" s="10">
-        <v>3087456</v>
+        <v>3195754</v>
       </c>
       <c r="N101" s="10">
         <v>3215731</v>
       </c>
       <c r="O101" s="10">
         <v>3242904</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A102" s="31"/>
+      <c r="A102" s="29"/>
       <c r="B102" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C102" s="7"/>
       <c r="D102" s="8">
         <v>1785185</v>
       </c>
       <c r="E102" s="8">
         <v>1786749</v>
       </c>
       <c r="F102" s="8">
         <v>1796841</v>
       </c>
       <c r="G102" s="9">
         <v>1797682</v>
       </c>
       <c r="H102" s="9">
         <v>1820637</v>
       </c>
       <c r="I102" s="9">
         <v>1845836</v>
       </c>
       <c r="J102" s="9">
         <v>1856503</v>
       </c>
       <c r="K102" s="9">
         <v>1970796</v>
       </c>
       <c r="L102" s="9">
         <v>1993831</v>
       </c>
       <c r="M102" s="16">
         <v>1316377</v>
       </c>
       <c r="N102" s="16">
         <v>1325036</v>
       </c>
       <c r="O102" s="16">
         <v>1335562</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A103" s="31"/>
+      <c r="A103" s="29"/>
       <c r="B103" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C103" s="12"/>
       <c r="D103" s="17">
         <v>98149</v>
       </c>
       <c r="E103" s="17">
         <v>98571</v>
       </c>
       <c r="F103" s="17">
         <v>99726</v>
       </c>
       <c r="G103" s="9">
         <v>100399</v>
       </c>
       <c r="H103" s="9">
         <v>101788</v>
       </c>
       <c r="I103" s="9">
         <v>102559</v>
       </c>
       <c r="J103" s="9">
         <v>103477</v>
       </c>
       <c r="K103" s="9">
         <v>105383</v>
       </c>
       <c r="L103" s="9">
         <v>106553</v>
       </c>
       <c r="M103" s="16">
-        <v>0</v>
+        <v>108298</v>
       </c>
       <c r="N103" s="16">
         <v>0</v>
       </c>
       <c r="O103" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="31"/>
+      <c r="A104" s="29"/>
       <c r="B104" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C104" s="7"/>
       <c r="D104" s="8">
         <v>1992668</v>
       </c>
       <c r="E104" s="8">
         <v>2004460</v>
       </c>
       <c r="F104" s="8">
         <v>1926624</v>
       </c>
       <c r="G104" s="9">
         <v>1927810</v>
       </c>
       <c r="H104" s="9">
         <v>1939736</v>
       </c>
       <c r="I104" s="9">
         <v>1851053</v>
       </c>
       <c r="J104" s="9">
         <v>1761143</v>
       </c>
@@ -5389,137 +5389,137 @@
         <v>310720</v>
       </c>
       <c r="I105" s="15">
         <v>215058</v>
       </c>
       <c r="J105" s="15">
         <v>218395</v>
       </c>
       <c r="K105" s="15">
         <v>214366</v>
       </c>
       <c r="L105" s="15">
         <v>176378</v>
       </c>
       <c r="M105" s="10">
         <v>172423</v>
       </c>
       <c r="N105" s="10">
         <v>171640</v>
       </c>
       <c r="O105" s="10">
         <v>50915</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A106" s="31"/>
+      <c r="A106" s="29"/>
       <c r="B106" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C106" s="7"/>
       <c r="D106" s="8">
         <v>326304</v>
       </c>
       <c r="E106" s="8">
         <v>325600</v>
       </c>
       <c r="F106" s="8">
         <v>319778</v>
       </c>
       <c r="G106" s="9">
         <v>318208</v>
       </c>
       <c r="H106" s="9">
         <v>310720</v>
       </c>
       <c r="I106" s="9">
         <v>215058</v>
       </c>
       <c r="J106" s="9">
         <v>218395</v>
       </c>
       <c r="K106" s="9">
         <v>214366</v>
       </c>
       <c r="L106" s="9">
         <v>176378</v>
       </c>
       <c r="M106" s="16">
         <v>172423</v>
       </c>
       <c r="N106" s="16">
         <v>171640</v>
       </c>
       <c r="O106" s="16">
         <v>50915</v>
       </c>
     </row>
     <row r="107" spans="1:15" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="31"/>
+      <c r="A107" s="29"/>
       <c r="B107" s="12" t="s">
         <v>96</v>
       </c>
       <c r="C107" s="12"/>
       <c r="D107" s="9">
         <v>0</v>
       </c>
       <c r="E107" s="9">
         <v>0</v>
       </c>
       <c r="F107" s="9">
         <v>0</v>
       </c>
       <c r="G107" s="9">
         <v>0</v>
       </c>
       <c r="H107" s="9">
         <v>0</v>
       </c>
       <c r="I107" s="9">
         <v>0</v>
       </c>
       <c r="J107" s="9">
         <v>0</v>
       </c>
       <c r="K107" s="9">
         <v>0</v>
       </c>
       <c r="L107" s="9">
         <v>0</v>
       </c>
       <c r="M107" s="16">
         <v>0</v>
       </c>
       <c r="N107" s="16">
         <v>0</v>
       </c>
       <c r="O107" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A108" s="31"/>
+      <c r="A108" s="29"/>
       <c r="B108" s="7" t="s">
         <v>98</v>
       </c>
       <c r="C108" s="7"/>
       <c r="D108" s="9">
         <v>0</v>
       </c>
       <c r="E108" s="9">
         <v>0</v>
       </c>
       <c r="F108" s="9">
         <v>0</v>
       </c>
       <c r="G108" s="9">
         <v>0</v>
       </c>
       <c r="H108" s="9">
         <v>0</v>
       </c>
       <c r="I108" s="9">
         <v>0</v>
       </c>
       <c r="J108" s="9">
         <v>0</v>
       </c>
@@ -5623,127 +5623,127 @@
       </c>
       <c r="O110" s="10">
         <v>6041</v>
       </c>
     </row>
     <row r="111" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A111" s="13" t="s">
         <v>101</v>
       </c>
       <c r="B111" s="13"/>
       <c r="C111" s="13"/>
       <c r="D111" s="14"/>
       <c r="E111" s="14"/>
       <c r="F111" s="14"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15"/>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15"/>
       <c r="L111" s="15"/>
       <c r="M111" s="10"/>
       <c r="N111" s="10"/>
       <c r="O111" s="10"/>
     </row>
     <row r="112" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="31"/>
+      <c r="A112" s="29"/>
       <c r="B112" s="7" t="s">
         <v>102</v>
       </c>
       <c r="C112" s="7"/>
       <c r="D112" s="8"/>
       <c r="E112" s="8"/>
       <c r="F112" s="8"/>
       <c r="G112" s="9"/>
       <c r="H112" s="9"/>
       <c r="I112" s="9"/>
       <c r="J112" s="9"/>
       <c r="K112" s="9"/>
       <c r="L112" s="9"/>
       <c r="M112" s="16"/>
       <c r="N112" s="16"/>
       <c r="O112" s="16"/>
     </row>
     <row r="113" spans="1:15" ht="26" x14ac:dyDescent="0.25">
-      <c r="A113" s="31"/>
+      <c r="A113" s="29"/>
       <c r="B113" s="12" t="s">
         <v>103</v>
       </c>
       <c r="C113" s="12"/>
       <c r="D113" s="17"/>
       <c r="E113" s="17"/>
       <c r="F113" s="17"/>
       <c r="G113" s="9"/>
       <c r="H113" s="9"/>
       <c r="I113" s="9"/>
       <c r="J113" s="9"/>
       <c r="K113" s="9"/>
       <c r="L113" s="9"/>
       <c r="M113" s="16"/>
       <c r="N113" s="16"/>
       <c r="O113" s="16"/>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A114" s="31"/>
+      <c r="A114" s="29"/>
       <c r="B114" s="7" t="s">
         <v>104</v>
       </c>
       <c r="C114" s="7"/>
       <c r="D114" s="8"/>
       <c r="E114" s="8"/>
       <c r="F114" s="8"/>
       <c r="G114" s="9"/>
       <c r="H114" s="9"/>
       <c r="I114" s="9"/>
       <c r="J114" s="9"/>
       <c r="K114" s="9"/>
       <c r="L114" s="9"/>
       <c r="M114" s="16"/>
       <c r="N114" s="16"/>
       <c r="O114" s="16"/>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A115" s="31"/>
+      <c r="A115" s="29"/>
       <c r="B115" s="12" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="12"/>
       <c r="D115" s="17"/>
       <c r="E115" s="17"/>
       <c r="F115" s="17"/>
       <c r="G115" s="9"/>
       <c r="H115" s="9"/>
       <c r="I115" s="9"/>
       <c r="J115" s="9"/>
       <c r="K115" s="9"/>
       <c r="L115" s="9"/>
       <c r="M115" s="16"/>
       <c r="N115" s="16"/>
       <c r="O115" s="16"/>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A116" s="31"/>
+      <c r="A116" s="29"/>
       <c r="B116" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C116" s="7"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="8"/>
       <c r="G116" s="9"/>
       <c r="H116" s="9"/>
       <c r="I116" s="9"/>
       <c r="J116" s="9"/>
       <c r="K116" s="9"/>
       <c r="L116" s="9"/>
       <c r="M116" s="16"/>
       <c r="N116" s="16"/>
       <c r="O116" s="16"/>
     </row>
     <row r="117" spans="1:15" s="11" customFormat="1" ht="26" x14ac:dyDescent="0.25">
       <c r="A117" s="13" t="s">
         <v>107</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
       <c r="D117" s="14">
         <v>8809848</v>
@@ -5751,266 +5751,266 @@
       <c r="E117" s="14">
         <v>9041859</v>
       </c>
       <c r="F117" s="14">
         <v>9307083</v>
       </c>
       <c r="G117" s="15">
         <v>9665288</v>
       </c>
       <c r="H117" s="15">
         <v>9783374</v>
       </c>
       <c r="I117" s="15">
         <v>9490257</v>
       </c>
       <c r="J117" s="15">
         <v>9052080</v>
       </c>
       <c r="K117" s="15">
         <v>9353001</v>
       </c>
       <c r="L117" s="15">
         <v>9817830</v>
       </c>
       <c r="M117" s="10">
-        <v>6039487</v>
+        <v>9508371</v>
       </c>
       <c r="N117" s="10">
         <v>9468855</v>
       </c>
       <c r="O117" s="10">
         <v>9899049</v>
       </c>
     </row>
     <row r="118" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="5"/>
       <c r="D118" s="18">
         <v>2862280</v>
       </c>
       <c r="E118" s="18">
         <v>2855101</v>
       </c>
       <c r="F118" s="18">
         <v>2832833</v>
       </c>
       <c r="G118" s="15">
         <v>2829134</v>
       </c>
       <c r="H118" s="15">
         <v>2816043</v>
       </c>
       <c r="I118" s="15">
         <v>2830199</v>
       </c>
       <c r="J118" s="15">
         <v>2813934</v>
       </c>
       <c r="K118" s="15">
         <v>2842141</v>
       </c>
       <c r="L118" s="15">
         <v>2884629</v>
       </c>
       <c r="M118" s="10">
-        <v>1853911</v>
+        <v>2909167</v>
       </c>
       <c r="N118" s="10">
         <v>2944102</v>
       </c>
       <c r="O118" s="10">
         <v>3083723</v>
       </c>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A119" s="30"/>
       <c r="B119" s="12" t="s">
         <v>109</v>
       </c>
       <c r="C119" s="12"/>
       <c r="D119" s="17">
         <v>1518065</v>
       </c>
       <c r="E119" s="17">
         <v>1503028</v>
       </c>
       <c r="F119" s="17">
         <v>1491318</v>
       </c>
       <c r="G119" s="9">
         <v>1482194</v>
       </c>
       <c r="H119" s="9">
         <v>1482072</v>
       </c>
       <c r="I119" s="9">
         <v>1444782</v>
       </c>
       <c r="J119" s="9">
         <v>1435474</v>
       </c>
       <c r="K119" s="9">
         <v>1441234</v>
       </c>
       <c r="L119" s="9">
         <v>1440646</v>
       </c>
       <c r="M119" s="16">
-        <v>1426488</v>
+        <v>1448558</v>
       </c>
       <c r="N119" s="16">
         <v>1480829</v>
       </c>
       <c r="O119" s="16">
         <v>1618008</v>
       </c>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A120" s="30"/>
       <c r="B120" s="7" t="s">
         <v>110</v>
       </c>
       <c r="C120" s="7"/>
       <c r="D120" s="8">
         <v>175185</v>
       </c>
       <c r="E120" s="8">
         <v>176491</v>
       </c>
       <c r="F120" s="8">
         <v>172106</v>
       </c>
       <c r="G120" s="9">
         <v>167542</v>
       </c>
       <c r="H120" s="9">
         <v>164119</v>
       </c>
       <c r="I120" s="9">
         <v>160331</v>
       </c>
       <c r="J120" s="9">
         <v>157549</v>
       </c>
       <c r="K120" s="9">
         <v>167929</v>
       </c>
       <c r="L120" s="9">
         <v>174468</v>
       </c>
       <c r="M120" s="16">
-        <v>22820</v>
+        <v>175020</v>
       </c>
       <c r="N120" s="16">
         <v>176561</v>
       </c>
       <c r="O120" s="16">
         <v>176395</v>
       </c>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A121" s="30"/>
       <c r="B121" s="12" t="s">
         <v>111</v>
       </c>
       <c r="C121" s="12"/>
       <c r="D121" s="17">
         <v>1488593</v>
       </c>
       <c r="E121" s="17">
         <v>1502596</v>
       </c>
       <c r="F121" s="17">
         <v>1483787</v>
       </c>
       <c r="G121" s="9">
         <v>1497061</v>
       </c>
       <c r="H121" s="9">
         <v>1494604</v>
       </c>
       <c r="I121" s="9">
         <v>1476369</v>
       </c>
       <c r="J121" s="9">
         <v>1477586</v>
       </c>
       <c r="K121" s="9">
         <v>1502402</v>
       </c>
       <c r="L121" s="9">
         <v>1541626</v>
       </c>
       <c r="M121" s="16">
-        <v>857611</v>
+        <v>1549659</v>
       </c>
       <c r="N121" s="16">
         <v>1579150</v>
       </c>
       <c r="O121" s="16">
         <v>1589252</v>
       </c>
     </row>
     <row r="122" spans="1:15" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="30"/>
       <c r="B122" s="7" t="s">
         <v>112</v>
       </c>
       <c r="C122" s="7"/>
       <c r="D122" s="8">
         <v>505337</v>
       </c>
       <c r="E122" s="8">
         <v>508514</v>
       </c>
       <c r="F122" s="8">
         <v>520098</v>
       </c>
       <c r="G122" s="9">
         <v>527389</v>
       </c>
       <c r="H122" s="9">
         <v>530125</v>
       </c>
       <c r="I122" s="9">
         <v>549664</v>
       </c>
       <c r="J122" s="9">
         <v>555589</v>
       </c>
       <c r="K122" s="9">
         <v>552598</v>
       </c>
       <c r="L122" s="9">
         <v>560366</v>
       </c>
       <c r="M122" s="16">
-        <v>380745</v>
+        <v>569683</v>
       </c>
       <c r="N122" s="16">
         <v>571046</v>
       </c>
       <c r="O122" s="16">
         <v>574165</v>
       </c>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A123" s="30"/>
       <c r="B123" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C123" s="12"/>
       <c r="D123" s="17">
         <v>824900</v>
       </c>
       <c r="E123" s="17">
         <v>835528</v>
       </c>
       <c r="F123" s="17">
         <v>834476</v>
       </c>
       <c r="G123" s="9">
         <v>845052</v>
@@ -6052,223 +6052,223 @@
       <c r="E124" s="18">
         <v>3149072</v>
       </c>
       <c r="F124" s="18">
         <v>2684030</v>
       </c>
       <c r="G124" s="15">
         <v>3004535</v>
       </c>
       <c r="H124" s="15">
         <v>3464558</v>
       </c>
       <c r="I124" s="15">
         <v>4166852</v>
       </c>
       <c r="J124" s="15">
         <v>3223360</v>
       </c>
       <c r="K124" s="15">
         <v>3217838</v>
       </c>
       <c r="L124" s="15">
         <v>2539521</v>
       </c>
       <c r="M124" s="10">
-        <v>2483265</v>
+        <v>2898315</v>
       </c>
       <c r="N124" s="10">
         <v>3000991</v>
       </c>
       <c r="O124" s="10">
-        <v>2548052</v>
+        <v>2548053</v>
       </c>
     </row>
     <row r="125" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="30"/>
       <c r="B125" s="12" t="s">
         <v>115</v>
       </c>
       <c r="C125" s="12"/>
       <c r="D125" s="17">
         <v>352492</v>
       </c>
       <c r="E125" s="17">
         <v>364050</v>
       </c>
       <c r="F125" s="17">
         <v>360464</v>
       </c>
       <c r="G125" s="9">
         <v>378202</v>
       </c>
       <c r="H125" s="9">
         <v>395242</v>
       </c>
       <c r="I125" s="9">
         <v>382585</v>
       </c>
       <c r="J125" s="9">
         <v>383477</v>
       </c>
       <c r="K125" s="9">
         <v>383953</v>
       </c>
       <c r="L125" s="9">
         <v>378136</v>
       </c>
       <c r="M125" s="16">
-        <v>171917</v>
+        <v>374803</v>
       </c>
       <c r="N125" s="16">
         <v>374217</v>
       </c>
       <c r="O125" s="16">
         <v>344205</v>
       </c>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A126" s="30"/>
       <c r="B126" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C126" s="7"/>
       <c r="D126" s="8">
         <v>1800501</v>
       </c>
       <c r="E126" s="8">
         <v>1088845</v>
       </c>
       <c r="F126" s="8">
         <v>738332</v>
       </c>
       <c r="G126" s="9">
         <v>1022004</v>
       </c>
       <c r="H126" s="9">
         <v>1669704</v>
       </c>
       <c r="I126" s="9">
         <v>1910667</v>
       </c>
       <c r="J126" s="9">
         <v>1107406</v>
       </c>
       <c r="K126" s="9">
         <v>1139660</v>
       </c>
       <c r="L126" s="9">
         <v>418265</v>
       </c>
       <c r="M126" s="16">
-        <v>837609</v>
+        <v>911833</v>
       </c>
       <c r="N126" s="16">
         <v>1034987</v>
       </c>
       <c r="O126" s="16">
-        <v>497445</v>
+        <v>497446</v>
       </c>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A127" s="30"/>
       <c r="B127" s="12" t="s">
         <v>116</v>
       </c>
       <c r="C127" s="12"/>
       <c r="D127" s="17">
         <v>280698</v>
       </c>
       <c r="E127" s="17">
         <v>323051</v>
       </c>
       <c r="F127" s="17">
         <v>295839</v>
       </c>
       <c r="G127" s="9">
         <v>311546</v>
       </c>
       <c r="H127" s="9">
         <v>77315</v>
       </c>
       <c r="I127" s="9">
         <v>412805</v>
       </c>
       <c r="J127" s="9">
         <v>422150</v>
       </c>
       <c r="K127" s="9">
         <v>433324</v>
       </c>
       <c r="L127" s="9">
         <v>487865</v>
       </c>
       <c r="M127" s="16">
-        <v>328468</v>
+        <v>445893</v>
       </c>
       <c r="N127" s="16">
         <v>423679</v>
       </c>
       <c r="O127" s="16">
         <v>451642</v>
       </c>
     </row>
     <row r="128" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="30"/>
       <c r="B128" s="7" t="s">
         <v>117</v>
       </c>
       <c r="C128" s="7"/>
       <c r="D128" s="8">
         <v>439194</v>
       </c>
       <c r="E128" s="8">
         <v>425252</v>
       </c>
       <c r="F128" s="8">
         <v>405282</v>
       </c>
       <c r="G128" s="9">
         <v>409918</v>
       </c>
       <c r="H128" s="9">
         <v>394436</v>
       </c>
       <c r="I128" s="9">
         <v>385140</v>
       </c>
       <c r="J128" s="9">
         <v>360461</v>
       </c>
       <c r="K128" s="9">
         <v>369451</v>
       </c>
       <c r="L128" s="9">
         <v>353638</v>
       </c>
       <c r="M128" s="16">
-        <v>338084</v>
+        <v>358599</v>
       </c>
       <c r="N128" s="16">
         <v>370768</v>
       </c>
       <c r="O128" s="16">
         <v>347377</v>
       </c>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A129" s="30"/>
       <c r="B129" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C129" s="12"/>
       <c r="D129" s="17">
         <v>434213</v>
       </c>
       <c r="E129" s="17">
         <v>428294</v>
       </c>
       <c r="F129" s="17">
         <v>422135</v>
       </c>
       <c r="G129" s="9">
         <v>416269</v>
@@ -6339,89 +6339,89 @@
       </c>
       <c r="O130" s="16">
         <v>490665</v>
       </c>
     </row>
     <row r="131" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A131" s="13" t="s">
         <v>119</v>
       </c>
       <c r="B131" s="13"/>
       <c r="C131" s="13"/>
       <c r="D131" s="14"/>
       <c r="E131" s="14"/>
       <c r="F131" s="14"/>
       <c r="G131" s="9"/>
       <c r="H131" s="9"/>
       <c r="I131" s="9"/>
       <c r="J131" s="9"/>
       <c r="K131" s="9"/>
       <c r="L131" s="9"/>
       <c r="M131" s="10"/>
       <c r="N131" s="10"/>
       <c r="O131" s="10"/>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A132" s="31"/>
+      <c r="A132" s="29"/>
       <c r="B132" s="7" t="s">
         <v>120</v>
       </c>
       <c r="C132" s="7"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="8"/>
       <c r="G132" s="9"/>
       <c r="H132" s="9"/>
       <c r="I132" s="9"/>
       <c r="J132" s="9"/>
       <c r="K132" s="9"/>
       <c r="L132" s="9"/>
       <c r="M132" s="16"/>
       <c r="N132" s="16"/>
       <c r="O132" s="16"/>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A133" s="31"/>
+      <c r="A133" s="29"/>
       <c r="B133" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C133" s="12"/>
       <c r="D133" s="17"/>
       <c r="E133" s="17"/>
       <c r="F133" s="17"/>
       <c r="G133" s="9"/>
       <c r="H133" s="9"/>
       <c r="I133" s="9"/>
       <c r="J133" s="9"/>
       <c r="K133" s="9"/>
       <c r="L133" s="9"/>
       <c r="M133" s="16"/>
       <c r="N133" s="16"/>
       <c r="O133" s="16"/>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A134" s="31"/>
+      <c r="A134" s="29"/>
       <c r="B134" s="7" t="s">
         <v>69</v>
       </c>
       <c r="C134" s="7"/>
       <c r="D134" s="8"/>
       <c r="E134" s="8"/>
       <c r="F134" s="8"/>
       <c r="G134" s="9"/>
       <c r="H134" s="9"/>
       <c r="I134" s="9"/>
       <c r="J134" s="9"/>
       <c r="K134" s="9"/>
       <c r="L134" s="9"/>
       <c r="M134" s="16"/>
       <c r="N134" s="16"/>
       <c r="O134" s="16"/>
     </row>
     <row r="135" spans="1:15" s="11" customFormat="1" ht="26" x14ac:dyDescent="0.25">
       <c r="A135" s="13" t="s">
         <v>122</v>
       </c>
       <c r="B135" s="13"/>
       <c r="C135" s="13"/>
       <c r="D135" s="14">
         <v>183506385</v>
@@ -6429,57 +6429,57 @@
       <c r="E135" s="14">
         <v>183561952</v>
       </c>
       <c r="F135" s="14">
         <v>182731313</v>
       </c>
       <c r="G135" s="15">
         <v>183323203</v>
       </c>
       <c r="H135" s="15">
         <v>180882811</v>
       </c>
       <c r="I135" s="15">
         <v>179090259</v>
       </c>
       <c r="J135" s="15">
         <v>182524940</v>
       </c>
       <c r="K135" s="15">
         <v>182426061</v>
       </c>
       <c r="L135" s="15">
         <v>184709162</v>
       </c>
       <c r="M135" s="10">
-        <v>131576033</v>
+        <v>186885543</v>
       </c>
       <c r="N135" s="10">
         <v>190464382</v>
       </c>
       <c r="O135" s="10">
-        <v>187994341</v>
+        <v>188150970</v>
       </c>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A136" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B136" s="7"/>
       <c r="C136" s="7"/>
       <c r="D136" s="8"/>
       <c r="E136" s="8"/>
       <c r="F136" s="8"/>
       <c r="G136" s="9"/>
       <c r="H136" s="9"/>
       <c r="I136" s="9"/>
       <c r="J136" s="9"/>
       <c r="K136" s="9"/>
       <c r="L136" s="9"/>
       <c r="M136" s="16"/>
       <c r="N136" s="16"/>
       <c r="O136" s="16"/>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
         <v>124</v>
       </c>
@@ -6491,51 +6491,51 @@
       <c r="E137" s="17">
         <v>5857369</v>
       </c>
       <c r="F137" s="17">
         <v>5896471</v>
       </c>
       <c r="G137" s="9">
         <v>5883350</v>
       </c>
       <c r="H137" s="9">
         <v>6077176</v>
       </c>
       <c r="I137" s="9">
         <v>6108415</v>
       </c>
       <c r="J137" s="9">
         <v>5910801</v>
       </c>
       <c r="K137" s="9">
         <v>6049597</v>
       </c>
       <c r="L137" s="9">
         <v>6101283</v>
       </c>
       <c r="M137" s="16">
-        <v>2156393</v>
+        <v>5516979</v>
       </c>
       <c r="N137" s="16">
         <v>5359695</v>
       </c>
       <c r="O137" s="16">
         <v>5889135</v>
       </c>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A138" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B138" s="7"/>
       <c r="C138" s="7"/>
       <c r="D138" s="8">
         <v>12136690</v>
       </c>
       <c r="E138" s="8">
         <v>12003960</v>
       </c>
       <c r="F138" s="8">
         <v>12519841</v>
       </c>
       <c r="G138" s="9">
         <v>12396328</v>
@@ -6620,231 +6620,225 @@
       <c r="E140" s="8">
         <v>146717947</v>
       </c>
       <c r="F140" s="8">
         <v>147022371</v>
       </c>
       <c r="G140" s="9">
         <v>148012170</v>
       </c>
       <c r="H140" s="9">
         <v>146110111</v>
       </c>
       <c r="I140" s="9">
         <v>143857641</v>
       </c>
       <c r="J140" s="9">
         <v>141356261</v>
       </c>
       <c r="K140" s="9">
         <v>143812935</v>
       </c>
       <c r="L140" s="9">
         <v>145597542</v>
       </c>
       <c r="M140" s="16">
-        <v>102981736</v>
+        <v>146056288</v>
       </c>
       <c r="N140" s="16">
         <v>144053388</v>
       </c>
       <c r="O140" s="16">
         <v>145432029</v>
       </c>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>128</v>
       </c>
       <c r="B141" s="12"/>
       <c r="C141" s="12"/>
       <c r="D141" s="17">
         <v>165333224</v>
       </c>
       <c r="E141" s="17">
         <v>166473314</v>
       </c>
       <c r="F141" s="17">
         <v>172191912</v>
       </c>
       <c r="G141" s="9">
         <v>169102374</v>
       </c>
       <c r="H141" s="9">
         <v>169923993</v>
       </c>
       <c r="I141" s="9">
         <v>168004735</v>
       </c>
       <c r="J141" s="9">
         <v>168450650</v>
       </c>
       <c r="K141" s="9">
         <v>167778292</v>
       </c>
       <c r="L141" s="9">
         <v>168725585</v>
       </c>
       <c r="M141" s="16">
-        <v>119928121</v>
+        <v>170864723</v>
       </c>
       <c r="N141" s="16">
         <v>174231956</v>
       </c>
       <c r="O141" s="16">
         <v>178138987</v>
       </c>
     </row>
     <row r="142" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="18">
         <v>-19462951</v>
       </c>
       <c r="E142" s="18">
         <v>-19755367</v>
       </c>
       <c r="F142" s="18">
         <v>-25169541</v>
       </c>
       <c r="G142" s="15">
         <v>-21090204</v>
       </c>
       <c r="H142" s="15">
         <v>-23813882</v>
       </c>
       <c r="I142" s="15">
         <v>-24147094</v>
       </c>
       <c r="J142" s="15">
         <v>-27094389</v>
       </c>
       <c r="K142" s="15">
         <v>-23965357</v>
       </c>
       <c r="L142" s="15">
         <v>-23128043</v>
       </c>
       <c r="M142" s="10">
-        <v>-16946385</v>
+        <v>-24808435</v>
       </c>
       <c r="N142" s="10">
         <v>-30178568</v>
       </c>
       <c r="O142" s="10">
         <v>-32706958</v>
       </c>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A143" s="12"/>
       <c r="B143" s="12"/>
       <c r="C143" s="12"/>
       <c r="D143" s="17"/>
       <c r="E143" s="17"/>
       <c r="F143" s="24"/>
       <c r="G143" s="9"/>
       <c r="H143" s="9"/>
       <c r="I143" s="9"/>
       <c r="J143" s="9"/>
       <c r="K143" s="25"/>
       <c r="L143" s="25"/>
       <c r="M143" s="16"/>
       <c r="N143" s="16"/>
       <c r="O143" s="16"/>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A144" s="7"/>
       <c r="B144" s="7"/>
       <c r="C144" s="7"/>
       <c r="D144" s="8"/>
       <c r="E144" s="8"/>
       <c r="F144" s="26"/>
       <c r="G144" s="9"/>
       <c r="H144" s="9"/>
       <c r="I144" s="9"/>
       <c r="J144" s="9"/>
       <c r="K144" s="27"/>
       <c r="L144" s="27"/>
-      <c r="M144" s="16">
-[...7 lines deleted...]
-      </c>
+      <c r="M144" s="16"/>
+      <c r="N144" s="16"/>
+      <c r="O144" s="16"/>
     </row>
     <row r="145" spans="4:15" x14ac:dyDescent="0.25">
       <c r="D145" s="28"/>
       <c r="E145" s="28"/>
       <c r="F145" s="28"/>
       <c r="G145" s="28"/>
       <c r="H145" s="28"/>
       <c r="I145" s="28"/>
       <c r="J145" s="28"/>
       <c r="K145" s="28"/>
       <c r="L145" s="28"/>
       <c r="M145" s="28"/>
       <c r="N145" s="28"/>
       <c r="O145" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="30">
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A97:A100"/>
+    <mergeCell ref="A102:A104"/>
+    <mergeCell ref="A63:A71"/>
+    <mergeCell ref="B66:B68"/>
+    <mergeCell ref="B70:B71"/>
+    <mergeCell ref="A73:A76"/>
+    <mergeCell ref="A78:A94"/>
+    <mergeCell ref="A27:A38"/>
+    <mergeCell ref="A52:A59"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="B58:B59"/>
+    <mergeCell ref="A20:A25"/>
+    <mergeCell ref="B20:B25"/>
     <mergeCell ref="A132:A134"/>
     <mergeCell ref="A106:A108"/>
     <mergeCell ref="A112:A116"/>
     <mergeCell ref="A119:A123"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="B34:B38"/>
     <mergeCell ref="A42:A49"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="A125:A130"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="A11:A17"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="B27:B32"/>
-    <mergeCell ref="A3:E3"/>
-[...12 lines deleted...]
-    <mergeCell ref="B20:B25"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="24" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>