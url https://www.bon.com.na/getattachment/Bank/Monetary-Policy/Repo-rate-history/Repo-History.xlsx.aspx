--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,71 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/hee817_bon_com_na/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="36" documentId="8_{6A6FC5EC-1057-4BEC-82E3-9D00A36D2D0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{251FCFC1-B5C8-41AA-8FD5-BE1116841813}"/>
+  <xr:revisionPtr revIDLastSave="40" documentId="8_{6A6FC5EC-1057-4BEC-82E3-9D00A36D2D0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{584CC98E-098A-48D6-A772-8850A6AAB53B}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="425">
   <si>
     <t>1991M01</t>
   </si>
   <si>
     <t>1991M02</t>
   </si>
   <si>
     <t>1991M03</t>
   </si>
   <si>
     <t>1991M04</t>
   </si>
   <si>
     <t>1991M05</t>
   </si>
   <si>
     <t>1991M06</t>
   </si>
   <si>
     <t>1991M07</t>
   </si>
   <si>
     <t>1991M08</t>
   </si>
   <si>
@@ -1290,50 +1291,56 @@
     <t>2025M03</t>
   </si>
   <si>
     <t>2025M04</t>
   </si>
   <si>
     <t>2025M05</t>
   </si>
   <si>
     <t>2025M06</t>
   </si>
   <si>
     <t>2025M07</t>
   </si>
   <si>
     <t xml:space="preserve">On 18 June 2025 BoN gave notice of imminent narrowing of the Prime-Repo margin from 3.75 to 3.50 percentage points. In time this will give relief to borrowers. </t>
   </si>
   <si>
     <t>2025M08</t>
   </si>
   <si>
     <t>2025M09</t>
   </si>
   <si>
     <t>From 30 September 2025 the margin becomes 3.625 percentage points, and from 31 December 2025 it becomes 3.50 percentage points.</t>
+  </si>
+  <si>
+    <t>2025M10</t>
+  </si>
+  <si>
+    <t>2025M11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1346,51 +1353,55 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1639,51 +1650,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D422"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A398" workbookViewId="0">
-      <selection activeCell="D422" sqref="D422"/>
+      <selection activeCell="A422" sqref="A422"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>378</v>
       </c>
       <c r="B2" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <v>20.5</v>
       </c>
     </row>
@@ -4997,50 +5008,66 @@
     <row r="417" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A417" t="s">
         <v>418</v>
       </c>
       <c r="B417" s="1">
         <v>6.75</v>
       </c>
       <c r="D417" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="418" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A418" t="s">
         <v>420</v>
       </c>
       <c r="B418" s="1">
         <v>6.75</v>
       </c>
     </row>
     <row r="419" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" s="1">
         <v>6.75</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A420" t="s">
+        <v>423</v>
+      </c>
+      <c r="B420" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A421" t="s">
+        <v>424</v>
+      </c>
+      <c r="B421" s="1">
+        <v>6.5</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.3">
       <c r="D422" t="s">
         <v>383</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>