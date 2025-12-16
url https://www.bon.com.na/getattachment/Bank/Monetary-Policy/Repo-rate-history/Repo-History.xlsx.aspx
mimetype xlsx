--- v1 (2025-11-01)
+++ v2 (2025-12-16)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/hee817_bon_com_na/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="40" documentId="8_{6A6FC5EC-1057-4BEC-82E3-9D00A36D2D0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{584CC98E-098A-48D6-A772-8850A6AAB53B}"/>
+  <xr:revisionPtr revIDLastSave="45" documentId="8_{6A6FC5EC-1057-4BEC-82E3-9D00A36D2D0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E5893A63-4EC3-4701-8E0B-88A784447425}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="427">
   <si>
     <t>1991M01</t>
   </si>
   <si>
     <t>1991M02</t>
   </si>
   <si>
     <t>1991M03</t>
   </si>
   <si>
     <t>1991M04</t>
   </si>
   <si>
     <t>1991M05</t>
   </si>
   <si>
     <t>1991M06</t>
   </si>
   <si>
     <t>1991M07</t>
   </si>
   <si>
     <t>1991M08</t>
   </si>
   <si>
@@ -1297,50 +1297,56 @@
     <t>2025M05</t>
   </si>
   <si>
     <t>2025M06</t>
   </si>
   <si>
     <t>2025M07</t>
   </si>
   <si>
     <t xml:space="preserve">On 18 June 2025 BoN gave notice of imminent narrowing of the Prime-Repo margin from 3.75 to 3.50 percentage points. In time this will give relief to borrowers. </t>
   </si>
   <si>
     <t>2025M08</t>
   </si>
   <si>
     <t>2025M09</t>
   </si>
   <si>
     <t>From 30 September 2025 the margin becomes 3.625 percentage points, and from 31 December 2025 it becomes 3.50 percentage points.</t>
   </si>
   <si>
     <t>2025M10</t>
   </si>
   <si>
     <t>2025M11</t>
+  </si>
+  <si>
+    <t>2025M12</t>
+  </si>
+  <si>
+    <t>2026M1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1647,54 +1653,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D422"/>
+  <dimension ref="A1:D425"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A398" workbookViewId="0">
-      <selection activeCell="A422" sqref="A422"/>
+    <sheetView tabSelected="1" topLeftCell="A403" workbookViewId="0">
+      <selection activeCell="B424" sqref="B424"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>378</v>
       </c>
       <c r="B2" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <v>20.5</v>
       </c>
     </row>
@@ -5027,51 +5033,67 @@
     <row r="419" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" s="1">
         <v>6.75</v>
       </c>
     </row>
     <row r="420" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A420" t="s">
         <v>423</v>
       </c>
       <c r="B420" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D422" t="s">
+      <c r="A422" t="s">
+        <v>425</v>
+      </c>
+      <c r="B422" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A423" t="s">
+        <v>426</v>
+      </c>
+      <c r="B423" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="D425" t="s">
         <v>383</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>