--- v2 (2025-12-16)
+++ v3 (2026-03-18)
@@ -1,72 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/hee817_bon_com_na/Documents/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia-my.sharepoint.com/personal/hee817_bon_com_na/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="45" documentId="8_{6A6FC5EC-1057-4BEC-82E3-9D00A36D2D0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E5893A63-4EC3-4701-8E0B-88A784447425}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{B708A8C0-C1B2-483E-BC8E-0955C0551039}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{819B5097-68DA-4E42-9D40-31FFBC63FAC5}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="429">
   <si>
     <t>1991M01</t>
   </si>
   <si>
     <t>1991M02</t>
   </si>
   <si>
     <t>1991M03</t>
   </si>
   <si>
     <t>1991M04</t>
   </si>
   <si>
     <t>1991M05</t>
   </si>
   <si>
     <t>1991M06</t>
   </si>
   <si>
     <t>1991M07</t>
   </si>
   <si>
     <t>1991M08</t>
   </si>
   <si>
@@ -1303,50 +1302,56 @@
     <t>2025M07</t>
   </si>
   <si>
     <t xml:space="preserve">On 18 June 2025 BoN gave notice of imminent narrowing of the Prime-Repo margin from 3.75 to 3.50 percentage points. In time this will give relief to borrowers. </t>
   </si>
   <si>
     <t>2025M08</t>
   </si>
   <si>
     <t>2025M09</t>
   </si>
   <si>
     <t>From 30 September 2025 the margin becomes 3.625 percentage points, and from 31 December 2025 it becomes 3.50 percentage points.</t>
   </si>
   <si>
     <t>2025M10</t>
   </si>
   <si>
     <t>2025M11</t>
   </si>
   <si>
     <t>2025M12</t>
   </si>
   <si>
     <t>2026M1</t>
+  </si>
+  <si>
+    <t>2026M2</t>
+  </si>
+  <si>
+    <t>2026M3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1359,55 +1364,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1653,54 +1654,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D425"/>
+  <dimension ref="A1:D428"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A403" workbookViewId="0">
-      <selection activeCell="B424" sqref="B424"/>
+      <selection activeCell="F428" sqref="F428"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>378</v>
       </c>
       <c r="B2" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <v>20.5</v>
       </c>
     </row>
@@ -5048,52 +5049,68 @@
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A422" t="s">
         <v>425</v>
       </c>
       <c r="B422" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A423" t="s">
         <v>426</v>
       </c>
       <c r="B423" s="1">
         <v>6.5</v>
       </c>
     </row>
+    <row r="424" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A424" t="s">
+        <v>427</v>
+      </c>
+      <c r="B424" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D425" t="s">
+      <c r="A425" t="s">
+        <v>428</v>
+      </c>
+      <c r="B425" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="D428" t="s">
         <v>383</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>