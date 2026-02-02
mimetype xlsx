--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -2,1012 +2,1011 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Website Uploads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Wedbsite Folder\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6B3A24A2-BFA8-415E-BDB1-1CEBC640018C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2B06A468-9FC9-428D-99BA-C692A940C540}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{23ACF4FE-041E-44C6-A885-02430BC379B9}"/>
+    <workbookView xWindow="28692" yWindow="-108" windowWidth="24216" windowHeight="13716" xr2:uid="{418283D0-4646-4FBB-9EFA-39E0BD9AABD4}"/>
   </bookViews>
   <sheets>
-    <sheet name="June 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Industry_DSIBS" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E84" i="1" l="1"/>
+  <c r="E9" i="1" l="1"/>
+  <c r="E10" i="1"/>
+  <c r="E11" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="E13" i="1"/>
+  <c r="E14" i="1"/>
+  <c r="E15" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="E19" i="1"/>
+  <c r="E20" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="E27" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="E32" i="1"/>
+  <c r="E33" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="E35" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="E38" i="1"/>
+  <c r="E39" i="1"/>
+  <c r="E40" i="1"/>
+  <c r="E41" i="1"/>
+  <c r="E42" i="1"/>
+  <c r="E43" i="1"/>
+  <c r="E45" i="1"/>
+  <c r="E46" i="1"/>
+  <c r="E47" i="1"/>
+  <c r="E48" i="1"/>
+  <c r="E49" i="1"/>
+  <c r="E50" i="1"/>
+  <c r="E51" i="1"/>
+  <c r="E52" i="1"/>
+  <c r="E54" i="1"/>
+  <c r="E55" i="1"/>
+  <c r="E56" i="1"/>
+  <c r="E57" i="1"/>
+  <c r="E58" i="1"/>
+  <c r="E59" i="1"/>
+  <c r="E62" i="1"/>
+  <c r="E64" i="1"/>
+  <c r="E65" i="1"/>
+  <c r="E66" i="1"/>
+  <c r="E68" i="1"/>
+  <c r="E69" i="1"/>
+  <c r="E71" i="1"/>
+  <c r="E72" i="1"/>
+  <c r="E73" i="1"/>
+  <c r="E75" i="1"/>
+  <c r="E77" i="1"/>
+  <c r="E78" i="1"/>
+  <c r="E79" i="1"/>
+  <c r="E80" i="1"/>
+  <c r="E81" i="1"/>
   <c r="E82" i="1"/>
-  <c r="E80" i="1"/>
-[...61 lines deleted...]
-  <c r="E85" i="1" l="1"/>
+  <c r="E84" i="1"/>
+  <c r="E85" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{4C3FBD0C-792F-4A0D-8737-7A20F9AA1A63}">
+    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{B02F8E21-69FC-48B3-ABF6-5E12B6C7B664}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{F3351261-4121-4806-927E-F949797B77FB}">
+    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{421975A4-7498-4A47-82CC-1EC3427CDD90}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{CA61F75E-E973-4EC2-AAED-9AF09CF968EE}">
+    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{34659349-69DE-4F2C-92DA-D2147DD7BF47}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E36" authorId="0" shapeId="0" xr:uid="{9D366AB6-1DDD-4FDC-AB4A-CA32703EF57D}">
+    <comment ref="E36" authorId="0" shapeId="0" xr:uid="{B90CF5C4-DFF0-43A0-941B-55385535A0D9}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E41" authorId="0" shapeId="0" xr:uid="{92EDF639-899B-47CF-9499-1CD5C688D5E3}">
+    <comment ref="E41" authorId="0" shapeId="0" xr:uid="{80AE5A1E-CB76-45E6-B8AD-88F7F9D35319}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E42" authorId="0" shapeId="0" xr:uid="{19FF2586-9DE9-449E-B9C3-2D514E9B4A8F}">
+    <comment ref="E42" authorId="0" shapeId="0" xr:uid="{A9F310EB-62DD-43F2-88B6-EAB36D51C056}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E43" authorId="0" shapeId="0" xr:uid="{29305AA2-D53D-42A5-902C-44A76111F30A}">
+    <comment ref="E43" authorId="0" shapeId="0" xr:uid="{3933B1F2-B96C-4AEB-B41F-99E528471D7D}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{4CC9099F-E098-4D1E-BAAB-5BE3D305899A}">
+    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{5F214B3A-A40B-4E02-861E-8814F27D2C6B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E56" authorId="0" shapeId="0" xr:uid="{D22C6E1B-1110-4502-98FF-F41044E0E258}">
+    <comment ref="E56" authorId="0" shapeId="0" xr:uid="{9E22432F-FCBB-4ED5-ABE5-D4022D82A542}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E57" authorId="0" shapeId="0" xr:uid="{BBB3DB51-8621-41C4-8459-6A1A5B57F410}">
+    <comment ref="E57" authorId="0" shapeId="0" xr:uid="{E4203E4F-FBB6-44DA-BF5C-719F2E48B09E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E58" authorId="0" shapeId="0" xr:uid="{3278B7AC-3DA8-4F53-B36B-277B53219A46}">
+    <comment ref="E58" authorId="0" shapeId="0" xr:uid="{EDFFBD3C-A40D-4D81-AD55-2A261986217F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E59" authorId="0" shapeId="0" xr:uid="{07BBE72D-E1AF-4F0F-A7FF-B3E2DBE21E2D}">
+    <comment ref="E59" authorId="0" shapeId="0" xr:uid="{55F15C19-F487-45F3-8E2F-4B93DC1BD57A}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E62" authorId="0" shapeId="0" xr:uid="{519A0286-3CEE-4D02-A382-25C9866ACDAF}">
+    <comment ref="E62" authorId="0" shapeId="0" xr:uid="{7B4037D0-4D32-4F96-AAAF-3D06F79C8228}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E64" authorId="0" shapeId="0" xr:uid="{CAE7EF34-B1BB-4021-9E0C-889F12A30DC0}">
+    <comment ref="E64" authorId="0" shapeId="0" xr:uid="{0EF78E04-729C-4854-854B-E823060EEF68}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{FB1E35C6-2FE1-4FB9-9718-DEAAD29E199C}">
+    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{6E49F84D-F081-4789-916C-1D07E6152F77}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E68" authorId="0" shapeId="0" xr:uid="{008A1326-5A74-487D-9D78-562C2E685CF8}">
+    <comment ref="E68" authorId="0" shapeId="0" xr:uid="{EC88FBFE-C439-4985-AE5B-FFE789E8A7E3}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{DAFFBE0E-08A8-4411-B122-D9BAC6AF5765}">
+    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{2CED0025-FE4C-4CC1-8D6C-0AEBE718DCE0}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E72" authorId="0" shapeId="0" xr:uid="{1106BDC5-B31C-4C8B-8B24-5A1A3ABB2C7B}">
+    <comment ref="E72" authorId="0" shapeId="0" xr:uid="{DB32CB5A-E44B-4586-8089-0CEA168039C7}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{2B21B0F7-0062-4CE0-8C8A-90FB22FADAD4}">
+    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{04083428-08E9-4536-886F-BCCA3DCF9721}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{5B82463E-FE91-4DA0-B439-350260397C81}">
+    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{49A2A4F5-2E74-4D2C-959D-3D82728BE90C}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E76" authorId="0" shapeId="0" xr:uid="{8A794270-C223-4571-8416-7C39E966DEF3}">
+    <comment ref="E76" authorId="0" shapeId="0" xr:uid="{BFFD9093-3C98-4621-BC4B-856928FFD405}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E77" authorId="0" shapeId="0" xr:uid="{E05B1A58-CD2E-4320-9D20-45CE96731B92}">
+    <comment ref="E77" authorId="0" shapeId="0" xr:uid="{C1EBCB0E-3EB7-4F61-A9D6-B6D44A26038E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{6F9514C9-D1AB-4E76-A8E3-C87A82DFD0BB}">
+    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{FA75E455-C1EA-4102-AD94-7B3AD321C096}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E80" authorId="0" shapeId="0" xr:uid="{17EFE79B-01AC-418C-9452-19E84CDE36C0}">
+    <comment ref="E80" authorId="0" shapeId="0" xr:uid="{5FF929D8-BA7C-4E05-B3F5-FC2A04EA9792}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{EE1FFF96-E206-4603-A84B-F993DD0B1DB2}">
+    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{FAE12A58-A413-4019-889A-5010F2BFDE06}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{B5463828-F8C7-474C-813D-39CED55F5B00}">
+    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{1D8287BD-95E5-4763-ABB9-DC80BCCFC198}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E85" authorId="0" shapeId="0" xr:uid="{578E6493-99BB-421B-A4E6-CAF4970C0AE7}">
+    <comment ref="E85" authorId="0" shapeId="0" xr:uid="{0BB6B837-C21A-4E99-8C8C-2BF0149F462F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="149">
   <si>
-    <t>Consolidated Return on Capital Adequacy Ratio</t>
-[...19 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
-    <t>Item (s)</t>
-[...57 lines deleted...]
-    <t>Sub total of CET 1 capital ( sum of line item 1 to item 7)</t>
+    <t>Tier 1 leverage ratio (line item 54 divided by line item 129) (Minimum of 6%) - Basel III</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>Gross assets (total assets plus general and specific provisions and off-balance sheet exposures)</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>Other Capital Measures - Basel III</t>
+  </si>
+  <si>
+    <t>Counter cyclical buffer (2.5% of aggregated risk-weighted assets)</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Capital conservation buffer (Line item 105 divided by line item 119) (Commence at 0.625% to reach
+final level of 2.5%)</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>Total risk-weighted capital ratio (including additional capital buffer specified)</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>Additional capital buffers as may be specified by the regulator from time to time</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>Tier 2 capital ratio (line item 80 divided by line item 105) (Maximum of 2.5%)</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>Eligible tier 1 capital ratio (Line item 54 divided by line item 105) (Minimum of 7.5%)</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>Additional tier 1 capital ratio (line item 53 divided by line item 105) (Maximum of 1.5%)</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>CET 1 Capital Ratio (line item 21 divided by line item 105) (Minimum of 6%)</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>OF WHICH:</t>
+  </si>
+  <si>
+    <t>Basel III total eligible capital ratio (the sum of item 94 divided by line item 105) (Minimum of 10.0%)</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>Capital conservation buffer amount(CET1 capital-minimum capital conservation amount)</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Basel III total eligible capital (the sum of item 54 and 80)</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>Aggregate risk-weighted assets (sum of line items 97; 101; and 103) - Basel III</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Calibrated risk-weighted amount for market risk - Basel III</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>3. Market Risk: Standardized Approach</t>
+  </si>
+  <si>
+    <t>Total calibrated risk-weighted amount for operational risk -Basel III</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>2(b). The Standardized Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>2(a). Basic Indicator Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>2. Operational Risk (see Note 5):</t>
+  </si>
+  <si>
+    <t>Total risk-weighted amount for credit risk - Basel III</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>1. Credit Risk: Standardized Approach (including RW equivalent for Off-balance sheet exposures)</t>
+  </si>
+  <si>
+    <t>Computation of Risk-Weighted Assets</t>
+  </si>
+  <si>
+    <t>Minimum Capital Conservation Amount</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Total eligible capital (the sum of item 54 and 80)- Basel III</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Net total tier 2 capital (line item 76 less 79)</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction Line item 77 to 78)</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Deduct any other deductible items that do not meet criteria for CET1 and for AT 1</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>Deduct 50% of securitization exposure where the applicable risk weight has not been applied</t>
+  </si>
+  <si>
+    <t>77</t>
   </si>
   <si>
     <t>Regulatory adjustments/Deduction</t>
   </si>
   <si>
-    <t>9</t>
-[...17 lines deleted...]
-    <t>12</t>
+    <t>Sub total tier 2 capital (Sum of line item 69 to 75)</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of Tier 2 capital (further clarity is given in Section 11 &amp;
+12 of BID-5A)</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>Surplus arising from revaluation of land building that meet conditions explained  in Section 10 (f) of BID-5A</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>Unaudited interim profits (will be phased out over a period of five years from the implementation date of
+Basel III starting early 2019)</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>Certain loan loss provisions as specified in Section 10 of BID-5A</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>Instrument issued by consolidated subsidiaries of the bank and held by the third parties that meets the
+criteria for inclusion in tier 2 capital and are not included in tier 1 capital</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>Share premium (Stock surplus) resulting from the issue of instruments included in Tier 2 capital</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Instruments issued by the bank that meet the criteria for inclusion in Tier 2 Capital  and (are not included
+in Tier 1 capital)</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Tier 2 Capital Instruments - Basel III</t>
+  </si>
+  <si>
+    <t>Total eligible tier 1 capital (the sum of item 21 and item 53 )</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Net total additional tier 1 capital - (line item 48 less line item 52)</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction Line item 49 to 51)</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in the capital of banking, financial and insurance entities that are out side the scope of
+regulatory consolidation and where the bank does not own 20% or more of issued common capital of the
+entity (that does not meet criteria CET 1 capital)</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in own shares not meeting the  criteria for CET1 capital</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Sub total of additional tier 1 capital (AT 1) (Sum of line item 44 to 47 )</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of Additional Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Instrument issued by consolidated subsidiaries of
+the bank and held by the third parties that meets the criteria for inclusion in Additional Tier 1 Capital and
+are not included in Common Equity Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Share premium resulting from the issue of instruments included in Additional Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Instrument issued by the bank that meets the criteria for inclusion in Additional Tier 1 Capital (and are not
+included in Common Equity Tier 1 Capital)</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Additional Tier 1 Capital (AT1) Instruments - Basel III (BID-5A)</t>
+  </si>
+  <si>
+    <t>Net total CET 1 capital (line item 8 less line item 20)</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction (Line item 9 to 19)</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Deduct:  Threshold deductions</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Deduct: Significant investment in the capital of banking, financial and insurance that are outside the scope
+of regulatory consolidation</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in the capital of banking, financial and insurance entities that are outside the scope of
+regulatory consolidation and where the bank does not own 20% or more of the issued common share
+capital of the entity</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Deduct: Reciprocal cross holdings in the capital of banking, financial and insurance entities</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in own shares(Treasury stock)</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Deduct: Defined benefit pension fund assets and liabilities</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Deduct: Cumulative gains and losses due to change in own credit risk on fair valued financial liabilities</t>
+  </si>
+  <si>
+    <t>13</t>
   </si>
   <si>
     <t>Deduct: Gain on sale related to securitization transactions (derecognize any increase in equity capital
 resulting from securitization transaction, such as that associated with expected future margin income
 resulting in a gain on sale)</t>
   </si>
   <si>
-    <t>13</t>
-[...348 lines deleted...]
-    <t>Tier 1 leverage ratio (line item 54 divided by line item 129) (Minimum of 6%) - Basel III</t>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Deduct: Cash flow hedge reserves</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Deduct: Deferred tax assets</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Deduct: Goodwill and other intangibles (except mortgage servicing rights)</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Sub total of CET 1 capital ( sum of line item 1 to item 7)</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of CET 1 Capital due to capital shortfall on AT1 and Tier
+2 capital</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Ordinary shares issued by consolidated subsidiaries of the bank and held by the third  parties that meet
+the criteria for inclusion in the CET 1 Capital</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Current year's interim profits that satisfy all conditions set out in paragraph 10.1 (e) of BID-5A</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Accumulated other comprehensive income and other disclosed reserves , excluding revaluation of surplus
+on land and building assets</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Retained earnings after deducting any interim audited loss or final dividend which have been declared by
+the board of the bank on any class of shares</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Share premium resulting from the issue of Ordinary shares included in CET 1</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Ordinary shares (Paid-Up Equity Capital) issued by banks</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Common Equity Tier 1 (CET1) - Basel III (BID-5A)</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Item (s)</t>
+  </si>
+  <si>
+    <t>Item No.</t>
+  </si>
+  <si>
+    <t>Basel III</t>
+  </si>
+  <si>
+    <t>Basel II / Basel III</t>
+  </si>
+  <si>
+    <t>Individual Bank</t>
+  </si>
+  <si>
+    <t>Type of Organization</t>
+  </si>
+  <si>
+    <t>(All amounts to be rounded off to the nearest N$'000)</t>
+  </si>
+  <si>
+    <t>Consolidated Return on Capital Adequacy Ratio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1041,792 +1040,852 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\June%202025\Output%20Tables\401%20DSIBS%20Worksheet.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Supervison/Reg&amp;anal/WEBSITE%20DATA/Excel%20document%202019/Aggregated%20industry/Exxcel%20Documents%202025/June%202025/Output%20Tables/401%20DSIBS%20Worksheet.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\September%202025\401%20DSIBS%20Worksheet.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Supervison/Reg&amp;anal/WEBSITE%20DATA/Excel%20document%202019/Aggregated%20industry/Exxcel%20Documents%202025/September%202025/401%20DSIBS%20Worksheet.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
-      <sheetName val="Industry_DSIBS"/>
-[...3 lines deleted...]
-      <sheetName val="SBN_Jun 25"/>
+      <sheetName val="BWHK_Sept 25"/>
+      <sheetName val="FNB_Sept 25"/>
+      <sheetName val="NBN_Sep 25"/>
+      <sheetName val="SBN_Sept 25"/>
     </sheetNames>
     <sheetDataSet>
-      <sheetData sheetId="0" refreshError="1"/>
+      <sheetData sheetId="0">
+        <row r="9">
+          <cell r="E9">
+            <v>4920</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="E10">
+            <v>480080</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="E11">
+            <v>45051</v>
+          </cell>
+        </row>
+        <row r="12">
+          <cell r="E12">
+            <v>7222634</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="E13">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="14">
+          <cell r="E14">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="E15">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="E16">
+            <v>7752685</v>
+          </cell>
+        </row>
+        <row r="18">
+          <cell r="E18">
+            <v>509578</v>
+          </cell>
+        </row>
+        <row r="19">
+          <cell r="E19">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="20">
+          <cell r="E20">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="21">
+          <cell r="E21">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="22">
+          <cell r="E22">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="23">
+          <cell r="E23">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="24">
+          <cell r="E24">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="25">
+          <cell r="E25">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="E26">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="27">
+          <cell r="E27">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="28">
+          <cell r="E28">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="29">
+          <cell r="E29">
+            <v>509578</v>
+          </cell>
+        </row>
+        <row r="30">
+          <cell r="E30">
+            <v>7243107</v>
+          </cell>
+        </row>
+        <row r="32">
+          <cell r="E32">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="33">
+          <cell r="E33">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="34">
+          <cell r="E34">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="35">
+          <cell r="E35">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="36">
+          <cell r="E36">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="38">
+          <cell r="E38">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="39">
+          <cell r="E39">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="40">
+          <cell r="E40">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="41">
+          <cell r="E41">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="42">
+          <cell r="E42">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="43">
+          <cell r="E43">
+            <v>7243107</v>
+          </cell>
+        </row>
+        <row r="45">
+          <cell r="E45">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="46">
+          <cell r="E46">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="47">
+          <cell r="E47">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="48">
+          <cell r="E48">
+            <v>350327</v>
+          </cell>
+        </row>
+        <row r="49">
+          <cell r="E49">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="50">
+          <cell r="E50">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="51">
+          <cell r="E51">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="52">
+          <cell r="E52">
+            <v>350327</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="E54">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="55">
+          <cell r="E55">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="56">
+          <cell r="E56">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="57">
+          <cell r="E57">
+            <v>350327</v>
+          </cell>
+        </row>
+        <row r="58">
+          <cell r="E58">
+            <v>7593434</v>
+          </cell>
+        </row>
+        <row r="59">
+          <cell r="E59">
+            <v>1106272.2822499999</v>
+          </cell>
+        </row>
+        <row r="62">
+          <cell r="E62">
+            <v>38242467.25</v>
+          </cell>
+        </row>
+        <row r="65">
+          <cell r="E65">
+            <v>5522557.5</v>
+          </cell>
+        </row>
+        <row r="66">
+          <cell r="E66">
+            <v>5522557.5</v>
+          </cell>
+        </row>
+        <row r="68">
+          <cell r="E68">
+            <v>485866.54</v>
+          </cell>
+        </row>
+        <row r="69">
+          <cell r="E69">
+            <v>44250891.289999999</v>
+          </cell>
+        </row>
+        <row r="71">
+          <cell r="E71">
+            <v>7593434</v>
+          </cell>
+        </row>
+        <row r="72">
+          <cell r="E72">
+            <v>6136834.7177499998</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>0.17159957186480435</v>
+          </cell>
+        </row>
+        <row r="79">
+          <cell r="E79">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="80">
+          <cell r="E80">
+            <v>0.17159957186480435</v>
+          </cell>
+        </row>
+        <row r="82">
+          <cell r="E82">
+            <v>1106272.28</v>
+          </cell>
+        </row>
+        <row r="84">
+          <cell r="E84">
+            <v>63915184</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="1">
         <row r="9">
           <cell r="E9">
-            <v>4920</v>
+            <v>1</v>
           </cell>
         </row>
         <row r="10">
           <cell r="E10">
-            <v>480080</v>
+            <v>1142791</v>
           </cell>
         </row>
         <row r="11">
           <cell r="E11">
-            <v>45051</v>
+            <v>4815878</v>
           </cell>
         </row>
         <row r="12">
           <cell r="E12">
-            <v>7712634</v>
-[...14 lines deleted...]
-            <v>0</v>
+            <v>2915</v>
           </cell>
         </row>
         <row r="16">
           <cell r="E16">
-            <v>8242685</v>
+            <v>5961585</v>
           </cell>
         </row>
         <row r="18">
           <cell r="E18">
-            <v>500054</v>
-[...49 lines deleted...]
-            <v>0</v>
+            <v>59281</v>
           </cell>
         </row>
         <row r="29">
           <cell r="E29">
-            <v>500054</v>
+            <v>59281</v>
           </cell>
         </row>
         <row r="30">
           <cell r="E30">
-            <v>7742631</v>
-[...49 lines deleted...]
-            <v>0</v>
+            <v>5902304</v>
           </cell>
         </row>
         <row r="43">
           <cell r="E43">
-            <v>7742631</v>
+            <v>5902304</v>
           </cell>
         </row>
         <row r="45">
           <cell r="E45">
-            <v>0</v>
-[...9 lines deleted...]
-            <v>0</v>
+            <v>500000</v>
           </cell>
         </row>
         <row r="48">
           <cell r="E48">
-            <v>309591</v>
-[...14 lines deleted...]
-            <v>0</v>
+            <v>423881</v>
           </cell>
         </row>
         <row r="52">
           <cell r="E52">
-            <v>309591</v>
-[...14 lines deleted...]
-            <v>0</v>
+            <v>923881</v>
           </cell>
         </row>
         <row r="57">
           <cell r="E57">
-            <v>309591</v>
+            <v>923881</v>
           </cell>
         </row>
         <row r="58">
           <cell r="E58">
-            <v>8052222</v>
+            <v>6826185</v>
           </cell>
         </row>
         <row r="59">
           <cell r="E59">
-            <v>1121780.3589999999</v>
+            <v>1038117.296</v>
           </cell>
         </row>
         <row r="62">
           <cell r="E62">
-            <v>38967418.549999997</v>
+            <v>33910481.505000003</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>5357891.8</v>
+            <v>7480317.5999999996</v>
           </cell>
         </row>
         <row r="66">
           <cell r="E66">
-            <v>5357891.8</v>
+            <v>7480317.5999999996</v>
           </cell>
         </row>
         <row r="68">
           <cell r="E68">
-            <v>545903.99</v>
+            <v>133892.73499999999</v>
           </cell>
         </row>
         <row r="69">
           <cell r="E69">
-            <v>44871214.340000004</v>
+            <v>41524691.840000004</v>
           </cell>
         </row>
         <row r="71">
           <cell r="E71">
-            <v>8052222</v>
+            <v>6826185</v>
           </cell>
         </row>
         <row r="72">
           <cell r="E72">
-            <v>6620850.642</v>
+            <v>4864186.7039999999</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>0.16438857695325404</v>
           </cell>
         </row>
         <row r="79">
           <cell r="E79">
             <v>0</v>
           </cell>
         </row>
         <row r="80">
           <cell r="E80">
-            <v>17.95</v>
+            <v>0.16438857695325404</v>
           </cell>
         </row>
         <row r="82">
           <cell r="E82">
-            <v>1121780.3600000001</v>
+            <v>1038117.3</v>
           </cell>
         </row>
         <row r="84">
           <cell r="E84">
-            <v>63979231</v>
+            <v>62032636</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="9">
           <cell r="E9">
-            <v>1</v>
+            <v>13940</v>
           </cell>
         </row>
         <row r="10">
           <cell r="E10">
-            <v>1142791</v>
+            <v>48671</v>
           </cell>
         </row>
         <row r="11">
           <cell r="E11">
-            <v>5548802</v>
+            <v>2302964</v>
           </cell>
         </row>
         <row r="12">
           <cell r="E12">
-            <v>2915</v>
+            <v>3</v>
           </cell>
         </row>
         <row r="16">
           <cell r="E16">
-            <v>6694509</v>
+            <v>2365578</v>
           </cell>
         </row>
         <row r="18">
           <cell r="E18">
-            <v>55215</v>
+            <v>47309</v>
           </cell>
         </row>
         <row r="29">
           <cell r="E29">
-            <v>55215</v>
+            <v>47309</v>
           </cell>
         </row>
         <row r="30">
           <cell r="E30">
-            <v>6639294</v>
+            <v>2318269</v>
+          </cell>
+        </row>
+        <row r="32">
+          <cell r="E32">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="33">
+          <cell r="E33">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="34">
+          <cell r="E34">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="35">
+          <cell r="E35">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="36">
+          <cell r="E36">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="38">
+          <cell r="E38">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="39">
+          <cell r="E39">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="40">
+          <cell r="E40">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="41">
+          <cell r="E41">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="42">
+          <cell r="E42">
+            <v>0</v>
           </cell>
         </row>
         <row r="43">
           <cell r="E43">
-            <v>6639294</v>
+            <v>2318269</v>
           </cell>
         </row>
         <row r="45">
           <cell r="E45">
-            <v>500000</v>
+            <v>259249</v>
           </cell>
         </row>
         <row r="48">
           <cell r="E48">
-            <v>398208</v>
+            <v>112035</v>
+          </cell>
+        </row>
+        <row r="49">
+          <cell r="E49">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="50">
+          <cell r="E50">
+            <v>13358</v>
           </cell>
         </row>
         <row r="52">
           <cell r="E52">
-            <v>898208</v>
+            <v>384642</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="E54">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="55">
+          <cell r="E55">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="56">
+          <cell r="E56">
+            <v>0</v>
           </cell>
         </row>
         <row r="57">
           <cell r="E57">
-            <v>898208</v>
+            <v>384642</v>
           </cell>
         </row>
         <row r="58">
           <cell r="E58">
-            <v>7537502</v>
+            <v>2702911</v>
           </cell>
         </row>
         <row r="59">
           <cell r="E59">
-            <v>980675.69209999999</v>
+            <v>385284.94624999998</v>
           </cell>
         </row>
         <row r="62">
           <cell r="E62">
-            <v>31856605.57</v>
+            <v>13381851.449999999</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>7292240.4000000004</v>
+            <v>2005879.4</v>
           </cell>
         </row>
         <row r="66">
           <cell r="E66">
-            <v>7292240.4000000004</v>
+            <v>2005879.4</v>
           </cell>
         </row>
         <row r="68">
           <cell r="E68">
-            <v>78181.72</v>
+            <v>23667</v>
           </cell>
         </row>
         <row r="69">
           <cell r="E69">
-            <v>39227027.689999998</v>
+            <v>15411397.85</v>
           </cell>
         </row>
         <row r="71">
           <cell r="E71">
-            <v>7537502</v>
+            <v>2702911</v>
           </cell>
         </row>
         <row r="72">
           <cell r="E72">
-            <v>5658618.3080000002</v>
+            <v>1932984.05375</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>0.17538389614670807</v>
           </cell>
         </row>
         <row r="79">
           <cell r="E79">
             <v>0</v>
           </cell>
         </row>
         <row r="80">
           <cell r="E80">
-            <v>19.22</v>
+            <v>0.17538389614670807</v>
           </cell>
         </row>
         <row r="82">
           <cell r="E82">
-            <v>980675.69</v>
+            <v>385284.95</v>
           </cell>
         </row>
         <row r="84">
           <cell r="E84">
-            <v>57947120</v>
+            <v>25319839</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3">
         <row r="9">
           <cell r="E9">
-            <v>13940</v>
-[...155 lines deleted...]
-          <cell r="E9">
             <v>2000</v>
           </cell>
         </row>
         <row r="10">
           <cell r="E10">
             <v>592100</v>
           </cell>
         </row>
         <row r="11">
           <cell r="E11">
-            <v>3817537</v>
+            <v>3537042</v>
           </cell>
         </row>
         <row r="12">
           <cell r="E12">
-            <v>199637</v>
+            <v>201578</v>
           </cell>
         </row>
         <row r="13">
           <cell r="E13">
             <v>0</v>
           </cell>
         </row>
         <row r="14">
           <cell r="E14">
             <v>0</v>
           </cell>
         </row>
         <row r="15">
           <cell r="E15">
             <v>0</v>
           </cell>
         </row>
         <row r="16">
           <cell r="E16">
-            <v>4611274</v>
+            <v>4332720</v>
           </cell>
         </row>
         <row r="18">
           <cell r="E18">
-            <v>342261</v>
+            <v>326854</v>
           </cell>
         </row>
         <row r="19">
           <cell r="E19">
-            <v>76921</v>
+            <v>97423</v>
           </cell>
         </row>
         <row r="20">
           <cell r="E20">
             <v>0</v>
           </cell>
         </row>
         <row r="21">
           <cell r="E21">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="E22">
             <v>0</v>
           </cell>
         </row>
         <row r="23">
           <cell r="E23">
-            <v>143149</v>
+            <v>144975</v>
           </cell>
         </row>
         <row r="24">
           <cell r="E24">
             <v>0</v>
           </cell>
         </row>
         <row r="25">
           <cell r="E25">
             <v>0</v>
           </cell>
         </row>
         <row r="26">
           <cell r="E26">
             <v>0</v>
           </cell>
         </row>
         <row r="27">
           <cell r="E27">
             <v>0</v>
           </cell>
         </row>
         <row r="28">
           <cell r="E28">
             <v>0</v>
           </cell>
         </row>
         <row r="29">
           <cell r="E29">
-            <v>562331</v>
+            <v>569252</v>
           </cell>
         </row>
         <row r="30">
           <cell r="E30">
-            <v>4048943</v>
+            <v>3763468</v>
           </cell>
         </row>
         <row r="32">
           <cell r="E32">
             <v>0</v>
           </cell>
         </row>
         <row r="33">
           <cell r="E33">
             <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="E34">
             <v>0</v>
           </cell>
         </row>
         <row r="35">
           <cell r="E35">
             <v>0</v>
           </cell>
         </row>
         <row r="36">
           <cell r="E36">
             <v>0</v>
@@ -1837,176 +1896,181 @@
             <v>0</v>
           </cell>
         </row>
         <row r="39">
           <cell r="E39">
             <v>0</v>
           </cell>
         </row>
         <row r="40">
           <cell r="E40">
             <v>0</v>
           </cell>
         </row>
         <row r="41">
           <cell r="E41">
             <v>0</v>
           </cell>
         </row>
         <row r="42">
           <cell r="E42">
             <v>0</v>
           </cell>
         </row>
         <row r="43">
           <cell r="E43">
-            <v>4048943</v>
+            <v>3763468</v>
           </cell>
         </row>
         <row r="45">
           <cell r="E45">
             <v>250000</v>
           </cell>
         </row>
         <row r="46">
           <cell r="E46">
             <v>0</v>
           </cell>
         </row>
         <row r="47">
           <cell r="E47">
             <v>0</v>
           </cell>
         </row>
         <row r="48">
           <cell r="E48">
-            <v>284734</v>
+            <v>289914</v>
           </cell>
         </row>
         <row r="49">
           <cell r="E49">
             <v>0</v>
           </cell>
         </row>
         <row r="50">
           <cell r="E50">
             <v>0</v>
           </cell>
         </row>
         <row r="51">
           <cell r="E51">
             <v>0</v>
           </cell>
         </row>
         <row r="52">
           <cell r="E52">
-            <v>534734</v>
+            <v>539914</v>
           </cell>
         </row>
         <row r="54">
           <cell r="E54">
             <v>0</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
             <v>0</v>
           </cell>
         </row>
         <row r="56">
           <cell r="E56">
             <v>0</v>
           </cell>
         </row>
         <row r="57">
           <cell r="E57">
-            <v>534734</v>
+            <v>539914</v>
           </cell>
         </row>
         <row r="58">
           <cell r="E58">
-            <v>4583677</v>
+            <v>4303382</v>
           </cell>
         </row>
         <row r="59">
           <cell r="E59">
-            <v>682382.06799999997</v>
+            <v>696568.84025000001</v>
           </cell>
         </row>
         <row r="62">
           <cell r="E62">
-            <v>22778688.199999999</v>
+            <v>23193152.949999999</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>4508462.3</v>
+            <v>4656727</v>
           </cell>
         </row>
         <row r="66">
           <cell r="E66">
-            <v>4508462.3</v>
+            <v>4656727</v>
           </cell>
         </row>
         <row r="68">
           <cell r="E68">
-            <v>8132.22</v>
+            <v>12873.66</v>
           </cell>
         </row>
         <row r="69">
           <cell r="E69">
-            <v>27295282.719999999</v>
+            <v>27862753.609999999</v>
           </cell>
         </row>
         <row r="71">
           <cell r="E71">
-            <v>4583677</v>
+            <v>4303382</v>
           </cell>
         </row>
         <row r="72">
           <cell r="E72">
-            <v>3366560.932</v>
+            <v>3066899.1597500001</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>0.15444927160593011</v>
           </cell>
         </row>
         <row r="79">
           <cell r="E79">
             <v>0</v>
           </cell>
         </row>
         <row r="80">
           <cell r="E80">
-            <v>16.79</v>
+            <v>0.15444927160593011</v>
           </cell>
         </row>
         <row r="82">
           <cell r="E82">
-            <v>682382.07</v>
+            <v>696568.84</v>
           </cell>
         </row>
         <row r="84">
           <cell r="E84">
-            <v>42716360</v>
+            <v>44926912</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -2291,1507 +2355,1503 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B93E4471-EC73-472A-9145-49B62C85E68F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DADEA196-4A29-491D-A119-CB0BC7A6CBFD}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
-  <dimension ref="A1:F85"/>
+  <dimension ref="A1:E85"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A75" workbookViewId="0">
-      <selection activeCell="E90" sqref="E90"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.5546875" customWidth="1"/>
     <col min="2" max="2" width="19.5546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="96.21875" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="19.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="15" width="19.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.5">
-      <c r="A1" s="1" t="s">
-        <v>0</v>
+      <c r="A1" s="9" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>1</v>
+        <v>147</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>146</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>144</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>142</v>
       </c>
       <c r="B7" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C7" t="s">
-        <v>8</v>
+        <v>141</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B8" t="s">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="D8" s="11"/>
+        <v>0</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="D8" s="7"/>
       <c r="E8" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>0</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>137</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E9+'[1]FNB_Jun 25'!E9+'[1]NBN_Jun 25'!E9+'[1]SBN_Jun 25'!E9)</f>
+        <v>0</v>
+      </c>
+      <c r="E9" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E9+'[1]FNB_Sept 25'!E9+'[1]NBN_Sep 25'!E9+'[1]SBN_Sept 25'!E9)</f>
         <v>20861</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
       <c r="B10" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>0</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>135</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E10+'[1]FNB_Jun 25'!E10+'[1]NBN_Jun 25'!E10+'[1]SBN_Jun 25'!E10)</f>
+        <v>0</v>
+      </c>
+      <c r="E10" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E10+'[1]FNB_Sept 25'!E10+'[1]NBN_Sep 25'!E10+'[1]SBN_Sept 25'!E10)</f>
         <v>2263642</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="B11" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>0</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>133</v>
       </c>
       <c r="D11" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>11509152</v>
+        <v>0</v>
+      </c>
+      <c r="E11" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E11+'[1]FNB_Sept 25'!E11+'[1]NBN_Sep 25'!E11+'[1]SBN_Sept 25'!E11)</f>
+        <v>10700935</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="B12" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>0</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>131</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>7915274</v>
+        <v>0</v>
+      </c>
+      <c r="E12" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E12+'[1]FNB_Sept 25'!E12+'[1]NBN_Sep 25'!E12+'[1]SBN_Sept 25'!E12)</f>
+        <v>7427130</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>130</v>
       </c>
       <c r="B13" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>0</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>129</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E13+'[1]FNB_Jun 25'!E13+'[1]NBN_Jun 25'!E13+'[1]SBN_Jun 25'!E13)</f>
+        <v>0</v>
+      </c>
+      <c r="E13" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E13+'[1]FNB_Sept 25'!E13+'[1]NBN_Sep 25'!E13+'[1]SBN_Sept 25'!E13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="B14" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E14+'[1]FNB_Jun 25'!E14+'[1]NBN_Jun 25'!E14+'[1]SBN_Jun 25'!E14)</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="6">
+        <f>SUM('[1]BWHK_Sept 25'!E14+'[1]FNB_Sept 25'!E14+'[1]NBN_Sep 25'!E14+'[1]SBN_Sept 25'!E14)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="B15" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>0</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>125</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E15+'[1]FNB_Jun 25'!E15+'[1]NBN_Jun 25'!E15+'[1]SBN_Jun 25'!E15)</f>
+        <v>0</v>
+      </c>
+      <c r="E15" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E15+'[1]FNB_Sept 25'!E15+'[1]NBN_Sep 25'!E15+'[1]SBN_Sept 25'!E15)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>21708929</v>
+        <v>0</v>
+      </c>
+      <c r="E16" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E16+'[1]FNB_Sept 25'!E16+'[1]NBN_Sep 25'!E16+'[1]SBN_Sept 25'!E16)</f>
+        <v>20412568</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B17" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C17" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E17" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>940898</v>
+        <v>0</v>
+      </c>
+      <c r="E18" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E18+'[1]FNB_Sept 25'!E18+'[1]NBN_Sep 25'!E18+'[1]SBN_Sept 25'!E18)</f>
+        <v>943022</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C19" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>76921</v>
+        <v>0</v>
+      </c>
+      <c r="E19" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E19+'[1]FNB_Sept 25'!E19+'[1]NBN_Sep 25'!E19+'[1]SBN_Sept 25'!E19)</f>
+        <v>97423</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="B20" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E20+'[1]FNB_Jun 25'!E20+'[1]NBN_Jun 25'!E20+'[1]SBN_Jun 25'!E20)</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E20+'[1]FNB_Sept 25'!E20+'[1]NBN_Sep 25'!E20+'[1]SBN_Sept 25'!E20)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E21+'[1]FNB_Jun 25'!E21+'[1]NBN_Jun 25'!E21+'[1]SBN_Jun 25'!E21)</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E21+'[1]FNB_Sept 25'!E21+'[1]NBN_Sep 25'!E21+'[1]SBN_Sept 25'!E21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>36</v>
+        <v>114</v>
       </c>
       <c r="B22" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="D22" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E22+'[1]FNB_Jun 25'!E22+'[1]NBN_Jun 25'!E22+'[1]SBN_Jun 25'!E22)</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E22+'[1]FNB_Sept 25'!E22+'[1]NBN_Sep 25'!E22+'[1]SBN_Sept 25'!E22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="B23" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>143149</v>
+        <v>0</v>
+      </c>
+      <c r="E23" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E23+'[1]FNB_Sept 25'!E23+'[1]NBN_Sep 25'!E23+'[1]SBN_Sept 25'!E23)</f>
+        <v>144975</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E24+'[1]FNB_Jun 25'!E24+'[1]NBN_Jun 25'!E24+'[1]SBN_Jun 25'!E24)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E24+'[1]FNB_Sept 25'!E24+'[1]NBN_Sep 25'!E24+'[1]SBN_Sept 25'!E24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E25+'[1]FNB_Jun 25'!E25+'[1]NBN_Jun 25'!E25+'[1]SBN_Jun 25'!E25)</f>
+        <v>0</v>
+      </c>
+      <c r="E25" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E25+'[1]FNB_Sept 25'!E25+'[1]NBN_Sep 25'!E25+'[1]SBN_Sept 25'!E25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>44</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C26" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="D26" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E26+'[1]FNB_Jun 25'!E26+'[1]NBN_Jun 25'!E26+'[1]SBN_Jun 25'!E26)</f>
+        <v>0</v>
+      </c>
+      <c r="E26" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E26+'[1]FNB_Sept 25'!E26+'[1]NBN_Sep 25'!E26+'[1]SBN_Sept 25'!E26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E27+'[1]FNB_Jun 25'!E27+'[1]NBN_Jun 25'!E27+'[1]SBN_Jun 25'!E27)</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E27+'[1]FNB_Sept 25'!E27+'[1]NBN_Sep 25'!E27+'[1]SBN_Sept 25'!E27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>48</v>
+        <v>102</v>
       </c>
       <c r="B28" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C28" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E28+'[1]FNB_Jun 25'!E28+'[1]NBN_Jun 25'!E28+'[1]SBN_Jun 25'!E28)</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E28+'[1]FNB_Sept 25'!E28+'[1]NBN_Sep 25'!E28+'[1]SBN_Sept 25'!E28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="B29" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>1160968</v>
+        <v>0</v>
+      </c>
+      <c r="E29" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E29+'[1]FNB_Sept 25'!E29+'[1]NBN_Sep 25'!E29+'[1]SBN_Sept 25'!E29)</f>
+        <v>1185420</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="B30" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C30" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="D30" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>20547961</v>
+        <v>0</v>
+      </c>
+      <c r="E30" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E30+'[1]FNB_Sept 25'!E30+'[1]NBN_Sep 25'!E30+'[1]SBN_Sept 25'!E30)</f>
+        <v>19227148</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B31" t="s">
-        <v>7</v>
-[...5 lines deleted...]
-      <c r="E31" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="5"/>
+      <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E32" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E32+'[1]FNB_Sept 25'!E32+'[1]NBN_Sep 25'!E32+'[1]SBN_Sept 25'!E32)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E33" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E33+'[1]FNB_Sept 25'!E33+'[1]NBN_Sep 25'!E33+'[1]SBN_Sept 25'!E33)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" t="s">
+        <v>0</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E34" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E34+'[1]FNB_Sept 25'!E34+'[1]NBN_Sep 25'!E34+'[1]SBN_Sept 25'!E34)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" t="s">
+        <v>0</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E35" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E35+'[1]FNB_Sept 25'!E35+'[1]NBN_Sep 25'!E35+'[1]SBN_Sept 25'!E35)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" t="s">
+        <v>87</v>
+      </c>
+      <c r="B36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" t="s">
+        <v>0</v>
+      </c>
+      <c r="E36" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E36+'[1]FNB_Sept 25'!E36+'[1]NBN_Sep 25'!E36+'[1]SBN_Sept 25'!E36)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" t="s">
+        <v>0</v>
+      </c>
+      <c r="B37" t="s">
+        <v>0</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D37" t="s">
+        <v>0</v>
+      </c>
+      <c r="E37" s="3"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" t="s">
+        <v>85</v>
+      </c>
+      <c r="B38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D38" t="s">
+        <v>0</v>
+      </c>
+      <c r="E38" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E38+'[1]FNB_Sept 25'!E38+'[1]NBN_Sep 25'!E38+'[1]SBN_Sept 25'!E38)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" t="s">
+        <v>0</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" t="s">
+        <v>0</v>
+      </c>
+      <c r="E39" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E39+'[1]FNB_Sept 25'!E39+'[1]NBN_Sep 25'!E39+'[1]SBN_Sept 25'!E39)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="B32" t="s">
-[...107 lines deleted...]
-      <c r="C38" s="3" t="s">
+      <c r="D40" t="s">
+        <v>0</v>
+      </c>
+      <c r="E40" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E40+'[1]FNB_Sept 25'!E40+'[1]NBN_Sep 25'!E40+'[1]SBN_Sept 25'!E40)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" t="s">
+        <v>80</v>
+      </c>
+      <c r="B41" t="s">
+        <v>0</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D41" t="s">
+        <v>0</v>
+      </c>
+      <c r="E41" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E41+'[1]FNB_Sept 25'!E41+'[1]NBN_Sep 25'!E41+'[1]SBN_Sept 25'!E41)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" t="s">
+        <v>77</v>
+      </c>
+      <c r="D42" t="s">
+        <v>0</v>
+      </c>
+      <c r="E42" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E42+'[1]FNB_Sept 25'!E42+'[1]NBN_Sep 25'!E42+'[1]SBN_Sept 25'!E42)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" t="s">
+        <v>0</v>
+      </c>
+      <c r="C43" t="s">
+        <v>75</v>
+      </c>
+      <c r="D43" t="s">
+        <v>0</v>
+      </c>
+      <c r="E43" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E43+'[1]FNB_Sept 25'!E43+'[1]NBN_Sep 25'!E43+'[1]SBN_Sept 25'!E43)</f>
+        <v>19227148</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" t="s">
+        <v>0</v>
+      </c>
+      <c r="B44" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D44" s="5"/>
+      <c r="E44" s="3"/>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" t="s">
+        <v>73</v>
+      </c>
+      <c r="B45" t="s">
+        <v>0</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E45" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E45+'[1]FNB_Sept 25'!E45+'[1]NBN_Sep 25'!E45+'[1]SBN_Sept 25'!E45)</f>
+        <v>1009249</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" t="s">
+        <v>71</v>
+      </c>
+      <c r="B46" t="s">
+        <v>0</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E46" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E46+'[1]FNB_Sept 25'!E46+'[1]NBN_Sep 25'!E46+'[1]SBN_Sept 25'!E46)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" t="s">
+        <v>69</v>
+      </c>
+      <c r="B47" t="s">
+        <v>0</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E47" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E47+'[1]FNB_Sept 25'!E47+'[1]NBN_Sep 25'!E47+'[1]SBN_Sept 25'!E47)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A48" t="s">
+        <v>67</v>
+      </c>
+      <c r="B48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="D38" t="s">
-[...180 lines deleted...]
-        <v>1099079</v>
+      <c r="D48" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E48" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E48+'[1]FNB_Sept 25'!E48+'[1]NBN_Sep 25'!E48+'[1]SBN_Sept 25'!E48)</f>
+        <v>1176157</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="B49" t="s">
-        <v>7</v>
-[...8 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E49+'[1]FNB_Jun 25'!E49+'[1]NBN_Jun 25'!E49+'[1]SBN_Jun 25'!E49)</f>
+        <v>0</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E49" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E49+'[1]FNB_Sept 25'!E49+'[1]NBN_Sep 25'!E49+'[1]SBN_Sept 25'!E49)</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="B50" t="s">
-        <v>7</v>
-[...8 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E50+'[1]FNB_Jun 25'!E50+'[1]NBN_Jun 25'!E50+'[1]SBN_Jun 25'!E50)</f>
+        <v>0</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E50" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E50+'[1]FNB_Sept 25'!E50+'[1]NBN_Sep 25'!E50+'[1]SBN_Sept 25'!E50)</f>
         <v>13358</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="B51" t="s">
-        <v>7</v>
-[...8 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E51+'[1]FNB_Jun 25'!E51+'[1]NBN_Jun 25'!E51+'[1]SBN_Jun 25'!E51)</f>
+        <v>0</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E51" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E51+'[1]FNB_Sept 25'!E51+'[1]NBN_Sep 25'!E51+'[1]SBN_Sept 25'!E51)</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
       <c r="B52" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C52" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="D52" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>2118400</v>
+        <v>0</v>
+      </c>
+      <c r="E52" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E52+'[1]FNB_Sept 25'!E52+'[1]NBN_Sep 25'!E52+'[1]SBN_Sept 25'!E52)</f>
+        <v>2198764</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B53" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C53" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D53" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E53" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E53" s="3"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>0</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>55</v>
       </c>
       <c r="D54" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E54+'[1]FNB_Jun 25'!E54+'[1]NBN_Jun 25'!E54+'[1]SBN_Jun 25'!E54)</f>
+        <v>0</v>
+      </c>
+      <c r="E54" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E54+'[1]FNB_Sept 25'!E54+'[1]NBN_Sep 25'!E54+'[1]SBN_Sept 25'!E54)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>0</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>53</v>
       </c>
       <c r="D55" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>14746</v>
+        <v>0</v>
+      </c>
+      <c r="E55" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E55+'[1]FNB_Sept 25'!E55+'[1]NBN_Sep 25'!E55+'[1]SBN_Sept 25'!E55)</f>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="B56" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C56" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="D56" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>14746</v>
+        <v>0</v>
+      </c>
+      <c r="E56" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E56+'[1]FNB_Sept 25'!E56+'[1]NBN_Sep 25'!E56+'[1]SBN_Sept 25'!E56)</f>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="B57" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C57" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="D57" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>2103654</v>
+        <v>0</v>
+      </c>
+      <c r="E57" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E57+'[1]FNB_Sept 25'!E57+'[1]NBN_Sep 25'!E57+'[1]SBN_Sept 25'!E57)</f>
+        <v>2198764</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="B58" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>0</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>47</v>
       </c>
       <c r="D58" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>22651615</v>
+        <v>0</v>
+      </c>
+      <c r="E58" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E58+'[1]FNB_Sept 25'!E58+'[1]NBN_Sep 25'!E58+'[1]SBN_Sept 25'!E58)</f>
+        <v>21425912</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="B59" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>0</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D59" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>3145958.858</v>
+        <v>0</v>
+      </c>
+      <c r="E59" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E59+'[1]FNB_Sept 25'!E59+'[1]NBN_Sep 25'!E59+'[1]SBN_Sept 25'!E59)</f>
+        <v>3226243.3647499997</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B60" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C60" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="D60" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E60" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E60" s="3"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B61" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C61" t="s">
-        <v>106</v>
+        <v>43</v>
       </c>
       <c r="D61" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E61" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E61" s="3"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>107</v>
+        <v>42</v>
       </c>
       <c r="B62" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C62" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>106066151.40000001</v>
+        <v>0</v>
+      </c>
+      <c r="E62" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E62+'[1]FNB_Sept 25'!E62+'[1]NBN_Sep 25'!E62+'[1]SBN_Sept 25'!E62)</f>
+        <v>108727953.155</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B63" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C63" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="D63" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E63" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E63" s="3"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="B64" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C64" t="s">
-        <v>111</v>
+        <v>38</v>
       </c>
       <c r="D64" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E64+'[1]FNB_Jun 25'!E64+'[1]NBN_Jun 25'!E64+'[1]SBN_Jun 25'!E64)</f>
+        <v>0</v>
+      </c>
+      <c r="E64" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E64+'[1]FNB_Sept 25'!E64+'[1]NBN_Sep 25'!E64+'[1]SBN_Sept 25'!E64)</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="B65" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C65" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="D65" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>19120577.5</v>
+        <v>0</v>
+      </c>
+      <c r="E65" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E65+'[1]FNB_Sept 25'!E65+'[1]NBN_Sep 25'!E65+'[1]SBN_Sept 25'!E65)</f>
+        <v>19665481.5</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="B66" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C66" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="D66" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>19120577.5</v>
+        <v>0</v>
+      </c>
+      <c r="E66" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E66+'[1]FNB_Sept 25'!E66+'[1]NBN_Sep 25'!E66+'[1]SBN_Sept 25'!E66)</f>
+        <v>19665481.5</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B67" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>0</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D67" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E67" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E67" s="3"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="B68" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C68" t="s">
-        <v>118</v>
+        <v>31</v>
       </c>
       <c r="D68" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>651625.40999999992</v>
+        <v>0</v>
+      </c>
+      <c r="E68" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E68+'[1]FNB_Sept 25'!E68+'[1]NBN_Sep 25'!E68+'[1]SBN_Sept 25'!E68)</f>
+        <v>656299.93499999994</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="B69" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C69" t="s">
-        <v>120</v>
+        <v>29</v>
       </c>
       <c r="D69" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>125838354.31</v>
+        <v>0</v>
+      </c>
+      <c r="E69" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E69+'[1]FNB_Sept 25'!E69+'[1]NBN_Sep 25'!E69+'[1]SBN_Sept 25'!E69)</f>
+        <v>129049734.58999999</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B70" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C70" t="s">
-        <v>121</v>
+        <v>5</v>
       </c>
       <c r="D70" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E70" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E70" s="3"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="B71" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C71" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="D71" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>22651615</v>
+        <v>0</v>
+      </c>
+      <c r="E71" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E71+'[1]FNB_Sept 25'!E71+'[1]NBN_Sep 25'!E71+'[1]SBN_Sept 25'!E71)</f>
+        <v>21425912</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="B72" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C72" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="D72" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>17402002.142999999</v>
+        <v>0</v>
+      </c>
+      <c r="E72" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E72+'[1]FNB_Sept 25'!E72+'[1]NBN_Sep 25'!E72+'[1]SBN_Sept 25'!E72)</f>
+        <v>16000904.635249998</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="B73" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>0</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>23</v>
       </c>
       <c r="D73" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-        <v>0.1800056518873272</v>
+        <v>0</v>
+      </c>
+      <c r="E73" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E73+'[1]FNB_Sept 25'!E73+'[1]NBN_Sep 25'!E73+'[1]SBN_Sept 25'!E73)</f>
+        <v>0.66582131657069665</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B74" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C74" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="D74" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E74" s="6"/>
+        <v>0</v>
+      </c>
+      <c r="E74" s="3"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>0</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D75" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E75" s="9">
+        <v>0</v>
+      </c>
+      <c r="E75" s="1">
         <f>E30/E69</f>
-        <v>0.16328853879780209</v>
+        <v>0.14899021730719547</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="B76" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>0</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>E42/E69</f>
+        <v>0</v>
+      </c>
+      <c r="E76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="B77" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>0</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>16</v>
       </c>
       <c r="D77" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E77" s="9">
+        <v>0</v>
+      </c>
+      <c r="E77" s="1">
         <f>E43/E69</f>
-        <v>0.16328853879780209</v>
+        <v>0.14899021730719547</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
       <c r="B78" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>0</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="D78" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E78" s="9">
+        <v>0</v>
+      </c>
+      <c r="E78" s="1">
         <f>E57/E69</f>
-        <v>1.6717113089525112E-2</v>
+        <v>1.7038113305584291E-2</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="B79" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C79" t="s">
-        <v>138</v>
+        <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <f>SUM('[1]BWHK_Jun 25'!E79+'[1]FNB_Jun 25'!E79+'[1]NBN_Jun 25'!E79+'[1]SBN_Jun 25'!E79)</f>
+        <v>0</v>
+      </c>
+      <c r="E79" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E79+'[1]FNB_Sept 25'!E79+'[1]NBN_Sep 25'!E79+'[1]SBN_Sept 25'!E79)</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>139</v>
+        <v>11</v>
       </c>
       <c r="B80" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" t="s">
+        <v>0</v>
+      </c>
+      <c r="E80" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E80+'[1]FNB_Sept 25'!E80+'[1]NBN_Sep 25'!E80+'[1]SBN_Sept 25'!E80)</f>
+        <v>0.66582131657069665</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" t="s">
+        <v>9</v>
+      </c>
+      <c r="B81" t="s">
+        <v>0</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" t="s">
+        <v>0</v>
+      </c>
+      <c r="E81" s="1">
+        <f>E72/E69</f>
+        <v>0.12399021730719546</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" t="s">
         <v>7</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="B82" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C82" t="s">
-        <v>144</v>
+        <v>6</v>
       </c>
       <c r="D82" t="s">
-        <v>7</v>
-[...6 lines deleted...]
-    <row r="83" spans="1:6" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="E82" s="3">
+        <f>SUM('[1]BWHK_Sept 25'!E82+'[1]FNB_Sept 25'!E82+'[1]NBN_Sep 25'!E82+'[1]SBN_Sept 25'!E82)</f>
+        <v>3226243.37</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="B83" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C83" t="s">
-        <v>121</v>
+        <v>5</v>
       </c>
       <c r="D83" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-    <row r="84" spans="1:6" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="E83" s="3"/>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>145</v>
+        <v>4</v>
       </c>
       <c r="B84" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C84" t="s">
-        <v>146</v>
+        <v>3</v>
       </c>
       <c r="D84" t="s">
-        <v>7</v>
-[...6 lines deleted...]
-    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="E84" s="2">
+        <f>SUM('[1]BWHK_Sept 25'!E84+'[1]FNB_Sept 25'!E84+'[1]NBN_Sep 25'!E84+'[1]SBN_Sept 25'!E84)</f>
+        <v>196194571</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>147</v>
+        <v>2</v>
       </c>
       <c r="B85" t="s">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C85" t="s">
-        <v>148</v>
+        <v>1</v>
       </c>
       <c r="D85" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E85" s="9">
+        <v>0</v>
+      </c>
+      <c r="E85" s="1">
         <f>E43/E84</f>
-        <v>0.10841546061008958</v>
-[...1 lines deleted...]
-      <c r="F85" s="8"/>
+        <v>9.8000407972552925E-2</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June 2025</vt:lpstr>
+      <vt:lpstr>Industry_DSIBS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elifas, Immanuel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>