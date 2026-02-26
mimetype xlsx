--- v1 (2026-02-02)
+++ v2 (2026-02-26)
@@ -1,2082 +1,1045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Wedbsite Folder\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Website upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2B06A468-9FC9-428D-99BA-C692A940C540}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A236E5D1-B518-4713-9433-769F5407A3A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="24216" windowHeight="13716" xr2:uid="{418283D0-4646-4FBB-9EFA-39E0BD9AABD4}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{AF11FBA7-0601-4C72-BFD5-3525EC828E8B}"/>
   </bookViews>
   <sheets>
     <sheet name="Industry_DSIBS" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...67 lines deleted...]
-
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{B02F8E21-69FC-48B3-ABF6-5E12B6C7B664}">
+    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{9CA0CF98-64BE-4D7D-969A-63A05AAC29A4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{421975A4-7498-4A47-82CC-1EC3427CDD90}">
+    <comment ref="E29" authorId="0" shapeId="0" xr:uid="{AF4822FF-7BB5-4983-ACE9-F8F99832CE7E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{34659349-69DE-4F2C-92DA-D2147DD7BF47}">
+    <comment ref="E30" authorId="0" shapeId="0" xr:uid="{792C76F6-DDFC-4916-8BFD-846E961DE0DD}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E36" authorId="0" shapeId="0" xr:uid="{B90CF5C4-DFF0-43A0-941B-55385535A0D9}">
+    <comment ref="E36" authorId="0" shapeId="0" xr:uid="{E13BF84B-843D-4E03-AB8E-3E02BCFC769C}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E41" authorId="0" shapeId="0" xr:uid="{80AE5A1E-CB76-45E6-B8AD-88F7F9D35319}">
+    <comment ref="E41" authorId="0" shapeId="0" xr:uid="{0404E2EB-7A28-4006-95B6-7445B5C00ECF}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E42" authorId="0" shapeId="0" xr:uid="{A9F310EB-62DD-43F2-88B6-EAB36D51C056}">
+    <comment ref="E42" authorId="0" shapeId="0" xr:uid="{D6DC76CD-FDAC-43AA-933C-5CF48F81F190}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E43" authorId="0" shapeId="0" xr:uid="{3933B1F2-B96C-4AEB-B41F-99E528471D7D}">
+    <comment ref="E43" authorId="0" shapeId="0" xr:uid="{9611B3A2-B401-4289-B70B-9432C5957F8F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{5F214B3A-A40B-4E02-861E-8814F27D2C6B}">
+    <comment ref="E52" authorId="0" shapeId="0" xr:uid="{4BDAF8A5-8C6D-4106-8B6F-4F1631633A15}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E56" authorId="0" shapeId="0" xr:uid="{9E22432F-FCBB-4ED5-ABE5-D4022D82A542}">
+    <comment ref="E56" authorId="0" shapeId="0" xr:uid="{A70C2B3E-3C1B-4476-9BF2-DB36B03AB141}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E57" authorId="0" shapeId="0" xr:uid="{E4203E4F-FBB6-44DA-BF5C-719F2E48B09E}">
+    <comment ref="E57" authorId="0" shapeId="0" xr:uid="{7C2FEC5A-283A-4DA6-A909-A93B6B7F2FF6}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E58" authorId="0" shapeId="0" xr:uid="{EDFFBD3C-A40D-4D81-AD55-2A261986217F}">
+    <comment ref="E58" authorId="0" shapeId="0" xr:uid="{C159A8EB-2AD8-43AF-8436-B9D48C59B0A4}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E59" authorId="0" shapeId="0" xr:uid="{55F15C19-F487-45F3-8E2F-4B93DC1BD57A}">
+    <comment ref="E59" authorId="0" shapeId="0" xr:uid="{5ECACF98-7569-4BA9-91B6-95C09494E90F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E62" authorId="0" shapeId="0" xr:uid="{7B4037D0-4D32-4F96-AAAF-3D06F79C8228}">
+    <comment ref="E62" authorId="0" shapeId="0" xr:uid="{43ADA350-AB05-4525-A1DC-BA69B86B67E0}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E64" authorId="0" shapeId="0" xr:uid="{0EF78E04-729C-4854-854B-E823060EEF68}">
+    <comment ref="E64" authorId="0" shapeId="0" xr:uid="{75298CD8-461D-41E2-A457-C5E364AFAB8F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{6E49F84D-F081-4789-916C-1D07E6152F77}">
+    <comment ref="E65" authorId="0" shapeId="0" xr:uid="{194CEE9B-16AD-44EE-94A2-759BD6C8DDD0}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E68" authorId="0" shapeId="0" xr:uid="{EC88FBFE-C439-4985-AE5B-FFE789E8A7E3}">
+    <comment ref="E68" authorId="0" shapeId="0" xr:uid="{AD318355-4714-447C-80FC-3DBA3C368C0B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{2CED0025-FE4C-4CC1-8D6C-0AEBE718DCE0}">
+    <comment ref="E71" authorId="0" shapeId="0" xr:uid="{07B4100E-2D79-46DA-92F6-BDC027885E91}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E72" authorId="0" shapeId="0" xr:uid="{DB32CB5A-E44B-4586-8089-0CEA168039C7}">
+    <comment ref="E72" authorId="0" shapeId="0" xr:uid="{7F4FAF1C-44CC-4174-BFF3-3484CFD410B6}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{04083428-08E9-4536-886F-BCCA3DCF9721}">
+    <comment ref="E73" authorId="0" shapeId="0" xr:uid="{6DA584F3-92B1-4B88-9626-84340DAD845A}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{49A2A4F5-2E74-4D2C-959D-3D82728BE90C}">
+    <comment ref="E75" authorId="0" shapeId="0" xr:uid="{7DE29383-4745-46E9-AADE-DED111453A5E}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E76" authorId="0" shapeId="0" xr:uid="{BFFD9093-3C98-4621-BC4B-856928FFD405}">
+    <comment ref="E76" authorId="0" shapeId="0" xr:uid="{87E1B582-3614-485A-BE2E-8B22BD45C9A0}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E77" authorId="0" shapeId="0" xr:uid="{C1EBCB0E-3EB7-4F61-A9D6-B6D44A26038E}">
+    <comment ref="E77" authorId="0" shapeId="0" xr:uid="{A5FCE8A6-25C2-40A5-A02D-4F6E4327F4F5}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{FA75E455-C1EA-4102-AD94-7B3AD321C096}">
+    <comment ref="E78" authorId="0" shapeId="0" xr:uid="{652AAAF1-E9D2-4C47-A6BF-A0F42D0D778F}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E80" authorId="0" shapeId="0" xr:uid="{5FF929D8-BA7C-4E05-B3F5-FC2A04EA9792}">
+    <comment ref="E80" authorId="0" shapeId="0" xr:uid="{A209B15C-F4C3-4382-A9D7-CA65CCFCBC58}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{FAE12A58-A413-4019-889A-5010F2BFDE06}">
+    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{E9237C4E-8FB7-4DC6-8E11-82CA4F7C5FFA}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{1D8287BD-95E5-4763-ABB9-DC80BCCFC198}">
+    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{8AC08704-2E5B-426A-81B1-F4ECC5A34611}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E85" authorId="0" shapeId="0" xr:uid="{0BB6B837-C21A-4E99-8C8C-2BF0149F462F}">
+    <comment ref="E85" authorId="0" shapeId="0" xr:uid="{5CB9B3A4-41B7-45DB-BB37-667C0777DB9B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color theme="1"/>
             <rFont val="Aptos Narrow"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>The formula for this cell will not be run in the Excel sheet. This formula will run when the workbook is uploaded.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="149">
   <si>
+    <t>Consolidated Return on Capital Adequacy Ratio</t>
+  </si>
+  <si>
+    <t>(All amounts to be rounded off to the nearest N$'000)</t>
+  </si>
+  <si>
+    <t>Type of Organization</t>
+  </si>
+  <si>
+    <t>Individual Bank</t>
+  </si>
+  <si>
+    <t>Basel II / Basel III</t>
+  </si>
+  <si>
+    <t>Basel III</t>
+  </si>
+  <si>
+    <t>Item No.</t>
+  </si>
+  <si>
     <t/>
   </si>
   <si>
-    <t>Tier 1 leverage ratio (line item 54 divided by line item 129) (Minimum of 6%) - Basel III</t>
-[...165 lines deleted...]
-    <t>77</t>
+    <t>Item (s)</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Common Equity Tier 1 (CET1) - Basel III (BID-5A)</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Ordinary shares (Paid-Up Equity Capital) issued by banks</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Share premium resulting from the issue of Ordinary shares included in CET 1</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Retained earnings after deducting any interim audited loss or final dividend which have been declared by
+the board of the bank on any class of shares</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Accumulated other comprehensive income and other disclosed reserves , excluding revaluation of surplus
+on land and building assets</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Current year's interim profits that satisfy all conditions set out in paragraph 10.1 (e) of BID-5A</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Ordinary shares issued by consolidated subsidiaries of the bank and held by the third  parties that meet
+the criteria for inclusion in the CET 1 Capital</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of CET 1 Capital due to capital shortfall on AT1 and Tier
+2 capital</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Sub total of CET 1 capital ( sum of line item 1 to item 7)</t>
   </si>
   <si>
     <t>Regulatory adjustments/Deduction</t>
   </si>
   <si>
-    <t>Sub total tier 2 capital (Sum of line item 69 to 75)</t>
-[...72 lines deleted...]
-    <t>51</t>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Deduct: Goodwill and other intangibles (except mortgage servicing rights)</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Deduct: Deferred tax assets</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Deduct: Cash flow hedge reserves</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Deduct: Gain on sale related to securitization transactions (derecognize any increase in equity capital
+resulting from securitization transaction, such as that associated with expected future margin income
+resulting in a gain on sale)</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Deduct: Cumulative gains and losses due to change in own credit risk on fair valued financial liabilities</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Deduct: Defined benefit pension fund assets and liabilities</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in own shares(Treasury stock)</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Deduct: Reciprocal cross holdings in the capital of banking, financial and insurance entities</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in the capital of banking, financial and insurance entities that are outside the scope of
+regulatory consolidation and where the bank does not own 20% or more of the issued common share
+capital of the entity</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Deduct: Significant investment in the capital of banking, financial and insurance that are outside the scope
+of regulatory consolidation</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Deduct:  Threshold deductions</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction (Line item 9 to 19)</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Net total CET 1 capital (line item 8 less line item 20)</t>
+  </si>
+  <si>
+    <t>Additional Tier 1 Capital (AT1) Instruments - Basel III (BID-5A)</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Instrument issued by the bank that meets the criteria for inclusion in Additional Tier 1 Capital (and are not
+included in Common Equity Tier 1 Capital)</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Share premium resulting from the issue of instruments included in Additional Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Instrument issued by consolidated subsidiaries of
+the bank and held by the third parties that meets the criteria for inclusion in Additional Tier 1 Capital and
+are not included in Common Equity Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of Additional Tier 1 Capital</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Sub total of additional tier 1 capital (AT 1) (Sum of line item 44 to 47 )</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Deduct: Investment in own shares not meeting the  criteria for CET1 capital</t>
+  </si>
+  <si>
+    <t>50</t>
   </si>
   <si>
     <t>Deduct: Investment in the capital of banking, financial and insurance entities that are out side the scope of
 regulatory consolidation and where the bank does not own 20% or more of issued common capital of the
 entity (that does not meet criteria CET 1 capital)</t>
   </si>
   <si>
-    <t>50</t>
-[...206 lines deleted...]
-    <t>Consolidated Return on Capital Adequacy Ratio</t>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Deduct 50% of securitization exposure where the applicable risk weight has not been applied</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction Line item 49 to 51)</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Net total additional tier 1 capital - (line item 48 less line item 52)</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Total eligible tier 1 capital (the sum of item 21 and item 53 )</t>
+  </si>
+  <si>
+    <t>Tier 2 Capital Instruments - Basel III</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Instruments issued by the bank that meet the criteria for inclusion in Tier 2 Capital  and (are not included
+in Tier 1 capital)</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Share premium (Stock surplus) resulting from the issue of instruments included in Tier 2 capital</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>Instrument issued by consolidated subsidiaries of the bank and held by the third parties that meets the
+criteria for inclusion in tier 2 capital and are not included in tier 1 capital</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>Certain loan loss provisions as specified in Section 10 of BID-5A</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>Unaudited interim profits (will be phased out over a period of five years from the implementation date of
+Basel III starting early 2019)</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>Surplus arising from revaluation of land building that meet conditions explained  in Section 10 (f) of BID-5A</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>Regulatory adjustments applied in the calculation of Tier 2 capital (further clarity is given in Section 11 &amp;
+12 of BID-5A)</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Sub total tier 2 capital (Sum of line item 69 to 75)</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>Deduct any other deductible items that do not meet criteria for CET1 and for AT 1</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Sub total of regulatory adjustments/deduction Line item 77 to 78)</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Net total tier 2 capital (line item 76 less 79)</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Total eligible capital (the sum of item 54 and 80)- Basel III</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Minimum Capital Conservation Amount</t>
+  </si>
+  <si>
+    <t>Computation of Risk-Weighted Assets</t>
+  </si>
+  <si>
+    <t>1. Credit Risk: Standardized Approach (including RW equivalent for Off-balance sheet exposures)</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Total risk-weighted amount for credit risk - Basel III</t>
+  </si>
+  <si>
+    <t>2. Operational Risk (see Note 5):</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>2(a). Basic Indicator Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>2(b). The Standardized Approach: Calibrated risk-weighted amount</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>Total calibrated risk-weighted amount for operational risk -Basel III</t>
+  </si>
+  <si>
+    <t>3. Market Risk: Standardized Approach</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>Calibrated risk-weighted amount for market risk - Basel III</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Aggregate risk-weighted assets (sum of line items 97; 101; and 103) - Basel III</t>
+  </si>
+  <si>
+    <t>Other Capital Measures - Basel III</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>Basel III total eligible capital (the sum of item 54 and 80)</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Capital conservation buffer amount(CET1 capital-minimum capital conservation amount)</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>Basel III total eligible capital ratio (the sum of item 94 divided by line item 105) (Minimum of 10.0%)</t>
+  </si>
+  <si>
+    <t>OF WHICH:</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>CET 1 Capital Ratio (line item 21 divided by line item 105) (Minimum of 6%)</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>Additional tier 1 capital ratio (line item 53 divided by line item 105) (Maximum of 1.5%)</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>Eligible tier 1 capital ratio (Line item 54 divided by line item 105) (Minimum of 7.5%)</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>Tier 2 capital ratio (line item 80 divided by line item 105) (Maximum of 2.5%)</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>Additional capital buffers as may be specified by the regulator from time to time</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>Total risk-weighted capital ratio (including additional capital buffer specified)</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>Capital conservation buffer (Line item 105 divided by line item 119) (Commence at 0.625% to reach
+final level of 2.5%)</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Counter cyclical buffer (2.5% of aggregated risk-weighted assets)</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>Gross assets (total assets plus general and specific provisions and off-balance sheet exposures)</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>Tier 1 leverage ratio (line item 54 divided by line item 129) (Minimum of 6%) - Basel III</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="21"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...954 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2355,1470 +1318,1428 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DADEA196-4A29-491D-A119-CB0BC7A6CBFD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6FDF6C12-933B-4E4A-8FF0-02EBD5D6FA9A}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="A1:E85"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C16" sqref="C16"/>
+    <sheetView tabSelected="1" topLeftCell="A61" workbookViewId="0">
+      <selection activeCell="C71" sqref="C71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.5546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="15" width="19.5546875" customWidth="1"/>
+    <col min="1" max="1" width="20.54296875" customWidth="1"/>
+    <col min="2" max="2" width="19.54296875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="96.1796875" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="19.54296875" bestFit="1" customWidth="1"/>
+    <col min="6" max="15" width="19.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.5">
-[...4 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="27" x14ac:dyDescent="0.6">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+        <v>4</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>142</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>141</v>
+        <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E7" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>139</v>
+        <v>10</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>7</v>
+      </c>
+      <c r="E9" s="4">
+        <v>20861</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="4">
+        <v>2263642</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" s="4">
+        <v>11536772</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="4">
+        <v>7424994</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D14" t="s">
+        <v>7</v>
+      </c>
+      <c r="E14" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="4">
+        <v>21246269</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="4">
+        <v>967042</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" s="4">
+        <v>104164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" t="s">
+        <v>35</v>
+      </c>
+      <c r="D21" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>38</v>
+      </c>
+      <c r="B23" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D23" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" s="4">
+        <v>158388</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D24" t="s">
+        <v>7</v>
+      </c>
+      <c r="E24" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E26" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" t="s">
+        <v>47</v>
+      </c>
+      <c r="D27" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" t="s">
+        <v>49</v>
+      </c>
+      <c r="D28" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" s="4">
+        <v>1229594</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>52</v>
+      </c>
+      <c r="B30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" t="s">
+        <v>7</v>
+      </c>
+      <c r="E30" s="4">
+        <v>20016675</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D31" s="8"/>
+      <c r="E31" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E32" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E33" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>59</v>
+      </c>
+      <c r="B34" t="s">
+        <v>7</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E34" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>61</v>
+      </c>
+      <c r="B35" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>63</v>
+      </c>
+      <c r="B36" t="s">
+        <v>7</v>
+      </c>
+      <c r="C36" t="s">
+        <v>64</v>
+      </c>
+      <c r="D36" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>7</v>
+      </c>
+      <c r="B37" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>65</v>
+      </c>
+      <c r="B38" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>67</v>
+      </c>
+      <c r="B39" t="s">
+        <v>7</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D39" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" t="s">
+        <v>7</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D41" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>73</v>
+      </c>
+      <c r="B42" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" t="s">
+        <v>74</v>
+      </c>
+      <c r="D42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" t="s">
+        <v>76</v>
+      </c>
+      <c r="D43" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="4">
+        <v>20016675</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>7</v>
+      </c>
+      <c r="B44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D44" s="8"/>
+      <c r="E44" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="4">
+        <v>1005418</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>80</v>
+      </c>
+      <c r="B46" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>82</v>
+      </c>
+      <c r="B47" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>84</v>
+      </c>
+      <c r="B48" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E48" s="4">
+        <v>1117137</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>86</v>
+      </c>
+      <c r="B49" t="s">
+        <v>7</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E49" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>88</v>
+      </c>
+      <c r="B50" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E50" s="4">
+        <v>13358</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>90</v>
+      </c>
+      <c r="B51" t="s">
+        <v>7</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E51" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>92</v>
+      </c>
+      <c r="B52" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" t="s">
+        <v>93</v>
+      </c>
+      <c r="D52" t="s">
+        <v>7</v>
+      </c>
+      <c r="E52" s="4">
+        <v>2135913</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" t="s">
+        <v>27</v>
+      </c>
+      <c r="D53" t="s">
+        <v>7</v>
+      </c>
+      <c r="E53" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>94</v>
+      </c>
+      <c r="B54" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>95</v>
+      </c>
+      <c r="B55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D55" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>97</v>
+      </c>
+      <c r="B56" t="s">
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
+        <v>98</v>
+      </c>
+      <c r="D56" t="s">
+        <v>7</v>
+      </c>
+      <c r="E56" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>99</v>
+      </c>
+      <c r="B57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" t="s">
+        <v>100</v>
+      </c>
+      <c r="D57" t="s">
+        <v>7</v>
+      </c>
+      <c r="E57" s="4">
+        <v>2135913</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>101</v>
+      </c>
+      <c r="B58" t="s">
+        <v>7</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D58" t="s">
+        <v>7</v>
+      </c>
+      <c r="E58" s="4">
+        <v>22152588</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>103</v>
+      </c>
+      <c r="B59" t="s">
+        <v>7</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D59" t="s">
+        <v>7</v>
+      </c>
+      <c r="E59" s="4">
+        <v>3210160.5118749999</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" t="s">
+        <v>7</v>
+      </c>
+      <c r="C60" t="s">
+        <v>105</v>
+      </c>
+      <c r="D60" t="s">
+        <v>7</v>
+      </c>
+      <c r="E60" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" t="s">
+        <v>7</v>
+      </c>
+      <c r="C61" t="s">
+        <v>106</v>
+      </c>
+      <c r="D61" t="s">
+        <v>7</v>
+      </c>
+      <c r="E61" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>107</v>
+      </c>
+      <c r="B62" t="s">
+        <v>7</v>
+      </c>
+      <c r="C62" t="s">
+        <v>108</v>
+      </c>
+      <c r="D62" t="s">
+        <v>7</v>
+      </c>
+      <c r="E62" s="4">
+        <v>107873884.15000001</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>7</v>
+      </c>
+      <c r="B63" t="s">
+        <v>7</v>
+      </c>
+      <c r="C63" t="s">
+        <v>109</v>
+      </c>
+      <c r="D63" t="s">
+        <v>7</v>
+      </c>
+      <c r="E63" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>110</v>
+      </c>
+      <c r="B64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C64" t="s">
+        <v>111</v>
+      </c>
+      <c r="D64" t="s">
+        <v>7</v>
+      </c>
+      <c r="E64" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>112</v>
+      </c>
+      <c r="B65" t="s">
+        <v>7</v>
+      </c>
+      <c r="C65" t="s">
+        <v>113</v>
+      </c>
+      <c r="D65" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" s="4">
+        <v>19850120.699999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>114</v>
+      </c>
+      <c r="B66" t="s">
+        <v>7</v>
+      </c>
+      <c r="C66" t="s">
+        <v>115</v>
+      </c>
+      <c r="D66" t="s">
+        <v>7</v>
+      </c>
+      <c r="E66" s="4">
+        <v>19850120.699999999</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>7</v>
+      </c>
+      <c r="B67" t="s">
+        <v>7</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D67" t="s">
+        <v>7</v>
+      </c>
+      <c r="E67" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>117</v>
+      </c>
+      <c r="B68" t="s">
+        <v>7</v>
+      </c>
+      <c r="C68" t="s">
+        <v>118</v>
+      </c>
+      <c r="D68" t="s">
+        <v>7</v>
+      </c>
+      <c r="E68" s="4">
+        <v>682415.62499999988</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>119</v>
+      </c>
+      <c r="B69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C69" t="s">
+        <v>120</v>
+      </c>
+      <c r="D69" t="s">
+        <v>7</v>
+      </c>
+      <c r="E69" s="4">
+        <v>128406420.47499999</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>7</v>
+      </c>
+      <c r="B70" t="s">
+        <v>7</v>
+      </c>
+      <c r="C70" t="s">
+        <v>121</v>
+      </c>
+      <c r="D70" t="s">
+        <v>7</v>
+      </c>
+      <c r="E70" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>122</v>
+      </c>
+      <c r="B71" t="s">
+        <v>7</v>
+      </c>
+      <c r="C71" t="s">
+        <v>123</v>
+      </c>
+      <c r="D71" t="s">
+        <v>7</v>
+      </c>
+      <c r="E71" s="4">
+        <v>22152588</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>124</v>
+      </c>
+      <c r="B72" t="s">
+        <v>7</v>
+      </c>
+      <c r="C72" t="s">
+        <v>125</v>
+      </c>
+      <c r="D72" t="s">
+        <v>7</v>
+      </c>
+      <c r="E72" s="4">
+        <v>16806514.488124996</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>126</v>
+      </c>
+      <c r="B73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D73" t="s">
+        <v>7</v>
+      </c>
+      <c r="E73" s="5">
+        <v>0.17251931732115361</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>7</v>
+      </c>
+      <c r="B74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C74" t="s">
+        <v>128</v>
+      </c>
+      <c r="D74" t="s">
+        <v>7</v>
+      </c>
+      <c r="E74" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>129</v>
+      </c>
+      <c r="B75" t="s">
+        <v>7</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D75" t="s">
+        <v>7</v>
+      </c>
+      <c r="E75" s="5">
+        <v>0.15588531263432528</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>131</v>
+      </c>
+      <c r="B76" t="s">
+        <v>7</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D76" t="s">
+        <v>7</v>
+      </c>
+      <c r="E76" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>133</v>
+      </c>
+      <c r="B77" t="s">
+        <v>7</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D77" t="s">
+        <v>7</v>
+      </c>
+      <c r="E77" s="5">
+        <v>0.15588531263432528</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>135</v>
+      </c>
+      <c r="B78" t="s">
+        <v>7</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E78" s="5">
+        <v>1.6634004686828338E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>137</v>
+      </c>
+      <c r="B79" t="s">
+        <v>7</v>
+      </c>
+      <c r="C79" t="s">
         <v>138</v>
       </c>
-      <c r="B9" t="s">
-[...161 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D79" t="s">
+        <v>7</v>
+      </c>
+      <c r="E79" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>139</v>
+      </c>
+      <c r="B80" t="s">
+        <v>7</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D80" t="s">
+        <v>7</v>
+      </c>
+      <c r="E80" s="6">
+        <v>0.17251931732115361</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>141</v>
+      </c>
+      <c r="B81" t="s">
+        <v>7</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D81" t="s">
+        <v>7</v>
+      </c>
+      <c r="E81" s="5">
+        <v>0.13088531263432523</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>143</v>
+      </c>
+      <c r="B82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C82" t="s">
+        <v>144</v>
+      </c>
+      <c r="D82" t="s">
+        <v>7</v>
+      </c>
+      <c r="E82" s="4">
+        <v>3210160.5100000002</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B83" t="s">
+        <v>7</v>
+      </c>
+      <c r="C83" t="s">
         <v>121</v>
       </c>
-      <c r="D18" t="s">
-[...1133 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+        <v>7</v>
+      </c>
+      <c r="E83" s="4"/>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A84" t="s">
-        <v>4</v>
+        <v>145</v>
       </c>
       <c r="B84" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>3</v>
+        <v>146</v>
       </c>
       <c r="D84" t="s">
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+        <v>7</v>
+      </c>
+      <c r="E84" s="4">
+        <v>200667751</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A85" t="s">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="B85" t="s">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="D85" t="s">
-        <v>0</v>
-[...3 lines deleted...]
-        <v>9.8000407972552925E-2</v>
+        <v>7</v>
+      </c>
+      <c r="E85" s="5">
+        <v>9.9750333076688541E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -3827,31 +2748,31 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Industry_DSIBS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Elifas, Immanuel</dc:creator>
+  <dc:creator>Renatu, Tereza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>