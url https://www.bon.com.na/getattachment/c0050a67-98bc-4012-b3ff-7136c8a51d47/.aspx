--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -4,92 +4,92 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="539" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C1D0CE45-FAEF-402D-BA9F-93DAF2B751A4}"/>
+  <xr:revisionPtr revIDLastSave="592" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96E29D76-634D-4D54-ACA6-D4FF04091C7B}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{331A3A8E-16B5-41BF-8B54-89AF8887BA2D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{331A3A8E-16B5-41BF-8B54-89AF8887BA2D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H431" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="762" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="763" uniqueCount="47">
   <si>
     <t>Foreign Currency per Namibia Dollar (Period averages, N/a means data not available)</t>
   </si>
   <si>
     <t>US Dollar</t>
   </si>
   <si>
     <t>UK Pound</t>
   </si>
   <si>
     <t>Japan Yen</t>
   </si>
   <si>
     <t>Switzerland franc</t>
   </si>
   <si>
     <t>Sweden Krona</t>
   </si>
   <si>
     <t>Botswana Pula</t>
   </si>
   <si>
     <t>IMF SDR</t>
   </si>
   <si>
@@ -192,53 +192,54 @@
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
+    <numFmt numFmtId="166" formatCode="0.000000000000000"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -716,71 +717,72 @@
     <xf numFmtId="0" fontId="22" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="17" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - Accent1" xfId="24" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="28" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="32" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="36" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="40" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="44" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="25" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="29" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="33" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="37" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="41" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="45" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="26" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="30" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="34" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="38" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="42" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="46" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="23" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="27" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="31" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="35" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="39" builtinId="45" customBuiltin="1"/>
@@ -1105,16689 +1107,16730 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98138B93-9B6E-4C90-BDF5-C11534FE2318}">
-  <dimension ref="B2:R433"/>
+  <dimension ref="B2:R438"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A420" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I425" sqref="I425"/>
+      <selection pane="bottomLeft" activeCell="G438" sqref="G438"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="4" max="4" width="12.44140625" customWidth="1"/>
-[...510 lines deleted...]
-    <col min="16142" max="16142" width="13.33203125" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" customWidth="1"/>
+    <col min="5" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.5703125" customWidth="1"/>
+    <col min="12" max="12" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="15.42578125" customWidth="1"/>
+    <col min="14" max="14" width="13.28515625" customWidth="1"/>
+    <col min="15" max="15" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="260" max="260" width="12.42578125" customWidth="1"/>
+    <col min="261" max="262" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="263" max="263" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="264" max="266" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="267" max="267" width="10.5703125" customWidth="1"/>
+    <col min="268" max="268" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="269" max="269" width="12.7109375" customWidth="1"/>
+    <col min="270" max="270" width="13.28515625" customWidth="1"/>
+    <col min="516" max="516" width="12.42578125" customWidth="1"/>
+    <col min="517" max="518" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="519" max="519" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="520" max="522" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="523" max="523" width="10.5703125" customWidth="1"/>
+    <col min="524" max="524" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="525" max="525" width="12.7109375" customWidth="1"/>
+    <col min="526" max="526" width="13.28515625" customWidth="1"/>
+    <col min="772" max="772" width="12.42578125" customWidth="1"/>
+    <col min="773" max="774" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="775" max="775" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="776" max="778" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="779" max="779" width="10.5703125" customWidth="1"/>
+    <col min="780" max="780" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="781" max="781" width="12.7109375" customWidth="1"/>
+    <col min="782" max="782" width="13.28515625" customWidth="1"/>
+    <col min="1028" max="1028" width="12.42578125" customWidth="1"/>
+    <col min="1029" max="1030" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1031" max="1031" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="1032" max="1034" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1035" max="1035" width="10.5703125" customWidth="1"/>
+    <col min="1036" max="1036" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1037" max="1037" width="12.7109375" customWidth="1"/>
+    <col min="1038" max="1038" width="13.28515625" customWidth="1"/>
+    <col min="1284" max="1284" width="12.42578125" customWidth="1"/>
+    <col min="1285" max="1286" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1287" max="1287" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="1288" max="1290" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1291" max="1291" width="10.5703125" customWidth="1"/>
+    <col min="1292" max="1292" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1293" max="1293" width="12.7109375" customWidth="1"/>
+    <col min="1294" max="1294" width="13.28515625" customWidth="1"/>
+    <col min="1540" max="1540" width="12.42578125" customWidth="1"/>
+    <col min="1541" max="1542" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1543" max="1543" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="1544" max="1546" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1547" max="1547" width="10.5703125" customWidth="1"/>
+    <col min="1548" max="1548" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1549" max="1549" width="12.7109375" customWidth="1"/>
+    <col min="1550" max="1550" width="13.28515625" customWidth="1"/>
+    <col min="1796" max="1796" width="12.42578125" customWidth="1"/>
+    <col min="1797" max="1798" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1799" max="1799" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="1800" max="1802" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1803" max="1803" width="10.5703125" customWidth="1"/>
+    <col min="1804" max="1804" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1805" max="1805" width="12.7109375" customWidth="1"/>
+    <col min="1806" max="1806" width="13.28515625" customWidth="1"/>
+    <col min="2052" max="2052" width="12.42578125" customWidth="1"/>
+    <col min="2053" max="2054" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2055" max="2055" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="2056" max="2058" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2059" max="2059" width="10.5703125" customWidth="1"/>
+    <col min="2060" max="2060" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2061" max="2061" width="12.7109375" customWidth="1"/>
+    <col min="2062" max="2062" width="13.28515625" customWidth="1"/>
+    <col min="2308" max="2308" width="12.42578125" customWidth="1"/>
+    <col min="2309" max="2310" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2311" max="2311" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="2312" max="2314" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2315" max="2315" width="10.5703125" customWidth="1"/>
+    <col min="2316" max="2316" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2317" max="2317" width="12.7109375" customWidth="1"/>
+    <col min="2318" max="2318" width="13.28515625" customWidth="1"/>
+    <col min="2564" max="2564" width="12.42578125" customWidth="1"/>
+    <col min="2565" max="2566" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2567" max="2567" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="2568" max="2570" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2571" max="2571" width="10.5703125" customWidth="1"/>
+    <col min="2572" max="2572" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2573" max="2573" width="12.7109375" customWidth="1"/>
+    <col min="2574" max="2574" width="13.28515625" customWidth="1"/>
+    <col min="2820" max="2820" width="12.42578125" customWidth="1"/>
+    <col min="2821" max="2822" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2823" max="2823" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="2824" max="2826" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2827" max="2827" width="10.5703125" customWidth="1"/>
+    <col min="2828" max="2828" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="2829" max="2829" width="12.7109375" customWidth="1"/>
+    <col min="2830" max="2830" width="13.28515625" customWidth="1"/>
+    <col min="3076" max="3076" width="12.42578125" customWidth="1"/>
+    <col min="3077" max="3078" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3079" max="3079" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="3080" max="3082" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3083" max="3083" width="10.5703125" customWidth="1"/>
+    <col min="3084" max="3084" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3085" max="3085" width="12.7109375" customWidth="1"/>
+    <col min="3086" max="3086" width="13.28515625" customWidth="1"/>
+    <col min="3332" max="3332" width="12.42578125" customWidth="1"/>
+    <col min="3333" max="3334" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3335" max="3335" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="3336" max="3338" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3339" max="3339" width="10.5703125" customWidth="1"/>
+    <col min="3340" max="3340" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3341" max="3341" width="12.7109375" customWidth="1"/>
+    <col min="3342" max="3342" width="13.28515625" customWidth="1"/>
+    <col min="3588" max="3588" width="12.42578125" customWidth="1"/>
+    <col min="3589" max="3590" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3591" max="3591" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="3592" max="3594" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3595" max="3595" width="10.5703125" customWidth="1"/>
+    <col min="3596" max="3596" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3597" max="3597" width="12.7109375" customWidth="1"/>
+    <col min="3598" max="3598" width="13.28515625" customWidth="1"/>
+    <col min="3844" max="3844" width="12.42578125" customWidth="1"/>
+    <col min="3845" max="3846" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3847" max="3847" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="3848" max="3850" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3851" max="3851" width="10.5703125" customWidth="1"/>
+    <col min="3852" max="3852" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3853" max="3853" width="12.7109375" customWidth="1"/>
+    <col min="3854" max="3854" width="13.28515625" customWidth="1"/>
+    <col min="4100" max="4100" width="12.42578125" customWidth="1"/>
+    <col min="4101" max="4102" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4103" max="4103" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="4104" max="4106" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4107" max="4107" width="10.5703125" customWidth="1"/>
+    <col min="4108" max="4108" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4109" max="4109" width="12.7109375" customWidth="1"/>
+    <col min="4110" max="4110" width="13.28515625" customWidth="1"/>
+    <col min="4356" max="4356" width="12.42578125" customWidth="1"/>
+    <col min="4357" max="4358" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4359" max="4359" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="4360" max="4362" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4363" max="4363" width="10.5703125" customWidth="1"/>
+    <col min="4364" max="4364" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4365" max="4365" width="12.7109375" customWidth="1"/>
+    <col min="4366" max="4366" width="13.28515625" customWidth="1"/>
+    <col min="4612" max="4612" width="12.42578125" customWidth="1"/>
+    <col min="4613" max="4614" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4615" max="4615" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="4616" max="4618" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4619" max="4619" width="10.5703125" customWidth="1"/>
+    <col min="4620" max="4620" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4621" max="4621" width="12.7109375" customWidth="1"/>
+    <col min="4622" max="4622" width="13.28515625" customWidth="1"/>
+    <col min="4868" max="4868" width="12.42578125" customWidth="1"/>
+    <col min="4869" max="4870" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4871" max="4871" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="4872" max="4874" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4875" max="4875" width="10.5703125" customWidth="1"/>
+    <col min="4876" max="4876" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4877" max="4877" width="12.7109375" customWidth="1"/>
+    <col min="4878" max="4878" width="13.28515625" customWidth="1"/>
+    <col min="5124" max="5124" width="12.42578125" customWidth="1"/>
+    <col min="5125" max="5126" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5127" max="5127" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="5128" max="5130" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5131" max="5131" width="10.5703125" customWidth="1"/>
+    <col min="5132" max="5132" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5133" max="5133" width="12.7109375" customWidth="1"/>
+    <col min="5134" max="5134" width="13.28515625" customWidth="1"/>
+    <col min="5380" max="5380" width="12.42578125" customWidth="1"/>
+    <col min="5381" max="5382" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5383" max="5383" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="5384" max="5386" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5387" max="5387" width="10.5703125" customWidth="1"/>
+    <col min="5388" max="5388" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5389" max="5389" width="12.7109375" customWidth="1"/>
+    <col min="5390" max="5390" width="13.28515625" customWidth="1"/>
+    <col min="5636" max="5636" width="12.42578125" customWidth="1"/>
+    <col min="5637" max="5638" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5639" max="5639" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="5640" max="5642" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5643" max="5643" width="10.5703125" customWidth="1"/>
+    <col min="5644" max="5644" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5645" max="5645" width="12.7109375" customWidth="1"/>
+    <col min="5646" max="5646" width="13.28515625" customWidth="1"/>
+    <col min="5892" max="5892" width="12.42578125" customWidth="1"/>
+    <col min="5893" max="5894" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5895" max="5895" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="5896" max="5898" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5899" max="5899" width="10.5703125" customWidth="1"/>
+    <col min="5900" max="5900" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="5901" max="5901" width="12.7109375" customWidth="1"/>
+    <col min="5902" max="5902" width="13.28515625" customWidth="1"/>
+    <col min="6148" max="6148" width="12.42578125" customWidth="1"/>
+    <col min="6149" max="6150" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6151" max="6151" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="6152" max="6154" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6155" max="6155" width="10.5703125" customWidth="1"/>
+    <col min="6156" max="6156" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6157" max="6157" width="12.7109375" customWidth="1"/>
+    <col min="6158" max="6158" width="13.28515625" customWidth="1"/>
+    <col min="6404" max="6404" width="12.42578125" customWidth="1"/>
+    <col min="6405" max="6406" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6407" max="6407" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="6408" max="6410" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6411" max="6411" width="10.5703125" customWidth="1"/>
+    <col min="6412" max="6412" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6413" max="6413" width="12.7109375" customWidth="1"/>
+    <col min="6414" max="6414" width="13.28515625" customWidth="1"/>
+    <col min="6660" max="6660" width="12.42578125" customWidth="1"/>
+    <col min="6661" max="6662" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6663" max="6663" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="6664" max="6666" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6667" max="6667" width="10.5703125" customWidth="1"/>
+    <col min="6668" max="6668" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6669" max="6669" width="12.7109375" customWidth="1"/>
+    <col min="6670" max="6670" width="13.28515625" customWidth="1"/>
+    <col min="6916" max="6916" width="12.42578125" customWidth="1"/>
+    <col min="6917" max="6918" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6919" max="6919" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="6920" max="6922" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6923" max="6923" width="10.5703125" customWidth="1"/>
+    <col min="6924" max="6924" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="6925" max="6925" width="12.7109375" customWidth="1"/>
+    <col min="6926" max="6926" width="13.28515625" customWidth="1"/>
+    <col min="7172" max="7172" width="12.42578125" customWidth="1"/>
+    <col min="7173" max="7174" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7175" max="7175" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="7176" max="7178" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7179" max="7179" width="10.5703125" customWidth="1"/>
+    <col min="7180" max="7180" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7181" max="7181" width="12.7109375" customWidth="1"/>
+    <col min="7182" max="7182" width="13.28515625" customWidth="1"/>
+    <col min="7428" max="7428" width="12.42578125" customWidth="1"/>
+    <col min="7429" max="7430" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7431" max="7431" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="7432" max="7434" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7435" max="7435" width="10.5703125" customWidth="1"/>
+    <col min="7436" max="7436" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7437" max="7437" width="12.7109375" customWidth="1"/>
+    <col min="7438" max="7438" width="13.28515625" customWidth="1"/>
+    <col min="7684" max="7684" width="12.42578125" customWidth="1"/>
+    <col min="7685" max="7686" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7687" max="7687" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="7688" max="7690" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7691" max="7691" width="10.5703125" customWidth="1"/>
+    <col min="7692" max="7692" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7693" max="7693" width="12.7109375" customWidth="1"/>
+    <col min="7694" max="7694" width="13.28515625" customWidth="1"/>
+    <col min="7940" max="7940" width="12.42578125" customWidth="1"/>
+    <col min="7941" max="7942" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7943" max="7943" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="7944" max="7946" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7947" max="7947" width="10.5703125" customWidth="1"/>
+    <col min="7948" max="7948" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="7949" max="7949" width="12.7109375" customWidth="1"/>
+    <col min="7950" max="7950" width="13.28515625" customWidth="1"/>
+    <col min="8196" max="8196" width="12.42578125" customWidth="1"/>
+    <col min="8197" max="8198" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8199" max="8199" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="8200" max="8202" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8203" max="8203" width="10.5703125" customWidth="1"/>
+    <col min="8204" max="8204" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8205" max="8205" width="12.7109375" customWidth="1"/>
+    <col min="8206" max="8206" width="13.28515625" customWidth="1"/>
+    <col min="8452" max="8452" width="12.42578125" customWidth="1"/>
+    <col min="8453" max="8454" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8455" max="8455" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="8456" max="8458" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8459" max="8459" width="10.5703125" customWidth="1"/>
+    <col min="8460" max="8460" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8461" max="8461" width="12.7109375" customWidth="1"/>
+    <col min="8462" max="8462" width="13.28515625" customWidth="1"/>
+    <col min="8708" max="8708" width="12.42578125" customWidth="1"/>
+    <col min="8709" max="8710" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8711" max="8711" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="8712" max="8714" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8715" max="8715" width="10.5703125" customWidth="1"/>
+    <col min="8716" max="8716" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8717" max="8717" width="12.7109375" customWidth="1"/>
+    <col min="8718" max="8718" width="13.28515625" customWidth="1"/>
+    <col min="8964" max="8964" width="12.42578125" customWidth="1"/>
+    <col min="8965" max="8966" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8967" max="8967" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="8968" max="8970" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8971" max="8971" width="10.5703125" customWidth="1"/>
+    <col min="8972" max="8972" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="8973" max="8973" width="12.7109375" customWidth="1"/>
+    <col min="8974" max="8974" width="13.28515625" customWidth="1"/>
+    <col min="9220" max="9220" width="12.42578125" customWidth="1"/>
+    <col min="9221" max="9222" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9223" max="9223" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9224" max="9226" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9227" max="9227" width="10.5703125" customWidth="1"/>
+    <col min="9228" max="9228" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9229" max="9229" width="12.7109375" customWidth="1"/>
+    <col min="9230" max="9230" width="13.28515625" customWidth="1"/>
+    <col min="9476" max="9476" width="12.42578125" customWidth="1"/>
+    <col min="9477" max="9478" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9479" max="9479" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9480" max="9482" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9483" max="9483" width="10.5703125" customWidth="1"/>
+    <col min="9484" max="9484" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9485" max="9485" width="12.7109375" customWidth="1"/>
+    <col min="9486" max="9486" width="13.28515625" customWidth="1"/>
+    <col min="9732" max="9732" width="12.42578125" customWidth="1"/>
+    <col min="9733" max="9734" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9735" max="9735" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9736" max="9738" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9739" max="9739" width="10.5703125" customWidth="1"/>
+    <col min="9740" max="9740" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9741" max="9741" width="12.7109375" customWidth="1"/>
+    <col min="9742" max="9742" width="13.28515625" customWidth="1"/>
+    <col min="9988" max="9988" width="12.42578125" customWidth="1"/>
+    <col min="9989" max="9990" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9991" max="9991" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="9992" max="9994" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9995" max="9995" width="10.5703125" customWidth="1"/>
+    <col min="9996" max="9996" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="9997" max="9997" width="12.7109375" customWidth="1"/>
+    <col min="9998" max="9998" width="13.28515625" customWidth="1"/>
+    <col min="10244" max="10244" width="12.42578125" customWidth="1"/>
+    <col min="10245" max="10246" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10247" max="10247" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="10248" max="10250" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10251" max="10251" width="10.5703125" customWidth="1"/>
+    <col min="10252" max="10252" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10253" max="10253" width="12.7109375" customWidth="1"/>
+    <col min="10254" max="10254" width="13.28515625" customWidth="1"/>
+    <col min="10500" max="10500" width="12.42578125" customWidth="1"/>
+    <col min="10501" max="10502" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10503" max="10503" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="10504" max="10506" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10507" max="10507" width="10.5703125" customWidth="1"/>
+    <col min="10508" max="10508" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10509" max="10509" width="12.7109375" customWidth="1"/>
+    <col min="10510" max="10510" width="13.28515625" customWidth="1"/>
+    <col min="10756" max="10756" width="12.42578125" customWidth="1"/>
+    <col min="10757" max="10758" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10759" max="10759" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="10760" max="10762" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10763" max="10763" width="10.5703125" customWidth="1"/>
+    <col min="10764" max="10764" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="10765" max="10765" width="12.7109375" customWidth="1"/>
+    <col min="10766" max="10766" width="13.28515625" customWidth="1"/>
+    <col min="11012" max="11012" width="12.42578125" customWidth="1"/>
+    <col min="11013" max="11014" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11015" max="11015" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="11016" max="11018" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11019" max="11019" width="10.5703125" customWidth="1"/>
+    <col min="11020" max="11020" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11021" max="11021" width="12.7109375" customWidth="1"/>
+    <col min="11022" max="11022" width="13.28515625" customWidth="1"/>
+    <col min="11268" max="11268" width="12.42578125" customWidth="1"/>
+    <col min="11269" max="11270" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11271" max="11271" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="11272" max="11274" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11275" max="11275" width="10.5703125" customWidth="1"/>
+    <col min="11276" max="11276" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11277" max="11277" width="12.7109375" customWidth="1"/>
+    <col min="11278" max="11278" width="13.28515625" customWidth="1"/>
+    <col min="11524" max="11524" width="12.42578125" customWidth="1"/>
+    <col min="11525" max="11526" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11527" max="11527" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="11528" max="11530" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11531" max="11531" width="10.5703125" customWidth="1"/>
+    <col min="11532" max="11532" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11533" max="11533" width="12.7109375" customWidth="1"/>
+    <col min="11534" max="11534" width="13.28515625" customWidth="1"/>
+    <col min="11780" max="11780" width="12.42578125" customWidth="1"/>
+    <col min="11781" max="11782" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11783" max="11783" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="11784" max="11786" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11787" max="11787" width="10.5703125" customWidth="1"/>
+    <col min="11788" max="11788" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="11789" max="11789" width="12.7109375" customWidth="1"/>
+    <col min="11790" max="11790" width="13.28515625" customWidth="1"/>
+    <col min="12036" max="12036" width="12.42578125" customWidth="1"/>
+    <col min="12037" max="12038" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12039" max="12039" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="12040" max="12042" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12043" max="12043" width="10.5703125" customWidth="1"/>
+    <col min="12044" max="12044" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12045" max="12045" width="12.7109375" customWidth="1"/>
+    <col min="12046" max="12046" width="13.28515625" customWidth="1"/>
+    <col min="12292" max="12292" width="12.42578125" customWidth="1"/>
+    <col min="12293" max="12294" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12295" max="12295" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="12296" max="12298" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12299" max="12299" width="10.5703125" customWidth="1"/>
+    <col min="12300" max="12300" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12301" max="12301" width="12.7109375" customWidth="1"/>
+    <col min="12302" max="12302" width="13.28515625" customWidth="1"/>
+    <col min="12548" max="12548" width="12.42578125" customWidth="1"/>
+    <col min="12549" max="12550" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12551" max="12551" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="12552" max="12554" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12555" max="12555" width="10.5703125" customWidth="1"/>
+    <col min="12556" max="12556" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12557" max="12557" width="12.7109375" customWidth="1"/>
+    <col min="12558" max="12558" width="13.28515625" customWidth="1"/>
+    <col min="12804" max="12804" width="12.42578125" customWidth="1"/>
+    <col min="12805" max="12806" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12807" max="12807" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="12808" max="12810" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12811" max="12811" width="10.5703125" customWidth="1"/>
+    <col min="12812" max="12812" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="12813" max="12813" width="12.7109375" customWidth="1"/>
+    <col min="12814" max="12814" width="13.28515625" customWidth="1"/>
+    <col min="13060" max="13060" width="12.42578125" customWidth="1"/>
+    <col min="13061" max="13062" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13063" max="13063" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="13064" max="13066" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13067" max="13067" width="10.5703125" customWidth="1"/>
+    <col min="13068" max="13068" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13069" max="13069" width="12.7109375" customWidth="1"/>
+    <col min="13070" max="13070" width="13.28515625" customWidth="1"/>
+    <col min="13316" max="13316" width="12.42578125" customWidth="1"/>
+    <col min="13317" max="13318" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13319" max="13319" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="13320" max="13322" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13323" max="13323" width="10.5703125" customWidth="1"/>
+    <col min="13324" max="13324" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13325" max="13325" width="12.7109375" customWidth="1"/>
+    <col min="13326" max="13326" width="13.28515625" customWidth="1"/>
+    <col min="13572" max="13572" width="12.42578125" customWidth="1"/>
+    <col min="13573" max="13574" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13575" max="13575" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="13576" max="13578" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13579" max="13579" width="10.5703125" customWidth="1"/>
+    <col min="13580" max="13580" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13581" max="13581" width="12.7109375" customWidth="1"/>
+    <col min="13582" max="13582" width="13.28515625" customWidth="1"/>
+    <col min="13828" max="13828" width="12.42578125" customWidth="1"/>
+    <col min="13829" max="13830" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13831" max="13831" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="13832" max="13834" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13835" max="13835" width="10.5703125" customWidth="1"/>
+    <col min="13836" max="13836" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="13837" max="13837" width="12.7109375" customWidth="1"/>
+    <col min="13838" max="13838" width="13.28515625" customWidth="1"/>
+    <col min="14084" max="14084" width="12.42578125" customWidth="1"/>
+    <col min="14085" max="14086" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14087" max="14087" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="14088" max="14090" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14091" max="14091" width="10.5703125" customWidth="1"/>
+    <col min="14092" max="14092" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14093" max="14093" width="12.7109375" customWidth="1"/>
+    <col min="14094" max="14094" width="13.28515625" customWidth="1"/>
+    <col min="14340" max="14340" width="12.42578125" customWidth="1"/>
+    <col min="14341" max="14342" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14343" max="14343" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="14344" max="14346" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14347" max="14347" width="10.5703125" customWidth="1"/>
+    <col min="14348" max="14348" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14349" max="14349" width="12.7109375" customWidth="1"/>
+    <col min="14350" max="14350" width="13.28515625" customWidth="1"/>
+    <col min="14596" max="14596" width="12.42578125" customWidth="1"/>
+    <col min="14597" max="14598" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14599" max="14599" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="14600" max="14602" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14603" max="14603" width="10.5703125" customWidth="1"/>
+    <col min="14604" max="14604" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14605" max="14605" width="12.7109375" customWidth="1"/>
+    <col min="14606" max="14606" width="13.28515625" customWidth="1"/>
+    <col min="14852" max="14852" width="12.42578125" customWidth="1"/>
+    <col min="14853" max="14854" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14855" max="14855" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="14856" max="14858" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14859" max="14859" width="10.5703125" customWidth="1"/>
+    <col min="14860" max="14860" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14861" max="14861" width="12.7109375" customWidth="1"/>
+    <col min="14862" max="14862" width="13.28515625" customWidth="1"/>
+    <col min="15108" max="15108" width="12.42578125" customWidth="1"/>
+    <col min="15109" max="15110" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15111" max="15111" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="15112" max="15114" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15115" max="15115" width="10.5703125" customWidth="1"/>
+    <col min="15116" max="15116" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15117" max="15117" width="12.7109375" customWidth="1"/>
+    <col min="15118" max="15118" width="13.28515625" customWidth="1"/>
+    <col min="15364" max="15364" width="12.42578125" customWidth="1"/>
+    <col min="15365" max="15366" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15367" max="15367" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="15368" max="15370" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15371" max="15371" width="10.5703125" customWidth="1"/>
+    <col min="15372" max="15372" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15373" max="15373" width="12.7109375" customWidth="1"/>
+    <col min="15374" max="15374" width="13.28515625" customWidth="1"/>
+    <col min="15620" max="15620" width="12.42578125" customWidth="1"/>
+    <col min="15621" max="15622" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15623" max="15623" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="15624" max="15626" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15627" max="15627" width="10.5703125" customWidth="1"/>
+    <col min="15628" max="15628" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15629" max="15629" width="12.7109375" customWidth="1"/>
+    <col min="15630" max="15630" width="13.28515625" customWidth="1"/>
+    <col min="15876" max="15876" width="12.42578125" customWidth="1"/>
+    <col min="15877" max="15878" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15879" max="15879" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="15880" max="15882" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15883" max="15883" width="10.5703125" customWidth="1"/>
+    <col min="15884" max="15884" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="15885" max="15885" width="12.7109375" customWidth="1"/>
+    <col min="15886" max="15886" width="13.28515625" customWidth="1"/>
+    <col min="16132" max="16132" width="12.42578125" customWidth="1"/>
+    <col min="16133" max="16134" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="16135" max="16135" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="16136" max="16138" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="16139" max="16139" width="10.5703125" customWidth="1"/>
+    <col min="16140" max="16140" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="16141" max="16141" width="12.7109375" customWidth="1"/>
+    <col min="16142" max="16142" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="2" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="3" spans="3:15" x14ac:dyDescent="0.25">
       <c r="E3" t="s">
         <v>1</v>
       </c>
       <c r="F3" t="s">
         <v>2</v>
       </c>
       <c r="G3" t="s">
         <v>3</v>
       </c>
       <c r="H3" t="s">
         <v>4</v>
       </c>
       <c r="I3" t="s">
         <v>5</v>
       </c>
       <c r="J3" t="s">
         <v>6</v>
       </c>
       <c r="K3" t="s">
         <v>7</v>
       </c>
       <c r="L3" t="s">
         <v>8</v>
       </c>
       <c r="M3" t="s">
         <v>9</v>
       </c>
       <c r="N3" t="s">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="4" spans="3:15" x14ac:dyDescent="0.25">
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4" t="s">
         <v>17</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
       <c r="L4" t="s">
         <v>19</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>21</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="5" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C5" s="1">
         <v>1990</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="2">
         <v>2.5562</v>
       </c>
       <c r="F5" s="2">
         <v>4.2159000000000004</v>
       </c>
       <c r="G5" s="2">
         <v>1.762E-2</v>
       </c>
       <c r="H5" s="2">
         <v>1.6838</v>
       </c>
       <c r="I5" s="2">
         <v>0.41439999999999999</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="6" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="6" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="2">
         <v>2.5451999999999999</v>
       </c>
       <c r="F6" s="2">
         <v>4.3140999999999998</v>
       </c>
       <c r="G6" s="2">
         <v>1.7489999999999999E-2</v>
       </c>
       <c r="H6" s="2">
         <v>1.71</v>
       </c>
       <c r="I6" s="2">
         <v>0.41610000000000003</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="7" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2">
         <v>2.613</v>
       </c>
       <c r="F7" s="2">
         <v>4.2462999999999997</v>
       </c>
       <c r="G7" s="2">
         <v>1.7059999999999999E-2</v>
       </c>
       <c r="H7" s="2">
         <v>1.7285999999999999</v>
       </c>
       <c r="I7" s="2">
         <v>0.42580000000000001</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="8" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="8" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
         <v>2.6553</v>
       </c>
       <c r="F8" s="2">
         <v>4.3459000000000003</v>
       </c>
       <c r="G8" s="2">
         <v>1.6750000000000001E-2</v>
       </c>
       <c r="H8" s="2">
         <v>1.7864</v>
       </c>
       <c r="I8" s="2">
         <v>0.43459999999999999</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="9" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="9" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2">
         <v>2.6448</v>
       </c>
       <c r="F9" s="2">
         <v>4.4345999999999997</v>
       </c>
       <c r="G9" s="2">
         <v>1.7180000000000001E-2</v>
       </c>
       <c r="H9" s="2">
         <v>1.8632</v>
       </c>
       <c r="I9" s="2">
         <v>0.43759999999999999</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="10" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="10" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="2">
         <v>2.6644999999999999</v>
       </c>
       <c r="F10" s="2">
         <v>4.5475000000000003</v>
       </c>
       <c r="G10" s="2">
         <v>1.7330000000000002E-2</v>
       </c>
       <c r="H10" s="2">
         <v>1.8692</v>
       </c>
       <c r="I10" s="2">
         <v>0.4375</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="11" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="2">
         <v>2.6295000000000002</v>
       </c>
       <c r="F11" s="2">
         <v>4.7483000000000004</v>
       </c>
       <c r="G11" s="2">
         <v>1.7639999999999999E-2</v>
       </c>
       <c r="H11" s="2">
         <v>1.8872</v>
       </c>
       <c r="I11" s="2">
         <v>0.44180000000000003</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="12" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="12" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="2">
         <v>2.5733000000000001</v>
       </c>
       <c r="F12" s="2">
         <v>4.8924000000000003</v>
       </c>
       <c r="G12" s="2">
         <v>1.746E-2</v>
       </c>
       <c r="H12" s="2">
         <v>1.9665999999999999</v>
       </c>
       <c r="I12" s="2">
         <v>0.44469999999999998</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="13" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="13" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="2">
         <v>2.57</v>
       </c>
       <c r="F13" s="2">
         <v>4.8356000000000003</v>
       </c>
       <c r="G13" s="2">
         <v>1.8509999999999999E-2</v>
       </c>
       <c r="H13" s="2">
         <v>1.9684999999999999</v>
       </c>
       <c r="I13" s="2">
         <v>0.44590000000000002</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="14" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="14" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="2">
         <v>2.5445000000000002</v>
       </c>
       <c r="F14" s="2">
         <v>4.9455999999999998</v>
       </c>
       <c r="G14" s="2">
         <v>1.9619999999999999E-2</v>
       </c>
       <c r="H14" s="2">
         <v>1.9861</v>
       </c>
       <c r="I14" s="2">
         <v>0.4506</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="15" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="15" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="2">
         <v>2.524</v>
       </c>
       <c r="F15" s="2">
         <v>4.9554</v>
       </c>
       <c r="G15" s="2">
         <v>1.958E-2</v>
       </c>
       <c r="H15" s="2">
         <v>2.0101</v>
       </c>
       <c r="I15" s="2">
         <v>0.45419999999999999</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="16" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="16" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="2">
         <v>2.5316000000000001</v>
       </c>
       <c r="F16" s="2">
         <v>4.8803999999999998</v>
       </c>
       <c r="G16" s="2">
         <v>1.8970000000000001E-2</v>
       </c>
       <c r="H16" s="2">
         <v>1.9833000000000001</v>
       </c>
       <c r="I16" s="2">
         <v>0.4511</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="17" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="17" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C17" s="1">
         <v>1991</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
         <v>2.5628000000000002</v>
       </c>
       <c r="F17" s="2">
         <v>4.9528999999999996</v>
       </c>
       <c r="G17" s="2">
         <v>1.916E-2</v>
       </c>
       <c r="H17" s="2">
         <v>2.0160999999999998</v>
       </c>
       <c r="I17" s="2">
         <v>0.4546</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="18" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="18" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C18" s="1"/>
       <c r="D18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
         <v>2.5387</v>
       </c>
       <c r="F18" s="2">
         <v>4.9950000000000001</v>
       </c>
       <c r="G18" s="2">
         <v>1.949E-2</v>
       </c>
       <c r="H18" s="2">
         <v>2.0076000000000001</v>
       </c>
       <c r="I18" s="2">
         <v>0.45889999999999997</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="19" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="19" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C19" s="1"/>
       <c r="D19" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="2">
         <v>2.6476000000000002</v>
       </c>
       <c r="F19" s="2">
         <v>4.8520000000000003</v>
       </c>
       <c r="G19" s="2">
         <v>1.934E-2</v>
       </c>
       <c r="H19" s="2">
         <v>1.9168000000000001</v>
       </c>
       <c r="I19" s="2">
         <v>0.4511</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="20" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="20" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C20" s="1"/>
       <c r="D20" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="2">
         <v>2.7404999999999999</v>
       </c>
       <c r="F20" s="2">
         <v>4.7961999999999998</v>
       </c>
       <c r="G20" s="2">
         <v>0.02</v>
       </c>
       <c r="H20" s="2">
         <v>1.9044000000000001</v>
       </c>
       <c r="I20" s="2">
         <v>0.4486</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="21" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="21" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C21" s="1"/>
       <c r="D21" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="2">
         <v>2.7949000000000002</v>
       </c>
       <c r="F21" s="2">
         <v>4.8285999999999998</v>
       </c>
       <c r="G21" s="2">
         <v>2.0240000000000001E-2</v>
       </c>
       <c r="H21" s="2">
         <v>1.9234</v>
       </c>
       <c r="I21" s="2">
         <v>0.45479999999999998</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="22" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="22" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C22" s="1"/>
       <c r="D22" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="2">
         <v>2.8645</v>
       </c>
       <c r="F22" s="2">
         <v>4.7281000000000004</v>
       </c>
       <c r="G22" s="2">
         <v>2.0490000000000001E-2</v>
       </c>
       <c r="H22" s="2">
         <v>1.8734</v>
       </c>
       <c r="I22" s="2">
         <v>0.44679999999999997</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="23" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="23" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C23" s="1"/>
       <c r="D23" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E23" s="2">
         <v>2.8809999999999998</v>
       </c>
       <c r="F23" s="2">
         <v>4.7393000000000001</v>
       </c>
       <c r="G23" s="2">
         <v>2.0879999999999999E-2</v>
       </c>
       <c r="H23" s="2">
         <v>1.857</v>
       </c>
       <c r="I23" s="2">
         <v>0.44490000000000002</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="24" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="24" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C24" s="1"/>
       <c r="D24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="2">
         <v>2.8711000000000002</v>
       </c>
       <c r="F24" s="2">
         <v>4.8308999999999997</v>
       </c>
       <c r="G24" s="2">
         <v>2.0979999999999999E-2</v>
       </c>
       <c r="H24" s="2">
         <v>1.8875</v>
       </c>
       <c r="I24" s="2">
         <v>0.45300000000000001</v>
       </c>
       <c r="J24" s="2">
         <v>1.4021999999999999</v>
       </c>
       <c r="K24" s="2">
         <v>3.8365</v>
       </c>
       <c r="L24" s="2">
         <v>3.3818999999999999</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="25" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="25" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C25" s="1"/>
       <c r="D25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="2">
         <v>2.8361000000000001</v>
       </c>
       <c r="F25" s="2">
         <v>4.8875999999999999</v>
       </c>
       <c r="G25" s="2">
         <v>2.1080000000000002E-2</v>
       </c>
       <c r="H25" s="2">
         <v>1.911</v>
       </c>
       <c r="I25" s="2">
         <v>0.4587</v>
       </c>
       <c r="J25" s="2">
         <v>1.3924000000000001</v>
       </c>
       <c r="K25" s="2">
         <v>3.8384999999999998</v>
       </c>
       <c r="L25" s="2">
         <v>3.4255</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="26" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="26" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C26" s="1"/>
       <c r="D26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="2">
         <v>2.8304999999999998</v>
       </c>
       <c r="F26" s="2">
         <v>4.8757000000000001</v>
       </c>
       <c r="G26" s="2">
         <v>2.1649999999999999E-2</v>
       </c>
       <c r="H26" s="2">
         <v>1.915</v>
       </c>
       <c r="I26" s="2">
         <v>0.45960000000000001</v>
       </c>
       <c r="J26" s="2">
         <v>1.3253999999999999</v>
       </c>
       <c r="K26" s="2">
         <v>3.8553999999999999</v>
       </c>
       <c r="L26" s="2">
         <v>3.4289000000000001</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="27" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="27" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C27" s="1"/>
       <c r="D27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="2">
         <v>2.7949000000000002</v>
       </c>
       <c r="F27" s="2">
         <v>4.9676999999999998</v>
       </c>
       <c r="G27" s="2">
         <v>2.1559999999999999E-2</v>
       </c>
       <c r="H27" s="2">
         <v>1.9455</v>
       </c>
       <c r="I27" s="2">
         <v>0.47089999999999999</v>
       </c>
       <c r="J27" s="2">
         <v>1.3268</v>
       </c>
       <c r="K27" s="2">
         <v>3.8717999999999999</v>
       </c>
       <c r="L27" s="2">
         <v>3.5135999999999998</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="28" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="28" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C28" s="1"/>
       <c r="D28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E28" s="2">
         <v>2.7677999999999998</v>
       </c>
       <c r="F28" s="2">
         <v>5.0453999999999999</v>
       </c>
       <c r="G28" s="2">
         <v>2.1600000000000001E-2</v>
       </c>
       <c r="H28" s="2">
         <v>1.9947999999999999</v>
       </c>
       <c r="I28" s="2">
         <v>0.48180000000000001</v>
       </c>
       <c r="J28" s="2">
         <v>1.3278000000000001</v>
       </c>
       <c r="K28" s="2">
         <v>3.8931</v>
       </c>
       <c r="L28" s="2">
         <v>3.5922000000000001</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="29" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="29" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C29" s="1">
         <v>1992</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="2">
         <v>2.7793000000000001</v>
       </c>
       <c r="F29" s="2">
         <v>5.0377999999999998</v>
       </c>
       <c r="G29" s="2">
         <v>2.223E-2</v>
       </c>
       <c r="H29" s="2">
         <v>1.9853000000000001</v>
       </c>
       <c r="I29" s="2">
         <v>0.4854</v>
       </c>
       <c r="J29" s="2">
         <v>1.3282</v>
       </c>
       <c r="K29" s="2">
         <v>3.9192</v>
       </c>
       <c r="L29" s="2">
         <v>3.5933000000000002</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="30" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="30" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C30" s="1"/>
       <c r="D30" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E30" s="2">
         <v>2.8153000000000001</v>
       </c>
       <c r="F30" s="2">
         <v>5.01</v>
       </c>
       <c r="G30" s="2">
         <v>2.2100000000000002E-2</v>
       </c>
       <c r="H30" s="2">
         <v>1.9372</v>
       </c>
       <c r="I30" s="2">
         <v>0.48</v>
       </c>
       <c r="J30" s="2">
         <v>1.331</v>
       </c>
       <c r="K30" s="2">
         <v>3.9177</v>
       </c>
       <c r="L30" s="2">
         <v>3.5613000000000001</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="31" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="31" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C31" s="1"/>
       <c r="D31" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="2">
         <v>2.8809999999999998</v>
       </c>
       <c r="F31" s="2">
         <v>4.9676999999999998</v>
       </c>
       <c r="G31" s="2">
         <v>2.1700000000000001E-2</v>
       </c>
       <c r="H31" s="2">
         <v>1.9101999999999999</v>
       </c>
       <c r="I31" s="2">
         <v>0.47849999999999998</v>
       </c>
       <c r="J31" s="2">
         <v>1.333</v>
       </c>
       <c r="K31" s="2">
         <v>3.9354</v>
       </c>
       <c r="L31" s="2">
         <v>3.5470999999999999</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="32" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="32" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C32" s="1"/>
       <c r="D32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E32" s="2">
         <v>2.8784999999999998</v>
       </c>
       <c r="F32" s="2">
         <v>5.0530999999999997</v>
       </c>
       <c r="G32" s="2">
         <v>2.154E-2</v>
       </c>
       <c r="H32" s="2">
         <v>1.8956999999999999</v>
       </c>
       <c r="I32" s="2">
         <v>0.48230000000000001</v>
       </c>
       <c r="J32" s="2">
         <v>1.3360000000000001</v>
       </c>
       <c r="K32" s="2">
         <v>3.9460999999999999</v>
       </c>
       <c r="L32" s="2">
         <v>3.5741999999999998</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="33" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C33" s="1"/>
       <c r="D33" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E33" s="2">
         <v>2.8473999999999999</v>
       </c>
       <c r="F33" s="2">
         <v>5.1573000000000002</v>
       </c>
       <c r="G33" s="2">
         <v>2.1870000000000001E-2</v>
       </c>
       <c r="H33" s="2">
         <v>1.9106000000000001</v>
       </c>
       <c r="I33" s="2">
         <v>0.4874</v>
       </c>
       <c r="J33" s="2">
         <v>1.3365</v>
       </c>
       <c r="K33" s="2">
         <v>3.9538000000000002</v>
       </c>
       <c r="L33" s="2">
         <v>3.6095000000000002</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="34" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C34" s="1"/>
       <c r="D34" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E34" s="2">
         <v>2.8098000000000001</v>
       </c>
       <c r="F34" s="2">
         <v>5.2028999999999996</v>
       </c>
       <c r="G34" s="2">
         <v>2.215E-2</v>
       </c>
       <c r="H34" s="2">
         <v>1.9670000000000001</v>
       </c>
       <c r="I34" s="2">
         <v>0.49330000000000002</v>
       </c>
       <c r="J34" s="2">
         <v>1.3361000000000001</v>
       </c>
       <c r="K34" s="2">
         <v>3.9643999999999999</v>
       </c>
       <c r="L34" s="2">
         <v>3.6551</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="35" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C35" s="1"/>
       <c r="D35" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="2">
         <v>2.7532999999999999</v>
       </c>
       <c r="F35" s="2">
         <v>5.2854000000000001</v>
       </c>
       <c r="G35" s="2">
         <v>2.1909999999999999E-2</v>
       </c>
       <c r="H35" s="2">
         <v>2.0613999999999999</v>
       </c>
       <c r="I35" s="2">
         <v>0.50960000000000005</v>
       </c>
       <c r="J35" s="2">
         <v>1.3403</v>
       </c>
       <c r="K35" s="2">
         <v>3.9777</v>
       </c>
       <c r="L35" s="2">
         <v>3.7692999999999999</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="36" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C36" s="1"/>
       <c r="D36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E36" s="2">
         <v>2.7631999999999999</v>
       </c>
       <c r="F36" s="2">
         <v>5.3590999999999998</v>
       </c>
       <c r="G36" s="2">
         <v>2.1870000000000001E-2</v>
       </c>
       <c r="H36" s="2">
         <v>2.1254</v>
       </c>
       <c r="I36" s="2">
         <v>0.52270000000000005</v>
       </c>
       <c r="J36" s="2">
         <v>1.3431</v>
       </c>
       <c r="K36" s="2">
         <v>4.0244</v>
       </c>
       <c r="L36" s="2">
         <v>3.8690000000000002</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="37" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C37" s="1"/>
       <c r="D37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E37" s="2">
         <v>2.798</v>
       </c>
       <c r="F37" s="2">
         <v>5.1760000000000002</v>
       </c>
       <c r="G37" s="2">
         <v>2.2800000000000001E-2</v>
       </c>
       <c r="H37" s="2">
         <v>2.1890999999999998</v>
       </c>
       <c r="I37" s="2">
         <v>0.52159999999999995</v>
       </c>
       <c r="J37" s="2">
         <v>1.3460000000000001</v>
       </c>
       <c r="K37" s="2">
         <v>4.0815999999999999</v>
       </c>
       <c r="L37" s="2">
         <v>3.8441000000000001</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="38" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C38" s="1"/>
       <c r="D38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E38" s="2">
         <v>2.8835000000000002</v>
       </c>
       <c r="F38" s="2">
         <v>4.7915999999999999</v>
       </c>
       <c r="G38" s="2">
         <v>2.3810000000000001E-2</v>
       </c>
       <c r="H38" s="2">
         <v>2.1959</v>
       </c>
       <c r="I38" s="2">
         <v>0.51719999999999999</v>
       </c>
       <c r="J38" s="2">
         <v>1.3556999999999999</v>
       </c>
       <c r="K38" s="2">
         <v>4.1418999999999997</v>
       </c>
       <c r="L38" s="2">
         <v>3.8092999999999999</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="39" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C39" s="1"/>
       <c r="D39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E39" s="2">
         <v>2.9958</v>
       </c>
       <c r="F39" s="2">
         <v>4.5766999999999998</v>
       </c>
       <c r="G39" s="2">
         <v>2.419E-2</v>
       </c>
       <c r="H39" s="2">
         <v>2.0991</v>
       </c>
       <c r="I39" s="2">
         <v>0.48270000000000002</v>
       </c>
       <c r="J39" s="2">
         <v>1.3581000000000001</v>
       </c>
       <c r="K39" s="2">
         <v>4.1555999999999997</v>
       </c>
       <c r="L39" s="2">
         <v>3.7090000000000001</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="40" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C40" s="1"/>
       <c r="D40" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E40" s="2">
         <v>3.0139</v>
       </c>
       <c r="F40" s="2">
         <v>4.6729000000000003</v>
       </c>
       <c r="G40" s="2">
         <v>2.4309999999999998E-2</v>
       </c>
       <c r="H40" s="2">
         <v>2.1185999999999998</v>
       </c>
       <c r="I40" s="2">
         <v>0.43780000000000002</v>
       </c>
       <c r="J40" s="2">
         <v>1.3611</v>
       </c>
       <c r="K40" s="2">
         <v>4.1839000000000004</v>
       </c>
       <c r="L40" s="2">
         <v>3.7292000000000001</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="41" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C41" s="1">
         <v>1993</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E41" s="2">
         <v>3.0684</v>
       </c>
       <c r="F41" s="2">
         <v>4.7148000000000003</v>
       </c>
       <c r="G41" s="2">
         <v>2.4539999999999999E-2</v>
       </c>
       <c r="H41" s="2">
         <v>2.0773000000000001</v>
       </c>
       <c r="I41" s="2">
         <v>0.42430000000000001</v>
       </c>
       <c r="J41" s="2">
         <v>1.3581000000000001</v>
       </c>
       <c r="K41" s="2">
         <v>4.2257999999999996</v>
       </c>
       <c r="L41" s="2">
         <v>3.7223000000000002</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="42" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C42" s="1"/>
       <c r="D42" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E42" s="2">
         <v>3.1200999999999999</v>
       </c>
       <c r="F42" s="2">
         <v>4.4943999999999997</v>
       </c>
       <c r="G42" s="2">
         <v>2.5780000000000001E-2</v>
       </c>
       <c r="H42" s="2">
         <v>2.0547</v>
       </c>
       <c r="I42" s="2">
         <v>0.41420000000000001</v>
       </c>
       <c r="J42" s="2">
         <v>1.3564000000000001</v>
       </c>
       <c r="K42" s="2">
         <v>4.2831999999999999</v>
       </c>
       <c r="L42" s="2">
         <v>3.6947000000000001</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C43" s="1"/>
       <c r="D43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="2">
         <v>3.1785999999999999</v>
       </c>
       <c r="F43" s="2">
         <v>4.6382000000000003</v>
       </c>
       <c r="G43" s="2">
         <v>2.716E-2</v>
       </c>
       <c r="H43" s="2">
         <v>2.089</v>
       </c>
       <c r="I43" s="2">
         <v>0.41070000000000001</v>
       </c>
       <c r="J43" s="2">
         <v>1.3613</v>
       </c>
       <c r="K43" s="2">
         <v>4.3872</v>
       </c>
       <c r="L43" s="2">
         <v>3.7414999999999998</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="44" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C44" s="1"/>
       <c r="D44" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="2">
         <v>3.1676000000000002</v>
       </c>
       <c r="F44" s="2">
         <v>4.8986000000000001</v>
       </c>
       <c r="G44" s="2">
         <v>2.8230000000000002E-2</v>
       </c>
       <c r="H44" s="2">
         <v>2.1726000000000001</v>
       </c>
       <c r="I44" s="2">
         <v>0.4264</v>
       </c>
       <c r="J44" s="2">
         <v>1.3606</v>
       </c>
       <c r="K44" s="2">
         <v>4.4713000000000003</v>
       </c>
       <c r="L44" s="2">
         <v>3.8692000000000002</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="45" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C45" s="1"/>
       <c r="D45" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="2">
         <v>3.1756000000000002</v>
       </c>
       <c r="F45" s="2">
         <v>4.9244000000000003</v>
       </c>
       <c r="G45" s="2">
         <v>2.8760000000000001E-2</v>
       </c>
       <c r="H45" s="2">
         <v>2.1937000000000002</v>
       </c>
       <c r="I45" s="2">
         <v>0.43340000000000001</v>
       </c>
       <c r="J45" s="2">
         <v>1.3585</v>
       </c>
       <c r="K45" s="2">
         <v>4.4973000000000001</v>
       </c>
       <c r="L45" s="2">
         <v>3.8693</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="46" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C46" s="1"/>
       <c r="D46" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E46" s="2">
         <v>3.2338</v>
       </c>
       <c r="F46" s="2">
         <v>4.8871000000000002</v>
       </c>
       <c r="G46" s="2">
         <v>3.1399999999999997E-2</v>
       </c>
       <c r="H46" s="2">
         <v>2.1962000000000002</v>
       </c>
       <c r="I46" s="2">
         <v>0.43569999999999998</v>
       </c>
       <c r="J46" s="2">
         <v>1.3594999999999999</v>
       </c>
       <c r="K46" s="2">
         <v>4.5625999999999998</v>
       </c>
       <c r="L46" s="2">
         <v>3.8330000000000002</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="47" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C47" s="1"/>
       <c r="D47" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E47" s="2">
         <v>3.3500999999999999</v>
       </c>
       <c r="F47" s="2">
         <v>5.0096999999999996</v>
       </c>
       <c r="G47" s="2">
         <v>3.107E-2</v>
       </c>
       <c r="H47" s="2">
         <v>2.2101000000000002</v>
       </c>
       <c r="I47" s="2">
         <v>0.4219</v>
       </c>
       <c r="J47" s="2">
         <v>1.3612</v>
       </c>
       <c r="K47" s="2">
         <v>4.6562999999999999</v>
       </c>
       <c r="L47" s="2">
         <v>3.8077000000000001</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="48" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C48" s="1"/>
       <c r="D48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E48" s="2">
         <v>3.3645999999999998</v>
       </c>
       <c r="F48" s="2">
         <v>5.0338000000000003</v>
       </c>
       <c r="G48" s="2">
         <v>3.2439999999999997E-2</v>
       </c>
       <c r="H48" s="2">
         <v>2.2465999999999999</v>
       </c>
       <c r="I48" s="2">
         <v>0.41839999999999999</v>
       </c>
       <c r="J48" s="2">
         <v>1.3613999999999999</v>
       </c>
       <c r="K48" s="2">
         <v>4.7163000000000004</v>
       </c>
       <c r="L48" s="2">
         <v>3.7812000000000001</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C49" s="1"/>
       <c r="D49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E49" s="2">
         <v>3.4072</v>
       </c>
       <c r="F49" s="2">
         <v>5.1943999999999999</v>
       </c>
       <c r="G49" s="2">
         <v>3.2340000000000001E-2</v>
       </c>
       <c r="H49" s="2">
         <v>2.4007999999999998</v>
       </c>
       <c r="I49" s="2">
         <v>0.42499999999999999</v>
       </c>
       <c r="J49" s="2">
         <v>1.3627</v>
       </c>
       <c r="K49" s="2">
         <v>4.8304</v>
       </c>
       <c r="L49" s="2">
         <v>3.9889999999999999</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="50" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C50" s="1"/>
       <c r="D50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E50" s="2">
         <v>3.3950999999999998</v>
       </c>
       <c r="F50" s="2">
         <v>5.1070000000000002</v>
       </c>
       <c r="G50" s="2">
         <v>3.1759999999999997E-2</v>
       </c>
       <c r="H50" s="2">
         <v>2.3580999999999999</v>
       </c>
       <c r="I50" s="2">
         <v>0.42349999999999999</v>
       </c>
       <c r="J50" s="2">
         <v>1.3469</v>
       </c>
       <c r="K50" s="2">
         <v>4.7702</v>
       </c>
       <c r="L50" s="2">
         <v>3.9369000000000001</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="51" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C51" s="1"/>
       <c r="D51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E51" s="2">
         <v>3.3641999999999999</v>
       </c>
       <c r="F51" s="2">
         <v>4.9851000000000001</v>
       </c>
       <c r="G51" s="2">
         <v>3.1199999999999999E-2</v>
       </c>
       <c r="H51" s="2">
         <v>2.2479</v>
       </c>
       <c r="I51" s="2">
         <v>0.40739999999999998</v>
       </c>
       <c r="J51" s="2">
         <v>1.3312999999999999</v>
       </c>
       <c r="K51" s="2">
         <v>4.6742999999999997</v>
       </c>
       <c r="L51" s="2">
         <v>3.7978999999999998</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="52" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C52" s="1"/>
       <c r="D52" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E52" s="2">
         <v>3.375</v>
       </c>
       <c r="F52" s="2">
         <v>5.0330000000000004</v>
       </c>
       <c r="G52" s="2">
         <v>3.0720000000000001E-2</v>
       </c>
       <c r="H52" s="2">
         <v>2.3046000000000002</v>
       </c>
       <c r="I52" s="2">
         <v>0.40429999999999999</v>
       </c>
       <c r="J52" s="2">
         <v>1.3261000000000001</v>
       </c>
       <c r="K52" s="2">
         <v>4.6734999999999998</v>
       </c>
       <c r="L52" s="2">
         <v>3.8100999999999998</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="53" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C53" s="1">
         <v>1994</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E53" s="2">
         <v>3.4093</v>
       </c>
       <c r="F53" s="2">
         <v>5.0869999999999997</v>
       </c>
       <c r="G53" s="2">
         <v>3.5799999999999998E-2</v>
       </c>
       <c r="H53" s="2">
         <v>2.3167</v>
       </c>
       <c r="I53" s="2">
         <v>0.41909999999999997</v>
       </c>
       <c r="J53" s="2">
         <v>1.3171999999999999</v>
       </c>
       <c r="K53" s="2">
         <v>4.6832000000000003</v>
       </c>
       <c r="L53" s="2">
         <v>3.7972000000000001</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="54" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C54" s="1"/>
       <c r="D54" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E54" s="2">
         <v>3.4502999999999999</v>
       </c>
       <c r="F54" s="2">
         <v>5.1055999999999999</v>
       </c>
       <c r="G54" s="2">
         <v>3.2460000000000003E-2</v>
       </c>
       <c r="H54" s="2">
         <v>2.3662999999999998</v>
       </c>
       <c r="I54" s="2">
         <v>0.4325</v>
       </c>
       <c r="J54" s="2">
         <v>1.3295999999999999</v>
       </c>
       <c r="K54" s="2">
         <v>4.7858999999999998</v>
       </c>
       <c r="L54" s="2">
         <v>3.8546</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="55" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C55" s="1"/>
       <c r="D55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="2">
         <v>3.4535</v>
       </c>
       <c r="F55" s="2">
         <v>5.1497000000000002</v>
       </c>
       <c r="G55" s="2">
         <v>3.2849999999999997E-2</v>
       </c>
       <c r="H55" s="2">
         <v>2.4131999999999998</v>
       </c>
       <c r="I55" s="2">
         <v>0.43630000000000002</v>
       </c>
       <c r="J55" s="2">
         <v>1.3334999999999999</v>
       </c>
       <c r="K55" s="2">
         <v>4.8407999999999998</v>
       </c>
       <c r="L55" s="2">
         <v>3.9365000000000001</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="56" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C56" s="1"/>
       <c r="D56" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E56" s="2">
         <v>3.5851999999999999</v>
       </c>
       <c r="F56" s="2">
         <v>5.306</v>
       </c>
       <c r="G56" s="2">
         <v>3.465E-2</v>
       </c>
       <c r="H56" s="2">
         <v>2.4906999999999999</v>
       </c>
       <c r="I56" s="2">
         <v>0.45450000000000002</v>
       </c>
       <c r="J56" s="2">
         <v>1.3511</v>
       </c>
       <c r="K56" s="2">
         <v>5.0392000000000001</v>
       </c>
       <c r="L56" s="2">
         <v>4.0755999999999997</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="57" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C57" s="1"/>
       <c r="D57" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E57" s="2">
         <v>3.6254</v>
       </c>
       <c r="F57" s="2">
         <v>5.4550000000000001</v>
       </c>
       <c r="G57" s="2">
         <v>3.4979999999999997E-2</v>
       </c>
       <c r="H57" s="2">
         <v>2.5651000000000002</v>
       </c>
       <c r="I57" s="2">
         <v>0.47010000000000002</v>
       </c>
       <c r="J57" s="2">
         <v>1.3536999999999999</v>
       </c>
       <c r="K57" s="2">
         <v>5.1353</v>
       </c>
       <c r="L57" s="2">
         <v>4.2135999999999996</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="58" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C58" s="1"/>
       <c r="D58" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E58" s="2">
         <v>3.6253000000000002</v>
       </c>
       <c r="F58" s="2">
         <v>5.5285000000000002</v>
       </c>
       <c r="G58" s="2">
         <v>3.5310000000000001E-2</v>
       </c>
       <c r="H58" s="2">
         <v>2.6343999999999999</v>
       </c>
       <c r="I58" s="2">
         <v>0.46450000000000002</v>
       </c>
       <c r="J58" s="2">
         <v>1.3310999999999999</v>
       </c>
       <c r="K58" s="2">
         <v>5.1759000000000004</v>
       </c>
       <c r="L58" s="2">
         <v>4.2774000000000001</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="59" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C59" s="1"/>
       <c r="D59" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E59" s="2">
         <v>3.6682000000000001</v>
       </c>
       <c r="F59" s="2">
         <v>5.6675000000000004</v>
       </c>
       <c r="G59" s="2">
         <v>3.7220000000000003E-2</v>
       </c>
       <c r="H59" s="2">
         <v>2.7679</v>
       </c>
       <c r="I59" s="2">
         <v>0.47260000000000002</v>
       </c>
       <c r="J59" s="2">
         <v>1.3240000000000001</v>
       </c>
       <c r="K59" s="2">
         <v>5.3436000000000003</v>
       </c>
       <c r="L59" s="2">
         <v>4.4622999999999999</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="60" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C60" s="1"/>
       <c r="D60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="2">
         <v>3.5994000000000002</v>
       </c>
       <c r="F60" s="2">
         <v>5.5534999999999997</v>
       </c>
       <c r="G60" s="2">
         <v>3.6060000000000002E-2</v>
       </c>
       <c r="H60" s="2">
         <v>2.7305999999999999</v>
       </c>
       <c r="I60" s="2">
         <v>0.46489999999999998</v>
       </c>
       <c r="J60" s="2">
         <v>1.3103</v>
       </c>
       <c r="K60" s="2">
         <v>5.24</v>
       </c>
       <c r="L60" s="2">
         <v>4.3853</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="61" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C61" s="1"/>
       <c r="D61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E61" s="2">
         <v>3.5564</v>
       </c>
       <c r="F61" s="2">
         <v>5.5582000000000003</v>
       </c>
       <c r="G61" s="2">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="H61" s="2">
         <v>2.7517999999999998</v>
       </c>
       <c r="I61" s="2">
         <v>0.4718</v>
       </c>
       <c r="J61" s="2">
         <v>1.3093999999999999</v>
       </c>
       <c r="K61" s="2">
         <v>5.2043999999999997</v>
       </c>
       <c r="L61" s="2">
         <v>4.3753000000000002</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="62" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C62" s="1"/>
       <c r="D62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E62" s="2">
         <v>3.5387</v>
       </c>
       <c r="F62" s="2">
         <v>5.6858000000000004</v>
       </c>
       <c r="G62" s="2">
         <v>3.5970000000000002E-2</v>
       </c>
       <c r="H62" s="2">
         <v>2.7993000000000001</v>
       </c>
       <c r="I62" s="2">
         <v>0.48780000000000001</v>
       </c>
       <c r="J62" s="2">
         <v>1.3087</v>
       </c>
       <c r="K62" s="2">
         <v>5.2314999999999996</v>
       </c>
       <c r="L62" s="2">
         <v>4.4428000000000001</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="63" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C63" s="1"/>
       <c r="D63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E63" s="2">
         <v>3.5240999999999998</v>
       </c>
       <c r="F63" s="2">
         <v>5.6055999999999999</v>
       </c>
       <c r="G63" s="2">
         <v>3.5970000000000002E-2</v>
       </c>
       <c r="H63" s="2">
         <v>2.7225999999999999</v>
       </c>
       <c r="I63" s="2">
         <v>0.49869999999999998</v>
       </c>
       <c r="J63" s="2">
         <v>1.3079000000000001</v>
       </c>
       <c r="K63" s="2">
         <v>5.1893000000000002</v>
       </c>
       <c r="L63" s="2">
         <v>4.3623000000000003</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="64" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C64" s="1"/>
       <c r="D64" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E64" s="2">
         <v>3.5600999999999998</v>
       </c>
       <c r="F64" s="2">
         <v>5.5462999999999996</v>
       </c>
       <c r="G64" s="2">
         <v>3.5549999999999998E-2</v>
       </c>
       <c r="H64" s="2">
         <v>2.6776</v>
       </c>
       <c r="I64" s="2">
         <v>0.4733</v>
       </c>
       <c r="J64" s="2">
         <v>1.3063</v>
       </c>
       <c r="K64" s="2">
         <v>5.1676000000000002</v>
       </c>
       <c r="L64" s="2">
         <v>4.3139000000000003</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="65" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C65" s="1">
         <v>1995</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E65" s="2">
         <v>3.5379999999999998</v>
       </c>
       <c r="F65" s="2">
         <v>5.5701999999999998</v>
       </c>
       <c r="G65" s="2">
         <v>3.5490000000000001E-2</v>
       </c>
       <c r="H65" s="2">
         <v>2.7483</v>
       </c>
       <c r="I65" s="2">
         <v>0.47360000000000002</v>
       </c>
       <c r="J65" s="2">
         <v>1.3066</v>
       </c>
       <c r="K65" s="2">
         <v>5.1863000000000001</v>
       </c>
       <c r="L65" s="2">
         <v>4.3761000000000001</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N65" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="66" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C66" s="1"/>
       <c r="D66" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E66" s="2">
         <v>3.5592999999999999</v>
       </c>
       <c r="F66" s="2">
         <v>5.5961999999999996</v>
       </c>
       <c r="G66" s="2">
         <v>3.6229999999999998E-2</v>
       </c>
       <c r="H66" s="2">
         <v>2.8003</v>
       </c>
       <c r="I66" s="2">
         <v>0.4819</v>
       </c>
       <c r="J66" s="2">
         <v>1.3143</v>
       </c>
       <c r="K66" s="2">
         <v>5.2632000000000003</v>
       </c>
       <c r="L66" s="2">
         <v>4.4542000000000002</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N66" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="67" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C67" s="1"/>
       <c r="D67" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E67" s="2">
         <v>3.5992000000000002</v>
       </c>
       <c r="F67" s="2">
         <v>5.6711999999999998</v>
       </c>
       <c r="G67" s="2">
         <v>3.9640000000000002E-2</v>
       </c>
       <c r="H67" s="2">
         <v>3.0693000000000001</v>
       </c>
       <c r="I67" s="2">
         <v>0.49519999999999997</v>
       </c>
       <c r="J67" s="2">
         <v>1.3234999999999999</v>
       </c>
       <c r="K67" s="2">
         <v>5.5263</v>
       </c>
       <c r="L67" s="2">
         <v>4.6867000000000001</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="68" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C68" s="1"/>
       <c r="D68" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E68" s="2">
         <v>3.6006</v>
       </c>
       <c r="F68" s="2">
         <v>5.7925000000000004</v>
       </c>
       <c r="G68" s="2">
         <v>4.3069999999999997E-2</v>
       </c>
       <c r="H68" s="2">
         <v>3.1735000000000002</v>
       </c>
       <c r="I68" s="2">
         <v>0.49020000000000002</v>
       </c>
       <c r="J68" s="2">
         <v>1.3231999999999999</v>
       </c>
       <c r="K68" s="2">
         <v>5.6798000000000002</v>
       </c>
       <c r="L68" s="2">
         <v>4.7851999999999997</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="69" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C69" s="1"/>
       <c r="D69" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E69" s="2">
         <v>3.6579999999999999</v>
       </c>
       <c r="F69" s="2">
         <v>5.8121</v>
       </c>
       <c r="G69" s="2">
         <v>4.301E-2</v>
       </c>
       <c r="H69" s="2">
         <v>3.1328</v>
       </c>
       <c r="I69" s="2">
         <v>0.50119999999999998</v>
       </c>
       <c r="J69" s="2">
         <v>1.3201000000000001</v>
       </c>
       <c r="K69" s="2">
         <v>5.6909999999999998</v>
       </c>
       <c r="L69" s="2">
         <v>4.7847999999999997</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="70" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C70" s="1"/>
       <c r="D70" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E70" s="2">
         <v>3.6619000000000002</v>
       </c>
       <c r="F70" s="2">
         <v>5.8385999999999996</v>
       </c>
       <c r="G70" s="2">
         <v>4.3319999999999997E-2</v>
       </c>
       <c r="H70" s="2">
         <v>3.1627999999999998</v>
       </c>
       <c r="I70" s="2">
         <v>0.50439999999999996</v>
       </c>
       <c r="J70" s="2">
         <v>1.3198000000000001</v>
       </c>
       <c r="K70" s="2">
         <v>5.7268999999999997</v>
       </c>
       <c r="L70" s="2">
         <v>4.8280000000000003</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="71" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C71" s="1"/>
       <c r="D71" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E71" s="2">
         <v>3.6406999999999998</v>
       </c>
       <c r="F71" s="2">
         <v>5.8064999999999998</v>
       </c>
       <c r="G71" s="2">
         <v>4.172E-2</v>
       </c>
       <c r="H71" s="2">
         <v>3.1484999999999999</v>
       </c>
       <c r="I71" s="2">
         <v>0.50700000000000001</v>
       </c>
       <c r="J71" s="2">
         <v>1.3151999999999999</v>
       </c>
       <c r="K71" s="2">
         <v>5.6688000000000001</v>
       </c>
       <c r="L71" s="2">
         <v>4.8517000000000001</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="72" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C72" s="1"/>
       <c r="D72" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E72" s="2">
         <v>3.6408</v>
       </c>
       <c r="F72" s="2">
         <v>5.7054999999999998</v>
       </c>
       <c r="G72" s="2">
         <v>3.8440000000000002E-2</v>
       </c>
       <c r="H72" s="2">
         <v>3.04</v>
       </c>
       <c r="I72" s="2">
         <v>0.50339999999999996</v>
       </c>
       <c r="J72" s="2">
         <v>1.3019000000000001</v>
       </c>
       <c r="K72" s="2">
         <v>5.5228999999999999</v>
       </c>
       <c r="L72" s="2">
         <v>4.7112999999999996</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="73" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C73" s="1"/>
       <c r="D73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E73" s="2">
         <v>3.6619999999999999</v>
       </c>
       <c r="F73" s="2">
         <v>5.7043999999999997</v>
       </c>
       <c r="G73" s="2">
         <v>3.6450000000000003E-2</v>
       </c>
       <c r="H73" s="2">
         <v>3.0731000000000002</v>
       </c>
       <c r="I73" s="2">
         <v>0.51249999999999996</v>
       </c>
       <c r="J73" s="2">
         <v>1.2956000000000001</v>
       </c>
       <c r="K73" s="2">
         <v>5.4326999999999996</v>
       </c>
       <c r="L73" s="2">
         <v>4.6718000000000002</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="74" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C74" s="1"/>
       <c r="D74" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E74" s="2">
         <v>3.6509</v>
       </c>
       <c r="F74" s="2">
         <v>5.7622</v>
       </c>
       <c r="G74" s="2">
         <v>3.6269999999999997E-2</v>
       </c>
       <c r="H74" s="2">
         <v>3.1873999999999998</v>
       </c>
       <c r="I74" s="2">
         <v>0.53400000000000003</v>
       </c>
       <c r="J74" s="2">
         <v>1.2995000000000001</v>
       </c>
       <c r="K74" s="2">
         <v>5.4710000000000001</v>
       </c>
       <c r="L74" s="2">
         <v>4.7407000000000004</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="75" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C75" s="1"/>
       <c r="D75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E75" s="2">
         <v>3.6475</v>
       </c>
       <c r="F75" s="2">
         <v>5.7018000000000004</v>
       </c>
       <c r="G75" s="2">
         <v>3.5790000000000002E-2</v>
       </c>
       <c r="H75" s="2">
         <v>3.1915</v>
       </c>
       <c r="I75" s="2">
         <v>0.55300000000000005</v>
       </c>
       <c r="J75" s="2">
         <v>1.2976000000000001</v>
       </c>
       <c r="K75" s="2">
         <v>5.4530000000000003</v>
       </c>
       <c r="L75" s="2">
         <v>4.7279</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="76" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C76" s="1"/>
       <c r="D76" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E76" s="2">
         <v>3.665</v>
       </c>
       <c r="F76" s="2">
         <v>5.6398999999999999</v>
       </c>
       <c r="G76" s="2">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="H76" s="2">
         <v>3.1473</v>
       </c>
       <c r="I76" s="2">
         <v>0.55300000000000005</v>
       </c>
       <c r="J76" s="2">
         <v>1.2970999999999999</v>
       </c>
       <c r="K76" s="2">
         <v>5.4416000000000002</v>
       </c>
       <c r="L76" s="2">
         <v>4.6753</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="77" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C77" s="1">
         <v>1996</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E77" s="2">
         <v>3.641</v>
       </c>
       <c r="F77" s="2">
         <v>5.5702000000000007</v>
       </c>
       <c r="G77" s="2">
         <v>3.449E-2</v>
       </c>
       <c r="H77" s="2">
         <v>3.0884999999999998</v>
       </c>
       <c r="I77" s="2">
         <v>0.54169999999999996</v>
       </c>
       <c r="J77" s="2">
         <v>1.2878000000000001</v>
       </c>
       <c r="K77" s="2">
         <v>5.3451000000000004</v>
       </c>
       <c r="L77" s="2">
         <v>4.5978000000000003</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="78" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C78" s="1"/>
       <c r="D78" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E78" s="2">
         <v>3.74</v>
       </c>
       <c r="F78" s="2">
         <v>5.7438000000000002</v>
       </c>
       <c r="G78" s="2">
         <v>3.5369999999999999E-2</v>
       </c>
       <c r="H78" s="2">
         <v>3.1272000000000002</v>
       </c>
       <c r="I78" s="2">
         <v>0.54330000000000001</v>
       </c>
       <c r="J78" s="2">
         <v>1.2938000000000001</v>
       </c>
       <c r="K78" s="2">
         <v>5.4850000000000003</v>
       </c>
       <c r="L78" s="2">
         <v>4.6860999999999997</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="79" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C79" s="1"/>
       <c r="D79" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E79" s="2">
         <v>3.9282000000000004</v>
       </c>
       <c r="F79" s="2">
         <v>5.9961000000000002</v>
       </c>
       <c r="G79" s="2">
         <v>3.7109999999999997E-2</v>
       </c>
       <c r="H79" s="2">
         <v>3.2820999999999998</v>
       </c>
       <c r="I79" s="2">
         <v>0.58299999999999996</v>
       </c>
       <c r="J79" s="2">
         <v>1.3083</v>
       </c>
       <c r="K79" s="2">
         <v>5.7415000000000003</v>
       </c>
       <c r="L79" s="2">
         <v>4.9246999999999996</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="80" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C80" s="1"/>
       <c r="D80" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E80" s="2">
         <v>4.2057000000000002</v>
       </c>
       <c r="F80" s="2">
         <v>6.3738000000000001</v>
       </c>
       <c r="G80" s="2">
         <v>3.9199999999999999E-2</v>
       </c>
       <c r="H80" s="2">
         <v>3.4504999999999999</v>
       </c>
       <c r="I80" s="2">
         <v>0.62590000000000001</v>
       </c>
       <c r="J80" s="2">
         <v>1.3067</v>
       </c>
       <c r="K80" s="2">
         <v>6.1186999999999996</v>
       </c>
       <c r="L80" s="2">
         <v>5.2287999999999997</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="81" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C81" s="1"/>
       <c r="D81" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E81" s="2">
         <v>4.3727</v>
       </c>
       <c r="F81" s="2">
         <v>6.6233000000000004</v>
       </c>
       <c r="G81" s="2">
         <v>4.1099999999999998E-2</v>
       </c>
       <c r="H81" s="2">
         <v>3.4851999999999999</v>
       </c>
       <c r="I81" s="2">
         <v>0.64319999999999999</v>
       </c>
       <c r="J81" s="2">
         <v>1.2955000000000001</v>
       </c>
       <c r="K81" s="2">
         <v>6.3193000000000001</v>
       </c>
       <c r="L81" s="2">
         <v>5.3708999999999998</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="82" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C82" s="1"/>
       <c r="D82" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E82" s="2">
         <v>4.3502000000000001</v>
       </c>
       <c r="F82" s="2">
         <v>6.7093000000000007</v>
       </c>
       <c r="G82" s="2">
         <v>3.9980000000000002E-2</v>
       </c>
       <c r="H82" s="2">
         <v>3.4613999999999998</v>
       </c>
       <c r="I82" s="2">
         <v>0.65129999999999999</v>
       </c>
       <c r="J82" s="2">
         <v>1.2942</v>
       </c>
       <c r="K82" s="2">
         <v>6.2804000000000002</v>
       </c>
       <c r="L82" s="2">
         <v>5.3895999999999997</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="83" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C83" s="1"/>
       <c r="D83" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E83" s="2">
         <v>4.3887999999999998</v>
       </c>
       <c r="F83" s="2">
         <v>6.8177000000000003</v>
       </c>
       <c r="G83" s="2">
         <v>4.0169999999999997E-2</v>
       </c>
       <c r="H83" s="2">
         <v>3.5556000000000001</v>
       </c>
       <c r="I83" s="2">
         <v>0.66080000000000005</v>
       </c>
       <c r="J83" s="2">
         <v>1.2965</v>
       </c>
       <c r="K83" s="2">
         <v>6.3689</v>
       </c>
       <c r="L83" s="2">
         <v>5.5053999999999998</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="84" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C84" s="1"/>
       <c r="D84" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E84" s="2">
         <v>4.524</v>
       </c>
       <c r="F84" s="2">
         <v>7.0122</v>
       </c>
       <c r="G84" s="2">
         <v>4.1959999999999997E-2</v>
       </c>
       <c r="H84" s="2">
         <v>3.7627999999999999</v>
       </c>
       <c r="I84" s="2">
         <v>0.68359999999999999</v>
       </c>
       <c r="J84" s="2">
         <v>1.3001</v>
       </c>
       <c r="K84" s="2">
         <v>6.5976999999999997</v>
       </c>
       <c r="L84" s="2">
         <v>5.7415000000000003</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="85" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C85" s="1"/>
       <c r="D85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E85" s="2">
         <v>4.4968000000000004</v>
       </c>
       <c r="F85" s="2">
         <v>7.0110000000000001</v>
       </c>
       <c r="G85" s="2">
         <v>4.0939999999999997E-2</v>
       </c>
       <c r="H85" s="2">
         <v>3.6524000000000001</v>
       </c>
       <c r="I85" s="2">
         <v>0.67659999999999998</v>
       </c>
       <c r="J85" s="2">
         <v>1.2935000000000001</v>
       </c>
       <c r="K85" s="2">
         <v>6.5170000000000003</v>
       </c>
       <c r="L85" s="2">
         <v>5.6620999999999997</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="86" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C86" s="1"/>
       <c r="D86" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E86" s="2">
         <v>4.5726000000000004</v>
       </c>
       <c r="F86" s="2">
         <v>7.2433000000000005</v>
       </c>
       <c r="G86" s="2">
         <v>4.0730000000000002E-2</v>
       </c>
       <c r="H86" s="2">
         <v>3.6353</v>
       </c>
       <c r="I86" s="2">
         <v>0.69199999999999995</v>
       </c>
       <c r="J86" s="2">
         <v>1.2950999999999999</v>
       </c>
       <c r="K86" s="2">
         <v>6.5894000000000004</v>
       </c>
       <c r="L86" s="2">
         <v>5.7321</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="87" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C87" s="1"/>
       <c r="D87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E87" s="2">
         <v>4.6556000000000006</v>
       </c>
       <c r="F87" s="2">
         <v>7.7410000000000005</v>
       </c>
       <c r="G87" s="2">
         <v>4.1459999999999997E-2</v>
       </c>
       <c r="H87" s="2">
         <v>3.6541000000000001</v>
       </c>
       <c r="I87" s="2">
         <v>0.70289999999999997</v>
       </c>
       <c r="J87" s="2">
         <v>1.2931999999999999</v>
       </c>
       <c r="K87" s="2">
         <v>6.7607999999999997</v>
       </c>
       <c r="L87" s="2">
         <v>5.9165000000000001</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="88" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C88" s="1"/>
       <c r="D88" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E88" s="2">
         <v>4.6816000000000004</v>
       </c>
       <c r="F88" s="2">
         <v>7.7931000000000008</v>
       </c>
       <c r="G88" s="2">
         <v>4.1140000000000003E-2</v>
       </c>
       <c r="H88" s="2">
         <v>3.5278</v>
       </c>
       <c r="I88" s="2">
         <v>0.68630000000000002</v>
       </c>
       <c r="J88" s="2">
         <v>1.2871999999999999</v>
       </c>
       <c r="K88" s="2">
         <v>6.7344999999999997</v>
       </c>
       <c r="L88" s="2">
         <v>5.8212000000000002</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="89" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C89" s="1">
         <v>1997</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E89" s="2">
         <v>4.6442000000000005</v>
       </c>
       <c r="F89" s="2">
         <v>7.7162000000000006</v>
       </c>
       <c r="G89" s="2">
         <v>3.9410000000000001E-2</v>
       </c>
       <c r="H89" s="2">
         <v>3.3382999999999998</v>
       </c>
       <c r="I89" s="2">
         <v>0.65810000000000002</v>
       </c>
       <c r="J89" s="2">
         <v>1.2773000000000001</v>
       </c>
       <c r="K89" s="2">
         <v>6.5732999999999997</v>
       </c>
       <c r="L89" s="2">
         <v>5.6231</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="90" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C90" s="1"/>
       <c r="D90" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E90" s="2">
         <v>4.4527000000000001</v>
       </c>
       <c r="F90" s="2">
         <v>7.2347000000000001</v>
       </c>
       <c r="G90" s="2">
         <v>3.6200000000000003E-2</v>
       </c>
       <c r="H90" s="2">
         <v>3.0651000000000002</v>
       </c>
       <c r="I90" s="2">
         <v>0.6018</v>
       </c>
       <c r="J90" s="2">
         <v>1.2537</v>
       </c>
       <c r="K90" s="2">
         <v>6.1688999999999998</v>
       </c>
       <c r="L90" s="2">
         <v>5.1637000000000004</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="91" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C91" s="1"/>
       <c r="D91" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E91" s="2">
         <v>4.4361000000000006</v>
       </c>
       <c r="F91" s="2">
         <v>7.1283000000000003</v>
       </c>
       <c r="G91" s="2">
         <v>3.6200000000000003E-2</v>
       </c>
       <c r="H91" s="2">
         <v>3.0232999999999999</v>
       </c>
       <c r="I91" s="2">
         <v>0.5796</v>
       </c>
       <c r="J91" s="2">
         <v>1.2513000000000001</v>
       </c>
       <c r="K91" s="2">
         <v>6.1082000000000001</v>
       </c>
       <c r="L91" s="2">
         <v>5.0728</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="92" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C92" s="1"/>
       <c r="D92" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E92" s="2">
         <v>4.4412000000000003</v>
       </c>
       <c r="F92" s="2">
         <v>7.2384000000000004</v>
       </c>
       <c r="G92" s="2">
         <v>3.5380000000000002E-2</v>
       </c>
       <c r="H92" s="2">
         <v>3.0415000000000001</v>
       </c>
       <c r="I92" s="2">
         <v>0.57869999999999999</v>
       </c>
       <c r="J92" s="2">
         <v>1.2507999999999999</v>
       </c>
       <c r="K92" s="2">
         <v>6.0956999999999999</v>
       </c>
       <c r="L92" s="2">
         <v>5.0693999999999999</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="93" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C93" s="1"/>
       <c r="D93" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E93" s="2">
         <v>4.4683000000000002</v>
       </c>
       <c r="F93" s="2">
         <v>7.2942</v>
       </c>
       <c r="G93" s="2">
         <v>3.7600000000000001E-2</v>
       </c>
       <c r="H93" s="2">
         <v>3.1221000000000001</v>
       </c>
       <c r="I93" s="2">
         <v>0.58209999999999995</v>
       </c>
       <c r="J93" s="2">
         <v>1.2554000000000001</v>
       </c>
       <c r="K93" s="2">
         <v>6.1882000000000001</v>
       </c>
       <c r="L93" s="2">
         <v>5.1150000000000002</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="94" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C94" s="1"/>
       <c r="D94" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E94" s="2">
         <v>4.4981</v>
       </c>
       <c r="F94" s="2">
         <v>7.3940999999999999</v>
       </c>
       <c r="G94" s="2">
         <v>3.9300000000000002E-2</v>
       </c>
       <c r="H94" s="2">
         <v>3.1206999999999998</v>
       </c>
       <c r="I94" s="2">
         <v>0.58099999999999996</v>
       </c>
       <c r="J94" s="2">
         <v>1.2613000000000001</v>
       </c>
       <c r="K94" s="2">
         <v>6.2584999999999997</v>
       </c>
       <c r="L94" s="2">
         <v>5.0934999999999997</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="95" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C95" s="1"/>
       <c r="D95" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E95" s="2">
         <v>4.5574000000000003</v>
       </c>
       <c r="F95" s="2">
         <v>7.6185999999999998</v>
       </c>
       <c r="G95" s="2">
         <v>3.9600000000000003E-2</v>
       </c>
       <c r="H95" s="2">
         <v>3.0789</v>
       </c>
       <c r="I95" s="2">
         <v>0.58350000000000002</v>
       </c>
       <c r="J95" s="2">
         <v>1.2611000000000001</v>
       </c>
       <c r="K95" s="2">
         <v>6.2760999999999996</v>
       </c>
       <c r="L95" s="2">
         <v>5.0225</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="96" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C96" s="1"/>
       <c r="D96" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E96" s="2">
         <v>4.6840999999999999</v>
       </c>
       <c r="F96" s="2">
         <v>7.5101000000000004</v>
       </c>
       <c r="G96" s="2">
         <v>3.9699999999999999E-2</v>
       </c>
       <c r="H96" s="2">
         <v>3.0912999999999999</v>
       </c>
       <c r="I96" s="2">
         <v>0.5857</v>
       </c>
       <c r="J96" s="2">
         <v>1.3642000000000001</v>
       </c>
       <c r="K96" s="2">
         <v>6.3400999999999996</v>
       </c>
       <c r="L96" s="2">
         <v>5.0011000000000001</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="97" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C97" s="1"/>
       <c r="D97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E97" s="2">
         <v>4.6901000000000002</v>
       </c>
       <c r="F97" s="2">
         <v>7.5029000000000003</v>
       </c>
       <c r="G97" s="2">
         <v>3.8800000000000001E-2</v>
       </c>
       <c r="H97" s="2">
         <v>3.1844999999999999</v>
       </c>
       <c r="I97" s="2">
         <v>0.60870000000000002</v>
       </c>
       <c r="J97" s="2">
         <v>1.2655000000000001</v>
       </c>
       <c r="K97" s="2">
         <v>6.3794000000000004</v>
       </c>
       <c r="L97" s="2">
         <v>5.1425000000000001</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="98" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C98" s="1"/>
       <c r="D98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E98" s="2">
         <v>4.7089999999999996</v>
       </c>
       <c r="F98" s="2">
         <v>7.6816000000000004</v>
       </c>
       <c r="G98" s="2">
         <v>3.8899999999999997E-2</v>
       </c>
       <c r="H98" s="2">
         <v>3.242</v>
       </c>
       <c r="I98" s="2">
         <v>0.62180000000000002</v>
       </c>
       <c r="J98" s="2">
         <v>1.2712000000000001</v>
       </c>
       <c r="K98" s="2">
         <v>6.4531000000000001</v>
       </c>
       <c r="L98" s="2">
         <v>5.2645</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="99" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C99" s="1"/>
       <c r="D99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E99" s="2">
         <v>4.8361000000000001</v>
       </c>
       <c r="F99" s="2">
         <v>8.1608000000000001</v>
       </c>
       <c r="G99" s="2">
         <v>3.8600000000000002E-2</v>
       </c>
       <c r="H99" s="2">
         <v>3.4384999999999999</v>
       </c>
       <c r="I99" s="2">
         <v>0.63990000000000002</v>
       </c>
       <c r="J99" s="2">
         <v>1.2861</v>
       </c>
       <c r="K99" s="2">
         <v>6.6447000000000003</v>
       </c>
       <c r="L99" s="2">
         <v>5.5236999999999998</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="100" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C100" s="1"/>
       <c r="D100" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E100" s="2">
         <v>4.8707000000000003</v>
       </c>
       <c r="F100" s="2">
         <v>8.1021999999999998</v>
       </c>
       <c r="G100" s="2">
         <v>3.7600000000000001E-2</v>
       </c>
       <c r="H100" s="2">
         <v>3.3839999999999999</v>
       </c>
       <c r="I100" s="2">
         <v>0.62519999999999998</v>
       </c>
       <c r="J100" s="2">
         <v>1.2830999999999999</v>
       </c>
       <c r="K100" s="2">
         <v>6.5959000000000003</v>
       </c>
       <c r="L100" s="2">
         <v>5.4219999999999997</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N100" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="101" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C101" s="1">
         <v>1998</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E101" s="2">
         <v>4.9390999999999998</v>
       </c>
       <c r="F101" s="2">
         <v>8.0775000000000006</v>
       </c>
       <c r="G101" s="2">
         <v>3.8100000000000002E-2</v>
       </c>
       <c r="H101" s="2">
         <v>3.35</v>
       </c>
       <c r="I101" s="2">
         <v>0.61670000000000003</v>
       </c>
       <c r="J101" s="2">
         <v>1.2846</v>
       </c>
       <c r="K101" s="2">
         <v>6.6383999999999999</v>
       </c>
       <c r="L101" s="2">
         <v>5.3735999999999997</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="102" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C102" s="1"/>
       <c r="D102" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E102" s="2">
         <v>4.9356999999999998</v>
       </c>
       <c r="F102" s="2">
         <v>8.0905000000000005</v>
       </c>
       <c r="G102" s="2">
         <v>3.9300000000000002E-2</v>
       </c>
       <c r="H102" s="2">
         <v>3.3702999999999999</v>
       </c>
       <c r="I102" s="2">
         <v>0.61099999999999999</v>
       </c>
       <c r="J102" s="2">
         <v>1.2874000000000001</v>
       </c>
       <c r="K102" s="2">
         <v>6.6607000000000003</v>
       </c>
       <c r="L102" s="2">
         <v>5.3715999999999999</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="103" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C103" s="1"/>
       <c r="D103" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E103" s="2">
         <v>4.9710999999999999</v>
       </c>
       <c r="F103" s="2">
         <v>8.2543000000000006</v>
       </c>
       <c r="G103" s="2">
         <v>3.8600000000000002E-2</v>
       </c>
       <c r="H103" s="2">
         <v>3.3431000000000002</v>
       </c>
       <c r="I103" s="2">
         <v>0.62409999999999999</v>
       </c>
       <c r="J103" s="2">
         <v>1.2885</v>
       </c>
       <c r="K103" s="2">
         <v>6.6872999999999996</v>
       </c>
       <c r="L103" s="2">
         <v>5.4001999999999999</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="104" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C104" s="1"/>
       <c r="D104" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="2">
         <v>5.0461</v>
       </c>
       <c r="F104" s="2">
         <v>8.4373000000000005</v>
       </c>
       <c r="G104" s="2">
         <v>3.8199999999999998E-2</v>
       </c>
       <c r="H104" s="2">
         <v>3.3498999999999999</v>
       </c>
       <c r="I104" s="2">
         <v>0.64470000000000005</v>
       </c>
       <c r="J104" s="2">
         <v>1.2943</v>
       </c>
       <c r="K104" s="2">
         <v>6.7747000000000002</v>
       </c>
       <c r="L104" s="2">
         <v>5.5118999999999998</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="105" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C105" s="1"/>
       <c r="D105" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E105" s="2">
         <v>5.0918000000000001</v>
       </c>
       <c r="F105" s="2">
         <v>8.3345000000000002</v>
       </c>
       <c r="G105" s="2">
         <v>3.7699999999999997E-2</v>
       </c>
       <c r="H105" s="2">
         <v>3.4462000000000002</v>
       </c>
       <c r="I105" s="2">
         <v>0.66190000000000004</v>
       </c>
       <c r="J105" s="2">
         <v>1.3002</v>
       </c>
       <c r="K105" s="2">
         <v>6.8402000000000003</v>
       </c>
       <c r="L105" s="2">
         <v>5.6555999999999997</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="106" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C106" s="1"/>
       <c r="D106" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E106" s="2">
         <v>5.3609</v>
       </c>
       <c r="F106" s="2">
         <v>8.8306000000000004</v>
       </c>
       <c r="G106" s="2">
         <v>3.8300000000000001E-2</v>
       </c>
       <c r="H106" s="2">
         <v>3.5924999999999998</v>
       </c>
       <c r="I106" s="2">
         <v>0.67920000000000003</v>
       </c>
       <c r="J106" s="2">
         <v>1.3224</v>
       </c>
       <c r="K106" s="2">
         <v>7.1658999999999997</v>
       </c>
       <c r="L106" s="2">
         <v>5.9143999999999997</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N106" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="107" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C107" s="1"/>
       <c r="D107" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E107" s="2">
         <v>6.2385999999999999</v>
       </c>
       <c r="F107" s="2">
         <v>10.2555</v>
       </c>
       <c r="G107" s="2">
         <v>4.4400000000000002E-2</v>
       </c>
       <c r="H107" s="2">
         <v>4.1211000000000002</v>
       </c>
       <c r="I107" s="2">
         <v>0.78110000000000002</v>
       </c>
       <c r="J107" s="2">
         <v>1.3432999999999999</v>
       </c>
       <c r="K107" s="2">
         <v>8.3076000000000008</v>
       </c>
       <c r="L107" s="2">
         <v>6.8577000000000004</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="108" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C108" s="1"/>
       <c r="D108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E108" s="2">
         <v>6.3226000000000004</v>
       </c>
       <c r="F108" s="2">
         <v>10.324999999999999</v>
       </c>
       <c r="G108" s="2">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="H108" s="2">
         <v>4.2301000000000002</v>
       </c>
       <c r="I108" s="2">
         <v>0.77769999999999995</v>
       </c>
       <c r="J108" s="2">
         <v>1.3440000000000001</v>
       </c>
       <c r="K108" s="2">
         <v>8.3364999999999991</v>
       </c>
       <c r="L108" s="2">
         <v>6.9707999999999997</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="109" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C109" s="1"/>
       <c r="D109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E109" s="2">
         <v>6.1215000000000002</v>
       </c>
       <c r="F109" s="2">
         <v>10.284700000000001</v>
       </c>
       <c r="G109" s="2">
         <v>4.6600000000000003E-2</v>
       </c>
       <c r="H109" s="2">
         <v>4.3639000000000001</v>
       </c>
       <c r="I109" s="2">
         <v>0.77510000000000001</v>
       </c>
       <c r="J109" s="2">
         <v>1.3259000000000001</v>
       </c>
       <c r="K109" s="2">
         <v>8.3392999999999997</v>
       </c>
       <c r="L109" s="2">
         <v>7.0659999999999998</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N109" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="110" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C110" s="1"/>
       <c r="D110" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E110" s="2">
         <v>5.8071000000000002</v>
       </c>
       <c r="F110" s="2">
         <v>9.8306000000000004</v>
       </c>
       <c r="G110" s="2">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="H110" s="2">
         <v>4.3404999999999996</v>
       </c>
       <c r="I110" s="2">
         <v>0.74019999999999997</v>
       </c>
       <c r="J110" s="2">
         <v>1.3124</v>
       </c>
       <c r="K110" s="2">
         <v>8.1221999999999994</v>
       </c>
       <c r="L110" s="2">
         <v>6.9809000000000001</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N110" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="111" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C111" s="1"/>
       <c r="D111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E111" s="2">
         <v>5.6595000000000004</v>
       </c>
       <c r="F111" s="2">
         <v>9.4040999999999997</v>
       </c>
       <c r="G111" s="2">
         <v>4.7E-2</v>
       </c>
       <c r="H111" s="2">
         <v>4.0895000000000001</v>
       </c>
       <c r="I111" s="2">
         <v>0.70850000000000002</v>
       </c>
       <c r="J111" s="2">
         <v>1.2946</v>
       </c>
       <c r="K111" s="2">
         <v>7.8803999999999998</v>
       </c>
       <c r="L111" s="2">
         <v>6.6192000000000002</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N111" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="112" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C112" s="1"/>
       <c r="D112" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E112" s="2">
         <v>5.8856999999999999</v>
       </c>
       <c r="F112" s="2">
         <v>9.8253000000000004</v>
       </c>
       <c r="G112" s="2">
         <v>5.0200000000000002E-2</v>
       </c>
       <c r="H112" s="2">
         <v>4.3268000000000004</v>
       </c>
       <c r="I112" s="2">
         <v>0.73019999999999996</v>
       </c>
       <c r="J112" s="2">
         <v>1.3199000000000001</v>
       </c>
       <c r="K112" s="2">
         <v>8.2530000000000001</v>
       </c>
       <c r="L112" s="2">
         <v>6.9187000000000003</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N112" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="113" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="113" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C113" s="1">
         <v>1999</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E113" s="2">
         <v>5.9835000000000003</v>
       </c>
       <c r="F113" s="2">
         <v>9.8789999999999996</v>
       </c>
       <c r="G113" s="2">
         <v>5.2900000000000003E-2</v>
       </c>
       <c r="H113" s="2">
         <v>4.3284000000000002</v>
       </c>
       <c r="I113" s="2">
         <v>0.76449999999999996</v>
       </c>
       <c r="J113" s="2">
         <v>1.3280000000000001</v>
       </c>
       <c r="K113" s="2">
         <v>8.2515000000000001</v>
       </c>
       <c r="L113" s="2">
         <v>6.95</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N113" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="114" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="114" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C114" s="1"/>
       <c r="D114" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E114" s="2">
         <v>6.1106999999999996</v>
       </c>
       <c r="F114" s="2">
         <v>9.952</v>
       </c>
       <c r="G114" s="2">
         <v>5.2400000000000002E-2</v>
       </c>
       <c r="H114" s="2">
         <v>4.2869000000000002</v>
       </c>
       <c r="I114" s="2">
         <v>0.76939999999999997</v>
       </c>
       <c r="J114" s="2">
         <v>1.3315999999999999</v>
       </c>
       <c r="K114" s="2">
         <v>8.4372000000000007</v>
       </c>
       <c r="L114" s="2">
         <v>6.8536000000000001</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N114" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="115" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="115" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C115" s="1"/>
       <c r="D115" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E115" s="2">
         <v>6.2089999999999996</v>
       </c>
       <c r="F115" s="2">
         <v>10.0557</v>
       </c>
       <c r="G115" s="2">
         <v>5.1799999999999999E-2</v>
       </c>
       <c r="H115" s="2">
         <v>4.2390999999999996</v>
       </c>
       <c r="I115" s="2">
         <v>0.75560000000000005</v>
       </c>
       <c r="J115" s="2">
         <v>1.3314999999999999</v>
       </c>
       <c r="K115" s="2">
         <v>8.4657999999999998</v>
       </c>
       <c r="L115" s="2">
         <v>6.7596999999999996</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N115" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="116" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="116" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C116" s="1"/>
       <c r="D116" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E116" s="2">
         <v>6.1132999999999997</v>
       </c>
       <c r="F116" s="2">
         <v>9.8491</v>
       </c>
       <c r="G116" s="2">
         <v>5.1200000000000002E-2</v>
       </c>
       <c r="H116" s="2">
         <v>4.0873999999999997</v>
       </c>
       <c r="I116" s="2">
         <v>0.73450000000000004</v>
       </c>
       <c r="J116" s="2">
         <v>1.3208</v>
       </c>
       <c r="K116" s="2">
         <v>7.9744000000000002</v>
       </c>
       <c r="L116" s="2">
         <v>6.548</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N116" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="117" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="117" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C117" s="1"/>
       <c r="D117" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E117" s="2">
         <v>6.1814999999999998</v>
       </c>
       <c r="F117" s="2">
         <v>9.9786000000000001</v>
       </c>
       <c r="G117" s="2">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="H117" s="2">
         <v>4.1006999999999998</v>
       </c>
       <c r="I117" s="2">
         <v>0.73260000000000003</v>
       </c>
       <c r="J117" s="2">
         <v>1.3239000000000001</v>
       </c>
       <c r="K117" s="2">
         <v>8.3459000000000003</v>
       </c>
       <c r="L117" s="2">
         <v>6.5720000000000001</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N117" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="118" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="118" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C118" s="1"/>
       <c r="D118" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E118" s="2">
         <v>6.0883000000000003</v>
       </c>
       <c r="F118" s="2">
         <v>9.7189999999999994</v>
       </c>
       <c r="G118" s="2">
         <v>5.04E-2</v>
       </c>
       <c r="H118" s="2">
         <v>3.9641000000000002</v>
       </c>
       <c r="I118" s="2">
         <v>0.71660000000000001</v>
       </c>
       <c r="J118" s="2">
         <v>1.3109999999999999</v>
       </c>
       <c r="K118" s="2">
         <v>8.1395999999999997</v>
       </c>
       <c r="L118" s="2">
         <v>6.3227000000000002</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N118" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="119" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="119" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C119" s="1"/>
       <c r="D119" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E119" s="2">
         <v>6.1059999999999999</v>
       </c>
       <c r="F119" s="2">
         <v>9.6115999999999993</v>
       </c>
       <c r="G119" s="2">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="H119" s="2">
         <v>3.9390000000000001</v>
       </c>
       <c r="I119" s="2">
         <v>0.72250000000000003</v>
       </c>
       <c r="J119" s="2">
         <v>1.3128</v>
       </c>
       <c r="K119" s="2">
         <v>8.1714000000000002</v>
       </c>
       <c r="L119" s="2">
         <v>6.3196000000000003</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N119" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="120" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="120" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C120" s="1"/>
       <c r="D120" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="2">
         <v>6.1295000000000002</v>
       </c>
       <c r="F120" s="2">
         <v>9.8450000000000006</v>
       </c>
       <c r="G120" s="2">
         <v>5.4100000000000002E-2</v>
       </c>
       <c r="H120" s="2">
         <v>4.0594999999999999</v>
       </c>
       <c r="I120" s="2">
         <v>0.74219999999999997</v>
       </c>
       <c r="J120" s="2">
         <v>1.3255999999999999</v>
       </c>
       <c r="K120" s="2">
         <v>8.3490000000000002</v>
       </c>
       <c r="L120" s="2">
         <v>6.4974999999999996</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N120" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="121" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="121" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C121" s="1"/>
       <c r="D121" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E121" s="2">
         <v>6.0593000000000004</v>
       </c>
       <c r="F121" s="2">
         <v>9.8272999999999993</v>
       </c>
       <c r="G121" s="2">
         <v>5.6500000000000002E-2</v>
       </c>
       <c r="H121" s="2">
         <v>3.9744999999999999</v>
       </c>
       <c r="I121" s="2">
         <v>0.73709999999999998</v>
       </c>
       <c r="J121" s="2">
         <v>1.3226</v>
       </c>
       <c r="K121" s="2">
         <v>8.6094000000000008</v>
       </c>
       <c r="L121" s="2">
         <v>6.3663999999999996</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N121" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="122" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="122" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C122" s="1"/>
       <c r="D122" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E122" s="2">
         <v>6.0928000000000004</v>
       </c>
       <c r="F122" s="2">
         <v>10.1004</v>
       </c>
       <c r="G122" s="2">
         <v>5.7500000000000002E-2</v>
       </c>
       <c r="H122" s="2">
         <v>4.0956999999999999</v>
       </c>
       <c r="I122" s="2">
         <v>0.74790000000000001</v>
       </c>
       <c r="J122" s="2">
         <v>1.3307</v>
       </c>
       <c r="K122" s="2">
         <v>8.4717000000000002</v>
       </c>
       <c r="L122" s="2">
         <v>6.5206999999999997</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N122" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="123" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="123" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C123" s="1"/>
       <c r="D123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E123" s="2">
         <v>6.1374000000000004</v>
       </c>
       <c r="F123" s="2">
         <v>9.9659999999999993</v>
       </c>
       <c r="G123" s="2">
         <v>5.8599999999999999E-2</v>
       </c>
       <c r="H123" s="2">
         <v>3.9569000000000001</v>
       </c>
       <c r="I123" s="2">
         <v>0.73609999999999998</v>
       </c>
       <c r="J123" s="2">
         <v>1.3324</v>
       </c>
       <c r="K123" s="2">
         <v>8.4494000000000007</v>
       </c>
       <c r="L123" s="2">
         <v>6.3513000000000002</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N123" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="124" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="124" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C124" s="1"/>
       <c r="D124" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E124" s="2">
         <v>6.1459999999999999</v>
       </c>
       <c r="F124" s="2">
         <v>9.9209999999999994</v>
       </c>
       <c r="G124" s="2">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H124" s="2">
         <v>3.8872</v>
       </c>
       <c r="I124" s="2">
         <v>0.72460000000000002</v>
       </c>
       <c r="J124" s="2">
         <v>1.3291999999999999</v>
       </c>
       <c r="K124" s="2">
         <v>8.4398999999999997</v>
       </c>
       <c r="L124" s="2">
         <v>6.2233000000000001</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N124" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="125" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="125" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C125" s="1">
         <v>2000</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E125" s="2">
         <v>6.1193999999999997</v>
       </c>
       <c r="F125" s="2">
         <v>10.0451</v>
       </c>
       <c r="G125" s="2">
         <v>5.8200000000000002E-2</v>
       </c>
       <c r="H125" s="2">
         <v>3.8601000000000001</v>
       </c>
       <c r="I125" s="2">
         <v>0.72289999999999999</v>
       </c>
       <c r="J125" s="2">
         <v>1.3261000000000001</v>
       </c>
       <c r="K125" s="2">
         <v>8.39</v>
       </c>
       <c r="L125" s="2">
         <v>6.2157999999999998</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N125" s="2">
         <v>4.2366153846153853</v>
       </c>
     </row>
-    <row r="126" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="126" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C126" s="1"/>
       <c r="D126" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E126" s="2">
         <v>6.3155999999999999</v>
       </c>
       <c r="F126" s="2">
         <v>10.119400000000001</v>
       </c>
       <c r="G126" s="2">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="H126" s="2">
         <v>3.8603999999999998</v>
       </c>
       <c r="I126" s="2">
         <v>0.73050000000000004</v>
       </c>
       <c r="J126" s="2">
         <v>1.333</v>
       </c>
       <c r="K126" s="2">
         <v>8.4922000000000004</v>
       </c>
       <c r="L126" s="2">
         <v>6.2168000000000001</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N126" s="2">
         <v>4.3480636363636362</v>
       </c>
     </row>
-    <row r="127" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="127" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C127" s="1"/>
       <c r="D127" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E127" s="2">
         <v>6.4596999999999998</v>
       </c>
       <c r="F127" s="2">
         <v>10.211499999999999</v>
       </c>
       <c r="G127" s="2">
         <v>6.0600000000000001E-2</v>
       </c>
       <c r="H127" s="2">
         <v>3.8866999999999998</v>
       </c>
       <c r="I127" s="2">
         <v>0.74309999999999998</v>
       </c>
       <c r="J127" s="2">
         <v>1.3451</v>
       </c>
       <c r="K127" s="2">
         <v>8.4700000000000006</v>
       </c>
       <c r="L127" s="2">
         <v>6.2352999999999996</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N127" s="2">
         <v>4.44116</v>
       </c>
     </row>
-    <row r="128" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="128" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C128" s="1"/>
       <c r="D128" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E128" s="2">
         <v>6.6120000000000001</v>
       </c>
       <c r="F128" s="2">
         <v>10.4741</v>
       </c>
       <c r="G128" s="2">
         <v>6.2799999999999995E-2</v>
       </c>
       <c r="H128" s="2">
         <v>3.9883999999999999</v>
       </c>
       <c r="I128" s="2">
         <v>0.75980000000000003</v>
       </c>
       <c r="J128" s="2">
         <v>1.3505</v>
       </c>
       <c r="K128" s="2">
         <v>8.0541999999999998</v>
       </c>
       <c r="L128" s="2">
         <v>6.2786</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N128" s="2">
         <v>4.5438666666666672</v>
       </c>
     </row>
-    <row r="129" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="129" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C129" s="1"/>
       <c r="D129" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E129" s="2">
         <v>7.0205000000000002</v>
       </c>
       <c r="F129" s="2">
         <v>10.5076</v>
       </c>
       <c r="G129" s="2">
         <v>6.4899999999999999E-2</v>
       </c>
       <c r="H129" s="2">
         <v>4.0890000000000004</v>
       </c>
       <c r="I129" s="2">
         <v>0.77200000000000002</v>
       </c>
       <c r="J129" s="2">
         <v>1.3407</v>
       </c>
       <c r="K129" s="2">
         <v>9.2962000000000007</v>
       </c>
       <c r="L129" s="2">
         <v>6.3659999999999997</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N129" s="2">
         <v>4.7421000000000006</v>
       </c>
     </row>
-    <row r="130" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="130" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C130" s="1"/>
       <c r="D130" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E130" s="2">
         <v>6.9273999999999996</v>
       </c>
       <c r="F130" s="2">
         <v>10.4526</v>
       </c>
       <c r="G130" s="2">
         <v>6.5299999999999997E-2</v>
       </c>
       <c r="H130" s="2">
         <v>4.2134</v>
       </c>
       <c r="I130" s="2">
         <v>0.79039999999999999</v>
       </c>
       <c r="J130" s="2">
         <v>1.3444</v>
       </c>
       <c r="K130" s="2">
         <v>9.2036999999999995</v>
       </c>
       <c r="L130" s="2">
         <v>6.6757999999999997</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N130" s="2">
         <v>4.4623611375291379</v>
       </c>
     </row>
-    <row r="131" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="131" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C131" s="1"/>
       <c r="D131" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E131" s="2">
         <v>6.0768000000000004</v>
       </c>
       <c r="F131" s="2">
         <v>10.3758</v>
       </c>
       <c r="G131" s="2">
         <v>6.3700000000000007E-2</v>
       </c>
       <c r="H131" s="2">
         <v>4.1700999999999997</v>
       </c>
       <c r="I131" s="2">
         <v>0.76939999999999997</v>
       </c>
       <c r="J131" s="2">
         <v>1.3354999999999999</v>
       </c>
       <c r="K131" s="2">
         <v>9.1097999999999999</v>
       </c>
       <c r="L131" s="2">
         <v>6.4688999999999997</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N131" s="2">
         <v>4.6734357142857155</v>
       </c>
     </row>
-    <row r="132" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="132" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C132" s="1"/>
       <c r="D132" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E132" s="2">
         <v>6.9513999999999996</v>
       </c>
       <c r="F132" s="2">
         <v>10.348699999999999</v>
       </c>
       <c r="G132" s="2">
         <v>6.4299999999999996E-2</v>
       </c>
       <c r="H132" s="2">
         <v>4.0574000000000003</v>
       </c>
       <c r="I132" s="2">
         <v>0.74939999999999996</v>
       </c>
       <c r="J132" s="2">
         <v>1.3682000000000001</v>
       </c>
       <c r="K132" s="2">
         <v>9.1015999999999995</v>
       </c>
       <c r="L132" s="2">
         <v>6.2953000000000001</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N132" s="2">
         <v>4.6844142857142845</v>
       </c>
     </row>
-    <row r="133" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="133" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C133" s="1"/>
       <c r="D133" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E133" s="2">
         <v>7.1614000000000004</v>
       </c>
       <c r="F133" s="2">
         <v>10.2622</v>
       </c>
       <c r="G133" s="2">
         <v>6.7100000000000007E-2</v>
       </c>
       <c r="H133" s="2">
         <v>4.0777000000000001</v>
       </c>
       <c r="I133" s="2">
         <v>0.74209999999999998</v>
       </c>
       <c r="J133" s="2">
         <v>1.3693</v>
       </c>
       <c r="K133" s="2">
         <v>9.2608999999999995</v>
       </c>
       <c r="L133" s="2">
         <v>6.2415000000000003</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N133" s="2">
         <v>4.8575222222222214</v>
       </c>
     </row>
-    <row r="134" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="134" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C134" s="1"/>
       <c r="D134" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E134" s="2">
         <v>7.4672999999999998</v>
       </c>
       <c r="F134" s="2">
         <v>10.8429</v>
       </c>
       <c r="G134" s="2">
         <v>6.8900000000000003E-2</v>
       </c>
       <c r="H134" s="2">
         <v>4.2229999999999999</v>
       </c>
       <c r="I134" s="2">
         <v>0.74970000000000003</v>
       </c>
       <c r="J134" s="2">
         <v>1.335</v>
       </c>
       <c r="K134" s="2">
         <v>9.6028000000000002</v>
       </c>
       <c r="L134" s="2">
         <v>6.3913000000000002</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N134" s="2">
         <v>4.9615999999999998</v>
       </c>
     </row>
-    <row r="135" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="135" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C135" s="1"/>
       <c r="D135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E135" s="2">
         <v>7.6734</v>
       </c>
       <c r="F135" s="2">
         <v>10.946999999999999</v>
       </c>
       <c r="G135" s="2">
         <v>7.0499999999999993E-2</v>
       </c>
       <c r="H135" s="2">
         <v>4.3178999999999998</v>
       </c>
       <c r="I135" s="2">
         <v>0.76100000000000001</v>
       </c>
       <c r="J135" s="2">
         <v>1.4120999999999999</v>
       </c>
       <c r="K135" s="2">
         <v>9.8445999999999998</v>
       </c>
       <c r="L135" s="2">
         <v>6.57</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N135" s="2">
         <v>4.9958727272727268</v>
       </c>
     </row>
-    <row r="136" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="136" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C136" s="1"/>
       <c r="D136" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E136" s="2">
         <v>7.6391999999999998</v>
       </c>
       <c r="F136" s="2">
         <v>11.1686</v>
       </c>
       <c r="G136" s="2">
         <v>6.8099999999999994E-2</v>
       </c>
       <c r="H136" s="2">
         <v>4.5259999999999998</v>
       </c>
       <c r="I136" s="2">
         <v>0.79100000000000004</v>
       </c>
       <c r="J136" s="2">
         <v>1.4340999999999999</v>
       </c>
       <c r="K136" s="2">
         <v>9.8946000000000005</v>
       </c>
       <c r="L136" s="2">
         <v>6.8642000000000003</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N136" s="2">
         <v>5.0323923076923069</v>
       </c>
     </row>
-    <row r="137" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="137" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C137" s="1">
         <v>2001</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E137" s="2">
         <v>7.7713999999999999</v>
       </c>
       <c r="F137" s="2">
         <v>11.5001</v>
       </c>
       <c r="G137" s="2">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="H137" s="2">
         <v>4.7759</v>
       </c>
       <c r="I137" s="2">
         <v>0.82099999999999995</v>
       </c>
       <c r="J137" s="2">
         <v>1.4260999999999999</v>
       </c>
       <c r="K137" s="2">
         <v>10.134499999999999</v>
       </c>
       <c r="L137" s="2">
         <v>7.3029999999999999</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>24</v>
       </c>
       <c r="N137" s="2">
         <v>5.1804333333333341</v>
       </c>
     </row>
-    <row r="138" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="138" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C138" s="1"/>
       <c r="D138" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E138" s="2">
         <v>7.8150000000000004</v>
       </c>
       <c r="F138" s="2">
         <v>11.3672</v>
       </c>
       <c r="G138" s="2">
         <v>6.7299999999999999E-2</v>
       </c>
       <c r="H138" s="2">
         <v>4.6924000000000001</v>
       </c>
       <c r="I138" s="2">
         <v>0.80310000000000004</v>
       </c>
       <c r="J138" s="2">
         <v>1.4269000000000001</v>
       </c>
       <c r="K138" s="2">
         <v>10.116300000000001</v>
       </c>
       <c r="L138" s="2">
         <v>7.2060000000000004</v>
       </c>
       <c r="M138" s="2">
         <v>4.2788000000000004</v>
       </c>
       <c r="N138" s="2">
         <v>5.1364000000000001</v>
       </c>
     </row>
-    <row r="139" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="139" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C139" s="1"/>
       <c r="D139" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="2">
         <v>7.8833000000000002</v>
       </c>
       <c r="F139" s="2">
         <v>11.404999999999999</v>
       </c>
       <c r="G139" s="2">
         <v>6.5100000000000005E-2</v>
       </c>
       <c r="H139" s="2">
         <v>4.6707999999999998</v>
       </c>
       <c r="I139" s="2">
         <v>0.78639999999999999</v>
       </c>
       <c r="J139" s="2">
         <v>1.4239999999999999</v>
       </c>
       <c r="K139" s="2">
         <v>10.0907</v>
       </c>
       <c r="L139" s="2">
         <v>7.2743000000000002</v>
       </c>
       <c r="M139" s="2">
         <v>4.9759000000000002</v>
       </c>
       <c r="N139" s="2">
         <v>5.0880000000000001</v>
       </c>
     </row>
-    <row r="140" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="140" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C140" s="1"/>
       <c r="D140" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E140" s="2">
         <v>8.0813000000000006</v>
       </c>
       <c r="F140" s="2">
         <v>11.593500000000001</v>
       </c>
       <c r="G140" s="2">
         <v>6.5299999999999997E-2</v>
       </c>
       <c r="H140" s="2">
         <v>4.718</v>
       </c>
       <c r="I140" s="2">
         <v>0.79159999999999997</v>
       </c>
       <c r="J140" s="2">
         <v>1.4309000000000001</v>
       </c>
       <c r="K140" s="2">
         <v>10.2536</v>
       </c>
       <c r="L140" s="2">
         <v>7.2114000000000003</v>
       </c>
       <c r="M140" s="2">
         <v>4.0343999999999998</v>
       </c>
       <c r="N140" s="2">
         <v>5.1795</v>
       </c>
     </row>
-    <row r="141" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="141" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C141" s="1"/>
       <c r="D141" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E141" s="2">
         <v>7.9671000000000003</v>
       </c>
       <c r="F141" s="2">
         <v>11.356</v>
       </c>
       <c r="G141" s="2">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="H141" s="2">
         <v>4.5422000000000002</v>
       </c>
       <c r="I141" s="2">
         <v>0.76910000000000001</v>
       </c>
       <c r="J141" s="2">
         <v>1.4221999999999999</v>
       </c>
       <c r="K141" s="2">
         <v>10.062799999999999</v>
       </c>
       <c r="L141" s="2">
         <v>6.9657</v>
       </c>
       <c r="M141" s="2">
         <v>4.1459000000000001</v>
       </c>
       <c r="N141" s="2">
         <v>5.1684000000000001</v>
       </c>
     </row>
-    <row r="142" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="142" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C142" s="1"/>
       <c r="D142" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E142" s="2">
         <v>8.0549999999999997</v>
       </c>
       <c r="F142" s="2">
         <v>11.297000000000001</v>
       </c>
       <c r="G142" s="2">
         <v>6.59E-2</v>
       </c>
       <c r="H142" s="2">
         <v>4.5167000000000002</v>
       </c>
       <c r="I142" s="2">
         <v>0.74729999999999996</v>
       </c>
       <c r="J142" s="2">
         <v>1.4229000000000001</v>
       </c>
       <c r="K142" s="2">
         <v>10.079499999999999</v>
       </c>
       <c r="L142" s="2">
         <v>6.8792</v>
       </c>
       <c r="M142" s="2">
         <v>4.1740000000000004</v>
       </c>
       <c r="N142" s="2">
         <v>5.2617000000000003</v>
       </c>
     </row>
-    <row r="143" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="143" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C143" s="1"/>
       <c r="D143" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E143" s="2">
         <v>8.1965000000000003</v>
       </c>
       <c r="F143" s="2">
         <v>11.5861</v>
       </c>
       <c r="G143" s="2">
         <v>6.5799999999999997E-2</v>
       </c>
       <c r="H143" s="2">
         <v>4.6554000000000002</v>
       </c>
       <c r="I143" s="2">
         <v>0.76139999999999997</v>
       </c>
       <c r="J143" s="2">
         <v>1.4320999999999999</v>
       </c>
       <c r="K143" s="2">
         <v>10.2475</v>
       </c>
       <c r="L143" s="2">
         <v>7.0472000000000001</v>
       </c>
       <c r="M143" s="2">
         <v>4.1775000000000002</v>
       </c>
       <c r="N143" s="2">
         <v>5.3635999999999999</v>
       </c>
     </row>
-    <row r="144" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="144" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C144" s="1"/>
       <c r="D144" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E144" s="2">
         <v>8.3071999999999999</v>
       </c>
       <c r="F144" s="2">
         <v>11.9427</v>
       </c>
       <c r="G144" s="2">
         <v>6.8400000000000002E-2</v>
       </c>
       <c r="H144" s="2">
         <v>4.9412000000000003</v>
       </c>
       <c r="I144" s="2">
         <v>0.80369999999999997</v>
       </c>
       <c r="J144" s="2">
         <v>1.4492</v>
       </c>
       <c r="K144" s="2">
         <v>10.5991</v>
       </c>
       <c r="L144" s="2">
         <v>7.4851999999999999</v>
       </c>
       <c r="M144" s="2">
         <v>4.3587999999999996</v>
       </c>
       <c r="N144" s="2">
         <v>5.399</v>
       </c>
     </row>
-    <row r="145" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="145" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C145" s="1"/>
       <c r="D145" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E145" s="2">
         <v>8.6272000000000002</v>
       </c>
       <c r="F145" s="2">
         <v>12.616300000000001</v>
       </c>
       <c r="G145" s="2">
         <v>7.2599999999999998E-2</v>
       </c>
       <c r="H145" s="2">
         <v>5.2561</v>
       </c>
       <c r="I145" s="2">
         <v>0.81269999999999998</v>
       </c>
       <c r="J145" s="2">
         <v>1.4752000000000001</v>
       </c>
       <c r="K145" s="2">
         <v>11.103199999999999</v>
       </c>
       <c r="L145" s="2">
         <v>7.8524000000000003</v>
       </c>
       <c r="M145" s="2">
         <v>4.3750999999999998</v>
       </c>
       <c r="N145" s="2">
         <v>5.5513399999999997</v>
       </c>
     </row>
-    <row r="146" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="146" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C146" s="1"/>
       <c r="D146" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E146" s="2">
         <v>9.2683999999999997</v>
       </c>
       <c r="F146" s="2">
         <v>13.457700000000001</v>
       </c>
       <c r="G146" s="2">
         <v>7.6399999999999996E-2</v>
       </c>
       <c r="H146" s="2">
         <v>5.6757</v>
       </c>
       <c r="I146" s="2">
         <v>0.97660000000000002</v>
       </c>
       <c r="J146" s="2">
         <v>1.5166999999999999</v>
       </c>
       <c r="K146" s="2">
         <v>11.872299999999999</v>
       </c>
       <c r="L146" s="2">
         <v>8.3973999999999993</v>
       </c>
       <c r="M146" s="2">
         <v>4.6749000000000001</v>
       </c>
       <c r="N146" s="2">
         <v>5.9019000000000004</v>
       </c>
     </row>
-    <row r="147" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="147" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C147" s="1"/>
       <c r="D147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E147" s="2">
         <v>9.7281999999999993</v>
       </c>
       <c r="F147" s="2">
         <v>13.962899999999999</v>
       </c>
       <c r="G147" s="2">
         <v>7.9399999999999998E-2</v>
       </c>
       <c r="H147" s="2">
         <v>5.8914</v>
       </c>
       <c r="I147" s="2">
         <v>0.91690000000000005</v>
       </c>
       <c r="J147" s="2">
         <v>1.5401</v>
       </c>
       <c r="K147" s="2">
         <v>12.465299999999999</v>
       </c>
       <c r="L147" s="2">
         <v>8.6334</v>
       </c>
       <c r="M147" s="2">
         <v>5.0176999999999996</v>
       </c>
       <c r="N147" s="2">
         <v>6.1020000000000003</v>
       </c>
     </row>
-    <row r="148" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="148" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C148" s="1"/>
       <c r="D148" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E148" s="2">
         <v>11.5467</v>
       </c>
       <c r="F148" s="2">
         <v>16.6129</v>
       </c>
       <c r="G148" s="2">
         <v>9.0200000000000002E-2</v>
       </c>
       <c r="H148" s="2">
         <v>6.9866000000000001</v>
       </c>
       <c r="I148" s="2">
         <v>1.0928</v>
       </c>
       <c r="J148" s="2">
         <v>1.5566</v>
       </c>
       <c r="K148" s="2">
         <v>14.64</v>
       </c>
       <c r="L148" s="2">
         <v>10.3094</v>
       </c>
       <c r="M148" s="2">
         <v>5.9432999999999998</v>
       </c>
       <c r="N148" s="2">
         <v>7.3208000000000002</v>
       </c>
     </row>
-    <row r="149" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="149" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C149" s="1">
         <v>2002</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E149" s="2">
         <v>11.608000000000001</v>
       </c>
       <c r="F149" s="2">
         <v>16.6374</v>
       </c>
       <c r="G149" s="2">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="H149" s="2">
         <v>6.9591000000000003</v>
       </c>
       <c r="I149" s="2">
         <v>1.1117999999999999</v>
       </c>
       <c r="J149" s="2">
         <v>1.7010000000000001</v>
       </c>
       <c r="K149" s="2">
         <v>14.5412</v>
       </c>
       <c r="L149" s="2">
         <v>10.2599</v>
       </c>
       <c r="M149" s="2">
         <v>6.0018000000000002</v>
       </c>
       <c r="N149" s="2">
         <v>7.2595999999999998</v>
       </c>
     </row>
-    <row r="150" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="150" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C150" s="1"/>
       <c r="D150" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E150" s="2">
         <v>11.484299999999999</v>
       </c>
       <c r="F150" s="2">
         <v>16.3355</v>
       </c>
       <c r="G150" s="2">
         <v>8.5999999999999993E-2</v>
       </c>
       <c r="H150" s="2">
         <v>6.7603999999999997</v>
       </c>
       <c r="I150" s="2">
         <v>1.0876999999999999</v>
       </c>
       <c r="J150" s="2">
         <v>1.69</v>
       </c>
       <c r="K150" s="2">
         <v>14.2994</v>
       </c>
       <c r="L150" s="2">
         <v>9.9962999999999997</v>
       </c>
       <c r="M150" s="2">
         <v>5.8918999999999997</v>
       </c>
       <c r="N150" s="2">
         <v>7.1974</v>
       </c>
     </row>
-    <row r="151" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="151" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C151" s="1"/>
       <c r="D151" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="2">
         <v>11.493600000000001</v>
       </c>
       <c r="F151" s="2">
         <v>16.3462</v>
       </c>
       <c r="G151" s="2">
         <v>8.77E-2</v>
       </c>
       <c r="H151" s="2">
         <v>6.8518999999999997</v>
       </c>
       <c r="I151" s="2">
         <v>1.1108</v>
       </c>
       <c r="J151" s="2">
         <v>1.6924999999999999</v>
       </c>
       <c r="K151" s="2">
         <v>14.435600000000001</v>
       </c>
       <c r="L151" s="2">
         <v>10.0648</v>
       </c>
       <c r="M151" s="2">
         <v>6.0209999999999999</v>
       </c>
       <c r="N151" s="2">
         <v>7.2404999999999999</v>
       </c>
     </row>
-    <row r="152" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="152" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C152" s="1"/>
       <c r="D152" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E152" s="2">
         <v>11.079599999999999</v>
       </c>
       <c r="F152" s="2">
         <v>15.906000000000001</v>
       </c>
       <c r="G152" s="2">
         <v>8.4699999999999998E-2</v>
       </c>
       <c r="H152" s="2">
         <v>6.6048999999999998</v>
       </c>
       <c r="I152" s="2">
         <v>1.0749</v>
       </c>
       <c r="J152" s="2">
         <v>1.6736</v>
       </c>
       <c r="K152" s="2">
         <v>13.942600000000001</v>
       </c>
       <c r="L152" s="2">
         <v>9.8165999999999993</v>
       </c>
       <c r="M152" s="2">
         <v>5.9348999999999998</v>
       </c>
       <c r="N152" s="2">
         <v>7.0053999999999998</v>
       </c>
     </row>
-    <row r="153" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="153" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C153" s="1"/>
       <c r="D153" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E153" s="2">
         <v>10.1472</v>
       </c>
       <c r="F153" s="2">
         <v>14.8141</v>
       </c>
       <c r="G153" s="2">
         <v>8.0299999999999996E-2</v>
       </c>
       <c r="H153" s="2">
         <v>6.3902000000000001</v>
       </c>
       <c r="I153" s="2">
         <v>1.0092000000000001</v>
       </c>
       <c r="J153" s="2">
         <v>1.6334</v>
       </c>
       <c r="K153" s="2">
         <v>13.022500000000001</v>
       </c>
       <c r="L153" s="2">
         <v>9.3080999999999996</v>
       </c>
       <c r="M153" s="2">
         <v>5.5644999999999998</v>
       </c>
       <c r="N153" s="2">
         <v>6.5449999999999999</v>
       </c>
     </row>
-    <row r="154" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="154" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C154" s="1"/>
       <c r="D154" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E154" s="2">
         <v>10.139200000000001</v>
       </c>
       <c r="F154" s="2">
         <v>15.032999999999999</v>
       </c>
       <c r="G154" s="2">
         <v>8.2100000000000006E-2</v>
       </c>
       <c r="H154" s="2">
         <v>6.5027999999999997</v>
       </c>
       <c r="I154" s="2">
         <v>1.0625</v>
       </c>
       <c r="J154" s="2">
         <v>1.6425000000000001</v>
       </c>
       <c r="K154" s="2">
         <v>13.1721</v>
       </c>
       <c r="L154" s="2">
         <v>9.6860999999999997</v>
       </c>
       <c r="M154" s="2">
         <v>5.7763</v>
       </c>
       <c r="N154" s="2">
         <v>6.6252000000000004</v>
       </c>
     </row>
-    <row r="155" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="155" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C155" s="1"/>
       <c r="D155" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E155" s="2">
         <v>10.1137</v>
       </c>
       <c r="F155" s="2">
         <v>15.717000000000001</v>
       </c>
       <c r="G155" s="2">
         <v>8.5699999999999998E-2</v>
       </c>
       <c r="H155" s="2">
         <v>6.8616999999999999</v>
       </c>
       <c r="I155" s="2">
         <v>1.0826</v>
       </c>
       <c r="J155" s="2">
         <v>1.6540999999999999</v>
       </c>
       <c r="K155" s="2">
         <v>13.510400000000001</v>
       </c>
       <c r="L155" s="2">
         <v>10.0364</v>
       </c>
       <c r="M155" s="2">
         <v>5.6016000000000004</v>
       </c>
       <c r="N155" s="2">
         <v>6.6668000000000003</v>
       </c>
     </row>
-    <row r="156" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="156" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C156" s="1"/>
       <c r="D156" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E156" s="2">
         <v>10.589399999999999</v>
       </c>
       <c r="F156" s="2">
         <v>16.276700000000002</v>
       </c>
       <c r="G156" s="2">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="H156" s="2">
         <v>7.0747</v>
       </c>
       <c r="I156" s="2">
         <v>1.1193</v>
       </c>
       <c r="J156" s="2">
         <v>1.6779999999999999</v>
       </c>
       <c r="K156" s="2">
         <v>13.966100000000001</v>
       </c>
       <c r="L156" s="2">
         <v>10.3523</v>
       </c>
       <c r="M156" s="2">
         <v>5.7363</v>
       </c>
       <c r="N156" s="2">
         <v>6.7487000000000004</v>
       </c>
     </row>
-    <row r="157" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="157" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C157" s="1"/>
       <c r="D157" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E157" s="2">
         <v>10.6044</v>
       </c>
       <c r="F157" s="2">
         <v>16.4969</v>
       </c>
       <c r="G157" s="2">
         <v>8.7900000000000006E-2</v>
       </c>
       <c r="H157" s="2">
         <v>7.0994000000000002</v>
       </c>
       <c r="I157" s="2">
         <v>1.1339999999999999</v>
       </c>
       <c r="J157" s="2">
         <v>1.6795</v>
       </c>
       <c r="K157" s="2">
         <v>14.001099999999999</v>
       </c>
       <c r="L157" s="2">
         <v>10.4024</v>
       </c>
       <c r="M157" s="2">
         <v>5.8036000000000003</v>
       </c>
       <c r="N157" s="2">
         <v>6.7434000000000003</v>
       </c>
     </row>
-    <row r="158" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="158" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C158" s="1"/>
       <c r="D158" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E158" s="2">
         <v>10.327999999999999</v>
       </c>
       <c r="F158" s="2">
         <v>16.0806</v>
       </c>
       <c r="G158" s="2">
         <v>8.3400000000000002E-2</v>
       </c>
       <c r="H158" s="2">
         <v>6.9170999999999996</v>
       </c>
       <c r="I158" s="2">
         <v>1.1131</v>
       </c>
       <c r="J158" s="2">
         <v>1.6615</v>
       </c>
       <c r="K158" s="2">
         <v>13.597</v>
       </c>
       <c r="L158" s="2">
         <v>10.133599999999999</v>
       </c>
       <c r="M158" s="2">
         <v>5.6820000000000004</v>
       </c>
       <c r="N158" s="2">
         <v>6.5441000000000003</v>
       </c>
     </row>
-    <row r="159" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="159" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C159" s="1"/>
       <c r="D159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E159" s="2">
         <v>9.6509</v>
       </c>
       <c r="F159" s="2">
         <v>15.164999999999999</v>
       </c>
       <c r="G159" s="2">
         <v>7.9399999999999998E-2</v>
       </c>
       <c r="H159" s="2">
         <v>6.5842000000000001</v>
       </c>
       <c r="I159" s="2">
         <v>1.0545</v>
       </c>
       <c r="J159" s="2">
         <v>1.6391</v>
       </c>
       <c r="K159" s="2">
         <v>13.8773</v>
       </c>
       <c r="L159" s="2">
         <v>9.6631</v>
       </c>
       <c r="M159" s="2">
         <v>5.4188000000000001</v>
       </c>
       <c r="N159" s="2">
         <v>6.1424000000000003</v>
       </c>
     </row>
-    <row r="160" spans="3:14" x14ac:dyDescent="0.3">
+    <row r="160" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C160" s="1"/>
       <c r="D160" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E160" s="2">
         <v>8.9596999999999998</v>
       </c>
       <c r="F160" s="2">
         <v>14.2121</v>
       </c>
       <c r="G160" s="2">
         <v>7.3400000000000007E-2</v>
       </c>
       <c r="H160" s="2">
         <v>6.2146999999999997</v>
       </c>
       <c r="I160" s="2">
         <v>1.0031000000000001</v>
       </c>
       <c r="J160" s="2">
         <v>1.5915999999999999</v>
       </c>
       <c r="K160" s="2">
         <v>11.987399999999999</v>
       </c>
       <c r="L160" s="2">
         <v>9.1231000000000009</v>
       </c>
       <c r="M160" s="2">
         <v>5.0400999999999998</v>
       </c>
       <c r="N160" s="2">
         <v>5.7495000000000003</v>
       </c>
     </row>
-    <row r="161" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="161" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C161" s="1">
         <v>2003</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E161" s="2">
         <v>8.6815999999999995</v>
       </c>
       <c r="F161" s="2">
         <v>14.028</v>
       </c>
       <c r="G161" s="2">
         <v>7.3099999999999998E-2</v>
       </c>
       <c r="H161" s="2">
         <v>6.3037999999999998</v>
       </c>
       <c r="I161" s="2">
         <v>1.0046999999999999</v>
       </c>
       <c r="J161" s="2">
         <v>1.5855999999999999</v>
       </c>
       <c r="K161" s="2">
         <v>11.8789</v>
       </c>
       <c r="L161" s="2">
         <v>9.2147000000000006</v>
       </c>
       <c r="M161" s="2">
         <v>5.0595999999999997</v>
       </c>
       <c r="N161" s="2">
         <v>5.6307999999999998</v>
       </c>
     </row>
-    <row r="162" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="162" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C162" s="1"/>
       <c r="D162" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E162" s="2">
         <v>8.3031000000000006</v>
       </c>
       <c r="F162" s="2">
         <v>13.367599999999999</v>
       </c>
       <c r="G162" s="2">
         <v>6.9599999999999995E-2</v>
       </c>
       <c r="H162" s="2">
         <v>6.0052000000000003</v>
       </c>
       <c r="I162" s="2">
         <v>0.97760000000000002</v>
       </c>
       <c r="J162" s="2">
         <v>1.5632999999999999</v>
       </c>
       <c r="K162" s="2">
         <v>11.3819</v>
       </c>
       <c r="L162" s="2">
         <v>8.9431999999999992</v>
       </c>
       <c r="M162" s="2">
         <v>4.9398999999999997</v>
       </c>
       <c r="N162" s="2">
         <v>5.4886999999999997</v>
       </c>
     </row>
-    <row r="163" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="163" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C163" s="1"/>
       <c r="D163" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="2">
         <v>8.0439000000000007</v>
       </c>
       <c r="F163" s="2">
         <v>12.7437</v>
       </c>
       <c r="G163" s="2">
         <v>6.7900000000000002E-2</v>
       </c>
       <c r="H163" s="2">
         <v>5.9267000000000003</v>
       </c>
       <c r="I163" s="2">
         <v>0.94399999999999995</v>
       </c>
       <c r="J163" s="2">
         <v>1.5474000000000001</v>
       </c>
       <c r="K163" s="2">
         <v>10.5314</v>
       </c>
       <c r="L163" s="2">
         <v>8.7063000000000006</v>
       </c>
       <c r="M163" s="2">
         <v>4.8524000000000003</v>
       </c>
       <c r="N163" s="2">
         <v>5.4557000000000002</v>
       </c>
     </row>
-    <row r="164" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="164" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C164" s="1"/>
       <c r="D164" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E164" s="2">
         <v>7.7060000000000004</v>
       </c>
       <c r="F164" s="2">
         <v>12.124000000000001</v>
       </c>
       <c r="G164" s="2">
         <v>6.4299999999999996E-2</v>
       </c>
       <c r="H164" s="2">
         <v>5.0010000000000003</v>
       </c>
       <c r="I164" s="2">
         <v>0.91120000000000001</v>
       </c>
       <c r="J164" s="2">
         <v>1.5243</v>
       </c>
       <c r="K164" s="2">
         <v>10.5322</v>
       </c>
       <c r="L164" s="2">
         <v>8.3627000000000002</v>
       </c>
       <c r="M164" s="2">
         <v>4.6913</v>
       </c>
       <c r="N164" s="2">
         <v>5.2744</v>
       </c>
     </row>
-    <row r="165" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="165" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C165" s="1"/>
       <c r="D165" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E165" s="2">
         <v>7.6651999999999996</v>
       </c>
       <c r="F165" s="2">
         <v>12.439299999999999</v>
       </c>
       <c r="G165" s="2">
         <v>6.54E-2</v>
       </c>
       <c r="H165" s="2">
         <v>5.6494</v>
       </c>
       <c r="I165" s="2">
         <v>0.96819999999999995</v>
       </c>
       <c r="J165" s="2">
         <v>1.5365</v>
       </c>
       <c r="K165" s="2">
         <v>10.7836</v>
       </c>
       <c r="L165" s="2">
         <v>8.8636999999999997</v>
       </c>
       <c r="M165" s="2">
         <v>4.9641000000000002</v>
       </c>
       <c r="N165" s="2">
         <v>5.5449999999999999</v>
       </c>
     </row>
-    <row r="166" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="166" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C166" s="1"/>
       <c r="D166" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E166" s="2">
         <v>7.9027000000000003</v>
       </c>
       <c r="F166" s="2">
         <v>13.1219</v>
       </c>
       <c r="G166" s="2">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="H166" s="2">
         <v>5.9842000000000004</v>
       </c>
       <c r="I166" s="2">
         <v>1.0114000000000001</v>
       </c>
       <c r="J166" s="2">
         <v>1.5556000000000001</v>
       </c>
       <c r="K166" s="2">
         <v>11.170199999999999</v>
       </c>
       <c r="L166" s="2">
         <v>9.2177000000000007</v>
       </c>
       <c r="M166" s="2">
         <v>5.2495000000000003</v>
       </c>
       <c r="N166" s="2">
         <v>5.8361000000000001</v>
       </c>
     </row>
-    <row r="167" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="167" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C167" s="1"/>
       <c r="D167" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E167" s="2">
         <v>7.5400999999999998</v>
       </c>
       <c r="F167" s="2">
         <v>12.26</v>
       </c>
       <c r="G167" s="2">
         <v>6.3600000000000004E-2</v>
       </c>
       <c r="H167" s="2">
         <v>5.5502000000000002</v>
       </c>
       <c r="I167" s="2">
         <v>0.93400000000000005</v>
       </c>
       <c r="J167" s="2">
         <v>1.5243</v>
       </c>
       <c r="K167" s="2">
         <v>10.597300000000001</v>
       </c>
       <c r="L167" s="2">
         <v>8.5866000000000007</v>
       </c>
       <c r="M167" s="2">
         <v>4.9973999999999998</v>
       </c>
       <c r="N167" s="2">
         <v>5.4752999999999998</v>
       </c>
     </row>
-    <row r="168" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="168" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C168" s="1"/>
       <c r="D168" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E168" s="2">
         <v>7.3921999999999999</v>
       </c>
       <c r="F168" s="2">
         <v>11.786799999999999</v>
       </c>
       <c r="G168" s="2">
         <v>6.2199999999999998E-2</v>
       </c>
       <c r="H168" s="2">
         <v>5.3501000000000003</v>
       </c>
       <c r="I168" s="2">
         <v>0.89300000000000002</v>
       </c>
       <c r="J168" s="2">
         <v>1.51</v>
       </c>
       <c r="K168" s="2">
         <v>9.7957999999999998</v>
       </c>
       <c r="L168" s="2">
         <v>8.2417999999999996</v>
       </c>
       <c r="M168" s="2">
         <v>4.8133999999999997</v>
       </c>
       <c r="N168" s="2">
         <v>5.2907000000000002</v>
       </c>
     </row>
-    <row r="169" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="169" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C169" s="1"/>
       <c r="D169" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E169" s="2">
         <v>7.3246000000000002</v>
       </c>
       <c r="F169" s="2">
         <v>11.782</v>
       </c>
       <c r="G169" s="2">
         <v>6.3600000000000004E-2</v>
       </c>
       <c r="H169" s="2">
         <v>5.3087</v>
       </c>
       <c r="I169" s="2">
         <v>0.90429999999999999</v>
       </c>
       <c r="J169" s="2">
         <v>1.5101</v>
       </c>
       <c r="K169" s="2">
         <v>10.2597</v>
       </c>
       <c r="L169" s="2">
         <v>8.2109000000000005</v>
       </c>
       <c r="M169" s="2">
         <v>4.8384</v>
       </c>
       <c r="N169" s="2">
         <v>5.3611000000000004</v>
       </c>
     </row>
-    <row r="170" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="170" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C170" s="1"/>
       <c r="D170" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E170" s="2">
         <v>6.9637000000000002</v>
       </c>
       <c r="F170" s="2">
         <v>11.6744</v>
       </c>
       <c r="G170" s="2">
         <v>6.3600000000000004E-2</v>
       </c>
       <c r="H170" s="2">
         <v>5.2652000000000001</v>
       </c>
       <c r="I170" s="2">
         <v>0.90480000000000005</v>
       </c>
       <c r="J170" s="2">
         <v>1.4972000000000001</v>
       </c>
       <c r="K170" s="2">
         <v>10.395200000000001</v>
       </c>
       <c r="L170" s="2">
         <v>8.1516000000000002</v>
       </c>
       <c r="M170" s="2">
         <v>4.8288000000000002</v>
       </c>
       <c r="N170" s="2">
         <v>5.258</v>
       </c>
     </row>
-    <row r="171" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="171" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C171" s="1"/>
       <c r="D171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E171" s="2">
         <v>6.7286999999999999</v>
       </c>
       <c r="F171" s="2">
         <v>11.369199999999999</v>
       </c>
       <c r="G171" s="2">
         <v>6.1600000000000002E-2</v>
       </c>
       <c r="H171" s="2">
         <v>5.0507999999999997</v>
       </c>
       <c r="I171" s="2">
         <v>0.87609999999999999</v>
       </c>
       <c r="J171" s="2">
         <v>1.4807999999999999</v>
       </c>
       <c r="K171" s="2">
         <v>11.0138</v>
       </c>
       <c r="L171" s="2">
         <v>7.8777999999999997</v>
       </c>
       <c r="M171" s="2">
         <v>4.8212000000000002</v>
       </c>
       <c r="N171" s="2">
         <v>5.1224999999999996</v>
       </c>
     </row>
-    <row r="172" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="172" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C172" s="1"/>
       <c r="D172" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E172" s="2">
         <v>6.5259</v>
       </c>
       <c r="F172" s="2">
         <v>11.3873</v>
       </c>
       <c r="G172" s="2">
         <v>6.0400000000000002E-2</v>
       </c>
       <c r="H172" s="2">
         <v>5.1387999999999998</v>
       </c>
       <c r="I172" s="2">
         <v>0.88590000000000002</v>
       </c>
       <c r="J172" s="2">
         <v>1.4749000000000001</v>
       </c>
       <c r="K172" s="2">
         <v>10.7966</v>
       </c>
       <c r="L172" s="2">
         <v>7.9904000000000002</v>
       </c>
       <c r="M172" s="2">
         <v>4.8095999999999997</v>
       </c>
       <c r="N172" s="2">
         <v>4.9618000000000002</v>
       </c>
     </row>
-    <row r="173" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="173" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C173" s="1">
         <v>2004</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E173" s="2">
         <v>6.9179000000000004</v>
       </c>
       <c r="F173" s="2">
         <v>12.593500000000001</v>
       </c>
       <c r="G173" s="2">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="H173" s="2">
         <v>5.5727000000000002</v>
       </c>
       <c r="I173" s="2">
         <v>0.95550000000000002</v>
       </c>
       <c r="J173" s="2">
         <v>1.5143</v>
       </c>
       <c r="K173" s="2">
         <v>10.806100000000001</v>
       </c>
       <c r="L173" s="2">
         <v>8.7263000000000002</v>
       </c>
       <c r="M173" s="2">
         <v>5.3257000000000003</v>
       </c>
       <c r="N173" s="2">
         <v>5.3398000000000003</v>
       </c>
     </row>
-    <row r="174" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="174" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C174" s="1"/>
       <c r="D174" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E174" s="2">
         <v>6.7686000000000002</v>
       </c>
       <c r="F174" s="2">
         <v>12.6411</v>
       </c>
       <c r="G174" s="2">
         <v>6.9500000000000006E-2</v>
       </c>
       <c r="H174" s="2">
         <v>5.4408000000000003</v>
       </c>
       <c r="I174" s="2">
         <v>0.93220000000000003</v>
       </c>
       <c r="J174" s="2">
         <v>1.4133</v>
       </c>
       <c r="K174" s="2">
         <v>10.066000000000001</v>
       </c>
       <c r="L174" s="2">
         <v>8.5594000000000001</v>
       </c>
       <c r="M174" s="2">
         <v>5.2633000000000001</v>
       </c>
       <c r="N174" s="2">
         <v>5.0942999999999996</v>
       </c>
       <c r="O174" s="4"/>
     </row>
-    <row r="175" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="175" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C175" s="1"/>
       <c r="D175" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E175" s="2">
         <v>6.6632800000000003</v>
       </c>
       <c r="F175" s="2">
         <v>12.1204</v>
       </c>
       <c r="G175" s="2">
         <v>6.1100000000000002E-2</v>
       </c>
       <c r="H175" s="2">
         <v>5.1936</v>
       </c>
       <c r="I175" s="2">
         <v>0.88160000000000005</v>
       </c>
       <c r="J175" s="2">
         <v>1.3746</v>
       </c>
       <c r="K175" s="2">
         <v>11.025700000000001</v>
       </c>
       <c r="L175" s="2">
         <v>8.2378</v>
       </c>
       <c r="M175" s="2">
         <v>4.9714</v>
       </c>
       <c r="N175" s="2">
         <v>4.9889999999999999</v>
       </c>
       <c r="O175" s="4"/>
     </row>
-    <row r="176" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="176" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C176" s="1"/>
       <c r="D176" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E176" s="2">
         <v>6.5537000000000001</v>
       </c>
       <c r="F176" s="2">
         <v>11.8224</v>
       </c>
       <c r="G176" s="2">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="H176" s="2">
         <v>5.0576999999999996</v>
       </c>
       <c r="I176" s="2">
         <v>0.85770000000000002</v>
       </c>
       <c r="J176" s="2">
         <v>1.3656999999999999</v>
       </c>
       <c r="K176" s="2">
         <v>11.164199999999999</v>
       </c>
       <c r="L176" s="2">
         <v>7.867</v>
       </c>
       <c r="M176" s="2">
         <v>4.8765999999999998</v>
       </c>
       <c r="N176" s="2">
         <v>4.8930999999999996</v>
       </c>
       <c r="O176" s="4"/>
     </row>
-    <row r="177" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="177" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C177" s="1"/>
       <c r="D177" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E177" s="2">
         <v>6.7820999999999998</v>
       </c>
       <c r="F177" s="2">
         <v>12.126200000000001</v>
       </c>
       <c r="G177" s="2">
         <v>6.0600000000000001E-2</v>
       </c>
       <c r="H177" s="2">
         <v>5.2930000000000001</v>
       </c>
       <c r="I177" s="2">
         <v>0.8931</v>
       </c>
       <c r="J177" s="2">
         <v>1.3788</v>
       </c>
       <c r="K177" s="2">
         <v>11.025</v>
       </c>
       <c r="L177" s="2">
         <v>8.1519999999999992</v>
       </c>
       <c r="M177" s="2">
         <v>4.7874999999999996</v>
       </c>
       <c r="N177" s="2">
         <v>4.9223999999999997</v>
       </c>
       <c r="O177" s="4"/>
     </row>
-    <row r="178" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="178" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C178" s="1"/>
       <c r="D178" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E178" s="2">
         <v>6.4381000000000004</v>
       </c>
       <c r="F178" s="2">
         <v>11.761900000000001</v>
       </c>
       <c r="G178" s="2">
         <v>5.8799999999999998E-2</v>
       </c>
       <c r="H178" s="2">
         <v>5.1441999999999997</v>
       </c>
       <c r="I178" s="2">
         <v>0.85440000000000005</v>
       </c>
       <c r="J178" s="2">
         <v>1.3584000000000001</v>
       </c>
       <c r="K178" s="2">
         <v>11.039300000000001</v>
       </c>
       <c r="L178" s="2">
         <v>7.8120000000000003</v>
       </c>
       <c r="M178" s="2">
         <v>4.4687000000000001</v>
       </c>
       <c r="N178" s="2">
         <v>4.7347000000000001</v>
       </c>
       <c r="O178" s="4"/>
     </row>
-    <row r="179" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="179" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C179" s="1"/>
       <c r="D179" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E179" s="2">
         <v>6.1287000000000003</v>
       </c>
       <c r="F179" s="2">
         <v>11.292299999999999</v>
       </c>
       <c r="G179" s="2">
         <v>5.6099999999999997E-2</v>
       </c>
       <c r="H179" s="2">
         <v>4.9272999999999998</v>
       </c>
       <c r="I179" s="2">
         <v>0.81810000000000005</v>
       </c>
       <c r="J179" s="2">
         <v>1.3371</v>
       </c>
       <c r="K179" s="2">
         <v>10.195399999999999</v>
       </c>
       <c r="L179" s="2">
         <v>7.5236000000000001</v>
       </c>
       <c r="M179" s="2">
         <v>4.3893000000000004</v>
       </c>
       <c r="N179" s="2">
         <v>4.6344000000000003</v>
       </c>
       <c r="O179" s="4"/>
     </row>
-    <row r="180" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="180" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C180" s="1"/>
       <c r="D180" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E180" s="2">
         <v>6.4574999999999996</v>
       </c>
       <c r="F180" s="2">
         <v>11.7446</v>
       </c>
       <c r="G180" s="2">
         <v>5.0500000000000003E-2</v>
       </c>
       <c r="H180" s="2">
         <v>5.1106999999999996</v>
       </c>
       <c r="I180" s="2">
         <v>0.85529999999999995</v>
       </c>
       <c r="J180" s="2">
         <v>1.3591</v>
       </c>
       <c r="K180" s="2">
         <v>11.047499999999999</v>
       </c>
       <c r="L180" s="2">
         <v>7.8615000000000004</v>
       </c>
       <c r="M180" s="2">
         <v>4.5831999999999997</v>
       </c>
       <c r="N180" s="2">
         <v>4.9138999999999999</v>
       </c>
       <c r="O180" s="4"/>
     </row>
-    <row r="181" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="181" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C181" s="1"/>
       <c r="D181" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E181" s="2">
         <v>6.5468999999999999</v>
       </c>
       <c r="F181" s="2">
         <v>11.736000000000001</v>
       </c>
       <c r="G181" s="2">
         <v>5.9499999999999997E-2</v>
       </c>
       <c r="H181" s="2">
         <v>5.1821999999999999</v>
       </c>
       <c r="I181" s="2">
         <v>0.879</v>
       </c>
       <c r="J181" s="2">
         <v>1.3853</v>
       </c>
       <c r="K181" s="2">
         <v>10.287000000000001</v>
       </c>
       <c r="L181" s="2">
         <v>7.9950000000000001</v>
       </c>
       <c r="M181" s="2">
         <v>4.5919999999999996</v>
       </c>
       <c r="N181" s="2">
         <v>5.0704000000000002</v>
       </c>
       <c r="O181" s="4"/>
     </row>
-    <row r="182" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="182" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C182" s="1"/>
       <c r="D182" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E182" s="2">
         <v>6.3875999999999999</v>
       </c>
       <c r="F182" s="2">
         <v>11.546099999999999</v>
       </c>
       <c r="G182" s="2">
         <v>5.8700000000000002E-2</v>
       </c>
       <c r="H182" s="2">
         <v>5.1740000000000004</v>
       </c>
       <c r="I182" s="2">
         <v>0.88109999999999999</v>
       </c>
       <c r="J182" s="2">
         <v>1.3585</v>
       </c>
       <c r="K182" s="2">
         <v>10.7376</v>
       </c>
       <c r="L182" s="2">
         <v>7.9820000000000002</v>
       </c>
       <c r="M182" s="2">
         <v>4.6809000000000003</v>
       </c>
       <c r="N182" s="2">
         <v>5.1144999999999996</v>
       </c>
       <c r="O182" s="4"/>
     </row>
-    <row r="183" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="183" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C183" s="1"/>
       <c r="D183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E183" s="2">
         <v>6.0557999999999996</v>
       </c>
       <c r="F183" s="2">
         <v>11.2483</v>
       </c>
       <c r="G183" s="2">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="H183" s="2">
         <v>5.1642000000000001</v>
       </c>
       <c r="I183" s="2">
         <v>0.873</v>
       </c>
       <c r="J183" s="2">
         <v>1.3431999999999999</v>
       </c>
       <c r="K183" s="2">
         <v>10.398400000000001</v>
       </c>
       <c r="L183" s="2">
         <v>7.8597000000000001</v>
       </c>
       <c r="M183" s="2">
         <v>4.6881000000000004</v>
       </c>
       <c r="N183" s="2">
         <v>5.0568</v>
       </c>
       <c r="O183" s="4"/>
     </row>
-    <row r="184" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="184" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C184" s="1"/>
       <c r="D184" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E184" s="2">
         <v>5.7323000000000004</v>
       </c>
       <c r="F184" s="2">
         <v>11.601000000000001</v>
       </c>
       <c r="G184" s="2">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="H184" s="2">
         <v>5.0041000000000002</v>
       </c>
       <c r="I184" s="2">
         <v>0.85560000000000003</v>
       </c>
       <c r="J184" s="2">
         <v>1.3255999999999999</v>
       </c>
       <c r="K184" s="2">
         <v>10.2387</v>
       </c>
       <c r="L184" s="2">
         <v>7.6841999999999997</v>
       </c>
       <c r="M184" s="2">
         <v>4.4042000000000003</v>
       </c>
       <c r="N184" s="2">
         <v>4.7157</v>
       </c>
       <c r="O184" s="4"/>
     </row>
-    <row r="185" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="185" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C185" s="1">
         <v>2005</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E185" s="2">
         <v>5.9698000000000002</v>
       </c>
       <c r="F185" s="2">
         <v>11.216799999999999</v>
       </c>
       <c r="G185" s="2">
         <v>5.7799999999999997E-2</v>
       </c>
       <c r="H185" s="2">
         <v>5.0660999999999996</v>
       </c>
       <c r="I185" s="2">
         <v>0.86580000000000001</v>
       </c>
       <c r="J185" s="2">
         <v>1.34</v>
       </c>
       <c r="K185" s="2">
         <v>9.1061999999999994</v>
       </c>
       <c r="L185" s="2">
         <v>7.8376999999999999</v>
       </c>
       <c r="M185" s="2">
         <v>4.5707000000000004</v>
       </c>
       <c r="N185" s="2">
         <v>4.8779000000000003</v>
       </c>
       <c r="O185" s="4"/>
     </row>
-    <row r="186" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="186" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C186" s="1"/>
       <c r="D186" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E186" s="2">
         <v>6.0160999999999998</v>
       </c>
       <c r="F186" s="2">
         <v>11.3535</v>
       </c>
       <c r="G186" s="2">
         <v>5.74E-2</v>
       </c>
       <c r="H186" s="2">
         <v>5.0548999999999999</v>
       </c>
       <c r="I186" s="2">
         <v>0.86240000000000006</v>
       </c>
       <c r="J186" s="2">
         <v>1.3415999999999999</v>
       </c>
       <c r="K186" s="2">
         <v>9.1410999999999998</v>
       </c>
       <c r="L186" s="2">
         <v>7.8338000000000001</v>
       </c>
       <c r="M186" s="2">
         <v>4.6994999999999996</v>
       </c>
       <c r="N186" s="2">
         <v>4.8585000000000003</v>
       </c>
       <c r="O186" s="4"/>
     </row>
-    <row r="187" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="187" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C187" s="1"/>
       <c r="D187" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E187" s="2">
         <v>6.0101000000000004</v>
       </c>
       <c r="F187" s="2">
         <v>11.470700000000001</v>
       </c>
       <c r="G187" s="2">
         <v>5.7200000000000001E-2</v>
       </c>
       <c r="H187" s="2">
         <v>5.1298000000000004</v>
       </c>
       <c r="I187" s="2">
         <v>0.87460000000000004</v>
       </c>
       <c r="J187" s="2">
         <v>1.3442000000000001</v>
       </c>
       <c r="K187" s="2">
         <v>9.1128999999999998</v>
       </c>
       <c r="L187" s="2">
         <v>7.9442000000000004</v>
       </c>
       <c r="M187" s="2">
         <v>4.7225999999999999</v>
       </c>
       <c r="N187" s="2">
         <v>4.9412000000000003</v>
       </c>
       <c r="O187" s="4"/>
     </row>
-    <row r="188" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="188" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C188" s="1"/>
       <c r="D188" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E188" s="2">
         <v>6.1520999999999999</v>
       </c>
       <c r="F188" s="2">
         <v>11.656700000000001</v>
       </c>
       <c r="G188" s="2">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="H188" s="2">
         <v>5.1478000000000002</v>
       </c>
       <c r="I188" s="2">
         <v>0.86919999999999997</v>
       </c>
       <c r="J188" s="2">
         <v>1.3499000000000001</v>
       </c>
       <c r="K188" s="2">
         <v>9.2933000000000003</v>
       </c>
       <c r="L188" s="2">
         <v>7.9656000000000002</v>
       </c>
       <c r="M188" s="2">
         <v>4.7556000000000003</v>
       </c>
       <c r="N188" s="2">
         <v>4.9874000000000001</v>
       </c>
       <c r="O188" s="4"/>
     </row>
-    <row r="189" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="189" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C189" s="1"/>
       <c r="D189" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E189" s="2">
         <v>6.3314000000000004</v>
       </c>
       <c r="F189" s="2">
         <v>11.7446</v>
       </c>
       <c r="G189" s="2">
         <v>5.9400000000000001E-2</v>
       </c>
       <c r="H189" s="2">
         <v>5.2024999999999997</v>
       </c>
       <c r="I189" s="2">
         <v>0.87439999999999996</v>
       </c>
       <c r="J189" s="2">
         <v>1.3508</v>
       </c>
       <c r="K189" s="2">
         <v>9.4846000000000004</v>
       </c>
       <c r="L189" s="2">
         <v>8.0390999999999995</v>
       </c>
       <c r="M189" s="2">
         <v>4.8506999999999998</v>
       </c>
       <c r="N189" s="2">
         <v>5.0438000000000001</v>
       </c>
       <c r="O189" s="4"/>
     </row>
-    <row r="190" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="190" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C190" s="1"/>
       <c r="D190" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E190" s="2">
         <v>6.75</v>
       </c>
       <c r="F190" s="2">
         <v>12.282</v>
       </c>
       <c r="G190" s="2">
         <v>6.2100000000000002E-2</v>
       </c>
       <c r="H190" s="2">
         <v>5.3398000000000003</v>
       </c>
       <c r="I190" s="2">
         <v>0.88700000000000001</v>
       </c>
       <c r="J190" s="2">
         <v>1.2199</v>
       </c>
       <c r="K190" s="2">
         <v>9.8682999999999996</v>
       </c>
       <c r="L190" s="2">
         <v>8.2150999999999996</v>
       </c>
       <c r="M190" s="2">
         <v>5.1738999999999997</v>
       </c>
       <c r="N190" s="2">
         <v>5.4306999999999999</v>
       </c>
       <c r="O190" s="4"/>
     </row>
-    <row r="191" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="191" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C191" s="1"/>
       <c r="D191" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E191" s="2">
         <v>6.7035</v>
       </c>
       <c r="F191" s="2">
         <v>11.7407</v>
       </c>
       <c r="G191" s="2">
         <v>5.9900000000000002E-2</v>
       </c>
       <c r="H191" s="2">
         <v>5.1818</v>
       </c>
       <c r="I191" s="2">
         <v>0.85670000000000002</v>
       </c>
       <c r="J191" s="2">
         <v>1.208</v>
       </c>
       <c r="K191" s="2">
         <v>9.6895000000000007</v>
       </c>
       <c r="L191" s="2">
         <v>8.0744000000000007</v>
       </c>
       <c r="M191" s="2">
         <v>5.0446999999999997</v>
       </c>
       <c r="N191" s="2">
         <v>5.4798</v>
       </c>
       <c r="O191" s="4"/>
     </row>
-    <row r="192" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="192" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C192" s="1"/>
       <c r="D192" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E192" s="2">
         <v>6.4649999999999999</v>
       </c>
       <c r="F192" s="2">
         <v>11.5992</v>
       </c>
       <c r="G192" s="2">
         <v>5.8500000000000003E-2</v>
       </c>
       <c r="H192" s="2">
         <v>5.1181000000000001</v>
       </c>
       <c r="I192" s="2">
         <v>0.85070000000000001</v>
       </c>
       <c r="J192" s="2">
         <v>1.1923999999999999</v>
       </c>
       <c r="K192" s="2">
         <v>9.4718999999999998</v>
       </c>
       <c r="L192" s="2">
         <v>7.9477000000000002</v>
       </c>
       <c r="M192" s="2">
         <v>4.9246999999999996</v>
       </c>
       <c r="N192" s="2">
         <v>5.3625999999999996</v>
       </c>
       <c r="O192" s="4"/>
     </row>
-    <row r="193" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="193" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C193" s="1"/>
       <c r="D193" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E193" s="2">
         <v>6.3578000000000001</v>
       </c>
       <c r="F193" s="2">
         <v>11.4978</v>
       </c>
       <c r="G193" s="2">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="H193" s="2">
         <v>5.0307000000000004</v>
       </c>
       <c r="I193" s="2">
         <v>0.83460000000000001</v>
       </c>
       <c r="J193" s="2">
         <v>1.1797</v>
       </c>
       <c r="K193" s="2">
         <v>9.4055</v>
       </c>
       <c r="L193" s="2">
         <v>7.7938000000000001</v>
       </c>
       <c r="M193" s="2">
         <v>4.8665000000000003</v>
       </c>
       <c r="N193" s="2">
         <v>5.3925000000000001</v>
       </c>
       <c r="O193" s="4"/>
     </row>
-    <row r="194" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="194" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C194" s="1"/>
       <c r="D194" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E194" s="2">
         <v>6.5766</v>
       </c>
       <c r="F194" s="2">
         <v>11.5989</v>
       </c>
       <c r="G194" s="2">
         <v>5.7299999999999997E-2</v>
       </c>
       <c r="H194" s="2">
         <v>5.1040999999999999</v>
       </c>
       <c r="I194" s="2">
         <v>0.83930000000000005</v>
       </c>
       <c r="J194" s="2">
         <v>1.1823999999999999</v>
       </c>
       <c r="K194" s="2">
         <v>9.3979999999999997</v>
       </c>
       <c r="L194" s="2">
         <v>7.907</v>
       </c>
       <c r="M194" s="2">
         <v>4.9626000000000001</v>
       </c>
       <c r="N194" s="2">
         <v>5.5911999999999997</v>
       </c>
       <c r="O194" s="4"/>
     </row>
-    <row r="195" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="195" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C195" s="1"/>
       <c r="D195" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E195" s="2">
         <v>6.6565000000000003</v>
       </c>
       <c r="F195" s="2">
         <v>11.555300000000001</v>
       </c>
       <c r="G195" s="2">
         <v>5.62E-2</v>
       </c>
       <c r="H195" s="2">
         <v>5.0823999999999998</v>
       </c>
       <c r="I195" s="2">
         <v>0.82110000000000005</v>
       </c>
       <c r="J195" s="2">
         <v>1.1717</v>
       </c>
       <c r="K195" s="2">
         <v>9.4921000000000006</v>
       </c>
       <c r="L195" s="2">
         <v>7.8540999999999999</v>
       </c>
       <c r="M195" s="2">
         <v>4.8956</v>
       </c>
       <c r="N195" s="2">
         <v>5.6285999999999996</v>
       </c>
       <c r="O195" s="4"/>
     </row>
-    <row r="196" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="196" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C196" s="1"/>
       <c r="D196" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E196" s="2">
         <v>6.3590999999999998</v>
       </c>
       <c r="F196" s="2">
         <v>11.1059</v>
       </c>
       <c r="G196" s="2">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="H196" s="2">
         <v>4.8728999999999996</v>
       </c>
       <c r="I196" s="2">
         <v>0.7994</v>
       </c>
       <c r="J196" s="2">
         <v>1.1546000000000001</v>
       </c>
       <c r="K196" s="2">
         <v>9.6056000000000008</v>
       </c>
       <c r="L196" s="2">
         <v>7.5425000000000004</v>
       </c>
       <c r="M196" s="2">
         <v>4.7217000000000002</v>
       </c>
       <c r="N196" s="2">
         <v>5.4744000000000002</v>
       </c>
       <c r="O196" s="4"/>
     </row>
-    <row r="197" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="197" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C197" s="1">
         <v>2006</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E197" s="2">
         <v>6.0891000000000002</v>
       </c>
       <c r="F197" s="2">
         <v>10.7529</v>
       </c>
       <c r="G197" s="2">
         <v>5.28E-2</v>
       </c>
       <c r="H197" s="2">
         <v>4.7647000000000004</v>
       </c>
       <c r="I197" s="2">
         <v>0.79239999999999999</v>
       </c>
       <c r="J197" s="2">
         <v>1.1366000000000001</v>
       </c>
       <c r="K197" s="2">
         <v>8.8088999999999995</v>
       </c>
       <c r="L197" s="2">
         <v>7.3814000000000002</v>
       </c>
       <c r="M197" s="2">
         <v>4.5659999999999998</v>
       </c>
       <c r="N197" s="2">
         <v>5.2568999999999999</v>
       </c>
       <c r="O197" s="4"/>
     </row>
-    <row r="198" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="198" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C198" s="1"/>
       <c r="D198" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E198" s="2">
         <v>6.1177000000000001</v>
       </c>
       <c r="F198" s="2">
         <v>10.694800000000001</v>
       </c>
       <c r="G198" s="2">
         <v>5.1900000000000002E-2</v>
       </c>
       <c r="H198" s="2">
         <v>4.6905999999999999</v>
       </c>
       <c r="I198" s="2">
         <v>0.78239999999999998</v>
       </c>
       <c r="J198" s="2">
         <v>1.1304000000000001</v>
       </c>
       <c r="K198" s="2">
         <v>8.7827999999999999</v>
       </c>
       <c r="L198" s="2">
         <v>7.3086000000000002</v>
       </c>
       <c r="M198" s="2">
         <v>4.5366</v>
       </c>
       <c r="N198" s="2">
         <v>5.3220999999999998</v>
       </c>
       <c r="O198" s="4"/>
     </row>
-    <row r="199" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="199" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C199" s="1"/>
       <c r="D199" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E199" s="2">
         <v>6.2544000000000004</v>
       </c>
       <c r="F199" s="2">
         <v>10.907</v>
       </c>
       <c r="G199" s="2">
         <v>5.33E-2</v>
       </c>
       <c r="H199" s="2">
         <v>4.7934000000000001</v>
       </c>
       <c r="I199" s="2">
         <v>0.8004</v>
       </c>
       <c r="J199" s="2">
         <v>1.1348</v>
       </c>
       <c r="K199" s="2">
         <v>8.9562000000000008</v>
       </c>
       <c r="L199" s="2">
         <v>7.5213000000000001</v>
       </c>
       <c r="M199" s="2">
         <v>4.5465</v>
       </c>
       <c r="N199" s="2">
         <v>5.4066999999999998</v>
       </c>
       <c r="O199" s="4"/>
     </row>
-    <row r="200" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="200" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C200" s="1"/>
       <c r="D200" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E200" s="2">
         <v>6.0720000000000001</v>
       </c>
       <c r="F200" s="2">
         <v>10.720599999999999</v>
       </c>
       <c r="G200" s="2">
         <v>5.1799999999999999E-2</v>
       </c>
       <c r="H200" s="2">
         <v>4.7285000000000004</v>
       </c>
       <c r="I200" s="2">
         <v>0.79779999999999995</v>
       </c>
       <c r="J200" s="2">
         <v>1.1214999999999999</v>
       </c>
       <c r="K200" s="2">
         <v>8.8084000000000007</v>
       </c>
       <c r="L200" s="2">
         <v>7.4458000000000002</v>
       </c>
       <c r="M200" s="2">
         <v>4.4637000000000002</v>
       </c>
       <c r="N200" s="2">
         <v>5.2946999999999997</v>
       </c>
       <c r="O200" s="4"/>
     </row>
-    <row r="201" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="201" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C201" s="1"/>
       <c r="D201" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E201" s="2">
         <v>6.3198999999999996</v>
       </c>
       <c r="F201" s="2">
         <v>11.805999999999999</v>
       </c>
       <c r="G201" s="2">
         <v>5.6599999999999998E-2</v>
       </c>
       <c r="H201" s="2">
         <v>5.1844000000000001</v>
       </c>
       <c r="I201" s="2">
         <v>0.86470000000000002</v>
       </c>
       <c r="J201" s="2">
         <v>1.1435999999999999</v>
       </c>
       <c r="K201" s="2">
         <v>9.4117999999999995</v>
       </c>
       <c r="L201" s="2">
         <v>8.0701999999999998</v>
       </c>
       <c r="M201" s="2">
         <v>4.8259999999999996</v>
       </c>
       <c r="N201" s="2">
         <v>5.6909999999999998</v>
       </c>
       <c r="O201" s="4"/>
     </row>
-    <row r="202" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="202" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C202" s="1"/>
       <c r="D202" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E202" s="2">
         <v>6.9549000000000003</v>
       </c>
       <c r="F202" s="2">
         <v>12.8291</v>
       </c>
       <c r="G202" s="2">
         <v>6.0699999999999997E-2</v>
       </c>
       <c r="H202" s="2">
         <v>5.6494</v>
       </c>
       <c r="I202" s="2">
         <v>0.95479999999999998</v>
       </c>
       <c r="J202" s="2">
         <v>1.1740999999999999</v>
       </c>
       <c r="K202" s="2">
         <v>10.3123</v>
       </c>
       <c r="L202" s="2">
         <v>8.8146000000000004</v>
       </c>
       <c r="M202" s="2">
         <v>5.1508000000000003</v>
       </c>
       <c r="N202" s="2">
         <v>6.2491000000000003</v>
       </c>
       <c r="O202" s="4"/>
     </row>
-    <row r="203" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="203" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C203" s="1"/>
       <c r="D203" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E203" s="2">
         <v>7.0842999999999998</v>
       </c>
       <c r="F203" s="2">
         <v>13.0646</v>
       </c>
       <c r="G203" s="2">
         <v>6.13E-2</v>
       </c>
       <c r="H203" s="2">
         <v>5.73</v>
       </c>
       <c r="I203" s="2">
         <v>0.98529999999999995</v>
       </c>
       <c r="J203" s="2">
         <v>1.1775</v>
       </c>
       <c r="K203" s="2">
         <v>10.4587</v>
       </c>
       <c r="L203" s="2">
         <v>8.9888999999999992</v>
       </c>
       <c r="M203" s="2">
         <v>5.3278999999999996</v>
       </c>
       <c r="N203" s="2">
         <v>6.2812000000000001</v>
       </c>
       <c r="O203" s="4"/>
     </row>
-    <row r="204" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="204" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C204" s="1"/>
       <c r="D204" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E204" s="2">
         <v>6.9553000000000003</v>
       </c>
       <c r="F204" s="2">
         <v>13.1608</v>
       </c>
       <c r="G204" s="2">
         <v>0.06</v>
       </c>
       <c r="H204" s="2">
         <v>5.6501000000000001</v>
       </c>
       <c r="I204" s="2">
         <v>0.9677</v>
       </c>
       <c r="J204" s="2">
         <v>1.1677999999999999</v>
       </c>
       <c r="K204" s="2">
         <v>10.3276</v>
       </c>
       <c r="L204" s="2">
         <v>8.9128000000000007</v>
       </c>
       <c r="M204" s="2">
         <v>5.3090000000000002</v>
       </c>
       <c r="N204" s="2">
         <v>6.2149999999999999</v>
       </c>
       <c r="O204" s="4"/>
     </row>
-    <row r="205" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="205" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C205" s="1"/>
       <c r="D205" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E205" s="2">
         <v>7.4097999999999997</v>
       </c>
       <c r="F205" s="2">
         <v>13.970599999999999</v>
       </c>
       <c r="G205" s="2">
         <v>6.3299999999999995E-2</v>
       </c>
       <c r="H205" s="2">
         <v>5.9577</v>
       </c>
       <c r="I205" s="2">
         <v>1.018</v>
       </c>
       <c r="J205" s="2">
         <v>1.1889000000000001</v>
       </c>
       <c r="K205" s="2">
         <v>11.001799999999999</v>
       </c>
       <c r="L205" s="2">
         <v>9.4375999999999998</v>
       </c>
       <c r="M205" s="2">
         <v>5.6037999999999997</v>
       </c>
       <c r="N205" s="2">
         <v>6.6432000000000002</v>
       </c>
       <c r="O205" s="4"/>
     </row>
-    <row r="206" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="206" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C206" s="1"/>
       <c r="D206" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E206" s="2">
         <v>7.6492000000000004</v>
       </c>
       <c r="F206" s="2">
         <v>14.3415</v>
       </c>
       <c r="G206" s="2">
         <v>6.4500000000000002E-2</v>
       </c>
       <c r="H206" s="2">
         <v>6.0697999999999999</v>
       </c>
       <c r="I206" s="2">
         <v>1.0428999999999999</v>
       </c>
       <c r="J206" s="2">
         <v>1.1955</v>
       </c>
       <c r="K206" s="2">
         <v>11.2651</v>
       </c>
       <c r="L206" s="2">
         <v>9.6502999999999997</v>
       </c>
       <c r="M206" s="2">
         <v>5.7638999999999996</v>
       </c>
       <c r="N206" s="2">
         <v>6.7785000000000002</v>
       </c>
       <c r="O206" s="4"/>
     </row>
-    <row r="207" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="207" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C207" s="1"/>
       <c r="D207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E207" s="2">
         <v>7.2586000000000004</v>
       </c>
       <c r="F207" s="2">
         <v>13.8728</v>
       </c>
       <c r="G207" s="2">
         <v>6.1899999999999997E-2</v>
       </c>
       <c r="H207" s="2">
         <v>5.8715999999999999</v>
       </c>
       <c r="I207" s="2">
         <v>1.0268999999999999</v>
       </c>
       <c r="J207" s="2">
         <v>1.173</v>
       </c>
       <c r="K207" s="2">
         <v>10.795400000000001</v>
       </c>
       <c r="L207" s="2">
         <v>9.3488000000000007</v>
       </c>
       <c r="M207" s="2">
         <v>5.6028000000000002</v>
       </c>
       <c r="N207" s="2">
         <v>6.3906000000000001</v>
       </c>
       <c r="O207" s="4"/>
     </row>
-    <row r="208" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="208" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C208" s="1"/>
       <c r="D208" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E208" s="2">
         <v>7.0406000000000004</v>
       </c>
       <c r="F208" s="2">
         <v>13.8362</v>
       </c>
       <c r="G208" s="2">
         <v>6.0100000000000001E-2</v>
       </c>
       <c r="H208" s="2">
         <v>5.8288000000000002</v>
       </c>
       <c r="I208" s="2">
         <v>1.0298</v>
       </c>
       <c r="J208" s="2">
         <v>1.1640999999999999</v>
       </c>
       <c r="K208" s="2">
         <v>10.6182</v>
       </c>
       <c r="L208" s="2">
         <v>9.3074999999999992</v>
       </c>
       <c r="M208" s="2">
         <v>5.5368000000000004</v>
       </c>
       <c r="N208" s="2">
         <v>6.1172000000000004</v>
       </c>
       <c r="O208" s="4"/>
     </row>
-    <row r="209" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="209" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C209" s="1">
         <v>2007</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E209" s="2">
         <v>7.1837999999999997</v>
       </c>
       <c r="F209" s="2">
         <v>14.082800000000001</v>
       </c>
       <c r="G209" s="2">
         <v>5.9700000000000003E-2</v>
       </c>
       <c r="H209" s="2">
         <v>5.7845000000000004</v>
       </c>
       <c r="I209" s="2">
         <v>1.0290999999999999</v>
       </c>
       <c r="J209" s="2">
         <v>1.1637999999999999</v>
       </c>
       <c r="K209" s="2">
         <v>10.6988</v>
       </c>
       <c r="L209" s="2">
         <v>9.3442000000000007</v>
       </c>
       <c r="M209" s="2">
         <v>5.6261999999999999</v>
       </c>
       <c r="N209" s="2">
         <v>6.1135000000000002</v>
       </c>
       <c r="O209" s="4"/>
     </row>
-    <row r="210" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="210" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C210" s="1"/>
       <c r="D210" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E210" s="2">
         <v>7.1698000000000004</v>
       </c>
       <c r="F210" s="2">
         <v>14.0398</v>
       </c>
       <c r="G210" s="2">
         <v>5.9499999999999997E-2</v>
       </c>
       <c r="H210" s="2">
         <v>5.7816999999999998</v>
       </c>
       <c r="I210" s="2">
         <v>1.0210999999999999</v>
       </c>
       <c r="J210" s="2">
         <v>1.1592</v>
       </c>
       <c r="K210" s="2">
         <v>10.7303</v>
       </c>
       <c r="L210" s="2">
         <v>9.3745999999999992</v>
       </c>
       <c r="M210" s="2">
         <v>5.6087999999999996</v>
       </c>
       <c r="N210" s="2">
         <v>6.1196999999999999</v>
       </c>
       <c r="O210" s="4"/>
     </row>
-    <row r="211" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="211" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C211" s="1"/>
       <c r="D211" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E211" s="2">
         <v>7.3513999999999999</v>
       </c>
       <c r="F211" s="2">
         <v>14.304399999999999</v>
       </c>
       <c r="G211" s="2">
         <v>6.2700000000000006E-2</v>
       </c>
       <c r="H211" s="2">
         <v>6.0347999999999997</v>
       </c>
       <c r="I211" s="2">
         <v>1.0466</v>
       </c>
       <c r="J211" s="2">
         <v>1.1677</v>
       </c>
       <c r="K211" s="2">
         <v>11.083600000000001</v>
       </c>
       <c r="L211" s="2">
         <v>9.7323000000000004</v>
       </c>
       <c r="M211" s="2">
         <v>5.8193999999999999</v>
       </c>
       <c r="N211" s="2">
         <v>6.2862</v>
       </c>
       <c r="O211" s="4"/>
     </row>
-    <row r="212" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="212" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C212" s="1"/>
       <c r="D212" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E212" s="2">
         <v>7.1215999999999999</v>
       </c>
       <c r="F212" s="2">
         <v>14.1669</v>
       </c>
       <c r="G212" s="2">
         <v>0.06</v>
       </c>
       <c r="H212" s="2">
         <v>5.8762999999999996</v>
       </c>
       <c r="I212" s="2">
         <v>1.0405</v>
       </c>
       <c r="J212" s="2">
         <v>1.1523000000000001</v>
       </c>
       <c r="K212" s="2">
         <v>10.8025</v>
       </c>
       <c r="L212" s="2">
         <v>9.6206999999999994</v>
       </c>
       <c r="M212" s="2">
         <v>5.8898000000000001</v>
       </c>
       <c r="N212" s="2">
         <v>6.2672999999999996</v>
       </c>
       <c r="O212" s="4"/>
     </row>
-    <row r="213" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="213" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C213" s="1"/>
       <c r="D213" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E213" s="2">
         <v>7.0186999999999999</v>
       </c>
       <c r="F213" s="2">
         <v>13.9229</v>
       </c>
       <c r="G213" s="2">
         <v>5.8099999999999999E-2</v>
       </c>
       <c r="H213" s="2">
         <v>5.7469000000000001</v>
       </c>
       <c r="I213" s="2">
         <v>1.0305</v>
       </c>
       <c r="J213" s="2">
         <v>1.1463000000000001</v>
       </c>
       <c r="K213" s="2">
         <v>10.6502</v>
       </c>
       <c r="L213" s="2">
         <v>9.4844000000000008</v>
       </c>
       <c r="M213" s="2">
         <v>5.7892999999999999</v>
       </c>
       <c r="N213" s="2">
         <v>6.4054000000000002</v>
       </c>
       <c r="O213" s="4"/>
     </row>
-    <row r="214" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="214" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C214" s="1"/>
       <c r="D214" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E214" s="2">
         <v>7.1718000000000002</v>
       </c>
       <c r="F214" s="2">
         <v>14.2416</v>
       </c>
       <c r="G214" s="2">
         <v>5.8500000000000003E-2</v>
       </c>
       <c r="H214" s="2">
         <v>5.8147000000000002</v>
       </c>
       <c r="I214" s="2">
         <v>1.0311999999999999</v>
       </c>
       <c r="J214" s="2">
         <v>1.1482000000000001</v>
       </c>
       <c r="K214" s="2">
         <v>10.8233</v>
       </c>
       <c r="L214" s="2">
         <v>9.6197999999999997</v>
       </c>
       <c r="M214" s="2">
         <v>6.0396999999999998</v>
       </c>
       <c r="N214" s="2">
         <v>6.7313000000000001</v>
       </c>
       <c r="O214" s="4"/>
     </row>
-    <row r="215" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="215" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C215" s="1"/>
       <c r="D215" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E215" s="2">
         <v>6.9729999999999999</v>
       </c>
       <c r="F215" s="2">
         <v>14.183299999999999</v>
       </c>
       <c r="G215" s="2">
         <v>5.74E-2</v>
       </c>
       <c r="H215" s="2">
         <v>5.7736000000000001</v>
       </c>
       <c r="I215" s="2">
         <v>1.0418000000000001</v>
       </c>
       <c r="J215" s="2">
         <v>1.1369</v>
       </c>
       <c r="K215" s="2">
         <v>10.6511</v>
       </c>
       <c r="L215" s="2">
         <v>9.5662000000000003</v>
       </c>
       <c r="M215" s="2">
         <v>6.0511999999999997</v>
       </c>
       <c r="N215" s="2">
         <v>6.6383000000000001</v>
       </c>
       <c r="O215" s="4"/>
     </row>
-    <row r="216" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="216" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C216" s="1"/>
       <c r="D216" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E216" s="2">
         <v>7.2333999999999996</v>
       </c>
       <c r="F216" s="2">
         <v>14.525</v>
       </c>
       <c r="G216" s="2">
         <v>6.2E-2</v>
       </c>
       <c r="H216" s="2">
         <v>6.0124000000000004</v>
       </c>
       <c r="I216" s="2">
         <v>1.0561</v>
       </c>
       <c r="J216" s="2">
         <v>1.1547000000000001</v>
       </c>
       <c r="K216" s="2">
         <v>11.0379</v>
       </c>
       <c r="L216" s="2">
         <v>9.8460999999999999</v>
       </c>
       <c r="M216" s="2">
         <v>5.9855999999999998</v>
       </c>
       <c r="N216" s="2">
         <v>6.8232999999999997</v>
       </c>
       <c r="O216" s="4"/>
     </row>
-    <row r="217" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="217" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C217" s="1"/>
       <c r="D217" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E217" s="2">
         <v>7.1281999999999996</v>
       </c>
       <c r="F217" s="2">
         <v>14.3767</v>
       </c>
       <c r="G217" s="2">
         <v>6.2E-2</v>
       </c>
       <c r="H217" s="2">
         <v>6.0061999999999998</v>
       </c>
       <c r="I217" s="2">
         <v>1.0640700000000001</v>
       </c>
       <c r="J217" s="2">
         <v>1.1452</v>
       </c>
       <c r="K217" s="2">
         <v>10.9933</v>
       </c>
       <c r="L217" s="2">
         <v>9.8945000000000007</v>
       </c>
       <c r="M217" s="2">
         <v>6.0167999999999999</v>
       </c>
       <c r="N217" s="2">
         <v>6.9238</v>
       </c>
       <c r="O217" s="4"/>
     </row>
-    <row r="218" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="218" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C218" s="1"/>
       <c r="D218" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E218" s="2">
         <v>6.7728999999999999</v>
       </c>
       <c r="F218" s="2">
         <v>13.8408</v>
       </c>
       <c r="G218" s="2">
         <v>5.8500000000000003E-2</v>
       </c>
       <c r="H218" s="2">
         <v>5.7685000000000004</v>
       </c>
       <c r="I218" s="2">
         <v>1.0502</v>
       </c>
       <c r="J218" s="2">
         <v>1.1261000000000001</v>
       </c>
       <c r="K218" s="2">
         <v>10.544600000000001</v>
       </c>
       <c r="L218" s="2">
         <v>9.6371000000000002</v>
       </c>
       <c r="M218" s="2">
         <v>6.0875000000000004</v>
       </c>
       <c r="N218" s="2">
         <v>6.9329000000000001</v>
       </c>
       <c r="O218" s="4"/>
     </row>
-    <row r="219" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="219" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C219" s="1"/>
       <c r="D219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E219" s="2">
         <v>6.7009999999999996</v>
       </c>
       <c r="F219" s="2">
         <v>13.8896</v>
       </c>
       <c r="G219" s="2">
         <v>6.0299999999999999E-2</v>
       </c>
       <c r="H219" s="2">
         <v>5.9612999999999996</v>
       </c>
       <c r="I219" s="2">
         <v>1.0589999999999999</v>
       </c>
       <c r="J219" s="2">
         <v>1.1258999999999999</v>
       </c>
       <c r="K219" s="2">
         <v>10.647600000000001</v>
       </c>
       <c r="L219" s="2">
         <v>9.8315000000000001</v>
       </c>
       <c r="M219" s="2">
         <v>6.0208000000000004</v>
       </c>
       <c r="N219" s="2">
         <v>6.9619</v>
       </c>
       <c r="O219" s="4"/>
     </row>
-    <row r="220" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="220" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C220" s="1"/>
       <c r="D220" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E220" s="2">
         <v>6.8270999999999997</v>
       </c>
       <c r="F220" s="2">
         <v>13.801600000000001</v>
       </c>
       <c r="G220" s="2">
         <v>6.0900000000000003E-2</v>
       </c>
       <c r="H220" s="2">
         <v>5.9958</v>
       </c>
       <c r="I220" s="2">
         <v>1.0555000000000001</v>
       </c>
       <c r="J220" s="2">
         <v>1.1294999999999999</v>
       </c>
       <c r="K220" s="2">
         <v>10.760400000000001</v>
       </c>
       <c r="L220" s="2">
         <v>9.9483999999999995</v>
       </c>
       <c r="M220" s="2">
         <v>5.9645999999999999</v>
       </c>
       <c r="N220" s="2">
         <v>6.8103999999999996</v>
       </c>
       <c r="O220" s="4"/>
     </row>
-    <row r="221" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="221" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C221" s="1">
         <v>2008</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E221" s="2">
         <v>6.9870999999999999</v>
       </c>
       <c r="F221" s="2">
         <v>13.752700000000001</v>
       </c>
       <c r="G221" s="2">
         <v>6.4699999999999994E-2</v>
       </c>
       <c r="H221" s="2">
         <v>6.335</v>
       </c>
       <c r="I221" s="2">
         <v>1.0889</v>
       </c>
       <c r="J221" s="2">
         <v>1.1407</v>
       </c>
       <c r="K221" s="2">
         <v>11.0823</v>
       </c>
       <c r="L221" s="2">
         <v>10.268800000000001</v>
       </c>
       <c r="M221" s="2">
         <v>6.1582999999999997</v>
       </c>
       <c r="N221" s="2">
         <v>6.9131</v>
       </c>
       <c r="O221" s="4"/>
     </row>
-    <row r="222" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="222" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C222" s="1"/>
       <c r="D222" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E222" s="2">
         <v>7.6386000000000003</v>
       </c>
       <c r="F222" s="2">
         <v>15.004799999999999</v>
       </c>
       <c r="G222" s="2">
         <v>7.1300000000000002E-2</v>
       </c>
       <c r="H222" s="2">
         <v>7.0031999999999996</v>
       </c>
       <c r="I222" s="2">
         <v>1.2028000000000001</v>
       </c>
       <c r="J222" s="2">
         <v>1.1833</v>
       </c>
       <c r="K222" s="2">
         <v>12.1203</v>
       </c>
       <c r="L222" s="2">
         <v>11.2644</v>
       </c>
       <c r="M222" s="2">
         <v>6.9728000000000003</v>
       </c>
       <c r="N222" s="2">
         <v>7.6384999999999996</v>
       </c>
       <c r="O222" s="4"/>
     </row>
-    <row r="223" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="223" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C223" s="1"/>
       <c r="D223" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="2">
         <v>7.9798999999999998</v>
       </c>
       <c r="F223" s="2">
         <v>15.980499999999999</v>
       </c>
       <c r="G223" s="2">
         <v>7.9100000000000004E-2</v>
       </c>
       <c r="H223" s="2">
         <v>7.8765999999999998</v>
       </c>
       <c r="I223" s="2">
         <v>1.3163</v>
       </c>
       <c r="J223" s="2">
         <v>1.2145999999999999</v>
       </c>
       <c r="K223" s="2">
         <v>12.982200000000001</v>
       </c>
       <c r="L223" s="2">
         <v>12.3767</v>
       </c>
       <c r="M223" s="2">
         <v>7.3851000000000004</v>
       </c>
       <c r="N223" s="2">
         <v>7.9931000000000001</v>
       </c>
       <c r="O223" s="4"/>
     </row>
-    <row r="224" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="224" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C224" s="1"/>
       <c r="D224" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E224" s="2">
         <v>7.7933000000000003</v>
       </c>
       <c r="F224" s="2">
         <v>15.4224</v>
       </c>
       <c r="G224" s="2">
         <v>7.6100000000000001E-2</v>
       </c>
       <c r="H224" s="2">
         <v>7.7027999999999999</v>
       </c>
       <c r="I224" s="2">
         <v>1.3104</v>
       </c>
       <c r="J224" s="2">
         <v>1.2010000000000001</v>
       </c>
       <c r="K224" s="2">
         <v>12.732900000000001</v>
       </c>
       <c r="L224" s="2">
         <v>12.284000000000001</v>
       </c>
       <c r="M224" s="2">
         <v>7.2472000000000003</v>
       </c>
       <c r="N224" s="2">
         <v>7.6860999999999997</v>
       </c>
       <c r="O224" s="4"/>
     </row>
-    <row r="225" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="225" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C225" s="1"/>
       <c r="D225" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E225" s="2">
         <v>7.6238000000000001</v>
       </c>
       <c r="F225" s="2">
         <v>14.97</v>
       </c>
       <c r="G225" s="2">
         <v>7.3200000000000001E-2</v>
       </c>
       <c r="H225" s="2">
         <v>7.3048999999999999</v>
       </c>
       <c r="I225" s="2">
         <v>1.2744</v>
       </c>
       <c r="J225" s="2">
         <v>1.1842999999999999</v>
       </c>
       <c r="K225" s="2">
         <v>12.379799999999999</v>
       </c>
       <c r="L225" s="2">
         <v>11.866</v>
       </c>
       <c r="M225" s="2">
         <v>7.2449000000000003</v>
       </c>
       <c r="N225" s="2">
         <v>7.6317000000000004</v>
       </c>
       <c r="O225" s="4"/>
     </row>
-    <row r="226" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="226" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C226" s="1"/>
       <c r="D226" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E226" s="2">
         <v>7.9188000000000001</v>
       </c>
       <c r="F226" s="2">
         <v>15.5595</v>
       </c>
       <c r="G226" s="2">
         <v>7.4200000000000002E-2</v>
       </c>
       <c r="H226" s="2">
         <v>7.6360000000000001</v>
       </c>
       <c r="I226" s="2">
         <v>1.3152999999999999</v>
       </c>
       <c r="J226" s="2">
         <v>1.2</v>
       </c>
       <c r="K226" s="2">
         <v>12.8376</v>
       </c>
       <c r="L226" s="2">
         <v>12.324999999999999</v>
       </c>
       <c r="M226" s="2">
         <v>7.5416999999999996</v>
       </c>
       <c r="N226" s="2">
         <v>7.8018000000000001</v>
       </c>
       <c r="O226" s="4"/>
     </row>
-    <row r="227" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="227" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C227" s="1"/>
       <c r="D227" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E227" s="2">
         <v>7.6393000000000004</v>
       </c>
       <c r="F227" s="2">
         <v>15.188599999999999</v>
       </c>
       <c r="G227" s="2">
         <v>7.1599999999999997E-2</v>
       </c>
       <c r="H227" s="2">
         <v>7.4428999999999998</v>
       </c>
       <c r="I227" s="2">
         <v>1.2737000000000001</v>
       </c>
       <c r="J227" s="2">
         <v>1.1832</v>
       </c>
       <c r="K227" s="2">
         <v>12.4527</v>
       </c>
       <c r="L227" s="2">
         <v>12.0494</v>
       </c>
       <c r="M227" s="2">
         <v>7.3544</v>
       </c>
       <c r="N227" s="2">
         <v>7.5404999999999998</v>
       </c>
       <c r="O227" s="4"/>
     </row>
-    <row r="228" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="228" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C228" s="1"/>
       <c r="D228" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E228" s="2">
         <v>7.6577999999999999</v>
       </c>
       <c r="F228" s="2">
         <v>14.473100000000001</v>
       </c>
       <c r="G228" s="2">
         <v>7.0099999999999996E-2</v>
       </c>
       <c r="H228" s="2">
         <v>7.0792999999999999</v>
       </c>
       <c r="I228" s="2">
         <v>1.2212000000000001</v>
       </c>
       <c r="J228" s="2">
         <v>1.1681999999999999</v>
       </c>
       <c r="K228" s="2">
         <v>12.1432</v>
       </c>
       <c r="L228" s="2">
         <v>11.4757</v>
       </c>
       <c r="M228" s="2">
         <v>6.7633000000000001</v>
       </c>
       <c r="N228" s="2">
         <v>7.2786999999999997</v>
       </c>
       <c r="O228" s="4"/>
     </row>
-    <row r="229" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="229" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C229" s="1"/>
       <c r="D229" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E229" s="2">
         <v>8.0472000000000001</v>
       </c>
       <c r="F229" s="2">
         <v>14.4452</v>
       </c>
       <c r="G229" s="2">
         <v>7.5399999999999995E-2</v>
       </c>
       <c r="H229" s="2">
         <v>7.2441000000000004</v>
       </c>
       <c r="I229" s="2">
         <v>1.2082999999999999</v>
       </c>
       <c r="J229" s="2">
         <v>1.1801999999999999</v>
       </c>
       <c r="K229" s="2">
         <v>12.541399999999999</v>
       </c>
       <c r="L229" s="2">
         <v>11.551399999999999</v>
       </c>
       <c r="M229" s="2">
         <v>6.5845000000000002</v>
       </c>
       <c r="N229" s="2">
         <v>7.5953999999999997</v>
       </c>
       <c r="O229" s="4"/>
     </row>
-    <row r="230" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="230" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C230" s="1"/>
       <c r="D230" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E230" s="2">
         <v>9.6715</v>
       </c>
       <c r="F230" s="2">
         <v>16.3843</v>
       </c>
       <c r="G230" s="2">
         <v>9.64E-2</v>
       </c>
       <c r="H230" s="2">
         <v>8.4763999999999999</v>
       </c>
       <c r="I230" s="2">
         <v>1.3123</v>
       </c>
       <c r="J230" s="2">
         <v>1.2564</v>
       </c>
       <c r="K230" s="2">
         <v>14.770099999999999</v>
       </c>
       <c r="L230" s="2">
         <v>12.905099999999999</v>
       </c>
       <c r="M230" s="2">
         <v>6.681</v>
       </c>
       <c r="N230" s="2">
         <v>8.2665000000000006</v>
       </c>
       <c r="O230" s="4"/>
     </row>
-    <row r="231" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="231" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C231" s="1"/>
       <c r="D231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E231" s="2">
         <v>10.117699999999999</v>
       </c>
       <c r="F231" s="2">
         <v>15.5129</v>
       </c>
       <c r="G231" s="2">
         <v>0.10440000000000001</v>
       </c>
       <c r="H231" s="2">
         <v>8.5036000000000005</v>
       </c>
       <c r="I231" s="2">
         <v>1.2727999999999999</v>
       </c>
       <c r="J231" s="2">
         <v>1.2643</v>
       </c>
       <c r="K231" s="2">
         <v>14.970700000000001</v>
       </c>
       <c r="L231" s="2">
         <v>12.881</v>
       </c>
       <c r="M231" s="2">
         <v>6.6334999999999997</v>
       </c>
       <c r="N231" s="2">
         <v>8.3094000000000001</v>
       </c>
       <c r="O231" s="4"/>
     </row>
-    <row r="232" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="232" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C232" s="1"/>
       <c r="D232" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E232" s="2">
         <v>9.9456000000000007</v>
       </c>
       <c r="F232" s="2">
         <v>14.810700000000001</v>
       </c>
       <c r="G232" s="2">
         <v>0.1091</v>
       </c>
       <c r="H232" s="2">
         <v>8.6942000000000004</v>
       </c>
       <c r="I232" s="2">
         <v>1.2451000000000001</v>
       </c>
       <c r="J232" s="2">
         <v>1.266</v>
       </c>
       <c r="K232" s="2">
         <v>14.3705</v>
       </c>
       <c r="L232" s="2">
         <v>13.372299999999999</v>
       </c>
       <c r="M232" s="2">
         <v>6.6524999999999999</v>
       </c>
       <c r="N232" s="2">
         <v>8.0557999999999996</v>
       </c>
       <c r="O232" s="4"/>
     </row>
-    <row r="233" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="233" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C233" s="1">
         <v>2009</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E233" s="2">
         <v>9.8970000000000002</v>
       </c>
       <c r="F233" s="2">
         <v>14.286099999999999</v>
       </c>
       <c r="G233" s="2">
         <v>0.1095</v>
       </c>
       <c r="H233" s="2">
         <v>8.7917000000000005</v>
       </c>
       <c r="I233" s="2">
         <v>1.2231000000000001</v>
       </c>
       <c r="J233" s="2">
         <v>1.2592000000000001</v>
       </c>
       <c r="K233" s="2">
         <v>14.9894</v>
       </c>
       <c r="L233" s="2">
         <v>13.13</v>
       </c>
       <c r="M233" s="2">
         <v>6.6886999999999999</v>
       </c>
       <c r="N233" s="2">
         <v>8.0754999999999999</v>
       </c>
       <c r="O233" s="4"/>
     </row>
-    <row r="234" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="234" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C234" s="1"/>
       <c r="D234" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E234" s="2">
         <v>10.0062</v>
       </c>
       <c r="F234" s="2">
         <v>14.4064</v>
       </c>
       <c r="G234" s="2">
         <v>0.10829999999999999</v>
       </c>
       <c r="H234" s="2">
         <v>8.5888000000000009</v>
       </c>
       <c r="I234" s="2">
         <v>1.1751</v>
       </c>
       <c r="J234" s="2">
         <v>1.2538</v>
       </c>
       <c r="K234" s="2">
         <v>14.8659</v>
       </c>
       <c r="L234" s="2">
         <v>12.8058</v>
       </c>
       <c r="M234" s="2">
         <v>6.4962999999999997</v>
       </c>
       <c r="N234" s="2">
         <v>8.0402000000000005</v>
       </c>
       <c r="O234" s="4"/>
     </row>
-    <row r="235" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="235" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C235" s="1"/>
       <c r="D235" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E235" s="2">
         <v>9.9931999999999999</v>
       </c>
       <c r="F235" s="2">
         <v>14.201500000000001</v>
       </c>
       <c r="G235" s="2">
         <v>0.1023</v>
       </c>
       <c r="H235" s="2">
         <v>8.6571999999999996</v>
       </c>
       <c r="I235" s="2">
         <v>1.1687000000000001</v>
       </c>
       <c r="J235" s="2">
         <v>1.2548000000000001</v>
       </c>
       <c r="K235" s="2">
         <v>14.769100000000002</v>
       </c>
       <c r="L235" s="2">
         <v>13.051099999999998</v>
       </c>
       <c r="M235" s="2">
         <v>6.6480999999999995</v>
       </c>
       <c r="N235" s="2">
         <v>7.9188000000000001</v>
       </c>
       <c r="O235" s="4"/>
     </row>
-    <row r="236" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="236" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D236" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E236" s="2">
         <v>9.0179999999999989</v>
       </c>
       <c r="F236" s="2">
         <v>13.2668</v>
       </c>
       <c r="G236" s="2">
         <v>9.1300000000000006E-2</v>
       </c>
       <c r="H236" s="2">
         <v>7.86</v>
       </c>
       <c r="I236" s="2">
         <v>1.095</v>
       </c>
       <c r="J236" s="2">
         <v>1.2053</v>
       </c>
       <c r="K236" s="2">
         <v>13.405899999999999</v>
       </c>
       <c r="L236" s="2">
         <v>11.913499999999999</v>
       </c>
       <c r="M236" s="2">
         <v>6.4359000000000002</v>
       </c>
       <c r="N236" s="2">
         <v>7.3498999999999999</v>
       </c>
       <c r="O236" s="4"/>
     </row>
-    <row r="237" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="237" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D237" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E237" s="2">
         <v>8.372300000000001</v>
       </c>
       <c r="F237" s="2">
         <v>12.91</v>
       </c>
       <c r="G237" s="2">
         <v>8.6599999999999996E-2</v>
       </c>
       <c r="H237" s="2">
         <v>7.5557000000000007</v>
       </c>
       <c r="I237" s="2">
         <v>1.0796999999999999</v>
       </c>
       <c r="J237" s="2">
         <v>1.1759999999999999</v>
       </c>
       <c r="K237" s="2">
         <v>12.7432</v>
       </c>
       <c r="L237" s="2">
         <v>11.4253</v>
       </c>
       <c r="M237" s="2">
         <v>6.4047000000000001</v>
       </c>
       <c r="N237" s="2">
         <v>7.2698999999999998</v>
       </c>
       <c r="O237" s="4"/>
     </row>
-    <row r="238" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="238" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D238" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E238" s="2">
         <v>8.0518000000000001</v>
       </c>
       <c r="F238" s="2">
         <v>13.181699999999999</v>
       </c>
       <c r="G238" s="2">
         <v>8.3400000000000002E-2</v>
       </c>
       <c r="H238" s="2">
         <v>7.4565999999999999</v>
       </c>
       <c r="I238" s="2">
         <v>1.0381</v>
       </c>
       <c r="J238" s="2">
         <v>1.1606000000000001</v>
       </c>
       <c r="K238" s="2">
         <v>12.43</v>
       </c>
       <c r="L238" s="2">
         <v>11.2957</v>
       </c>
       <c r="M238" s="2">
         <v>6.4665999999999997</v>
       </c>
       <c r="N238" s="2">
         <v>7.1684999999999999</v>
       </c>
       <c r="O238" s="4"/>
     </row>
-    <row r="239" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="239" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D239" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E239" s="2">
         <v>7.9512999999999998</v>
       </c>
       <c r="F239" s="2">
         <v>13.0024</v>
       </c>
       <c r="G239" s="2">
         <v>8.4100000000000008E-2</v>
       </c>
       <c r="H239" s="2">
         <v>7.3646000000000003</v>
       </c>
       <c r="I239" s="2">
         <v>1.0331999999999999</v>
       </c>
       <c r="J239" s="2">
         <v>1.1553</v>
       </c>
       <c r="K239" s="2">
         <v>12.3134</v>
       </c>
       <c r="L239" s="2">
         <v>11.1974</v>
       </c>
       <c r="M239" s="2">
         <v>6.3940999999999999</v>
       </c>
       <c r="N239" s="2">
         <v>7.0662000000000003</v>
       </c>
       <c r="O239" s="4"/>
     </row>
-    <row r="240" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="240" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D240" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E240" s="2">
         <v>7.9414999999999996</v>
       </c>
       <c r="F240" s="2">
         <v>13.1249</v>
       </c>
       <c r="G240" s="2">
         <v>8.3799999999999999E-2</v>
       </c>
       <c r="H240" s="2">
         <v>7.4339000000000004</v>
       </c>
       <c r="I240" s="2">
         <v>1.1087</v>
       </c>
       <c r="J240" s="2">
         <v>1.1537999999999999</v>
       </c>
       <c r="K240" s="2">
         <v>12.3881</v>
       </c>
       <c r="L240" s="2">
         <v>11.3256</v>
       </c>
       <c r="M240" s="2">
         <v>6.6273</v>
       </c>
       <c r="N240" s="2">
         <v>7.2949999999999999</v>
       </c>
       <c r="O240" s="4"/>
     </row>
-    <row r="241" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="241" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D241" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E241" s="2">
         <v>7.5235000000000003</v>
       </c>
       <c r="F241" s="2">
         <v>12.285399999999999</v>
       </c>
       <c r="G241" s="2">
         <v>8.2299999999999998E-2</v>
       </c>
       <c r="H241" s="2">
         <v>7.2256</v>
       </c>
       <c r="I241" s="2">
         <v>1.0726</v>
       </c>
       <c r="J241" s="2">
         <v>1.1304000000000001</v>
       </c>
       <c r="K241" s="2">
         <v>11.861599999999999</v>
       </c>
       <c r="L241" s="2">
         <v>10.9465</v>
       </c>
       <c r="M241" s="2">
         <v>6.4762000000000004</v>
       </c>
       <c r="N241" s="2">
         <v>6.952</v>
       </c>
       <c r="O241" s="4"/>
     </row>
-    <row r="242" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="242" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D242" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E242" s="2">
         <v>7.4832999999999998</v>
       </c>
       <c r="F242" s="2">
         <v>12.1035</v>
       </c>
       <c r="G242" s="2">
         <v>8.2900000000000001E-2</v>
       </c>
       <c r="H242" s="2">
         <v>7.3253000000000004</v>
       </c>
       <c r="I242" s="2">
         <v>1.0766</v>
       </c>
       <c r="J242" s="2">
         <v>1.1287</v>
       </c>
       <c r="K242" s="2">
         <v>11.892200000000001</v>
       </c>
       <c r="L242" s="2">
         <v>11.0921</v>
       </c>
       <c r="M242" s="2">
         <v>6.7896000000000001</v>
       </c>
       <c r="N242" s="2">
         <v>7.1037999999999997</v>
       </c>
       <c r="O242" s="4"/>
     </row>
-    <row r="243" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="243" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E243" s="2">
         <v>7.5182000000000002</v>
       </c>
       <c r="F243" s="2">
         <v>12.4788</v>
       </c>
       <c r="G243" s="2">
         <v>8.4400000000000003E-2</v>
       </c>
       <c r="H243" s="2">
         <v>7.4267000000000003</v>
       </c>
       <c r="I243" s="2">
         <v>1.0862000000000001</v>
       </c>
       <c r="J243" s="2">
         <v>1.1299999999999999</v>
       </c>
       <c r="K243" s="2">
         <v>12.0258</v>
       </c>
       <c r="L243" s="2">
         <v>11.218500000000001</v>
       </c>
       <c r="M243" s="2">
         <v>6.9146999999999998</v>
       </c>
       <c r="N243" s="2">
         <v>7.0964</v>
       </c>
       <c r="O243" s="4"/>
     </row>
-    <row r="244" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="244" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D244" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E244" s="2">
         <v>7.4893999999999998</v>
       </c>
       <c r="F244" s="2">
         <v>12.1653</v>
       </c>
       <c r="G244" s="2">
         <v>8.3500000000000005E-2</v>
       </c>
       <c r="H244" s="2">
         <v>7.2881999999999998</v>
       </c>
       <c r="I244" s="2">
         <v>1.0511999999999999</v>
       </c>
       <c r="J244" s="2">
         <v>1.1203000000000001</v>
       </c>
       <c r="K244" s="2">
         <v>11.8307</v>
       </c>
       <c r="L244" s="2">
         <v>10.9468</v>
       </c>
       <c r="M244" s="2">
         <v>6.7615999999999996</v>
       </c>
       <c r="N244" s="2">
         <v>7.0994000000000002</v>
       </c>
       <c r="O244" s="4"/>
     </row>
-    <row r="245" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="245" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C245" s="1">
         <v>2010</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E245" s="2">
         <v>7.4527000000000001</v>
       </c>
       <c r="F245" s="2">
         <v>12.059900000000001</v>
       </c>
       <c r="G245" s="2">
         <v>8.1600000000000006E-2</v>
       </c>
       <c r="H245" s="2">
         <v>7.2107999999999999</v>
       </c>
       <c r="I245" s="2">
         <v>1.0446</v>
       </c>
       <c r="J245" s="2">
         <v>1.1101000000000001</v>
       </c>
       <c r="K245" s="2">
         <v>11.668799999999999</v>
       </c>
       <c r="L245" s="2">
         <v>10.648300000000001</v>
       </c>
       <c r="M245" s="2">
         <v>6.8136000000000001</v>
       </c>
       <c r="N245" s="2">
         <v>7.1581999999999999</v>
       </c>
       <c r="O245" s="4"/>
     </row>
-    <row r="246" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="246" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D246" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E246" s="2">
         <v>7.7584999999999997</v>
       </c>
       <c r="F246" s="2">
         <v>11.985799999999999</v>
       </c>
       <c r="G246" s="2">
         <v>8.4900000000000003E-2</v>
       </c>
       <c r="H246" s="2">
         <v>7.1479999999999997</v>
       </c>
       <c r="I246" s="2">
         <v>1.054</v>
       </c>
       <c r="J246" s="2">
         <v>1.1123000000000001</v>
       </c>
       <c r="K246" s="2">
         <v>11.7896</v>
       </c>
       <c r="L246" s="2">
         <v>10.490399999999999</v>
       </c>
       <c r="M246" s="2">
         <v>6.7915999999999999</v>
       </c>
       <c r="N246" s="2">
         <v>7.2533000000000003</v>
       </c>
       <c r="O246" s="4"/>
     </row>
-    <row r="247" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="247" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D247" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E247" s="2">
         <v>7.4257999999999997</v>
       </c>
       <c r="F247" s="2">
         <v>11.1768</v>
       </c>
       <c r="G247" s="2">
         <v>8.2000000000000003E-2</v>
       </c>
       <c r="H247" s="2">
         <v>6.9588000000000001</v>
       </c>
       <c r="I247" s="2">
         <v>1.0368999999999999</v>
       </c>
       <c r="J247" s="2">
         <v>1.0929</v>
       </c>
       <c r="K247" s="2">
         <v>11.3141</v>
       </c>
       <c r="L247" s="2">
         <v>10.083500000000001</v>
       </c>
       <c r="M247" s="2">
         <v>6.7733999999999996</v>
       </c>
       <c r="N247" s="2">
         <v>7.2495000000000003</v>
       </c>
       <c r="O247" s="4"/>
     </row>
-    <row r="248" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="248" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D248" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E248" s="2">
         <v>7.3433999999999999</v>
       </c>
       <c r="F248" s="2">
         <v>11.263999999999999</v>
       </c>
       <c r="G248" s="2">
         <v>7.8700000000000006E-2</v>
       </c>
       <c r="H248" s="2">
         <v>6.8739999999999997</v>
       </c>
       <c r="I248" s="2">
         <v>1.0190999999999999</v>
       </c>
       <c r="J248" s="2">
         <v>1.0825</v>
       </c>
       <c r="K248" s="2">
         <v>11.1564</v>
       </c>
       <c r="L248" s="2">
         <v>9.8561999999999994</v>
       </c>
       <c r="M248" s="2">
         <v>6.8070000000000004</v>
       </c>
       <c r="N248" s="2">
         <v>7.3148999999999997</v>
       </c>
       <c r="O248" s="4"/>
     </row>
-    <row r="249" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="249" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D249" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E249" s="2">
         <v>7.6332000000000004</v>
       </c>
       <c r="F249" s="2">
         <v>11.198600000000001</v>
       </c>
       <c r="G249" s="2">
         <v>8.2799999999999999E-2</v>
       </c>
       <c r="H249" s="2">
         <v>6.7634999999999996</v>
       </c>
       <c r="I249" s="2">
         <v>0.99309999999999998</v>
       </c>
       <c r="J249" s="2">
         <v>1.0863</v>
       </c>
       <c r="K249" s="2">
         <v>11.3154</v>
       </c>
       <c r="L249" s="2">
         <v>9.6021999999999998</v>
       </c>
       <c r="M249" s="2">
         <v>6.6490999999999998</v>
       </c>
       <c r="N249" s="2">
         <v>7.3437000000000001</v>
       </c>
       <c r="O249" s="4"/>
     </row>
-    <row r="250" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="250" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D250" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E250" s="2">
         <v>7.6473000000000004</v>
       </c>
       <c r="F250" s="2">
         <v>11.273099999999999</v>
       </c>
       <c r="G250" s="2">
         <v>8.4199999999999997E-2</v>
       </c>
       <c r="H250" s="2">
         <v>6.7798999999999996</v>
       </c>
       <c r="I250" s="2">
         <v>0.97540000000000004</v>
       </c>
       <c r="J250" s="2">
         <v>1.0808</v>
       </c>
       <c r="K250" s="2">
         <v>11.209899999999999</v>
       </c>
       <c r="L250" s="2">
         <v>9.3353000000000002</v>
       </c>
       <c r="M250" s="2">
         <v>6.5137</v>
       </c>
       <c r="N250" s="2">
         <v>7.3605999999999998</v>
       </c>
       <c r="O250" s="4"/>
     </row>
-    <row r="251" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="251" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D251" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E251" s="2">
         <v>7.5468000000000002</v>
       </c>
       <c r="F251" s="2">
         <v>11.5312</v>
       </c>
       <c r="G251" s="2">
         <v>8.6099999999999996E-2</v>
       </c>
       <c r="H251" s="2">
         <v>7.1536</v>
       </c>
       <c r="I251" s="2">
         <v>1.0145</v>
       </c>
       <c r="J251" s="2">
         <v>1.0833999999999999</v>
       </c>
       <c r="K251" s="2">
         <v>11.331799999999999</v>
       </c>
       <c r="L251" s="2">
         <v>9.6380999999999997</v>
       </c>
       <c r="M251" s="2">
         <v>6.6062000000000003</v>
       </c>
       <c r="N251" s="2">
         <v>7.2343000000000002</v>
       </c>
       <c r="O251" s="4"/>
     </row>
-    <row r="252" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="252" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E252" s="2">
         <v>7.2972999999999999</v>
       </c>
       <c r="F252" s="2">
         <v>11.4194</v>
       </c>
       <c r="G252" s="2">
         <v>8.5400000000000004E-2</v>
       </c>
       <c r="H252" s="2">
         <v>7.0171000000000001</v>
       </c>
       <c r="I252" s="2">
         <v>0.99839999999999995</v>
       </c>
       <c r="J252" s="2">
         <v>1.0702</v>
       </c>
       <c r="K252" s="2">
         <v>11.0754</v>
       </c>
       <c r="L252" s="2">
         <v>9.4091000000000005</v>
       </c>
       <c r="M252" s="2">
         <v>6.5632999999999999</v>
       </c>
       <c r="N252" s="2">
         <v>7.0208000000000004</v>
       </c>
       <c r="O252" s="4"/>
     </row>
-    <row r="253" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="253" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D253" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E253" s="2">
         <v>7.1388999999999996</v>
       </c>
       <c r="F253" s="2">
         <v>11.106999999999999</v>
       </c>
       <c r="G253" s="2">
         <v>8.4599999999999995E-2</v>
       </c>
       <c r="H253" s="2">
         <v>7.1161000000000003</v>
       </c>
       <c r="I253" s="2">
         <v>1.0087999999999999</v>
       </c>
       <c r="J253" s="2">
         <v>1.0609</v>
       </c>
       <c r="K253" s="2">
         <v>10.860200000000001</v>
       </c>
       <c r="L253" s="2">
         <v>9.3097999999999992</v>
       </c>
       <c r="M253" s="2">
         <v>6.6776999999999997</v>
       </c>
       <c r="N253" s="2">
         <v>6.8963999999999999</v>
       </c>
       <c r="O253" s="4"/>
     </row>
-    <row r="254" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="254" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D254" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E254" s="2">
         <v>6.9177</v>
       </c>
       <c r="F254" s="2">
         <v>10.9651</v>
       </c>
       <c r="G254" s="2">
         <v>8.4599999999999995E-2</v>
       </c>
       <c r="H254" s="2">
         <v>7.1416000000000004</v>
       </c>
       <c r="I254" s="2">
         <v>1.0365</v>
       </c>
       <c r="J254" s="2">
         <v>1.0573999999999999</v>
       </c>
       <c r="K254" s="2">
         <v>10.846500000000001</v>
       </c>
       <c r="L254" s="2">
         <v>9.6142000000000003</v>
       </c>
       <c r="M254" s="2">
         <v>6.7858999999999998</v>
       </c>
       <c r="N254" s="2">
         <v>6.7920999999999996</v>
       </c>
       <c r="O254" s="4"/>
     </row>
-    <row r="255" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="255" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E255" s="2">
         <v>6.9720000000000004</v>
       </c>
       <c r="F255" s="2">
         <v>11.1365</v>
       </c>
       <c r="G255" s="2">
         <v>8.4599999999999995E-2</v>
       </c>
       <c r="H255" s="2">
         <v>7.0894000000000004</v>
       </c>
       <c r="I255" s="2">
         <v>1.0233000000000001</v>
       </c>
       <c r="J255" s="2">
         <v>1.0562</v>
       </c>
       <c r="K255" s="2">
         <v>10.8895</v>
       </c>
       <c r="L255" s="2">
         <v>9.5394000000000005</v>
       </c>
       <c r="M255" s="2">
         <v>6.9029999999999996</v>
       </c>
       <c r="N255" s="2">
         <v>6.8895999999999997</v>
       </c>
       <c r="O255" s="4"/>
     </row>
-    <row r="256" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="256" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D256" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E256" s="2">
         <v>6.8293999999999997</v>
       </c>
       <c r="F256" s="2">
         <v>10.662100000000001</v>
       </c>
       <c r="G256" s="2">
         <v>8.2000000000000003E-2</v>
       </c>
       <c r="H256" s="2">
         <v>7.0486000000000004</v>
       </c>
       <c r="I256" s="2">
         <v>0.997</v>
       </c>
       <c r="J256" s="2">
         <v>1.0383</v>
       </c>
       <c r="K256" s="2">
         <v>10.4825</v>
       </c>
       <c r="L256" s="2">
         <v>9.0332000000000008</v>
       </c>
       <c r="M256" s="2">
         <v>6.7838000000000003</v>
       </c>
       <c r="N256" s="2">
         <v>6.7743000000000002</v>
       </c>
       <c r="O256" s="4"/>
     </row>
-    <row r="257" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="257" spans="3:17" x14ac:dyDescent="0.25">
       <c r="C257" s="1">
         <v>2011</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E257" s="2">
         <v>6.9020999999999999</v>
       </c>
       <c r="F257" s="2">
         <v>10.8764</v>
       </c>
       <c r="G257" s="2">
         <v>8.3599999999999994E-2</v>
       </c>
       <c r="H257" s="2">
         <v>7.2130999999999998</v>
       </c>
       <c r="I257" s="2">
         <v>1.0329999999999999</v>
       </c>
       <c r="J257" s="2">
         <v>1.0417000000000001</v>
       </c>
       <c r="K257" s="2">
         <v>10.708399999999999</v>
       </c>
       <c r="L257" s="2">
         <v>9.2117000000000004</v>
       </c>
       <c r="M257" s="2">
         <v>6.8742999999999999</v>
       </c>
       <c r="N257" s="2">
         <v>6.9443999999999999</v>
       </c>
       <c r="O257" s="4"/>
     </row>
-    <row r="258" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="258" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D258" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E258" s="2">
         <v>7.1910999999999996</v>
       </c>
       <c r="F258" s="2">
         <v>11.603400000000001</v>
       </c>
       <c r="G258" s="2">
         <v>8.7099999999999997E-2</v>
       </c>
       <c r="H258" s="2">
         <v>7.5682999999999998</v>
       </c>
       <c r="I258" s="2">
         <v>1.1166</v>
       </c>
       <c r="J258" s="2">
         <v>1.0627</v>
       </c>
       <c r="K258" s="2">
         <v>11.2334</v>
       </c>
       <c r="L258" s="2">
         <v>9.8176000000000005</v>
       </c>
       <c r="M258" s="2">
         <v>7.2489999999999997</v>
       </c>
       <c r="N258" s="2">
         <v>7.2781000000000002</v>
       </c>
       <c r="O258" s="4"/>
     </row>
-    <row r="259" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="259" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D259" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E259" s="2">
         <v>6.9085999999999999</v>
       </c>
       <c r="F259" s="2">
         <v>11.165800000000001</v>
       </c>
       <c r="G259" s="2">
         <v>8.4500000000000006E-2</v>
       </c>
       <c r="H259" s="2">
         <v>7.5053000000000001</v>
       </c>
       <c r="I259" s="2">
         <v>1.0878000000000001</v>
       </c>
       <c r="J259" s="2">
         <v>1.0481</v>
       </c>
       <c r="K259" s="2">
         <v>10.940300000000001</v>
       </c>
       <c r="L259" s="2">
         <v>9.6675000000000004</v>
       </c>
       <c r="M259" s="2">
         <v>6.9837999999999996</v>
       </c>
       <c r="N259" s="2">
         <v>7.0789</v>
       </c>
       <c r="O259" s="4"/>
     </row>
-    <row r="260" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="260" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D260" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E260" s="2">
         <v>6.7324000000000002</v>
       </c>
       <c r="F260" s="2">
         <v>11.0085</v>
       </c>
       <c r="G260" s="2">
         <v>8.0699999999999994E-2</v>
       </c>
       <c r="H260" s="2">
         <v>7.4790000000000001</v>
       </c>
       <c r="I260" s="2">
         <v>1.0819000000000001</v>
       </c>
       <c r="J260" s="2">
         <v>1.0397000000000001</v>
       </c>
       <c r="K260" s="2">
         <v>10.7644</v>
       </c>
       <c r="L260" s="2">
         <v>9.7151999999999994</v>
       </c>
       <c r="M260" s="2">
         <v>7.1041999999999996</v>
       </c>
       <c r="N260" s="2">
         <v>7.0244999999999997</v>
       </c>
       <c r="O260" s="4"/>
     </row>
-    <row r="261" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="261" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D261" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E261" s="2">
         <v>6.8609999999999998</v>
       </c>
       <c r="F261" s="2">
         <v>11.2073</v>
       </c>
       <c r="G261" s="2">
         <v>8.4500000000000006E-2</v>
       </c>
       <c r="H261" s="2">
         <v>7.8567999999999998</v>
       </c>
       <c r="I261" s="2">
         <v>1.0987</v>
       </c>
       <c r="J261" s="2">
         <v>1.0455000000000001</v>
       </c>
       <c r="K261" s="2">
         <v>10.987500000000001</v>
       </c>
       <c r="L261" s="2">
         <v>9.8407</v>
       </c>
       <c r="M261" s="2">
         <v>7.3273000000000001</v>
       </c>
       <c r="N261" s="2">
         <v>7.0906000000000002</v>
       </c>
       <c r="O261" s="4"/>
     </row>
-    <row r="262" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="262" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D262" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E262" s="2">
         <v>6.7874999999999996</v>
       </c>
       <c r="F262" s="2">
         <v>11.007099999999999</v>
       </c>
       <c r="G262" s="2">
         <v>8.4400000000000003E-2</v>
       </c>
       <c r="H262" s="2">
         <v>8.0792000000000002</v>
       </c>
       <c r="I262" s="2">
         <v>1.0733999999999999</v>
       </c>
       <c r="J262" s="2">
         <v>1.0396000000000001</v>
       </c>
       <c r="K262" s="2">
         <v>10.8652</v>
       </c>
       <c r="L262" s="2">
         <v>9.7761999999999993</v>
       </c>
       <c r="M262" s="2">
         <v>7.1976000000000004</v>
       </c>
       <c r="N262" s="2">
         <v>6.9451999999999998</v>
       </c>
       <c r="O262" s="4"/>
       <c r="P262" s="5"/>
       <c r="Q262" s="5"/>
     </row>
-    <row r="263" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="263" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D263" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E263" s="2">
         <v>6.7930999999999999</v>
       </c>
       <c r="F263" s="2">
         <v>10.9534</v>
       </c>
       <c r="G263" s="2">
         <v>8.5599999999999996E-2</v>
       </c>
       <c r="H263" s="2">
         <v>8.2391000000000005</v>
       </c>
       <c r="I263" s="2">
         <v>1.0627</v>
       </c>
       <c r="J263" s="2">
         <v>1.0365</v>
       </c>
       <c r="K263" s="2">
         <v>10.839600000000001</v>
       </c>
       <c r="L263" s="2">
         <v>9.7055000000000007</v>
       </c>
       <c r="M263" s="2">
         <v>7.3140000000000001</v>
       </c>
       <c r="N263" s="2">
         <v>7.1040000000000001</v>
       </c>
       <c r="O263" s="4"/>
       <c r="P263" s="6"/>
       <c r="Q263" s="6"/>
     </row>
-    <row r="264" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="264" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D264" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E264" s="2">
         <v>7.0598000000000001</v>
       </c>
       <c r="F264" s="2">
         <v>11.5535</v>
       </c>
       <c r="G264" s="2">
         <v>9.1600000000000001E-2</v>
       </c>
       <c r="H264" s="2">
         <v>9.0203000000000007</v>
       </c>
       <c r="I264" s="2">
         <v>1.105</v>
       </c>
       <c r="J264" s="2">
         <v>1.0530999999999999</v>
       </c>
       <c r="K264" s="2">
         <v>11.341799999999999</v>
       </c>
       <c r="L264" s="2">
         <v>10.1342</v>
       </c>
       <c r="M264" s="2">
         <v>7.4298000000000002</v>
       </c>
       <c r="N264" s="2">
         <v>7.2062999999999997</v>
       </c>
       <c r="O264" s="4"/>
     </row>
-    <row r="265" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="265" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D265" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E265" s="2">
         <v>7.5213999999999999</v>
       </c>
       <c r="F265" s="2">
         <v>11.8849</v>
       </c>
       <c r="G265" s="2">
         <v>9.8000000000000004E-2</v>
       </c>
       <c r="H265" s="2">
         <v>8.6357999999999997</v>
       </c>
       <c r="I265" s="2">
         <v>1.1351</v>
       </c>
       <c r="J265" s="2">
         <v>1.0697000000000001</v>
       </c>
       <c r="K265" s="2">
         <v>11.887</v>
       </c>
       <c r="L265" s="2">
         <v>10.369</v>
       </c>
       <c r="M265" s="2">
         <v>7.7099000000000002</v>
       </c>
       <c r="N265" s="2">
         <v>7.5176999999999996</v>
       </c>
       <c r="O265" s="4"/>
       <c r="P265" s="5"/>
       <c r="Q265" s="5"/>
     </row>
-    <row r="266" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="266" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D266" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E266" s="2">
         <v>7.95</v>
       </c>
       <c r="F266" s="2">
         <v>12.5213</v>
       </c>
       <c r="G266" s="2">
         <v>0.10730000000000001</v>
       </c>
       <c r="H266" s="2">
         <v>8.8604000000000003</v>
       </c>
       <c r="I266" s="2">
         <v>1.1957</v>
       </c>
       <c r="J266" s="2">
         <v>1.0906</v>
       </c>
       <c r="K266" s="2">
         <v>12.5192</v>
       </c>
       <c r="L266" s="2">
         <v>10.8985</v>
       </c>
       <c r="M266" s="2">
         <v>8.0496999999999996</v>
       </c>
       <c r="N266" s="2">
         <v>7.7865000000000002</v>
       </c>
       <c r="O266" s="4"/>
       <c r="P266" s="5"/>
       <c r="Q266" s="5"/>
     </row>
-    <row r="267" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="267" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D267" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E267" s="2">
         <v>8.1553000000000004</v>
       </c>
       <c r="F267" s="2">
         <v>12.8908</v>
       </c>
       <c r="G267" s="2">
         <v>0.1052</v>
       </c>
       <c r="H267" s="2">
         <v>8.9743999999999993</v>
       </c>
       <c r="I267" s="2">
         <v>1.2096</v>
       </c>
       <c r="J267" s="2">
         <v>1.097</v>
       </c>
       <c r="K267" s="2">
         <v>12.7689</v>
       </c>
       <c r="L267" s="2">
         <v>11.0578</v>
       </c>
       <c r="M267" s="2">
         <v>8.2301000000000002</v>
       </c>
       <c r="N267" s="2">
         <v>7.9500999999999999</v>
       </c>
       <c r="O267" s="4"/>
     </row>
-    <row r="268" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="268" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D268" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E268" s="2">
         <v>8.1745000000000001</v>
       </c>
       <c r="F268" s="2">
         <v>12.7559</v>
       </c>
       <c r="G268" s="2">
         <v>0.1051</v>
       </c>
       <c r="H268" s="2">
         <v>8.7810000000000006</v>
       </c>
       <c r="I268" s="2">
         <v>1.1953</v>
       </c>
       <c r="J268" s="2">
         <v>1.0906</v>
       </c>
       <c r="K268" s="2">
         <v>12.6561</v>
       </c>
       <c r="L268" s="2">
         <v>10.7858</v>
       </c>
       <c r="M268" s="2">
         <v>8.2820999999999998</v>
       </c>
       <c r="N268" s="2">
         <v>7.9931999999999999</v>
       </c>
       <c r="O268" s="4"/>
     </row>
-    <row r="269" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="269" spans="3:17" x14ac:dyDescent="0.25">
       <c r="C269" s="1">
         <v>2012</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E269" s="2">
         <v>8.0106000000000002</v>
       </c>
       <c r="F269" s="2">
         <v>12.428100000000001</v>
       </c>
       <c r="G269" s="2">
         <v>0.1041</v>
       </c>
       <c r="H269" s="2">
         <v>8.5403000000000002</v>
       </c>
       <c r="I269" s="2">
         <v>1.1697</v>
       </c>
       <c r="J269" s="2">
         <v>1.0761000000000001</v>
       </c>
       <c r="K269" s="2">
         <v>12.297599999999999</v>
       </c>
       <c r="L269" s="2">
         <v>10.3436</v>
       </c>
       <c r="M269" s="2">
         <v>8.3401999999999994</v>
       </c>
       <c r="N269" s="2">
         <v>7.9100999999999999</v>
       </c>
       <c r="O269" s="4">
         <v>1.2679092177000129</v>
       </c>
     </row>
-    <row r="270" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="270" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D270" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E270">
         <v>7.6551999999999998</v>
       </c>
       <c r="F270">
         <v>12.096500000000001</v>
       </c>
       <c r="G270">
         <v>9.7500000000000003E-2</v>
       </c>
       <c r="H270">
         <v>8.3894000000000002</v>
       </c>
       <c r="I270">
         <v>1.1479999999999999</v>
       </c>
       <c r="J270">
         <v>1.0587</v>
       </c>
       <c r="K270">
         <v>11.869199999999999</v>
       </c>
       <c r="L270">
         <v>10.1274</v>
       </c>
       <c r="M270">
         <v>8.2119</v>
       </c>
       <c r="N270">
         <v>7.6750999999999996</v>
       </c>
       <c r="O270" s="4">
         <v>1.2150668286755772</v>
       </c>
     </row>
-    <row r="271" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="271" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D271" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E271" s="2">
         <v>7.5998000000000001</v>
       </c>
       <c r="F271" s="2">
         <v>12.0242</v>
       </c>
       <c r="G271" s="2">
         <v>9.2200000000000004E-2</v>
       </c>
       <c r="H271" s="2">
         <v>8.3201000000000001</v>
       </c>
       <c r="I271" s="2">
         <v>1.1295999999999999</v>
       </c>
       <c r="J271" s="2">
         <v>1.0508</v>
       </c>
       <c r="K271" s="2">
         <v>11.7256</v>
       </c>
       <c r="L271" s="2">
         <v>10.035600000000001</v>
       </c>
       <c r="M271" s="2">
         <v>8.0090000000000003</v>
       </c>
       <c r="N271" s="2">
         <v>7.6482000000000001</v>
       </c>
       <c r="O271" s="4">
         <v>1.2038040207054292</v>
       </c>
     </row>
-    <row r="272" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="272" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D272" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E272" s="2">
         <v>7.8274999999999997</v>
       </c>
       <c r="F272" s="2">
         <v>12.533200000000001</v>
       </c>
       <c r="G272" s="2">
         <v>9.6199999999999994E-2</v>
       </c>
       <c r="H272" s="2">
         <v>8.5767000000000007</v>
       </c>
       <c r="I272" s="2">
         <v>1.1637999999999999</v>
       </c>
       <c r="J272" s="2">
         <v>1.0619000000000001</v>
       </c>
       <c r="K272" s="2">
         <v>12.087899999999999</v>
       </c>
       <c r="L272" s="2">
         <v>10.3123</v>
       </c>
       <c r="M272" s="2">
         <v>8.0995000000000008</v>
       </c>
       <c r="N272" s="2">
         <v>7.8800999999999997</v>
       </c>
       <c r="O272" s="4">
         <v>1.2413108242303874</v>
       </c>
     </row>
-    <row r="273" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="273" spans="2:17" x14ac:dyDescent="0.25">
       <c r="C273" s="3"/>
       <c r="D273" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E273" s="2">
         <v>8.1524000000000001</v>
       </c>
       <c r="F273" s="2">
         <v>12.978</v>
       </c>
       <c r="G273" s="2">
         <v>0.1022</v>
       </c>
       <c r="H273" s="2">
         <v>8.6868999999999996</v>
       </c>
       <c r="I273" s="2">
         <v>1.1599999999999999</v>
       </c>
       <c r="J273" s="2">
         <v>1.0731999999999999</v>
       </c>
       <c r="K273" s="2">
         <v>12.5008</v>
       </c>
       <c r="L273" s="2">
         <v>10.435600000000001</v>
       </c>
       <c r="M273" s="2">
         <v>8.1292000000000009</v>
       </c>
       <c r="N273" s="2">
         <v>8.0744000000000007</v>
       </c>
       <c r="O273" s="4">
         <v>1.2888258796236627</v>
       </c>
       <c r="P273" s="7"/>
       <c r="Q273" s="7"/>
     </row>
-    <row r="274" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="274" spans="2:17" x14ac:dyDescent="0.25">
       <c r="C274" s="3"/>
       <c r="D274" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E274" s="2">
         <v>8.3962000000000003</v>
       </c>
       <c r="F274" s="2">
         <v>13.040800000000001</v>
       </c>
       <c r="G274" s="2">
         <v>0.10589999999999999</v>
       </c>
       <c r="H274" s="2">
         <v>8.7591000000000001</v>
       </c>
       <c r="I274" s="2">
         <v>1.1848000000000001</v>
       </c>
       <c r="J274" s="2">
         <v>1.0792999999999999</v>
       </c>
       <c r="K274" s="2">
         <v>12.7119</v>
       </c>
       <c r="L274" s="2">
         <v>10.520200000000001</v>
       </c>
       <c r="M274" s="2">
         <v>8.3718000000000004</v>
       </c>
       <c r="N274" s="2">
         <v>8.1647999999999996</v>
       </c>
       <c r="O274" s="4">
         <v>1.3192612137203166</v>
       </c>
       <c r="P274" s="7"/>
       <c r="Q274" s="7"/>
     </row>
-    <row r="275" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="275" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D275" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E275">
         <v>8.2466000000000008</v>
       </c>
       <c r="F275">
         <v>12.8484</v>
       </c>
       <c r="G275">
         <v>0.10440000000000001</v>
       </c>
       <c r="H275">
         <v>8.4454999999999991</v>
       </c>
       <c r="I275">
         <v>1.1859999999999999</v>
       </c>
       <c r="J275">
         <v>1.0680000000000001</v>
       </c>
       <c r="K275">
         <v>12.419700000000001</v>
       </c>
       <c r="L275">
         <v>10.1439</v>
       </c>
       <c r="M275">
         <v>8.4885999999999999</v>
       </c>
       <c r="N275" s="2">
         <v>8.1293000000000006</v>
       </c>
       <c r="O275" s="4">
         <v>1.2943308309603936</v>
       </c>
       <c r="P275" s="8"/>
       <c r="Q275" s="8"/>
     </row>
-    <row r="276" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="276" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D276" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E276">
         <v>8.2751999999999999</v>
       </c>
       <c r="F276">
         <v>12.9984</v>
       </c>
       <c r="G276">
         <v>0.1052</v>
       </c>
       <c r="H276">
         <v>8.5433000000000003</v>
       </c>
       <c r="I276">
         <v>1.2382</v>
       </c>
       <c r="J276">
         <v>1.0710999999999999</v>
       </c>
       <c r="K276">
         <v>12.516999999999999</v>
       </c>
       <c r="L276">
         <v>10.2622</v>
       </c>
       <c r="M276">
         <v>8.6639999999999997</v>
       </c>
       <c r="N276" s="2">
         <v>8.3306000000000004</v>
       </c>
       <c r="O276" s="4">
         <v>1.3012361743656475</v>
       </c>
       <c r="P276" s="8"/>
       <c r="Q276" s="8"/>
     </row>
-    <row r="277" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="277" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D277" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E277">
         <v>8.2783999999999995</v>
       </c>
       <c r="F277" s="2">
         <v>13.3291</v>
       </c>
       <c r="G277">
         <v>0.10589999999999999</v>
       </c>
       <c r="H277">
         <v>8.8007000000000009</v>
       </c>
       <c r="I277">
         <v>1.2511000000000001</v>
       </c>
       <c r="J277" s="2">
         <v>1.0787</v>
       </c>
       <c r="K277">
         <v>12.7317</v>
       </c>
       <c r="L277">
         <v>10.6378</v>
       </c>
       <c r="M277">
         <v>8.6008999999999993</v>
       </c>
       <c r="N277">
         <v>8.4588000000000001</v>
       </c>
       <c r="O277" s="4">
         <v>1.30941469163284</v>
       </c>
       <c r="P277" s="8"/>
       <c r="Q277" s="8"/>
     </row>
-    <row r="278" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="278" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D278" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E278">
         <v>8.6443999999999992</v>
       </c>
       <c r="F278">
         <v>13.899699999999999</v>
       </c>
       <c r="G278">
         <v>0.1095</v>
       </c>
       <c r="H278">
         <v>9.2645999999999997</v>
       </c>
       <c r="I278">
         <v>1.3015000000000001</v>
       </c>
       <c r="J278">
         <v>1.1009</v>
       </c>
       <c r="K278">
         <v>13.3034</v>
       </c>
       <c r="L278">
         <v>11.2094</v>
       </c>
       <c r="M278">
         <v>8.9013000000000009</v>
       </c>
       <c r="N278">
         <v>8.7637999999999998</v>
       </c>
       <c r="O278" s="4">
         <v>1.3798813302056023</v>
       </c>
       <c r="P278" s="9"/>
     </row>
-    <row r="279" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="279" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D279" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E279">
         <v>8.7943999999999996</v>
       </c>
       <c r="F279">
         <v>14.044499999999999</v>
       </c>
       <c r="G279">
         <v>0.1086</v>
       </c>
       <c r="H279">
         <v>9.3618000000000006</v>
       </c>
       <c r="I279">
         <v>1.3109</v>
       </c>
       <c r="J279">
         <v>1.1057999999999999</v>
       </c>
       <c r="K279">
         <v>13.467499999999999</v>
       </c>
       <c r="L279">
         <v>11.284000000000001</v>
       </c>
       <c r="M279">
         <v>9.1534999999999993</v>
       </c>
       <c r="N279">
         <v>8.8224999999999998</v>
       </c>
       <c r="O279" s="4">
         <v>1.4108352144469527</v>
       </c>
       <c r="P279" s="9"/>
     </row>
-    <row r="280" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="280" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D280" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E280">
         <v>8.6385000000000005</v>
       </c>
       <c r="F280">
         <v>13.940899999999999</v>
       </c>
       <c r="G280">
         <v>0.1033</v>
       </c>
       <c r="H280">
         <v>9.3656000000000006</v>
       </c>
       <c r="I280">
         <v>1.3087</v>
       </c>
       <c r="J280">
         <v>1.0998000000000001</v>
       </c>
       <c r="K280">
         <v>13.2828</v>
       </c>
       <c r="L280">
         <v>11.324299999999999</v>
       </c>
       <c r="M280">
         <v>9.0436999999999994</v>
       </c>
       <c r="N280">
         <v>8.7293000000000003</v>
       </c>
       <c r="O280" s="4">
         <v>1.386001386001386</v>
       </c>
       <c r="P280" s="9"/>
     </row>
-    <row r="281" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="281" spans="2:17" x14ac:dyDescent="0.25">
       <c r="C281">
         <v>2013</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E281" s="2">
         <v>8.7857000000000003</v>
       </c>
       <c r="F281" s="2">
         <v>14.0322</v>
       </c>
       <c r="G281" s="2">
         <v>9.8799999999999999E-2</v>
       </c>
       <c r="H281" s="2">
         <v>9.4967000000000006</v>
       </c>
       <c r="I281" s="2">
         <v>1.3536999999999999</v>
       </c>
       <c r="J281" s="2">
         <v>1.1067</v>
       </c>
       <c r="K281" s="2">
         <v>13.5098</v>
       </c>
       <c r="L281" s="2">
         <v>11.67</v>
       </c>
       <c r="M281" s="2">
         <v>9.2273999999999994</v>
       </c>
       <c r="N281" s="2">
         <v>8.8603000000000005</v>
       </c>
       <c r="O281" s="4">
         <v>1.4120304998587969</v>
       </c>
     </row>
-    <row r="282" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="282" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B282" s="10"/>
       <c r="D282" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E282" s="2">
         <v>8.8826999999999998</v>
       </c>
       <c r="F282" s="2">
         <v>13.7578</v>
       </c>
       <c r="G282" s="2">
         <v>9.5500000000000002E-2</v>
       </c>
       <c r="H282" s="2">
         <v>9.6491000000000007</v>
       </c>
       <c r="I282" s="2">
         <v>1.3952</v>
       </c>
       <c r="J282" s="2">
         <v>1.1095999999999999</v>
       </c>
       <c r="K282" s="2">
         <v>13.568300000000001</v>
       </c>
       <c r="L282" s="2">
         <v>11.8691</v>
       </c>
       <c r="M282" s="2">
         <v>9.1639999999999997</v>
       </c>
       <c r="N282" s="2">
         <v>8.8097999999999992</v>
       </c>
       <c r="O282" s="4">
         <v>1.4251104460595696</v>
       </c>
     </row>
-    <row r="283" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="283" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B283" s="10"/>
       <c r="D283" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E283" s="2">
         <v>9.1746999999999996</v>
       </c>
       <c r="F283" s="2">
         <v>13.8354</v>
       </c>
       <c r="G283" s="2">
         <v>9.6799999999999997E-2</v>
       </c>
       <c r="H283" s="2">
         <v>9.7001000000000008</v>
       </c>
       <c r="I283" s="2">
         <v>1.4261999999999999</v>
       </c>
       <c r="J283" s="2">
         <v>1.1178999999999999</v>
       </c>
       <c r="K283" s="2">
         <v>13.8169</v>
       </c>
       <c r="L283" s="2">
         <v>11.904</v>
       </c>
       <c r="M283" s="2">
         <v>9.4795999999999996</v>
       </c>
       <c r="N283" s="2">
         <v>8.9480000000000004</v>
       </c>
       <c r="O283" s="4">
         <v>1.4760147601476015</v>
       </c>
     </row>
-    <row r="284" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="284" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B284" s="10"/>
       <c r="D284" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E284" s="2">
         <v>9.1125000000000007</v>
       </c>
       <c r="F284" s="2">
         <v>13.944699999999999</v>
       </c>
       <c r="G284" s="2">
         <v>9.2999999999999999E-2</v>
       </c>
       <c r="H284" s="2">
         <v>9.7219999999999995</v>
       </c>
       <c r="I284" s="2">
         <v>1.4044000000000001</v>
       </c>
       <c r="J284" s="2">
         <v>1.1146</v>
       </c>
       <c r="K284" s="2">
         <v>13.6945</v>
       </c>
       <c r="L284" s="2">
         <v>11.8599</v>
       </c>
       <c r="M284" s="2">
         <v>9.4626999999999999</v>
       </c>
       <c r="N284" s="2">
         <v>8.9413</v>
       </c>
       <c r="O284" s="4">
         <v>1.4731879787860931</v>
       </c>
     </row>
-    <row r="285" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="285" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B285" s="10"/>
       <c r="D285" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E285" s="2">
         <v>9.3559999999999999</v>
       </c>
       <c r="F285" s="2">
         <v>14.3094</v>
       </c>
       <c r="G285" s="2">
         <v>9.2700000000000005E-2</v>
       </c>
       <c r="H285" s="2">
         <v>9.7885000000000009</v>
       </c>
       <c r="I285" s="2">
         <v>1.4166000000000001</v>
       </c>
       <c r="J285" s="2">
         <v>1.1259999999999999</v>
       </c>
       <c r="K285" s="2">
         <v>14.052300000000001</v>
       </c>
       <c r="L285" s="2">
         <v>12.148400000000001</v>
       </c>
       <c r="M285" s="2">
         <v>9.2533999999999992</v>
       </c>
       <c r="N285" s="2">
         <v>9.1639999999999997</v>
       </c>
       <c r="O285" s="4">
         <v>1.5236934328813043</v>
       </c>
       <c r="P285" s="11"/>
       <c r="Q285" s="11"/>
     </row>
-    <row r="286" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="286" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D286" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E286" s="2">
         <v>10.0307</v>
       </c>
       <c r="F286" s="2">
         <v>15.5219</v>
       </c>
       <c r="G286" s="2">
         <v>0.1027</v>
       </c>
       <c r="H286" s="2">
         <v>10.730499999999999</v>
       </c>
       <c r="I286" s="2">
         <v>1.5236000000000001</v>
       </c>
       <c r="J286" s="2">
         <v>1.1667000000000001</v>
       </c>
       <c r="K286" s="2">
         <v>15.1578</v>
       </c>
       <c r="L286" s="2">
         <v>13.2281</v>
       </c>
       <c r="M286" s="2">
         <v>9.4480000000000004</v>
       </c>
       <c r="N286" s="2">
         <v>9.7182999999999993</v>
       </c>
       <c r="O286" s="4">
         <v>1.6350555918901242</v>
       </c>
       <c r="P286" s="11"/>
       <c r="Q286" s="11"/>
     </row>
-    <row r="287" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="287" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D287" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E287" s="2">
         <v>9.9100999999999999</v>
       </c>
       <c r="F287" s="2">
         <v>15.0511</v>
       </c>
       <c r="G287" s="2">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="H287" s="2">
         <v>10.488899999999999</v>
       </c>
       <c r="I287" s="2">
         <v>1.4973000000000001</v>
       </c>
       <c r="J287" s="2">
         <v>1.1563000000000001</v>
       </c>
       <c r="K287" s="2">
         <v>14.9138</v>
       </c>
       <c r="L287" s="2">
         <v>12.9694</v>
       </c>
       <c r="M287" s="2">
         <v>9.0861000000000001</v>
       </c>
       <c r="N287" s="2">
         <v>9.5215999999999994</v>
       </c>
       <c r="O287" s="4">
         <v>1.6155088852988693</v>
       </c>
     </row>
-    <row r="288" spans="2:17" x14ac:dyDescent="0.3">
+    <row r="288" spans="2:17" x14ac:dyDescent="0.25">
       <c r="D288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E288" s="2">
         <v>10.082599999999999</v>
       </c>
       <c r="F288" s="2">
         <v>15.6166</v>
       </c>
       <c r="G288" s="2">
         <v>0.10299999999999999</v>
       </c>
       <c r="H288" s="2">
         <v>10.8803</v>
       </c>
       <c r="I288" s="2">
         <v>1.5421</v>
       </c>
       <c r="J288" s="2">
         <v>1.171</v>
       </c>
       <c r="K288" s="2">
         <v>15.3279</v>
       </c>
       <c r="L288" s="2">
         <v>13.4183</v>
       </c>
       <c r="M288" s="2">
         <v>9.1</v>
       </c>
       <c r="N288" s="2">
         <v>9.6876999999999995</v>
       </c>
       <c r="O288" s="4">
         <v>1.6469038208168645</v>
       </c>
       <c r="P288" s="11"/>
       <c r="Q288" s="11"/>
     </row>
-    <row r="289" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="289" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E289" s="2">
         <v>9.9830000000000005</v>
       </c>
       <c r="F289" s="2">
         <v>15.822100000000001</v>
       </c>
       <c r="G289" s="2">
         <v>0.10059999999999999</v>
       </c>
       <c r="H289" s="2">
         <v>10.7918</v>
       </c>
       <c r="I289" s="2">
         <v>1.5351999999999999</v>
       </c>
       <c r="J289" s="2">
         <v>1.1667000000000001</v>
       </c>
       <c r="K289" s="2">
         <v>15.204000000000001</v>
       </c>
       <c r="L289" s="2">
         <v>13.319100000000001</v>
       </c>
       <c r="M289" s="2">
         <v>9.2605000000000004</v>
       </c>
       <c r="N289" s="2">
         <v>9.6357999999999997</v>
       </c>
       <c r="O289" s="4">
         <v>1.6313213703099512</v>
       </c>
     </row>
-    <row r="290" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="290" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B290" s="12"/>
       <c r="C290" s="11"/>
       <c r="D290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E290" s="2">
         <v>9.9171999999999993</v>
       </c>
       <c r="F290" s="2">
         <v>15.966699999999999</v>
       </c>
       <c r="G290" s="2">
         <v>0.1014</v>
       </c>
       <c r="H290" s="2">
         <v>10.9884</v>
       </c>
       <c r="I290" s="2">
         <v>1.5465</v>
       </c>
       <c r="J290" s="2">
         <v>1.1688000000000001</v>
       </c>
       <c r="K290" s="2">
         <v>15.261100000000001</v>
       </c>
       <c r="L290" s="2">
         <v>13.529500000000001</v>
       </c>
       <c r="M290" s="2">
         <v>9.4375</v>
       </c>
       <c r="N290" s="2">
         <v>9.5693000000000001</v>
       </c>
       <c r="O290" s="4">
         <v>1.6246953696181965</v>
       </c>
       <c r="P290" s="11"/>
       <c r="Q290" s="11"/>
       <c r="R290" s="11"/>
     </row>
-    <row r="291" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="291" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B291" s="12"/>
       <c r="C291" s="11"/>
       <c r="D291" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E291" s="2">
         <v>10.199999999999999</v>
       </c>
       <c r="F291" s="2">
         <v>16.421099999999999</v>
       </c>
       <c r="G291" s="2">
         <v>0.10199999999999999</v>
       </c>
       <c r="H291" s="2">
         <v>11.173400000000001</v>
       </c>
       <c r="I291" s="2">
         <v>1.5495000000000001</v>
       </c>
       <c r="J291" s="2">
         <v>1.1806000000000001</v>
       </c>
       <c r="K291" s="2">
         <v>15.6088</v>
       </c>
       <c r="L291" s="2">
         <v>13.765499999999999</v>
       </c>
       <c r="M291" s="2">
         <v>9.5161999999999995</v>
       </c>
       <c r="N291" s="2">
         <v>9.7286000000000001</v>
       </c>
       <c r="O291" s="4">
         <v>1.6739203213927016</v>
       </c>
       <c r="P291" s="9"/>
       <c r="Q291" s="9"/>
       <c r="R291" s="11"/>
     </row>
-    <row r="292" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="292" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B292" s="12"/>
       <c r="D292" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E292" s="2">
         <v>10.3675</v>
       </c>
       <c r="F292" s="2">
         <v>16.991400000000002</v>
       </c>
       <c r="G292" s="2">
         <v>0.1002</v>
       </c>
       <c r="H292" s="2">
         <v>11.5924</v>
       </c>
       <c r="I292" s="2">
         <v>1.5859999999999999</v>
       </c>
       <c r="J292" s="2">
         <v>1.1919</v>
       </c>
       <c r="K292" s="2">
         <v>15.9727</v>
       </c>
       <c r="L292" s="2">
         <v>14.2027</v>
       </c>
       <c r="M292" s="2">
         <v>9.3163</v>
       </c>
       <c r="N292" s="2">
         <v>9.7386999999999997</v>
       </c>
       <c r="O292" s="4">
         <v>1.7067759003242875</v>
       </c>
       <c r="P292" s="9"/>
       <c r="Q292" s="9"/>
       <c r="R292" s="11"/>
     </row>
-    <row r="293" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="293" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B293" s="12"/>
       <c r="C293">
         <v>2014</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E293" s="2">
         <v>10.872199999999999</v>
       </c>
       <c r="F293" s="2">
         <v>17.9038</v>
       </c>
       <c r="G293" s="2">
         <v>0.1045</v>
       </c>
       <c r="H293" s="2">
         <v>12.0261</v>
       </c>
       <c r="I293" s="2">
         <v>1.6769000000000001</v>
       </c>
       <c r="J293" s="2">
         <v>1.2165999999999999</v>
       </c>
       <c r="K293" s="2">
         <v>16.721599999999999</v>
       </c>
       <c r="L293" s="2">
         <v>14.812900000000001</v>
       </c>
       <c r="M293" s="2">
         <v>9.6256000000000004</v>
       </c>
       <c r="N293" s="2">
         <v>9.9444999999999997</v>
       </c>
       <c r="O293" s="4">
         <v>1.7966223499820337</v>
       </c>
       <c r="P293" s="11"/>
       <c r="Q293" s="11"/>
       <c r="R293" s="11"/>
     </row>
-    <row r="294" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="294" spans="2:18" x14ac:dyDescent="0.25">
       <c r="C294" s="10"/>
       <c r="D294" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E294" s="2">
         <v>10.9848</v>
       </c>
       <c r="F294" s="2">
         <v>18.1846</v>
       </c>
       <c r="G294" s="2">
         <v>0.1077</v>
       </c>
       <c r="H294" s="2">
         <v>12.2818</v>
       </c>
       <c r="I294" s="2">
         <v>1.6909000000000001</v>
       </c>
       <c r="J294" s="2">
         <v>1.2236</v>
       </c>
       <c r="K294" s="2">
         <v>16.8934</v>
       </c>
       <c r="L294" s="2">
         <v>14.9985</v>
       </c>
       <c r="M294" s="2">
         <v>9.8510000000000009</v>
       </c>
       <c r="N294" s="2">
         <v>9.9366000000000003</v>
       </c>
       <c r="O294" s="4">
         <v>1.8063583815028903</v>
       </c>
     </row>
-    <row r="295" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="295" spans="2:18" x14ac:dyDescent="0.25">
       <c r="C295" s="10"/>
       <c r="D295" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E295" s="9">
         <v>10.7468</v>
       </c>
       <c r="F295" s="9">
         <v>17.8689</v>
       </c>
       <c r="G295" s="9">
         <v>0.105</v>
       </c>
       <c r="H295" s="9">
         <v>12.202</v>
       </c>
       <c r="I295" s="9">
         <v>1.6758999999999999</v>
       </c>
       <c r="J295" s="9">
         <v>1.2141</v>
       </c>
       <c r="K295" s="9">
         <v>16.636399999999998</v>
       </c>
       <c r="L295" s="9">
         <v>14.858499999999999</v>
       </c>
       <c r="M295" s="9">
         <v>9.7566000000000006</v>
       </c>
       <c r="N295" s="9">
         <v>9.6796000000000006</v>
       </c>
       <c r="O295" s="4">
         <v>1.7415534656913967</v>
       </c>
     </row>
-    <row r="296" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="296" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D296" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E296" s="9">
         <v>10.5467</v>
       </c>
       <c r="F296" s="9">
         <v>17.6524</v>
       </c>
       <c r="G296" s="9">
         <v>0.1028</v>
       </c>
       <c r="H296" s="9">
         <v>11.948600000000001</v>
       </c>
       <c r="I296" s="9">
         <v>1.6131</v>
       </c>
       <c r="J296" s="9">
         <v>1.2038</v>
       </c>
       <c r="K296" s="9">
         <v>16.341899999999999</v>
       </c>
       <c r="L296" s="9">
         <v>14.565899999999999</v>
       </c>
       <c r="M296" s="9">
         <v>9.8287999999999993</v>
       </c>
       <c r="N296" s="9">
         <v>9.5962999999999994</v>
       </c>
       <c r="O296" s="4">
         <v>1.6946280291476021</v>
       </c>
       <c r="P296" s="9"/>
       <c r="Q296" s="9"/>
     </row>
-    <row r="297" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="297" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D297" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E297" s="9">
         <v>10.3979</v>
       </c>
       <c r="F297" s="9">
         <v>17.519600000000001</v>
       </c>
       <c r="G297" s="9">
         <v>0.1022</v>
       </c>
       <c r="H297" s="9">
         <v>11.694699999999999</v>
       </c>
       <c r="I297" s="9">
         <v>1.5817000000000001</v>
       </c>
       <c r="J297" s="9">
         <v>1.1954</v>
       </c>
       <c r="K297" s="9">
         <v>16.1006</v>
       </c>
       <c r="L297" s="9">
         <v>14.275700000000001</v>
       </c>
       <c r="M297" s="9">
         <v>9.6789000000000005</v>
       </c>
       <c r="N297" s="9">
         <v>9.5503</v>
       </c>
       <c r="O297" s="4">
         <v>1.6669444907484581</v>
       </c>
       <c r="P297" s="9"/>
       <c r="Q297" s="9"/>
     </row>
-    <row r="298" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="298" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D298" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E298" s="9">
         <v>10.675800000000001</v>
       </c>
       <c r="F298" s="9">
         <v>18.044899999999998</v>
       </c>
       <c r="G298" s="9">
         <v>0.1046</v>
       </c>
       <c r="H298" s="9">
         <v>11.9178</v>
       </c>
       <c r="I298" s="9">
         <v>1.5968</v>
       </c>
       <c r="J298" s="9">
         <v>1.2078</v>
       </c>
       <c r="K298" s="9">
         <v>16.445900000000002</v>
       </c>
       <c r="L298" s="9">
         <v>14.5177</v>
       </c>
       <c r="M298" s="9">
         <v>9.9989000000000008</v>
       </c>
       <c r="N298" s="9">
         <v>9.8581000000000003</v>
       </c>
       <c r="O298" s="4">
         <v>1.7132088401576153</v>
       </c>
       <c r="P298" s="9"/>
       <c r="Q298" s="9"/>
     </row>
-    <row r="299" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="299" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D299" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E299" s="9">
         <v>10.662800000000001</v>
       </c>
       <c r="F299" s="9">
         <v>18.2118</v>
       </c>
       <c r="G299" s="9">
         <v>0.1048</v>
       </c>
       <c r="H299" s="9">
         <v>11.888</v>
       </c>
       <c r="I299" s="9">
         <v>1.5640000000000001</v>
       </c>
       <c r="J299" s="9">
         <v>1.2079</v>
       </c>
       <c r="K299" s="9">
         <v>16.4482</v>
       </c>
       <c r="L299" s="9">
         <v>14.4443</v>
       </c>
       <c r="M299" s="9">
         <v>10.013500000000001</v>
       </c>
       <c r="N299" s="9">
         <v>9.9400999999999993</v>
       </c>
       <c r="O299" s="4">
         <v>1.7199862401100789</v>
       </c>
       <c r="P299" s="9"/>
       <c r="Q299" s="9"/>
     </row>
-    <row r="300" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="300" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E300" s="9">
         <v>10.6662</v>
       </c>
       <c r="F300" s="9">
         <v>17.8218</v>
       </c>
       <c r="G300" s="9">
         <v>0.1036</v>
       </c>
       <c r="H300" s="9">
         <v>11.723599999999999</v>
       </c>
       <c r="I300" s="9">
         <v>1.5463</v>
       </c>
       <c r="J300" s="9">
         <v>1.2018</v>
       </c>
       <c r="K300" s="9">
         <v>16.274100000000001</v>
       </c>
       <c r="L300" s="9">
         <v>14.207800000000001</v>
       </c>
       <c r="M300" s="9">
         <v>9.9276</v>
       </c>
       <c r="N300" s="9">
         <v>9.7642000000000007</v>
       </c>
       <c r="O300" s="4">
         <v>1.733102253032929</v>
       </c>
       <c r="P300" s="9"/>
       <c r="Q300" s="9"/>
     </row>
-    <row r="301" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="301" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E301" s="9">
         <v>10.952999999999999</v>
       </c>
       <c r="F301" s="9">
         <v>17.866800000000001</v>
       </c>
       <c r="G301" s="9">
         <v>0.1022</v>
       </c>
       <c r="H301" s="9">
         <v>11.7136</v>
       </c>
       <c r="I301" s="9">
         <v>1.5385</v>
       </c>
       <c r="J301" s="9">
         <v>1.2063999999999999</v>
       </c>
       <c r="K301" s="9">
         <v>16.450800000000001</v>
       </c>
       <c r="L301" s="9">
         <v>14.148099999999999</v>
       </c>
       <c r="M301" s="9">
         <v>9.9298000000000002</v>
       </c>
       <c r="N301" s="9">
         <v>9.9619</v>
       </c>
       <c r="O301" s="4">
         <v>1.784121320249777</v>
       </c>
     </row>
-    <row r="302" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="302" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E302" s="9">
         <v>11.066599999999999</v>
       </c>
       <c r="F302" s="9">
         <v>17.783799999999999</v>
       </c>
       <c r="G302" s="9">
         <v>0.10249999999999999</v>
       </c>
       <c r="H302" s="9">
         <v>11.615600000000001</v>
       </c>
       <c r="I302" s="9">
         <v>1.5287999999999999</v>
       </c>
       <c r="J302" s="9">
         <v>1.2058</v>
       </c>
       <c r="K302" s="9">
         <v>16.457799999999999</v>
       </c>
       <c r="L302" s="9">
         <v>14.030099999999999</v>
       </c>
       <c r="M302" s="9">
         <v>9.7143999999999995</v>
       </c>
       <c r="N302" s="9">
         <v>9.8665000000000003</v>
       </c>
       <c r="O302" s="4">
         <v>1.8066847335140019</v>
       </c>
     </row>
-    <row r="303" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="303" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D303" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E303" s="9">
         <v>11.098599999999999</v>
       </c>
       <c r="F303" s="9">
         <v>17.517600000000002</v>
       </c>
       <c r="G303" s="9">
         <v>9.2499999999999999E-2</v>
       </c>
       <c r="H303" s="9">
         <v>11.515000000000001</v>
       </c>
       <c r="I303" s="9">
         <v>1.4973000000000001</v>
       </c>
       <c r="J303" s="9">
         <v>1.2013</v>
       </c>
       <c r="K303" s="9">
         <v>16.266500000000001</v>
       </c>
       <c r="L303" s="9">
         <v>13.849600000000001</v>
       </c>
       <c r="M303" s="9">
         <v>9.5981000000000005</v>
       </c>
       <c r="N303" s="9">
         <v>9.7936999999999994</v>
       </c>
       <c r="O303" s="4">
         <v>1.8115942028985506</v>
       </c>
     </row>
-    <row r="304" spans="2:18" x14ac:dyDescent="0.3">
+    <row r="304" spans="2:18" x14ac:dyDescent="0.25">
       <c r="D304" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E304" s="9">
         <v>11.4613</v>
       </c>
       <c r="F304" s="9">
         <v>17.921099999999999</v>
       </c>
       <c r="G304" s="9">
         <v>9.6000000000000002E-2</v>
       </c>
       <c r="H304" s="9">
         <v>11.7432</v>
       </c>
       <c r="I304" s="9">
         <v>1.5044</v>
       </c>
       <c r="J304" s="9">
         <v>1.2144999999999999</v>
       </c>
       <c r="K304" s="9">
         <v>16.709900000000001</v>
       </c>
       <c r="L304" s="9">
         <v>14.124000000000001</v>
       </c>
       <c r="M304" s="9">
         <v>9.4649000000000001</v>
       </c>
       <c r="N304" s="9">
         <v>9.9489999999999998</v>
       </c>
       <c r="O304" s="4">
         <v>1.8518518518518516</v>
       </c>
     </row>
-    <row r="305" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="305" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C305">
         <v>2015</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E305" s="9">
         <v>11.565799999999999</v>
       </c>
       <c r="F305" s="9">
         <v>17.5289</v>
       </c>
       <c r="G305" s="9">
         <v>9.7699999999999995E-2</v>
       </c>
       <c r="H305" s="9">
         <v>12.225199999999999</v>
       </c>
       <c r="I305" s="9">
         <v>1.4274</v>
       </c>
       <c r="J305" s="9">
         <v>1.2072000000000001</v>
       </c>
       <c r="K305" s="9">
         <v>16.453800000000001</v>
       </c>
       <c r="L305" s="9">
         <v>13.4572</v>
       </c>
       <c r="M305" s="9">
         <v>9.3452999999999999</v>
       </c>
       <c r="N305" s="9">
         <v>9.5703999999999994</v>
       </c>
       <c r="O305" s="4">
         <v>1.859773107680863</v>
       </c>
     </row>
-    <row r="306" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="306" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D306" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E306" s="9">
         <v>11.575900000000001</v>
       </c>
       <c r="F306" s="9">
         <v>17.921099999999999</v>
       </c>
       <c r="G306" s="9">
         <v>9.7699999999999995E-2</v>
       </c>
       <c r="H306" s="9">
         <v>12.379200000000001</v>
       </c>
       <c r="I306" s="9">
         <v>1.3865000000000001</v>
       </c>
       <c r="J306" s="9">
         <v>1.2044999999999999</v>
       </c>
       <c r="K306" s="9">
         <v>16.387799999999999</v>
       </c>
       <c r="L306" s="9">
         <v>13.1501</v>
       </c>
       <c r="M306" s="9">
         <v>9.0166000000000004</v>
       </c>
       <c r="N306" s="9">
         <v>9.2516999999999996</v>
       </c>
       <c r="O306" s="4">
         <v>1.851508979818552</v>
       </c>
     </row>
-    <row r="307" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="307" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D307" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E307" s="9">
         <v>12.064399999999999</v>
       </c>
       <c r="F307" s="9">
         <v>18.074999999999999</v>
       </c>
       <c r="G307" s="9">
         <v>0.1002</v>
       </c>
       <c r="H307" s="9">
         <v>12.3124</v>
       </c>
       <c r="I307" s="9">
         <v>1.4151</v>
       </c>
       <c r="J307" s="9">
         <v>1.2177</v>
       </c>
       <c r="K307" s="9">
         <v>16.709399999999999</v>
       </c>
       <c r="L307" s="9">
         <v>13.0723</v>
       </c>
       <c r="M307" s="9">
         <v>9.3283000000000005</v>
       </c>
       <c r="N307" s="9">
         <v>9.5693000000000001</v>
       </c>
       <c r="O307" s="4">
         <v>1.9334880123743232</v>
       </c>
     </row>
-    <row r="308" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="308" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D308" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E308" s="9">
         <v>12.011100000000001</v>
       </c>
       <c r="F308" s="9">
         <v>17.932700000000001</v>
       </c>
       <c r="G308" s="9">
         <v>0.1004</v>
       </c>
       <c r="H308" s="9">
         <v>12.4735</v>
       </c>
       <c r="I308" s="9">
         <v>1.3891</v>
       </c>
       <c r="J308" s="9">
         <v>1.2138</v>
       </c>
       <c r="K308" s="9">
         <v>16.614799999999999</v>
       </c>
       <c r="L308" s="9">
         <v>12.9404</v>
       </c>
       <c r="M308" s="9">
         <v>9.2850999999999999</v>
       </c>
       <c r="N308" s="9">
         <v>9.7175999999999991</v>
       </c>
       <c r="O308" s="4">
         <v>1.9368584156498161</v>
       </c>
     </row>
-    <row r="309" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="309" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D309" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E309" s="9">
         <v>11.969099999999999</v>
       </c>
       <c r="F309" s="9">
         <v>18.508099999999999</v>
       </c>
       <c r="G309" s="9">
         <v>9.9099999999999994E-2</v>
       </c>
       <c r="H309" s="9">
         <v>12.8407</v>
       </c>
       <c r="I309" s="9">
         <v>1.4363999999999999</v>
       </c>
       <c r="J309" s="9">
         <v>1.2209000000000001</v>
       </c>
       <c r="K309" s="9">
         <v>16.7941</v>
       </c>
       <c r="L309" s="9">
         <v>13.350899999999999</v>
       </c>
       <c r="M309" s="9">
         <v>9.4448000000000008</v>
       </c>
       <c r="N309" s="9">
         <v>9.8336000000000006</v>
       </c>
       <c r="O309" s="4">
         <v>1.9293845263360989</v>
       </c>
     </row>
-    <row r="310" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="310" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D310" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E310" s="9">
         <v>12.301600000000001</v>
       </c>
       <c r="F310" s="9">
         <v>19.1388</v>
       </c>
       <c r="G310" s="9">
         <v>9.9500000000000005E-2</v>
       </c>
       <c r="H310" s="9">
         <v>13.2059</v>
       </c>
       <c r="I310" s="9">
         <v>1.4873000000000001</v>
       </c>
       <c r="J310" s="9">
         <v>1.2383999999999999</v>
       </c>
       <c r="K310" s="9">
         <v>17.283999999999999</v>
       </c>
       <c r="L310" s="9">
         <v>13.7965</v>
       </c>
       <c r="M310" s="9">
         <v>9.4905000000000008</v>
       </c>
       <c r="N310" s="9">
         <v>9.9528999999999996</v>
       </c>
       <c r="O310" s="4">
         <v>1.9821605550049557</v>
       </c>
     </row>
-    <row r="311" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="311" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D311" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E311" s="9">
         <v>12.451499999999999</v>
       </c>
       <c r="F311" s="9">
         <v>19.378799999999998</v>
       </c>
       <c r="G311" s="9">
         <v>0.1009</v>
       </c>
       <c r="H311" s="9">
         <v>13.0665</v>
       </c>
       <c r="I311" s="9">
         <v>1.4607000000000001</v>
       </c>
       <c r="J311" s="9">
         <v>1.2423999999999999</v>
       </c>
       <c r="K311" s="9">
         <v>17.386900000000001</v>
       </c>
       <c r="L311" s="9">
         <v>13.7034</v>
       </c>
       <c r="M311" s="9">
         <v>9.2332999999999998</v>
       </c>
       <c r="N311" s="9">
         <v>9.7005999999999997</v>
       </c>
       <c r="O311" s="4">
         <v>2.0056157240272765</v>
       </c>
     </row>
-    <row r="312" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="312" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E312" s="9">
         <v>12.911799999999999</v>
       </c>
       <c r="F312" s="9">
         <v>20.1495</v>
       </c>
       <c r="G312" s="9">
         <v>0.10489999999999999</v>
       </c>
       <c r="H312" s="9">
         <v>13.1325</v>
       </c>
       <c r="I312" s="9">
         <v>1.5130999999999999</v>
       </c>
       <c r="J312" s="9">
         <v>1.2678</v>
       </c>
       <c r="K312" s="9">
         <v>18.0961</v>
       </c>
       <c r="L312" s="9">
         <v>14.3894</v>
       </c>
       <c r="M312" s="9">
         <v>9.4131999999999998</v>
       </c>
       <c r="N312" s="9">
         <v>9.8238000000000003</v>
       </c>
       <c r="O312" s="4">
         <v>2.035002035002035</v>
       </c>
     </row>
-    <row r="313" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="313" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D313" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E313" s="9">
         <v>13.6073</v>
       </c>
       <c r="F313" s="9">
         <v>20.8949</v>
       </c>
       <c r="G313" s="9">
         <v>0.1133</v>
       </c>
       <c r="H313" s="9">
         <v>14.0076</v>
       </c>
       <c r="I313" s="9">
         <v>1.6276999999999999</v>
       </c>
       <c r="J313" s="9">
         <v>1.3033999999999999</v>
       </c>
       <c r="K313" s="9">
         <v>19.142499999999998</v>
       </c>
       <c r="L313" s="9">
         <v>15.297000000000001</v>
       </c>
       <c r="M313" s="9">
         <v>9.6135000000000002</v>
       </c>
       <c r="N313" s="9">
         <v>10.266400000000001</v>
       </c>
       <c r="O313" s="4">
         <v>2.1367521367521367</v>
       </c>
     </row>
-    <row r="314" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="314" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E314" s="9">
         <v>13.5002</v>
       </c>
       <c r="F314" s="9">
         <v>20.704899999999999</v>
       </c>
       <c r="G314" s="9">
         <v>0.1125</v>
       </c>
       <c r="H314" s="9">
         <v>13.9465</v>
       </c>
       <c r="I314" s="9">
         <v>1.6233</v>
       </c>
       <c r="J314" s="9">
         <v>1.2982</v>
       </c>
       <c r="K314" s="9">
         <v>18.9831</v>
       </c>
       <c r="L314" s="9">
         <v>15.170999999999999</v>
       </c>
       <c r="M314" s="9">
         <v>9.7368000000000006</v>
       </c>
       <c r="N314" s="9">
         <v>10.330299999999999</v>
       </c>
       <c r="O314" s="4">
         <v>2.1258503401360547</v>
       </c>
     </row>
-    <row r="315" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="315" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D315" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E315" s="9">
         <v>14.123200000000001</v>
       </c>
       <c r="F315" s="9">
         <v>21.475000000000001</v>
       </c>
       <c r="G315" s="9">
         <v>0.11533</v>
       </c>
       <c r="H315" s="9">
         <v>14.0098</v>
       </c>
       <c r="I315" s="9">
         <v>1.6277999999999999</v>
       </c>
       <c r="J315" s="9">
         <v>1.3160000000000001</v>
       </c>
       <c r="K315" s="9">
         <v>19.493400000000001</v>
       </c>
       <c r="L315" s="9">
         <v>15.1769</v>
       </c>
       <c r="M315" s="9">
         <v>10.101599999999999</v>
       </c>
       <c r="N315" s="9">
         <v>10.6488</v>
       </c>
       <c r="O315" s="4">
         <v>2.2168033695411218</v>
       </c>
     </row>
-    <row r="316" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="316" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D316" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E316" s="9">
         <v>14.926</v>
       </c>
       <c r="F316" s="9">
         <v>22.380500000000001</v>
       </c>
       <c r="G316" s="9">
         <v>0.1225</v>
       </c>
       <c r="H316" s="9">
         <v>14.9779</v>
       </c>
       <c r="I316" s="9">
         <v>1.7552000000000001</v>
       </c>
       <c r="J316" s="9">
         <v>1.3571</v>
       </c>
       <c r="K316" s="9">
         <v>20.774000000000001</v>
       </c>
       <c r="L316" s="9">
         <v>16.225899999999999</v>
       </c>
       <c r="M316" s="9">
         <v>10.8337</v>
       </c>
       <c r="N316" s="9">
         <v>10.912599999999999</v>
       </c>
       <c r="O316" s="4">
         <v>2.3137436372049978</v>
       </c>
     </row>
-    <row r="317" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="317" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C317">
         <v>2016</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E317" s="9">
         <v>16.380099999999999</v>
       </c>
       <c r="F317" s="9">
         <v>23.603400000000001</v>
       </c>
       <c r="G317" s="9">
         <v>0.13869999999999999</v>
       </c>
       <c r="H317" s="9">
         <v>16.273599999999998</v>
       </c>
       <c r="I317" s="9">
         <v>1.9181999999999999</v>
       </c>
       <c r="J317" s="9">
         <v>1.4175</v>
       </c>
       <c r="K317" s="9">
         <v>22.5624</v>
       </c>
       <c r="L317" s="9">
         <v>17.7943</v>
       </c>
       <c r="M317" s="9">
         <v>11.4796</v>
       </c>
       <c r="N317" s="9">
         <v>11.5101</v>
       </c>
       <c r="O317" s="4">
         <v>2.4919013207076999</v>
       </c>
     </row>
-    <row r="318" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="318" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D318" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E318" s="9">
         <v>15.769399999999999</v>
       </c>
       <c r="F318" s="9">
         <v>22.564900000000002</v>
       </c>
       <c r="G318" s="9">
         <v>0.13739999999999999</v>
       </c>
       <c r="H318" s="9">
         <v>15.8812</v>
       </c>
       <c r="I318" s="9">
         <v>1.8619000000000001</v>
       </c>
       <c r="J318" s="9">
         <v>1.3971</v>
       </c>
       <c r="K318" s="9">
         <v>21.990100000000002</v>
       </c>
       <c r="L318" s="9">
         <v>17.503299999999999</v>
       </c>
       <c r="M318" s="9">
         <v>11.248900000000001</v>
       </c>
       <c r="N318" s="9">
         <v>11.4185</v>
       </c>
       <c r="O318" s="4">
         <v>2.4078979051288227</v>
       </c>
     </row>
-    <row r="319" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="319" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D319" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E319" s="9">
         <v>15.4224</v>
       </c>
       <c r="F319" s="9">
         <v>21.914999999999999</v>
       </c>
       <c r="G319" s="9">
         <v>0.13650000000000001</v>
       </c>
       <c r="H319" s="9">
         <v>15.6601</v>
       </c>
       <c r="I319" s="9">
         <v>1.8420000000000001</v>
       </c>
       <c r="J319" s="9">
         <v>1.3819999999999999</v>
       </c>
       <c r="K319" s="9">
         <v>21.487100000000002</v>
       </c>
       <c r="L319" s="9">
         <v>17.108000000000001</v>
       </c>
       <c r="M319" s="9">
         <v>11.5343</v>
       </c>
       <c r="N319" s="9">
         <v>11.6388</v>
       </c>
       <c r="O319" s="4">
         <v>2.3696682464454977</v>
       </c>
     </row>
-    <row r="320" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="320" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D320" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E320" s="9">
         <v>14.632199999999999</v>
       </c>
       <c r="F320" s="9">
         <v>20.907499999999999</v>
       </c>
       <c r="G320" s="9">
         <v>0.1336</v>
       </c>
       <c r="H320" s="9">
         <v>15.180899999999999</v>
       </c>
       <c r="I320" s="9">
         <v>1.8022</v>
       </c>
       <c r="J320" s="9">
         <v>1.3535999999999999</v>
       </c>
       <c r="K320" s="9">
         <v>21.5733</v>
       </c>
       <c r="L320" s="9">
         <v>16.5885</v>
       </c>
       <c r="M320" s="9">
         <v>11.2201</v>
       </c>
       <c r="N320" s="9">
         <v>11.3849</v>
       </c>
       <c r="O320" s="4">
         <v>2.2588660492432799</v>
       </c>
     </row>
-    <row r="321" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="321" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D321" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E321" s="9">
         <v>15.356299999999999</v>
       </c>
       <c r="F321" s="9">
         <v>22.311900000000001</v>
       </c>
       <c r="G321" s="9">
         <v>0.1409</v>
       </c>
       <c r="H321" s="9">
         <v>15.704599999999999</v>
       </c>
       <c r="I321" s="9">
         <v>1.8683000000000001</v>
       </c>
       <c r="J321" s="9">
         <v>1.3884000000000001</v>
       </c>
       <c r="K321" s="9">
         <v>21.7105</v>
       </c>
       <c r="L321" s="9">
         <v>17.360600000000002</v>
       </c>
       <c r="M321" s="9">
         <v>11.215</v>
       </c>
       <c r="N321" s="9">
         <v>11.861000000000001</v>
       </c>
       <c r="O321" s="4">
         <v>2.351281448389372</v>
       </c>
     </row>
-    <row r="322" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="322" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D322" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E322" s="9">
         <v>15.0564</v>
       </c>
       <c r="F322" s="9">
         <v>21.4086</v>
       </c>
       <c r="G322" s="9">
         <v>0.14269999999999999</v>
       </c>
       <c r="H322" s="9">
         <v>15.5191</v>
       </c>
       <c r="I322" s="9">
         <v>1.8143</v>
       </c>
       <c r="J322" s="9">
         <v>1.3742000000000001</v>
       </c>
       <c r="K322" s="9">
         <v>21.223800000000001</v>
       </c>
       <c r="L322" s="9">
         <v>16.9209</v>
       </c>
       <c r="M322" s="9">
         <v>11.1463</v>
       </c>
       <c r="N322" s="9">
         <v>11.6836</v>
       </c>
       <c r="O322" s="4">
         <v>2.2836263987211693</v>
       </c>
     </row>
-    <row r="323" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="323" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D323" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E323" s="9">
         <v>14.4232</v>
       </c>
       <c r="F323" s="9">
         <v>18.9741</v>
       </c>
       <c r="G323" s="9">
         <v>0.13850000000000001</v>
       </c>
       <c r="H323" s="9">
         <v>14.6867</v>
       </c>
       <c r="I323" s="9">
         <v>1.6846000000000001</v>
       </c>
       <c r="J323" s="9">
         <v>1.3366</v>
       </c>
       <c r="K323" s="9">
         <v>20.051400000000001</v>
       </c>
       <c r="L323" s="9">
         <v>15.9618</v>
       </c>
       <c r="M323" s="9">
         <v>10.860900000000001</v>
       </c>
       <c r="N323" s="9">
         <v>11.064500000000001</v>
       </c>
       <c r="O323" s="4">
         <v>2.159827213822894</v>
       </c>
     </row>
-    <row r="324" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="324" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D324" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E324" s="9">
         <v>13.7349</v>
       </c>
       <c r="F324" s="9">
         <v>18.002700000000001</v>
       </c>
       <c r="G324" s="9">
         <v>0.13569999999999999</v>
       </c>
       <c r="H324" s="9">
         <v>14.162100000000001</v>
       </c>
       <c r="I324" s="9">
         <v>1.6237999999999999</v>
       </c>
       <c r="J324" s="9">
         <v>1.3089999999999999</v>
       </c>
       <c r="K324" s="9">
         <v>19.265000000000001</v>
       </c>
       <c r="L324" s="9">
         <v>15.4049</v>
       </c>
       <c r="M324" s="9">
         <v>10.486000000000001</v>
       </c>
       <c r="N324" s="9">
         <v>10.5847</v>
       </c>
       <c r="O324" s="4">
         <v>2.0656889072505682</v>
       </c>
     </row>
-    <row r="325" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="325" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D325" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E325" s="9">
         <v>14.037000000000001</v>
       </c>
       <c r="F325" s="9">
         <v>18.464200000000002</v>
       </c>
       <c r="G325" s="9">
         <v>0.13780000000000001</v>
       </c>
       <c r="H325" s="9">
         <v>14.4108</v>
       </c>
       <c r="I325" s="9">
         <v>1.645</v>
       </c>
       <c r="J325" s="9">
         <v>1.3214999999999999</v>
       </c>
       <c r="K325" s="9">
         <v>19.665900000000001</v>
       </c>
       <c r="L325" s="9">
         <v>15.738799999999999</v>
       </c>
       <c r="M325" s="9">
         <v>10.6577</v>
       </c>
       <c r="N325" s="9">
         <v>10.724399999999999</v>
       </c>
       <c r="O325" s="4">
         <v>2.1034917963819941</v>
       </c>
     </row>
-    <row r="326" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="326" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D326" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E326" s="9">
         <v>13.9435</v>
       </c>
       <c r="F326" s="9">
         <v>17.219200000000001</v>
       </c>
       <c r="G326" s="9">
         <v>0.13439999999999999</v>
       </c>
       <c r="H326" s="9">
         <v>14.131399999999999</v>
       </c>
       <c r="I326" s="9">
         <v>1.5854999999999999</v>
       </c>
       <c r="J326" s="9">
         <v>1.3109</v>
       </c>
       <c r="K326" s="9">
         <v>19.257899999999999</v>
       </c>
       <c r="L326" s="9">
         <v>15.3774</v>
       </c>
       <c r="M326" s="9">
         <v>10.6235</v>
       </c>
       <c r="N326" s="9">
         <v>10.531499999999999</v>
       </c>
       <c r="O326" s="4">
         <v>2.0721094073767095</v>
       </c>
     </row>
-    <row r="327" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="327" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D327" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E327" s="9">
         <v>13.9137</v>
       </c>
       <c r="F327" s="9">
         <v>17.292300000000001</v>
       </c>
       <c r="G327" s="9">
         <v>0.12870000000000001</v>
       </c>
       <c r="H327" s="9">
         <v>13.980399999999999</v>
       </c>
       <c r="I327" s="9">
         <v>1.5273000000000001</v>
       </c>
       <c r="J327" s="9">
         <v>1.3028999999999999</v>
       </c>
       <c r="K327" s="9">
         <v>19.037099999999999</v>
       </c>
       <c r="L327" s="9">
         <v>15.044499999999999</v>
       </c>
       <c r="M327" s="9">
         <v>10.499000000000001</v>
       </c>
       <c r="N327" s="9">
         <v>10.3515</v>
       </c>
       <c r="O327" s="4">
         <v>2.034174125305126</v>
       </c>
     </row>
-    <row r="328" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="328" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D328" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E328" s="9">
         <v>13.8361</v>
       </c>
       <c r="F328" s="9">
         <v>17.299600000000002</v>
       </c>
       <c r="G328" s="9">
         <v>0.11940000000000001</v>
       </c>
       <c r="H328" s="9">
         <v>13.5855</v>
       </c>
       <c r="I328" s="9">
         <v>1.5039</v>
       </c>
       <c r="J328" s="9">
         <v>1.2911999999999999</v>
       </c>
       <c r="K328" s="9">
         <v>18.658000000000001</v>
       </c>
       <c r="L328" s="9">
         <v>14.6136</v>
       </c>
       <c r="M328" s="9">
         <v>10.1793</v>
       </c>
       <c r="N328" s="9">
         <v>10.3786</v>
       </c>
       <c r="O328" s="4">
         <v>1.9996000799840032</v>
       </c>
     </row>
-    <row r="329" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="329" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C329">
         <v>2017</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E329" s="9">
         <v>13.562900000000001</v>
       </c>
       <c r="F329" s="9">
         <v>16.724299999999999</v>
       </c>
       <c r="G329" s="9">
         <v>0.11799999999999999</v>
       </c>
       <c r="H329" s="9">
         <v>13.456</v>
       </c>
       <c r="I329" s="9">
         <v>1.5159</v>
       </c>
       <c r="J329" s="9">
         <v>1.2805</v>
       </c>
       <c r="K329" s="9">
         <v>18.288699999999999</v>
       </c>
       <c r="L329" s="9">
         <v>14.421200000000001</v>
       </c>
       <c r="M329" s="9">
         <v>10.116899999999999</v>
       </c>
       <c r="N329" s="9">
         <v>10.271800000000001</v>
       </c>
       <c r="O329" s="4">
         <v>1.9673421207948063</v>
       </c>
     </row>
-    <row r="330" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="330" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D330" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E330" s="9">
         <v>13.195499999999999</v>
       </c>
       <c r="F330" s="9">
         <v>16.483599999999999</v>
       </c>
       <c r="G330" s="9">
         <v>0.1167</v>
       </c>
       <c r="H330" s="9">
         <v>13.1709</v>
       </c>
       <c r="I330" s="9">
         <v>1.4826999999999999</v>
       </c>
       <c r="J330" s="9">
         <v>1.2633000000000001</v>
       </c>
       <c r="K330" s="9">
         <v>17.964400000000001</v>
       </c>
       <c r="L330" s="9">
         <v>14.042999999999999</v>
       </c>
       <c r="M330" s="9">
         <v>10.1143</v>
       </c>
       <c r="N330" s="9">
         <v>10.0723</v>
       </c>
       <c r="O330" s="4">
         <v>1.9197542714532538</v>
       </c>
     </row>
-    <row r="331" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="331" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D331" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E331" s="9">
         <v>12.9382</v>
       </c>
       <c r="F331" s="9">
         <v>15.963200000000001</v>
       </c>
       <c r="G331" s="9">
         <v>0.1145</v>
       </c>
       <c r="H331" s="9">
         <v>12.9071</v>
       </c>
       <c r="I331" s="9">
         <v>1.4500999999999999</v>
       </c>
       <c r="J331" s="9">
         <v>1.2498</v>
       </c>
       <c r="K331" s="9">
         <v>17.525200000000002</v>
       </c>
       <c r="L331" s="9">
         <v>13.823600000000001</v>
       </c>
       <c r="M331" s="9">
         <v>9.8566000000000003</v>
       </c>
       <c r="N331" s="9">
         <v>9.6651000000000007</v>
       </c>
       <c r="O331" s="4">
         <v>1.8761726078799248</v>
       </c>
     </row>
-    <row r="332" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="332" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D332" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E332" s="9">
         <v>13.466200000000001</v>
       </c>
       <c r="F332" s="9">
         <v>17.002500000000001</v>
       </c>
       <c r="G332" s="9">
         <v>0.1222</v>
       </c>
       <c r="H332" s="9">
         <v>13.4556</v>
       </c>
       <c r="I332" s="9">
         <v>1.5044</v>
       </c>
       <c r="J332" s="9">
         <v>1.2810999999999999</v>
       </c>
       <c r="K332" s="9">
         <v>18.3751</v>
       </c>
       <c r="L332" s="9">
         <v>14.4291</v>
       </c>
       <c r="M332" s="9">
         <v>10.146699999999999</v>
       </c>
       <c r="N332" s="9">
         <v>10.0284</v>
       </c>
       <c r="O332" s="4">
         <v>1.9540999999999999</v>
       </c>
     </row>
-    <row r="333" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="333" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D333" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E333" s="9">
         <v>13.267899999999999</v>
       </c>
       <c r="F333" s="9">
         <v>17.1555</v>
       </c>
       <c r="G333" s="9">
         <v>0.1182</v>
       </c>
       <c r="H333" s="9">
         <v>13.4536</v>
       </c>
       <c r="I333" s="9">
         <v>1.5114000000000001</v>
       </c>
       <c r="J333" s="9">
         <v>1.2783</v>
       </c>
       <c r="K333" s="9">
         <v>18.241199999999999</v>
       </c>
       <c r="L333" s="9">
         <v>14.6654</v>
       </c>
       <c r="M333" s="9">
         <v>9.8635999999999999</v>
       </c>
       <c r="N333" s="9">
         <v>9.7573000000000008</v>
       </c>
       <c r="O333" s="4">
         <v>1.9268000000000001</v>
       </c>
     </row>
-    <row r="334" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="334" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D334" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E334" s="9">
         <v>12.896699999999999</v>
       </c>
       <c r="F334" s="9">
         <v>16.506</v>
       </c>
       <c r="G334" s="9">
         <v>0.1163</v>
       </c>
       <c r="H334" s="9">
         <v>13.3262</v>
       </c>
       <c r="I334" s="9">
         <v>1.4857</v>
       </c>
       <c r="J334" s="9">
         <v>1.2630999999999999</v>
       </c>
       <c r="K334" s="9">
         <v>17.845700000000001</v>
       </c>
       <c r="L334" s="9">
         <v>14.489800000000001</v>
       </c>
       <c r="M334" s="9">
         <v>9.7437000000000005</v>
       </c>
       <c r="N334" s="9">
         <v>9.6882999999999999</v>
       </c>
       <c r="O334" s="4">
         <v>1.8946000000000001</v>
       </c>
     </row>
-    <row r="335" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="335" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D335" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E335" s="9">
         <v>13.1379</v>
       </c>
       <c r="F335" s="9">
         <v>17.065999999999999</v>
       </c>
       <c r="G335" s="9">
         <v>0.1168</v>
       </c>
       <c r="H335" s="9">
         <v>13.6805</v>
       </c>
       <c r="I335" s="9">
         <v>1.5767</v>
       </c>
       <c r="J335" s="9">
         <v>1.2815000000000001</v>
       </c>
       <c r="K335" s="9">
         <v>18.318000000000001</v>
       </c>
       <c r="L335" s="9">
         <v>15.1181</v>
       </c>
       <c r="M335" s="9">
         <v>10.237299999999999</v>
       </c>
       <c r="N335" s="9">
         <v>10.325100000000001</v>
       </c>
       <c r="O335" s="4">
         <v>1.9398</v>
       </c>
     </row>
-    <row r="336" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="336" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D336" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E336" s="9">
         <v>13.2309</v>
       </c>
       <c r="F336" s="9">
         <v>17.153199999999998</v>
       </c>
       <c r="G336" s="9">
         <v>0.12039999999999999</v>
       </c>
       <c r="H336" s="9">
         <v>13.7134</v>
       </c>
       <c r="I336" s="9">
         <v>1.6375</v>
       </c>
       <c r="J336" s="9">
         <v>1.2955000000000001</v>
       </c>
       <c r="K336" s="9">
         <v>18.6876</v>
       </c>
       <c r="L336" s="9">
         <v>15.633800000000001</v>
       </c>
       <c r="M336" s="9">
         <v>10.4763</v>
       </c>
       <c r="N336" s="9">
         <v>10.4962</v>
       </c>
       <c r="O336" s="4">
         <v>1.9834000000000001</v>
       </c>
     </row>
-    <row r="337" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="337" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D337" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E337" s="9">
         <v>13.134499999999999</v>
       </c>
       <c r="F337" s="9">
         <v>17.441800000000001</v>
       </c>
       <c r="G337" s="9">
         <v>0.1188</v>
       </c>
       <c r="H337" s="9">
         <v>13.6561</v>
       </c>
       <c r="I337" s="9">
         <v>1.6425000000000001</v>
       </c>
       <c r="J337" s="9">
         <v>1.2945</v>
       </c>
       <c r="K337" s="9">
         <v>18.700600000000001</v>
       </c>
       <c r="L337" s="9">
         <v>15.6557</v>
       </c>
       <c r="M337" s="9">
         <v>10.474</v>
       </c>
       <c r="N337" s="9">
         <v>10.6897</v>
       </c>
       <c r="O337" s="4">
         <v>2.0007999999999999</v>
       </c>
     </row>
-    <row r="338" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="338" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D338" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E338" s="9">
         <v>13.675599999999999</v>
       </c>
       <c r="F338" s="9">
         <v>18.0534</v>
       </c>
       <c r="G338" s="9">
         <v>0.1211</v>
       </c>
       <c r="H338" s="9">
         <v>13.935</v>
       </c>
       <c r="I338" s="9">
         <v>1.6734</v>
       </c>
       <c r="J338" s="9">
         <v>1.3176000000000001</v>
       </c>
       <c r="K338" s="9">
         <v>19.324000000000002</v>
       </c>
       <c r="L338" s="9">
         <v>16.078399999999998</v>
       </c>
       <c r="M338" s="9">
         <v>10.650700000000001</v>
       </c>
       <c r="N338" s="9">
         <v>10.8667</v>
       </c>
       <c r="O338" s="4">
         <v>2.0636999999999999</v>
       </c>
       <c r="P338" s="2"/>
       <c r="Q338" s="2"/>
     </row>
-    <row r="339" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="339" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D339" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E339" s="9">
         <v>14.078200000000001</v>
       </c>
       <c r="F339" s="9">
         <v>18.62</v>
       </c>
       <c r="G339" s="9">
         <v>0.12479999999999999</v>
       </c>
       <c r="H339" s="9">
         <v>14.193899999999999</v>
       </c>
       <c r="I339" s="9">
         <v>1.6785000000000001</v>
       </c>
       <c r="J339" s="9">
         <v>1.3399000000000001</v>
       </c>
       <c r="K339" s="9">
         <v>19.820399999999999</v>
       </c>
       <c r="L339" s="9">
         <v>16.526499999999999</v>
       </c>
       <c r="M339" s="9">
         <v>10.7317</v>
       </c>
       <c r="N339" s="9">
         <v>11.0288</v>
       </c>
       <c r="O339" s="4">
         <v>2.1261000000000001</v>
       </c>
       <c r="P339" s="2"/>
       <c r="Q339" s="2"/>
     </row>
-    <row r="340" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="340" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D340" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E340" s="9">
         <v>13.170299999999999</v>
       </c>
       <c r="F340" s="9">
         <v>17.657800000000002</v>
       </c>
       <c r="G340" s="9">
         <v>0.1166</v>
       </c>
       <c r="H340" s="9">
         <v>13.341900000000001</v>
       </c>
       <c r="I340" s="9">
         <v>1.5683</v>
       </c>
       <c r="J340" s="9">
         <v>1.2951999999999999</v>
       </c>
       <c r="K340" s="9">
         <v>18.6358</v>
       </c>
       <c r="L340" s="9">
         <v>15.5915</v>
       </c>
       <c r="M340" s="9">
         <v>10.068</v>
       </c>
       <c r="N340" s="9">
         <v>10.3139</v>
       </c>
       <c r="O340" s="4">
         <v>1.9971000000000001</v>
       </c>
     </row>
-    <row r="341" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="341" spans="3:17" x14ac:dyDescent="0.25">
       <c r="C341">
         <v>2018</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E341" s="9">
         <v>12.2041</v>
       </c>
       <c r="F341" s="9">
         <v>16.841100000000001</v>
       </c>
       <c r="G341" s="9">
         <v>0.11</v>
       </c>
       <c r="H341" s="9">
         <v>12.687900000000001</v>
       </c>
       <c r="I341" s="9">
         <v>1.5154000000000001</v>
       </c>
       <c r="J341" s="9">
         <v>1.2531000000000001</v>
       </c>
       <c r="K341" s="9">
         <v>17.558700000000002</v>
       </c>
       <c r="L341" s="9">
         <v>14.8719</v>
       </c>
       <c r="M341" s="9">
         <v>9.6986000000000008</v>
       </c>
       <c r="N341" s="9">
         <v>9.8114000000000008</v>
       </c>
       <c r="O341" s="4">
         <v>1.8984000000000001</v>
       </c>
     </row>
-    <row r="342" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="342" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D342" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E342" s="9">
         <v>11.821999999999999</v>
       </c>
       <c r="F342" s="9">
         <v>16.536100000000001</v>
       </c>
       <c r="G342" s="9">
         <v>0.1095</v>
       </c>
       <c r="H342" s="9">
         <v>12.657299999999999</v>
       </c>
       <c r="I342" s="9">
         <v>1.4717</v>
       </c>
       <c r="J342" s="9">
         <v>1.2377</v>
       </c>
       <c r="K342" s="9">
         <v>17.186599999999999</v>
       </c>
       <c r="L342" s="9">
         <v>14.6112</v>
       </c>
       <c r="M342" s="9">
         <v>9.3180999999999994</v>
       </c>
       <c r="N342" s="9">
         <v>9.4118999999999993</v>
       </c>
       <c r="O342" s="4">
         <v>1.8702000000000001</v>
       </c>
     </row>
-    <row r="343" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="343" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D343" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E343" s="9">
         <v>11.835599999999999</v>
       </c>
       <c r="F343" s="9">
         <v>16.524000000000001</v>
       </c>
       <c r="G343" s="9">
         <v>0.1116</v>
       </c>
       <c r="H343" s="9">
         <v>12.502700000000001</v>
       </c>
       <c r="I343" s="9">
         <v>1.4370000000000001</v>
       </c>
       <c r="J343" s="9">
         <v>1.2384999999999999</v>
       </c>
       <c r="K343" s="9">
         <v>17.193300000000001</v>
       </c>
       <c r="L343" s="9">
         <v>14.606199999999999</v>
       </c>
       <c r="M343" s="9">
         <v>9.1953999999999994</v>
       </c>
       <c r="N343" s="9">
         <v>9.1606000000000005</v>
       </c>
       <c r="O343" s="4">
         <v>1.8761000000000001</v>
       </c>
     </row>
-    <row r="344" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="344" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D344" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E344" s="4">
         <v>12.084099999999999</v>
       </c>
       <c r="F344" s="4">
         <v>17.031500000000001</v>
       </c>
       <c r="G344" s="4">
         <v>0.1124</v>
       </c>
       <c r="H344" s="4">
         <v>12.499000000000001</v>
       </c>
       <c r="I344" s="4">
         <v>1.4327000000000001</v>
       </c>
       <c r="J344" s="9">
         <v>1.2509999999999999</v>
       </c>
       <c r="K344" s="9">
         <v>17.579000000000001</v>
       </c>
       <c r="L344" s="9">
         <v>14.854200000000001</v>
       </c>
       <c r="M344" s="9">
         <v>9.2988999999999997</v>
       </c>
       <c r="N344" s="9">
         <v>9.4992999999999999</v>
       </c>
       <c r="O344" s="4">
         <v>1.9188000000000001</v>
       </c>
     </row>
-    <row r="345" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="345" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D345" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E345" s="4">
         <v>12.529400000000001</v>
       </c>
       <c r="F345" s="4">
         <v>16.8706</v>
       </c>
       <c r="G345" s="4">
         <v>0.1142</v>
       </c>
       <c r="H345" s="4">
         <v>12.5617</v>
       </c>
       <c r="I345" s="4">
         <v>1.431</v>
       </c>
       <c r="J345" s="9">
         <v>1.2633000000000001</v>
       </c>
       <c r="K345" s="9">
         <v>17.827500000000001</v>
       </c>
       <c r="L345" s="9">
         <v>14.807399999999999</v>
       </c>
       <c r="M345" s="9">
         <v>9.4314</v>
       </c>
       <c r="N345" s="9">
         <v>9.7408999999999999</v>
       </c>
       <c r="O345" s="4">
         <v>1.9657</v>
       </c>
     </row>
-    <row r="346" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="346" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D346" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E346" s="4">
         <v>13.285500000000001</v>
       </c>
       <c r="F346" s="4">
         <v>17.6541</v>
       </c>
       <c r="G346" s="4">
         <v>0.1208</v>
       </c>
       <c r="H346" s="4">
         <v>13.426</v>
       </c>
       <c r="I346" s="4">
         <v>1.5094000000000001</v>
       </c>
       <c r="J346" s="9">
         <v>1.2986</v>
       </c>
       <c r="K346" s="9">
         <v>18.802399999999999</v>
       </c>
       <c r="L346" s="9">
         <v>15.5167</v>
       </c>
       <c r="M346" s="9">
         <v>9.9610000000000003</v>
       </c>
       <c r="N346" s="9">
         <v>10.125500000000001</v>
       </c>
       <c r="O346" s="4">
         <v>2.0554000000000001</v>
       </c>
     </row>
-    <row r="347" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="347" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D347" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E347" s="4">
         <v>13.4145</v>
       </c>
       <c r="F347" s="4">
         <v>17.6676</v>
       </c>
       <c r="G347" s="4">
         <v>0.1203</v>
       </c>
       <c r="H347" s="4">
         <v>13.486800000000001</v>
       </c>
       <c r="I347" s="4">
         <v>1.5201</v>
       </c>
       <c r="J347" s="4">
         <v>1.3011999999999999</v>
       </c>
       <c r="K347" s="4">
         <v>18.834199999999999</v>
       </c>
       <c r="L347" s="4">
         <v>15.670500000000001</v>
       </c>
       <c r="M347" s="4">
         <v>9.9260999999999999</v>
       </c>
       <c r="N347" s="4">
         <v>10.2051</v>
       </c>
       <c r="O347" s="4">
         <v>1.9967999999999999</v>
       </c>
     </row>
-    <row r="348" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="348" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D348" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E348" s="4">
         <v>14.089</v>
       </c>
       <c r="F348" s="4">
         <v>18.1434</v>
       </c>
       <c r="G348" s="4">
         <v>0.12690000000000001</v>
       </c>
       <c r="H348" s="4">
         <v>14.251300000000001</v>
       </c>
       <c r="I348" s="4">
         <v>1.5547</v>
       </c>
       <c r="J348" s="4">
         <v>1.3310999999999999</v>
       </c>
       <c r="K348" s="4">
         <v>19.6572</v>
       </c>
       <c r="L348" s="4">
         <v>16.263500000000001</v>
       </c>
       <c r="M348" s="4">
         <v>10.3171</v>
       </c>
       <c r="N348" s="4">
         <v>10.803699999999999</v>
       </c>
       <c r="O348" s="4">
         <v>2.069</v>
       </c>
     </row>
-    <row r="349" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="349" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D349" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E349" s="4">
         <v>14.7797</v>
       </c>
       <c r="F349" s="4">
         <v>19.289000000000001</v>
       </c>
       <c r="G349" s="4">
         <v>0.13200000000000001</v>
       </c>
       <c r="H349" s="4">
         <v>15.264900000000001</v>
       </c>
       <c r="I349" s="4">
         <v>1.6486000000000001</v>
       </c>
       <c r="J349" s="4">
         <v>1.3691</v>
       </c>
       <c r="K349" s="4">
         <v>20.682500000000001</v>
       </c>
       <c r="L349" s="4">
         <v>17.2347</v>
       </c>
       <c r="M349" s="4">
         <v>10.64</v>
       </c>
       <c r="N349" s="4">
         <v>11.332000000000001</v>
       </c>
       <c r="O349" s="4">
         <v>2.1558999999999999</v>
       </c>
     </row>
-    <row r="350" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="350" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D350" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E350" s="4">
         <v>14.4963</v>
       </c>
       <c r="F350" s="4">
         <v>18.86</v>
       </c>
       <c r="G350" s="4">
         <v>0.1285</v>
       </c>
       <c r="H350" s="4">
         <v>14.5915</v>
       </c>
       <c r="I350" s="4">
         <v>1.6040000000000001</v>
       </c>
       <c r="J350" s="4">
         <v>1.3496999999999999</v>
       </c>
       <c r="K350" s="4">
         <v>20.142099999999999</v>
       </c>
       <c r="L350" s="4">
         <v>16.652899999999999</v>
       </c>
       <c r="M350" s="4">
         <v>10.2997</v>
       </c>
       <c r="N350" s="4">
         <v>11.1471</v>
       </c>
       <c r="O350" s="4">
         <v>2.0943000000000001</v>
       </c>
     </row>
-    <row r="351" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="351" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D351" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E351" s="4">
         <v>14.086600000000001</v>
       </c>
       <c r="F351" s="4">
         <v>18.177099999999999</v>
       </c>
       <c r="G351" s="4">
         <v>0.12429999999999999</v>
       </c>
       <c r="H351" s="4">
         <v>14.075799999999999</v>
       </c>
       <c r="I351" s="4">
         <v>1.5556000000000001</v>
       </c>
       <c r="J351" s="4">
         <v>1.3245</v>
       </c>
       <c r="K351" s="4">
         <v>19.5641</v>
       </c>
       <c r="L351" s="4">
         <v>16.0166</v>
       </c>
       <c r="M351" s="4">
         <v>10.2135</v>
       </c>
       <c r="N351" s="4">
         <v>10.677300000000001</v>
       </c>
       <c r="O351" s="4">
         <v>2.0299999999999998</v>
       </c>
     </row>
-    <row r="352" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="352" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D352" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E352" s="4">
         <v>14.1805</v>
       </c>
       <c r="F352" s="4">
         <v>17.979900000000001</v>
       </c>
       <c r="G352" s="4">
         <v>0.1263</v>
       </c>
       <c r="H352" s="4">
         <v>14.293799999999999</v>
       </c>
       <c r="I352" s="4">
         <v>1.5717000000000001</v>
       </c>
       <c r="J352" s="4">
         <v>1.3279000000000001</v>
       </c>
       <c r="K352" s="4">
         <v>19.676400000000001</v>
       </c>
       <c r="L352" s="4">
         <v>16.145800000000001</v>
       </c>
       <c r="M352" s="4">
         <v>10.190200000000001</v>
       </c>
       <c r="N352" s="4">
         <v>10.5672</v>
       </c>
       <c r="O352" s="4">
         <v>2.06</v>
       </c>
     </row>
-    <row r="353" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="353" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C353">
         <v>2019</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E353" s="4">
         <v>13.861499999999999</v>
       </c>
       <c r="F353" s="4">
         <v>17.860199999999999</v>
       </c>
       <c r="G353" s="4">
         <v>0.1273</v>
       </c>
       <c r="H353" s="4">
         <v>14.0175</v>
       </c>
       <c r="I353" s="4">
         <v>1.5425</v>
       </c>
       <c r="J353" s="4">
         <v>1.3172999999999999</v>
       </c>
       <c r="K353" s="4">
         <v>19.316400000000002</v>
       </c>
       <c r="L353" s="4">
         <v>15.8354</v>
       </c>
       <c r="M353" s="4">
         <v>9.907</v>
       </c>
       <c r="N353" s="4">
         <v>10.4161</v>
       </c>
       <c r="O353" s="4">
         <v>2.0427</v>
       </c>
     </row>
-    <row r="354" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="354" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D354" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E354" s="4">
         <v>13.7956</v>
       </c>
       <c r="F354" s="4">
         <v>17.940899999999999</v>
       </c>
       <c r="G354" s="4">
         <v>0.125</v>
       </c>
       <c r="H354" s="4">
         <v>13.7751</v>
       </c>
       <c r="I354" s="4">
         <v>1.492</v>
       </c>
       <c r="J354" s="4">
         <v>1.3126</v>
       </c>
       <c r="K354" s="4">
         <v>19.236599999999999</v>
       </c>
       <c r="L354" s="4">
         <v>15.6564</v>
       </c>
       <c r="M354" s="4">
         <v>9.8511000000000006</v>
       </c>
       <c r="N354" s="4">
         <v>10.444000000000001</v>
       </c>
       <c r="O354" s="4">
         <v>2.0470000000000002</v>
       </c>
     </row>
-    <row r="355" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="355" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D355" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E355" s="4">
         <v>14.383100000000001</v>
       </c>
       <c r="F355" s="4">
         <v>18.954000000000001</v>
       </c>
       <c r="G355" s="4">
         <v>0.1293</v>
       </c>
       <c r="H355" s="4">
         <v>14.3642</v>
       </c>
       <c r="I355" s="4">
         <v>1.5469999999999999</v>
       </c>
       <c r="J355" s="4">
         <v>1.3433999999999999</v>
       </c>
       <c r="K355" s="4">
         <v>20.016100000000002</v>
       </c>
       <c r="L355" s="4">
         <v>16.254000000000001</v>
       </c>
       <c r="M355" s="4">
         <v>10.1806</v>
       </c>
       <c r="N355" s="4">
         <v>10.764799999999999</v>
       </c>
       <c r="O355" s="4">
         <v>2.1425000000000001</v>
       </c>
     </row>
-    <row r="356" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="356" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D356" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E356" s="4">
         <v>14.154400000000001</v>
       </c>
       <c r="F356" s="4">
         <v>18.461500000000001</v>
       </c>
       <c r="G356" s="4">
         <v>0.1268</v>
       </c>
       <c r="H356" s="4">
         <v>14.063700000000001</v>
       </c>
       <c r="I356" s="4">
         <v>1.5179</v>
       </c>
       <c r="J356" s="4">
         <v>1.3297000000000001</v>
       </c>
       <c r="K356" s="4">
         <v>19.638000000000002</v>
       </c>
       <c r="L356" s="4">
         <v>15.9108</v>
       </c>
       <c r="M356" s="4">
         <v>10.065799999999999</v>
       </c>
       <c r="N356" s="4">
         <v>10.5817</v>
       </c>
       <c r="O356" s="4">
         <v>2.1071</v>
       </c>
     </row>
-    <row r="357" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="357" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D357" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E357" s="4">
         <v>14.436999999999999</v>
       </c>
       <c r="F357" s="4">
         <v>18.5227</v>
       </c>
       <c r="G357" s="4">
         <v>0.1313</v>
       </c>
       <c r="H357" s="4">
         <v>14.2865</v>
       </c>
       <c r="I357" s="4">
         <v>1.5038</v>
       </c>
       <c r="J357" s="4">
         <v>1.3411</v>
       </c>
       <c r="K357" s="4">
         <v>19.930800000000001</v>
       </c>
       <c r="L357" s="4">
         <v>16.147200000000002</v>
       </c>
       <c r="M357" s="4">
         <v>10.0189</v>
       </c>
       <c r="N357" s="4">
         <v>10.726599999999999</v>
       </c>
       <c r="O357" s="4">
         <v>2.1034000000000002</v>
       </c>
     </row>
-    <row r="358" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="358" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D358" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E358" s="4">
         <v>14.5665</v>
       </c>
       <c r="F358" s="4">
         <v>18.4726</v>
       </c>
       <c r="G358" s="4">
         <v>0.1348</v>
       </c>
       <c r="H358" s="4">
         <v>14.7399</v>
       </c>
       <c r="I358" s="4">
         <v>1.5489999999999999</v>
       </c>
       <c r="J358" s="4">
         <v>1.3511</v>
       </c>
       <c r="K358" s="4">
         <v>20.1998</v>
       </c>
       <c r="L358" s="4">
         <v>16.455400000000001</v>
       </c>
       <c r="M358" s="4">
         <v>10.121</v>
       </c>
       <c r="N358" s="4">
         <v>10.961399999999999</v>
       </c>
       <c r="O358" s="4">
         <v>2.1109</v>
       </c>
     </row>
-    <row r="359" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="359" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D359" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E359" s="4">
         <v>14.0466</v>
       </c>
       <c r="F359" s="4">
         <v>17.518799999999999</v>
       </c>
       <c r="G359" s="4">
         <v>0.1298</v>
       </c>
       <c r="H359" s="4">
         <v>14.2263</v>
       </c>
       <c r="I359" s="4">
         <v>1.4924999999999999</v>
       </c>
       <c r="J359" s="4">
         <v>1.3221000000000001</v>
       </c>
       <c r="K359" s="4">
         <v>19.3979</v>
       </c>
       <c r="L359" s="4">
         <v>15.7621</v>
       </c>
       <c r="M359" s="4">
         <v>9.8106000000000009</v>
       </c>
       <c r="N359" s="4">
         <v>10.725199999999999</v>
       </c>
       <c r="O359" s="4">
         <v>2.0424000000000002</v>
       </c>
     </row>
-    <row r="360" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="360" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D360" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E360" s="4">
         <v>15.142300000000001</v>
       </c>
       <c r="F360" s="4">
         <v>18.392199999999999</v>
       </c>
       <c r="G360" s="4">
         <v>0.1424</v>
       </c>
       <c r="H360" s="4">
         <v>15.454700000000001</v>
       </c>
       <c r="I360" s="4">
         <v>1.5692999999999999</v>
       </c>
       <c r="J360" s="4">
         <v>1.3737999999999999</v>
       </c>
       <c r="K360" s="4">
         <v>20.7928</v>
       </c>
       <c r="L360" s="4">
         <v>16.841200000000001</v>
       </c>
       <c r="M360" s="4">
         <v>10.248699999999999</v>
       </c>
       <c r="N360" s="4">
         <v>11.4092</v>
       </c>
       <c r="O360" s="4">
         <v>2.1438000000000001</v>
       </c>
     </row>
-    <row r="361" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="361" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D361" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E361" s="4">
         <v>14.8485</v>
       </c>
       <c r="F361" s="4">
         <v>18.314299999999999</v>
       </c>
       <c r="G361" s="4">
         <v>0.13819999999999999</v>
       </c>
       <c r="H361" s="4">
         <v>14.9901</v>
       </c>
       <c r="I361" s="4">
         <v>1.5282</v>
       </c>
       <c r="J361" s="4">
         <v>1.357</v>
       </c>
       <c r="K361" s="4">
         <v>20.307600000000001</v>
       </c>
       <c r="L361" s="4">
         <v>16.351900000000001</v>
       </c>
       <c r="M361" s="4">
         <v>10.1104</v>
       </c>
       <c r="N361" s="4">
         <v>11.2089</v>
       </c>
       <c r="O361" s="4">
         <v>2.0861000000000001</v>
       </c>
       <c r="P361" s="4"/>
     </row>
-    <row r="362" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="362" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D362" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E362" s="4">
         <v>14.906499999999999</v>
       </c>
       <c r="F362" s="4">
         <v>18.817299999999999</v>
       </c>
       <c r="G362" s="4">
         <v>0.13782284251822707</v>
       </c>
       <c r="H362" s="4">
         <v>15.000400000000001</v>
       </c>
       <c r="I362" s="4">
         <v>1.5252292817496369</v>
       </c>
       <c r="J362" s="4">
         <v>1.3623413316590356</v>
       </c>
       <c r="K362" s="4">
         <v>20.4618</v>
       </c>
       <c r="L362" s="4">
         <v>16.470700000000001</v>
       </c>
       <c r="M362" s="4">
         <v>10.125500000000001</v>
       </c>
       <c r="N362" s="4">
         <v>11.2995</v>
       </c>
       <c r="O362" s="4">
         <v>2.1006</v>
       </c>
     </row>
-    <row r="363" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="363" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D363" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E363" s="4">
         <v>14.803599999999999</v>
       </c>
       <c r="F363" s="4">
         <v>19.078399999999998</v>
       </c>
       <c r="G363" s="4">
         <v>0.13600000000000001</v>
       </c>
       <c r="H363" s="4">
         <v>14.909700000000001</v>
       </c>
       <c r="I363" s="4">
         <v>1.536</v>
       </c>
       <c r="J363" s="4">
         <v>1.3591</v>
       </c>
       <c r="K363" s="4">
         <v>20.348400000000002</v>
       </c>
       <c r="L363" s="4">
         <v>16.364699999999999</v>
       </c>
       <c r="M363" s="4">
         <v>10.1126</v>
       </c>
       <c r="N363" s="4">
         <v>11.1852</v>
       </c>
       <c r="O363" s="4">
         <v>2.1091000000000002</v>
       </c>
     </row>
-    <row r="364" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="364" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D364" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E364" s="4">
         <v>14.435700000000001</v>
       </c>
       <c r="F364" s="4">
         <v>18.911300000000001</v>
       </c>
       <c r="G364" s="4">
         <v>0.1323</v>
       </c>
       <c r="H364" s="4">
         <v>14.6797</v>
       </c>
       <c r="I364" s="4">
         <v>1.5294000000000001</v>
       </c>
       <c r="J364" s="4">
         <v>1.3431</v>
       </c>
       <c r="K364" s="4">
         <v>19.913599999999999</v>
       </c>
       <c r="L364" s="4">
         <v>16.042400000000001</v>
       </c>
       <c r="M364" s="4">
         <v>9.9280000000000008</v>
       </c>
       <c r="N364" s="4">
         <v>10.954700000000001</v>
       </c>
       <c r="O364" s="4">
         <v>2.0567000000000002</v>
       </c>
     </row>
-    <row r="365" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="365" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C365">
         <v>2020</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E365" s="4">
         <v>14.3972</v>
       </c>
       <c r="F365" s="4">
         <v>18.819099999999999</v>
       </c>
       <c r="G365" s="4">
         <v>0.13170000000000001</v>
       </c>
       <c r="H365" s="4">
         <v>14.841699999999999</v>
       </c>
       <c r="I365" s="4">
         <v>1.5149999999999999</v>
       </c>
       <c r="J365" s="4">
         <v>1.3408</v>
       </c>
       <c r="K365" s="4">
         <v>19.877099999999999</v>
       </c>
       <c r="L365" s="4">
         <v>15.9848</v>
       </c>
       <c r="M365" s="4">
         <v>9.8802000000000003</v>
       </c>
       <c r="N365" s="4">
         <v>11.008699999999999</v>
       </c>
       <c r="O365" s="4">
         <v>2.08</v>
       </c>
     </row>
-    <row r="366" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="366" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D366" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E366" s="4">
         <v>15.0153</v>
       </c>
       <c r="F366" s="4">
         <v>19.472200000000001</v>
       </c>
       <c r="G366" s="4">
         <v>0.13650000000000001</v>
       </c>
       <c r="H366" s="4">
         <v>15.385199999999999</v>
       </c>
       <c r="I366" s="4">
         <v>1.5501</v>
       </c>
       <c r="J366" s="4">
         <v>1.3648</v>
       </c>
       <c r="K366" s="4">
         <v>20.5227</v>
       </c>
       <c r="L366" s="4">
         <v>16.384499999999999</v>
       </c>
       <c r="M366" s="4">
         <v>10.019299999999999</v>
       </c>
       <c r="N366" s="4">
         <v>11.3055</v>
       </c>
       <c r="O366" s="4">
         <v>2.1455000000000002</v>
       </c>
     </row>
-    <row r="367" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="367" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D367" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E367" s="9">
         <v>16.661100000000001</v>
       </c>
       <c r="F367" s="4">
         <v>20.595300000000002</v>
       </c>
       <c r="G367" s="4">
         <v>0.15459999999999999</v>
       </c>
       <c r="H367" s="4">
         <v>17.370100000000001</v>
       </c>
       <c r="I367" s="4">
         <v>1.6970000000000001</v>
       </c>
       <c r="J367" s="4">
         <v>1.4437</v>
       </c>
       <c r="K367" s="4">
         <v>22.6523</v>
       </c>
       <c r="L367" s="4">
         <v>18.407800000000002</v>
       </c>
       <c r="M367" s="4">
         <v>10.3666</v>
       </c>
       <c r="N367" s="4">
         <v>11.956200000000001</v>
       </c>
       <c r="O367" s="4">
         <v>2.3672</v>
       </c>
     </row>
-    <row r="368" spans="3:16" x14ac:dyDescent="0.3">
+    <row r="368" spans="3:16" x14ac:dyDescent="0.25">
       <c r="D368" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E368" s="9">
         <v>18.576000000000001</v>
       </c>
       <c r="F368" s="4">
         <v>23.036999999999999</v>
       </c>
       <c r="G368" s="9">
         <v>0.1724</v>
       </c>
       <c r="H368" s="9">
         <v>19.132100000000001</v>
       </c>
       <c r="I368" s="9">
         <v>1.8533999999999999</v>
       </c>
       <c r="J368" s="9">
         <v>1.5263</v>
       </c>
       <c r="K368" s="9">
         <v>24.719799999999999</v>
       </c>
       <c r="L368" s="9">
         <v>20.175000000000001</v>
       </c>
       <c r="M368" s="9">
         <v>11.668200000000001</v>
       </c>
       <c r="N368" s="9">
         <v>13.2042</v>
       </c>
       <c r="O368" s="9">
         <v>2.6251000000000002</v>
       </c>
     </row>
-    <row r="369" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="369" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D369" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E369" s="9">
         <v>18.142600000000002</v>
       </c>
       <c r="F369" s="4">
         <v>22.281700000000001</v>
       </c>
       <c r="G369" s="9">
         <v>0.16919999999999999</v>
       </c>
       <c r="H369" s="9">
         <v>18.694700000000001</v>
       </c>
       <c r="I369" s="9">
         <v>1.863</v>
       </c>
       <c r="J369" s="9">
         <v>1.5031000000000001</v>
       </c>
       <c r="K369" s="9">
         <v>24.686399999999999</v>
       </c>
       <c r="L369" s="9">
         <v>19.763100000000001</v>
       </c>
       <c r="M369" s="9">
         <v>11.8184</v>
       </c>
       <c r="N369" s="9">
         <v>12.9826</v>
       </c>
       <c r="O369" s="9">
         <v>2.5520999999999998</v>
       </c>
     </row>
-    <row r="370" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="370" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D370" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E370" s="9">
         <v>17.133199999999999</v>
       </c>
       <c r="F370" s="9">
         <v>21.458500000000001</v>
       </c>
       <c r="G370" s="9">
         <v>0.15920000000000001</v>
       </c>
       <c r="H370" s="9">
         <v>18.0029</v>
       </c>
       <c r="I370" s="9">
         <v>1.8403</v>
       </c>
       <c r="J370" s="9">
         <v>1.4639</v>
       </c>
       <c r="K370" s="9">
         <v>23.6296</v>
       </c>
       <c r="L370" s="9">
         <v>19.2866</v>
       </c>
       <c r="M370" s="9">
         <v>11.809699999999999</v>
       </c>
       <c r="N370" s="9">
         <v>12.642200000000001</v>
       </c>
       <c r="O370" s="9">
         <v>2.4178999999999999</v>
       </c>
     </row>
-    <row r="371" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="371" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D371" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E371" s="9">
         <v>16.7714</v>
       </c>
       <c r="F371" s="9">
         <v>21.221599999999999</v>
       </c>
       <c r="G371" s="9">
         <v>0.15709999999999999</v>
       </c>
       <c r="H371" s="9">
         <v>17.945599999999999</v>
       </c>
       <c r="I371" s="9">
         <v>1.8548</v>
       </c>
       <c r="J371" s="9">
         <v>1.4492</v>
       </c>
       <c r="K371" s="9">
         <v>23.336099999999998</v>
       </c>
       <c r="L371" s="9">
         <v>19.213200000000001</v>
       </c>
       <c r="M371" s="9">
         <v>11.7836</v>
       </c>
       <c r="N371" s="9">
         <v>12.4153</v>
       </c>
       <c r="O371" s="9">
         <v>2.3919000000000001</v>
       </c>
     </row>
-    <row r="372" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="372" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D372" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E372" s="4">
         <v>17.230799999999999</v>
       </c>
       <c r="F372" s="4">
         <v>22.628399999999999</v>
       </c>
       <c r="G372" s="4">
         <v>0.16250000000000001</v>
       </c>
       <c r="H372" s="4">
         <v>18.930199999999999</v>
       </c>
       <c r="I372" s="4">
         <v>1.9770000000000001</v>
       </c>
       <c r="J372" s="4">
         <v>1.4797</v>
       </c>
       <c r="K372" s="4">
         <v>24.297799999999999</v>
       </c>
       <c r="L372" s="4">
         <v>20.381499999999999</v>
       </c>
       <c r="M372" s="4">
         <v>12.3978</v>
       </c>
       <c r="N372" s="4">
         <v>13.021699999999999</v>
       </c>
       <c r="O372" s="4">
         <v>2.4786000000000001</v>
       </c>
     </row>
-    <row r="373" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="373" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D373" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E373" s="4">
         <v>16.715800000000002</v>
       </c>
       <c r="F373" s="4">
         <v>21.703600000000002</v>
       </c>
       <c r="G373" s="4">
         <v>0.1583</v>
       </c>
       <c r="H373" s="4">
         <v>18.292100000000001</v>
       </c>
       <c r="I373" s="4">
         <v>1.8937999999999999</v>
       </c>
       <c r="J373" s="4">
         <v>1.4521999999999999</v>
       </c>
       <c r="K373" s="4">
         <v>23.6219</v>
       </c>
       <c r="L373" s="4">
         <v>19.727399999999999</v>
       </c>
       <c r="M373" s="4">
         <v>12.1113</v>
       </c>
       <c r="N373" s="4">
         <v>12.659599999999999</v>
       </c>
       <c r="O373" s="4">
         <v>2.4544999999999999</v>
       </c>
     </row>
-    <row r="374" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="374" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D374" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E374" s="4">
         <v>16.461300000000001</v>
       </c>
       <c r="F374" s="4">
         <v>21.371099999999998</v>
       </c>
       <c r="G374" s="4">
         <v>0.1565</v>
       </c>
       <c r="H374" s="4">
         <v>18.0379</v>
       </c>
       <c r="I374" s="4">
         <v>1.8629</v>
       </c>
       <c r="J374" s="4">
         <v>1.4370000000000001</v>
       </c>
       <c r="K374" s="4">
         <v>23.2577</v>
       </c>
       <c r="L374" s="4">
         <v>19.3719</v>
       </c>
       <c r="M374" s="4">
         <v>11.735099999999999</v>
       </c>
       <c r="N374" s="4">
         <v>12.463900000000001</v>
       </c>
       <c r="O374" s="4">
         <v>2.4468999999999999</v>
       </c>
     </row>
-    <row r="375" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="375" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D375" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E375" s="4">
         <v>15.5487</v>
       </c>
       <c r="F375" s="9">
         <v>20.531500000000001</v>
       </c>
       <c r="G375" s="4">
         <v>0.14899999999999999</v>
       </c>
       <c r="H375" s="4">
         <v>17.0745</v>
       </c>
       <c r="I375" s="4">
         <v>1.7982</v>
       </c>
       <c r="J375" s="4">
         <v>1.3939999999999999</v>
       </c>
       <c r="K375" s="4">
         <v>22.096</v>
       </c>
       <c r="L375" s="4">
         <v>18.402000000000001</v>
       </c>
       <c r="M375" s="4">
         <v>11.3049</v>
       </c>
       <c r="N375" s="4">
         <v>11.8856</v>
       </c>
       <c r="O375" s="4">
         <v>2.3546999999999998</v>
       </c>
     </row>
-    <row r="376" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="376" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D376" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E376" s="4">
         <v>14.905799999999999</v>
       </c>
       <c r="F376" s="9">
         <v>20.0169</v>
       </c>
       <c r="G376" s="4">
         <v>0.14360000000000001</v>
       </c>
       <c r="H376" s="4">
         <v>16.7622</v>
       </c>
       <c r="I376" s="4">
         <v>1.7821</v>
       </c>
       <c r="J376" s="4">
         <v>1.3674999999999999</v>
       </c>
       <c r="K376" s="4">
         <v>21.537400000000002</v>
       </c>
       <c r="L376" s="4">
         <v>18.135999999999999</v>
       </c>
       <c r="M376" s="4">
         <v>11.2166</v>
       </c>
       <c r="N376" s="4">
         <v>11.626899999999999</v>
       </c>
       <c r="O376" s="4">
         <v>2.2785000000000002</v>
       </c>
     </row>
-    <row r="377" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="377" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C377">
         <v>2021</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E377" s="4">
         <v>15.125500000000001</v>
       </c>
       <c r="F377" s="4">
         <v>20.621700000000001</v>
       </c>
       <c r="G377" s="4">
         <v>0.14580000000000001</v>
       </c>
       <c r="H377" s="4">
         <v>17.0625</v>
       </c>
       <c r="I377" s="4">
         <v>1.8243</v>
       </c>
       <c r="J377" s="4">
         <v>1.3774</v>
       </c>
       <c r="K377" s="4">
         <v>21.814900000000002</v>
       </c>
       <c r="L377" s="4">
         <v>18.414200000000001</v>
       </c>
       <c r="M377" s="4">
         <v>11.6815</v>
       </c>
       <c r="N377" s="4">
         <v>11.8858</v>
       </c>
       <c r="O377" s="4">
         <v>2.3374999999999999</v>
       </c>
     </row>
-    <row r="378" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="378" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D378" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E378" s="4">
         <v>14.7521</v>
       </c>
       <c r="F378" s="4">
         <v>20.448800000000002</v>
       </c>
       <c r="G378" s="4">
         <v>0.1401</v>
       </c>
       <c r="H378" s="4">
         <v>16.441300000000002</v>
       </c>
       <c r="I378" s="4">
         <v>1.77</v>
       </c>
       <c r="J378" s="4">
         <v>1.3537999999999999</v>
       </c>
       <c r="K378" s="4">
         <v>21.2605</v>
       </c>
       <c r="L378" s="4">
         <v>17.848800000000001</v>
       </c>
       <c r="M378" s="4">
         <v>11.4427</v>
       </c>
       <c r="N378" s="4">
         <v>11.622400000000001</v>
       </c>
       <c r="O378" s="4">
         <v>2.2841</v>
       </c>
     </row>
-    <row r="379" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="379" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D379" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E379" s="4">
         <v>14.986700000000001</v>
       </c>
       <c r="F379" s="4">
         <v>20.778199999999998</v>
       </c>
       <c r="G379" s="4">
         <v>0.13789999999999999</v>
       </c>
       <c r="H379" s="4">
         <v>16.1236</v>
       </c>
       <c r="I379" s="4">
         <v>1.7544</v>
       </c>
       <c r="J379" s="4">
         <v>1.3564000000000001</v>
       </c>
       <c r="K379" s="4">
         <v>21.39</v>
       </c>
       <c r="L379" s="4">
         <v>17.839400000000001</v>
       </c>
       <c r="M379" s="4">
         <v>11.5504</v>
       </c>
       <c r="N379" s="4">
         <v>11.9115</v>
       </c>
       <c r="O379" s="4">
         <v>2.3026</v>
       </c>
     </row>
-    <row r="380" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="380" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D380" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E380" s="4">
         <v>14.4079</v>
       </c>
       <c r="F380" s="4">
         <v>19.945399999999999</v>
       </c>
       <c r="G380" s="4">
         <v>0.13220000000000001</v>
       </c>
       <c r="H380" s="4">
         <v>15.6355</v>
       </c>
       <c r="I380" s="4">
         <v>1.6977</v>
       </c>
       <c r="J380" s="4">
         <v>1.3251999999999999</v>
       </c>
       <c r="K380" s="4">
         <v>20.581199999999999</v>
       </c>
       <c r="L380" s="4">
         <v>17.249700000000001</v>
       </c>
       <c r="M380" s="4">
         <v>11.0953</v>
       </c>
       <c r="N380" s="4">
         <v>11.521100000000001</v>
       </c>
       <c r="O380" s="4">
         <v>2.2101999999999999</v>
       </c>
     </row>
-    <row r="381" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="381" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D381" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E381" s="4">
         <v>14.0602</v>
       </c>
       <c r="F381" s="4">
         <v>19.7958</v>
       </c>
       <c r="G381" s="4">
         <v>0.1288</v>
       </c>
       <c r="H381" s="4">
         <v>15.5745</v>
       </c>
       <c r="I381" s="4">
         <v>1.6834</v>
       </c>
       <c r="J381" s="4">
         <v>1.3102</v>
       </c>
       <c r="K381" s="4">
         <v>20.242899999999999</v>
       </c>
       <c r="L381" s="4">
         <v>17.079899999999999</v>
       </c>
       <c r="M381" s="4">
         <v>10.9095</v>
       </c>
       <c r="N381" s="4">
         <v>11.590299999999999</v>
       </c>
       <c r="O381" s="4">
         <v>2.1867000000000001</v>
       </c>
     </row>
-    <row r="382" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="382" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D382" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E382" s="4">
         <v>13.916700000000001</v>
       </c>
       <c r="F382" s="4">
         <v>19.519500000000001</v>
       </c>
       <c r="G382" s="4">
         <v>0.12640000000000001</v>
       </c>
       <c r="H382" s="4">
         <v>15.325200000000001</v>
       </c>
       <c r="I382" s="4">
         <v>1.6579999999999999</v>
       </c>
       <c r="J382" s="4">
         <v>1.2968999999999999</v>
       </c>
       <c r="K382" s="4">
         <v>19.9757</v>
       </c>
       <c r="L382" s="4">
         <v>16.770199999999999</v>
       </c>
       <c r="M382" s="4">
         <v>10.638400000000001</v>
       </c>
       <c r="N382" s="4">
         <v>11.392799999999999</v>
       </c>
       <c r="O382" s="4">
         <v>2.1661999999999999</v>
       </c>
     </row>
-    <row r="383" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="383" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D383" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E383" s="4">
         <v>14.5329</v>
       </c>
       <c r="F383" s="4">
         <v>20.0609</v>
       </c>
       <c r="G383" s="4">
         <v>0.1318</v>
       </c>
       <c r="H383" s="4">
         <v>15.8253</v>
       </c>
       <c r="I383" s="4">
         <v>1.6845000000000001</v>
       </c>
       <c r="J383" s="4">
         <v>1.3183</v>
       </c>
       <c r="K383" s="4">
         <v>20.659500000000001</v>
       </c>
       <c r="L383" s="4">
         <v>17.1798</v>
       </c>
       <c r="M383" s="4">
         <v>10.7879</v>
       </c>
       <c r="N383" s="4">
         <v>11.6051</v>
       </c>
       <c r="O383" s="4">
         <v>2.2448000000000001</v>
       </c>
     </row>
-    <row r="384" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="384" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D384" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E384" s="4">
         <v>14.789</v>
       </c>
       <c r="F384" s="4">
         <v>20.409300000000002</v>
       </c>
       <c r="G384" s="4">
         <v>0.13469999999999999</v>
       </c>
       <c r="H384" s="4">
         <v>16.1813</v>
       </c>
       <c r="I384" s="4">
         <v>1.704</v>
       </c>
       <c r="J384" s="4">
         <v>1.3274999999999999</v>
       </c>
       <c r="K384" s="4">
         <v>21.052299999999999</v>
       </c>
       <c r="L384" s="4">
         <v>17.409600000000001</v>
       </c>
       <c r="M384" s="4">
         <v>10.795500000000001</v>
       </c>
       <c r="N384" s="4">
         <v>11.739699999999999</v>
       </c>
       <c r="O384" s="4">
         <v>2.2835000000000001</v>
       </c>
     </row>
-    <row r="385" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="385" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D385" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E385" s="4">
         <v>14.532299999999999</v>
       </c>
       <c r="F385" s="4">
         <v>19.971399999999999</v>
       </c>
       <c r="G385" s="4">
         <v>0.13189999999999999</v>
       </c>
       <c r="H385" s="4">
         <v>15.7591</v>
       </c>
       <c r="I385" s="4">
         <v>1.6817</v>
       </c>
       <c r="J385" s="4">
         <v>1.3113999999999999</v>
       </c>
       <c r="K385" s="4">
         <v>20.674499999999998</v>
       </c>
       <c r="L385" s="4">
         <v>17.1126</v>
       </c>
       <c r="M385" s="4">
         <v>10.6455</v>
       </c>
       <c r="N385" s="4">
         <v>11.481299999999999</v>
       </c>
       <c r="O385" s="4">
         <v>2.2507000000000001</v>
       </c>
     </row>
-    <row r="386" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="386" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D386" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E386" s="4">
         <v>14.858700000000001</v>
       </c>
       <c r="F386" s="4">
         <v>20.334800000000001</v>
       </c>
       <c r="G386" s="4">
         <v>0.13139999999999999</v>
       </c>
       <c r="H386" s="4">
         <v>16.088699999999999</v>
       </c>
       <c r="I386" s="4">
         <v>1.7131000000000001</v>
       </c>
       <c r="J386" s="4">
         <v>1.3193999999999999</v>
       </c>
       <c r="K386" s="4">
         <v>20.995899999999999</v>
       </c>
       <c r="L386" s="4">
         <v>17.239799999999999</v>
       </c>
       <c r="M386" s="4">
         <v>10.990399999999999</v>
       </c>
       <c r="N386" s="4">
         <v>11.936299999999999</v>
       </c>
       <c r="O386" s="4">
         <v>2.3140999999999998</v>
       </c>
     </row>
-    <row r="387" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="387" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D387" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E387" s="4">
         <v>15.512600000000001</v>
       </c>
       <c r="F387" s="4">
         <v>20.872900000000001</v>
       </c>
       <c r="G387" s="4">
         <v>0.1361</v>
       </c>
       <c r="H387" s="4">
         <v>16.825199999999999</v>
       </c>
       <c r="I387" s="4">
         <v>1.7615000000000001</v>
       </c>
       <c r="J387" s="4">
         <v>1.3425</v>
       </c>
       <c r="K387" s="4">
         <v>21.7454</v>
       </c>
       <c r="L387" s="4">
         <v>17.701599999999999</v>
       </c>
       <c r="M387" s="4">
         <v>11.3285</v>
       </c>
       <c r="N387" s="4">
         <v>12.347</v>
       </c>
       <c r="O387" s="4">
         <v>2.4283000000000001</v>
       </c>
     </row>
-    <row r="388" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="388" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D388" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E388" s="4">
         <v>15.8695</v>
       </c>
       <c r="F388" s="4">
         <v>21.116800000000001</v>
       </c>
       <c r="G388" s="4">
         <v>0.13930000000000001</v>
       </c>
       <c r="H388" s="4">
         <v>17.231000000000002</v>
       </c>
       <c r="I388" s="4">
         <v>1.7465999999999999</v>
       </c>
       <c r="J388" s="4">
         <v>1.3535999999999999</v>
       </c>
       <c r="K388" s="4">
         <v>21.976700000000001</v>
       </c>
       <c r="L388" s="4">
         <v>17.932300000000001</v>
       </c>
       <c r="M388" s="4">
         <v>11.3566</v>
       </c>
       <c r="N388" s="4">
         <v>12.402200000000001</v>
       </c>
       <c r="O388" s="4">
         <v>2.4918999999999998</v>
       </c>
     </row>
-    <row r="389" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="389" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C389">
         <v>2022</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E389" s="4">
         <v>15.491199999999999</v>
       </c>
       <c r="F389" s="4">
         <v>21.0078</v>
       </c>
       <c r="G389" s="4">
         <v>0.13489999999999999</v>
       </c>
       <c r="H389" s="4">
         <v>16.863700000000001</v>
       </c>
       <c r="I389" s="4">
         <v>1.6948000000000001</v>
       </c>
       <c r="J389" s="4">
         <v>1.3338000000000001</v>
       </c>
       <c r="K389" s="4">
         <v>21.691500000000001</v>
       </c>
       <c r="L389" s="4">
         <v>17.541899999999998</v>
       </c>
       <c r="M389" s="4">
         <v>11.1242</v>
       </c>
       <c r="N389" s="4">
         <v>12.2773</v>
       </c>
       <c r="O389" s="4">
         <v>2.4377</v>
       </c>
     </row>
-    <row r="390" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="390" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D390" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E390" s="4">
         <v>15.2134</v>
       </c>
       <c r="F390" s="4">
         <v>20.601400000000002</v>
       </c>
       <c r="G390" s="4">
         <v>0.1321</v>
       </c>
       <c r="H390" s="4">
         <v>16.489899999999999</v>
       </c>
       <c r="I390" s="4">
         <v>1.6379999999999999</v>
       </c>
       <c r="J390" s="4">
         <v>1.3182</v>
       </c>
       <c r="K390" s="4">
         <v>21.3276</v>
       </c>
       <c r="L390" s="4">
         <v>17.253499999999999</v>
       </c>
       <c r="M390" s="4">
         <v>10.8973</v>
       </c>
       <c r="N390" s="4">
         <v>11.9597</v>
       </c>
       <c r="O390" s="4">
         <v>2.3978000000000002</v>
       </c>
     </row>
-    <row r="391" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="391" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D391" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E391" s="4">
         <v>14.9786</v>
       </c>
       <c r="F391" s="4">
         <v>19.730599999999999</v>
       </c>
       <c r="G391" s="4">
         <v>0.1263</v>
       </c>
       <c r="H391" s="4">
         <v>16.113099999999999</v>
       </c>
       <c r="I391" s="4">
         <v>1.5644</v>
       </c>
       <c r="J391" s="4">
         <v>1.2945</v>
       </c>
       <c r="K391" s="4">
         <v>20.730599999999999</v>
       </c>
       <c r="L391" s="4">
         <v>16.5106</v>
       </c>
       <c r="M391" s="4">
         <v>11.039199999999999</v>
       </c>
       <c r="N391" s="4">
         <v>11.8314</v>
       </c>
       <c r="O391" s="4">
         <v>2.3611</v>
       </c>
     </row>
-    <row r="392" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="392" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D392" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E392" s="4">
         <v>14.953799999999999</v>
       </c>
       <c r="F392" s="4">
         <v>19.377800000000001</v>
       </c>
       <c r="G392" s="4">
         <v>0.1187</v>
       </c>
       <c r="H392" s="4">
         <v>15.883599999999999</v>
       </c>
       <c r="I392" s="4">
         <v>1.5707</v>
       </c>
       <c r="J392" s="4">
         <v>1.2807999999999999</v>
       </c>
       <c r="K392" s="4">
         <v>20.505600000000001</v>
       </c>
       <c r="L392" s="4">
         <v>16.206800000000001</v>
       </c>
       <c r="M392" s="4">
         <v>11.0595</v>
       </c>
       <c r="N392" s="4">
         <v>11.8574</v>
       </c>
       <c r="O392" s="4">
         <v>2.3283</v>
       </c>
     </row>
-    <row r="393" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="393" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D393" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E393" s="4">
         <v>15.9011</v>
       </c>
       <c r="F393" s="4">
         <v>19.7913</v>
       </c>
       <c r="G393" s="4">
         <v>0.1235</v>
       </c>
       <c r="H393" s="4">
         <v>16.2286</v>
       </c>
       <c r="I393" s="4">
         <v>1.6016999999999999</v>
       </c>
       <c r="J393" s="4">
         <v>1.3098000000000001</v>
       </c>
       <c r="K393" s="4">
         <v>21.337800000000001</v>
       </c>
       <c r="L393" s="4">
         <v>16.816099999999999</v>
       </c>
       <c r="M393" s="4">
         <v>11.2181</v>
       </c>
       <c r="N393" s="4">
         <v>12.3789</v>
       </c>
       <c r="O393" s="4">
         <v>2.3719999999999999</v>
       </c>
     </row>
-    <row r="394" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="394" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D394" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E394" s="4">
         <v>15.7713</v>
       </c>
       <c r="F394" s="4">
         <v>19.466799999999999</v>
       </c>
       <c r="G394" s="4">
         <v>0.1178</v>
       </c>
       <c r="H394" s="4">
         <v>16.282599999999999</v>
       </c>
       <c r="I394" s="4">
         <v>1.5767</v>
       </c>
       <c r="J394" s="4">
         <v>1.2990999999999999</v>
       </c>
       <c r="K394" s="4">
         <v>21.139900000000001</v>
       </c>
       <c r="L394" s="4">
         <v>16.6981</v>
       </c>
       <c r="M394" s="4">
         <v>11.0901</v>
       </c>
       <c r="N394" s="4">
         <v>12.3216</v>
       </c>
       <c r="O394" s="4">
         <v>2.3563999999999998</v>
       </c>
     </row>
-    <row r="395" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="395" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D395" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E395" s="4">
         <v>16.842700000000001</v>
       </c>
       <c r="F395" s="4">
         <v>20.199400000000001</v>
       </c>
       <c r="G395" s="4">
         <v>0.1232</v>
       </c>
       <c r="H395" s="4">
         <v>17.3736</v>
       </c>
       <c r="I395" s="4">
         <v>1.6215999999999999</v>
       </c>
       <c r="J395" s="4">
         <v>1.3319000000000001</v>
       </c>
       <c r="K395" s="4">
         <v>22.189299999999999</v>
       </c>
       <c r="L395" s="4">
         <v>17.160799999999998</v>
       </c>
       <c r="M395" s="4">
         <v>11.5444</v>
       </c>
       <c r="N395" s="4">
         <v>13.017099999999999</v>
       </c>
       <c r="O395" s="4">
         <v>2.5013999999999998</v>
       </c>
     </row>
-    <row r="396" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="396" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D396" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E396" s="4">
         <v>16.6845</v>
       </c>
       <c r="F396" s="4">
         <v>19.999500000000001</v>
       </c>
       <c r="G396" s="4">
         <v>0.1235</v>
       </c>
       <c r="H396" s="4">
         <v>17.434000000000001</v>
       </c>
       <c r="I396" s="4">
         <v>1.6067</v>
       </c>
       <c r="J396" s="4">
         <v>1.3201000000000001</v>
       </c>
       <c r="K396" s="4">
         <v>21.949000000000002</v>
       </c>
       <c r="L396" s="4">
         <v>16.890599999999999</v>
       </c>
       <c r="M396" s="4">
         <v>11.614100000000001</v>
       </c>
       <c r="N396" s="4">
         <v>12.9221</v>
       </c>
       <c r="O396" s="4">
         <v>2.4523000000000001</v>
       </c>
     </row>
-    <row r="397" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="397" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D397" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E397" s="4">
         <v>17.549800000000001</v>
       </c>
       <c r="F397" s="4">
         <v>19.9039</v>
       </c>
       <c r="G397" s="4">
         <v>0.12280000000000001</v>
       </c>
       <c r="H397" s="4">
         <v>18.031500000000001</v>
       </c>
       <c r="I397" s="4">
         <v>1.6133</v>
       </c>
       <c r="J397" s="4">
         <v>1.3407</v>
       </c>
       <c r="K397" s="4">
         <v>22.632899999999999</v>
       </c>
       <c r="L397" s="4">
         <v>17.3932</v>
       </c>
       <c r="M397" s="4">
         <v>11.734</v>
       </c>
       <c r="N397" s="4">
         <v>13.186199999999999</v>
       </c>
       <c r="O397" s="4">
         <v>2.4998</v>
       </c>
     </row>
-    <row r="398" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="398" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D398" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E398" s="4">
         <v>18.122599999999998</v>
       </c>
       <c r="F398" s="4">
         <v>20.4527</v>
       </c>
       <c r="G398" s="4">
         <v>0.1232</v>
       </c>
       <c r="H398" s="4">
         <v>18.2105</v>
       </c>
       <c r="I398" s="4">
         <v>1.6274</v>
       </c>
       <c r="J398" s="4">
         <v>1.3557999999999999</v>
       </c>
       <c r="K398" s="4">
         <v>23.224399999999999</v>
       </c>
       <c r="L398" s="4">
         <v>17.821200000000001</v>
       </c>
       <c r="M398" s="4">
         <v>11.518700000000001</v>
       </c>
       <c r="N398" s="4">
         <v>13.215199999999999</v>
       </c>
       <c r="O398" s="4">
         <v>2.5190000000000001</v>
       </c>
     </row>
-    <row r="399" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="399" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D399" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E399" s="4">
         <v>17.479600000000001</v>
       </c>
       <c r="F399" s="4">
         <v>20.5185</v>
       </c>
       <c r="G399" s="4">
         <v>0.1229</v>
       </c>
       <c r="H399" s="4">
         <v>18.102599999999999</v>
       </c>
       <c r="I399" s="4">
         <v>1.6388</v>
       </c>
       <c r="J399" s="4">
         <v>1.3374999999999999</v>
       </c>
       <c r="K399" s="4">
         <v>22.863199999999999</v>
       </c>
       <c r="L399" s="4">
         <v>17.825600000000001</v>
       </c>
       <c r="M399" s="4">
         <v>11.5342</v>
       </c>
       <c r="N399" s="4">
         <v>13.0106</v>
       </c>
       <c r="O399" s="4">
         <v>2.4354</v>
       </c>
     </row>
-    <row r="400" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="400" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D400" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E400" s="4">
         <v>17.281700000000001</v>
       </c>
       <c r="F400" s="4">
         <v>21.0518</v>
       </c>
       <c r="G400" s="4">
         <v>0.12809999999999999</v>
       </c>
       <c r="H400" s="4">
         <v>18.531400000000001</v>
       </c>
       <c r="I400" s="4">
         <v>1.6657999999999999</v>
       </c>
       <c r="J400" s="4">
         <v>1.3411</v>
       </c>
       <c r="K400" s="4">
         <v>23.024799999999999</v>
       </c>
       <c r="L400" s="4">
         <v>18.278500000000001</v>
       </c>
       <c r="M400" s="4">
         <v>11.673299999999999</v>
       </c>
       <c r="N400" s="4">
         <v>12.7232</v>
       </c>
       <c r="O400" s="4">
         <v>2.4761000000000002</v>
       </c>
     </row>
-    <row r="401" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="401" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C401">
         <v>2023</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E401" s="4">
         <v>17.087499999999999</v>
       </c>
       <c r="F401" s="4">
         <v>20.891999999999999</v>
       </c>
       <c r="G401" s="4">
         <v>0.13100000000000001</v>
       </c>
       <c r="H401" s="4">
         <v>18.490500000000001</v>
       </c>
       <c r="I401" s="4">
         <v>1.6455</v>
       </c>
       <c r="J401" s="4">
         <v>1.3393999999999999</v>
       </c>
       <c r="K401" s="4">
         <v>22.9573</v>
       </c>
       <c r="L401" s="4">
         <v>18.4177</v>
       </c>
       <c r="M401" s="4">
         <v>11.8758</v>
       </c>
       <c r="N401" s="4">
         <v>12.722899999999999</v>
       </c>
       <c r="O401" s="4">
         <v>2.5169000000000001</v>
       </c>
     </row>
-    <row r="402" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="402" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D402" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E402" s="4">
         <v>17.8856</v>
       </c>
       <c r="F402" s="4">
         <v>21.6267</v>
       </c>
       <c r="G402" s="4">
         <v>0.13469999999999999</v>
       </c>
       <c r="H402" s="4">
         <v>19.349599999999999</v>
       </c>
       <c r="I402" s="4">
         <v>1.7150000000000001</v>
       </c>
       <c r="J402" s="4">
         <v>1.3681000000000001</v>
       </c>
       <c r="K402" s="4">
         <v>23.9574</v>
       </c>
       <c r="L402" s="4">
         <v>19.175000000000001</v>
       </c>
       <c r="M402" s="4">
         <v>12.3634</v>
       </c>
       <c r="N402" s="4">
         <v>13.3131</v>
       </c>
       <c r="O402" s="4">
         <v>2.6168999999999998</v>
       </c>
     </row>
-    <row r="403" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="403" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D403" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E403" s="4">
         <v>18.269300000000001</v>
       </c>
       <c r="F403" s="4">
         <v>22.166599999999999</v>
       </c>
       <c r="G403" s="13">
         <v>0.13650000000000001</v>
       </c>
       <c r="H403" s="4">
         <v>19.741800000000001</v>
       </c>
       <c r="I403" s="4">
         <v>1.7428999999999999</v>
       </c>
       <c r="J403" s="4">
         <v>1.3811</v>
       </c>
       <c r="K403" s="4">
         <v>24.4238</v>
       </c>
       <c r="L403" s="4">
         <v>19.5627</v>
       </c>
       <c r="M403" s="4">
         <v>12.206300000000001</v>
       </c>
       <c r="N403" s="4">
         <v>13.355</v>
       </c>
       <c r="O403" s="13">
         <v>2.6482000000000001</v>
       </c>
     </row>
-    <row r="404" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="404" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D404" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E404" s="4">
         <v>18.176400000000001</v>
       </c>
       <c r="F404" s="4">
         <v>22.618200000000002</v>
       </c>
       <c r="G404" s="13">
         <v>0.13600000000000001</v>
       </c>
       <c r="H404" s="4">
         <v>20.2349</v>
       </c>
       <c r="I404" s="4">
         <v>1.7576000000000001</v>
       </c>
       <c r="J404" s="4">
         <v>1.3823000000000001</v>
       </c>
       <c r="K404" s="4">
         <v>24.530899999999999</v>
       </c>
       <c r="L404" s="4">
         <v>19.925799999999999</v>
       </c>
       <c r="M404" s="4">
         <v>12.1587</v>
       </c>
       <c r="N404" s="4">
         <v>13.486800000000001</v>
       </c>
       <c r="O404" s="13">
         <v>2.6385999999999998</v>
       </c>
     </row>
-    <row r="405" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="405" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D405" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E405" s="4">
         <v>19.052700000000002</v>
       </c>
       <c r="F405" s="4">
         <v>23.7729</v>
       </c>
       <c r="G405" s="13">
         <v>0.13900000000000001</v>
       </c>
       <c r="H405" s="4">
         <v>21.237300000000001</v>
       </c>
       <c r="I405" s="4">
         <v>1.821</v>
       </c>
       <c r="J405" s="4">
         <v>1.4120999999999999</v>
       </c>
       <c r="K405" s="4">
         <v>25.5562</v>
       </c>
       <c r="L405" s="4">
         <v>20.705500000000001</v>
       </c>
       <c r="M405" s="4">
         <v>12.6656</v>
       </c>
       <c r="N405" s="4">
         <v>14.0967</v>
       </c>
       <c r="O405" s="13">
         <v>2.7259000000000002</v>
       </c>
     </row>
-    <row r="406" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="406" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D406" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E406" s="4">
         <v>18.756</v>
       </c>
       <c r="F406" s="4">
         <v>23.662199999999999</v>
       </c>
       <c r="G406" s="13">
         <v>0.13270000000000001</v>
       </c>
       <c r="H406" s="4">
         <v>20.811</v>
       </c>
       <c r="I406" s="4">
         <v>1.74</v>
       </c>
       <c r="J406" s="4">
         <v>1.3940999999999999</v>
       </c>
       <c r="K406" s="4">
         <v>25.0289</v>
       </c>
       <c r="L406" s="4">
         <v>20.312100000000001</v>
       </c>
       <c r="M406" s="4">
         <v>12.5741</v>
       </c>
       <c r="N406" s="4">
         <v>14.107200000000001</v>
       </c>
       <c r="O406" s="13">
         <v>2.6171000000000002</v>
       </c>
     </row>
-    <row r="407" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="407" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D407" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E407" s="4">
         <v>18.184100000000001</v>
       </c>
       <c r="F407" s="4">
         <v>23.418600000000001</v>
       </c>
       <c r="G407" s="13">
         <v>0.12889999999999999</v>
       </c>
       <c r="H407" s="4">
         <v>20.812000000000001</v>
       </c>
       <c r="I407" s="4">
         <v>1.7281</v>
       </c>
       <c r="J407" s="4">
         <v>1.3749</v>
       </c>
       <c r="K407" s="4">
         <v>24.472899999999999</v>
       </c>
       <c r="L407" s="4">
         <v>20.103200000000001</v>
       </c>
       <c r="M407" s="4">
         <v>12.2486</v>
       </c>
       <c r="N407" s="4">
         <v>13.757199999999999</v>
       </c>
       <c r="O407" s="13">
         <v>2.5293000000000001</v>
       </c>
     </row>
-    <row r="408" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="408" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D408" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E408" s="4">
         <v>18.753799999999998</v>
       </c>
       <c r="F408" s="4">
         <v>23.826499999999999</v>
       </c>
       <c r="G408" s="13">
         <v>0.1295</v>
       </c>
       <c r="H408" s="4">
         <v>21.342700000000001</v>
       </c>
       <c r="I408" s="4">
         <v>1.7309000000000001</v>
       </c>
       <c r="J408" s="4">
         <v>1.3900999999999999</v>
       </c>
       <c r="K408" s="4">
         <v>25.008900000000001</v>
       </c>
       <c r="L408" s="4">
         <v>20.4573</v>
       </c>
       <c r="M408" s="4">
         <v>12.1557</v>
       </c>
       <c r="N408" s="4">
         <v>13.913500000000001</v>
       </c>
       <c r="O408" s="13">
         <v>2.5847000000000002</v>
       </c>
     </row>
-    <row r="409" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="409" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D409" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E409" s="4">
         <v>18.978400000000001</v>
       </c>
       <c r="F409" s="4">
         <v>23.550699999999999</v>
       </c>
       <c r="G409" s="13">
         <v>0.1285</v>
       </c>
       <c r="H409" s="4">
         <v>21.145600000000002</v>
       </c>
       <c r="I409" s="4">
         <v>1.7125999999999999</v>
       </c>
       <c r="J409" s="4">
         <v>1.3892</v>
       </c>
       <c r="K409" s="4">
         <v>25.034700000000001</v>
       </c>
       <c r="L409" s="4">
         <v>20.281500000000001</v>
       </c>
       <c r="M409" s="4">
         <v>12.192500000000001</v>
       </c>
       <c r="N409" s="4">
         <v>14.0143</v>
       </c>
       <c r="O409" s="13">
         <v>2.6006999999999998</v>
       </c>
     </row>
-    <row r="410" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="410" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D410" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E410" s="4">
         <v>19.050799999999999</v>
       </c>
       <c r="F410" s="4">
         <v>23.1843</v>
       </c>
       <c r="G410" s="13">
         <v>0.12740000000000001</v>
       </c>
       <c r="H410" s="4">
         <v>21.078800000000001</v>
       </c>
       <c r="I410" s="4">
         <v>1.7289000000000001</v>
       </c>
       <c r="J410" s="4">
         <v>1.3865000000000001</v>
       </c>
       <c r="K410" s="4">
         <v>24.999700000000001</v>
       </c>
       <c r="L410" s="4">
         <v>20.126799999999999</v>
       </c>
       <c r="M410" s="4">
         <v>12.105600000000001</v>
       </c>
       <c r="N410" s="4">
         <v>13.9099</v>
       </c>
       <c r="O410" s="13">
         <v>2.6067999999999998</v>
       </c>
     </row>
-    <row r="411" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="411" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D411" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E411" s="4">
         <v>18.5379</v>
       </c>
       <c r="F411" s="4">
         <v>23.001000000000001</v>
       </c>
       <c r="G411" s="13">
         <v>0.1237</v>
       </c>
       <c r="H411" s="4">
         <v>20.786200000000001</v>
       </c>
       <c r="I411" s="4">
         <v>1.7335</v>
       </c>
       <c r="J411" s="4">
         <v>1.371</v>
       </c>
       <c r="K411" s="4">
         <v>24.535799999999998</v>
       </c>
       <c r="L411" s="4">
         <v>20.0259</v>
       </c>
       <c r="M411" s="4">
         <v>12.032500000000001</v>
       </c>
       <c r="N411" s="4">
         <v>13.51</v>
       </c>
       <c r="O411" s="13">
         <v>2.5649999999999999</v>
       </c>
     </row>
-    <row r="412" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="412" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D412" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E412" s="4">
         <v>18.670200000000001</v>
       </c>
       <c r="F412" s="4">
         <v>23.604200000000002</v>
       </c>
       <c r="G412" s="13">
         <v>0.12939999999999999</v>
       </c>
       <c r="H412" s="4">
         <v>21.547499999999999</v>
       </c>
       <c r="I412" s="4">
         <v>1.8163999999999998</v>
       </c>
       <c r="J412" s="4">
         <v>1.3809</v>
       </c>
       <c r="K412" s="4">
         <v>24.900199999999998</v>
       </c>
       <c r="L412" s="4">
         <v>20.347100000000001</v>
       </c>
       <c r="M412" s="4">
         <v>12.4716</v>
       </c>
       <c r="N412" s="4">
         <v>13.892300000000001</v>
       </c>
       <c r="O412" s="13">
         <v>2.6132</v>
       </c>
     </row>
-    <row r="413" spans="3:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="413" spans="3:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C413">
         <v>2024</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E413" s="4">
         <v>18.791900000000002</v>
       </c>
       <c r="F413" s="4">
         <v>23.879499999999997</v>
       </c>
       <c r="G413" s="13">
         <v>0.12869999999999998</v>
       </c>
       <c r="H413" s="4">
         <v>21.8965</v>
       </c>
       <c r="I413" s="4">
         <v>1.8169</v>
       </c>
       <c r="J413" s="4">
         <v>1.3833000000000002</v>
       </c>
       <c r="K413" s="4">
         <v>25.057199999999998</v>
       </c>
       <c r="L413" s="4">
         <v>20.499299999999998</v>
       </c>
       <c r="M413" s="4">
         <v>12.491099999999999</v>
       </c>
       <c r="N413" s="4">
         <v>14.0097</v>
       </c>
       <c r="O413" s="13">
         <v>2.6206</v>
       </c>
     </row>
-    <row r="414" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="414" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D414" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E414" s="4">
         <v>18.993499999999997</v>
       </c>
       <c r="F414" s="4">
         <v>23.993200000000002</v>
       </c>
       <c r="G414" s="13">
         <v>0.12710000000000002</v>
       </c>
       <c r="H414" s="4">
         <v>21.667000000000002</v>
       </c>
       <c r="I414" s="4">
         <v>1.8221000000000001</v>
       </c>
       <c r="J414" s="4">
         <v>1.3855000000000002</v>
       </c>
       <c r="K414" s="4">
         <v>25.191199999999998</v>
       </c>
       <c r="L414" s="4">
         <v>20.499499999999998</v>
       </c>
       <c r="M414" s="4">
         <v>12.4002</v>
       </c>
       <c r="N414" s="4">
         <v>14.0779</v>
       </c>
       <c r="O414" s="13">
         <v>2.6404000000000001</v>
       </c>
     </row>
-    <row r="415" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="415" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D415" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E415" s="4">
         <v>18.8691</v>
       </c>
       <c r="F415" s="4">
         <v>23.9788</v>
       </c>
       <c r="G415" s="13">
         <v>0.12609999999999999</v>
       </c>
       <c r="H415" s="4">
         <v>21.259599999999999</v>
       </c>
       <c r="I415" s="4">
         <v>1.8149000000000002</v>
       </c>
       <c r="J415" s="4">
         <v>1.3803000000000001</v>
       </c>
       <c r="K415" s="4">
         <v>25.098299999999998</v>
       </c>
       <c r="L415" s="4">
         <v>20.510999999999999</v>
       </c>
       <c r="M415" s="4">
         <v>12.3619</v>
       </c>
       <c r="N415" s="4">
         <v>13.9291</v>
       </c>
       <c r="O415" s="13">
         <v>2.62</v>
       </c>
     </row>
-    <row r="416" spans="3:15" x14ac:dyDescent="0.3">
+    <row r="416" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D416" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E416" s="4">
         <v>18.873699999999999</v>
       </c>
       <c r="F416" s="4">
         <v>23.641199999999998</v>
       </c>
       <c r="G416" s="13">
         <v>0.12269999999999999</v>
       </c>
       <c r="H416" s="4">
         <v>20.744</v>
       </c>
       <c r="I416" s="4">
         <v>1.7475999999999998</v>
       </c>
       <c r="J416" s="4">
         <v>1.3734</v>
       </c>
       <c r="K416" s="4">
         <v>24.8964</v>
       </c>
       <c r="L416" s="4">
         <v>20.2502</v>
       </c>
       <c r="M416" s="4">
         <v>12.293299999999999</v>
       </c>
       <c r="N416" s="4">
         <v>13.810899999999998</v>
       </c>
       <c r="O416" s="13">
         <v>2.6071</v>
       </c>
     </row>
-    <row r="417" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="417" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D417" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E417" s="4">
         <v>18.421600000000002</v>
       </c>
       <c r="F417" s="4">
         <v>23.258800000000001</v>
       </c>
       <c r="G417" s="13">
         <v>0.1182</v>
       </c>
       <c r="H417" s="4">
         <v>20.265999999999998</v>
       </c>
       <c r="I417" s="4">
         <v>1.7119</v>
       </c>
       <c r="J417" s="4">
         <v>1.3528</v>
       </c>
       <c r="K417" s="4">
         <v>24.371300000000002</v>
       </c>
       <c r="L417" s="4">
         <v>19.9101</v>
       </c>
       <c r="M417" s="4">
         <v>12.201099999999999</v>
       </c>
       <c r="N417" s="4">
         <v>13.4735</v>
       </c>
       <c r="O417" s="13">
         <v>2.5468000000000002</v>
       </c>
     </row>
-    <row r="418" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="418" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D418" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E418" s="4">
         <v>18.417000000000002</v>
       </c>
       <c r="F418" s="4">
         <v>23.417800000000003</v>
       </c>
       <c r="G418" s="13">
         <v>0.1166</v>
       </c>
       <c r="H418" s="4">
         <v>20.599</v>
       </c>
       <c r="I418" s="4">
         <v>1.7568000000000001</v>
       </c>
       <c r="J418" s="4">
         <v>1.3515000000000001</v>
       </c>
       <c r="K418" s="4">
         <v>24.3262</v>
       </c>
       <c r="L418" s="4">
         <v>19.821099999999998</v>
       </c>
       <c r="M418" s="4">
         <v>12.236199999999998</v>
       </c>
       <c r="N418" s="4">
         <v>13.4353</v>
       </c>
       <c r="O418" s="13">
         <v>2.5384000000000002</v>
       </c>
     </row>
-    <row r="419" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="419" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D419" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E419" s="4">
         <v>18.253499999999999</v>
       </c>
       <c r="F419" s="4">
         <v>23.459600000000002</v>
       </c>
       <c r="G419" s="13">
         <v>0.11560000000000001</v>
       </c>
       <c r="H419" s="4">
         <v>20.447199999999999</v>
       </c>
       <c r="I419" s="4">
         <v>1.7156</v>
       </c>
       <c r="J419" s="4">
         <v>1.3458000000000001</v>
       </c>
       <c r="K419" s="4">
         <v>24.2073</v>
       </c>
       <c r="L419" s="4">
         <v>19.789300000000001</v>
       </c>
       <c r="M419" s="4">
         <v>12.177100000000001</v>
       </c>
       <c r="N419" s="4">
         <v>13.311199999999999</v>
       </c>
       <c r="O419" s="13">
         <v>2.5133000000000001</v>
       </c>
     </row>
-    <row r="420" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="420" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D420" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E420" s="4">
         <v>18.028399999999998</v>
       </c>
       <c r="F420" s="4">
         <v>23.337699999999998</v>
       </c>
       <c r="G420" s="13">
         <v>0.12330000000000001</v>
       </c>
       <c r="H420" s="4">
         <v>21.017600000000002</v>
       </c>
       <c r="I420" s="4">
         <v>1.7343000000000002</v>
       </c>
       <c r="J420" s="4">
         <v>1.3440000000000001</v>
       </c>
       <c r="K420" s="4">
         <v>24.182300000000001</v>
       </c>
       <c r="L420" s="4">
         <v>19.864599999999999</v>
       </c>
       <c r="M420" s="4">
         <v>11.9975</v>
       </c>
       <c r="N420" s="4">
         <v>13.1952</v>
       </c>
       <c r="O420" s="13">
         <v>2.5209999999999999</v>
       </c>
     </row>
-    <row r="421" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="421" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D421" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E421" s="4">
         <v>17.626999999999999</v>
       </c>
       <c r="F421" s="4">
         <v>23.277899999999999</v>
       </c>
       <c r="G421" s="13">
         <v>0.1232</v>
       </c>
       <c r="H421" s="4">
         <v>20.805199999999999</v>
       </c>
       <c r="I421" s="4">
         <v>1.7231999999999998</v>
       </c>
       <c r="J421" s="4">
         <v>1.3311999999999999</v>
       </c>
       <c r="K421" s="4">
         <v>23.761100000000003</v>
       </c>
       <c r="L421" s="4">
         <v>19.5747</v>
       </c>
       <c r="M421" s="4">
         <v>11.929600000000001</v>
       </c>
       <c r="N421" s="4">
         <v>13.019200000000001</v>
       </c>
       <c r="O421" s="13">
         <v>2.4895</v>
       </c>
     </row>
-    <row r="422" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="422" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D422" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E422" s="4">
         <v>17.559999999999999</v>
       </c>
       <c r="F422" s="4">
         <v>22.932199999999998</v>
       </c>
       <c r="G422" s="13">
         <v>0.1174</v>
       </c>
       <c r="H422" s="4">
         <v>20.404600000000002</v>
       </c>
       <c r="I422" s="4">
         <v>1.6791</v>
       </c>
       <c r="J422" s="4">
         <v>1.3196000000000001</v>
       </c>
       <c r="K422" s="4">
         <v>23.471299999999999</v>
       </c>
       <c r="L422" s="4">
         <v>19.1539</v>
       </c>
       <c r="M422" s="4">
         <v>11.784700000000001</v>
       </c>
       <c r="N422" s="4">
         <v>12.773399999999999</v>
       </c>
       <c r="O422" s="13">
         <v>2.4778000000000002</v>
       </c>
     </row>
-    <row r="423" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="423" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D423" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E423" s="4">
         <v>17.930899999999998</v>
       </c>
       <c r="F423" s="4">
         <v>22.855599999999999</v>
       </c>
       <c r="G423" s="13">
         <v>0.1167</v>
       </c>
       <c r="H423" s="4">
         <v>20.371500000000001</v>
       </c>
       <c r="I423" s="4">
         <v>1.6453</v>
       </c>
       <c r="J423" s="4">
         <v>1.3233000000000001</v>
       </c>
       <c r="K423" s="4">
         <v>23.6358</v>
       </c>
       <c r="L423" s="4">
         <v>19.0609</v>
       </c>
       <c r="M423" s="4">
         <v>11.714</v>
       </c>
       <c r="N423" s="4">
         <v>12.831099999999999</v>
       </c>
       <c r="O423" s="13">
         <v>2.4874000000000001</v>
       </c>
       <c r="P423" s="4"/>
     </row>
-    <row r="424" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="424" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D424" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E424" s="4">
         <v>18.177299999999999</v>
       </c>
       <c r="F424" s="4">
         <v>23.0061</v>
       </c>
       <c r="G424" s="13">
         <v>0.11840000000000001</v>
       </c>
       <c r="H424" s="4">
         <v>20.407</v>
       </c>
       <c r="I424" s="4">
         <v>1.6553</v>
       </c>
       <c r="J424" s="4">
         <v>1.3272999999999999</v>
       </c>
       <c r="K424" s="4">
         <v>23.7194</v>
       </c>
       <c r="L424" s="4">
         <v>19.045500000000001</v>
       </c>
       <c r="M424" s="4">
         <v>11.532</v>
       </c>
       <c r="N424" s="4">
         <v>12.77</v>
       </c>
       <c r="O424" s="13">
         <v>2.4965999999999999</v>
       </c>
     </row>
-    <row r="425" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="425" spans="3:17" x14ac:dyDescent="0.25">
       <c r="C425">
         <v>2025</v>
       </c>
       <c r="D425" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E425" s="4">
         <v>18.722799999999999</v>
       </c>
       <c r="F425" s="4">
         <v>23.1159</v>
       </c>
       <c r="G425" s="13">
         <v>0.1197</v>
       </c>
       <c r="H425" s="4">
         <v>20.598699999999997</v>
       </c>
       <c r="I425" s="4">
         <v>1.6890000000000001</v>
       </c>
       <c r="J425" s="4">
         <v>1.3426</v>
       </c>
       <c r="K425" s="4">
         <v>24.361900000000002</v>
       </c>
       <c r="L425" s="4">
         <v>19.389200000000002</v>
       </c>
       <c r="M425" s="4">
         <v>11.6645</v>
       </c>
       <c r="N425" s="4">
         <v>13.0105</v>
       </c>
       <c r="O425" s="13">
         <v>2.5646</v>
       </c>
     </row>
-    <row r="426" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="426" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D426" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E426" s="4">
         <v>18.496400000000001</v>
       </c>
       <c r="F426" s="4">
         <v>23.183299999999999</v>
       </c>
       <c r="G426" s="13">
         <v>0.12179999999999999</v>
       </c>
       <c r="H426" s="4">
         <v>20.462</v>
       </c>
       <c r="I426" s="4">
         <v>1.7116</v>
       </c>
       <c r="J426" s="4">
         <v>1.3359999999999999</v>
       </c>
       <c r="K426" s="4">
         <v>24.1922</v>
       </c>
       <c r="L426" s="4">
         <v>19.260100000000001</v>
       </c>
       <c r="M426" s="4">
         <v>11.6539</v>
       </c>
       <c r="N426" s="4">
         <v>12.933</v>
       </c>
       <c r="O426" s="13">
         <v>2.5423</v>
       </c>
     </row>
-    <row r="427" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="427" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D427" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E427" s="4">
         <v>18.282599999999999</v>
       </c>
       <c r="F427" s="4">
         <v>23.588100000000001</v>
       </c>
       <c r="G427" s="13">
         <v>0.12269999999999999</v>
       </c>
       <c r="H427" s="13">
         <v>20.691300000000002</v>
       </c>
       <c r="I427" s="4">
         <v>1.8009999999999999</v>
       </c>
       <c r="J427" s="4">
         <v>1.3363</v>
       </c>
       <c r="K427" s="4">
         <v>24.2789</v>
       </c>
       <c r="L427" s="4">
         <v>19.741800000000001</v>
       </c>
       <c r="M427" s="4">
         <v>11.517300000000001</v>
       </c>
       <c r="N427" s="4">
         <v>12.733699999999999</v>
       </c>
       <c r="O427" s="13">
         <v>2.5211999999999999</v>
       </c>
     </row>
-    <row r="428" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="428" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D428" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E428" s="4">
         <v>18.908000000000001</v>
       </c>
       <c r="F428" s="4">
         <v>24.815300000000001</v>
       </c>
       <c r="G428" s="13">
         <v>0.1308</v>
       </c>
       <c r="H428" s="13">
         <v>22.575599999999998</v>
       </c>
       <c r="I428" s="4">
         <v>1.9306999999999999</v>
       </c>
       <c r="J428" s="4">
         <v>1.3666999999999998</v>
       </c>
       <c r="K428" s="4">
         <v>25.462900000000001</v>
       </c>
       <c r="L428" s="4">
         <v>21.1738</v>
       </c>
       <c r="M428" s="4">
         <v>11.874700000000001</v>
       </c>
       <c r="N428" s="4">
         <v>13.501199999999999</v>
       </c>
       <c r="O428" s="13">
         <v>2.5891999999999999</v>
       </c>
       <c r="Q428" s="4"/>
     </row>
-    <row r="429" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="429" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D429" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E429" s="4">
         <v>18.101300000000002</v>
       </c>
       <c r="F429" s="4">
         <v>24.1966</v>
       </c>
       <c r="G429" s="13">
         <v>0.12509999999999999</v>
       </c>
       <c r="H429" s="13">
         <v>21.8187</v>
       </c>
       <c r="I429" s="4">
         <v>1.8759000000000001</v>
       </c>
       <c r="J429" s="4">
         <v>1.3386000000000002</v>
       </c>
       <c r="K429" s="4">
         <v>24.5016</v>
       </c>
       <c r="L429" s="4">
         <v>20.420500000000001</v>
       </c>
       <c r="M429" s="4">
         <v>11.658800000000001</v>
       </c>
       <c r="N429" s="4">
         <v>13.0527</v>
       </c>
       <c r="O429" s="13">
         <v>2.5091999999999999</v>
       </c>
     </row>
-    <row r="430" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="430" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D430" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E430" s="4">
         <v>17.835599999999999</v>
       </c>
       <c r="F430" s="4">
         <v>24.1754</v>
       </c>
       <c r="G430" s="13">
         <v>0.1235</v>
       </c>
       <c r="H430" s="4">
         <v>21.903499999999998</v>
       </c>
       <c r="I430" s="4">
         <v>1.8653999999999999</v>
       </c>
       <c r="J430" s="4">
         <v>1.3328</v>
       </c>
       <c r="K430" s="4">
         <v>24.3384</v>
       </c>
       <c r="L430" s="4">
         <v>20.534699999999997</v>
       </c>
       <c r="M430" s="4">
         <v>11.5885</v>
       </c>
       <c r="N430" s="4">
         <v>13.0327</v>
       </c>
       <c r="O430" s="13">
         <v>2.4833000000000003</v>
       </c>
     </row>
-    <row r="431" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="431" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D431" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E431" s="4">
         <v>17.758199999999999</v>
       </c>
       <c r="F431" s="4">
         <v>23.995500000000003</v>
       </c>
       <c r="G431" s="13">
         <v>0.12089999999999999</v>
       </c>
       <c r="H431" s="13">
         <f>2226.07/100</f>
         <v>22.2607</v>
       </c>
       <c r="I431" s="4">
         <v>1.8536000000000001</v>
       </c>
       <c r="J431" s="4">
         <v>1.3156000000000001</v>
       </c>
       <c r="K431" s="4">
         <v>24.311199999999999</v>
       </c>
       <c r="L431" s="4">
         <v>20.7561</v>
       </c>
       <c r="M431" s="4">
         <v>11.6143</v>
       </c>
       <c r="N431" s="4">
         <v>12.9773</v>
       </c>
       <c r="O431" s="13">
         <v>2.4758</v>
       </c>
       <c r="Q431" s="4"/>
     </row>
-    <row r="432" spans="3:17" x14ac:dyDescent="0.3">
+    <row r="432" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D432" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E432" s="4">
         <v>17.729500000000002</v>
       </c>
       <c r="F432" s="4">
         <v>23.832199999999997</v>
       </c>
       <c r="G432" s="13">
         <v>0.1201</v>
       </c>
       <c r="H432" s="13">
         <v>21.973000000000003</v>
       </c>
       <c r="I432" s="4">
         <v>1.8477000000000001</v>
       </c>
       <c r="J432" s="4">
         <v>1.3034000000000001</v>
       </c>
       <c r="K432" s="4">
         <v>24.220399999999998</v>
       </c>
       <c r="L432" s="4">
         <v>20.622199999999999</v>
       </c>
       <c r="M432" s="4">
         <v>11.5069</v>
       </c>
       <c r="N432" s="4">
         <v>12.841500000000002</v>
       </c>
       <c r="O432" s="13">
         <v>2.4710000000000001</v>
       </c>
     </row>
-    <row r="433" spans="4:17" x14ac:dyDescent="0.3">
+    <row r="433" spans="4:17" x14ac:dyDescent="0.25">
       <c r="D433" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E433" s="4">
         <v>17.4621</v>
       </c>
       <c r="F433" s="4">
         <v>23.580100000000002</v>
       </c>
       <c r="G433" s="13">
         <v>0.11810000000000001</v>
       </c>
       <c r="H433" s="13">
         <v>21.913899999999998</v>
       </c>
       <c r="I433" s="4">
         <v>1.8630000000000002</v>
       </c>
       <c r="J433" s="4">
         <v>1.2968999999999999</v>
       </c>
       <c r="K433" s="4">
         <v>23.9434</v>
       </c>
       <c r="L433" s="4">
         <v>20.4864</v>
       </c>
       <c r="M433" s="4">
         <v>11.511700000000001</v>
       </c>
       <c r="N433" s="4">
         <v>12.6275</v>
       </c>
       <c r="O433" s="13">
         <v>2.4508999999999999</v>
       </c>
       <c r="Q433" s="4"/>
+    </row>
+    <row r="434" spans="4:17" x14ac:dyDescent="0.25">
+      <c r="D434" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E434" s="4">
+        <v>17.284700000000001</v>
+      </c>
+      <c r="F434" s="4">
+        <v>23.082100000000001</v>
+      </c>
+      <c r="G434" s="4">
+        <v>0.1142</v>
+      </c>
+      <c r="H434" s="4">
+        <v>21.665100000000002</v>
+      </c>
+      <c r="I434" s="4">
+        <v>1.8330000000000002</v>
+      </c>
+      <c r="J434" s="4">
+        <v>1.2707999999999999</v>
+      </c>
+      <c r="K434" s="4">
+        <v>23.5806</v>
+      </c>
+      <c r="L434" s="4">
+        <v>20.120999999999999</v>
+      </c>
+      <c r="M434" s="4">
+        <v>11.308900000000001</v>
+      </c>
+      <c r="N434" s="4">
+        <v>12.353199999999999</v>
+      </c>
+      <c r="O434" s="4">
+        <v>2.4276</v>
+      </c>
+    </row>
+    <row r="437" spans="4:17" x14ac:dyDescent="0.25">
+      <c r="E437" s="14"/>
+      <c r="F437" s="14"/>
+      <c r="G437" s="14"/>
+      <c r="H437" s="14"/>
+      <c r="I437" s="14"/>
+      <c r="J437" s="14"/>
+      <c r="K437" s="14"/>
+      <c r="L437" s="14"/>
+      <c r="M437" s="14"/>
+      <c r="N437" s="14"/>
+      <c r="O437" s="14"/>
+    </row>
+    <row r="438" spans="4:17" x14ac:dyDescent="0.25">
+      <c r="E438" s="14"/>
+      <c r="F438" s="14"/>
+      <c r="G438" s="14"/>
+      <c r="H438" s="14"/>
+      <c r="I438" s="14"/>
+      <c r="J438" s="14"/>
+      <c r="K438" s="14"/>
+      <c r="L438" s="14"/>
+      <c r="M438" s="14"/>
+      <c r="N438" s="14"/>
+      <c r="O438" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a9718dbc26a7fe1c432363e75cc4f2" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -18007,86 +18050,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{517D3205-DC3B-4D69-B7A6-D12ED214BC47}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3CA78DD-C556-43B7-8564-50AE073FEDC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D5DD7D-06A2-44EB-94FB-D612F7FA7862}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -18102,51 +18167,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nghinamupika, Isabel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DC9538F043B26B4EB6694BE277E00AAC</vt:lpwstr>
+    <vt:lpwstr>0x0101005A5C19C3C43D934B93D2A323AFC1241B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SetDate">
     <vt:lpwstr>2021-12-03T13:02:46Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Name">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SiteId">
     <vt:lpwstr>7fbedcc9-7201-4aa8-8786-7001cf6a0802</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ActionId">
     <vt:lpwstr>992afca0-6de9-49f7-9105-c26e5fcd9189</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>