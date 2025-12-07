--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -11,85 +11,85 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="592" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96E29D76-634D-4D54-ACA6-D4FF04091C7B}"/>
+  <xr:revisionPtr revIDLastSave="612" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{87A50EFA-15C5-4DB9-AC6E-E73C5E93D5F3}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{331A3A8E-16B5-41BF-8B54-89AF8887BA2D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H431" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="763" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="47">
   <si>
     <t>Foreign Currency per Namibia Dollar (Period averages, N/a means data not available)</t>
   </si>
   <si>
     <t>US Dollar</t>
   </si>
   <si>
     <t>UK Pound</t>
   </si>
   <si>
     <t>Japan Yen</t>
   </si>
   <si>
     <t>Switzerland franc</t>
   </si>
   <si>
     <t>Sweden Krona</t>
   </si>
   <si>
     <t>Botswana Pula</t>
   </si>
   <si>
     <t>IMF SDR</t>
   </si>
   <si>
@@ -1109,53 +1109,53 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98138B93-9B6E-4C90-BDF5-C11534FE2318}">
   <dimension ref="B2:R438"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G438" sqref="G438"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A429" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E438" sqref="E438"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
     <col min="5" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" customWidth="1"/>
     <col min="12" max="12" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.42578125" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" customWidth="1"/>
     <col min="15" max="15" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="12.42578125" customWidth="1"/>
     <col min="261" max="262" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="264" max="266" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="267" max="267" width="10.5703125" customWidth="1"/>
     <col min="268" max="268" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="269" max="269" width="12.7109375" customWidth="1"/>
     <col min="270" max="270" width="13.28515625" customWidth="1"/>
     <col min="516" max="516" width="12.42578125" customWidth="1"/>
     <col min="517" max="518" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="519" max="519" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="520" max="522" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="523" max="523" width="10.5703125" customWidth="1"/>
     <col min="524" max="524" width="10.5703125" bestFit="1" customWidth="1"/>
@@ -17723,114 +17723,165 @@
       </c>
       <c r="Q433" s="4"/>
     </row>
     <row r="434" spans="4:17" x14ac:dyDescent="0.25">
       <c r="D434" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E434" s="4">
         <v>17.284700000000001</v>
       </c>
       <c r="F434" s="4">
         <v>23.082100000000001</v>
       </c>
       <c r="G434" s="4">
         <v>0.1142</v>
       </c>
       <c r="H434" s="4">
         <v>21.665100000000002</v>
       </c>
       <c r="I434" s="4">
         <v>1.8330000000000002</v>
       </c>
       <c r="J434" s="4">
         <v>1.2707999999999999</v>
       </c>
-      <c r="K434" s="4">
-        <v>23.5806</v>
+      <c r="K434">
+        <v>23.5794</v>
       </c>
       <c r="L434" s="4">
         <v>20.120999999999999</v>
       </c>
       <c r="M434" s="4">
         <v>11.308900000000001</v>
       </c>
       <c r="N434" s="4">
         <v>12.353199999999999</v>
       </c>
       <c r="O434" s="4">
         <v>2.4276</v>
+      </c>
+    </row>
+    <row r="435" spans="4:17" x14ac:dyDescent="0.25">
+      <c r="D435" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E435" s="4">
+        <v>17.229400000000002</v>
+      </c>
+      <c r="F435" s="4">
+        <v>22.6266</v>
+      </c>
+      <c r="G435" s="4">
+        <v>0.1110559</v>
+      </c>
+      <c r="H435" s="4">
+        <v>21.445999999999998</v>
+      </c>
+      <c r="I435" s="4">
+        <v>1.8124</v>
+      </c>
+      <c r="J435" s="4">
+        <v>1.27</v>
+      </c>
+      <c r="K435" s="4">
+        <v>23.389400000000002</v>
+      </c>
+      <c r="L435" s="4">
+        <v>19.917999999999999</v>
+      </c>
+      <c r="M435" s="4">
+        <v>11.2104</v>
+      </c>
+      <c r="N435" s="4">
+        <v>12.2597</v>
+      </c>
+      <c r="O435" s="4">
+        <v>2.4238999999999997</v>
       </c>
     </row>
     <row r="437" spans="4:17" x14ac:dyDescent="0.25">
       <c r="E437" s="14"/>
       <c r="F437" s="14"/>
       <c r="G437" s="14"/>
       <c r="H437" s="14"/>
       <c r="I437" s="14"/>
       <c r="J437" s="14"/>
       <c r="K437" s="14"/>
       <c r="L437" s="14"/>
       <c r="M437" s="14"/>
       <c r="N437" s="14"/>
       <c r="O437" s="14"/>
     </row>
     <row r="438" spans="4:17" x14ac:dyDescent="0.25">
       <c r="E438" s="14"/>
       <c r="F438" s="14"/>
       <c r="G438" s="14"/>
       <c r="H438" s="14"/>
       <c r="I438" s="14"/>
       <c r="J438" s="14"/>
       <c r="K438" s="14"/>
       <c r="L438" s="14"/>
       <c r="M438" s="14"/>
       <c r="N438" s="14"/>
       <c r="O438" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -18050,102 +18101,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3CA78DD-C556-43B7-8564-50AE073FEDC2}">
-[...18 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D5DD7D-06A2-44EB-94FB-D612F7FA7862}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDCD1B0F-FE84-4128-B729-216EC905431B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>