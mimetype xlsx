--- v2 (2025-12-07)
+++ v3 (2026-01-15)
@@ -4,92 +4,92 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="612" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{87A50EFA-15C5-4DB9-AC6E-E73C5E93D5F3}"/>
+  <xr:revisionPtr revIDLastSave="683" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{85A8D9D9-89F2-4528-99EF-B414BBBC8D49}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{331A3A8E-16B5-41BF-8B54-89AF8887BA2D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H431" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="765" uniqueCount="47">
   <si>
     <t>Foreign Currency per Namibia Dollar (Period averages, N/a means data not available)</t>
   </si>
   <si>
     <t>US Dollar</t>
   </si>
   <si>
     <t>UK Pound</t>
   </si>
   <si>
     <t>Japan Yen</t>
   </si>
   <si>
     <t>Switzerland franc</t>
   </si>
   <si>
     <t>Sweden Krona</t>
   </si>
   <si>
     <t>Botswana Pula</t>
   </si>
   <si>
     <t>IMF SDR</t>
   </si>
   <si>
@@ -1109,53 +1109,53 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98138B93-9B6E-4C90-BDF5-C11534FE2318}">
   <dimension ref="B2:R438"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E438" sqref="E438"/>
+    <sheetView tabSelected="1" topLeftCell="D1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A410" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H439" sqref="H439"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
     <col min="5" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" customWidth="1"/>
     <col min="12" max="12" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.42578125" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" customWidth="1"/>
     <col min="15" max="15" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="12.42578125" customWidth="1"/>
     <col min="261" max="262" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="264" max="266" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="267" max="267" width="10.5703125" customWidth="1"/>
     <col min="268" max="268" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="269" max="269" width="12.7109375" customWidth="1"/>
     <col min="270" max="270" width="13.28515625" customWidth="1"/>
     <col min="516" max="516" width="12.42578125" customWidth="1"/>
     <col min="517" max="518" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="519" max="519" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="520" max="522" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="523" max="523" width="10.5703125" customWidth="1"/>
     <col min="524" max="524" width="10.5703125" bestFit="1" customWidth="1"/>
@@ -17750,165 +17750,213 @@
       </c>
       <c r="L434" s="4">
         <v>20.120999999999999</v>
       </c>
       <c r="M434" s="4">
         <v>11.308900000000001</v>
       </c>
       <c r="N434" s="4">
         <v>12.353199999999999</v>
       </c>
       <c r="O434" s="4">
         <v>2.4276</v>
       </c>
     </row>
     <row r="435" spans="4:17" x14ac:dyDescent="0.25">
       <c r="D435" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E435" s="4">
         <v>17.229400000000002</v>
       </c>
       <c r="F435" s="4">
         <v>22.6266</v>
       </c>
       <c r="G435" s="4">
-        <v>0.1110559</v>
+        <v>0.11109999999999999</v>
       </c>
       <c r="H435" s="4">
         <v>21.445999999999998</v>
       </c>
       <c r="I435" s="4">
         <v>1.8124</v>
       </c>
       <c r="J435" s="4">
         <v>1.27</v>
       </c>
       <c r="K435" s="4">
         <v>23.389400000000002</v>
       </c>
       <c r="L435" s="4">
         <v>19.917999999999999</v>
       </c>
       <c r="M435" s="4">
         <v>11.2104</v>
       </c>
       <c r="N435" s="4">
         <v>12.2597</v>
       </c>
       <c r="O435" s="4">
         <v>2.4238999999999997</v>
+      </c>
+    </row>
+    <row r="436" spans="4:17" x14ac:dyDescent="0.25">
+      <c r="D436" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E436" s="4">
+        <v>16.854200000000002</v>
+      </c>
+      <c r="F436" s="4">
+        <v>22.537800000000001</v>
+      </c>
+      <c r="G436" s="4">
+        <v>0.1081</v>
+      </c>
+      <c r="H436" s="4">
+        <v>21.138300000000001</v>
+      </c>
+      <c r="I436" s="4">
+        <v>1.8109999999999999</v>
+      </c>
+      <c r="J436" s="4">
+        <v>1.2656000000000001</v>
+      </c>
+      <c r="K436" s="4">
+        <v>23.0273</v>
+      </c>
+      <c r="L436" s="4">
+        <v>19.725999999999999</v>
+      </c>
+      <c r="M436" s="4">
+        <v>11.190099999999999</v>
+      </c>
+      <c r="N436" s="4">
+        <v>12.199400000000001</v>
+      </c>
+      <c r="O436" s="4">
+        <v>2.3921999999999999</v>
       </c>
     </row>
     <row r="437" spans="4:17" x14ac:dyDescent="0.25">
       <c r="E437" s="14"/>
       <c r="F437" s="14"/>
       <c r="G437" s="14"/>
       <c r="H437" s="14"/>
       <c r="I437" s="14"/>
       <c r="J437" s="14"/>
       <c r="K437" s="14"/>
       <c r="L437" s="14"/>
       <c r="M437" s="14"/>
       <c r="N437" s="14"/>
       <c r="O437" s="14"/>
     </row>
     <row r="438" spans="4:17" x14ac:dyDescent="0.25">
       <c r="E438" s="14"/>
       <c r="F438" s="14"/>
       <c r="G438" s="14"/>
       <c r="H438" s="14"/>
       <c r="I438" s="14"/>
       <c r="J438" s="14"/>
       <c r="K438" s="14"/>
       <c r="L438" s="14"/>
       <c r="M438" s="14"/>
       <c r="N438" s="14"/>
       <c r="O438" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12570f71-645b-41be-b316-af6cb6d3d1b1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -17958,50 +18006,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23656839-d31d-4903-8635-eff7f90abed5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89e6558f-5113-49e0-8f98-ced932a8e8dc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -18101,79 +18154,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D5DD7D-06A2-44EB-94FB-D612F7FA7862}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A0E9B58-7DD9-4CD4-9F14-9B3E7A6D23A2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>