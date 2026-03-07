--- v3 (2026-01-15)
+++ v4 (2026-03-07)
@@ -1,95 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="683" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{85A8D9D9-89F2-4528-99EF-B414BBBC8D49}"/>
+  <xr:revisionPtr revIDLastSave="742" documentId="13_ncr:1_{4FD9D838-6195-41CB-98E4-0DD03D3D84F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{50E35AB6-2DA7-4880-9722-A4AB4CE1A484}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{331A3A8E-16B5-41BF-8B54-89AF8887BA2D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="765" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="47">
   <si>
     <t>Foreign Currency per Namibia Dollar (Period averages, N/a means data not available)</t>
   </si>
   <si>
     <t>US Dollar</t>
   </si>
   <si>
     <t>UK Pound</t>
   </si>
   <si>
     <t>Japan Yen</t>
   </si>
   <si>
     <t>Switzerland franc</t>
   </si>
   <si>
     <t>Sweden Krona</t>
   </si>
   <si>
     <t>Botswana Pula</t>
   </si>
   <si>
     <t>IMF SDR</t>
   </si>
   <si>
@@ -195,51 +188,51 @@
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
-    <numFmt numFmtId="166" formatCode="0.000000000000000"/>
+    <numFmt numFmtId="167" formatCode="0.0000000000000000"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -738,51 +731,51 @@
     <xf numFmtId="0" fontId="6" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="17" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - Accent1" xfId="24" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="28" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="32" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="36" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="40" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="44" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="25" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="29" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="33" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="37" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="41" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="45" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="26" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="30" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="34" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="38" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="42" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="46" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="23" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="27" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="31" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="35" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="39" builtinId="45" customBuiltin="1"/>
@@ -803,51 +796,51 @@
     <cellStyle name="Normal 2" xfId="2" xr:uid="{C20700CE-7DDB-406E-8F1F-D27B1ED31BE4}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{B687023D-90E6-4952-9D9F-BA05A886D287}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{82AE9AA7-92B9-4B0E-A9CA-B3FE551B7B9B}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{DDFB688B-9746-4008-816F-C5AB4A85EAFF}"/>
     <cellStyle name="Normal 5" xfId="1" xr:uid="{2E13DF1F-44CC-4CAA-B2C4-5D1D07B470D4}"/>
     <cellStyle name="Note" xfId="20" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="15" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="6" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="22" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="19" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1107,66 +1100,61 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98138B93-9B6E-4C90-BDF5-C11534FE2318}">
-  <dimension ref="B2:R438"/>
+  <dimension ref="B2:R439"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="H439" sqref="H439"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A425" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N439" sqref="N439"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
-    <col min="5" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15" max="15" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="15" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="12.42578125" customWidth="1"/>
     <col min="261" max="262" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="264" max="266" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="267" max="267" width="10.5703125" customWidth="1"/>
     <col min="268" max="268" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="269" max="269" width="12.7109375" customWidth="1"/>
     <col min="270" max="270" width="13.28515625" customWidth="1"/>
     <col min="516" max="516" width="12.42578125" customWidth="1"/>
     <col min="517" max="518" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="519" max="519" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="520" max="522" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="523" max="523" width="10.5703125" customWidth="1"/>
     <col min="524" max="524" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="525" max="525" width="12.7109375" customWidth="1"/>
     <col min="526" max="526" width="13.28515625" customWidth="1"/>
     <col min="772" max="772" width="12.42578125" customWidth="1"/>
     <col min="773" max="774" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="775" max="775" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="776" max="778" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="779" max="779" width="10.5703125" customWidth="1"/>
     <col min="780" max="780" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="781" max="781" width="12.7109375" customWidth="1"/>
     <col min="782" max="782" width="13.28515625" customWidth="1"/>
     <col min="1028" max="1028" width="12.42578125" customWidth="1"/>
@@ -17365,570 +17353,635 @@
         <v>19.045500000000001</v>
       </c>
       <c r="M424" s="4">
         <v>11.532</v>
       </c>
       <c r="N424" s="4">
         <v>12.77</v>
       </c>
       <c r="O424" s="13">
         <v>2.4965999999999999</v>
       </c>
     </row>
     <row r="425" spans="3:17" x14ac:dyDescent="0.25">
       <c r="C425">
         <v>2025</v>
       </c>
       <c r="D425" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E425" s="4">
         <v>18.722799999999999</v>
       </c>
       <c r="F425" s="4">
         <v>23.1159</v>
       </c>
-      <c r="G425" s="13">
+      <c r="G425" s="4">
         <v>0.1197</v>
       </c>
       <c r="H425" s="4">
         <v>20.598699999999997</v>
       </c>
       <c r="I425" s="4">
         <v>1.6890000000000001</v>
       </c>
       <c r="J425" s="4">
         <v>1.3426</v>
       </c>
       <c r="K425" s="4">
         <v>24.361900000000002</v>
       </c>
       <c r="L425" s="4">
         <v>19.389200000000002</v>
       </c>
       <c r="M425" s="4">
         <v>11.6645</v>
       </c>
       <c r="N425" s="4">
         <v>13.0105</v>
       </c>
-      <c r="O425" s="13">
+      <c r="O425" s="4">
         <v>2.5646</v>
       </c>
     </row>
     <row r="426" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D426" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E426" s="4">
         <v>18.496400000000001</v>
       </c>
       <c r="F426" s="4">
         <v>23.183299999999999</v>
       </c>
-      <c r="G426" s="13">
+      <c r="G426" s="4">
         <v>0.12179999999999999</v>
       </c>
       <c r="H426" s="4">
         <v>20.462</v>
       </c>
       <c r="I426" s="4">
         <v>1.7116</v>
       </c>
       <c r="J426" s="4">
         <v>1.3359999999999999</v>
       </c>
       <c r="K426" s="4">
         <v>24.1922</v>
       </c>
       <c r="L426" s="4">
         <v>19.260100000000001</v>
       </c>
       <c r="M426" s="4">
         <v>11.6539</v>
       </c>
       <c r="N426" s="4">
         <v>12.933</v>
       </c>
-      <c r="O426" s="13">
+      <c r="O426" s="4">
         <v>2.5423</v>
       </c>
     </row>
     <row r="427" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D427" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E427" s="4">
         <v>18.282599999999999</v>
       </c>
       <c r="F427" s="4">
         <v>23.588100000000001</v>
       </c>
-      <c r="G427" s="13">
+      <c r="G427" s="4">
         <v>0.12269999999999999</v>
       </c>
-      <c r="H427" s="13">
+      <c r="H427" s="4">
         <v>20.691300000000002</v>
       </c>
       <c r="I427" s="4">
         <v>1.8009999999999999</v>
       </c>
       <c r="J427" s="4">
         <v>1.3363</v>
       </c>
       <c r="K427" s="4">
         <v>24.2789</v>
       </c>
       <c r="L427" s="4">
         <v>19.741800000000001</v>
       </c>
       <c r="M427" s="4">
         <v>11.517300000000001</v>
       </c>
       <c r="N427" s="4">
         <v>12.733699999999999</v>
       </c>
-      <c r="O427" s="13">
+      <c r="O427" s="4">
         <v>2.5211999999999999</v>
       </c>
     </row>
     <row r="428" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D428" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E428" s="4">
         <v>18.908000000000001</v>
       </c>
       <c r="F428" s="4">
         <v>24.815300000000001</v>
       </c>
-      <c r="G428" s="13">
+      <c r="G428" s="4">
         <v>0.1308</v>
       </c>
-      <c r="H428" s="13">
+      <c r="H428" s="4">
         <v>22.575599999999998</v>
       </c>
       <c r="I428" s="4">
         <v>1.9306999999999999</v>
       </c>
       <c r="J428" s="4">
         <v>1.3666999999999998</v>
       </c>
       <c r="K428" s="4">
         <v>25.462900000000001</v>
       </c>
       <c r="L428" s="4">
         <v>21.1738</v>
       </c>
       <c r="M428" s="4">
         <v>11.874700000000001</v>
       </c>
       <c r="N428" s="4">
         <v>13.501199999999999</v>
       </c>
-      <c r="O428" s="13">
+      <c r="O428" s="4">
         <v>2.5891999999999999</v>
       </c>
       <c r="Q428" s="4"/>
     </row>
     <row r="429" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D429" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E429" s="4">
         <v>18.101300000000002</v>
       </c>
       <c r="F429" s="4">
         <v>24.1966</v>
       </c>
-      <c r="G429" s="13">
+      <c r="G429" s="4">
         <v>0.12509999999999999</v>
       </c>
-      <c r="H429" s="13">
+      <c r="H429" s="4">
         <v>21.8187</v>
       </c>
       <c r="I429" s="4">
         <v>1.8759000000000001</v>
       </c>
       <c r="J429" s="4">
         <v>1.3386000000000002</v>
       </c>
       <c r="K429" s="4">
         <v>24.5016</v>
       </c>
       <c r="L429" s="4">
         <v>20.420500000000001</v>
       </c>
       <c r="M429" s="4">
         <v>11.658800000000001</v>
       </c>
       <c r="N429" s="4">
         <v>13.0527</v>
       </c>
-      <c r="O429" s="13">
+      <c r="O429" s="4">
         <v>2.5091999999999999</v>
       </c>
     </row>
     <row r="430" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D430" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E430" s="4">
         <v>17.835599999999999</v>
       </c>
       <c r="F430" s="4">
         <v>24.1754</v>
       </c>
-      <c r="G430" s="13">
+      <c r="G430" s="4">
         <v>0.1235</v>
       </c>
       <c r="H430" s="4">
         <v>21.903499999999998</v>
       </c>
       <c r="I430" s="4">
         <v>1.8653999999999999</v>
       </c>
       <c r="J430" s="4">
         <v>1.3328</v>
       </c>
       <c r="K430" s="4">
         <v>24.3384</v>
       </c>
       <c r="L430" s="4">
         <v>20.534699999999997</v>
       </c>
       <c r="M430" s="4">
         <v>11.5885</v>
       </c>
       <c r="N430" s="4">
         <v>13.0327</v>
       </c>
-      <c r="O430" s="13">
+      <c r="O430" s="4">
         <v>2.4833000000000003</v>
       </c>
     </row>
     <row r="431" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D431" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E431" s="4">
         <v>17.758199999999999</v>
       </c>
       <c r="F431" s="4">
         <v>23.995500000000003</v>
       </c>
-      <c r="G431" s="13">
+      <c r="G431" s="4">
         <v>0.12089999999999999</v>
       </c>
-      <c r="H431" s="13">
-        <f>2226.07/100</f>
+      <c r="H431" s="4">
         <v>22.2607</v>
       </c>
       <c r="I431" s="4">
         <v>1.8536000000000001</v>
       </c>
       <c r="J431" s="4">
         <v>1.3156000000000001</v>
       </c>
       <c r="K431" s="4">
         <v>24.311199999999999</v>
       </c>
       <c r="L431" s="4">
         <v>20.7561</v>
       </c>
       <c r="M431" s="4">
         <v>11.6143</v>
       </c>
       <c r="N431" s="4">
         <v>12.9773</v>
       </c>
-      <c r="O431" s="13">
+      <c r="O431" s="4">
         <v>2.4758</v>
       </c>
       <c r="Q431" s="4"/>
     </row>
     <row r="432" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D432" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E432" s="4">
         <v>17.729500000000002</v>
       </c>
       <c r="F432" s="4">
         <v>23.832199999999997</v>
       </c>
-      <c r="G432" s="13">
+      <c r="G432" s="4">
         <v>0.1201</v>
       </c>
-      <c r="H432" s="13">
+      <c r="H432" s="4">
         <v>21.973000000000003</v>
       </c>
       <c r="I432" s="4">
         <v>1.8477000000000001</v>
       </c>
       <c r="J432" s="4">
         <v>1.3034000000000001</v>
       </c>
       <c r="K432" s="4">
         <v>24.220399999999998</v>
       </c>
       <c r="L432" s="4">
         <v>20.622199999999999</v>
       </c>
       <c r="M432" s="4">
         <v>11.5069</v>
       </c>
       <c r="N432" s="4">
         <v>12.841500000000002</v>
       </c>
-      <c r="O432" s="13">
+      <c r="O432" s="4">
         <v>2.4710000000000001</v>
       </c>
     </row>
-    <row r="433" spans="4:17" x14ac:dyDescent="0.25">
+    <row r="433" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D433" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E433" s="4">
         <v>17.4621</v>
       </c>
       <c r="F433" s="4">
         <v>23.580100000000002</v>
       </c>
-      <c r="G433" s="13">
+      <c r="G433" s="4">
         <v>0.11810000000000001</v>
       </c>
-      <c r="H433" s="13">
+      <c r="H433" s="4">
         <v>21.913899999999998</v>
       </c>
       <c r="I433" s="4">
         <v>1.8630000000000002</v>
       </c>
       <c r="J433" s="4">
         <v>1.2968999999999999</v>
       </c>
       <c r="K433" s="4">
         <v>23.9434</v>
       </c>
       <c r="L433" s="4">
         <v>20.4864</v>
       </c>
       <c r="M433" s="4">
         <v>11.511700000000001</v>
       </c>
       <c r="N433" s="4">
         <v>12.6275</v>
       </c>
-      <c r="O433" s="13">
+      <c r="O433" s="4">
         <v>2.4508999999999999</v>
       </c>
       <c r="Q433" s="4"/>
     </row>
-    <row r="434" spans="4:17" x14ac:dyDescent="0.25">
+    <row r="434" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D434" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E434" s="4">
         <v>17.284700000000001</v>
       </c>
       <c r="F434" s="4">
         <v>23.082100000000001</v>
       </c>
       <c r="G434" s="4">
         <v>0.1142</v>
       </c>
       <c r="H434" s="4">
         <v>21.665100000000002</v>
       </c>
       <c r="I434" s="4">
         <v>1.8330000000000002</v>
       </c>
       <c r="J434" s="4">
         <v>1.2707999999999999</v>
       </c>
-      <c r="K434">
+      <c r="K434" s="4">
         <v>23.5794</v>
       </c>
       <c r="L434" s="4">
         <v>20.120999999999999</v>
       </c>
       <c r="M434" s="4">
         <v>11.308900000000001</v>
       </c>
       <c r="N434" s="4">
         <v>12.353199999999999</v>
       </c>
       <c r="O434" s="4">
         <v>2.4276</v>
       </c>
     </row>
-    <row r="435" spans="4:17" x14ac:dyDescent="0.25">
+    <row r="435" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D435" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E435" s="4">
         <v>17.229400000000002</v>
       </c>
       <c r="F435" s="4">
         <v>22.6266</v>
       </c>
       <c r="G435" s="4">
         <v>0.11109999999999999</v>
       </c>
       <c r="H435" s="4">
         <v>21.445999999999998</v>
       </c>
       <c r="I435" s="4">
         <v>1.8124</v>
       </c>
       <c r="J435" s="4">
         <v>1.27</v>
       </c>
       <c r="K435" s="4">
         <v>23.389400000000002</v>
       </c>
       <c r="L435" s="4">
         <v>19.917999999999999</v>
       </c>
       <c r="M435" s="4">
         <v>11.2104</v>
       </c>
       <c r="N435" s="4">
         <v>12.2597</v>
       </c>
       <c r="O435" s="4">
         <v>2.4238999999999997</v>
       </c>
     </row>
-    <row r="436" spans="4:17" x14ac:dyDescent="0.25">
+    <row r="436" spans="3:17" x14ac:dyDescent="0.25">
       <c r="D436" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E436" s="4">
         <v>16.854200000000002</v>
       </c>
       <c r="F436" s="4">
         <v>22.537800000000001</v>
       </c>
       <c r="G436" s="4">
         <v>0.1081</v>
       </c>
       <c r="H436" s="4">
         <v>21.138300000000001</v>
       </c>
       <c r="I436" s="4">
         <v>1.8109999999999999</v>
       </c>
       <c r="J436" s="4">
         <v>1.2656000000000001</v>
       </c>
       <c r="K436" s="4">
         <v>23.0273</v>
       </c>
       <c r="L436" s="4">
         <v>19.725999999999999</v>
       </c>
       <c r="M436" s="4">
         <v>11.190099999999999</v>
       </c>
       <c r="N436" s="4">
         <v>12.199400000000001</v>
       </c>
       <c r="O436" s="4">
         <v>2.3921999999999999</v>
       </c>
     </row>
-    <row r="437" spans="4:17" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="O438" s="14"/>
+    <row r="437" spans="3:17" x14ac:dyDescent="0.25">
+      <c r="C437">
+        <v>2026</v>
+      </c>
+      <c r="D437" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E437" s="4">
+        <v>16.279</v>
+      </c>
+      <c r="F437" s="4">
+        <v>22.0124</v>
+      </c>
+      <c r="G437" s="4">
+        <v>0.1038</v>
+      </c>
+      <c r="H437" s="4">
+        <v>20.600900000000003</v>
+      </c>
+      <c r="I437" s="4">
+        <v>1.7881</v>
+      </c>
+      <c r="J437" s="4">
+        <v>1.2155</v>
+      </c>
+      <c r="K437" s="4">
+        <v>22.293899999999997</v>
+      </c>
+      <c r="L437" s="4">
+        <v>19.104600000000001</v>
+      </c>
+      <c r="M437" s="4">
+        <v>11.0418</v>
+      </c>
+      <c r="N437" s="4">
+        <v>11.81</v>
+      </c>
+      <c r="O437" s="4">
+        <v>2.3361000000000001</v>
+      </c>
+    </row>
+    <row r="438" spans="3:17" x14ac:dyDescent="0.25">
+      <c r="D438" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E438" s="4">
+        <v>15.9887</v>
+      </c>
+      <c r="F438" s="4">
+        <v>21.7254</v>
+      </c>
+      <c r="G438" s="4">
+        <v>0.10310000000000001</v>
+      </c>
+      <c r="H438" s="4">
+        <v>20.6934</v>
+      </c>
+      <c r="I438" s="4">
+        <v>1.7808999999999999</v>
+      </c>
+      <c r="J438" s="4">
+        <v>1.2170999999999998</v>
+      </c>
+      <c r="K438" s="4">
+        <v>21.9998</v>
+      </c>
+      <c r="L438" s="4">
+        <v>18.914999999999999</v>
+      </c>
+      <c r="M438" s="4">
+        <v>11.2865</v>
+      </c>
+      <c r="N438" s="4">
+        <v>11.716700000000001</v>
+      </c>
+      <c r="O438" s="4">
+        <v>2.3144999999999998</v>
+      </c>
+    </row>
+    <row r="439" spans="3:17" x14ac:dyDescent="0.25">
+      <c r="E439" s="14"/>
+      <c r="F439" s="14"/>
+      <c r="G439" s="14"/>
+      <c r="H439" s="14"/>
+      <c r="I439" s="14"/>
+      <c r="J439" s="14"/>
+      <c r="K439" s="14"/>
+      <c r="L439" s="14"/>
+      <c r="M439" s="14"/>
+      <c r="N439" s="14"/>
+      <c r="O439" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23cc97882b7680b629782d6f41d7542e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31ef9691cfc004a447e85e06047e2d43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -18155,71 +18208,71 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D5DD7D-06A2-44EB-94FB-D612F7FA7862}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D452CB-54A5-407C-88A8-399C7044BCEA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A0E9B58-7DD9-4CD4-9F14-9B3E7A6D23A2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C05B5CA8-EA44-4395-8CA3-B26E9692F8D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>