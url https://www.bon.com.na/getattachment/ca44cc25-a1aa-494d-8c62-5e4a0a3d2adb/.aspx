--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="175" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D2CC818E-580E-4D95-A937-AF43F5151601}"/>
+  <xr:revisionPtr revIDLastSave="178" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4B7A6410-005A-4160-BAFC-45E058C2BDC8}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="24">
   <si>
     <t>Real effective exchange rate indices</t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -287,51 +288,51 @@
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -557,2987 +558,2999 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M172"/>
+  <dimension ref="A1:M173"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C160" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C161" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="C170" sqref="C170"/>
+      <selection pane="bottomRight" activeCell="F170" sqref="F170"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="5" width="9.109375" style="7"/>
+    <col min="1" max="5" width="9.140625" style="7"/>
     <col min="6" max="8" width="22" style="7" bestFit="1" customWidth="1"/>
-    <col min="9" max="16384" width="9.109375" style="7"/>
+    <col min="9" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="19.2" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:9" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
       <c r="B2" s="1"/>
       <c r="C2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="1"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="2"/>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="11" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="2"/>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="2"/>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="4"/>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>2012</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="16">
         <v>112.27678530181093</v>
       </c>
       <c r="D7" s="16">
         <v>129.83909626257807</v>
       </c>
       <c r="E7" s="19">
         <v>116.93726822219696</v>
       </c>
       <c r="I7" s="15"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="16">
         <v>113.53413044754286</v>
       </c>
       <c r="D8" s="16">
         <v>133.02224789796429</v>
       </c>
       <c r="E8" s="19">
         <v>119.37881005326953</v>
       </c>
       <c r="I8" s="15"/>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="5"/>
       <c r="B9" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="16">
         <v>114.00348355812814</v>
       </c>
       <c r="D9" s="16">
         <v>133.95402256811283</v>
       </c>
       <c r="E9" s="19">
         <v>119.70553241160042</v>
       </c>
       <c r="I9" s="15"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="5"/>
       <c r="B10" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="16">
         <v>112.98054499904913</v>
       </c>
       <c r="D10" s="16">
         <v>131.33177255499709</v>
       </c>
       <c r="E10" s="19">
         <v>118.05803555936738</v>
       </c>
       <c r="I10" s="15"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="16">
         <v>112.06978902408217</v>
       </c>
       <c r="D11" s="16">
         <v>128.86413698566184</v>
       </c>
       <c r="E11" s="19">
         <v>116.80059036038804</v>
       </c>
       <c r="I11" s="15"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="16">
         <v>111.46725285234233</v>
       </c>
       <c r="D12" s="16">
         <v>127.30988912229398</v>
       </c>
       <c r="E12" s="19">
         <v>115.44031192398492</v>
       </c>
       <c r="I12" s="15"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="16">
         <v>112.36578507150075</v>
       </c>
       <c r="D13" s="16">
         <v>129.54373501994405</v>
       </c>
       <c r="E13" s="19">
         <v>117.7576777089335</v>
       </c>
       <c r="I13" s="15"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="16">
         <v>112.10589936301665</v>
       </c>
       <c r="D14" s="16">
         <v>128.89180759212218</v>
       </c>
       <c r="E14" s="19">
         <v>117.21915765628917</v>
       </c>
       <c r="I14" s="15"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="5"/>
       <c r="B15" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="16">
         <v>111.46416066109821</v>
       </c>
       <c r="D15" s="16">
         <v>127.41524803075669</v>
       </c>
       <c r="E15" s="19">
         <v>116.41520980484303</v>
       </c>
       <c r="I15" s="15"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="16">
         <v>109.55175554708882</v>
       </c>
       <c r="D16" s="16">
         <v>123.08187388736575</v>
       </c>
       <c r="E16" s="19">
         <v>114.08446636450923</v>
       </c>
       <c r="I16" s="15"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="16">
         <v>109.15482426866492</v>
       </c>
       <c r="D17" s="16">
         <v>121.88581667559228</v>
       </c>
       <c r="E17" s="19">
         <v>113.95452886610614</v>
       </c>
       <c r="I17" s="15"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="16">
         <v>109.51505104528718</v>
       </c>
       <c r="D18" s="16">
         <v>122.71166583492578</v>
       </c>
       <c r="E18" s="19">
         <v>113.87088818287125</v>
       </c>
       <c r="I18" s="15"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>2013</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="16">
         <v>108.74454260767266</v>
       </c>
       <c r="D19" s="16">
         <v>120.92308648595366</v>
       </c>
       <c r="E19" s="19">
         <v>113.43187903987008</v>
       </c>
       <c r="I19" s="15"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="5"/>
       <c r="B20" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="16">
         <v>108.31172087971265</v>
       </c>
       <c r="D20" s="16">
         <v>119.96899543747185</v>
       </c>
       <c r="E20" s="19">
         <v>112.32652033348808</v>
       </c>
       <c r="I20" s="15"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="5"/>
       <c r="B21" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="16">
         <v>107.58593472954631</v>
       </c>
       <c r="D21" s="16">
         <v>118.23183528341701</v>
       </c>
       <c r="E21" s="19">
         <v>111.02670042831217</v>
       </c>
       <c r="I21" s="15"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>107.73111319051658</v>
       </c>
       <c r="D22" s="16">
         <v>118.53498270472325</v>
       </c>
       <c r="E22" s="19">
         <v>111.28995871913143</v>
       </c>
       <c r="I22" s="15"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="16">
         <v>106.84993445289837</v>
       </c>
       <c r="D23" s="16">
         <v>116.35367201203934</v>
       </c>
       <c r="E23" s="19">
         <v>110.20058406378362</v>
       </c>
       <c r="I23" s="15"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="5"/>
       <c r="B24" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="16">
         <v>104.6098318446178</v>
       </c>
       <c r="D24" s="16">
         <v>110.72518795921384</v>
       </c>
       <c r="E24" s="19">
         <v>106.67525795787968</v>
       </c>
       <c r="I24" s="15"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="16">
         <v>105.18025305784451</v>
       </c>
       <c r="D25" s="16">
         <v>111.87665754232071</v>
       </c>
       <c r="E25" s="19">
         <v>107.68129217178199</v>
       </c>
       <c r="I25" s="15"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="5"/>
       <c r="B26" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="16">
         <v>104.60565770922098</v>
       </c>
       <c r="D26" s="16">
         <v>110.13490507842998</v>
       </c>
       <c r="E26" s="19">
         <v>106.86812806874407</v>
       </c>
       <c r="I26" s="15"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="5"/>
       <c r="B27" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="16">
         <v>104.92854428047289</v>
       </c>
       <c r="D27" s="16">
         <v>110.77377501229739</v>
       </c>
       <c r="E27" s="19">
         <v>107.11357431888769</v>
       </c>
       <c r="I27" s="15"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="16">
         <v>104.73273717845655</v>
       </c>
       <c r="D28" s="16">
         <v>110.5263531839597</v>
       </c>
       <c r="E28" s="19">
         <v>107.0939863765379</v>
       </c>
       <c r="I28" s="15"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="5"/>
       <c r="B29" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="16">
         <v>104.0235703412779</v>
       </c>
       <c r="D29" s="16">
         <v>108.79743944786173</v>
       </c>
       <c r="E29" s="19">
         <v>106.05686393025363</v>
       </c>
       <c r="I29" s="15"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="5"/>
       <c r="B30" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C30" s="16">
         <v>103.30569340601396</v>
       </c>
       <c r="D30" s="16">
         <v>107.19011245288257</v>
       </c>
       <c r="E30" s="19">
         <v>104.95408035277225</v>
       </c>
       <c r="I30" s="15"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>2014</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="16">
         <v>101.9409341141194</v>
       </c>
       <c r="D31" s="16">
         <v>104.03386774481791</v>
       </c>
       <c r="E31" s="19">
         <v>103.33277426909824</v>
       </c>
       <c r="I31" s="15"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="5"/>
       <c r="B32" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="16">
         <v>101.66956079595714</v>
       </c>
       <c r="D32" s="16">
         <v>103.42209658078326</v>
       </c>
       <c r="E32" s="19">
         <v>102.85138474235967</v>
       </c>
       <c r="I32" s="15"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="5"/>
       <c r="B33" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="16">
         <v>102.23320999314244</v>
       </c>
       <c r="D33" s="16">
         <v>104.92125217919805</v>
       </c>
       <c r="E33" s="19">
         <v>103.62268927258408</v>
       </c>
       <c r="I33" s="15"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="5"/>
       <c r="B34" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="16">
         <v>102.83422408662896</v>
       </c>
       <c r="D34" s="16">
         <v>106.42852018179246</v>
       </c>
       <c r="E34" s="19">
         <v>105.2823430830643</v>
       </c>
       <c r="I34" s="15"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="5"/>
       <c r="B35" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="16">
         <v>103.24486840115962</v>
       </c>
       <c r="D35" s="16">
         <v>107.40226779519847</v>
       </c>
       <c r="E35" s="19">
         <v>105.98753523370068</v>
       </c>
       <c r="I35" s="15"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="5"/>
       <c r="B36" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="16">
         <v>102.60343616613153</v>
       </c>
       <c r="D36" s="16">
         <v>106.0009756333619</v>
       </c>
       <c r="E36" s="19">
         <v>105.11189187436473</v>
       </c>
       <c r="I36" s="15"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="5"/>
       <c r="B37" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="16">
         <v>102.63910664720184</v>
       </c>
       <c r="D37" s="16">
         <v>106.02381183012511</v>
       </c>
       <c r="E37" s="19">
         <v>104.86721824440617</v>
       </c>
       <c r="I37" s="15"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="5"/>
       <c r="B38" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="16">
         <v>102.80371627657686</v>
       </c>
       <c r="D38" s="16">
         <v>106.28991598373318</v>
       </c>
       <c r="E38" s="19">
         <v>105.01108947003486</v>
       </c>
       <c r="I38" s="15"/>
     </row>
-    <row r="39" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="5"/>
       <c r="B39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="16">
         <v>102.34512966861215</v>
       </c>
       <c r="D39" s="16">
         <v>105.270802247647</v>
       </c>
       <c r="E39" s="19">
         <v>104.00710207492429</v>
       </c>
       <c r="I39" s="15"/>
     </row>
-    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="5"/>
       <c r="B40" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="16">
         <v>102.26401261639626</v>
       </c>
       <c r="D40" s="16">
         <v>105.04698011008072</v>
       </c>
       <c r="E40" s="19">
         <v>103.94014808753592</v>
       </c>
       <c r="I40" s="15"/>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="5"/>
       <c r="B41" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="16">
         <v>102.38452573294417</v>
       </c>
       <c r="D41" s="16">
         <v>105.31505358264413</v>
       </c>
       <c r="E41" s="19">
         <v>104.45972273808889</v>
       </c>
       <c r="I41" s="15"/>
     </row>
-    <row r="42" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="16">
         <v>101.73425050579746</v>
       </c>
       <c r="D42" s="16">
         <v>103.80527596909492</v>
       </c>
       <c r="E42" s="19">
         <v>103.41263430246075</v>
       </c>
       <c r="I42" s="15"/>
     </row>
-    <row r="43" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>2015</v>
       </c>
       <c r="B43" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="16">
         <v>102.09080191506084</v>
       </c>
       <c r="D43" s="16">
         <v>104.81655973151676</v>
       </c>
       <c r="E43" s="19">
         <v>104.87703351661725</v>
       </c>
       <c r="I43" s="15"/>
     </row>
-    <row r="44" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="5"/>
       <c r="B44" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C44" s="16">
         <v>102.35306750949175</v>
       </c>
       <c r="D44" s="16">
         <v>105.50443936647103</v>
       </c>
       <c r="E44" s="19">
         <v>104.49735421204693</v>
       </c>
       <c r="I44" s="15"/>
     </row>
-    <row r="45" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="5"/>
       <c r="B45" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="16">
         <v>101.6818200833423</v>
       </c>
       <c r="D45" s="16">
         <v>103.99397577147971</v>
       </c>
       <c r="E45" s="19">
         <v>102.8929924976288</v>
       </c>
       <c r="I45" s="15"/>
     </row>
-    <row r="46" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="16">
         <v>101.83686631975142</v>
       </c>
       <c r="D46" s="16">
         <v>104.30449502560163</v>
       </c>
       <c r="E46" s="19">
         <v>103.0841201887032</v>
       </c>
       <c r="I46" s="15"/>
     </row>
-    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="16">
         <v>101.60022704651509</v>
       </c>
       <c r="D47" s="16">
         <v>103.59006236261664</v>
       </c>
       <c r="E47" s="19">
         <v>102.90187238572025</v>
       </c>
       <c r="I47" s="15"/>
     </row>
-    <row r="48" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="16">
         <v>100.77040842305129</v>
       </c>
       <c r="D48" s="16">
         <v>101.67330039703113</v>
       </c>
       <c r="E48" s="19">
         <v>101.59514569268356</v>
       </c>
       <c r="I48" s="15"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="5"/>
       <c r="B49" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="16">
         <v>100.61873436935241</v>
       </c>
       <c r="D49" s="16">
         <v>101.38260018036542</v>
       </c>
       <c r="E49" s="19">
         <v>101.14410088429591</v>
       </c>
       <c r="I49" s="15"/>
     </row>
-    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="5"/>
       <c r="B50" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="16">
         <v>99.720864398467256</v>
       </c>
       <c r="D50" s="16">
         <v>99.281034414000473</v>
       </c>
       <c r="E50" s="19">
         <v>99.938218286571825</v>
       </c>
       <c r="I50" s="15"/>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="5"/>
       <c r="B51" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="16">
         <v>98.318571914585448</v>
       </c>
       <c r="D51" s="16">
         <v>95.976185760013536</v>
       </c>
       <c r="E51" s="19">
         <v>97.684884675171773</v>
       </c>
       <c r="I51" s="15"/>
     </row>
-    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="5"/>
       <c r="B52" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="16">
         <v>96.78574131659488</v>
       </c>
       <c r="D52" s="16">
         <v>92.872027858579557</v>
       </c>
       <c r="E52" s="19">
         <v>96.375634305130191</v>
       </c>
       <c r="I52" s="15"/>
     </row>
-    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="5"/>
       <c r="B53" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="16">
         <v>97.804998359244934</v>
       </c>
       <c r="D53" s="16">
         <v>94.885845228829396</v>
       </c>
       <c r="E53" s="19">
         <v>96.998692504673812</v>
       </c>
       <c r="I53" s="15"/>
     </row>
-    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="5"/>
       <c r="B54" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="16">
         <v>96.417898344542607</v>
       </c>
       <c r="D54" s="16">
         <v>91.719473903494645</v>
       </c>
       <c r="E54" s="19">
         <v>94.777397799089613</v>
       </c>
       <c r="I54" s="15"/>
     </row>
-    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>2016</v>
       </c>
       <c r="B55" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="16">
         <v>94.43433350266001</v>
       </c>
       <c r="D55" s="16">
         <v>87.198362964203056</v>
       </c>
       <c r="E55" s="19">
         <v>93.983204794412799</v>
       </c>
       <c r="I55" s="15"/>
     </row>
-    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="5"/>
       <c r="B56" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C56" s="16">
         <v>95.119837171397279</v>
       </c>
       <c r="D56" s="16">
         <v>88.652903425988569</v>
       </c>
       <c r="E56" s="19">
         <v>94.801613105244257</v>
       </c>
       <c r="I56" s="15"/>
     </row>
-    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="5"/>
       <c r="B57" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C57" s="16">
         <v>95.552640175255959</v>
       </c>
       <c r="D57" s="16">
         <v>89.706674604901679</v>
       </c>
       <c r="E57" s="19">
         <v>95.807255781249211</v>
       </c>
       <c r="I57" s="15"/>
     </row>
-    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="5"/>
       <c r="B58" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="16">
         <v>96.547944553528964</v>
       </c>
       <c r="D58" s="16">
         <v>91.975203668435753</v>
       </c>
       <c r="E58" s="19">
         <v>97.456674250712538</v>
       </c>
       <c r="I58" s="15"/>
     </row>
-    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="5"/>
       <c r="B59" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="16">
         <v>95.481406771535092</v>
       </c>
       <c r="D59" s="16">
         <v>89.545322134204255</v>
       </c>
       <c r="E59" s="19">
         <v>95.991655883066656</v>
       </c>
       <c r="I59" s="15"/>
     </row>
-    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="5"/>
       <c r="B60" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="16">
         <v>96.068042178875345</v>
       </c>
       <c r="D60" s="16">
         <v>90.916104555594657</v>
       </c>
       <c r="E60" s="19">
         <v>96.942890926883038</v>
       </c>
       <c r="I60" s="15"/>
     </row>
-    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="5"/>
       <c r="B61" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C61" s="16">
         <v>97.367607523199396</v>
       </c>
       <c r="D61" s="16">
         <v>93.987649535218907</v>
       </c>
       <c r="E61" s="19">
         <v>99.389259817489886</v>
       </c>
       <c r="I61" s="15"/>
     </row>
-    <row r="62" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="5"/>
       <c r="B62" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="16">
         <v>98.43817107688146</v>
       </c>
       <c r="D62" s="16">
         <v>96.424665347684098</v>
       </c>
       <c r="E62" s="19">
         <v>101.37982215453361</v>
       </c>
       <c r="I62" s="15"/>
     </row>
-    <row r="63" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="5"/>
       <c r="B63" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="16">
         <v>97.909251439707802</v>
       </c>
       <c r="D63" s="16">
         <v>95.245273512736631</v>
       </c>
       <c r="E63" s="19">
         <v>100.39039538451976</v>
       </c>
       <c r="H63" s="14"/>
       <c r="I63" s="15"/>
     </row>
-    <row r="64" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="5"/>
       <c r="B64" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="16">
         <v>98.311534001098124</v>
       </c>
       <c r="D64" s="16">
         <v>96.238143092586185</v>
       </c>
       <c r="E64" s="19">
         <v>101.26233721403196</v>
       </c>
       <c r="H64" s="14"/>
       <c r="I64" s="15"/>
     </row>
-    <row r="65" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A65" s="5"/>
       <c r="B65" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C65" s="16">
         <v>98.748695901601579</v>
       </c>
       <c r="D65" s="16">
         <v>97.294099277186106</v>
       </c>
       <c r="E65" s="19">
         <v>102.08763310600732</v>
       </c>
       <c r="H65" s="14"/>
       <c r="I65" s="15"/>
     </row>
-    <row r="66" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A66" s="5"/>
       <c r="B66" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C66" s="16">
         <v>99.220653036341147</v>
       </c>
       <c r="D66" s="16">
         <v>98.452561410395248</v>
       </c>
       <c r="E66" s="19">
         <v>102.7769520432696</v>
       </c>
       <c r="H66" s="14"/>
       <c r="I66" s="15"/>
     </row>
-    <row r="67" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>2017</v>
       </c>
       <c r="B67" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="16">
         <v>99.668565659522145</v>
       </c>
       <c r="D67" s="16">
         <v>99.433816578644851</v>
       </c>
       <c r="E67" s="19">
         <v>106.46680732510406</v>
       </c>
       <c r="F67" s="5"/>
       <c r="G67" s="5"/>
       <c r="H67" s="14"/>
       <c r="I67" s="15"/>
       <c r="J67" s="14"/>
       <c r="K67" s="14"/>
     </row>
-    <row r="68" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A68" s="5"/>
       <c r="B68" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C68" s="16">
         <v>100.34456794567461</v>
       </c>
       <c r="D68" s="16">
         <v>101.06489532582266</v>
       </c>
       <c r="E68" s="19">
         <v>107.20614448357918</v>
       </c>
       <c r="F68" s="5"/>
       <c r="G68" s="5"/>
       <c r="H68" s="14"/>
       <c r="I68" s="15"/>
       <c r="J68" s="14"/>
       <c r="K68" s="14"/>
     </row>
-    <row r="69" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A69" s="5"/>
       <c r="B69" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="16">
         <v>100.84321376512409</v>
       </c>
       <c r="D69" s="16">
         <v>102.33028056266136</v>
       </c>
       <c r="E69" s="19">
         <v>107.72774271192934</v>
       </c>
       <c r="F69" s="5"/>
       <c r="G69" s="5"/>
       <c r="I69" s="15"/>
       <c r="J69" s="14"/>
       <c r="K69" s="14"/>
     </row>
-    <row r="70" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A70" s="5"/>
       <c r="B70" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C70" s="16">
         <v>99.606459211098738</v>
       </c>
       <c r="D70" s="16">
         <v>99.589594893030636</v>
       </c>
       <c r="E70" s="19">
         <v>105.71799531899691</v>
       </c>
       <c r="F70" s="5"/>
       <c r="G70" s="5"/>
       <c r="I70" s="15"/>
       <c r="J70" s="14"/>
       <c r="K70" s="14"/>
     </row>
-    <row r="71" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A71" s="5"/>
       <c r="B71" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="16">
         <v>99.687714082073882</v>
       </c>
       <c r="D71" s="16">
         <v>99.735025513276042</v>
       </c>
       <c r="E71" s="19">
         <v>105.79275126352952</v>
       </c>
       <c r="F71" s="5"/>
       <c r="G71" s="5"/>
       <c r="I71" s="15"/>
       <c r="J71" s="14"/>
       <c r="K71" s="14"/>
     </row>
-    <row r="72" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A72" s="5"/>
       <c r="B72" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C72" s="16">
         <v>100.21812508989761</v>
       </c>
       <c r="D72" s="16">
         <v>100.86524165241727</v>
       </c>
       <c r="E72" s="19">
         <v>106.74695665297318</v>
       </c>
       <c r="F72" s="5"/>
       <c r="G72" s="5"/>
       <c r="I72" s="15"/>
       <c r="J72" s="14"/>
       <c r="K72" s="14"/>
     </row>
-    <row r="73" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A73" s="5"/>
       <c r="B73" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C73" s="16">
         <v>99.429061015304029</v>
       </c>
       <c r="D73" s="16">
         <v>98.977439336941799</v>
       </c>
       <c r="E73" s="19">
         <v>105.2209012130599</v>
       </c>
       <c r="F73" s="5"/>
       <c r="G73" s="5"/>
       <c r="I73" s="15"/>
       <c r="J73" s="14"/>
       <c r="K73" s="14"/>
     </row>
-    <row r="74" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A74" s="5"/>
       <c r="B74" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="16">
         <v>98.828216090529779</v>
       </c>
       <c r="D74" s="16">
         <v>97.511963673806136</v>
       </c>
       <c r="E74" s="19">
         <v>104.07951327114537</v>
       </c>
       <c r="F74" s="5"/>
       <c r="G74" s="5"/>
       <c r="I74" s="15"/>
       <c r="J74" s="14"/>
       <c r="K74" s="14"/>
     </row>
-    <row r="75" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A75" s="5"/>
       <c r="B75" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="16">
         <v>98.825673746275797</v>
       </c>
       <c r="D75" s="16">
         <v>97.365719614240902</v>
       </c>
       <c r="E75" s="19">
         <v>104.02773368537491</v>
       </c>
       <c r="F75" s="5"/>
       <c r="G75" s="5"/>
       <c r="I75" s="15"/>
       <c r="J75" s="14"/>
       <c r="K75" s="14"/>
     </row>
-    <row r="76" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A76" s="5"/>
       <c r="B76" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="16">
         <v>98.003571742086578</v>
       </c>
       <c r="D76" s="16">
         <v>95.49235203858413</v>
       </c>
       <c r="E76" s="19">
         <v>102.48585861419825</v>
       </c>
       <c r="F76" s="5"/>
       <c r="G76" s="5"/>
       <c r="I76" s="15"/>
       <c r="J76" s="14"/>
       <c r="K76" s="14"/>
     </row>
-    <row r="77" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
       <c r="B77" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C77" s="16">
         <v>97.248259570064008</v>
       </c>
       <c r="D77" s="16">
         <v>93.777879243730126</v>
       </c>
       <c r="E77" s="19">
         <v>101.17711949533151</v>
       </c>
       <c r="F77" s="5"/>
       <c r="G77" s="5"/>
       <c r="I77" s="15"/>
       <c r="J77" s="14"/>
       <c r="K77" s="14"/>
     </row>
-    <row r="78" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A78" s="5"/>
       <c r="B78" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C78" s="16">
         <v>98.842020958364017</v>
       </c>
       <c r="D78" s="16">
         <v>97.456238628680396</v>
       </c>
       <c r="E78" s="19">
         <v>103.75175140587758</v>
       </c>
       <c r="F78" s="5"/>
       <c r="G78" s="5"/>
       <c r="I78" s="15"/>
       <c r="J78" s="14"/>
       <c r="K78" s="14"/>
     </row>
-    <row r="79" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>2018</v>
       </c>
       <c r="B79" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="16">
         <v>100.4020067394415</v>
       </c>
       <c r="D79" s="16">
         <v>100.9026511367302</v>
       </c>
       <c r="E79" s="19">
         <v>107.96641539107428</v>
       </c>
       <c r="F79" s="5"/>
       <c r="G79" s="17"/>
       <c r="H79" s="14"/>
       <c r="I79" s="14"/>
       <c r="J79" s="14"/>
       <c r="K79" s="14"/>
     </row>
-    <row r="80" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A80" s="5"/>
       <c r="B80" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C80" s="16">
         <v>101.04788044559776</v>
       </c>
       <c r="D80" s="16">
         <v>102.18622028678705</v>
       </c>
       <c r="E80" s="19">
         <v>108.58840714287962</v>
       </c>
       <c r="F80" s="5"/>
       <c r="G80" s="17"/>
       <c r="H80" s="14"/>
       <c r="I80" s="14"/>
       <c r="J80" s="14"/>
       <c r="K80" s="14"/>
     </row>
-    <row r="81" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A81" s="5"/>
       <c r="B81" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C81" s="16">
         <v>101.04280065001072</v>
       </c>
       <c r="D81" s="16">
         <v>102.10183796781979</v>
       </c>
       <c r="E81" s="19">
         <v>108.58371730627833</v>
       </c>
       <c r="F81" s="5"/>
       <c r="G81" s="17"/>
       <c r="H81" s="14"/>
       <c r="I81" s="14"/>
       <c r="J81" s="14"/>
       <c r="K81" s="14"/>
     </row>
-    <row r="82" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A82" s="5"/>
       <c r="B82" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="16">
         <v>100.50966323143446</v>
       </c>
       <c r="D82" s="16">
         <v>100.82395061968646</v>
       </c>
       <c r="E82" s="19">
         <v>107.55213413388543</v>
       </c>
       <c r="F82" s="5"/>
       <c r="G82" s="17"/>
       <c r="H82" s="14"/>
       <c r="I82" s="14"/>
       <c r="J82" s="14"/>
       <c r="K82" s="14"/>
     </row>
-    <row r="83" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A83" s="5"/>
       <c r="B83" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="16">
         <v>100.09290318185985</v>
       </c>
       <c r="D83" s="16">
         <v>99.829165810562444</v>
       </c>
       <c r="E83" s="19">
         <v>106.85288737648821</v>
       </c>
       <c r="F83" s="5"/>
       <c r="G83" s="17"/>
       <c r="H83" s="14"/>
       <c r="I83" s="14"/>
       <c r="J83" s="14"/>
       <c r="K83" s="14"/>
     </row>
-    <row r="84" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A84" s="5"/>
       <c r="B84" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C84" s="16">
         <v>98.742444840913549</v>
       </c>
       <c r="D84" s="16">
         <v>96.826148167064048</v>
       </c>
       <c r="E84" s="19">
         <v>104.40279099377594</v>
       </c>
       <c r="F84" s="5"/>
       <c r="G84" s="17"/>
       <c r="H84" s="14"/>
       <c r="I84" s="14"/>
       <c r="J84" s="14"/>
       <c r="K84" s="14"/>
     </row>
-    <row r="85" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B85" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="16">
         <v>98.83777038593189</v>
       </c>
       <c r="D85" s="16">
         <v>97.173091135608615</v>
       </c>
       <c r="E85" s="19">
         <v>104.73627601470298</v>
       </c>
     </row>
-    <row r="86" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B86" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="16">
         <v>97.812573414780005</v>
       </c>
       <c r="D86" s="16">
         <v>94.843527307503592</v>
       </c>
       <c r="E86" s="19">
         <v>102.83202060235341</v>
       </c>
     </row>
-    <row r="87" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B87" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="16">
         <v>96.661172414376892</v>
       </c>
       <c r="D87" s="16">
         <v>92.029285861334131</v>
       </c>
       <c r="E87" s="19">
         <v>101.13868495882065</v>
       </c>
     </row>
-    <row r="88" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B88" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="16">
         <v>97.410943970937907</v>
       </c>
       <c r="D88" s="16">
         <v>93.702266917864975</v>
       </c>
       <c r="E88" s="19">
         <v>102.54505723981487</v>
       </c>
     </row>
-    <row r="89" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B89" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C89" s="16">
         <v>98.200138945785895</v>
       </c>
       <c r="D89" s="16">
         <v>95.679962231258358</v>
       </c>
       <c r="E89" s="19">
         <v>104.71351076883302</v>
       </c>
     </row>
-    <row r="90" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B90" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C90" s="16">
         <v>97.922173788035209</v>
       </c>
       <c r="D90" s="16">
         <v>95.081443565142294</v>
       </c>
       <c r="E90" s="19">
         <v>104.01653537250574</v>
       </c>
     </row>
-    <row r="91" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A91" s="7">
         <v>2019</v>
       </c>
       <c r="B91" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C91" s="16">
         <v>98.353791911195259</v>
       </c>
       <c r="D91" s="16">
         <v>95.980873491253632</v>
       </c>
       <c r="E91" s="19">
         <v>106.21837208126888</v>
       </c>
       <c r="G91" s="18"/>
       <c r="H91" s="18"/>
       <c r="I91" s="18"/>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B92" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C92" s="16">
         <v>98.506838575035914</v>
       </c>
       <c r="D92" s="16">
         <v>96.26690542530099</v>
       </c>
       <c r="E92" s="19">
         <v>105.72540571895024</v>
       </c>
       <c r="G92" s="18"/>
       <c r="H92" s="18"/>
       <c r="I92" s="18"/>
     </row>
-    <row r="93" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B93" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C93" s="16">
         <v>97.355775030854332</v>
       </c>
       <c r="D93" s="16">
         <v>93.768772272656165</v>
       </c>
       <c r="E93" s="19">
         <v>103.27317730056308</v>
       </c>
       <c r="G93" s="18"/>
       <c r="H93" s="18"/>
       <c r="I93" s="18"/>
     </row>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B94" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="16">
         <v>97.820479177428695</v>
       </c>
       <c r="D94" s="16">
         <v>94.849197497256071</v>
       </c>
       <c r="E94" s="19">
         <v>103.94948227233137</v>
       </c>
       <c r="G94" s="18"/>
       <c r="H94" s="18"/>
       <c r="I94" s="18"/>
     </row>
-    <row r="95" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B95" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="16">
         <v>97.537697458058943</v>
       </c>
       <c r="D95" s="16">
         <v>94.29513241278471</v>
       </c>
       <c r="E95" s="19">
         <v>103.18061705807636</v>
       </c>
       <c r="G95" s="18"/>
       <c r="H95" s="18"/>
       <c r="I95" s="18"/>
     </row>
-    <row r="96" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B96" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="16">
         <v>97.236892672543206</v>
       </c>
       <c r="D96" s="16">
         <v>93.652279469390805</v>
       </c>
       <c r="E96" s="19">
         <v>102.44204266036567</v>
       </c>
       <c r="G96" s="18"/>
       <c r="H96" s="18"/>
       <c r="I96" s="18"/>
     </row>
-    <row r="97" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B97" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C97" s="16">
         <v>98.189503079452138</v>
       </c>
       <c r="D97" s="16">
         <v>95.878075779475736</v>
       </c>
       <c r="E97" s="19">
         <v>104.30207520363273</v>
       </c>
     </row>
-    <row r="98" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B98" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="16">
         <v>96.65131870154795</v>
       </c>
       <c r="D98" s="16">
         <v>92.318102161370945</v>
       </c>
       <c r="E98" s="19">
         <v>101.30536618081095</v>
       </c>
     </row>
-    <row r="99" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B99" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="16">
         <v>97.294347274014115</v>
       </c>
       <c r="D99" s="16">
         <v>93.828440931648416</v>
       </c>
       <c r="E99" s="19">
         <v>102.48478623703581</v>
       </c>
     </row>
-    <row r="100" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B100" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="16">
         <v>97.119234671642346</v>
       </c>
       <c r="D100" s="16">
         <v>93.436818669923682</v>
       </c>
       <c r="E100" s="19">
         <v>102.18064428383732</v>
       </c>
     </row>
-    <row r="101" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B101" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C101" s="16">
         <v>97.218072488821875</v>
       </c>
       <c r="D101" s="16">
         <v>93.571642145792765</v>
       </c>
       <c r="E101" s="19">
         <v>102.37560358578219</v>
       </c>
     </row>
-    <row r="102" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B102" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C102" s="16">
         <v>97.795571550798272</v>
       </c>
       <c r="D102" s="16">
         <v>94.908228692443913</v>
       </c>
       <c r="E102" s="19">
         <v>103.03178182376854</v>
       </c>
     </row>
-    <row r="103" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103" s="7">
         <v>2020</v>
       </c>
       <c r="B103" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="16">
         <v>97.776817218934184</v>
       </c>
       <c r="D103" s="16">
         <v>94.781734843441299</v>
       </c>
       <c r="E103" s="19">
         <v>103.40762577126893</v>
       </c>
       <c r="K103" s="14"/>
       <c r="L103" s="14"/>
       <c r="M103" s="14"/>
     </row>
-    <row r="104" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B104" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="16">
         <v>96.967345559207388</v>
       </c>
       <c r="D104" s="16">
         <v>92.998858692237121</v>
       </c>
       <c r="E104" s="16">
         <v>101.62954508230715</v>
       </c>
       <c r="K104" s="14"/>
       <c r="L104" s="14"/>
       <c r="M104" s="14"/>
     </row>
-    <row r="105" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B105" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C105" s="16">
         <v>94.547524421895815</v>
       </c>
       <c r="D105" s="16">
         <v>87.253366928431404</v>
       </c>
       <c r="E105" s="16">
         <v>97.325871483926306</v>
       </c>
       <c r="K105" s="14"/>
       <c r="L105" s="14"/>
       <c r="M105" s="14"/>
     </row>
-    <row r="106" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B106" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C106" s="16">
         <v>92.389020077748569</v>
       </c>
       <c r="D106" s="16">
         <v>82.278153381862381</v>
       </c>
       <c r="E106" s="16">
         <v>93.21405597450574</v>
       </c>
       <c r="K106" s="14"/>
       <c r="L106" s="14"/>
       <c r="M106" s="14"/>
     </row>
-    <row r="107" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B107" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="16">
         <v>92.898458412106365</v>
       </c>
       <c r="D107" s="16">
         <v>83.480602872576526</v>
       </c>
       <c r="E107" s="16">
         <v>94.915997169206349</v>
       </c>
       <c r="K107" s="14"/>
       <c r="L107" s="14"/>
       <c r="M107" s="14"/>
     </row>
-    <row r="108" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B108" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="16">
         <v>93.882671118701893</v>
       </c>
       <c r="D108" s="16">
         <v>85.656970406972903</v>
       </c>
       <c r="E108" s="16">
         <v>96.650779086394579</v>
       </c>
       <c r="K108" s="14"/>
       <c r="L108" s="14"/>
       <c r="M108" s="14"/>
     </row>
-    <row r="109" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B109" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C109" s="16">
         <v>94.143735867836355</v>
       </c>
       <c r="D109" s="16">
         <v>86.223132239499705</v>
       </c>
       <c r="E109" s="16">
         <v>96.644601381244527</v>
       </c>
       <c r="K109" s="14"/>
       <c r="L109" s="14"/>
       <c r="M109" s="14"/>
     </row>
-    <row r="110" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B110" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="16">
         <v>93.214332198700006</v>
       </c>
       <c r="D110" s="16">
         <v>84.034923182160327</v>
       </c>
       <c r="E110" s="16">
         <v>95.062123768651148</v>
       </c>
       <c r="K110" s="14"/>
       <c r="L110" s="14"/>
       <c r="M110" s="14"/>
     </row>
-    <row r="111" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="16">
         <v>93.765767122151544</v>
       </c>
       <c r="D111" s="16">
         <v>85.283472282082144</v>
       </c>
       <c r="E111" s="16">
         <v>96.1244722861518</v>
       </c>
       <c r="G111" s="14"/>
       <c r="H111" s="14"/>
       <c r="I111" s="14"/>
       <c r="K111" s="14"/>
       <c r="L111" s="14"/>
       <c r="M111" s="14"/>
     </row>
-    <row r="112" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B112" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="16">
         <v>94.067124456050465</v>
       </c>
       <c r="D112" s="16">
         <v>85.908587358718592</v>
       </c>
       <c r="E112" s="16">
         <v>96.481597626135567</v>
       </c>
       <c r="G112" s="14"/>
       <c r="H112" s="14"/>
       <c r="I112" s="14"/>
       <c r="K112" s="14"/>
       <c r="L112" s="14"/>
       <c r="M112" s="14"/>
     </row>
-    <row r="113" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B113" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C113" s="16">
         <v>95.238850324903936</v>
       </c>
       <c r="D113" s="16">
         <v>88.411525656003832</v>
       </c>
       <c r="E113" s="16">
         <v>98.785535033134465</v>
       </c>
       <c r="G113" s="14"/>
       <c r="H113" s="14"/>
       <c r="I113" s="14"/>
       <c r="K113" s="14"/>
       <c r="L113" s="14"/>
       <c r="M113" s="14"/>
     </row>
-    <row r="114" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B114" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C114" s="16">
         <v>95.939665137045338</v>
       </c>
       <c r="D114" s="16">
         <v>89.948568044348164</v>
       </c>
       <c r="E114" s="16">
         <v>99.864868005669294</v>
       </c>
       <c r="G114" s="14"/>
       <c r="H114" s="14"/>
       <c r="I114" s="14"/>
       <c r="K114" s="14"/>
       <c r="L114" s="14"/>
       <c r="M114" s="14"/>
     </row>
-    <row r="115" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A115" s="7">
         <v>2021</v>
       </c>
       <c r="B115" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="16">
         <v>95.472361276935857</v>
       </c>
       <c r="D115" s="16">
         <v>88.747828765022788</v>
       </c>
       <c r="E115" s="16">
         <v>99.412864540211942</v>
       </c>
       <c r="G115" s="14"/>
       <c r="H115" s="14"/>
       <c r="I115" s="14"/>
       <c r="K115" s="14"/>
       <c r="L115" s="14"/>
       <c r="M115" s="14"/>
     </row>
-    <row r="116" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B116" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C116" s="16">
         <v>96.113489984730492</v>
       </c>
       <c r="D116" s="16">
         <v>90.222608748627934</v>
       </c>
       <c r="E116" s="16">
         <v>100.45172121808255</v>
       </c>
       <c r="G116" s="14"/>
       <c r="H116" s="14"/>
       <c r="I116" s="14"/>
       <c r="K116" s="14"/>
       <c r="L116" s="14"/>
       <c r="M116" s="14"/>
     </row>
-    <row r="117" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B117" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C117" s="16">
         <v>95.984179278140587</v>
       </c>
       <c r="D117" s="16">
         <v>90.111154024454905</v>
       </c>
       <c r="E117" s="16">
         <v>100.33396164233039</v>
       </c>
       <c r="G117" s="14"/>
       <c r="H117" s="14"/>
       <c r="I117" s="14"/>
     </row>
-    <row r="118" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B118" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C118" s="16">
         <v>97.006295353479544</v>
       </c>
       <c r="D118" s="16">
         <v>92.274717338268871</v>
       </c>
       <c r="E118" s="16">
         <v>101.82702662627183</v>
       </c>
       <c r="G118" s="14"/>
       <c r="H118" s="14"/>
       <c r="I118" s="14"/>
     </row>
-    <row r="119" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B119" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="16">
         <v>97.34957682565036</v>
       </c>
       <c r="D119" s="16">
         <v>93.063884421710597</v>
       </c>
       <c r="E119" s="16">
         <v>102.50057193784174</v>
       </c>
       <c r="G119" s="14"/>
       <c r="H119" s="14"/>
       <c r="I119" s="14"/>
     </row>
-    <row r="120" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B120" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C120" s="16">
         <v>97.715359581748842</v>
       </c>
       <c r="D120" s="16">
         <v>93.866531761581996</v>
       </c>
       <c r="E120" s="16">
         <v>103.41414216045246</v>
       </c>
       <c r="G120" s="14"/>
       <c r="H120" s="14"/>
       <c r="I120" s="14"/>
     </row>
-    <row r="121" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B121" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C121" s="16">
         <v>96.913412856209135</v>
       </c>
       <c r="D121" s="16">
         <v>92.047932031362222</v>
       </c>
       <c r="E121" s="16">
         <v>101.36490190461626</v>
       </c>
       <c r="G121" s="14"/>
       <c r="H121" s="14"/>
       <c r="I121" s="14"/>
     </row>
-    <row r="122" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B122" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="16">
         <v>96.521001295826409</v>
       </c>
       <c r="D122" s="16">
         <v>91.198147124258341</v>
       </c>
       <c r="E122" s="16">
         <v>100.15830237483777</v>
       </c>
       <c r="G122" s="14"/>
       <c r="H122" s="14"/>
       <c r="I122" s="14"/>
     </row>
-    <row r="123" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B123" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="16">
         <v>96.929774400250409</v>
       </c>
       <c r="D123" s="16">
         <v>92.147988125487288</v>
       </c>
       <c r="E123" s="16">
         <v>100.98318993209134</v>
       </c>
       <c r="G123" s="14"/>
       <c r="H123" s="14"/>
       <c r="I123" s="14"/>
     </row>
-    <row r="124" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B124" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="16">
         <v>96.55435804894519</v>
       </c>
       <c r="D124" s="16">
         <v>91.188398774466364</v>
       </c>
       <c r="E124" s="16">
         <v>99.831667029613556</v>
       </c>
       <c r="G124" s="14"/>
       <c r="H124" s="14"/>
       <c r="I124" s="14"/>
     </row>
-    <row r="125" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B125" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C125" s="16">
         <v>95.633447831683654</v>
       </c>
       <c r="D125" s="16">
         <v>89.145084663021393</v>
       </c>
       <c r="E125" s="16">
         <v>98.277782022237545</v>
       </c>
       <c r="G125" s="14"/>
       <c r="H125" s="14"/>
       <c r="I125" s="14"/>
     </row>
-    <row r="126" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B126" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C126" s="16">
         <v>95.213366198241388</v>
       </c>
       <c r="D126" s="16">
         <v>88.135267028683757</v>
       </c>
       <c r="E126" s="16">
         <v>97.533368377375893</v>
       </c>
       <c r="G126" s="14"/>
       <c r="H126" s="14"/>
       <c r="I126" s="14"/>
     </row>
-    <row r="127" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A127" s="7">
         <v>2022</v>
       </c>
       <c r="B127" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="16">
         <v>95.734402650332115</v>
       </c>
       <c r="D127" s="16">
         <v>89.354570184144833</v>
       </c>
       <c r="E127" s="16">
         <v>99.126331010204183</v>
       </c>
       <c r="G127" s="14"/>
       <c r="H127" s="14"/>
       <c r="I127" s="14"/>
     </row>
-    <row r="128" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B128" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C128" s="16">
         <v>96.181958286444214</v>
       </c>
       <c r="D128" s="16">
         <v>90.312282523377547</v>
       </c>
       <c r="E128" s="16">
         <v>99.559094389956073</v>
       </c>
       <c r="G128" s="14"/>
       <c r="H128" s="14"/>
       <c r="I128" s="14"/>
     </row>
-    <row r="129" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B129" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C129" s="16">
         <v>96.899622319146033</v>
       </c>
       <c r="D129" s="16">
         <v>91.880583788299489</v>
       </c>
       <c r="E129" s="16">
         <v>100.47501891843851</v>
       </c>
       <c r="G129" s="14"/>
       <c r="H129" s="14"/>
       <c r="I129" s="14"/>
     </row>
-    <row r="130" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B130" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C130" s="16">
         <v>97.225351257771635</v>
       </c>
       <c r="D130" s="16">
         <v>92.71023748929359</v>
       </c>
       <c r="E130" s="16">
         <v>101.61220438134319</v>
       </c>
       <c r="G130" s="14"/>
       <c r="H130" s="14"/>
       <c r="I130" s="14"/>
     </row>
-    <row r="131" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B131" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="16">
         <v>96.307915034069694</v>
       </c>
       <c r="D131" s="16">
         <v>90.796064469331839</v>
       </c>
       <c r="E131" s="16">
         <v>99.306038373165251</v>
       </c>
       <c r="G131" s="14"/>
       <c r="H131" s="14"/>
       <c r="I131" s="14"/>
     </row>
-    <row r="132" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B132" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C132" s="16">
         <v>96.545436981486745</v>
       </c>
       <c r="D132" s="16">
         <v>91.256914617502048</v>
       </c>
       <c r="E132" s="16">
         <v>100.19799054894746</v>
       </c>
       <c r="G132" s="14"/>
       <c r="H132" s="14"/>
       <c r="I132" s="14"/>
     </row>
-    <row r="133" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B133" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C133" s="16">
         <v>95.438594940373335</v>
       </c>
       <c r="D133" s="16">
         <v>88.763799996825014</v>
       </c>
       <c r="E133" s="16">
         <v>98.71874924571722</v>
       </c>
       <c r="G133" s="14"/>
       <c r="H133" s="14"/>
       <c r="I133" s="14"/>
     </row>
-    <row r="134" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B134" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="16">
         <v>95.795634111101506</v>
       </c>
       <c r="D134" s="16">
         <v>89.616378828097879</v>
       </c>
       <c r="E134" s="16">
         <v>98.447672932822783</v>
       </c>
       <c r="G134" s="14"/>
       <c r="H134" s="14"/>
       <c r="I134" s="14"/>
     </row>
-    <row r="135" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B135" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="16">
         <v>95.075327504923166</v>
       </c>
       <c r="D135" s="16">
         <v>88.110807643743868</v>
       </c>
       <c r="E135" s="16">
         <v>96.963651379609459</v>
       </c>
       <c r="G135" s="14"/>
       <c r="H135" s="14"/>
       <c r="I135" s="14"/>
     </row>
-    <row r="136" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B136" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="16">
         <v>94.661746501902144</v>
       </c>
       <c r="D136" s="16">
         <v>87.165566542179931</v>
       </c>
       <c r="E136" s="16">
         <v>95.917594243654349</v>
       </c>
       <c r="G136" s="14"/>
       <c r="H136" s="14"/>
       <c r="I136" s="14"/>
     </row>
-    <row r="137" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B137" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C137" s="16">
         <v>95.157583505007437</v>
       </c>
       <c r="D137" s="16">
         <v>88.252955109758972</v>
       </c>
       <c r="E137" s="16">
         <v>97.306535195088287</v>
       </c>
       <c r="G137" s="14"/>
       <c r="H137" s="14"/>
       <c r="I137" s="14"/>
     </row>
-    <row r="138" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B138" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C138" s="16">
         <v>94.949479442713397</v>
       </c>
       <c r="D138" s="16">
         <v>87.542400483067738</v>
       </c>
       <c r="E138" s="16">
         <v>96.992527755323451</v>
       </c>
       <c r="G138" s="14"/>
       <c r="H138" s="14"/>
       <c r="I138" s="14"/>
     </row>
-    <row r="139" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="7">
         <v>2023</v>
       </c>
       <c r="B139" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="16">
         <v>94.854059339568863</v>
       </c>
       <c r="D139" s="16">
         <v>87.20710086374288</v>
       </c>
       <c r="E139" s="16">
         <v>97.848761071300416</v>
       </c>
       <c r="G139" s="14"/>
       <c r="H139" s="14"/>
       <c r="I139" s="14"/>
     </row>
-    <row r="140" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B140" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C140" s="16">
         <v>93.956589190137066</v>
       </c>
       <c r="D140" s="16">
         <v>85.171596545379614</v>
       </c>
       <c r="E140" s="16">
         <v>96.117523954257976</v>
       </c>
       <c r="G140" s="14"/>
       <c r="H140" s="14"/>
       <c r="I140" s="14"/>
     </row>
-    <row r="141" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B141" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C141" s="16">
         <v>93.55909300371043</v>
       </c>
       <c r="D141" s="16">
         <v>84.346272592837934</v>
       </c>
       <c r="E141" s="16">
         <v>95.281763105187878</v>
       </c>
       <c r="G141" s="14"/>
       <c r="H141" s="14"/>
       <c r="I141" s="14"/>
     </row>
-    <row r="142" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B142" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="16">
         <v>93.476715071150593</v>
       </c>
       <c r="D142" s="16">
         <v>84.127011102472238</v>
       </c>
       <c r="E142" s="16">
         <v>95.103722461827715</v>
       </c>
       <c r="G142" s="14"/>
       <c r="H142" s="14"/>
       <c r="I142" s="14"/>
     </row>
-    <row r="143" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B143" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="16">
         <v>92.65416863950729</v>
       </c>
       <c r="D143" s="16">
         <v>82.333046469615752</v>
       </c>
       <c r="E143" s="16">
         <v>93.631621358756647</v>
       </c>
       <c r="G143" s="14"/>
       <c r="H143" s="14"/>
       <c r="I143" s="14"/>
     </row>
-    <row r="144" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B144" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="16">
         <v>93.179569919569076</v>
       </c>
       <c r="D144" s="16">
         <v>83.643243982685291</v>
       </c>
       <c r="E144" s="16">
         <v>94.865163774244948</v>
       </c>
       <c r="G144" s="14"/>
       <c r="H144" s="14"/>
       <c r="I144" s="14"/>
     </row>
-    <row r="145" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B145" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C145" s="16">
         <v>93.71482419694658</v>
       </c>
       <c r="D145" s="16">
         <v>84.835278756846336</v>
       </c>
       <c r="E145" s="16">
         <v>96.312393225121184</v>
       </c>
       <c r="G145" s="14"/>
       <c r="H145" s="14"/>
       <c r="I145" s="14"/>
     </row>
-    <row r="146" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B146" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="16">
         <v>93.248248841991597</v>
       </c>
       <c r="D146" s="16">
         <v>83.792404292013984</v>
       </c>
       <c r="E146" s="16">
         <v>94.576239994370496</v>
       </c>
       <c r="G146" s="14"/>
       <c r="H146" s="14"/>
       <c r="I146" s="14"/>
     </row>
-    <row r="147" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B147" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="16">
         <v>93.214809976268512</v>
       </c>
       <c r="D147" s="16">
         <v>83.758106913404376</v>
       </c>
       <c r="E147" s="16">
         <v>94.663862235244238</v>
       </c>
       <c r="G147" s="14"/>
       <c r="H147" s="14"/>
       <c r="I147" s="14"/>
     </row>
-    <row r="148" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B148" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="16">
         <v>93.247664836461652</v>
       </c>
       <c r="D148" s="16">
         <v>83.845338044502469</v>
       </c>
       <c r="E148" s="16">
         <v>94.964321937541143</v>
       </c>
       <c r="G148" s="14"/>
       <c r="H148" s="14"/>
       <c r="I148" s="14"/>
     </row>
-    <row r="149" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B149" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C149" s="16">
         <v>93.608611801424658</v>
       </c>
       <c r="D149" s="16">
         <v>84.570686840093785</v>
       </c>
       <c r="E149" s="16">
         <v>96.051470844541527</v>
       </c>
       <c r="G149" s="14"/>
       <c r="H149" s="14"/>
       <c r="I149" s="14"/>
     </row>
-    <row r="150" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B150" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C150" s="16">
         <v>93.309653797602735</v>
       </c>
       <c r="D150" s="16">
         <v>83.840913272760574</v>
       </c>
       <c r="E150" s="16">
         <v>95.322764001620641</v>
       </c>
       <c r="G150" s="14"/>
       <c r="H150" s="14"/>
       <c r="I150" s="14"/>
     </row>
-    <row r="151" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="7">
         <v>2024</v>
       </c>
       <c r="B151" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C151" s="16">
         <v>93.193507072202962</v>
       </c>
       <c r="D151" s="16">
         <v>83.59601769818417</v>
       </c>
       <c r="E151" s="16">
         <v>96.263771925643155</v>
       </c>
       <c r="G151" s="14"/>
       <c r="H151" s="14"/>
       <c r="I151" s="14"/>
     </row>
-    <row r="152" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B152" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C152" s="16">
         <v>93.076505921679242</v>
       </c>
       <c r="D152" s="16">
         <v>83.363604697354234</v>
       </c>
       <c r="E152" s="16">
         <v>95.283644631814468</v>
       </c>
       <c r="G152" s="14"/>
       <c r="H152" s="14"/>
       <c r="I152" s="14"/>
     </row>
-    <row r="153" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B153" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C153" s="16">
         <v>93.184091150183804</v>
       </c>
       <c r="D153" s="16">
         <v>83.602720531098484</v>
       </c>
       <c r="E153" s="16">
         <v>95.228246049987419</v>
       </c>
       <c r="G153" s="14"/>
       <c r="H153" s="14"/>
       <c r="I153" s="14"/>
     </row>
-    <row r="154" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B154" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C154" s="16">
         <v>93.339522945002685</v>
       </c>
       <c r="D154" s="16">
         <v>83.965016094380488</v>
       </c>
       <c r="E154" s="16">
         <v>95.730743047639692</v>
       </c>
       <c r="G154" s="14"/>
       <c r="H154" s="14"/>
       <c r="I154" s="14"/>
     </row>
-    <row r="155" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B155" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C155" s="16">
         <v>93.829468885250591</v>
       </c>
       <c r="D155" s="16">
         <v>85.055399766586234</v>
       </c>
       <c r="E155" s="16">
         <v>96.789608940311368</v>
       </c>
       <c r="G155" s="14"/>
       <c r="H155" s="14"/>
       <c r="I155" s="14"/>
     </row>
-    <row r="156" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B156" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C156" s="16">
         <v>93.890792108017294</v>
       </c>
       <c r="D156" s="16">
         <v>85.208572929119725</v>
       </c>
       <c r="E156" s="16">
         <v>96.910424883304884</v>
       </c>
       <c r="G156" s="14"/>
       <c r="H156" s="14"/>
       <c r="I156" s="14"/>
     </row>
-    <row r="157" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B157" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C157" s="16">
         <v>94.044712853454655</v>
       </c>
       <c r="D157" s="16">
         <v>85.539465750976248</v>
       </c>
       <c r="E157" s="16">
         <v>97.832939600798611</v>
       </c>
       <c r="G157" s="14"/>
       <c r="H157" s="14"/>
       <c r="I157" s="14"/>
     </row>
-    <row r="158" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B158" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C158" s="16">
         <v>94.091516038020373</v>
       </c>
       <c r="D158" s="16">
         <v>85.528754063768901</v>
       </c>
       <c r="E158" s="16">
         <v>96.976574419374245</v>
       </c>
       <c r="G158" s="14"/>
       <c r="H158" s="14"/>
       <c r="I158" s="14"/>
     </row>
-    <row r="159" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B159" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="16">
         <v>94.462086511417482</v>
       </c>
       <c r="D159" s="16">
         <v>86.314118983262631</v>
       </c>
       <c r="E159" s="16">
         <v>97.460851002243558</v>
       </c>
       <c r="G159" s="14"/>
       <c r="H159" s="14"/>
       <c r="I159" s="14"/>
     </row>
-    <row r="160" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B160" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="16">
         <v>94.728310266023882</v>
       </c>
       <c r="D160" s="16">
         <v>86.923638737113606</v>
       </c>
       <c r="E160" s="16">
         <v>98.256751055743436</v>
       </c>
       <c r="G160" s="14"/>
       <c r="H160" s="14"/>
       <c r="I160" s="14"/>
     </row>
-    <row r="161" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B161" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C161" s="16">
         <v>94.606423090072809</v>
       </c>
       <c r="D161" s="16">
         <v>86.747856617510266</v>
       </c>
       <c r="E161" s="16">
         <v>98.401248025395773</v>
       </c>
       <c r="G161" s="14"/>
       <c r="H161" s="14"/>
       <c r="I161" s="14"/>
     </row>
-    <row r="162" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B162" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C162" s="16">
         <v>94.507628076024474</v>
       </c>
       <c r="D162" s="16">
         <v>86.544973513995373</v>
       </c>
       <c r="E162" s="16">
         <v>98.383702910293081</v>
       </c>
       <c r="G162" s="14"/>
       <c r="H162" s="14"/>
       <c r="I162" s="14"/>
     </row>
-    <row r="163" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="7">
         <v>2025</v>
       </c>
       <c r="B163" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="16">
         <v>94.02143510143614</v>
       </c>
       <c r="D163" s="16">
         <v>85.407339695962492</v>
       </c>
       <c r="E163" s="16">
         <v>98.21224532586055</v>
       </c>
       <c r="F163" s="20"/>
       <c r="G163" s="20"/>
       <c r="H163" s="20"/>
       <c r="I163" s="14"/>
     </row>
-    <row r="164" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B164" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C164" s="16">
         <v>94.251797647639663</v>
       </c>
       <c r="D164" s="16">
         <v>85.877904859667908</v>
       </c>
       <c r="E164" s="16">
         <v>98.5221821389745</v>
       </c>
       <c r="F164" s="20"/>
       <c r="G164" s="20"/>
       <c r="H164" s="20"/>
       <c r="I164" s="14"/>
     </row>
-    <row r="165" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B165" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C165" s="16">
         <v>94.189310575209788</v>
       </c>
       <c r="D165" s="16">
         <v>85.683373373121043</v>
       </c>
       <c r="E165" s="16">
         <v>98.927527713997804</v>
       </c>
       <c r="F165" s="20"/>
       <c r="G165" s="20"/>
       <c r="H165" s="20"/>
       <c r="I165" s="14"/>
     </row>
-    <row r="166" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B166" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C166" s="16">
         <v>93.211282660271337</v>
       </c>
       <c r="D166" s="16">
         <v>83.501650639049572</v>
       </c>
       <c r="E166" s="16">
         <v>96.746110803150174</v>
       </c>
       <c r="F166" s="20"/>
       <c r="G166" s="20"/>
       <c r="H166" s="20"/>
       <c r="I166" s="14"/>
     </row>
-    <row r="167" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B167" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="16">
         <v>94.002884228678823</v>
       </c>
       <c r="D167" s="16">
         <v>85.236071231800736</v>
       </c>
       <c r="E167" s="16">
         <v>98.389515072291431</v>
       </c>
       <c r="F167" s="20"/>
       <c r="G167" s="20"/>
       <c r="H167" s="20"/>
       <c r="I167" s="14"/>
     </row>
-    <row r="168" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B168" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C168" s="16">
         <v>94.172617685044813</v>
       </c>
       <c r="D168" s="16">
         <v>85.520381446474673</v>
       </c>
       <c r="E168" s="16">
         <v>98.776499092461179</v>
       </c>
       <c r="F168" s="20"/>
       <c r="G168" s="20"/>
       <c r="H168" s="20"/>
       <c r="I168" s="14"/>
     </row>
-    <row r="169" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B169" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C169" s="16">
         <v>94.264286866371791</v>
       </c>
       <c r="D169" s="16">
         <v>85.66590715804125</v>
       </c>
       <c r="E169" s="16">
         <v>99.155621023654646</v>
       </c>
       <c r="F169" s="20"/>
       <c r="G169" s="20"/>
       <c r="H169" s="20"/>
       <c r="I169" s="14"/>
     </row>
-    <row r="170" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B170" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="16">
         <v>94.449997210822062</v>
       </c>
       <c r="D170" s="16">
         <v>85.995891053093928</v>
       </c>
       <c r="E170" s="16">
         <v>98.357267926971744</v>
       </c>
       <c r="F170" s="20"/>
       <c r="G170" s="20"/>
       <c r="H170" s="20"/>
     </row>
-    <row r="172" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A172" s="7" t="s">
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B171" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" s="16">
+        <v>94.693777545440696</v>
+      </c>
+      <c r="D171" s="16">
+        <v>86.445336515833219</v>
+      </c>
+      <c r="E171" s="16">
+        <v>98.618281834133299</v>
+      </c>
+      <c r="F171" s="20"/>
+      <c r="G171" s="20"/>
+      <c r="H171" s="20"/>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="7" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a9718dbc26a7fe1c432363e75cc4f2" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3757,74 +3770,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8AA9EBB-EAD9-456D-A147-C7EF77BB5E6E}">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B90FED9F-9184-4860-AA74-310BD82A33B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD798930-4B68-4B51-9DEF-E01AAE440C0B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55139095-082A-46AA-82D4-F1697DD8D267}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -3851,27 +3898,33 @@
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SetDate">
     <vt:lpwstr>2021-11-05T06:34:37Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Name">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SiteId">
     <vt:lpwstr>7fbedcc9-7201-4aa8-8786-7001cf6a0802</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ActionId">
     <vt:lpwstr>c33e026f-3058-4ea5-8560-579b7cd45999</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101005A5C19C3C43D934B93D2A323AFC1241B</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>