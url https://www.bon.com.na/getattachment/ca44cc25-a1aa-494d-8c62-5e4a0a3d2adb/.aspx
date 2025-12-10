--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -10,77 +10,77 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="178" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4B7A6410-005A-4160-BAFC-45E058C2BDC8}"/>
+  <xr:revisionPtr revIDLastSave="195" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DA7C894E-6A00-424C-A432-C525C75CEBAB}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="24">
   <si>
     <t>Real effective exchange rate indices</t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -558,57 +558,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M173"/>
+  <dimension ref="A1:M174"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C161" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="F170" sqref="F170"/>
+      <selection pane="bottomRight" activeCell="G166" sqref="G166"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="9.140625" style="7"/>
     <col min="6" max="8" width="22" style="7" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
       <c r="B2" s="1"/>
       <c r="C2" s="9" t="s">
         <v>0</v>
@@ -3331,226 +3331,243 @@
       </c>
       <c r="D162" s="16">
         <v>86.544973513995373</v>
       </c>
       <c r="E162" s="16">
         <v>98.383702910293081</v>
       </c>
       <c r="G162" s="14"/>
       <c r="H162" s="14"/>
       <c r="I162" s="14"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="7">
         <v>2025</v>
       </c>
       <c r="B163" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="16">
         <v>94.02143510143614</v>
       </c>
       <c r="D163" s="16">
         <v>85.407339695962492</v>
       </c>
       <c r="E163" s="16">
-        <v>98.21224532586055</v>
+        <v>98.326126857019858</v>
       </c>
       <c r="F163" s="20"/>
       <c r="G163" s="20"/>
       <c r="H163" s="20"/>
       <c r="I163" s="14"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B164" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C164" s="16">
         <v>94.251797647639663</v>
       </c>
       <c r="D164" s="16">
         <v>85.877904859667908</v>
       </c>
       <c r="E164" s="16">
-        <v>98.5221821389745</v>
+        <v>98.641834624510466</v>
       </c>
       <c r="F164" s="20"/>
       <c r="G164" s="20"/>
       <c r="H164" s="20"/>
       <c r="I164" s="14"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B165" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C165" s="16">
         <v>94.189310575209788</v>
       </c>
       <c r="D165" s="16">
         <v>85.683373373121043</v>
       </c>
       <c r="E165" s="16">
-        <v>98.927527713997804</v>
+        <v>99.055482947688105</v>
       </c>
       <c r="F165" s="20"/>
       <c r="G165" s="20"/>
       <c r="H165" s="20"/>
       <c r="I165" s="14"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B166" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C166" s="16">
         <v>93.211282660271337</v>
       </c>
       <c r="D166" s="16">
         <v>83.501650639049572</v>
       </c>
       <c r="E166" s="16">
-        <v>96.746110803150174</v>
+        <v>96.873123648572403</v>
       </c>
       <c r="F166" s="20"/>
       <c r="G166" s="20"/>
       <c r="H166" s="20"/>
       <c r="I166" s="14"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B167" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="16">
         <v>94.002884228678823</v>
       </c>
       <c r="D167" s="16">
         <v>85.236071231800736</v>
       </c>
       <c r="E167" s="16">
-        <v>98.389515072291431</v>
+        <v>98.516426671762758</v>
       </c>
       <c r="F167" s="20"/>
       <c r="G167" s="20"/>
       <c r="H167" s="20"/>
       <c r="I167" s="14"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B168" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C168" s="16">
         <v>94.172617685044813</v>
       </c>
       <c r="D168" s="16">
         <v>85.520381446474673</v>
       </c>
       <c r="E168" s="16">
-        <v>98.776499092461179</v>
+        <v>98.901575233188638</v>
       </c>
       <c r="F168" s="20"/>
       <c r="G168" s="20"/>
       <c r="H168" s="20"/>
       <c r="I168" s="14"/>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B169" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C169" s="16">
         <v>94.264286866371791</v>
       </c>
       <c r="D169" s="16">
         <v>85.66590715804125</v>
       </c>
       <c r="E169" s="16">
-        <v>99.155621023654646</v>
+        <v>99.270898105247241</v>
       </c>
       <c r="F169" s="20"/>
       <c r="G169" s="20"/>
       <c r="H169" s="20"/>
       <c r="I169" s="14"/>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B170" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="16">
         <v>94.449997210822062</v>
       </c>
       <c r="D170" s="16">
         <v>85.995891053093928</v>
       </c>
       <c r="E170" s="16">
-        <v>98.357267926971744</v>
+        <v>98.491598419445026</v>
       </c>
       <c r="F170" s="20"/>
       <c r="G170" s="20"/>
       <c r="H170" s="20"/>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B171" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="16">
         <v>94.693777545440696</v>
       </c>
       <c r="D171" s="16">
         <v>86.445336515833219</v>
       </c>
       <c r="E171" s="16">
-        <v>98.618281834133299</v>
+        <v>98.754568899845324</v>
       </c>
       <c r="F171" s="20"/>
       <c r="G171" s="20"/>
       <c r="H171" s="20"/>
     </row>
-    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="7" t="s">
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B172" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="16">
+        <v>95.096431609821011</v>
+      </c>
+      <c r="D172" s="16">
+        <v>87.328996806705604</v>
+      </c>
+      <c r="E172" s="16">
+        <v>99.732602792548363</v>
+      </c>
+      <c r="F172" s="20"/>
+      <c r="G172" s="20"/>
+      <c r="H172" s="20"/>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="7" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3793,51 +3810,51 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B90FED9F-9184-4860-AA74-310BD82A33B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AADB04F8-043F-4C78-92CE-1294F43350B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD798930-4B68-4B51-9DEF-E01AAE440C0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>