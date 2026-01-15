--- v2 (2025-12-10)
+++ v3 (2026-01-15)
@@ -3,84 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="195" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DA7C894E-6A00-424C-A432-C525C75CEBAB}"/>
+  <xr:revisionPtr revIDLastSave="207" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{95D1878B-9FE4-480A-B64F-3EE017BE40BA}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="24">
   <si>
     <t>Real effective exchange rate indices</t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -558,57 +558,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M174"/>
+  <dimension ref="A1:M175"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C161" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C162" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="G166" sqref="G166"/>
+      <selection pane="bottomRight" activeCell="G167" sqref="G167"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="9.140625" style="7"/>
     <col min="6" max="8" width="22" style="7" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
       <c r="B2" s="1"/>
       <c r="C2" s="9" t="s">
         <v>0</v>
@@ -3474,127 +3474,145 @@
       </c>
       <c r="C170" s="16">
         <v>94.449997210822062</v>
       </c>
       <c r="D170" s="16">
         <v>85.995891053093928</v>
       </c>
       <c r="E170" s="16">
         <v>98.491598419445026</v>
       </c>
       <c r="F170" s="20"/>
       <c r="G170" s="20"/>
       <c r="H170" s="20"/>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B171" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="16">
         <v>94.693777545440696</v>
       </c>
       <c r="D171" s="16">
         <v>86.445336515833219</v>
       </c>
       <c r="E171" s="16">
-        <v>98.754568899845324</v>
+        <v>98.737021656098747</v>
       </c>
       <c r="F171" s="20"/>
       <c r="G171" s="20"/>
       <c r="H171" s="20"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B172" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="16">
         <v>95.096431609821011</v>
       </c>
       <c r="D172" s="16">
-        <v>87.328996806705604</v>
+        <v>87.32899680670559</v>
       </c>
       <c r="E172" s="16">
-        <v>99.732602792548363</v>
+        <v>99.726653600552396</v>
       </c>
       <c r="F172" s="20"/>
       <c r="G172" s="20"/>
       <c r="H172" s="20"/>
     </row>
-    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="7" t="s">
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B173" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C173" s="16">
+        <v>95.208394909971759</v>
+      </c>
+      <c r="D173" s="16">
+        <v>87.556448568129369</v>
+      </c>
+      <c r="E173" s="16">
+        <v>100.02444032347304</v>
+      </c>
+      <c r="F173" s="20"/>
+      <c r="G173" s="20"/>
+      <c r="H173" s="20"/>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="7" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12570f71-645b-41be-b316-af6cb6d3d1b1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -3644,50 +3662,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23656839-d31d-4903-8635-eff7f90abed5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89e6558f-5113-49e0-8f98-ced932a8e8dc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3788,107 +3811,91 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A7A83CE-7E02-49BC-8917-8FEDD3F9F8D8}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AADB04F8-043F-4C78-92CE-1294F43350B7}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55139095-082A-46AA-82D4-F1697DD8D267}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD798930-4B68-4B51-9DEF-E01AAE440C0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>