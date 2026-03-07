--- v3 (2026-01-15)
+++ v4 (2026-03-07)
@@ -3,84 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="207" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{95D1878B-9FE4-480A-B64F-3EE017BE40BA}"/>
+  <xr:revisionPtr revIDLastSave="233" documentId="13_ncr:1_{3A0D50D0-FA20-4AE1-B7BA-DEF131B3A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{69017ACF-C33D-4BB2-A124-F84E7961B99D}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="24">
   <si>
     <t>Real effective exchange rate indices</t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -558,57 +558,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M175"/>
+  <dimension ref="A1:M177"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C162" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="G167" sqref="G167"/>
+      <selection pane="bottomRight" activeCell="F163" sqref="F163:H175"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="9.140625" style="7"/>
     <col min="6" max="8" width="22" style="7" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
       <c r="B2" s="1"/>
       <c r="C2" s="9" t="s">
         <v>0</v>
@@ -3508,83 +3508,144 @@
       </c>
       <c r="C172" s="16">
         <v>95.096431609821011</v>
       </c>
       <c r="D172" s="16">
         <v>87.32899680670559</v>
       </c>
       <c r="E172" s="16">
         <v>99.726653600552396</v>
       </c>
       <c r="F172" s="20"/>
       <c r="G172" s="20"/>
       <c r="H172" s="20"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B173" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C173" s="16">
         <v>95.208394909971759</v>
       </c>
       <c r="D173" s="16">
         <v>87.556448568129369</v>
       </c>
       <c r="E173" s="16">
-        <v>100.02444032347304</v>
+        <v>100.07361321827298</v>
       </c>
       <c r="F173" s="20"/>
       <c r="G173" s="20"/>
       <c r="H173" s="20"/>
     </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B174" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C174" s="16">
+        <v>95.557148798782066</v>
+      </c>
+      <c r="D174" s="16">
+        <v>88.196178571899011</v>
+      </c>
+      <c r="E174" s="16">
+        <v>100.65783217783645</v>
+      </c>
+      <c r="F174" s="20"/>
+      <c r="G174" s="20"/>
+      <c r="H174" s="20"/>
+    </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="7" t="s">
+      <c r="B175" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="C175" s="16">
+        <v>96.512674780081781</v>
+      </c>
+      <c r="D175" s="16">
+        <v>90.170812344306512</v>
+      </c>
+      <c r="E175" s="16">
+        <v>102.90400839727957</v>
+      </c>
+      <c r="F175" s="20"/>
+      <c r="G175" s="20"/>
+      <c r="H175" s="20"/>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="F176" s="20"/>
+      <c r="G176" s="20"/>
+      <c r="H176" s="20"/>
+    </row>
+    <row r="177" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A177" s="7" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23cc97882b7680b629782d6f41d7542e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31ef9691cfc004a447e85e06047e2d43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3810,92 +3871,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A7A83CE-7E02-49BC-8917-8FEDD3F9F8D8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD798930-4B68-4B51-9DEF-E01AAE440C0B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55139095-082A-46AA-82D4-F1697DD8D267}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD798930-4B68-4B51-9DEF-E01AAE440C0B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E7D4DD3-4FA2-453E-9407-545BD10DBC2B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>