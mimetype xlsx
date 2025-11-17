--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="207" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{92CD2759-9917-4A3D-973E-83C5F76D6F38}"/>
+  <xr:revisionPtr revIDLastSave="211" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EFA39AD1-930E-4837-AA7D-CEFB4DC1F11B}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NEER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="25">
   <si>
     <t xml:space="preserve">Nominal effective exchange rate </t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -321,51 +322,51 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -591,2999 +592,3020 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M186"/>
+  <dimension ref="A1:M187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C159" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="F164" sqref="F164"/>
+      <selection pane="bottomRight" activeCell="G165" sqref="G165"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="9.109375" style="8"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.5546875" style="8" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9.140625" style="8"/>
+    <col min="3" max="4" width="9.5703125" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="22" style="8" bestFit="1" customWidth="1"/>
-    <col min="9" max="16384" width="9.109375" style="8"/>
+    <col min="9" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="19.2" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:10" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="7"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B2" s="1"/>
       <c r="C2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="2"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="1"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="2"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="12" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="12"/>
       <c r="H4" s="2"/>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="3"/>
       <c r="G5" s="12"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="13" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="5"/>
       <c r="G6" s="13"/>
       <c r="H6" s="4"/>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>2012</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="21">
         <v>114.3717239308226</v>
       </c>
       <c r="D7" s="21">
         <v>138.96726297166316</v>
       </c>
       <c r="E7" s="27">
         <v>121.1068743127542</v>
       </c>
       <c r="F7" s="16"/>
       <c r="G7" s="15"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
       <c r="B8" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="21">
         <v>115.3462900547142</v>
       </c>
       <c r="D8" s="21">
         <v>141.72338440341073</v>
       </c>
       <c r="E8" s="27">
         <v>123.23806694432254</v>
       </c>
       <c r="F8" s="16"/>
       <c r="G8" s="15"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="6"/>
       <c r="B9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="21">
         <v>116.34025342180519</v>
       </c>
       <c r="D9" s="21">
         <v>143.00408559775013</v>
       </c>
       <c r="E9" s="27">
         <v>123.98577070627059</v>
       </c>
       <c r="F9" s="16"/>
       <c r="G9" s="15"/>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="6"/>
       <c r="B10" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="21">
         <v>115.31122387772596</v>
       </c>
       <c r="D10" s="21">
         <v>140.11138367483889</v>
       </c>
       <c r="E10" s="27">
         <v>122.2526802002638</v>
       </c>
       <c r="F10" s="16"/>
       <c r="G10" s="15"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="6"/>
       <c r="B11" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="21">
         <v>114.13004746203089</v>
       </c>
       <c r="D11" s="21">
         <v>137.21757848641184</v>
       </c>
       <c r="E11" s="27">
         <v>120.66835611046265</v>
       </c>
       <c r="F11" s="16"/>
       <c r="G11" s="15"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="21">
         <v>113.92607917063593</v>
       </c>
       <c r="D12" s="21">
         <v>135.76672183486764</v>
       </c>
       <c r="E12" s="27">
         <v>119.61975948551323</v>
       </c>
       <c r="F12" s="16"/>
       <c r="G12" s="15"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
       <c r="B13" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="21">
         <v>113.97425129641432</v>
       </c>
       <c r="D13" s="21">
         <v>136.84797830372051</v>
       </c>
       <c r="E13" s="27">
         <v>121.08868219384148</v>
       </c>
       <c r="F13" s="16"/>
       <c r="G13" s="15"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="6"/>
       <c r="B14" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="21">
         <v>113.7690676146422</v>
       </c>
       <c r="D14" s="21">
         <v>136.33956819195271</v>
       </c>
       <c r="E14" s="27">
         <v>120.66515939884547</v>
       </c>
       <c r="F14" s="16"/>
       <c r="G14" s="15"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="6"/>
       <c r="B15" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21">
         <v>113.0132532340333</v>
       </c>
       <c r="D15" s="21">
         <v>134.43350755720186</v>
       </c>
       <c r="E15" s="27">
         <v>119.6520909967779</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="15"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="6"/>
       <c r="B16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="21">
         <v>110.42208869530253</v>
       </c>
       <c r="D16" s="21">
         <v>128.82251799232344</v>
       </c>
       <c r="E16" s="27">
         <v>116.47618248884147</v>
       </c>
       <c r="F16" s="16"/>
       <c r="G16" s="15"/>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="6"/>
       <c r="B17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="21">
         <v>109.52348825019764</v>
       </c>
       <c r="D17" s="21">
         <v>126.93169822267902</v>
       </c>
       <c r="E17" s="27">
         <v>115.7687928395497</v>
       </c>
       <c r="F17" s="16"/>
       <c r="G17" s="15"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="6"/>
       <c r="B18" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="21">
         <v>110.51644929116937</v>
       </c>
       <c r="D18" s="21">
         <v>128.66634300406253</v>
       </c>
       <c r="E18" s="27">
         <v>116.39055472750366</v>
       </c>
       <c r="F18" s="16"/>
       <c r="G18" s="15"/>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>2013</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="21">
         <v>108.95048635633023</v>
       </c>
       <c r="D19" s="21">
         <v>125.8044913136645</v>
       </c>
       <c r="E19" s="27">
         <v>115.10908015780393</v>
       </c>
       <c r="F19" s="17"/>
       <c r="G19" s="15"/>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="6"/>
       <c r="B20" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="21">
         <v>108.95798738133047</v>
       </c>
       <c r="D20" s="21">
         <v>125.10413908326595</v>
       </c>
       <c r="E20" s="27">
         <v>114.3871712723618</v>
       </c>
       <c r="F20" s="17"/>
       <c r="G20" s="15"/>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="6"/>
       <c r="B21" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="21">
         <v>108.48824031011866</v>
       </c>
       <c r="D21" s="21">
         <v>123.07091622419787</v>
       </c>
       <c r="E21" s="27">
         <v>113.12080782339609</v>
       </c>
       <c r="F21" s="17"/>
       <c r="G21" s="15"/>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
       <c r="B22" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="21">
         <v>108.63801219617818</v>
       </c>
       <c r="D22" s="21">
         <v>123.27063259583238</v>
       </c>
       <c r="E22" s="27">
         <v>113.34796065456756</v>
       </c>
       <c r="F22" s="17"/>
       <c r="G22" s="15"/>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="21">
         <v>107.36458761782164</v>
       </c>
       <c r="D23" s="21">
         <v>120.6262825430271</v>
       </c>
       <c r="E23" s="27">
         <v>111.85963849976386</v>
       </c>
       <c r="F23" s="17"/>
       <c r="G23" s="15"/>
     </row>
-    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="6"/>
       <c r="B24" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="21">
         <v>105.03542828818696</v>
       </c>
       <c r="D24" s="21">
         <v>114.56285995202757</v>
       </c>
       <c r="E24" s="27">
         <v>108.19103656081202</v>
       </c>
       <c r="F24" s="17"/>
       <c r="G24" s="15"/>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="6"/>
       <c r="B25" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="21">
         <v>105.63965602602674</v>
       </c>
       <c r="D25" s="21">
         <v>115.21642468220651</v>
       </c>
       <c r="E25" s="27">
         <v>109.09753139043954</v>
       </c>
       <c r="F25" s="17"/>
       <c r="G25" s="15"/>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="6"/>
       <c r="B26" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="21">
         <v>104.94058622345942</v>
       </c>
       <c r="D26" s="21">
         <v>113.27449282466746</v>
       </c>
       <c r="E26" s="27">
         <v>108.17170773299634</v>
       </c>
       <c r="F26" s="17"/>
       <c r="G26" s="15"/>
     </row>
-    <row r="27" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="6"/>
       <c r="B27" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="21">
         <v>105.49817964675579</v>
       </c>
       <c r="D27" s="21">
         <v>114.20664953417875</v>
       </c>
       <c r="E27" s="27">
         <v>108.70316815393336</v>
       </c>
       <c r="F27" s="17"/>
       <c r="G27" s="15"/>
     </row>
-    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="6"/>
       <c r="B28" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="21">
         <v>105.05563085850513</v>
       </c>
       <c r="D28" s="21">
         <v>113.5853433814634</v>
       </c>
       <c r="E28" s="27">
         <v>108.41866071468918</v>
       </c>
       <c r="F28" s="17"/>
       <c r="G28" s="15"/>
     </row>
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="6"/>
       <c r="B29" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="21">
         <v>104.20787987141669</v>
       </c>
       <c r="D29" s="21">
         <v>111.59267282757318</v>
       </c>
       <c r="E29" s="27">
         <v>107.22652969986913</v>
       </c>
       <c r="F29" s="17"/>
       <c r="G29" s="15"/>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="6"/>
       <c r="B30" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C30" s="21">
         <v>103.48229170993363</v>
       </c>
       <c r="D30" s="21">
         <v>109.98247928586285</v>
       </c>
       <c r="E30" s="27">
         <v>106.05945342699917</v>
       </c>
       <c r="F30" s="17"/>
       <c r="G30" s="15"/>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>2014</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="21">
         <v>101.61494179876787</v>
       </c>
       <c r="D31" s="21">
         <v>106.06990238090727</v>
       </c>
       <c r="E31" s="27">
         <v>103.8052605946535</v>
       </c>
       <c r="F31" s="17"/>
       <c r="G31" s="15"/>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="6"/>
       <c r="B32" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="21">
         <v>101.52533200695208</v>
       </c>
       <c r="D32" s="21">
         <v>105.33636285807391</v>
       </c>
       <c r="E32" s="27">
         <v>103.38036770317358</v>
       </c>
       <c r="F32" s="17"/>
       <c r="G32" s="15"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="6"/>
       <c r="B33" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="21">
         <v>102.46804361431361</v>
       </c>
       <c r="D33" s="21">
         <v>106.76884430320062</v>
       </c>
       <c r="E33" s="27">
         <v>104.36039272264907</v>
       </c>
       <c r="F33" s="17"/>
       <c r="G33" s="15"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="6"/>
       <c r="B34" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="21">
         <v>102.50307887023487</v>
       </c>
       <c r="D34" s="21">
         <v>107.52243238271322</v>
       </c>
       <c r="E34" s="27">
         <v>105.37100663446488</v>
       </c>
       <c r="F34" s="17"/>
       <c r="G34" s="15"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="6"/>
       <c r="B35" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="21">
         <v>102.80071985824848</v>
       </c>
       <c r="D35" s="21">
         <v>108.33507459043918</v>
       </c>
       <c r="E35" s="27">
         <v>105.95588750751466</v>
       </c>
       <c r="F35" s="17"/>
       <c r="G35" s="15"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="6"/>
       <c r="B36" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="21">
         <v>102.08662078546462</v>
       </c>
       <c r="D36" s="21">
         <v>106.74861353440166</v>
       </c>
       <c r="E36" s="27">
         <v>104.98051814346459</v>
       </c>
       <c r="F36" s="17"/>
       <c r="G36" s="15"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="6"/>
       <c r="B37" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="21">
         <v>102.52567423974369</v>
       </c>
       <c r="D37" s="21">
         <v>106.7215978340998</v>
       </c>
       <c r="E37" s="27">
         <v>105.02841568173768</v>
       </c>
       <c r="F37" s="17"/>
       <c r="G37" s="15"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="6"/>
       <c r="B38" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="21">
         <v>102.76328793947512</v>
       </c>
       <c r="D38" s="21">
         <v>106.99240499106315</v>
       </c>
       <c r="E38" s="27">
         <v>105.24127856093867</v>
       </c>
       <c r="F38" s="17"/>
       <c r="G38" s="15"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="6"/>
       <c r="B39" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="21">
         <v>102.40486243808165</v>
       </c>
       <c r="D39" s="21">
         <v>106.28859924458963</v>
       </c>
       <c r="E39" s="27">
         <v>104.42735315184648</v>
       </c>
       <c r="F39" s="17"/>
       <c r="G39" s="15"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="6"/>
       <c r="B40" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="21">
         <v>102.24588553208829</v>
       </c>
       <c r="D40" s="21">
         <v>105.91646301097815</v>
       </c>
       <c r="E40" s="27">
         <v>104.25320904450822</v>
       </c>
       <c r="F40" s="17"/>
       <c r="G40" s="15"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="6"/>
       <c r="B41" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="21">
         <v>102.05247171446983</v>
       </c>
       <c r="D41" s="21">
         <v>105.80774459672195</v>
       </c>
       <c r="E41" s="27">
         <v>104.41603115791148</v>
       </c>
       <c r="F41" s="17"/>
       <c r="G41" s="15"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="6"/>
       <c r="B42" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="21">
         <v>101.33123641669081</v>
       </c>
       <c r="D42" s="21">
         <v>104.35254051463906</v>
       </c>
       <c r="E42" s="27">
         <v>103.35335530626651</v>
       </c>
       <c r="F42" s="17"/>
       <c r="G42" s="15"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>2015</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="21">
         <v>100.78249418619811</v>
       </c>
       <c r="D43" s="21">
         <v>104.45262375274878</v>
       </c>
       <c r="E43" s="27">
         <v>103.88077669252465</v>
       </c>
       <c r="F43" s="17"/>
       <c r="G43" s="15"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="6"/>
       <c r="B44" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C44" s="21">
         <v>101.79840111292523</v>
       </c>
       <c r="D44" s="21">
         <v>105.91031600265192</v>
       </c>
       <c r="E44" s="27">
         <v>104.30346588534768</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="15"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="6"/>
       <c r="B45" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="21">
         <v>101.75489905578995</v>
       </c>
       <c r="D45" s="21">
         <v>104.56330156107043</v>
       </c>
       <c r="E45" s="27">
         <v>103.15057553790584</v>
       </c>
       <c r="F45" s="17"/>
       <c r="G45" s="15"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="6"/>
       <c r="B46" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="21">
         <v>102.0890665120769</v>
       </c>
       <c r="D46" s="21">
         <v>104.79171381108726</v>
       </c>
       <c r="E46" s="27">
         <v>103.38023825737942</v>
       </c>
       <c r="F46" s="17"/>
       <c r="G46" s="15"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="6"/>
       <c r="B47" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="21">
         <v>101.72597360471566</v>
       </c>
       <c r="D47" s="21">
         <v>103.84452515439759</v>
       </c>
       <c r="E47" s="27">
         <v>103.04089818598653</v>
       </c>
       <c r="F47" s="17"/>
       <c r="G47" s="15"/>
       <c r="H47" s="19"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="6"/>
       <c r="B48" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="21">
         <v>100.91008192473375</v>
       </c>
       <c r="D48" s="21">
         <v>101.77980750607433</v>
       </c>
       <c r="E48" s="27">
         <v>101.70160918425262</v>
       </c>
       <c r="F48" s="17"/>
       <c r="G48" s="15"/>
       <c r="H48" s="19"/>
     </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A49" s="6"/>
       <c r="B49" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="21">
         <v>101.1135816206006</v>
       </c>
       <c r="D49" s="21">
         <v>101.41085043459411</v>
       </c>
       <c r="E49" s="27">
         <v>101.44144606168125</v>
       </c>
       <c r="F49" s="17"/>
       <c r="G49" s="15"/>
       <c r="H49" s="19"/>
     </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" s="6"/>
       <c r="B50" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="21">
         <v>99.948543829940249</v>
       </c>
       <c r="D50" s="21">
         <v>99.162545754128701</v>
       </c>
       <c r="E50" s="27">
         <v>100.05119405805296</v>
       </c>
       <c r="F50" s="17"/>
       <c r="G50" s="15"/>
       <c r="H50" s="19"/>
     </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A51" s="6"/>
       <c r="B51" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="21">
         <v>98.510095051935224</v>
       </c>
       <c r="D51" s="21">
         <v>95.88723269013181</v>
       </c>
       <c r="E51" s="27">
         <v>97.799250138079444</v>
       </c>
       <c r="F51" s="17"/>
       <c r="G51" s="15"/>
       <c r="H51" s="19"/>
     </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A52" s="6"/>
       <c r="B52" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="21">
         <v>96.998601668152247</v>
       </c>
       <c r="D52" s="21">
         <v>92.661257781667771</v>
       </c>
       <c r="E52" s="27">
         <v>96.442964032241576</v>
       </c>
       <c r="F52" s="17"/>
       <c r="G52" s="15"/>
       <c r="H52" s="19"/>
     </row>
-    <row r="53" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A53" s="6"/>
       <c r="B53" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="21">
         <v>97.899847787688756</v>
       </c>
       <c r="D53" s="21">
         <v>94.497979263226725</v>
       </c>
       <c r="E53" s="27">
         <v>96.925492157809089</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="15"/>
       <c r="H53" s="19"/>
     </row>
-    <row r="54" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A54" s="6"/>
       <c r="B54" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="21">
         <v>96.539635718135287</v>
       </c>
       <c r="D54" s="21">
         <v>91.365022425277857</v>
       </c>
       <c r="E54" s="27">
         <v>94.73331917094761</v>
       </c>
       <c r="F54" s="17"/>
       <c r="G54" s="15"/>
       <c r="H54" s="19"/>
     </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>2016</v>
       </c>
       <c r="B55" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="21">
         <v>92.346952357233278</v>
       </c>
       <c r="D55" s="21">
         <v>83.891050696927635</v>
       </c>
       <c r="E55" s="27">
         <v>91.565495237532403</v>
       </c>
       <c r="F55" s="17"/>
       <c r="G55" s="15"/>
       <c r="H55" s="19"/>
     </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A56" s="6"/>
       <c r="B56" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C56" s="21">
         <v>93.462028168009766</v>
       </c>
       <c r="D56" s="21">
         <v>85.460370518842112</v>
       </c>
       <c r="E56" s="27">
         <v>92.680006895387535</v>
       </c>
       <c r="F56" s="17"/>
       <c r="G56" s="15"/>
       <c r="H56" s="19"/>
     </row>
-    <row r="57" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" s="6"/>
       <c r="B57" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C57" s="21">
         <v>93.67667610041002</v>
       </c>
       <c r="D57" s="21">
         <v>86.127118967268231</v>
       </c>
       <c r="E57" s="27">
         <v>93.366619999141491</v>
       </c>
       <c r="F57" s="17"/>
       <c r="G57" s="15"/>
       <c r="H57" s="19"/>
     </row>
-    <row r="58" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A58" s="6"/>
       <c r="B58" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="21">
         <v>94.787027729072008</v>
       </c>
       <c r="D58" s="21">
         <v>88.193994124034973</v>
       </c>
       <c r="E58" s="27">
         <v>94.9876150751994</v>
       </c>
       <c r="F58" s="17"/>
       <c r="G58" s="15"/>
       <c r="H58" s="19"/>
     </row>
-    <row r="59" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" s="6"/>
       <c r="B59" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="21">
         <v>93.478355855428021</v>
       </c>
       <c r="D59" s="21">
         <v>85.555461869323835</v>
       </c>
       <c r="E59" s="27">
         <v>93.292960712543305</v>
       </c>
       <c r="F59" s="17"/>
       <c r="G59" s="15"/>
       <c r="H59" s="19"/>
       <c r="L59" s="20"/>
     </row>
-    <row r="60" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A60" s="6"/>
       <c r="B60" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="21">
         <v>94.166329274802592</v>
       </c>
       <c r="D60" s="21">
         <v>86.780854587078949</v>
       </c>
       <c r="E60" s="27">
         <v>94.255890128404459</v>
       </c>
       <c r="F60" s="17"/>
       <c r="G60" s="15"/>
       <c r="H60" s="19"/>
       <c r="L60" s="20"/>
     </row>
-    <row r="61" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A61" s="6"/>
       <c r="B61" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C61" s="21">
         <v>95.311691880295569</v>
       </c>
       <c r="D61" s="21">
         <v>89.270422860372122</v>
       </c>
       <c r="E61" s="27">
         <v>96.350047736774385</v>
       </c>
       <c r="F61" s="17"/>
       <c r="G61" s="15"/>
       <c r="H61" s="19"/>
       <c r="L61" s="20"/>
     </row>
-    <row r="62" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A62" s="6"/>
       <c r="B62" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="21">
         <v>96.137619928919321</v>
       </c>
       <c r="D62" s="21">
         <v>91.468834230721484</v>
       </c>
       <c r="E62" s="27">
         <v>98.090020885902007</v>
       </c>
       <c r="F62" s="17"/>
       <c r="G62" s="15"/>
       <c r="H62" s="19"/>
       <c r="L62" s="20"/>
     </row>
-    <row r="63" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A63" s="6"/>
       <c r="B63" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="21">
         <v>95.684762570931113</v>
       </c>
       <c r="D63" s="21">
         <v>90.504978998373716</v>
       </c>
       <c r="E63" s="27">
         <v>97.236105452339373</v>
       </c>
       <c r="F63" s="17"/>
       <c r="G63" s="15"/>
       <c r="H63" s="19"/>
       <c r="L63" s="20"/>
     </row>
-    <row r="64" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A64" s="6"/>
       <c r="B64" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="21">
         <v>95.958353413634299</v>
       </c>
       <c r="D64" s="21">
         <v>91.184815146048948</v>
       </c>
       <c r="E64" s="27">
         <v>97.880175971251873</v>
       </c>
       <c r="F64" s="17"/>
       <c r="G64" s="15"/>
       <c r="H64" s="19"/>
       <c r="J64" s="20"/>
       <c r="L64" s="20"/>
     </row>
-    <row r="65" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A65" s="6"/>
       <c r="B65" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C65" s="21">
         <v>96.359409170026638</v>
       </c>
       <c r="D65" s="21">
         <v>92.07948155124285</v>
       </c>
       <c r="E65" s="27">
         <v>98.59758585648872</v>
       </c>
       <c r="F65" s="17"/>
       <c r="G65" s="15"/>
       <c r="H65" s="19"/>
       <c r="J65" s="20"/>
       <c r="L65" s="20"/>
     </row>
-    <row r="66" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A66" s="6"/>
       <c r="B66" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C66" s="21">
         <v>96.95965021332816</v>
       </c>
       <c r="D66" s="21">
         <v>93.265415500941486</v>
       </c>
       <c r="E66" s="27">
         <v>99.354553791573153</v>
       </c>
       <c r="F66" s="17"/>
       <c r="G66" s="15"/>
       <c r="H66" s="19"/>
       <c r="J66" s="20"/>
       <c r="L66" s="20"/>
     </row>
-    <row r="67" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>2017</v>
       </c>
       <c r="B67" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="21">
         <v>94.77749281437363</v>
       </c>
       <c r="D67" s="21">
         <v>91.549298566023111</v>
       </c>
       <c r="E67" s="27">
         <v>100.07963765917823</v>
       </c>
       <c r="F67" s="16"/>
       <c r="G67" s="15"/>
       <c r="H67" s="19"/>
       <c r="I67" s="6"/>
       <c r="J67" s="20"/>
       <c r="K67" s="20"/>
       <c r="L67" s="20"/>
     </row>
-    <row r="68" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A68" s="6"/>
       <c r="B68" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C68" s="21">
         <v>95.985211181234448</v>
       </c>
       <c r="D68" s="21">
         <v>93.244689763705182</v>
       </c>
       <c r="E68" s="27">
         <v>101.17075946892191</v>
       </c>
       <c r="F68" s="16"/>
       <c r="G68" s="15"/>
       <c r="H68" s="19"/>
       <c r="I68" s="6"/>
       <c r="J68" s="20"/>
       <c r="K68" s="20"/>
       <c r="L68" s="20"/>
     </row>
-    <row r="69" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A69" s="6"/>
       <c r="B69" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="21">
         <v>96.842335832886675</v>
       </c>
       <c r="D69" s="21">
         <v>94.673184812234695</v>
       </c>
       <c r="E69" s="27">
         <v>101.98555617132108</v>
       </c>
       <c r="F69" s="16"/>
       <c r="G69" s="15"/>
       <c r="H69" s="19"/>
       <c r="I69" s="6"/>
       <c r="J69" s="20"/>
       <c r="K69" s="20"/>
       <c r="L69" s="20"/>
     </row>
-    <row r="70" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A70" s="6"/>
       <c r="B70" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C70" s="21">
         <v>95.572001323854437</v>
       </c>
       <c r="D70" s="21">
         <v>92.105519582662495</v>
       </c>
       <c r="E70" s="27">
         <v>100.00800454260795</v>
       </c>
       <c r="F70" s="16"/>
       <c r="G70" s="15"/>
       <c r="H70" s="19"/>
       <c r="I70" s="23"/>
       <c r="J70" s="22"/>
       <c r="K70" s="22"/>
       <c r="L70" s="20"/>
     </row>
-    <row r="71" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A71" s="6"/>
       <c r="B71" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="21">
         <v>95.786984398395546</v>
       </c>
       <c r="D71" s="21">
         <v>92.278640445756039</v>
       </c>
       <c r="E71" s="27">
         <v>100.16760581151446</v>
       </c>
       <c r="F71" s="16"/>
       <c r="G71" s="15"/>
       <c r="H71" s="19"/>
       <c r="I71" s="23"/>
       <c r="J71" s="22"/>
       <c r="K71" s="22"/>
       <c r="L71" s="20"/>
     </row>
-    <row r="72" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B72" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C72" s="21">
         <v>96.270488419797829</v>
       </c>
       <c r="D72" s="21">
         <v>93.234528265242588</v>
       </c>
       <c r="E72" s="27">
         <v>101.01285986770836</v>
       </c>
       <c r="F72" s="18"/>
       <c r="G72" s="18"/>
       <c r="I72" s="22"/>
       <c r="J72" s="22"/>
       <c r="K72" s="22"/>
       <c r="L72" s="20"/>
     </row>
-    <row r="73" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B73" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C73" s="21">
         <v>95.762271037247899</v>
       </c>
       <c r="D73" s="21">
         <v>91.506055273842748</v>
       </c>
       <c r="E73" s="27">
         <v>99.750258573430841</v>
       </c>
       <c r="F73" s="18"/>
       <c r="G73" s="18"/>
       <c r="I73" s="22"/>
       <c r="J73" s="22"/>
       <c r="K73" s="22"/>
       <c r="L73" s="20"/>
     </row>
-    <row r="74" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B74" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="21">
         <v>95.231757050104449</v>
       </c>
       <c r="D74" s="21">
         <v>90.258463755233862</v>
       </c>
       <c r="E74" s="27">
         <v>98.781043119839566</v>
       </c>
       <c r="F74" s="18"/>
       <c r="G74" s="18"/>
       <c r="I74" s="22"/>
       <c r="J74" s="22"/>
       <c r="K74" s="22"/>
       <c r="L74" s="20"/>
     </row>
-    <row r="75" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B75" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="21">
         <v>95.269825963491755</v>
       </c>
       <c r="D75" s="21">
         <v>90.130914601635993</v>
       </c>
       <c r="E75" s="27">
         <v>98.753233401961992</v>
       </c>
       <c r="F75" s="18"/>
       <c r="G75" s="18"/>
       <c r="J75" s="20"/>
       <c r="K75" s="20"/>
       <c r="L75" s="20"/>
     </row>
-    <row r="76" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B76" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="21">
         <v>94.670642084015157</v>
       </c>
       <c r="D76" s="21">
         <v>88.446159737499116</v>
       </c>
       <c r="E76" s="27">
         <v>97.429567802561436</v>
       </c>
       <c r="F76" s="18"/>
       <c r="G76" s="18"/>
       <c r="J76" s="20"/>
       <c r="K76" s="20"/>
       <c r="L76" s="20"/>
     </row>
-    <row r="77" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B77" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C77" s="21">
         <v>93.895651151979905</v>
       </c>
       <c r="D77" s="21">
         <v>86.861032305237146</v>
       </c>
       <c r="E77" s="27">
         <v>96.218176510147742</v>
       </c>
       <c r="F77" s="18"/>
       <c r="G77" s="18"/>
       <c r="J77" s="20"/>
       <c r="K77" s="20"/>
       <c r="L77" s="20"/>
     </row>
-    <row r="78" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B78" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C78" s="21">
         <v>95.597896993150002</v>
       </c>
       <c r="D78" s="21">
         <v>90.398537044330155</v>
       </c>
       <c r="E78" s="27">
         <v>98.787040702575183</v>
       </c>
       <c r="F78" s="18"/>
       <c r="G78" s="18"/>
       <c r="J78" s="20"/>
       <c r="K78" s="20"/>
       <c r="L78" s="20"/>
     </row>
-    <row r="79" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A79" s="8">
         <v>2018</v>
       </c>
       <c r="B79" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="21">
         <v>95.662889294400188</v>
       </c>
       <c r="D79" s="21">
         <v>92.247965921575272</v>
       </c>
       <c r="E79" s="27">
         <v>101.28504279373809</v>
       </c>
       <c r="F79" s="18"/>
       <c r="G79" s="24"/>
       <c r="H79" s="22"/>
       <c r="I79" s="22"/>
       <c r="J79" s="20"/>
       <c r="K79" s="20"/>
       <c r="L79" s="20"/>
     </row>
-    <row r="80" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B80" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C80" s="21">
         <v>96.750630492811965</v>
       </c>
       <c r="D80" s="21">
         <v>93.826388675466546</v>
       </c>
       <c r="E80" s="27">
         <v>102.31006928617349</v>
       </c>
       <c r="F80" s="18"/>
       <c r="G80" s="24"/>
       <c r="H80" s="22"/>
       <c r="I80" s="22"/>
       <c r="J80" s="20"/>
       <c r="K80" s="20"/>
       <c r="L80" s="20"/>
     </row>
-    <row r="81" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B81" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C81" s="21">
         <v>96.856852318179008</v>
       </c>
       <c r="D81" s="21">
         <v>93.647970141108601</v>
       </c>
       <c r="E81" s="27">
         <v>102.29530935162914</v>
       </c>
       <c r="F81" s="18"/>
       <c r="G81" s="24"/>
       <c r="H81" s="22"/>
       <c r="I81" s="22"/>
       <c r="J81" s="20"/>
       <c r="K81" s="20"/>
       <c r="L81" s="20"/>
     </row>
-    <row r="82" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B82" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="21">
         <v>96.69267633970712</v>
       </c>
       <c r="D82" s="21">
         <v>92.484743075098308</v>
       </c>
       <c r="E82" s="27">
         <v>101.42321967411183</v>
       </c>
       <c r="F82" s="18"/>
       <c r="G82" s="24"/>
       <c r="H82" s="22"/>
       <c r="I82" s="22"/>
       <c r="J82" s="20"/>
       <c r="K82" s="20"/>
       <c r="L82" s="20"/>
     </row>
-    <row r="83" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B83" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="21">
         <v>96.147958891273902</v>
       </c>
       <c r="D83" s="21">
         <v>91.519348409045378</v>
       </c>
       <c r="E83" s="27">
         <v>100.72524985796235</v>
       </c>
       <c r="F83" s="18"/>
       <c r="G83" s="24"/>
       <c r="H83" s="22"/>
       <c r="I83" s="22"/>
       <c r="J83" s="20"/>
       <c r="K83" s="20"/>
       <c r="L83" s="20"/>
     </row>
-    <row r="84" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B84" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C84" s="21">
         <v>95.016271996386024</v>
       </c>
       <c r="D84" s="21">
         <v>88.823613898059776</v>
       </c>
       <c r="E84" s="27">
         <v>98.562061912092446</v>
       </c>
       <c r="F84" s="18"/>
       <c r="G84" s="24"/>
       <c r="H84" s="22"/>
       <c r="I84" s="22"/>
       <c r="J84" s="20"/>
       <c r="K84" s="20"/>
       <c r="L84" s="20"/>
     </row>
-    <row r="85" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B85" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="21">
         <v>95.189159997405639</v>
       </c>
       <c r="D85" s="21">
         <v>88.894597257189119</v>
       </c>
       <c r="E85" s="27">
         <v>98.790784663553296</v>
       </c>
       <c r="F85" s="18"/>
       <c r="G85" s="18"/>
     </row>
-    <row r="86" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B86" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="21">
         <v>94.240162406673122</v>
       </c>
       <c r="D86" s="21">
         <v>86.945041925391152</v>
       </c>
       <c r="E86" s="27">
         <v>97.150798370814258</v>
       </c>
       <c r="F86" s="18"/>
       <c r="G86" s="18"/>
     </row>
-    <row r="87" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B87" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="21">
         <v>92.910562066733505</v>
       </c>
       <c r="D87" s="21">
         <v>84.148183587987589</v>
       </c>
       <c r="E87" s="27">
         <v>95.321388091772718</v>
       </c>
       <c r="F87" s="18"/>
       <c r="G87" s="18"/>
     </row>
-    <row r="88" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B88" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="21">
         <v>93.59773477095905</v>
       </c>
       <c r="D88" s="21">
         <v>85.558216100314411</v>
       </c>
       <c r="E88" s="27">
         <v>96.530581621182449</v>
       </c>
       <c r="F88" s="18"/>
       <c r="G88" s="18"/>
     </row>
-    <row r="89" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B89" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C89" s="21">
         <v>93.710651284960008</v>
       </c>
       <c r="D89" s="21">
         <v>86.646404763298193</v>
       </c>
       <c r="E89" s="27">
         <v>97.793309925098185</v>
       </c>
       <c r="F89" s="18"/>
       <c r="G89" s="18"/>
     </row>
-    <row r="90" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B90" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C90" s="21">
         <v>93.597586721031647</v>
       </c>
       <c r="D90" s="21">
         <v>86.304962776277776</v>
       </c>
       <c r="E90" s="27">
         <v>97.320935438061667</v>
       </c>
       <c r="F90" s="18"/>
       <c r="G90" s="18"/>
     </row>
-    <row r="91" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A91" s="8">
         <v>2019</v>
       </c>
       <c r="B91" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C91" s="21">
         <v>92.714212103982334</v>
       </c>
       <c r="D91" s="21">
         <v>85.962508636850941</v>
       </c>
       <c r="E91" s="27">
         <v>98.004740964053184</v>
       </c>
       <c r="F91" s="18"/>
       <c r="G91" s="25"/>
       <c r="H91" s="26"/>
       <c r="I91" s="26"/>
     </row>
-    <row r="92" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B92" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C92" s="21">
         <v>93.581421977126709</v>
       </c>
       <c r="D92" s="21">
         <v>86.772340376718859</v>
       </c>
       <c r="E92" s="27">
         <v>98.228405129713266</v>
       </c>
       <c r="F92" s="18"/>
       <c r="G92" s="25"/>
       <c r="H92" s="26"/>
       <c r="I92" s="26"/>
     </row>
-    <row r="93" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B93" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C93" s="21">
         <v>93.010435836848558</v>
       </c>
       <c r="D93" s="21">
         <v>84.770005963699305</v>
       </c>
       <c r="E93" s="27">
         <v>96.373649491992381</v>
       </c>
       <c r="F93" s="18"/>
       <c r="G93" s="25"/>
       <c r="H93" s="26"/>
       <c r="I93" s="26"/>
     </row>
-    <row r="94" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B94" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="21">
         <v>93.626874047855964</v>
       </c>
       <c r="D94" s="21">
         <v>85.815064540134046</v>
       </c>
       <c r="E94" s="27">
         <v>97.114382018512885</v>
       </c>
       <c r="F94" s="18"/>
       <c r="G94" s="25"/>
       <c r="H94" s="26"/>
       <c r="I94" s="26"/>
     </row>
-    <row r="95" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B95" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="21">
         <v>93.652744059232504</v>
       </c>
       <c r="D95" s="21">
         <v>85.537257182991581</v>
       </c>
       <c r="E95" s="27">
         <v>96.69880735142911</v>
       </c>
       <c r="F95" s="18"/>
       <c r="G95" s="25"/>
       <c r="H95" s="26"/>
       <c r="I95" s="26"/>
     </row>
-    <row r="96" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B96" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C96" s="21">
         <v>93.612534122660392</v>
       </c>
       <c r="D96" s="21">
         <v>85.125212807845259</v>
       </c>
       <c r="E96" s="27">
         <v>96.241477314925859</v>
       </c>
       <c r="F96" s="18"/>
       <c r="G96" s="25"/>
       <c r="H96" s="26"/>
       <c r="I96" s="26"/>
     </row>
-    <row r="97" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B97" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="21">
         <v>94.447822661053536</v>
       </c>
       <c r="D97" s="21">
         <v>86.855788464653997</v>
       </c>
       <c r="E97" s="27">
         <v>97.757488080474545</v>
       </c>
       <c r="F97" s="18"/>
       <c r="G97" s="18"/>
     </row>
-    <row r="98" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B98" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="21">
         <v>93.264131810707681</v>
       </c>
       <c r="D98" s="21">
         <v>83.948491547453528</v>
       </c>
       <c r="E98" s="27">
         <v>95.330180542914121</v>
       </c>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
-    <row r="99" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B99" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="21">
         <v>93.826553363468349</v>
       </c>
       <c r="D99" s="21">
         <v>85.284435107276465</v>
       </c>
       <c r="E99" s="27">
         <v>96.375162002401083</v>
       </c>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
-    <row r="100" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B100" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="21">
         <v>93.571977710637341</v>
       </c>
       <c r="D100" s="21">
         <v>84.970796459018288</v>
       </c>
       <c r="E100" s="27">
         <v>96.095432359472753</v>
       </c>
       <c r="F100" s="18"/>
       <c r="G100" s="18"/>
     </row>
-    <row r="101" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B101" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C101" s="21">
         <v>93.617458203809846</v>
       </c>
       <c r="D101" s="21">
         <v>85.030128139598929</v>
       </c>
       <c r="E101" s="27">
         <v>96.235182506495789</v>
       </c>
       <c r="F101" s="18"/>
       <c r="G101" s="18"/>
     </row>
-    <row r="102" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B102" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C102" s="21">
         <v>94.523038767787909</v>
       </c>
       <c r="D102" s="21">
         <v>86.487641921587041</v>
       </c>
       <c r="E102" s="27">
         <v>97.174561714295592</v>
       </c>
       <c r="F102" s="18"/>
       <c r="G102" s="18"/>
     </row>
-    <row r="103" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103" s="8">
         <v>2020</v>
       </c>
       <c r="B103" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="21">
         <v>94.111445234744551</v>
       </c>
       <c r="D103" s="21">
         <v>86.043987724276633</v>
       </c>
       <c r="E103" s="21">
         <v>97.109482152304096</v>
       </c>
       <c r="K103" s="22"/>
       <c r="L103" s="22"/>
       <c r="M103" s="22"/>
     </row>
-    <row r="104" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B104" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="21">
         <v>93.815345922789675</v>
       </c>
       <c r="D104" s="21">
         <v>84.687833612544779</v>
       </c>
       <c r="E104" s="21">
         <v>95.807455088873809</v>
       </c>
       <c r="K104" s="22"/>
       <c r="L104" s="22"/>
       <c r="M104" s="22"/>
     </row>
-    <row r="105" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B105" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C105" s="21">
         <v>91.76796758957137</v>
       </c>
       <c r="D105" s="21">
         <v>79.471812350378798</v>
       </c>
       <c r="E105" s="21">
         <v>91.935022893530089</v>
       </c>
       <c r="K105" s="22"/>
       <c r="L105" s="22"/>
       <c r="M105" s="22"/>
     </row>
-    <row r="106" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B106" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C106" s="21">
         <v>89.899425852411127</v>
       </c>
       <c r="D106" s="21">
         <v>75.339478840481732</v>
       </c>
       <c r="E106" s="21">
         <v>88.470617474517084</v>
       </c>
       <c r="K106" s="22"/>
       <c r="L106" s="22"/>
       <c r="M106" s="22"/>
     </row>
-    <row r="107" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B107" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="21">
         <v>89.55767519742831</v>
       </c>
       <c r="D107" s="21">
         <v>75.80561924784125</v>
       </c>
       <c r="E107" s="21">
         <v>89.282710452021917</v>
       </c>
       <c r="K107" s="22"/>
       <c r="L107" s="22"/>
       <c r="M107" s="22"/>
     </row>
-    <row r="108" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B108" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C108" s="21">
         <v>90.56835744991875</v>
       </c>
       <c r="D108" s="21">
         <v>77.589798389461876</v>
       </c>
       <c r="E108" s="21">
         <v>90.868698617049702</v>
       </c>
       <c r="K108" s="22"/>
       <c r="L108" s="22"/>
       <c r="M108" s="22"/>
     </row>
-    <row r="109" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B109" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C109" s="21">
         <v>91.537087228784273</v>
       </c>
       <c r="D109" s="21">
         <v>78.217782653741494</v>
       </c>
       <c r="E109" s="21">
         <v>91.270004003780656</v>
       </c>
       <c r="K109" s="22"/>
       <c r="L109" s="22"/>
       <c r="M109" s="22"/>
     </row>
-    <row r="110" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B110" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="21">
         <v>90.553283415571784</v>
       </c>
       <c r="D110" s="21">
         <v>76.271908291436162</v>
       </c>
       <c r="E110" s="21">
         <v>89.782796583586361</v>
       </c>
       <c r="K110" s="22"/>
       <c r="L110" s="22"/>
       <c r="M110" s="22"/>
     </row>
-    <row r="111" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B111" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="21">
         <v>90.950545163221463</v>
       </c>
       <c r="D111" s="21">
         <v>77.2738489476897</v>
       </c>
       <c r="E111" s="21">
         <v>90.619175632474779</v>
       </c>
       <c r="K111" s="22"/>
       <c r="L111" s="22"/>
       <c r="M111" s="22"/>
     </row>
-    <row r="112" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B112" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="21">
         <v>91.400463802393929</v>
       </c>
       <c r="D112" s="21">
         <v>77.890191818702903</v>
       </c>
       <c r="E112" s="21">
         <v>91.065111412300467</v>
       </c>
       <c r="K112" s="22"/>
       <c r="L112" s="22"/>
       <c r="M112" s="22"/>
     </row>
-    <row r="113" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B113" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C113" s="21">
         <v>92.309365560578442</v>
       </c>
       <c r="D113" s="21">
         <v>79.826173922916936</v>
       </c>
       <c r="E113" s="21">
         <v>92.901639820834248</v>
       </c>
       <c r="K113" s="22"/>
       <c r="L113" s="22"/>
       <c r="M113" s="22"/>
     </row>
-    <row r="114" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B114" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C114" s="21">
         <v>93.079596174866836</v>
       </c>
       <c r="D114" s="21">
         <v>81.37369379975506</v>
       </c>
       <c r="E114" s="21">
         <v>94.01979483475219</v>
       </c>
       <c r="K114" s="22"/>
       <c r="L114" s="22"/>
       <c r="M114" s="22"/>
     </row>
-    <row r="115" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A115" s="8">
         <v>2021</v>
       </c>
       <c r="B115" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="21">
         <v>92.130282912063194</v>
       </c>
       <c r="D115" s="21">
         <v>79.962860449770687</v>
       </c>
       <c r="E115" s="21">
         <v>93.144320914128656</v>
       </c>
       <c r="K115" s="22"/>
       <c r="L115" s="22"/>
       <c r="M115" s="22"/>
     </row>
-    <row r="116" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B116" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C116" s="21">
         <v>92.987484403795122</v>
       </c>
       <c r="D116" s="21">
         <v>81.250554557052055</v>
       </c>
       <c r="E116" s="21">
         <v>94.146409425000158</v>
       </c>
       <c r="K116" s="22"/>
       <c r="L116" s="22"/>
       <c r="M116" s="22"/>
     </row>
-    <row r="117" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B117" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C117" s="21">
         <v>92.868117899372834</v>
       </c>
       <c r="D117" s="21">
         <v>81.141263395140342</v>
       </c>
       <c r="E117" s="21">
         <v>94.025354648759361</v>
       </c>
       <c r="K117" s="22"/>
       <c r="L117" s="22"/>
       <c r="M117" s="22"/>
     </row>
-    <row r="118" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B118" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C118" s="21">
         <v>94.173832646429332</v>
       </c>
       <c r="D118" s="21">
         <v>83.427218516459391</v>
       </c>
       <c r="E118" s="21">
         <v>95.652936153454831</v>
       </c>
     </row>
-    <row r="119" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B119" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="21">
         <v>94.392154567862477</v>
       </c>
       <c r="D119" s="21">
         <v>84.039463157783274</v>
       </c>
       <c r="E119" s="21">
         <v>96.182547944905082</v>
       </c>
     </row>
-    <row r="120" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B120" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C120" s="21">
         <v>94.511231261072155</v>
       </c>
       <c r="D120" s="21">
         <v>84.49021441744496</v>
       </c>
       <c r="E120" s="21">
         <v>96.740353061255533</v>
       </c>
     </row>
-    <row r="121" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B121" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C121" s="21">
         <v>94.503229050992729</v>
       </c>
       <c r="D121" s="21">
         <v>83.288375929838978</v>
       </c>
       <c r="E121" s="21">
         <v>95.436710385994161</v>
       </c>
     </row>
-    <row r="122" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B122" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="21">
         <v>94.634592554826668</v>
       </c>
       <c r="D122" s="21">
         <v>82.914054502113217</v>
       </c>
       <c r="E122" s="21">
         <v>94.797890708518267</v>
       </c>
     </row>
-    <row r="123" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B123" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="21">
         <v>94.913085004759836</v>
       </c>
       <c r="D123" s="21">
         <v>83.663094235863312</v>
       </c>
       <c r="E123" s="21">
         <v>95.430724212015676</v>
       </c>
     </row>
-    <row r="124" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B124" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="21">
         <v>94.860920674724895</v>
       </c>
       <c r="D124" s="21">
         <v>83.232369664907196</v>
       </c>
       <c r="E124" s="21">
         <v>94.78771547224855</v>
       </c>
     </row>
-    <row r="125" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B125" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C125" s="21">
         <v>93.875727087788135</v>
       </c>
       <c r="D125" s="21">
         <v>81.289543305136348</v>
       </c>
       <c r="E125" s="21">
         <v>93.277972512529786</v>
       </c>
     </row>
-    <row r="126" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B126" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C126" s="21">
         <v>93.559707110202581</v>
       </c>
       <c r="D126" s="21">
         <v>80.323229835771841</v>
       </c>
       <c r="E126" s="21">
         <v>92.582558881008765</v>
       </c>
     </row>
-    <row r="127" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A127" s="8">
         <v>2022</v>
       </c>
       <c r="B127" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="21">
         <v>93.358829446458188</v>
       </c>
       <c r="D127" s="21">
         <v>81.04091244817613</v>
       </c>
       <c r="E127" s="21">
         <v>93.398500138863895</v>
       </c>
     </row>
-    <row r="128" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B128" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C128" s="21">
         <v>94.125206330739275</v>
       </c>
       <c r="D128" s="21">
         <v>82.155232167371722</v>
       </c>
       <c r="E128" s="21">
         <v>94.096822226832899</v>
       </c>
     </row>
-    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B129" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C129" s="21">
         <v>95.080042243484939</v>
       </c>
       <c r="D129" s="21">
         <v>83.751061015624771</v>
       </c>
       <c r="E129" s="21">
         <v>95.193018267206412</v>
       </c>
     </row>
-    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B130" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C130" s="21">
         <v>94.857186556388172</v>
       </c>
       <c r="D130" s="21">
         <v>84.146489300286021</v>
       </c>
       <c r="E130" s="21">
         <v>95.689902449483384</v>
       </c>
     </row>
-    <row r="131" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B131" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="21">
         <v>94.716402897887377</v>
       </c>
       <c r="D131" s="21">
         <v>83.211761523440103</v>
       </c>
       <c r="E131" s="21">
         <v>94.26934854994532</v>
       </c>
     </row>
-    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B132" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C132" s="21">
         <v>94.495335553545658</v>
       </c>
       <c r="D132" s="21">
         <v>83.23304290323091</v>
       </c>
       <c r="E132" s="21">
         <v>94.617435275173023</v>
       </c>
     </row>
-    <row r="133" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B133" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C133" s="21">
         <v>93.05655415392701</v>
       </c>
       <c r="D133" s="21">
         <v>80.533026648981078</v>
       </c>
       <c r="E133" s="21">
         <v>92.838396254642717</v>
       </c>
     </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B134" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="21">
         <v>94.509170716939366</v>
       </c>
       <c r="D134" s="21">
         <v>82.087591898628375</v>
       </c>
       <c r="E134" s="21">
         <v>93.396273342539473</v>
       </c>
     </row>
-    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B135" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="21">
         <v>93.93400613965602</v>
       </c>
       <c r="D135" s="21">
         <v>80.935771927965376</v>
       </c>
       <c r="E135" s="21">
         <v>92.258363327007089</v>
       </c>
     </row>
-    <row r="136" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B136" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="21">
         <v>93.851601771030957</v>
       </c>
       <c r="D136" s="21">
         <v>80.397552871253055</v>
       </c>
       <c r="E136" s="21">
         <v>91.628128680847226</v>
       </c>
     </row>
-    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B137" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C137" s="21">
         <v>93.876662811693194</v>
       </c>
       <c r="D137" s="21">
         <v>80.833504302923856</v>
       </c>
       <c r="E137" s="21">
         <v>92.435334106342566</v>
       </c>
     </row>
-    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B138" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C138" s="21">
         <v>93.713038354321299</v>
       </c>
       <c r="D138" s="21">
         <v>80.108084729716126</v>
       </c>
       <c r="E138" s="21">
         <v>92.080584302301318</v>
       </c>
     </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="8">
         <v>2023</v>
       </c>
       <c r="B139" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="21">
         <v>92.511172031657054</v>
       </c>
       <c r="D139" s="21">
         <v>78.913036254128741</v>
       </c>
       <c r="E139" s="21">
         <v>91.891949519380375</v>
       </c>
     </row>
-    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B140" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C140" s="21">
         <v>91.918921854732091</v>
       </c>
       <c r="D140" s="21">
         <v>77.164174017285404</v>
       </c>
       <c r="E140" s="21">
         <v>90.461232545333118</v>
       </c>
     </row>
-    <row r="141" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B141" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C141" s="21">
         <v>91.841751399941913</v>
       </c>
       <c r="D141" s="21">
         <v>76.541409217086013</v>
       </c>
       <c r="E141" s="21">
         <v>89.843261226183301</v>
       </c>
     </row>
-    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B142" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="21">
         <v>91.842647566497817</v>
       </c>
       <c r="D142" s="21">
         <v>76.419780989686274</v>
       </c>
       <c r="E142" s="21">
         <v>89.719443152187608</v>
       </c>
     </row>
-    <row r="143" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B143" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="21">
         <v>91.082959905541159</v>
       </c>
       <c r="D143" s="21">
         <v>74.881745378629759</v>
       </c>
       <c r="E143" s="21">
         <v>88.427211990445343</v>
       </c>
     </row>
-    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B144" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="21">
         <v>91.268982468534276</v>
       </c>
       <c r="D144" s="21">
         <v>75.832022379948967</v>
       </c>
       <c r="E144" s="21">
         <v>89.29573638345056</v>
       </c>
     </row>
-    <row r="145" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B145" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C145" s="21">
         <v>91.306601932231189</v>
       </c>
       <c r="D145" s="21">
         <v>76.150400761590632</v>
       </c>
       <c r="E145" s="21">
         <v>90.160702664848628</v>
       </c>
     </row>
-    <row r="146" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B146" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="21">
         <v>91.950785571499964</v>
       </c>
       <c r="D146" s="21">
         <v>76.004102307046594</v>
       </c>
       <c r="E146" s="21">
         <v>89.407243481490724</v>
       </c>
     </row>
-    <row r="147" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B147" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="21">
         <v>91.834014000500645</v>
       </c>
       <c r="D147" s="21">
         <v>75.945455148687316</v>
       </c>
       <c r="E147" s="21">
         <v>89.33682094414732</v>
       </c>
     </row>
-    <row r="148" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B148" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="21">
         <v>91.792097203175828</v>
       </c>
       <c r="D148" s="21">
         <v>75.716503542790207</v>
       </c>
       <c r="E148" s="21">
         <v>89.374332183716504</v>
       </c>
     </row>
-    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B149" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C149" s="21">
         <v>91.727591227120968</v>
       </c>
       <c r="D149" s="21">
         <v>75.956179712400314</v>
       </c>
       <c r="E149" s="21">
         <v>89.937356627336669</v>
       </c>
     </row>
-    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B150" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C150" s="21">
         <v>91.607068997162401</v>
       </c>
       <c r="D150" s="21">
         <v>75.486716331075058</v>
       </c>
       <c r="E150" s="21">
         <v>89.460637947664281</v>
       </c>
     </row>
-    <row r="151" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="8">
         <v>2024</v>
       </c>
       <c r="B151" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C151" s="21">
         <v>90.395229719614676</v>
       </c>
       <c r="D151" s="21">
         <v>74.345428098894303</v>
       </c>
       <c r="E151" s="21">
         <v>89.270037470924962</v>
       </c>
     </row>
-    <row r="152" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B152" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C152" s="21">
         <v>91.083647763383055</v>
       </c>
       <c r="D152" s="21">
         <v>74.667536340531882</v>
       </c>
       <c r="E152" s="21">
         <v>89.068972246586867</v>
       </c>
     </row>
-    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B153" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C153" s="21">
         <v>91.623088969323632</v>
       </c>
       <c r="D153" s="21">
         <v>75.000384100870576</v>
       </c>
       <c r="E153" s="21">
         <v>89.243989484882945</v>
       </c>
     </row>
-    <row r="154" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B154" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C154" s="21">
         <v>91.520153144384636</v>
       </c>
       <c r="D154" s="21">
         <v>75.199026113729445</v>
       </c>
       <c r="E154" s="21">
         <v>89.47454510662142</v>
       </c>
     </row>
-    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B155" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C155" s="21">
         <v>91.811406234679055</v>
       </c>
       <c r="D155" s="21">
         <v>76.000928688845832</v>
       </c>
       <c r="E155" s="21">
         <v>90.238994772107731</v>
       </c>
     </row>
-    <row r="156" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B156" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C156" s="21">
         <v>91.776120517729836</v>
       </c>
       <c r="D156" s="21">
         <v>76.122219710552528</v>
       </c>
       <c r="E156" s="21">
         <v>90.341296917913766</v>
       </c>
     </row>
-    <row r="157" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B157" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C157" s="21">
         <v>91.185106495448011</v>
       </c>
       <c r="D157" s="21">
         <v>75.738699189277014</v>
       </c>
       <c r="E157" s="21">
         <v>90.586545265380394</v>
       </c>
     </row>
-    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B158" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C158" s="21">
         <v>92.324034455101241</v>
       </c>
       <c r="D158" s="21">
         <v>76.539926573996709</v>
       </c>
       <c r="E158" s="21">
         <v>90.651204253126991</v>
       </c>
     </row>
-    <row r="159" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B159" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="21">
         <v>92.880234372076742</v>
       </c>
       <c r="D159" s="21">
         <v>77.257160213023283</v>
       </c>
       <c r="E159" s="21">
         <v>91.234340118036016</v>
       </c>
     </row>
-    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B160" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="21">
         <v>92.755597651795881</v>
       </c>
       <c r="D160" s="21">
         <v>77.520302800051894</v>
       </c>
       <c r="E160" s="21">
         <v>91.623231188018238</v>
       </c>
     </row>
-    <row r="161" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B161" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C161" s="21">
         <v>92.325792242931271</v>
       </c>
       <c r="D161" s="21">
         <v>77.07940083057764</v>
       </c>
       <c r="E161" s="21">
         <v>91.428009638448643</v>
       </c>
     </row>
-    <row r="162" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B162" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C162" s="21">
         <v>92.083176378338408</v>
       </c>
       <c r="D162" s="21">
         <v>76.788370667524802</v>
       </c>
       <c r="E162" s="21">
         <v>91.266508639594008</v>
       </c>
     </row>
-    <row r="163" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A163" s="8">
         <v>2025</v>
       </c>
       <c r="B163" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="21">
         <v>90.930664365886301</v>
       </c>
       <c r="D163" s="21">
         <v>75.310781024268792</v>
       </c>
       <c r="E163" s="21">
         <v>90.488933386532281</v>
       </c>
       <c r="F163" s="30"/>
       <c r="G163" s="30"/>
       <c r="H163" s="30"/>
     </row>
-    <row r="164" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B164" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C164" s="21">
         <v>91.500649142531685</v>
       </c>
       <c r="D164" s="21">
         <v>75.742920645390782</v>
       </c>
       <c r="E164" s="21">
         <v>90.872719281610145</v>
       </c>
       <c r="F164" s="30"/>
       <c r="G164" s="30"/>
       <c r="H164" s="30"/>
     </row>
-    <row r="165" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B165" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C165" s="21">
         <v>91.037684090185223</v>
       </c>
       <c r="D165" s="21">
         <v>75.201208775674644</v>
       </c>
       <c r="E165" s="21">
         <v>90.784698459549816</v>
       </c>
       <c r="F165" s="30"/>
       <c r="G165" s="30"/>
       <c r="H165" s="30"/>
     </row>
-    <row r="166" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B166" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C166" s="21">
         <v>90.529924209152512</v>
       </c>
       <c r="D166" s="21">
         <v>73.697528057053177</v>
       </c>
       <c r="E166" s="21">
         <v>89.25099759834103</v>
       </c>
       <c r="F166" s="30"/>
       <c r="G166" s="30"/>
       <c r="H166" s="30"/>
     </row>
-    <row r="167" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B167" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="21">
         <v>91.108544384005867</v>
       </c>
       <c r="D167" s="21">
         <v>74.980027007197819</v>
       </c>
       <c r="E167" s="21">
         <v>90.490718352790921</v>
       </c>
       <c r="F167" s="30"/>
       <c r="G167" s="30"/>
       <c r="H167" s="30"/>
     </row>
-    <row r="168" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B168" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C168" s="21">
         <v>91.138263057799421</v>
       </c>
       <c r="D168" s="21">
         <v>75.162485578041952</v>
       </c>
       <c r="E168" s="21">
         <v>90.765481203122718</v>
       </c>
       <c r="F168" s="30"/>
       <c r="G168" s="30"/>
       <c r="H168" s="30"/>
     </row>
-    <row r="169" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B169" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C169" s="21">
         <v>90.933206118199479</v>
       </c>
       <c r="D169" s="21">
         <v>74.788155785086786</v>
       </c>
       <c r="E169" s="21">
         <v>90.848038067682594</v>
       </c>
       <c r="F169" s="30"/>
       <c r="G169" s="30"/>
       <c r="H169" s="30"/>
     </row>
-    <row r="170" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B170" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="21">
         <v>92.341734035319348</v>
       </c>
       <c r="D170" s="21">
         <v>76.026114440315183</v>
       </c>
       <c r="E170" s="29">
         <v>91.103843870760258</v>
       </c>
       <c r="F170" s="30"/>
       <c r="G170" s="30"/>
       <c r="H170" s="30"/>
     </row>
-    <row r="171" spans="1:8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="A172" s="8" t="s">
+    <row r="171" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B171" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" s="21">
+        <v>92.7598961799101</v>
+      </c>
+      <c r="D171" s="21">
+        <v>76.659162304362681</v>
+      </c>
+      <c r="E171" s="29">
+        <v>91.489128104348751</v>
+      </c>
+      <c r="F171" s="30"/>
+      <c r="G171" s="30"/>
+      <c r="H171" s="30"/>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E172" s="28"/>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A173" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="E172" s="28"/>
-[...1 lines deleted...]
-    <row r="173" spans="1:8" x14ac:dyDescent="0.3">
       <c r="E173" s="28"/>
     </row>
-    <row r="174" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E174" s="28"/>
     </row>
-    <row r="175" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E175" s="28"/>
     </row>
-    <row r="176" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E176" s="28"/>
     </row>
-    <row r="177" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="177" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E177" s="28"/>
     </row>
-    <row r="178" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="178" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E178" s="28"/>
     </row>
-    <row r="179" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="179" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E179" s="28"/>
     </row>
-    <row r="180" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="180" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E180" s="28"/>
     </row>
-    <row r="181" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="181" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E181" s="28"/>
     </row>
-    <row r="182" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="182" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E182" s="28"/>
     </row>
-    <row r="183" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="183" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E183" s="28"/>
     </row>
-    <row r="184" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="184" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E184" s="28"/>
     </row>
-    <row r="185" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="185" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E185" s="28"/>
     </row>
-    <row r="186" spans="5:5" x14ac:dyDescent="0.3">
+    <row r="186" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E186" s="28"/>
+    </row>
+    <row r="187" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E187" s="28"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9297dd36c3b6f3cd029fb97e98b85f52">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a9718dbc26a7fe1c432363e75cc4f2" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3812,74 +3834,99 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFE08B4-0F38-414E-828B-7406B0133B09}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B51CF24-2CC5-485A-BB81-5307AEA2E1EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC84A2E1-E182-4DDA-8DA7-DF4794553298}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D147E46F-B128-49D1-9C93-293878A5B586}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -3906,27 +3953,33 @@
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SetDate">
     <vt:lpwstr>2021-11-05T06:33:37Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_Name">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_SiteId">
     <vt:lpwstr>7fbedcc9-7201-4aa8-8786-7001cf6a0802</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ActionId">
     <vt:lpwstr>616d04e1-3203-4d79-a068-ab1fe7cf9056</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_82f1ab62-2277-4c0d-aa3e-21682a26c75c_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101005A5C19C3C43D934B93D2A323AFC1241B</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>