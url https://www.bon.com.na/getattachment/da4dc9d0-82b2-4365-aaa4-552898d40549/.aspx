--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -10,77 +10,77 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="211" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EFA39AD1-930E-4837-AA7D-CEFB4DC1F11B}"/>
+  <xr:revisionPtr revIDLastSave="228" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BD0C76B8-26C3-4465-9BEC-A5A7CAE82CBD}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NEER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="25">
   <si>
     <t xml:space="preserve">Nominal effective exchange rate </t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -592,57 +592,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M187"/>
+  <dimension ref="A1:M188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C159" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C161" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="G165" sqref="G165"/>
+      <selection pane="bottomRight" activeCell="F163" sqref="F163:H172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="8"/>
     <col min="3" max="4" width="9.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="22" style="8" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="7"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
@@ -3341,271 +3341,301 @@
         <v>91.428009638448643</v>
       </c>
     </row>
     <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B162" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C162" s="21">
         <v>92.083176378338408</v>
       </c>
       <c r="D162" s="21">
         <v>76.788370667524802</v>
       </c>
       <c r="E162" s="21">
         <v>91.266508639594008</v>
       </c>
     </row>
     <row r="163" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A163" s="8">
         <v>2025</v>
       </c>
       <c r="B163" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="21">
-        <v>90.930664365886301</v>
+        <v>90.918258410069939</v>
       </c>
       <c r="D163" s="21">
-        <v>75.310781024268792</v>
+        <v>75.232991315065945</v>
       </c>
       <c r="E163" s="21">
         <v>90.488933386532281</v>
       </c>
       <c r="F163" s="30"/>
       <c r="G163" s="30"/>
       <c r="H163" s="30"/>
     </row>
     <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B164" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C164" s="21">
-        <v>91.500649142531685</v>
+        <v>91.487889620404673</v>
       </c>
       <c r="D164" s="21">
-        <v>75.742920645390782</v>
+        <v>75.662913950983651</v>
       </c>
       <c r="E164" s="21">
         <v>90.872719281610145</v>
       </c>
       <c r="F164" s="30"/>
       <c r="G164" s="30"/>
       <c r="H164" s="30"/>
     </row>
     <row r="165" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B165" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C165" s="21">
-        <v>91.037684090185223</v>
+        <v>91.024320326402275</v>
       </c>
       <c r="D165" s="21">
-        <v>75.201208775674644</v>
+        <v>75.11741327342402</v>
       </c>
       <c r="E165" s="21">
         <v>90.784698459549816</v>
       </c>
       <c r="F165" s="30"/>
       <c r="G165" s="30"/>
       <c r="H165" s="30"/>
     </row>
     <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B166" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C166" s="21">
-        <v>90.529924209152512</v>
+        <v>90.516528468343623</v>
       </c>
       <c r="D166" s="21">
-        <v>73.697528057053177</v>
+        <v>73.613532047595569</v>
       </c>
       <c r="E166" s="21">
         <v>89.25099759834103</v>
       </c>
       <c r="F166" s="30"/>
       <c r="G166" s="30"/>
       <c r="H166" s="30"/>
     </row>
     <row r="167" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B167" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C167" s="21">
-        <v>91.108544384005867</v>
+        <v>91.095083727511124</v>
       </c>
       <c r="D167" s="21">
-        <v>74.980027007197819</v>
+        <v>74.895623953543137</v>
       </c>
       <c r="E167" s="21">
         <v>90.490718352790921</v>
       </c>
       <c r="F167" s="30"/>
       <c r="G167" s="30"/>
       <c r="H167" s="30"/>
     </row>
     <row r="168" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B168" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C168" s="21">
-        <v>91.138263057799421</v>
+        <v>91.12487597646043</v>
       </c>
       <c r="D168" s="21">
-        <v>75.162485578041952</v>
+        <v>75.078543866508326</v>
       </c>
       <c r="E168" s="21">
         <v>90.765481203122718</v>
       </c>
       <c r="F168" s="30"/>
       <c r="G168" s="30"/>
       <c r="H168" s="30"/>
     </row>
     <row r="169" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B169" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C169" s="21">
-        <v>90.933206118199479</v>
+        <v>90.922249402201118</v>
       </c>
       <c r="D169" s="21">
-        <v>74.788155785086786</v>
+        <v>74.709331236490982</v>
       </c>
       <c r="E169" s="21">
         <v>90.848038067682594</v>
       </c>
       <c r="F169" s="30"/>
       <c r="G169" s="30"/>
       <c r="H169" s="30"/>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B170" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="21">
-        <v>92.341734035319348</v>
+        <v>92.32730941772752</v>
       </c>
       <c r="D170" s="21">
-        <v>76.026114440315183</v>
+        <v>75.935667011318884</v>
       </c>
       <c r="E170" s="29">
         <v>91.103843870760258</v>
       </c>
       <c r="F170" s="30"/>
       <c r="G170" s="30"/>
       <c r="H170" s="30"/>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B171" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="21">
-        <v>92.7598961799101</v>
+        <v>92.745229793238011</v>
       </c>
       <c r="D171" s="21">
-        <v>76.659162304362681</v>
+        <v>76.567198898143374</v>
       </c>
       <c r="E171" s="29">
         <v>91.489128104348751</v>
       </c>
       <c r="F171" s="30"/>
       <c r="G171" s="30"/>
       <c r="H171" s="30"/>
     </row>
     <row r="172" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="E172" s="28"/>
+      <c r="B172" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="21">
+        <v>92.781641913502483</v>
+      </c>
+      <c r="D172" s="21">
+        <v>77.114839538109308</v>
+      </c>
+      <c r="E172" s="29">
+        <v>92.044102565977497</v>
+      </c>
+      <c r="F172" s="30"/>
+      <c r="G172" s="30"/>
+      <c r="H172" s="30"/>
     </row>
     <row r="173" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A173" s="8" t="s">
+      <c r="E173" s="28"/>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A174" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="E173" s="28"/>
-[...1 lines deleted...]
-    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E174" s="28"/>
     </row>
     <row r="175" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E175" s="28"/>
     </row>
     <row r="176" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E176" s="28"/>
     </row>
     <row r="177" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E177" s="28"/>
     </row>
     <row r="178" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E178" s="28"/>
     </row>
     <row r="179" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E179" s="28"/>
     </row>
     <row r="180" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E180" s="28"/>
     </row>
     <row r="181" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E181" s="28"/>
     </row>
     <row r="182" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E182" s="28"/>
     </row>
     <row r="183" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E183" s="28"/>
     </row>
     <row r="184" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E184" s="28"/>
     </row>
     <row r="185" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E185" s="28"/>
     </row>
     <row r="186" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E186" s="28"/>
     </row>
     <row r="187" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E187" s="28"/>
+    </row>
+    <row r="188" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E188" s="28"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d77711cca99f5b00fe37d0088581103">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cce676190d17a9584513326f2a26545a" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3825,108 +3855,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D147E46F-B128-49D1-9C93-293878A5B586}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B51CF24-2CC5-485A-BB81-5307AEA2E1EB}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10FD9C2D-12C9-4170-BE37-4ACCAAE37AC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC84A2E1-E182-4DDA-8DA7-DF4794553298}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>