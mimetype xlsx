--- v2 (2025-12-10)
+++ v3 (2026-01-15)
@@ -3,84 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="228" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BD0C76B8-26C3-4465-9BEC-A5A7CAE82CBD}"/>
+  <xr:revisionPtr revIDLastSave="249" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8237C5DE-34CB-4925-B8E3-277B9C7EF5F6}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NEER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="25">
   <si>
     <t xml:space="preserve">Nominal effective exchange rate </t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -592,57 +592,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M188"/>
+  <dimension ref="A1:M189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C161" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C164" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="F163" sqref="F163:H172"/>
+      <selection pane="bottomRight" activeCell="F170" sqref="F170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="8"/>
     <col min="3" max="4" width="9.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="22" style="8" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="7"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
@@ -3477,192 +3477,207 @@
       <c r="G169" s="30"/>
       <c r="H169" s="30"/>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B170" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="21">
         <v>92.32730941772752</v>
       </c>
       <c r="D170" s="21">
         <v>75.935667011318884</v>
       </c>
       <c r="E170" s="29">
         <v>91.103843870760258</v>
       </c>
       <c r="F170" s="30"/>
       <c r="G170" s="30"/>
       <c r="H170" s="30"/>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B171" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="21">
-        <v>92.745229793238011</v>
+        <v>92.747063627730228</v>
       </c>
       <c r="D171" s="21">
-        <v>76.567198898143374</v>
+        <v>76.578697685821425</v>
       </c>
       <c r="E171" s="29">
         <v>91.489128104348751</v>
       </c>
       <c r="F171" s="30"/>
       <c r="G171" s="30"/>
       <c r="H171" s="30"/>
     </row>
     <row r="172" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B172" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="21">
-        <v>92.781641913502483</v>
+        <v>92.782254200157325</v>
       </c>
       <c r="D172" s="21">
-        <v>77.114839538109308</v>
+        <v>77.118678790927447</v>
       </c>
       <c r="E172" s="29">
         <v>92.044102565977497</v>
       </c>
       <c r="F172" s="30"/>
       <c r="G172" s="30"/>
       <c r="H172" s="30"/>
     </row>
     <row r="173" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="E173" s="28"/>
+      <c r="B173" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C173" s="21">
+        <v>92.767339236633546</v>
+      </c>
+      <c r="D173" s="21">
+        <v>77.222264075186445</v>
+      </c>
+      <c r="E173" s="21">
+        <v>92.226070866542358</v>
+      </c>
+      <c r="F173" s="30"/>
+      <c r="G173" s="30"/>
+      <c r="H173" s="30"/>
     </row>
     <row r="174" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A174" s="8" t="s">
+      <c r="B174" s="14"/>
+      <c r="E174" s="28"/>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A175" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="E174" s="28"/>
-[...1 lines deleted...]
-    <row r="175" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E175" s="28"/>
     </row>
     <row r="176" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E176" s="28"/>
     </row>
     <row r="177" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E177" s="28"/>
     </row>
     <row r="178" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E178" s="28"/>
     </row>
     <row r="179" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E179" s="28"/>
     </row>
     <row r="180" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E180" s="28"/>
     </row>
     <row r="181" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E181" s="28"/>
     </row>
     <row r="182" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E182" s="28"/>
     </row>
     <row r="183" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E183" s="28"/>
     </row>
     <row r="184" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E184" s="28"/>
     </row>
     <row r="185" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E185" s="28"/>
     </row>
     <row r="186" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E186" s="28"/>
     </row>
     <row r="187" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E187" s="28"/>
     </row>
     <row r="188" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E188" s="28"/>
+    </row>
+    <row r="189" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E189" s="28"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f0b2a5c5b3c26dfe49010c99f89337f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b1ab6d7e333f63bcb5250eb4d49ffa" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1fd8d26b5183905f3d145449e082e0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12570f71-645b-41be-b316-af6cb6d3d1b1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -3712,50 +3727,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="23656839-d31d-4903-8635-eff7f90abed5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89e6558f-5113-49e0-8f98-ced932a8e8dc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3856,94 +3876,82 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC84A2E1-E182-4DDA-8DA7-DF4794553298}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{574FFABF-DE47-45C7-BDB5-195FB9012871}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D147E46F-B128-49D1-9C93-293878A5B586}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
-  </ds:schemaRefs>
-[...26 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>