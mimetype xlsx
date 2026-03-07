--- v3 (2026-01-15)
+++ v4 (2026-03-07)
@@ -3,84 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bankofnamibia.sharepoint.com/sites/ResearchandFinancialSectorDevelopment/Shared Documents/General/Statistics and Publications Division/BOP/Collection Worksheets/SARB exchange rate/Exchange rate files for upload/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="249" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8237C5DE-34CB-4925-B8E3-277B9C7EF5F6}"/>
+  <xr:revisionPtr revIDLastSave="291" documentId="13_ncr:1_{208209DA-5778-435E-A859-EB29CD013950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{47C9870D-367C-4240-94BB-E47FFD1F785D}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NEER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="25">
   <si>
     <t xml:space="preserve">Nominal effective exchange rate </t>
   </si>
   <si>
     <t>2015=100</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>trade</t>
   </si>
   <si>
     <t>weighted</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
@@ -592,57 +592,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M189"/>
+  <dimension ref="A1:M192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C164" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C168" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="F170" sqref="F170"/>
+      <selection pane="bottomRight" activeCell="F176" sqref="F176"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="8"/>
     <col min="3" max="4" width="9.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="22" style="8" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="22.5" x14ac:dyDescent="0.4">
       <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="7"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
@@ -3511,145 +3511,184 @@
       <c r="G171" s="30"/>
       <c r="H171" s="30"/>
     </row>
     <row r="172" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B172" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="21">
         <v>92.782254200157325</v>
       </c>
       <c r="D172" s="21">
         <v>77.118678790927447</v>
       </c>
       <c r="E172" s="29">
         <v>92.044102565977497</v>
       </c>
       <c r="F172" s="30"/>
       <c r="G172" s="30"/>
       <c r="H172" s="30"/>
     </row>
     <row r="173" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B173" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C173" s="21">
-        <v>92.767339236633546</v>
+        <v>92.699904288966934</v>
       </c>
       <c r="D173" s="21">
-        <v>77.222264075186445</v>
+        <v>77.194608448864869</v>
       </c>
       <c r="E173" s="21">
         <v>92.226070866542358</v>
       </c>
       <c r="F173" s="30"/>
       <c r="G173" s="30"/>
       <c r="H173" s="30"/>
     </row>
     <row r="174" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B174" s="14"/>
-      <c r="E174" s="28"/>
+      <c r="B174" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C174" s="21">
+        <v>93.114086702109887</v>
+      </c>
+      <c r="D174" s="21">
+        <v>77.775034059315459</v>
+      </c>
+      <c r="E174" s="21">
+        <v>92.805286616116831</v>
+      </c>
+      <c r="F174" s="30"/>
+      <c r="G174" s="30"/>
+      <c r="H174" s="30"/>
     </row>
     <row r="175" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A175" s="8" t="s">
+      <c r="B175" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C175" s="21">
+        <v>93.521262189671802</v>
+      </c>
+      <c r="D175" s="21">
+        <v>78.958113223226647</v>
+      </c>
+      <c r="E175" s="21">
+        <v>94.169473965514555</v>
+      </c>
+      <c r="F175" s="30"/>
+      <c r="G175" s="30"/>
+      <c r="H175" s="30"/>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B176" s="14"/>
+      <c r="C176" s="21"/>
+      <c r="D176" s="21"/>
+      <c r="E176" s="21"/>
+      <c r="F176" s="30"/>
+      <c r="G176" s="30"/>
+      <c r="H176" s="30"/>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B177" s="14"/>
+      <c r="C177" s="21"/>
+      <c r="D177" s="21"/>
+      <c r="E177" s="21"/>
+      <c r="F177" s="30"/>
+      <c r="G177" s="30"/>
+      <c r="H177" s="30"/>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A178" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="E175" s="28"/>
-[...7 lines deleted...]
-    <row r="178" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E178" s="28"/>
     </row>
-    <row r="179" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E179" s="28"/>
     </row>
-    <row r="180" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E180" s="28"/>
     </row>
-    <row r="181" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E181" s="28"/>
     </row>
-    <row r="182" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E182" s="28"/>
     </row>
-    <row r="183" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E183" s="28"/>
     </row>
-    <row r="184" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E184" s="28"/>
     </row>
-    <row r="185" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E185" s="28"/>
     </row>
-    <row r="186" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E186" s="28"/>
     </row>
-    <row r="187" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E187" s="28"/>
     </row>
-    <row r="188" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E188" s="28"/>
     </row>
-    <row r="189" spans="5:5" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E189" s="28"/>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E190" s="28"/>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E191" s="28"/>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E192" s="28"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bfa35001fe69ee93e8774caacb04910c" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005A5C19C3C43D934B93D2A323AFC1241B" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23cc97882b7680b629782d6f41d7542e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="12570f71-645b-41be-b316-af6cb6d3d1b1" xmlns:ns3="89e6558f-5113-49e0-8f98-ced932a8e8dc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31ef9691cfc004a447e85e06047e2d43" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <xsd:import namespace="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3875,83 +3914,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="12570f71-645b-41be-b316-af6cb6d3d1b1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="89e6558f-5113-49e0-8f98-ced932a8e8dc" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC84A2E1-E182-4DDA-8DA7-DF4794553298}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD70717C-0BA9-435C-9892-48AAF8056E34}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
+    <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{574FFABF-DE47-45C7-BDB5-195FB9012871}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D147E46F-B128-49D1-9C93-293878A5B586}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12570f71-645b-41be-b316-af6cb6d3d1b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="89e6558f-5113-49e0-8f98-ced932a8e8dc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC84A2E1-E182-4DDA-8DA7-DF4794553298}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>