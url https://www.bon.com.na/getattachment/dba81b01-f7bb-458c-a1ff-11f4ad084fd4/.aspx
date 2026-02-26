--- v0 (2025-10-03)
+++ v1 (2026-02-26)
@@ -1,120 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Output Tables\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\December 2025\Website upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3260A181-EBA5-4BD9-84EF-06B1819B3A98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{707B3C89-F68B-4B05-9AA8-D4CD073E43F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="29016" windowHeight="16416" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Ratios" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <si>
     <t>Ratios</t>
   </si>
   <si>
     <t>Period</t>
   </si>
   <si>
     <t>NPL Ratio</t>
   </si>
   <si>
     <t>Specific provisions/NPLs</t>
   </si>
   <si>
     <t>Overdue loans/ Total Loans</t>
   </si>
   <si>
     <t>Sectoral distribution of loans to total loans( % of total)</t>
   </si>
   <si>
     <t>Agriculture &amp; Forestry</t>
   </si>
   <si>
     <t>Fishing</t>
   </si>
   <si>
     <t>MiningAndQuarrying</t>
   </si>
   <si>
     <t>Manufacturing</t>
   </si>
   <si>
     <t>Construction</t>
   </si>
   <si>
-    <t>ElectricityOilGasWater</t>
-[...1 lines deleted...]
-  <si>
     <t>Trade &amp; Accommodation</t>
   </si>
   <si>
     <t>Transport and Communication</t>
   </si>
   <si>
     <t>FinanceAndInsurance</t>
   </si>
   <si>
     <t>Real estate</t>
   </si>
   <si>
     <t>BusinessServices</t>
   </si>
   <si>
     <t>GovernmentServices</t>
   </si>
   <si>
     <t>Individuals</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Geographical distribution of loans to total loans(% of total)</t>
@@ -212,69 +210,87 @@
   <si>
     <t>Customer deposits to total (noninterbank) loans</t>
   </si>
   <si>
     <t>Total Loans/Total Deposits</t>
   </si>
   <si>
     <t>Total Loans/Total Assets</t>
   </si>
   <si>
     <t>Leverage Ratio (BASEL II)</t>
   </si>
   <si>
     <t>Tier 1 RWCR</t>
   </si>
   <si>
     <t>Tier 1 RWCR (BASEL-II)</t>
   </si>
   <si>
     <t xml:space="preserve">Total RWCR (BASAL-II) </t>
   </si>
   <si>
     <t>CET1 Capital Ratio BASEL III</t>
   </si>
   <si>
-    <t>CET1 Leverage Ratio BASEL-III</t>
-[...1 lines deleted...]
-  <si>
     <t>Leverage Ratio BASEL III</t>
   </si>
   <si>
     <t>Total Eligible Capital Ratio BASEL III</t>
   </si>
   <si>
     <t>NAMIBIAN BANKING INDUSTRY</t>
   </si>
   <si>
     <t xml:space="preserve"> COMPUTATION OF AGGREGATED PERFORMANCE INDICATORS </t>
   </si>
   <si>
     <t>03/31/2025</t>
   </si>
   <si>
     <t>QUARTERLY FIGURES FOR THE YEAR 2025 (N$ '000)</t>
+  </si>
+  <si>
+    <t>Oil &amp; Gas</t>
+  </si>
+  <si>
+    <t>Electricity&amp;Water</t>
+  </si>
+  <si>
+    <t>Wholesale&amp; retail trade</t>
+  </si>
+  <si>
+    <t>Hotels, restaurants &amp; accommodation</t>
+  </si>
+  <si>
+    <t>Transport, Storage &amp; Communication</t>
+  </si>
+  <si>
+    <t>Professional Services</t>
+  </si>
+  <si>
+    <t>Government</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0%;\(0.0%\)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -444,205 +460,213 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFEBEBEB"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{1AB84BB7-836C-4E9E-9795-727BC36D0890}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>670560</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>81915</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>777240</xdr:colOff>
+      <xdr:colOff>774065</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>618331</xdr:rowOff>
+      <xdr:rowOff>621506</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Return to Homepage">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C291C2A-5FE4-4BBB-9000-8E44A21F9459}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2552700" y="81915"/>
           <a:ext cx="1554480" cy="704056"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -906,927 +930,1273 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:T68"/>
+  <dimension ref="A2:W73"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A43" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9:C68"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A60" zoomScale="83" workbookViewId="0">
+      <selection activeCell="A72" sqref="A72:XFD72"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="13.6640625" customWidth="1"/>
+    <col min="1" max="1" width="31" customWidth="1"/>
+    <col min="2" max="2" width="21.08984375" customWidth="1"/>
+    <col min="3" max="3" width="17.36328125" customWidth="1"/>
+    <col min="4" max="4" width="11.6328125" customWidth="1"/>
+    <col min="5" max="5" width="13.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...10 lines deleted...]
-      <c r="A4" s="16" t="s">
+    <row r="2" spans="1:23" ht="52.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:23" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" s="15"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="16"/>
+    </row>
+    <row r="4" spans="1:23" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" s="18"/>
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="19"/>
+    </row>
+    <row r="5" spans="1:23" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="20" t="s">
         <v>63</v>
       </c>
-      <c r="B4" s="17"/>
-[...13 lines deleted...]
-    <row r="6" spans="1:5" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="21"/>
+      <c r="C5" s="21"/>
+      <c r="D5" s="21"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:23" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A7" s="5"/>
       <c r="E7" s="6"/>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C8" s="1">
         <v>45838</v>
       </c>
       <c r="D8" s="1">
         <v>45930</v>
       </c>
       <c r="E8" s="1">
         <v>46022</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="10">
-        <v>5.4699999999999999E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
       <c r="C9" s="11">
-        <v>4.9500000000000002E-2</v>
-[...4 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="D9" s="10">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="E9" s="10">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="I9" s="9"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="9"/>
+      <c r="L9" s="9"/>
+      <c r="M9" s="9"/>
+      <c r="N9" s="9"/>
+      <c r="O9" s="9"/>
+      <c r="P9" s="9"/>
+      <c r="Q9" s="9"/>
+      <c r="R9" s="9"/>
+      <c r="S9" s="9"/>
+      <c r="T9" s="9"/>
+      <c r="U9" s="9"/>
+      <c r="V9" s="9"/>
+      <c r="W9" s="13"/>
+    </row>
+    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="10">
-        <v>0.39029999999999998</v>
+        <v>0.31900000000000001</v>
       </c>
       <c r="C10" s="11">
-        <v>0.40660000000000002</v>
-[...4 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+        <v>0.315</v>
+      </c>
+      <c r="D10" s="10">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="E10" s="10">
+        <v>0.36099999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="10">
-        <v>7.8899999999999998E-2</v>
+        <v>9.9000000000000005E-2</v>
       </c>
       <c r="C11" s="11">
         <v>8.43E-2</v>
       </c>
-      <c r="D11" s="10"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="D11" s="10">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="E11" s="10">
+        <v>7.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23" ht="24" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="10">
         <v>1</v>
       </c>
       <c r="C12" s="10">
         <v>1</v>
       </c>
-      <c r="D12" s="10"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D12" s="10">
+        <v>1</v>
+      </c>
+      <c r="E12" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="10">
         <v>6.0299999999999999E-2</v>
       </c>
       <c r="C13" s="10">
         <v>5.3199999999999997E-2</v>
       </c>
-      <c r="D13" s="10"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D13" s="10">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="E13" s="23">
+        <v>5.0999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="10">
         <v>2.1899999999999999E-2</v>
       </c>
       <c r="C14" s="10">
         <v>1.7000000000000001E-2</v>
       </c>
-      <c r="D14" s="10"/>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D14" s="10">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E14" s="23">
+        <v>2.1000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="10">
         <v>2.1499999999999998E-2</v>
       </c>
       <c r="C15" s="10">
         <v>2.5600000000000001E-2</v>
       </c>
-      <c r="D15" s="10"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D15" s="10">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E15" s="23">
+        <v>5.1999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="10">
         <v>2.9700000000000001E-2</v>
       </c>
       <c r="C16" s="10">
         <v>4.0399999999999998E-2</v>
       </c>
-      <c r="D16" s="10"/>
-      <c r="E16" s="10"/>
+      <c r="D16" s="10">
+        <v>3.9E-2</v>
+      </c>
+      <c r="E16" s="23">
+        <v>3.4000000000000002E-2</v>
+      </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="10">
         <v>3.3599999999999998E-2</v>
       </c>
       <c r="C17" s="10">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="D17" s="10"/>
-      <c r="E17" s="10"/>
+      <c r="D17" s="10">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="E17" s="23">
+        <v>4.4999999999999998E-2</v>
+      </c>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="9"/>
       <c r="P17" s="9"/>
       <c r="Q17" s="9"/>
       <c r="R17" s="9"/>
       <c r="S17" s="9"/>
       <c r="T17" s="9"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="B18" s="10">
         <v>2.3699999999999999E-2</v>
       </c>
       <c r="C18" s="10">
         <v>2.4299999999999999E-2</v>
       </c>
-      <c r="D18" s="10"/>
-      <c r="E18" s="10"/>
+      <c r="D18" s="10">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="E18" s="23">
+        <v>2.7E-2</v>
+      </c>
       <c r="H18" s="9"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B19" s="10">
         <v>7.9600000000000004E-2</v>
       </c>
       <c r="C19" s="10">
         <v>7.5600000000000001E-2</v>
       </c>
-      <c r="D19" s="10"/>
-      <c r="E19" s="10"/>
+      <c r="D19" s="10">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="E19" s="23">
+        <v>0</v>
+      </c>
       <c r="H19" s="9"/>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="B20" s="10">
-        <v>2.7099999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="C20" s="10">
-        <v>2.9499999999999998E-2</v>
-[...2 lines deleted...]
-      <c r="E20" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="D20" s="10">
+        <v>0</v>
+      </c>
+      <c r="E20" s="23">
+        <v>5.2999999999999999E-2</v>
+      </c>
       <c r="H20" s="9"/>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B21" s="10">
-        <v>5.74E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="C21" s="10">
-        <v>5.6099999999999997E-2</v>
-[...2 lines deleted...]
-      <c r="E21" s="10"/>
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="D21" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="E21" s="23">
+        <v>0</v>
+      </c>
       <c r="H21" s="9"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="B22" s="10">
-        <v>7.7700000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="C22" s="10">
-        <v>6.8500000000000005E-2</v>
-[...2 lines deleted...]
-      <c r="E22" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="D22" s="10">
+        <v>0</v>
+      </c>
+      <c r="E22" s="23">
+        <v>4.5999999999999999E-2</v>
+      </c>
       <c r="H22" s="9"/>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="B23" s="10">
-        <v>6.3899999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="C23" s="10">
-        <v>7.7399999999999997E-2</v>
-[...2 lines deleted...]
-      <c r="E23" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="D23" s="10">
+        <v>0</v>
+      </c>
+      <c r="E23" s="23">
+        <v>0.17</v>
+      </c>
       <c r="H23" s="9"/>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B24" s="10">
-        <v>4.6899999999999997E-2</v>
+        <v>5.74E-2</v>
       </c>
       <c r="C24" s="10">
-        <v>4.1399999999999999E-2</v>
-[...2 lines deleted...]
-      <c r="E24" s="10"/>
+        <v>5.6099999999999997E-2</v>
+      </c>
+      <c r="D24" s="10">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E24" s="23">
+        <v>8.5999999999999993E-2</v>
+      </c>
       <c r="H24" s="9"/>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B25" s="10">
-        <v>0.4178</v>
+        <v>7.7700000000000005E-2</v>
       </c>
       <c r="C25" s="10">
-        <v>0.4199</v>
-[...2 lines deleted...]
-      <c r="E25" s="10"/>
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="D25" s="10">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="E25" s="23">
+        <v>7.2999999999999995E-2</v>
+      </c>
       <c r="H25" s="9"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B26" s="10">
-        <v>3.9E-2</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="C26" s="10">
-        <v>3.7999999999999999E-2</v>
-[...2 lines deleted...]
-      <c r="E26" s="10"/>
+        <v>7.7399999999999997E-2</v>
+      </c>
+      <c r="D26" s="10">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="E26" s="23">
+        <v>0</v>
+      </c>
       <c r="H26" s="9"/>
     </row>
-    <row r="27" spans="1:20" ht="24" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="B27" s="10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C27" s="10">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="E27" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="D27" s="10">
+        <v>0</v>
+      </c>
+      <c r="E27" s="23">
+        <v>0.10100000000000001</v>
+      </c>
       <c r="H27" s="9"/>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B28" s="10">
-        <v>4.5999999999999999E-3</v>
+        <v>4.6899999999999997E-2</v>
       </c>
       <c r="C28" s="10">
-        <v>4.7000000000000002E-3</v>
-[...2 lines deleted...]
-      <c r="E28" s="10"/>
+        <v>4.1399999999999999E-2</v>
+      </c>
+      <c r="D28" s="10">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
       <c r="H28" s="9"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B29" s="10">
-        <v>9.8699999999999996E-2</v>
+        <v>0</v>
       </c>
       <c r="C29" s="10">
-        <v>9.0700000000000003E-2</v>
-[...2 lines deleted...]
-      <c r="E29" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="D29" s="10">
+        <v>0</v>
+      </c>
+      <c r="E29" s="23">
+        <v>0.10199999999999999</v>
+      </c>
       <c r="H29" s="9"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B30" s="10">
-        <v>1.41E-2</v>
+        <v>0.4178</v>
       </c>
       <c r="C30" s="10">
-        <v>1.34E-2</v>
-[...2 lines deleted...]
-      <c r="E30" s="10"/>
+        <v>0.4199</v>
+      </c>
+      <c r="D30" s="10">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="E30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="9"/>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B31" s="10">
-        <v>1.52E-2</v>
+        <v>3.9E-2</v>
       </c>
       <c r="C31" s="10">
-        <v>1.4999999999999999E-2</v>
-[...2 lines deleted...]
-      <c r="E31" s="10"/>
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="D31" s="10">
+        <v>0.155</v>
+      </c>
+      <c r="E31" s="23">
+        <v>0.123</v>
+      </c>
+      <c r="H31" s="9"/>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="10">
+        <v>0</v>
+      </c>
+      <c r="C32" s="10">
+        <v>0</v>
+      </c>
+      <c r="D32" s="10">
+        <v>0</v>
+      </c>
+      <c r="E32" s="23">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H32" s="9"/>
+    </row>
+    <row r="33" spans="1:8" ht="24" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B33" s="10">
+        <v>1</v>
+      </c>
+      <c r="C33" s="10">
+        <v>1</v>
+      </c>
+      <c r="D33" s="10">
+        <v>1</v>
+      </c>
+      <c r="E33" s="23">
+        <v>1</v>
+      </c>
+      <c r="H33" s="9"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B34" s="10">
+        <v>4.5999999999999999E-3</v>
+      </c>
+      <c r="C34" s="10">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="D34" s="10">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E34" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="H34" s="9"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" s="10">
+        <v>9.8699999999999996E-2</v>
+      </c>
+      <c r="C35" s="10">
+        <v>9.0700000000000003E-2</v>
+      </c>
+      <c r="D35" s="10">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="E35" s="23">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="H35" s="9"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="10">
+        <v>1.41E-2</v>
+      </c>
+      <c r="C36" s="10">
+        <v>1.34E-2</v>
+      </c>
+      <c r="D36" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E36" s="23">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="10">
+        <v>1.52E-2</v>
+      </c>
+      <c r="C37" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="D37" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="E37" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="10">
+        <v>1.04E-2</v>
+      </c>
+      <c r="C38" s="10">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="D38" s="10">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="E38" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="10">
+      <c r="B39" s="10">
+        <v>0.72750000000000004</v>
+      </c>
+      <c r="C39" s="10">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="D39" s="10">
+        <v>0.73699999999999999</v>
+      </c>
+      <c r="E39" s="23">
+        <v>0.747</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B40" s="10">
+        <v>1.0200000000000001E-2</v>
+      </c>
+      <c r="C40" s="10">
         <v>1.04E-2</v>
       </c>
-      <c r="C32" s="10">
-[...19 lines deleted...]
-      <c r="A34" s="8" t="s">
+      <c r="D40" s="10">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E40" s="23">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="B34" s="10">
-[...9 lines deleted...]
-      <c r="A35" s="8" t="s">
+      <c r="B41" s="10">
+        <v>3.7199999999999997E-2</v>
+      </c>
+      <c r="C41" s="10">
+        <v>4.4600000000000001E-2</v>
+      </c>
+      <c r="D41" s="10">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E41" s="23">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="10">
-[...9 lines deleted...]
-      <c r="A36" s="8" t="s">
+      <c r="B42" s="10">
+        <v>1.9800000000000002E-2</v>
+      </c>
+      <c r="C42" s="10">
+        <v>1.9800000000000002E-2</v>
+      </c>
+      <c r="D42" s="10">
+        <v>1.4E-2</v>
+      </c>
+      <c r="E42" s="23">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="10">
-[...9 lines deleted...]
-      <c r="A37" s="8" t="s">
+      <c r="B43" s="10">
+        <v>6.8999999999999999E-3</v>
+      </c>
+      <c r="C43" s="10">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="D43" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E43" s="23">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="B37" s="10">
-[...2 lines deleted...]
-      <c r="C37" s="10">
+      <c r="B44" s="10">
+        <v>1.6299999999999999E-2</v>
+      </c>
+      <c r="C44" s="10">
+        <v>1.24E-2</v>
+      </c>
+      <c r="D44" s="10">
+        <v>0.04</v>
+      </c>
+      <c r="E44" s="23">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B45" s="10">
+        <v>3.1899999999999998E-2</v>
+      </c>
+      <c r="C45" s="10">
+        <v>0.1757</v>
+      </c>
+      <c r="D45" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="E45" s="23">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B46" s="10">
         <v>7.3000000000000001E-3</v>
       </c>
-      <c r="D37" s="10"/>
-[...29 lines deleted...]
-      <c r="A40" s="8" t="s">
+      <c r="C46" s="10">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="D46" s="10">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="E46" s="23">
+        <v>3.3000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="24" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B40" s="10">
-[...2 lines deleted...]
-      <c r="C40" s="10">
+      <c r="B47" s="10">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="C47" s="10">
+        <v>2.3E-3</v>
+      </c>
+      <c r="D47" s="10">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="D40" s="10"/>
-[...3 lines deleted...]
-      <c r="A41" s="8" t="s">
+      <c r="E47" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="24" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="B41" s="10">
-[...12 lines deleted...]
-      <c r="B42" s="10">
+      <c r="B48" s="10">
         <v>7.1599999999999997E-2</v>
       </c>
-      <c r="C42" s="10">
+      <c r="C48" s="10">
         <v>6.5600000000000006E-2</v>
       </c>
-      <c r="D42" s="10"/>
-[...78 lines deleted...]
-      <c r="E48" s="10"/>
+      <c r="D48" s="10">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="E48" s="10">
+        <v>4.1999999999999997E-3</v>
+      </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B49" s="10">
-        <v>1.83E-2</v>
+        <v>0.37240000000000001</v>
       </c>
       <c r="C49" s="10">
-        <v>1.8599999999999998E-2</v>
-[...2 lines deleted...]
-      <c r="E49" s="10"/>
+        <v>0.36880000000000002</v>
+      </c>
+      <c r="D49" s="10">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="E49" s="10">
+        <v>7.4700000000000003E-2</v>
+      </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B50" s="10">
-        <v>0.50980000000000003</v>
+        <v>0.1038</v>
       </c>
       <c r="C50" s="10">
-        <v>0.53580000000000005</v>
-[...4 lines deleted...]
-    <row r="51" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+        <v>0.1032</v>
+      </c>
+      <c r="D50" s="10">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="E50" s="10">
+        <v>1.5699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B51" s="10">
-        <v>8.7900000000000006E-2</v>
+        <v>0.1966</v>
       </c>
       <c r="C51" s="10">
-        <v>7.1999999999999995E-2</v>
-[...4 lines deleted...]
-    <row r="52" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="D51" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="E51" s="10">
+        <v>0.215</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B52" s="10">
-        <v>0.51590000000000003</v>
+        <v>2.4500000000000001E-2</v>
       </c>
       <c r="C52" s="10">
-        <v>0.50590000000000002</v>
-[...2 lines deleted...]
-      <c r="E52" s="10"/>
+        <v>2.64E-2</v>
+      </c>
+      <c r="D52" s="10">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="E52" s="10">
+        <v>2.8000000000000001E-2</v>
+      </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="B53" s="10">
-        <v>9.8799999999999999E-2</v>
+        <v>0.5181</v>
       </c>
       <c r="C53" s="10">
-        <v>8.2100000000000006E-2</v>
-[...4 lines deleted...]
-    <row r="54" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+        <v>0.55910000000000004</v>
+      </c>
+      <c r="D53" s="10">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="E53" s="10">
+        <v>0.54300000000000004</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B54" s="10">
-        <v>2.0901999999999998</v>
+        <v>0.56299999999999994</v>
       </c>
       <c r="C54" s="10">
-        <v>1.9404999999999999</v>
-[...2 lines deleted...]
-      <c r="E54" s="10"/>
+        <v>0.56320000000000003</v>
+      </c>
+      <c r="D54" s="10">
+        <v>0.71140000000000003</v>
+      </c>
+      <c r="E54" s="10">
+        <v>0.75039999999999996</v>
+      </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B55" s="10">
-        <v>0.1802</v>
+        <v>1.83E-2</v>
       </c>
       <c r="C55" s="10">
-        <v>0.1709</v>
-[...4 lines deleted...]
-    <row r="56" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+        <v>1.8599999999999998E-2</v>
+      </c>
+      <c r="D55" s="10">
+        <v>2.3900000000000001E-2</v>
+      </c>
+      <c r="E55" s="10">
+        <v>2.6499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B56" s="10">
-        <v>0.2059</v>
+        <v>0.50980000000000003</v>
       </c>
       <c r="C56" s="10">
-        <v>0.19719999999999999</v>
-[...2 lines deleted...]
-      <c r="E56" s="10"/>
+        <v>0.53580000000000005</v>
+      </c>
+      <c r="D56" s="10">
+        <v>0.74990000000000001</v>
+      </c>
+      <c r="E56" s="10">
+        <v>0.81789999999999996</v>
+      </c>
     </row>
     <row r="57" spans="1:5" ht="24" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B57" s="10">
-        <v>0.20899999999999999</v>
+        <v>8.7900000000000006E-2</v>
       </c>
       <c r="C57" s="10">
-        <v>0.19409999999999999</v>
-[...2 lines deleted...]
-      <c r="E57" s="10"/>
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="D57" s="10">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="E57" s="10">
+        <v>-1.6000000000000001E-3</v>
+      </c>
     </row>
     <row r="58" spans="1:5" ht="24" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B58" s="10">
-        <v>0.26619999999999999</v>
+        <v>0.51590000000000003</v>
       </c>
       <c r="C58" s="10">
-        <v>0.27479999999999999</v>
-[...2 lines deleted...]
-      <c r="E58" s="10"/>
+        <v>0.50590000000000002</v>
+      </c>
+      <c r="D58" s="10">
+        <v>0.30990000000000001</v>
+      </c>
+      <c r="E58" s="10">
+        <v>0.32769999999999999</v>
+      </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B59" s="10">
-        <v>0.83209999999999995</v>
+        <v>9.8799999999999999E-2</v>
       </c>
       <c r="C59" s="10">
-        <v>0.86109999999999998</v>
-[...2 lines deleted...]
-      <c r="E59" s="10"/>
+        <v>8.2100000000000006E-2</v>
+      </c>
+      <c r="D59" s="10">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="E59" s="10">
+        <v>1.4E-3</v>
+      </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="B60" s="10">
-        <v>0.65749999999999997</v>
+        <v>2.0901999999999998</v>
       </c>
       <c r="C60" s="10">
-        <v>0.67510000000000003</v>
-[...2 lines deleted...]
-      <c r="E60" s="10"/>
+        <v>1.9404999999999999</v>
+      </c>
+      <c r="D60" s="10">
+        <v>2.2082999999999999</v>
+      </c>
+      <c r="E60" s="10">
+        <v>2.4182999999999999</v>
+      </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B61" s="10">
-        <v>0.2235</v>
+        <v>0.1802</v>
       </c>
       <c r="C61" s="10">
-        <v>0.2223</v>
-[...4 lines deleted...]
-    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+        <v>0.1709</v>
+      </c>
+      <c r="D61" s="10">
+        <v>0.16189999999999999</v>
+      </c>
+      <c r="E61" s="10">
+        <v>0.1855</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="24" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="B62" s="10">
-        <v>0.311</v>
+        <v>0.2059</v>
       </c>
       <c r="C62" s="10">
-        <v>0.30640000000000001</v>
-[...4 lines deleted...]
-    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+        <v>0.19719999999999999</v>
+      </c>
+      <c r="D62" s="10">
+        <v>0.2137</v>
+      </c>
+      <c r="E62" s="10">
+        <v>0.24410000000000001</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="24" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B63" s="10">
-        <v>0.311</v>
+        <v>0.20899999999999999</v>
       </c>
       <c r="C63" s="10">
-        <v>0.30640000000000001</v>
-[...4 lines deleted...]
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+        <v>0.19409999999999999</v>
+      </c>
+      <c r="D63" s="10">
+        <v>0.2208</v>
+      </c>
+      <c r="E63" s="10">
+        <v>0.24179999999999999</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="24" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B64" s="10">
-        <v>0.3453</v>
+        <v>0.26619999999999999</v>
       </c>
       <c r="C64" s="10">
-        <v>0.33119999999999999</v>
-[...2 lines deleted...]
-      <c r="E64" s="10"/>
+        <v>0.27479999999999999</v>
+      </c>
+      <c r="D64" s="10">
+        <v>6.3500000000000001E-2</v>
+      </c>
+      <c r="E64" s="10">
+        <v>6.7000000000000004E-2</v>
+      </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B65" s="10">
-        <v>0.15359999999999999</v>
+        <v>0.83209999999999995</v>
       </c>
       <c r="C65" s="10">
-        <v>0.17249999999999999</v>
-[...2 lines deleted...]
-      <c r="E65" s="12"/>
+        <v>0.86109999999999998</v>
+      </c>
+      <c r="D65" s="10">
+        <v>0.86299999999999999</v>
+      </c>
+      <c r="E65" s="10">
+        <v>0.875</v>
+      </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="B66" s="10">
-        <v>9.3799999999999994E-2</v>
+        <v>0.65749999999999997</v>
       </c>
       <c r="C66" s="10">
-        <v>0.1084</v>
-[...2 lines deleted...]
-      <c r="E66" s="10"/>
+        <v>0.67510000000000003</v>
+      </c>
+      <c r="D66" s="10">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="E66" s="10">
+        <v>0.71530000000000005</v>
+      </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="B67" s="10">
-        <v>9.3799999999999994E-2</v>
+        <v>0.2235</v>
       </c>
       <c r="C67" s="10">
-        <v>0.1084</v>
-[...2 lines deleted...]
-      <c r="E67" s="10"/>
+        <v>0.2223</v>
+      </c>
+      <c r="D67" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="E67" s="10">
+        <v>0.20599999999999999</v>
+      </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B68" s="10">
-        <v>0.16220000000000001</v>
+        <v>0.311</v>
       </c>
       <c r="C68" s="10">
-        <v>0.18</v>
-[...2 lines deleted...]
-      <c r="E68" s="10"/>
+        <v>0.30640000000000001</v>
+      </c>
+      <c r="D68" s="10">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="E68" s="10">
+        <v>0.2777</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B69" s="10">
+        <v>0.311</v>
+      </c>
+      <c r="C69" s="10">
+        <v>0.30640000000000001</v>
+      </c>
+      <c r="D69" s="10">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="E69" s="10">
+        <v>0.2777</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B70" s="10">
+        <v>0.3453</v>
+      </c>
+      <c r="C70" s="10">
+        <v>0.33119999999999999</v>
+      </c>
+      <c r="D70" s="10">
+        <v>0.31290000000000001</v>
+      </c>
+      <c r="E70" s="10">
+        <v>0.29389999999999999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B71" s="10">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="C71" s="10">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="D71" s="10">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="E71" s="12">
+        <v>0.156</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B72" s="10">
+        <v>9.3799999999999994E-2</v>
+      </c>
+      <c r="C72" s="10">
+        <v>0.1084</v>
+      </c>
+      <c r="D72" s="10">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="E72" s="10">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B73" s="10">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="C73" s="10">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="D73" s="10">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="E73" s="10">
+        <v>0.17299999999999999</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="74" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">