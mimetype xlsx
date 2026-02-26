--- v0 (2025-10-03)
+++ v1 (2026-02-26)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Output Tables\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\Decemeber 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{170F240A-3021-4293-9187-14432856F787}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6490C28-32E2-4998-94E7-84AAD3F10CE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28692" yWindow="-108" windowWidth="29016" windowHeight="16416" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIR 610.xlsx" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="39">
   <si>
     <t>Description</t>
@@ -158,87 +158,78 @@
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>QUARTERLY FIGURES FOR THE YEAR 2025 (N$ '000)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF35383A"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
@@ -431,94 +422,79 @@
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFABABAB"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="37" fontId="2" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="37" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="1" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
@@ -935,896 +911,1096 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:N28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F31" sqref="F31"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I36" sqref="I36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="83.88671875" customWidth="1"/>
+    <col min="1" max="1" width="83.81640625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="8" width="17.44140625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="12.109375" customWidth="1"/>
+    <col min="3" max="8" width="17.453125" customWidth="1"/>
+    <col min="9" max="9" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.81640625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.7265625" customWidth="1"/>
+    <col min="12" max="12" width="11.26953125" customWidth="1"/>
+    <col min="13" max="13" width="11.81640625" customWidth="1"/>
+    <col min="14" max="14" width="12.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...17 lines deleted...]
-      <c r="A4" s="30" t="s">
+    <row r="2" spans="1:14" ht="52.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="23"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
+    </row>
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="B4" s="31"/>
-[...14 lines deleted...]
-      <c r="A5" s="32" t="s">
+      <c r="B4" s="26"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+    </row>
+    <row r="5" spans="1:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B5" s="33"/>
-[...11 lines deleted...]
-      <c r="N5" s="33"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+      <c r="K5" s="28"/>
+      <c r="L5" s="28"/>
+      <c r="M5" s="28"/>
+      <c r="N5" s="28"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A6" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="17" t="s">
+      <c r="A6" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="22">
+      <c r="C6" s="17">
         <v>2025</v>
       </c>
-      <c r="D6" s="22">
+      <c r="D6" s="17">
         <v>2025</v>
       </c>
-      <c r="E6" s="22">
+      <c r="E6" s="17">
         <v>2025</v>
       </c>
-      <c r="F6" s="22">
+      <c r="F6" s="17">
         <v>2025</v>
       </c>
-      <c r="G6" s="22">
+      <c r="G6" s="17">
         <v>2025</v>
       </c>
-      <c r="H6" s="22">
+      <c r="H6" s="17">
         <v>2025</v>
       </c>
-      <c r="I6" s="22">
+      <c r="I6" s="17">
         <v>2025</v>
       </c>
-      <c r="J6" s="22">
+      <c r="J6" s="17">
         <v>2025</v>
       </c>
-      <c r="K6" s="22">
+      <c r="K6" s="17">
         <v>2025</v>
       </c>
-      <c r="L6" s="22">
+      <c r="L6" s="17">
         <v>2025</v>
       </c>
-      <c r="M6" s="22">
+      <c r="M6" s="17">
         <v>2025</v>
       </c>
-      <c r="N6" s="22">
+      <c r="N6" s="17">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A7" s="26"/>
+      <c r="A7" s="21"/>
       <c r="B7" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="23" t="s">
+      <c r="C7" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E7" s="23" t="s">
+      <c r="E7" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G7" s="23" t="s">
+      <c r="G7" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="I7" s="23" t="s">
+      <c r="I7" s="18" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="K7" s="23" t="s">
+      <c r="K7" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="M7" s="23" t="s">
+      <c r="M7" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="N7" s="18" t="s">
+      <c r="N7" s="13" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B8" s="19" t="s">
+    <row r="8" spans="1:14" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22"/>
+      <c r="B8" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="24" t="s">
+      <c r="C8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="D8" s="20" t="s">
+      <c r="D8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="E8" s="24" t="s">
+      <c r="E8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="20" t="s">
+      <c r="F8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="24" t="s">
+      <c r="G8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="H8" s="20" t="s">
+      <c r="H8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="I8" s="24" t="s">
+      <c r="I8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="J8" s="20" t="s">
+      <c r="J8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="K8" s="24" t="s">
+      <c r="K8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="L8" s="20" t="s">
+      <c r="L8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="M8" s="24" t="s">
+      <c r="M8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="N8" s="21" t="s">
+      <c r="N8" s="16" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="14" t="s">
+    <row r="9" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="14">
+      <c r="B9" s="10">
         <v>1</v>
       </c>
-      <c r="C9" s="15">
-[...25 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="C9" s="11">
+        <v>1721374</v>
+      </c>
+      <c r="D9" s="11">
+        <v>1623609</v>
+      </c>
+      <c r="E9" s="11">
+        <v>1629111</v>
+      </c>
+      <c r="F9" s="11">
+        <v>1561087</v>
+      </c>
+      <c r="G9" s="11">
+        <v>1590848</v>
+      </c>
+      <c r="H9" s="11">
+        <v>1423912</v>
+      </c>
+      <c r="I9" s="11">
+        <v>1431272</v>
+      </c>
+      <c r="J9" s="11">
+        <v>1455402</v>
+      </c>
+      <c r="K9" s="11">
+        <v>1440280</v>
+      </c>
+      <c r="L9" s="11">
+        <v>1523708</v>
+      </c>
+      <c r="M9" s="11">
+        <v>1567024</v>
+      </c>
+      <c r="N9" s="11">
+        <v>1602797</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="8">
+      <c r="B10" s="6">
         <v>2</v>
       </c>
-      <c r="C10" s="9">
-[...24 lines deleted...]
-    <row r="11" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="8">
+        <v>1923085</v>
+      </c>
+      <c r="D10" s="8">
+        <v>1926900</v>
+      </c>
+      <c r="E10" s="8">
+        <v>1953459</v>
+      </c>
+      <c r="F10" s="8">
+        <v>1997446</v>
+      </c>
+      <c r="G10" s="8">
+        <v>1980446</v>
+      </c>
+      <c r="H10" s="8">
+        <v>2122088</v>
+      </c>
+      <c r="I10" s="8">
+        <v>2058627</v>
+      </c>
+      <c r="J10" s="8">
+        <v>1962500</v>
+      </c>
+      <c r="K10" s="8">
+        <v>2050622</v>
+      </c>
+      <c r="L10" s="8">
+        <v>2027360</v>
+      </c>
+      <c r="M10" s="8">
+        <v>2015508</v>
+      </c>
+      <c r="N10" s="8">
+        <v>1959239</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="4">
         <v>3</v>
       </c>
-      <c r="C11" s="5">
-[...25 lines deleted...]
-      <c r="A12" s="8" t="s">
+      <c r="C11" s="7">
+        <v>253150</v>
+      </c>
+      <c r="D11" s="7">
+        <v>211037</v>
+      </c>
+      <c r="E11" s="7">
+        <v>171592</v>
+      </c>
+      <c r="F11" s="7">
+        <v>167535</v>
+      </c>
+      <c r="G11" s="7">
+        <v>244349</v>
+      </c>
+      <c r="H11" s="7">
+        <v>141596</v>
+      </c>
+      <c r="I11" s="7">
+        <v>139636</v>
+      </c>
+      <c r="J11" s="7">
+        <v>196755</v>
+      </c>
+      <c r="K11" s="7">
+        <v>267783</v>
+      </c>
+      <c r="L11" s="7">
+        <v>257820</v>
+      </c>
+      <c r="M11" s="7">
+        <v>295839</v>
+      </c>
+      <c r="N11" s="7">
+        <v>290244</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="8">
+      <c r="B12" s="6">
         <v>4</v>
       </c>
-      <c r="C12" s="9">
-[...22 lines deleted...]
-      <c r="N12" s="12"/>
+      <c r="C12" s="8">
+        <v>3897609</v>
+      </c>
+      <c r="D12" s="8">
+        <v>3761546</v>
+      </c>
+      <c r="E12" s="8">
+        <v>3754162</v>
+      </c>
+      <c r="F12" s="8">
+        <v>3726068</v>
+      </c>
+      <c r="G12" s="8">
+        <v>3815643</v>
+      </c>
+      <c r="H12" s="8">
+        <v>3687596</v>
+      </c>
+      <c r="I12" s="8">
+        <v>3629535</v>
+      </c>
+      <c r="J12" s="8">
+        <v>3614657</v>
+      </c>
+      <c r="K12" s="8">
+        <v>3758685</v>
+      </c>
+      <c r="L12" s="8">
+        <v>3808888</v>
+      </c>
+      <c r="M12" s="8">
+        <v>3376501</v>
+      </c>
+      <c r="N12" s="8">
+        <v>3852280</v>
+      </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="4">
         <v>5</v>
       </c>
-      <c r="C13" s="5">
-[...25 lines deleted...]
-      <c r="A14" s="8" t="s">
+      <c r="C13" s="7">
+        <v>389760.9</v>
+      </c>
+      <c r="D13" s="7">
+        <v>376154.6</v>
+      </c>
+      <c r="E13" s="7">
+        <v>375416.2</v>
+      </c>
+      <c r="F13" s="7">
+        <v>372606.8</v>
+      </c>
+      <c r="G13" s="7">
+        <v>381564.3</v>
+      </c>
+      <c r="H13" s="7">
+        <v>368759.6</v>
+      </c>
+      <c r="I13" s="7">
+        <v>362953.5</v>
+      </c>
+      <c r="J13" s="7">
+        <v>361465.7</v>
+      </c>
+      <c r="K13" s="7">
+        <v>375868.5</v>
+      </c>
+      <c r="L13" s="7">
+        <v>380888.8</v>
+      </c>
+      <c r="M13" s="7">
+        <v>337650.1</v>
+      </c>
+      <c r="N13" s="7">
+        <v>385228</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B14" s="8">
+      <c r="B14" s="6">
         <v>6</v>
       </c>
-      <c r="C14" s="9">
-[...22 lines deleted...]
-      <c r="N14" s="11"/>
+      <c r="C14" s="7">
+        <v>727633</v>
+      </c>
+      <c r="D14" s="7">
+        <v>738351</v>
+      </c>
+      <c r="E14" s="7">
+        <v>795109</v>
+      </c>
+      <c r="F14" s="7">
+        <v>923001</v>
+      </c>
+      <c r="G14" s="7">
+        <v>741019</v>
+      </c>
+      <c r="H14" s="7">
+        <v>747760</v>
+      </c>
+      <c r="I14" s="7">
+        <v>753559</v>
+      </c>
+      <c r="J14" s="7">
+        <v>787813</v>
+      </c>
+      <c r="K14" s="7">
+        <v>830252</v>
+      </c>
+      <c r="L14" s="7">
+        <v>913473</v>
+      </c>
+      <c r="M14" s="7">
+        <v>594584</v>
+      </c>
+      <c r="N14" s="7">
+        <v>931834</v>
+      </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="4">
         <v>7</v>
       </c>
-      <c r="C15" s="5">
-[...22 lines deleted...]
-      <c r="N15" s="11"/>
+      <c r="C15" s="7">
+        <v>31973</v>
+      </c>
+      <c r="D15" s="7">
+        <v>47358</v>
+      </c>
+      <c r="E15" s="7">
+        <v>89432</v>
+      </c>
+      <c r="F15" s="7">
+        <v>57044</v>
+      </c>
+      <c r="G15" s="7">
+        <v>65257</v>
+      </c>
+      <c r="H15" s="7">
+        <v>81078</v>
+      </c>
+      <c r="I15" s="7">
+        <v>81455</v>
+      </c>
+      <c r="J15" s="7">
+        <v>96760</v>
+      </c>
+      <c r="K15" s="7">
+        <v>113706</v>
+      </c>
+      <c r="L15" s="7">
+        <v>106742</v>
+      </c>
+      <c r="M15" s="7">
+        <v>112036</v>
+      </c>
+      <c r="N15" s="7">
+        <v>111374</v>
+      </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A16" s="8" t="s">
+      <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="8">
+      <c r="B16" s="6">
         <v>8</v>
       </c>
-      <c r="C16" s="9">
-[...22 lines deleted...]
-      <c r="N16" s="12"/>
+      <c r="C16" s="8">
+        <v>265804</v>
+      </c>
+      <c r="D16" s="8">
+        <v>237216</v>
+      </c>
+      <c r="E16" s="8">
+        <v>189616</v>
+      </c>
+      <c r="F16" s="8">
+        <v>360370</v>
+      </c>
+      <c r="G16" s="8">
+        <v>129783</v>
+      </c>
+      <c r="H16" s="8">
+        <v>134466</v>
+      </c>
+      <c r="I16" s="8">
+        <v>130403</v>
+      </c>
+      <c r="J16" s="8">
+        <v>203066</v>
+      </c>
+      <c r="K16" s="8">
+        <v>229893</v>
+      </c>
+      <c r="L16" s="8">
+        <v>243520</v>
+      </c>
+      <c r="M16" s="8">
+        <v>248581</v>
+      </c>
+      <c r="N16" s="8">
+        <v>235270</v>
+      </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="4">
         <v>9</v>
       </c>
-      <c r="C17" s="5">
+      <c r="C17" s="7">
         <v>33702</v>
       </c>
-      <c r="D17" s="5">
+      <c r="D17" s="7">
         <v>33095</v>
       </c>
-      <c r="E17" s="5">
+      <c r="E17" s="7">
         <v>32929</v>
       </c>
-      <c r="F17" s="5">
+      <c r="F17" s="7">
         <v>32819</v>
       </c>
-      <c r="G17" s="5">
+      <c r="G17" s="7">
         <v>33566</v>
       </c>
-      <c r="H17" s="5">
+      <c r="H17" s="7">
         <v>32485</v>
       </c>
-      <c r="I17" s="11"/>
-[...4 lines deleted...]
-      <c r="N17" s="11"/>
+      <c r="I17" s="7">
+        <v>31820</v>
+      </c>
+      <c r="J17" s="7">
+        <v>31503</v>
+      </c>
+      <c r="K17" s="7">
+        <v>32562</v>
+      </c>
+      <c r="L17" s="7">
+        <v>32885</v>
+      </c>
+      <c r="M17" s="7">
+        <v>33241</v>
+      </c>
+      <c r="N17" s="7">
+        <v>32989</v>
+      </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="8" t="s">
+      <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="8">
+      <c r="B18" s="6">
         <v>10</v>
       </c>
-      <c r="C18" s="9">
-[...22 lines deleted...]
-      <c r="N18" s="12"/>
+      <c r="C18" s="8">
+        <v>0</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8">
+        <v>0</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="4">
         <v>11</v>
       </c>
-      <c r="C19" s="5">
-[...22 lines deleted...]
-      <c r="N19" s="11"/>
+      <c r="C19" s="7">
+        <v>0</v>
+      </c>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7">
+        <v>0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>0</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="L19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="N19" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="8" t="s">
+      <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B20" s="8">
+      <c r="B20" s="6">
         <v>12</v>
       </c>
-      <c r="C20" s="9">
-[...22 lines deleted...]
-      <c r="N20" s="12"/>
+      <c r="C20" s="8">
+        <v>327260</v>
+      </c>
+      <c r="D20" s="8">
+        <v>336483</v>
+      </c>
+      <c r="E20" s="8">
+        <v>393943</v>
+      </c>
+      <c r="F20" s="8">
+        <v>372312</v>
+      </c>
+      <c r="G20" s="8">
+        <v>410415</v>
+      </c>
+      <c r="H20" s="8">
+        <v>419281</v>
+      </c>
+      <c r="I20" s="8">
+        <v>434885</v>
+      </c>
+      <c r="J20" s="8">
+        <v>386622</v>
+      </c>
+      <c r="K20" s="8">
+        <v>380665</v>
+      </c>
+      <c r="L20" s="8">
+        <v>419235</v>
+      </c>
+      <c r="M20" s="8">
+        <v>473475</v>
+      </c>
+      <c r="N20" s="8">
+        <v>479861</v>
+      </c>
     </row>
     <row r="21" spans="1:14" ht="24" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="4">
         <v>13</v>
       </c>
-      <c r="C21" s="5">
-[...22 lines deleted...]
-      <c r="N21" s="11"/>
+      <c r="C21" s="7">
+        <v>0</v>
+      </c>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7">
+        <v>0</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0</v>
+      </c>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7">
+        <v>0</v>
+      </c>
+      <c r="J21" s="7"/>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="L21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="N21" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="8" t="s">
+      <c r="A22" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="8">
+      <c r="B22" s="6">
         <v>14</v>
       </c>
-      <c r="C22" s="9">
-[...22 lines deleted...]
-      <c r="N22" s="12"/>
+      <c r="C22" s="8">
+        <v>51031</v>
+      </c>
+      <c r="D22" s="8">
+        <v>51395</v>
+      </c>
+      <c r="E22" s="8">
+        <v>51747</v>
+      </c>
+      <c r="F22" s="8">
+        <v>50282</v>
+      </c>
+      <c r="G22" s="8">
+        <v>50327</v>
+      </c>
+      <c r="H22" s="8">
+        <v>50691</v>
+      </c>
+      <c r="I22" s="8">
+        <v>51008</v>
+      </c>
+      <c r="J22" s="8">
+        <v>51443</v>
+      </c>
+      <c r="K22" s="8">
+        <v>51783</v>
+      </c>
+      <c r="L22" s="8">
+        <v>50250</v>
+      </c>
+      <c r="M22" s="8">
+        <v>50375</v>
+      </c>
+      <c r="N22" s="8">
+        <v>50669</v>
+      </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="4">
         <v>15</v>
       </c>
-      <c r="C23" s="5">
-[...22 lines deleted...]
-      <c r="N23" s="11"/>
+      <c r="C23" s="7">
+        <v>0</v>
+      </c>
+      <c r="D23" s="7"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="7">
+        <v>0</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0</v>
+      </c>
+      <c r="H23" s="7"/>
+      <c r="I23" s="7">
+        <v>0</v>
+      </c>
+      <c r="J23" s="7"/>
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="L23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0</v>
+      </c>
+      <c r="N23" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="8" t="s">
+      <c r="A24" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B24" s="8">
+      <c r="B24" s="6">
         <v>16</v>
       </c>
-      <c r="C24" s="9">
-[...24 lines deleted...]
-    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="C24" s="8">
+        <v>0</v>
+      </c>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8">
+        <v>0</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0</v>
+      </c>
+      <c r="H24" s="8"/>
+      <c r="I24" s="8">
+        <v>0</v>
+      </c>
+      <c r="J24" s="8"/>
+      <c r="K24" s="8">
+        <v>0</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="24" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="4">
         <v>17</v>
       </c>
-      <c r="C25" s="5">
-[...22 lines deleted...]
-      <c r="N25" s="11"/>
+      <c r="C25" s="7">
+        <v>0</v>
+      </c>
+      <c r="D25" s="7"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="7">
+        <v>0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0</v>
+      </c>
+      <c r="H25" s="7"/>
+      <c r="I25" s="7">
+        <v>0</v>
+      </c>
+      <c r="J25" s="7"/>
+      <c r="K25" s="7">
+        <v>0</v>
+      </c>
+      <c r="L25" s="7">
+        <v>0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0</v>
+      </c>
+      <c r="N25" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="26" spans="1:14" ht="60" x14ac:dyDescent="0.25">
-      <c r="A26" s="8" t="s">
+      <c r="A26" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B26" s="8">
+      <c r="B26" s="6">
         <v>18</v>
       </c>
-      <c r="C26" s="9">
-[...25 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="C26" s="8">
+        <v>17863</v>
+      </c>
+      <c r="D26" s="8">
+        <v>32804</v>
+      </c>
+      <c r="E26" s="8">
+        <v>37442</v>
+      </c>
+      <c r="F26" s="8">
+        <v>50174</v>
+      </c>
+      <c r="G26" s="8">
+        <v>51671</v>
+      </c>
+      <c r="H26" s="8">
+        <v>29759</v>
+      </c>
+      <c r="I26" s="8">
+        <v>23988</v>
+      </c>
+      <c r="J26" s="8">
+        <v>18419</v>
+      </c>
+      <c r="K26" s="8">
+        <v>21643</v>
+      </c>
+      <c r="L26" s="8">
+        <v>60841</v>
+      </c>
+      <c r="M26" s="8">
+        <v>30391</v>
+      </c>
+      <c r="N26" s="8">
+        <v>21671</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="3" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A27" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="B27" s="13">
+      <c r="B27" s="9">
         <v>19</v>
       </c>
-      <c r="C27" s="6">
-[...22 lines deleted...]
-      <c r="N27" s="7"/>
+      <c r="C27" s="5">
+        <v>337872.1</v>
+      </c>
+      <c r="D27" s="5">
+        <v>362196.4</v>
+      </c>
+      <c r="E27" s="5">
+        <v>419692.79999999999</v>
+      </c>
+      <c r="F27" s="5">
+        <v>550394.19999999995</v>
+      </c>
+      <c r="G27" s="5">
+        <v>359454.7</v>
+      </c>
+      <c r="H27" s="5">
+        <v>379000.4</v>
+      </c>
+      <c r="I27" s="5">
+        <v>390605.5</v>
+      </c>
+      <c r="J27" s="5">
+        <v>426347.3</v>
+      </c>
+      <c r="K27" s="5">
+        <v>454383.5</v>
+      </c>
+      <c r="L27" s="5">
+        <v>532584.19999999995</v>
+      </c>
+      <c r="M27" s="5">
+        <v>256933.90000000002</v>
+      </c>
+      <c r="N27" s="5">
+        <v>546606</v>
+      </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="8" t="s">
+      <c r="A28" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="B28" s="8">
+      <c r="B28" s="6">
         <v>20</v>
       </c>
-      <c r="C28" s="9">
-[...22 lines deleted...]
-      <c r="N28" s="12"/>
+      <c r="C28" s="8">
+        <v>0</v>
+      </c>
+      <c r="D28" s="8">
+        <v>0</v>
+      </c>
+      <c r="E28" s="8">
+        <v>0</v>
+      </c>
+      <c r="F28" s="8">
+        <v>0</v>
+      </c>
+      <c r="G28" s="8">
+        <v>0</v>
+      </c>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8">
+        <v>0</v>
+      </c>
+      <c r="J28" s="8"/>
+      <c r="K28" s="8">
+        <v>0</v>
+      </c>
+      <c r="L28" s="8">
+        <v>0</v>
+      </c>
+      <c r="M28" s="8">
+        <v>0</v>
+      </c>
+      <c r="N28" s="8">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
   </mergeCells>
-  <phoneticPr fontId="7" type="noConversion"/>
+  <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="53" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K008000 Office Use Only\General</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{690f1d11-5c3d-456a-9da0-35035890fcce}" enabled="1" method="Standard" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>