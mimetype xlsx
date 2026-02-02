--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -2,119 +2,119 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\June 2025\Website Uploads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE DATA\Excel document 2019\Aggregated industry\Exxcel Documents 2025\September 2025\Wedbsite Folder\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDB76E56-45F3-4646-8A75-77E39545C320}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5EE570C-E7F4-4B26-B206-F6E099B63B30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{73C7E63B-F3BE-48DD-BC50-C42F01EEE99A}"/>
+    <workbookView xWindow="28692" yWindow="-108" windowWidth="24216" windowHeight="13716" xr2:uid="{5A1B568C-D585-45BF-AA9A-CFA3840386B7}"/>
   </bookViews>
   <sheets>
     <sheet name="INDUSTRY" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C9" i="1" l="1"/>
   <c r="D9" i="1"/>
   <c r="E9" i="1"/>
   <c r="F9" i="1"/>
-  <c r="F12" i="1" s="1"/>
-  <c r="F14" i="1" s="1"/>
   <c r="G9" i="1"/>
   <c r="H9" i="1"/>
   <c r="C10" i="1"/>
   <c r="D10" i="1"/>
-  <c r="D12" i="1" s="1"/>
-  <c r="D14" i="1" s="1"/>
   <c r="E10" i="1"/>
-  <c r="E12" i="1" s="1"/>
-  <c r="E14" i="1" s="1"/>
   <c r="F10" i="1"/>
   <c r="G10" i="1"/>
   <c r="H10" i="1"/>
   <c r="C11" i="1"/>
   <c r="D11" i="1"/>
   <c r="E11" i="1"/>
   <c r="F11" i="1"/>
   <c r="G11" i="1"/>
-  <c r="G12" i="1" s="1"/>
-  <c r="G14" i="1" s="1"/>
   <c r="H11" i="1"/>
   <c r="C12" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="F12" i="1"/>
+  <c r="G12" i="1"/>
   <c r="H12" i="1"/>
   <c r="H13" i="1"/>
   <c r="C14" i="1"/>
+  <c r="D14" i="1"/>
+  <c r="E14" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="G14" i="1"/>
   <c r="H14" i="1"/>
   <c r="H15" i="1"/>
   <c r="C16" i="1"/>
   <c r="D16" i="1"/>
   <c r="E16" i="1"/>
   <c r="F16" i="1"/>
   <c r="G16" i="1"/>
   <c r="H16" i="1"/>
   <c r="C19" i="1"/>
   <c r="D19" i="1"/>
   <c r="E19" i="1"/>
   <c r="F19" i="1"/>
   <c r="G19" i="1"/>
   <c r="H19" i="1"/>
   <c r="C20" i="1"/>
   <c r="D20" i="1"/>
   <c r="E20" i="1"/>
   <c r="F20" i="1"/>
   <c r="G20" i="1"/>
   <c r="H20" i="1"/>
   <c r="C21" i="1"/>
   <c r="D21" i="1"/>
   <c r="E21" i="1"/>
   <c r="F21" i="1"/>
   <c r="G21" i="1"/>
@@ -731,92 +731,121 @@
   <c r="I147" i="1"/>
   <c r="J147" i="1"/>
   <c r="K147" i="1"/>
   <c r="L147" i="1"/>
   <c r="M147" i="1"/>
   <c r="N147" i="1"/>
   <c r="O147" i="1"/>
   <c r="P147" i="1"/>
   <c r="Q147" i="1"/>
   <c r="C148" i="1"/>
   <c r="D148" i="1"/>
   <c r="E148" i="1"/>
   <c r="F148" i="1"/>
   <c r="G148" i="1"/>
   <c r="H148" i="1"/>
   <c r="I148" i="1"/>
   <c r="J148" i="1"/>
   <c r="K148" i="1"/>
   <c r="L148" i="1"/>
   <c r="M148" i="1"/>
   <c r="N148" i="1"/>
   <c r="O148" i="1"/>
   <c r="P148" i="1"/>
   <c r="Q148" i="1"/>
   <c r="C149" i="1"/>
+  <c r="C150" i="1"/>
+  <c r="D150" i="1"/>
+  <c r="E150" i="1"/>
+  <c r="F150" i="1"/>
+  <c r="G150" i="1"/>
+  <c r="H150" i="1"/>
+  <c r="I150" i="1"/>
+  <c r="J150" i="1"/>
+  <c r="K150" i="1"/>
+  <c r="L150" i="1"/>
+  <c r="M150" i="1"/>
+  <c r="N150" i="1"/>
+  <c r="O150" i="1"/>
+  <c r="P150" i="1"/>
+  <c r="Q150" i="1"/>
   <c r="C153" i="1"/>
   <c r="D153" i="1"/>
   <c r="E153" i="1"/>
   <c r="F153" i="1"/>
   <c r="G153" i="1"/>
   <c r="H153" i="1"/>
   <c r="I153" i="1"/>
   <c r="J153" i="1"/>
   <c r="K153" i="1"/>
   <c r="L153" i="1"/>
   <c r="M153" i="1"/>
   <c r="N153" i="1"/>
   <c r="O153" i="1"/>
   <c r="P153" i="1"/>
   <c r="C154" i="1"/>
   <c r="D154" i="1"/>
   <c r="E154" i="1"/>
   <c r="F154" i="1"/>
   <c r="G154" i="1"/>
   <c r="H154" i="1"/>
   <c r="I154" i="1"/>
   <c r="J154" i="1"/>
   <c r="K154" i="1"/>
   <c r="L154" i="1"/>
   <c r="M154" i="1"/>
   <c r="N154" i="1"/>
   <c r="O154" i="1"/>
   <c r="P154" i="1"/>
   <c r="C155" i="1"/>
   <c r="D155" i="1"/>
   <c r="E155" i="1"/>
   <c r="F155" i="1"/>
   <c r="G155" i="1"/>
   <c r="H155" i="1"/>
   <c r="I155" i="1"/>
   <c r="J155" i="1"/>
   <c r="K155" i="1"/>
   <c r="L155" i="1"/>
   <c r="M155" i="1"/>
   <c r="N155" i="1"/>
   <c r="O155" i="1"/>
   <c r="P155" i="1"/>
+  <c r="C156" i="1"/>
+  <c r="D156" i="1"/>
+  <c r="E156" i="1"/>
+  <c r="F156" i="1"/>
+  <c r="G156" i="1"/>
+  <c r="H156" i="1"/>
+  <c r="I156" i="1"/>
+  <c r="J156" i="1"/>
+  <c r="K156" i="1"/>
+  <c r="L156" i="1"/>
+  <c r="M156" i="1"/>
+  <c r="N156" i="1"/>
+  <c r="O156" i="1"/>
+  <c r="P156" i="1"/>
   <c r="E157" i="1"/>
   <c r="C164" i="1"/>
   <c r="D164" i="1"/>
   <c r="E164" i="1"/>
   <c r="F164" i="1"/>
   <c r="G164" i="1"/>
   <c r="H164" i="1"/>
   <c r="I164" i="1"/>
   <c r="J164" i="1"/>
   <c r="C165" i="1"/>
   <c r="D165" i="1"/>
   <c r="E165" i="1"/>
   <c r="F165" i="1"/>
   <c r="G165" i="1"/>
   <c r="H165" i="1"/>
   <c r="I165" i="1"/>
   <c r="J165" i="1"/>
   <c r="C169" i="1"/>
   <c r="D169" i="1"/>
   <c r="E169" i="1"/>
   <c r="F169" i="1"/>
   <c r="G169" i="1"/>
   <c r="C170" i="1"/>
   <c r="D170" i="1"/>
   <c r="E170" i="1"/>
@@ -5998,52 +6027,53 @@
     <t>Loss/Bad</t>
   </si>
   <si>
     <t>Doubtful</t>
   </si>
   <si>
     <t>Sub-Standard</t>
   </si>
   <si>
     <t>Special Mention</t>
   </si>
   <si>
     <t>Pass or Acceptable</t>
   </si>
   <si>
     <t>Item (s)</t>
   </si>
   <si>
     <t>Credit Risk - Part 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -6076,4633 +6106,4572 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///G:\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\June%202025\Output%20Tables\Credit%20Risk%20December%20501%20aggregated%20.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Supervison/Reg&amp;anal/WEBSITE%20DATA/Excel%20document%202019/Aggregated%20industry/Exxcel%20Documents%202025/June%202025/Output%20Tables/Credit%20Risk%20December%20501%20aggregated%20.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\BONUSERS.bon.com.na.root\Departments\Supervison\Reg&amp;anal\WEBSITE%20DATA\Excel%20document%202019\Aggregated%20industry\Exxcel%20Documents%202025\September%202025\Credit%20Risk%20December%20501%20aggregated%20.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Supervison/Reg&amp;anal/WEBSITE%20DATA/Excel%20document%202019/Aggregated%20industry/Exxcel%20Documents%202025/September%202025/Credit%20Risk%20December%20501%20aggregated%20.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="FNB"/>
       <sheetName val="BWHK"/>
       <sheetName val="SBN"/>
       <sheetName val="NBN"/>
       <sheetName val="LBN"/>
       <sheetName val="Bank Bic"/>
       <sheetName val="ATL "/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="9">
           <cell r="C9">
-            <v>29244</v>
+            <v>16048</v>
           </cell>
           <cell r="D9">
-            <v>0</v>
+            <v>4</v>
           </cell>
           <cell r="E9">
             <v>0</v>
           </cell>
           <cell r="F9">
             <v>0</v>
           </cell>
           <cell r="G9">
             <v>0</v>
           </cell>
           <cell r="H9">
-            <v>29244</v>
+            <v>16052</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>-13196</v>
+            <v>11974</v>
           </cell>
           <cell r="D10">
-            <v>4</v>
+            <v>-3</v>
           </cell>
           <cell r="E10">
             <v>0</v>
           </cell>
           <cell r="F10">
             <v>0</v>
           </cell>
           <cell r="G10">
             <v>0</v>
           </cell>
           <cell r="H10">
-            <v>-13192</v>
+            <v>11971</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>16048</v>
+            <v>28022</v>
           </cell>
           <cell r="H12">
-            <v>16052</v>
+            <v>28023</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>16052</v>
+            <v>28023</v>
           </cell>
         </row>
         <row r="16">
           <cell r="C16">
-            <v>160</v>
+            <v>280</v>
+          </cell>
+          <cell r="D16">
+            <v>0</v>
           </cell>
           <cell r="E16">
             <v>0</v>
           </cell>
           <cell r="F16">
             <v>0</v>
           </cell>
           <cell r="G16">
             <v>0</v>
           </cell>
           <cell r="H16">
-            <v>160</v>
+            <v>280</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
-            <v>1607553</v>
+            <v>1584838</v>
           </cell>
           <cell r="D19">
-            <v>78</v>
+            <v>0</v>
+          </cell>
+          <cell r="E19">
+            <v>0</v>
+          </cell>
+          <cell r="F19">
+            <v>0</v>
+          </cell>
+          <cell r="G19">
+            <v>0</v>
           </cell>
           <cell r="H19">
-            <v>1607631</v>
+            <v>1584838</v>
           </cell>
         </row>
         <row r="20">
           <cell r="C20">
-            <v>-22715</v>
+            <v>882911</v>
           </cell>
           <cell r="D20">
-            <v>-78</v>
+            <v>0</v>
           </cell>
           <cell r="E20">
             <v>0</v>
           </cell>
           <cell r="F20">
             <v>0</v>
           </cell>
           <cell r="G20">
             <v>0</v>
           </cell>
           <cell r="H20">
-            <v>-22793</v>
+            <v>882911</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
-            <v>1584838</v>
+            <v>2467749</v>
           </cell>
           <cell r="D22">
             <v>0</v>
           </cell>
           <cell r="E22">
             <v>0</v>
           </cell>
           <cell r="F22">
             <v>0</v>
           </cell>
           <cell r="G22">
             <v>0</v>
           </cell>
           <cell r="H22">
-            <v>1584838</v>
+            <v>2467749</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
-            <v>1584838</v>
+            <v>2467749</v>
           </cell>
           <cell r="D24">
             <v>0</v>
           </cell>
           <cell r="E24">
             <v>0</v>
           </cell>
           <cell r="F24">
             <v>0</v>
           </cell>
           <cell r="G24">
             <v>0</v>
           </cell>
           <cell r="H24">
-            <v>1584838</v>
+            <v>2467749</v>
           </cell>
         </row>
         <row r="26">
           <cell r="C26">
-            <v>15848</v>
+            <v>24677</v>
           </cell>
           <cell r="D26">
             <v>0</v>
           </cell>
+          <cell r="E26">
+            <v>0</v>
+          </cell>
+          <cell r="F26">
+            <v>0</v>
+          </cell>
+          <cell r="G26">
+            <v>0</v>
+          </cell>
           <cell r="H26">
-            <v>15848</v>
+            <v>24677</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>3730223</v>
+            <v>2246436</v>
           </cell>
           <cell r="D29">
-            <v>0</v>
+            <v>2</v>
           </cell>
           <cell r="E29">
             <v>0</v>
           </cell>
           <cell r="F29">
             <v>0</v>
           </cell>
           <cell r="G29">
             <v>0</v>
           </cell>
           <cell r="H29">
-            <v>3730223</v>
+            <v>2246438</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>-1483787</v>
+            <v>346504</v>
           </cell>
           <cell r="D30">
-            <v>2</v>
+            <v>-2</v>
           </cell>
           <cell r="E30">
             <v>0</v>
           </cell>
           <cell r="F30">
             <v>0</v>
           </cell>
           <cell r="G30">
             <v>0</v>
           </cell>
           <cell r="H30">
-            <v>-1483785</v>
+            <v>346502</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>2246436</v>
+            <v>2592940</v>
           </cell>
           <cell r="D32">
-            <v>2</v>
+            <v>0</v>
           </cell>
           <cell r="E32">
             <v>0</v>
           </cell>
           <cell r="F32">
             <v>0</v>
           </cell>
           <cell r="G32">
             <v>0</v>
           </cell>
           <cell r="H32">
-            <v>2246438</v>
+            <v>2592940</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>2246436</v>
+            <v>2592940</v>
           </cell>
           <cell r="D34">
-            <v>2</v>
+            <v>0</v>
           </cell>
           <cell r="E34">
             <v>0</v>
           </cell>
           <cell r="F34">
             <v>0</v>
           </cell>
           <cell r="G34">
             <v>0</v>
           </cell>
           <cell r="H34">
-            <v>2246438</v>
+            <v>2592940</v>
           </cell>
         </row>
         <row r="36">
           <cell r="C36">
-            <v>570</v>
+            <v>55</v>
+          </cell>
+          <cell r="D36">
+            <v>0</v>
+          </cell>
+          <cell r="E36">
+            <v>0</v>
+          </cell>
+          <cell r="F36">
+            <v>0</v>
+          </cell>
+          <cell r="G36">
+            <v>0</v>
           </cell>
           <cell r="H36">
-            <v>570</v>
+            <v>55</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
-            <v>8576928</v>
+            <v>7858398</v>
           </cell>
           <cell r="D49">
-            <v>202044</v>
+            <v>380639</v>
           </cell>
           <cell r="E49">
-            <v>8910</v>
+            <v>18537</v>
           </cell>
           <cell r="F49">
-            <v>45476</v>
+            <v>33081</v>
           </cell>
           <cell r="G49">
-            <v>106686</v>
+            <v>72915</v>
           </cell>
           <cell r="H49">
-            <v>8940044</v>
+            <v>8363570</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
-            <v>-718530</v>
+            <v>815378</v>
           </cell>
           <cell r="D50">
-            <v>178595</v>
+            <v>221279</v>
           </cell>
           <cell r="E50">
-            <v>9627</v>
+            <v>-3312</v>
           </cell>
           <cell r="F50">
-            <v>-12395</v>
+            <v>-30747</v>
           </cell>
           <cell r="G50">
-            <v>-13194</v>
+            <v>43027</v>
           </cell>
           <cell r="H50">
-            <v>-555897</v>
+            <v>1045625</v>
           </cell>
         </row>
         <row r="51">
           <cell r="G51">
-            <v>20577</v>
+            <v>28502</v>
           </cell>
           <cell r="H51">
-            <v>20577</v>
+            <v>28502</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
-            <v>7858398</v>
+            <v>8673776</v>
           </cell>
           <cell r="D52">
-            <v>380639</v>
+            <v>601918</v>
           </cell>
           <cell r="E52">
-            <v>18537</v>
+            <v>15225</v>
           </cell>
           <cell r="F52">
-            <v>33081</v>
+            <v>2334</v>
           </cell>
           <cell r="G52">
-            <v>72915</v>
+            <v>87440</v>
           </cell>
           <cell r="H52">
-            <v>8363570</v>
+            <v>9380693</v>
           </cell>
         </row>
         <row r="53">
           <cell r="E53">
-            <v>4347</v>
+            <v>4621</v>
           </cell>
           <cell r="F53">
-            <v>9773</v>
+            <v>0</v>
           </cell>
           <cell r="G53">
-            <v>56666</v>
+            <v>35984</v>
           </cell>
           <cell r="H53">
-            <v>70786</v>
+            <v>40605</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
-            <v>7858398</v>
+            <v>8673776</v>
           </cell>
           <cell r="D54">
-            <v>380639</v>
+            <v>601918</v>
           </cell>
           <cell r="E54">
-            <v>14190</v>
+            <v>10604</v>
           </cell>
           <cell r="F54">
-            <v>23308</v>
+            <v>2334</v>
           </cell>
           <cell r="G54">
-            <v>16249</v>
+            <v>51456</v>
           </cell>
           <cell r="H54">
-            <v>8292784</v>
+            <v>9340088</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
-            <v>539</v>
+            <v>810</v>
           </cell>
           <cell r="F55">
-            <v>61</v>
+            <v>80</v>
           </cell>
           <cell r="G55">
-            <v>25610</v>
+            <v>14646</v>
           </cell>
           <cell r="H55">
-            <v>26210</v>
+            <v>15536</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
-            <v>81839</v>
+            <v>86738</v>
           </cell>
           <cell r="D56">
-            <v>7613</v>
+            <v>12038</v>
           </cell>
           <cell r="E56">
-            <v>1365</v>
+            <v>979</v>
           </cell>
           <cell r="F56">
-            <v>11623</v>
+            <v>1127</v>
+          </cell>
+          <cell r="G56">
+            <v>36811</v>
           </cell>
           <cell r="H56">
-            <v>102440</v>
+            <v>137693</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
-            <v>9066956</v>
+            <v>9141258</v>
           </cell>
           <cell r="D59">
-            <v>145825</v>
+            <v>201938</v>
           </cell>
           <cell r="E59">
-            <v>259212</v>
+            <v>220075</v>
           </cell>
           <cell r="F59">
-            <v>181919</v>
+            <v>217852</v>
           </cell>
           <cell r="G59">
-            <v>539598</v>
+            <v>507866</v>
           </cell>
           <cell r="H59">
-            <v>10193510</v>
+            <v>10288989</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>74302</v>
+            <v>167075</v>
           </cell>
           <cell r="D60">
-            <v>56113</v>
+            <v>37743</v>
           </cell>
           <cell r="E60">
-            <v>-39137</v>
+            <v>9730</v>
           </cell>
           <cell r="F60">
-            <v>35933</v>
+            <v>-33840</v>
           </cell>
           <cell r="G60">
-            <v>87149</v>
+            <v>150334</v>
           </cell>
           <cell r="H60">
-            <v>214360</v>
+            <v>331042</v>
           </cell>
         </row>
         <row r="61">
           <cell r="G61">
-            <v>118881</v>
+            <v>100001</v>
           </cell>
           <cell r="H61">
-            <v>118881</v>
+            <v>100001</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>9141258</v>
+            <v>9308333</v>
           </cell>
           <cell r="D62">
-            <v>201938</v>
+            <v>239681</v>
           </cell>
           <cell r="E62">
-            <v>220075</v>
+            <v>229805</v>
           </cell>
           <cell r="F62">
-            <v>217852</v>
+            <v>184012</v>
           </cell>
           <cell r="G62">
-            <v>507866</v>
+            <v>558199</v>
           </cell>
           <cell r="H62">
-            <v>10288989</v>
+            <v>10520030</v>
           </cell>
         </row>
         <row r="63">
           <cell r="E63">
-            <v>42560</v>
+            <v>39095</v>
           </cell>
           <cell r="F63">
-            <v>19309</v>
+            <v>18379</v>
           </cell>
           <cell r="G63">
-            <v>86304</v>
+            <v>87188</v>
           </cell>
           <cell r="H63">
-            <v>148173</v>
+            <v>144662</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>9141258</v>
+            <v>9308333</v>
           </cell>
           <cell r="D64">
-            <v>201938</v>
+            <v>239681</v>
           </cell>
           <cell r="E64">
-            <v>177515</v>
+            <v>190710</v>
           </cell>
           <cell r="F64">
-            <v>198543</v>
+            <v>165633</v>
           </cell>
           <cell r="G64">
-            <v>421562</v>
+            <v>471011</v>
           </cell>
           <cell r="H64">
-            <v>10140816</v>
+            <v>10375368</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>969</v>
+            <v>26203</v>
           </cell>
           <cell r="F65">
-            <v>13143</v>
+            <v>20703</v>
           </cell>
           <cell r="G65">
-            <v>136671</v>
+            <v>120694</v>
           </cell>
           <cell r="H65">
-            <v>150783</v>
+            <v>167600</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>91413</v>
+            <v>93083</v>
           </cell>
           <cell r="D66">
-            <v>4039</v>
+            <v>4794</v>
           </cell>
           <cell r="E66">
-            <v>17655</v>
+            <v>16451</v>
           </cell>
           <cell r="F66">
-            <v>92700</v>
+            <v>72465</v>
           </cell>
           <cell r="G66">
-            <v>284891</v>
+            <v>350337</v>
           </cell>
           <cell r="H66">
-            <v>490698</v>
+            <v>537130</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>15510758</v>
+            <v>15550203</v>
           </cell>
           <cell r="D69">
-            <v>34607</v>
+            <v>96542</v>
           </cell>
           <cell r="E69">
-            <v>355987</v>
+            <v>352842</v>
           </cell>
           <cell r="F69">
-            <v>208261</v>
+            <v>189330</v>
           </cell>
           <cell r="G69">
-            <v>428475</v>
+            <v>429913</v>
           </cell>
           <cell r="H69">
-            <v>16538088</v>
+            <v>16618830</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>39445</v>
+            <v>124606</v>
           </cell>
           <cell r="D70">
-            <v>61935</v>
+            <v>-4760</v>
           </cell>
           <cell r="E70">
-            <v>-3145</v>
+            <v>-32496</v>
           </cell>
           <cell r="F70">
-            <v>-18931</v>
+            <v>-25384</v>
           </cell>
           <cell r="G70">
-            <v>28257</v>
+            <v>13579</v>
           </cell>
           <cell r="H70">
-            <v>107561</v>
+            <v>75545</v>
           </cell>
         </row>
         <row r="71">
           <cell r="G71">
-            <v>26819</v>
+            <v>10696</v>
           </cell>
           <cell r="H71">
-            <v>26819</v>
+            <v>10696</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>15550203</v>
+            <v>15674809</v>
           </cell>
           <cell r="D72">
-            <v>96542</v>
+            <v>91782</v>
           </cell>
           <cell r="E72">
-            <v>352842</v>
+            <v>320346</v>
           </cell>
           <cell r="F72">
-            <v>189330</v>
+            <v>163946</v>
           </cell>
           <cell r="G72">
-            <v>429913</v>
+            <v>432796</v>
           </cell>
           <cell r="H72">
-            <v>16618830</v>
+            <v>16683679</v>
           </cell>
         </row>
         <row r="73">
           <cell r="E73">
-            <v>302626</v>
+            <v>272614</v>
           </cell>
           <cell r="F73">
-            <v>146431</v>
+            <v>130294</v>
           </cell>
           <cell r="G73">
-            <v>287713</v>
+            <v>287716</v>
           </cell>
           <cell r="H73">
-            <v>736770</v>
+            <v>690624</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>15550203</v>
+            <v>15674809</v>
           </cell>
           <cell r="D74">
-            <v>96542</v>
+            <v>91782</v>
           </cell>
           <cell r="E74">
-            <v>50216</v>
+            <v>47732</v>
           </cell>
           <cell r="F74">
-            <v>42899</v>
+            <v>33652</v>
           </cell>
           <cell r="G74">
-            <v>142200</v>
+            <v>145080</v>
           </cell>
           <cell r="H74">
-            <v>15882060</v>
+            <v>15993055</v>
           </cell>
         </row>
         <row r="75">
           <cell r="E75">
-            <v>63861</v>
+            <v>65820</v>
           </cell>
           <cell r="F75">
-            <v>35315</v>
+            <v>28586</v>
           </cell>
           <cell r="G75">
-            <v>120568</v>
+            <v>104597</v>
           </cell>
           <cell r="H75">
-            <v>219744</v>
+            <v>199003</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>155502</v>
+            <v>156748</v>
           </cell>
           <cell r="D76">
-            <v>1931</v>
+            <v>1836</v>
           </cell>
           <cell r="E76">
             <v>0</v>
           </cell>
           <cell r="F76">
-            <v>3792</v>
+            <v>2533</v>
           </cell>
           <cell r="G76">
-            <v>21632</v>
+            <v>40483</v>
           </cell>
           <cell r="H76">
-            <v>182857</v>
+            <v>201600</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
-            <v>3848244</v>
+            <v>3707009</v>
           </cell>
           <cell r="D79">
-            <v>38071</v>
+            <v>101099</v>
           </cell>
           <cell r="E79">
-            <v>68345</v>
+            <v>67190</v>
           </cell>
           <cell r="F79">
-            <v>2861</v>
+            <v>4532</v>
           </cell>
           <cell r="G79">
-            <v>64579</v>
+            <v>10092</v>
           </cell>
           <cell r="H79">
-            <v>4022100</v>
+            <v>3889922</v>
           </cell>
         </row>
         <row r="80">
           <cell r="C80">
-            <v>-141235</v>
+            <v>104137</v>
           </cell>
           <cell r="D80">
-            <v>63028</v>
+            <v>-39414</v>
           </cell>
           <cell r="E80">
-            <v>-1155</v>
+            <v>-33771</v>
           </cell>
           <cell r="F80">
-            <v>1671</v>
+            <v>32635</v>
           </cell>
           <cell r="G80">
-            <v>-11526</v>
+            <v>-5994</v>
           </cell>
           <cell r="H80">
-            <v>-89217</v>
+            <v>57593</v>
           </cell>
         </row>
         <row r="81">
           <cell r="G81">
-            <v>42961</v>
+            <v>-4995</v>
           </cell>
           <cell r="H81">
-            <v>42961</v>
+            <v>-4995</v>
           </cell>
         </row>
         <row r="82">
           <cell r="C82">
-            <v>3707009</v>
+            <v>3811146</v>
           </cell>
           <cell r="D82">
-            <v>101099</v>
+            <v>61685</v>
           </cell>
           <cell r="E82">
-            <v>67190</v>
+            <v>33419</v>
           </cell>
           <cell r="F82">
-            <v>4532</v>
+            <v>37167</v>
           </cell>
           <cell r="G82">
-            <v>10092</v>
+            <v>9093</v>
           </cell>
           <cell r="H82">
-            <v>3889922</v>
+            <v>3952510</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>40014</v>
+            <v>14518</v>
           </cell>
           <cell r="F83">
-            <v>3984</v>
+            <v>24413</v>
           </cell>
           <cell r="G83">
-            <v>24665</v>
+            <v>5345</v>
           </cell>
           <cell r="H83">
-            <v>68663</v>
+            <v>44276</v>
           </cell>
         </row>
         <row r="84">
           <cell r="C84">
-            <v>3707009</v>
+            <v>3811146</v>
           </cell>
           <cell r="D84">
-            <v>101099</v>
+            <v>61685</v>
           </cell>
           <cell r="E84">
-            <v>27176</v>
+            <v>18901</v>
           </cell>
           <cell r="F84">
-            <v>548</v>
+            <v>12754</v>
           </cell>
           <cell r="G84">
-            <v>-14573</v>
+            <v>3748</v>
           </cell>
           <cell r="H84">
-            <v>3821259</v>
+            <v>3908234</v>
           </cell>
         </row>
         <row r="85">
           <cell r="E85">
-            <v>7742</v>
+            <v>3366</v>
           </cell>
           <cell r="F85">
-            <v>251</v>
+            <v>5220</v>
           </cell>
           <cell r="G85">
-            <v>11731</v>
+            <v>2657</v>
           </cell>
           <cell r="H85">
-            <v>19724</v>
+            <v>11243</v>
           </cell>
         </row>
         <row r="86">
           <cell r="C86">
-            <v>37070</v>
+            <v>38111</v>
           </cell>
           <cell r="D86">
-            <v>2022</v>
+            <v>1234</v>
           </cell>
           <cell r="E86">
-            <v>1943</v>
+            <v>1554</v>
           </cell>
           <cell r="F86">
-            <v>149</v>
+            <v>3767</v>
+          </cell>
+          <cell r="G86">
+            <v>1091</v>
           </cell>
           <cell r="H86">
-            <v>41184</v>
+            <v>45757</v>
           </cell>
         </row>
         <row r="89">
           <cell r="C89">
-            <v>14731439</v>
+            <v>14652836</v>
           </cell>
           <cell r="D89">
             <v>0</v>
           </cell>
           <cell r="E89">
             <v>0</v>
           </cell>
           <cell r="F89">
             <v>0</v>
           </cell>
           <cell r="G89">
             <v>0</v>
           </cell>
           <cell r="H89">
-            <v>14731439</v>
+            <v>14652836</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>-78603</v>
+            <v>1312915</v>
           </cell>
           <cell r="D90">
             <v>0</v>
           </cell>
           <cell r="E90">
             <v>0</v>
           </cell>
           <cell r="F90">
             <v>0</v>
           </cell>
           <cell r="G90">
             <v>0</v>
           </cell>
           <cell r="H90">
-            <v>-78603</v>
+            <v>1312915</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
           <cell r="D92">
             <v>0</v>
           </cell>
           <cell r="E92">
             <v>0</v>
           </cell>
           <cell r="F92">
             <v>0</v>
           </cell>
           <cell r="G92">
             <v>0</v>
           </cell>
           <cell r="H92">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
           <cell r="D94">
             <v>0</v>
           </cell>
           <cell r="E94">
             <v>0</v>
           </cell>
           <cell r="F94">
             <v>0</v>
           </cell>
           <cell r="G94">
             <v>0</v>
           </cell>
           <cell r="H94">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>57101345</v>
+            <v>54757026</v>
           </cell>
           <cell r="D99">
-            <v>420625</v>
+            <v>780224</v>
           </cell>
           <cell r="E99">
-            <v>692454</v>
+            <v>658644</v>
           </cell>
           <cell r="F99">
-            <v>438517</v>
+            <v>444795</v>
           </cell>
           <cell r="G99">
-            <v>1139338</v>
+            <v>1020786</v>
           </cell>
           <cell r="H99">
-            <v>59792279</v>
+            <v>57661475</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>-2344319</v>
+            <v>3765500</v>
           </cell>
           <cell r="D100">
-            <v>359599</v>
+            <v>214843</v>
           </cell>
           <cell r="E100">
-            <v>-33810</v>
+            <v>-59849</v>
           </cell>
           <cell r="F100">
-            <v>6278</v>
+            <v>-57336</v>
           </cell>
           <cell r="G100">
-            <v>90686</v>
+            <v>200946</v>
           </cell>
           <cell r="H100">
-            <v>-1921566</v>
+            <v>4064104</v>
           </cell>
         </row>
         <row r="101">
           <cell r="G101">
-            <v>209238</v>
+            <v>134204</v>
           </cell>
           <cell r="H101">
-            <v>209238</v>
+            <v>134204</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>54757026</v>
+            <v>58522526</v>
           </cell>
           <cell r="D102">
-            <v>780224</v>
+            <v>995067</v>
           </cell>
           <cell r="E102">
-            <v>658644</v>
+            <v>598795</v>
           </cell>
           <cell r="F102">
-            <v>444795</v>
+            <v>387459</v>
           </cell>
           <cell r="G102">
-            <v>1020786</v>
+            <v>1087528</v>
           </cell>
           <cell r="H102">
-            <v>57661475</v>
+            <v>61591375</v>
           </cell>
         </row>
         <row r="103">
           <cell r="E103">
-            <v>389547</v>
+            <v>330848</v>
           </cell>
           <cell r="F103">
-            <v>179497</v>
+            <v>173086</v>
           </cell>
           <cell r="G103">
-            <v>455348</v>
+            <v>416233</v>
           </cell>
           <cell r="H103">
-            <v>1024392</v>
+            <v>920167</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>54757026</v>
+            <v>58522526</v>
           </cell>
           <cell r="D104">
-            <v>780224</v>
+            <v>995067</v>
           </cell>
           <cell r="E104">
-            <v>269097</v>
+            <v>267947</v>
           </cell>
           <cell r="F104">
-            <v>265298</v>
+            <v>214373</v>
           </cell>
           <cell r="G104">
-            <v>565438</v>
+            <v>671295</v>
           </cell>
           <cell r="H104">
-            <v>56637083</v>
+            <v>60671208</v>
           </cell>
         </row>
         <row r="105">
           <cell r="E105">
-            <v>73111</v>
+            <v>96199</v>
           </cell>
           <cell r="F105">
-            <v>48770</v>
+            <v>54589</v>
           </cell>
           <cell r="G105">
-            <v>294580</v>
+            <v>242594</v>
           </cell>
           <cell r="H105">
-            <v>416461</v>
+            <v>393382</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>382402</v>
+            <v>399692</v>
           </cell>
           <cell r="D106">
-            <v>15605</v>
+            <v>19902</v>
           </cell>
           <cell r="E106">
-            <v>20963</v>
+            <v>18984</v>
           </cell>
           <cell r="F106">
-            <v>108264</v>
+            <v>79892</v>
           </cell>
           <cell r="G106">
-            <v>306523</v>
+            <v>428722</v>
           </cell>
           <cell r="H106">
-            <v>833757</v>
+            <v>947192</v>
           </cell>
         </row>
         <row r="107">
           <cell r="C107">
-            <v>68171</v>
+            <v>117775</v>
           </cell>
           <cell r="D107">
-            <v>99232</v>
+            <v>18941</v>
           </cell>
           <cell r="E107">
-            <v>32746</v>
+            <v>86298</v>
           </cell>
           <cell r="F107">
-            <v>36975</v>
+            <v>41677</v>
           </cell>
           <cell r="G107">
-            <v>109563</v>
+            <v>1045</v>
           </cell>
           <cell r="H107">
-            <v>346687</v>
+            <v>265736</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>16047</v>
+            <v>28021</v>
           </cell>
           <cell r="D116">
-            <v>1584838</v>
+            <v>2467749</v>
           </cell>
           <cell r="E116">
-            <v>2246436</v>
+            <v>2592940</v>
           </cell>
           <cell r="G116">
-            <v>7857209</v>
+            <v>8673776</v>
           </cell>
           <cell r="H116">
-            <v>9090117</v>
+            <v>9252591</v>
           </cell>
           <cell r="I116">
-            <v>15475816</v>
+            <v>15597667</v>
           </cell>
           <cell r="J116">
-            <v>3703621</v>
+            <v>3811146</v>
           </cell>
           <cell r="K116">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
           <cell r="L116">
-            <v>54626920</v>
+            <v>58389641</v>
           </cell>
         </row>
         <row r="117">
           <cell r="C117">
-            <v>5</v>
-[...1 lines deleted...]
-          <cell r="D117">
             <v>1</v>
           </cell>
-          <cell r="E117">
-[...1 lines deleted...]
-          </cell>
           <cell r="G117">
-            <v>506361</v>
+            <v>706917</v>
           </cell>
           <cell r="H117">
-            <v>1198872</v>
+            <v>1267440</v>
           </cell>
           <cell r="I117">
-            <v>1143014</v>
+            <v>1086012</v>
           </cell>
           <cell r="J117">
-            <v>186301</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>141364</v>
           </cell>
           <cell r="L117">
-            <v>3034556</v>
+            <v>3201734</v>
           </cell>
         </row>
         <row r="118">
-          <cell r="C118">
-[...10 lines deleted...]
-          </cell>
           <cell r="H118">
-            <v>51141</v>
+            <v>55742</v>
           </cell>
           <cell r="I118">
-            <v>74387</v>
-[...5 lines deleted...]
-            <v>0</v>
+            <v>77142</v>
           </cell>
           <cell r="L118">
-            <v>130107</v>
+            <v>132884</v>
           </cell>
         </row>
         <row r="119">
           <cell r="C119">
-            <v>4</v>
-[...5 lines deleted...]
-            <v>2</v>
+            <v>1</v>
           </cell>
           <cell r="G119">
-            <v>380639</v>
+            <v>601918</v>
           </cell>
           <cell r="H119">
-            <v>201938</v>
+            <v>239681</v>
           </cell>
           <cell r="I119">
-            <v>96542</v>
+            <v>91782</v>
           </cell>
           <cell r="J119">
-            <v>101099</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>61685</v>
           </cell>
           <cell r="L119">
-            <v>780224</v>
+            <v>995067</v>
           </cell>
         </row>
         <row r="120">
-          <cell r="C120">
-[...7 lines deleted...]
-          </cell>
           <cell r="G120">
-            <v>18537</v>
+            <v>15225</v>
           </cell>
           <cell r="H120">
-            <v>220075</v>
+            <v>229805</v>
           </cell>
           <cell r="I120">
-            <v>352842</v>
+            <v>320346</v>
           </cell>
           <cell r="J120">
-            <v>67190</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>33419</v>
           </cell>
           <cell r="L120">
-            <v>658644</v>
+            <v>598795</v>
           </cell>
         </row>
         <row r="121">
-          <cell r="C121">
-[...7 lines deleted...]
-          </cell>
           <cell r="G121">
-            <v>33081</v>
+            <v>2334</v>
           </cell>
           <cell r="H121">
-            <v>217852</v>
+            <v>184012</v>
           </cell>
           <cell r="I121">
-            <v>189330</v>
+            <v>163946</v>
           </cell>
           <cell r="J121">
-            <v>4532</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>37167</v>
           </cell>
           <cell r="L121">
-            <v>444795</v>
+            <v>387459</v>
           </cell>
         </row>
         <row r="122">
-          <cell r="C122">
-[...7 lines deleted...]
-          </cell>
           <cell r="G122">
-            <v>72915</v>
+            <v>87440</v>
           </cell>
           <cell r="H122">
-            <v>507866</v>
+            <v>558200</v>
           </cell>
           <cell r="I122">
-            <v>429913</v>
+            <v>432796</v>
           </cell>
           <cell r="J122">
-            <v>10092</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>9093</v>
           </cell>
           <cell r="L122">
-            <v>1020786</v>
+            <v>1087529</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>16052</v>
+            <v>28022</v>
           </cell>
           <cell r="D123">
-            <v>1584839</v>
+            <v>2467749</v>
           </cell>
           <cell r="E123">
-            <v>2246438</v>
+            <v>2592940</v>
           </cell>
           <cell r="G123">
-            <v>8363570</v>
+            <v>9380693</v>
           </cell>
           <cell r="H123">
-            <v>10288989</v>
+            <v>10520031</v>
           </cell>
           <cell r="I123">
-            <v>16618830</v>
+            <v>16683679</v>
           </cell>
           <cell r="J123">
-            <v>3889922</v>
+            <v>3952510</v>
           </cell>
           <cell r="K123">
-            <v>14652836</v>
+            <v>15965751</v>
           </cell>
           <cell r="L123">
-            <v>57661476</v>
+            <v>61591375</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
-            <v>4459169</v>
+            <v>4555739</v>
           </cell>
           <cell r="D127">
-            <v>19179437</v>
+            <v>19408813</v>
           </cell>
           <cell r="E127">
-            <v>3553241</v>
+            <v>4154909</v>
           </cell>
           <cell r="F127">
-            <v>3238486</v>
+            <v>3263496</v>
           </cell>
           <cell r="G127">
-            <v>512628</v>
+            <v>523038</v>
           </cell>
           <cell r="H127">
-            <v>6841702</v>
+            <v>7066285</v>
           </cell>
           <cell r="I127">
-            <v>0</v>
+            <v>864229</v>
           </cell>
           <cell r="J127">
-            <v>37784663</v>
+            <v>39836509</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
-            <v>169115</v>
+            <v>165834</v>
           </cell>
           <cell r="D128">
-            <v>1329315</v>
+            <v>1227378</v>
           </cell>
           <cell r="E128">
-            <v>776320</v>
+            <v>874474</v>
           </cell>
           <cell r="F128">
-            <v>399245</v>
+            <v>405487</v>
           </cell>
           <cell r="G128">
-            <v>49656</v>
+            <v>52685</v>
           </cell>
           <cell r="H128">
-            <v>310905</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>475876</v>
           </cell>
           <cell r="J128">
-            <v>3034556</v>
+            <v>3201734</v>
           </cell>
         </row>
         <row r="129">
-          <cell r="C129">
-[...1 lines deleted...]
-          </cell>
           <cell r="D129">
-            <v>77775</v>
+            <v>77145</v>
           </cell>
           <cell r="E129">
-            <v>14280</v>
+            <v>11716</v>
           </cell>
           <cell r="F129">
-            <v>32164</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>32264</v>
           </cell>
           <cell r="H129">
-            <v>5888</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>11759</v>
           </cell>
           <cell r="J129">
-            <v>130107</v>
+            <v>132884</v>
           </cell>
         </row>
         <row r="130">
           <cell r="C130">
-            <v>19765</v>
+            <v>18516</v>
           </cell>
           <cell r="D130">
-            <v>197641</v>
+            <v>153467</v>
           </cell>
           <cell r="E130">
-            <v>436243</v>
+            <v>517750</v>
           </cell>
           <cell r="F130">
-            <v>20692</v>
+            <v>17738</v>
           </cell>
           <cell r="G130">
-            <v>8555</v>
+            <v>5651</v>
           </cell>
           <cell r="H130">
-            <v>97328</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>281945</v>
           </cell>
           <cell r="J130">
-            <v>780224</v>
+            <v>995067</v>
           </cell>
         </row>
         <row r="131">
           <cell r="C131">
-            <v>21148</v>
+            <v>57946</v>
           </cell>
           <cell r="D131">
-            <v>420032</v>
+            <v>353765</v>
           </cell>
           <cell r="E131">
-            <v>52528</v>
+            <v>45093</v>
           </cell>
           <cell r="F131">
-            <v>104306</v>
+            <v>95907</v>
           </cell>
           <cell r="G131">
-            <v>3408</v>
+            <v>383</v>
           </cell>
           <cell r="H131">
-            <v>57222</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>45700</v>
           </cell>
           <cell r="J131">
-            <v>658644</v>
+            <v>598794</v>
           </cell>
         </row>
         <row r="132">
           <cell r="C132">
-            <v>67908</v>
+            <v>27911</v>
           </cell>
           <cell r="D132">
-            <v>193862</v>
+            <v>201112</v>
           </cell>
           <cell r="E132">
-            <v>65433</v>
+            <v>47316</v>
           </cell>
           <cell r="F132">
-            <v>83535</v>
+            <v>92714</v>
           </cell>
           <cell r="G132">
-            <v>2567</v>
+            <v>327</v>
           </cell>
           <cell r="H132">
-            <v>31490</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>18078</v>
           </cell>
           <cell r="J132">
-            <v>444795</v>
+            <v>387458</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
-            <v>60294</v>
+            <v>61461</v>
           </cell>
           <cell r="D133">
-            <v>440005</v>
+            <v>441889</v>
           </cell>
           <cell r="E133">
-            <v>207836</v>
+            <v>252599</v>
           </cell>
           <cell r="F133">
-            <v>158548</v>
+            <v>166864</v>
           </cell>
           <cell r="G133">
-            <v>35126</v>
+            <v>46324</v>
           </cell>
           <cell r="H133">
-            <v>118977</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>118394</v>
           </cell>
           <cell r="J133">
-            <v>1020786</v>
+            <v>1087531</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
-            <v>4628284</v>
+            <v>4721573</v>
           </cell>
           <cell r="D134">
-            <v>20508752</v>
+            <v>20636191</v>
           </cell>
           <cell r="E134">
-            <v>4329561</v>
+            <v>5029383</v>
           </cell>
           <cell r="F134">
-            <v>3637731</v>
+            <v>3668983</v>
           </cell>
           <cell r="G134">
-            <v>562284</v>
+            <v>575723</v>
           </cell>
           <cell r="H134">
-            <v>7152607</v>
+            <v>7542161</v>
           </cell>
           <cell r="I134">
-            <v>0</v>
+            <v>864229</v>
           </cell>
           <cell r="J134">
-            <v>40819219</v>
+            <v>43038243</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
-            <v>1675400</v>
+            <v>1564946</v>
           </cell>
           <cell r="D142">
-            <v>265809</v>
+            <v>333228</v>
           </cell>
           <cell r="E142">
-            <v>262421</v>
+            <v>458647</v>
           </cell>
           <cell r="F142">
-            <v>1930881</v>
+            <v>1751882</v>
           </cell>
           <cell r="G142">
-            <v>869019</v>
+            <v>847292</v>
           </cell>
           <cell r="H142">
-            <v>1098916</v>
+            <v>1651565</v>
           </cell>
           <cell r="I142">
-            <v>2111075</v>
+            <v>1970245</v>
           </cell>
           <cell r="J142">
-            <v>1162464</v>
+            <v>1396463</v>
           </cell>
           <cell r="K142">
-            <v>1814655</v>
+            <v>2789922</v>
           </cell>
           <cell r="L142">
-            <v>3957002</v>
+            <v>3879205</v>
           </cell>
           <cell r="M142">
-            <v>17279</v>
+            <v>17289</v>
           </cell>
           <cell r="N142">
-            <v>1551683</v>
+            <v>1972023</v>
           </cell>
           <cell r="O142">
-            <v>23206273</v>
+            <v>23368312</v>
           </cell>
           <cell r="P142">
-            <v>896342</v>
+            <v>1037222</v>
           </cell>
           <cell r="Q142">
-            <v>40819219</v>
+            <v>43038241</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
-            <v>67456</v>
+            <v>48435</v>
           </cell>
           <cell r="D143">
             <v>0</v>
           </cell>
           <cell r="E143">
-            <v>67333</v>
+            <v>69017</v>
           </cell>
           <cell r="F143">
-            <v>39845</v>
+            <v>44066</v>
           </cell>
           <cell r="G143">
-            <v>168658</v>
+            <v>171638</v>
           </cell>
           <cell r="H143">
-            <v>13357</v>
+            <v>12965</v>
           </cell>
           <cell r="I143">
-            <v>123805</v>
+            <v>132733</v>
           </cell>
           <cell r="J143">
-            <v>83497</v>
+            <v>80664</v>
           </cell>
           <cell r="K143">
-            <v>14447</v>
+            <v>17132</v>
           </cell>
           <cell r="L143">
-            <v>51822</v>
+            <v>46391</v>
           </cell>
           <cell r="M143">
-            <v>8787</v>
+            <v>8831</v>
           </cell>
           <cell r="N143">
             <v>0</v>
           </cell>
           <cell r="O143">
-            <v>1411271</v>
+            <v>1361640</v>
           </cell>
           <cell r="P143">
-            <v>73947</v>
+            <v>80270</v>
           </cell>
           <cell r="Q143">
-            <v>2124225</v>
+            <v>2073782</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
-            <v>60826</v>
+            <v>29173</v>
           </cell>
           <cell r="D144">
             <v>0</v>
           </cell>
           <cell r="E144">
-            <v>38520</v>
+            <v>29154</v>
           </cell>
           <cell r="F144">
-            <v>9671</v>
+            <v>9022</v>
           </cell>
           <cell r="G144">
-            <v>62648</v>
+            <v>52278</v>
           </cell>
           <cell r="H144">
-            <v>3275</v>
+            <v>4335</v>
           </cell>
           <cell r="I144">
-            <v>64357</v>
+            <v>61399</v>
           </cell>
           <cell r="J144">
-            <v>6474</v>
+            <v>9176</v>
           </cell>
           <cell r="K144">
-            <v>96001</v>
+            <v>1950</v>
           </cell>
           <cell r="L144">
-            <v>77692</v>
+            <v>27187</v>
           </cell>
           <cell r="M144">
-            <v>3600</v>
+            <v>3595</v>
+          </cell>
+          <cell r="N144">
+            <v>0</v>
           </cell>
           <cell r="O144">
-            <v>557866</v>
+            <v>668441</v>
           </cell>
           <cell r="P144">
-            <v>43462</v>
+            <v>24456</v>
           </cell>
           <cell r="Q144">
-            <v>1024392</v>
+            <v>920166</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
-            <v>7020</v>
+            <v>14997</v>
           </cell>
           <cell r="D145">
             <v>0</v>
           </cell>
           <cell r="E145">
-            <v>30884</v>
+            <v>28430</v>
           </cell>
           <cell r="F145">
-            <v>21044</v>
+            <v>27835</v>
           </cell>
           <cell r="G145">
-            <v>62926</v>
+            <v>83474</v>
           </cell>
           <cell r="H145">
-            <v>5964</v>
+            <v>6126</v>
           </cell>
           <cell r="I145">
-            <v>27807</v>
+            <v>50626</v>
           </cell>
           <cell r="J145">
-            <v>51083</v>
+            <v>57248</v>
           </cell>
           <cell r="K145">
-            <v>22533</v>
+            <v>12295</v>
           </cell>
           <cell r="L145">
-            <v>8262</v>
+            <v>11664</v>
           </cell>
           <cell r="M145">
-            <v>0</v>
+            <v>3266</v>
           </cell>
           <cell r="N145">
             <v>0</v>
           </cell>
           <cell r="O145">
-            <v>351130</v>
+            <v>474183</v>
           </cell>
           <cell r="P145">
-            <v>26381</v>
+            <v>42730</v>
           </cell>
           <cell r="Q145">
-            <v>615034</v>
+            <v>812874</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
-            <v>-390</v>
+            <v>4265</v>
           </cell>
           <cell r="D146">
             <v>0</v>
           </cell>
           <cell r="E146">
-            <v>-2071</v>
+            <v>11433</v>
           </cell>
           <cell r="F146">
-            <v>9130</v>
+            <v>7209</v>
           </cell>
           <cell r="G146">
-            <v>43084</v>
+            <v>35886</v>
           </cell>
           <cell r="H146">
-            <v>4118</v>
+            <v>2504</v>
           </cell>
           <cell r="I146">
-            <v>31641</v>
+            <v>20708</v>
           </cell>
           <cell r="J146">
-            <v>25940</v>
+            <v>14240</v>
           </cell>
           <cell r="K146">
-            <v>-104087</v>
+            <v>2887</v>
           </cell>
           <cell r="L146">
-            <v>-34132</v>
+            <v>7540</v>
           </cell>
           <cell r="M146">
-            <v>5187</v>
+            <v>1970</v>
           </cell>
           <cell r="N146">
             <v>0</v>
           </cell>
           <cell r="O146">
-            <v>502275</v>
+            <v>219016</v>
           </cell>
           <cell r="P146">
-            <v>4104</v>
+            <v>13084</v>
           </cell>
           <cell r="Q146">
-            <v>484799</v>
+            <v>340742</v>
           </cell>
         </row>
         <row r="147">
           <cell r="C147">
-            <v>22.23</v>
+            <v>0.22925631227398613</v>
           </cell>
           <cell r="D147">
-            <v>3.53</v>
+            <v>4.881613961531954E-2</v>
           </cell>
           <cell r="E147">
-            <v>3.48</v>
+            <v>6.7189359796137965E-2</v>
           </cell>
           <cell r="F147">
-            <v>25.62</v>
+            <v>0.25664144760213792</v>
           </cell>
           <cell r="G147">
-            <v>11.53</v>
+            <v>0.12412379682062528</v>
           </cell>
           <cell r="H147">
-            <v>14.58</v>
+            <v>0.24194553766122659</v>
           </cell>
           <cell r="I147">
-            <v>28.01</v>
+            <v>0.28863047221837673</v>
           </cell>
           <cell r="J147">
-            <v>15.42</v>
+            <v>0.20457444385114087</v>
           </cell>
           <cell r="K147">
-            <v>24.08</v>
+            <v>0.40870881758991295</v>
           </cell>
           <cell r="L147">
-            <v>52.5</v>
+            <v>0.5682830160624126</v>
           </cell>
           <cell r="M147">
-            <v>0.23</v>
+            <v>2.5327470614992121E-3</v>
           </cell>
           <cell r="N147">
-            <v>20.59</v>
+            <v>0.28889093981484532</v>
           </cell>
           <cell r="O147">
-            <v>307.88</v>
+            <v>3.4233341170800382</v>
           </cell>
           <cell r="P147">
-            <v>11.89</v>
+            <v>0.15194753731403413</v>
           </cell>
           <cell r="Q147">
-            <v>541.54999999999995</v>
+            <v>6.3048746847616934</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
-            <v>4814</v>
+            <v>4612</v>
           </cell>
           <cell r="D148">
-            <v>128</v>
+            <v>131</v>
           </cell>
           <cell r="E148">
-            <v>277</v>
+            <v>273</v>
           </cell>
           <cell r="F148">
-            <v>1191</v>
+            <v>1020</v>
           </cell>
           <cell r="G148">
-            <v>3889</v>
+            <v>3748</v>
           </cell>
           <cell r="H148">
-            <v>372</v>
+            <v>373</v>
           </cell>
           <cell r="I148">
-            <v>4109</v>
+            <v>4040</v>
           </cell>
           <cell r="J148">
-            <v>1553</v>
+            <v>1546</v>
           </cell>
           <cell r="K148">
-            <v>4802</v>
+            <v>4865</v>
           </cell>
           <cell r="L148">
-            <v>1273</v>
+            <v>1236</v>
           </cell>
           <cell r="M148">
             <v>50</v>
           </cell>
           <cell r="N148">
-            <v>90</v>
+            <v>94</v>
           </cell>
           <cell r="O148">
-            <v>397431</v>
+            <v>386254</v>
           </cell>
           <cell r="P148">
-            <v>4922</v>
+            <v>4888</v>
           </cell>
           <cell r="Q148">
-            <v>424901</v>
+            <v>413130</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>7537502</v>
+            <v>6826185</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>99685</v>
+            <v>100082</v>
           </cell>
           <cell r="D153">
-            <v>1247899</v>
+            <v>1824934</v>
           </cell>
           <cell r="E153">
-            <v>560716</v>
+            <v>531145</v>
           </cell>
           <cell r="F153">
-            <v>649811</v>
+            <v>630702</v>
           </cell>
           <cell r="G153">
-            <v>215006</v>
+            <v>235928</v>
           </cell>
           <cell r="H153">
-            <v>18040706</v>
+            <v>37148048</v>
           </cell>
           <cell r="I153">
-            <v>214244</v>
+            <v>228359</v>
           </cell>
           <cell r="J153">
-            <v>233190</v>
+            <v>198009</v>
           </cell>
           <cell r="K153">
-            <v>151965</v>
+            <v>150795</v>
           </cell>
           <cell r="L153">
-            <v>147568</v>
+            <v>152922</v>
           </cell>
           <cell r="M153">
-            <v>1334899</v>
+            <v>776558</v>
           </cell>
           <cell r="N153">
-            <v>273402</v>
+            <v>261847</v>
           </cell>
           <cell r="O153">
-            <v>17650128</v>
+            <v>798912</v>
           </cell>
           <cell r="P153">
-            <v>40819219</v>
+            <v>43038241</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
-            <v>1913</v>
+            <v>1269</v>
           </cell>
           <cell r="D154">
-            <v>22058</v>
+            <v>21224</v>
           </cell>
           <cell r="E154">
-            <v>10540</v>
+            <v>9997</v>
           </cell>
           <cell r="F154">
-            <v>6247</v>
+            <v>5462</v>
           </cell>
           <cell r="G154">
-            <v>4358</v>
+            <v>5141</v>
           </cell>
           <cell r="H154">
-            <v>1090602</v>
+            <v>1983682</v>
           </cell>
           <cell r="I154">
-            <v>2213</v>
+            <v>2175</v>
           </cell>
           <cell r="J154">
-            <v>6291</v>
+            <v>3691</v>
           </cell>
           <cell r="K154">
-            <v>1848</v>
+            <v>1720</v>
           </cell>
           <cell r="L154">
-            <v>1925</v>
+            <v>5144</v>
           </cell>
           <cell r="M154">
-            <v>25066</v>
+            <v>19677</v>
           </cell>
           <cell r="N154">
-            <v>2366</v>
+            <v>2526</v>
           </cell>
           <cell r="O154">
-            <v>948798</v>
+            <v>12074</v>
           </cell>
           <cell r="P154">
-            <v>2124225</v>
+            <v>2073782</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>10021</v>
+            <v>8664</v>
           </cell>
           <cell r="D155">
-            <v>40319</v>
+            <v>56864</v>
           </cell>
           <cell r="E155">
-            <v>12056</v>
+            <v>11670</v>
           </cell>
           <cell r="F155">
-            <v>23737</v>
+            <v>22879</v>
           </cell>
           <cell r="G155">
-            <v>19649</v>
+            <v>21416</v>
           </cell>
           <cell r="H155">
-            <v>152274</v>
+            <v>162284</v>
           </cell>
           <cell r="I155">
-            <v>10730</v>
+            <v>13284</v>
           </cell>
           <cell r="J155">
-            <v>20639</v>
+            <v>14699</v>
           </cell>
           <cell r="K155">
-            <v>9567</v>
+            <v>9057</v>
           </cell>
           <cell r="L155">
-            <v>8787</v>
+            <v>8044</v>
           </cell>
           <cell r="M155">
-            <v>71708</v>
+            <v>41762</v>
           </cell>
           <cell r="N155">
-            <v>12221</v>
+            <v>11390</v>
           </cell>
           <cell r="O155">
-            <v>33193</v>
+            <v>31117</v>
           </cell>
           <cell r="P155">
-            <v>424901</v>
+            <v>413130</v>
           </cell>
         </row>
         <row r="164">
           <cell r="D164">
-            <v>261563</v>
+            <v>146568</v>
           </cell>
           <cell r="E164">
-            <v>8432</v>
+            <v>8555</v>
           </cell>
           <cell r="G164">
-            <v>9127</v>
+            <v>11068</v>
           </cell>
           <cell r="I164">
-            <v>16682179</v>
+            <v>16751439</v>
           </cell>
           <cell r="J164">
-            <v>16961301</v>
+            <v>16917630</v>
           </cell>
         </row>
         <row r="165">
           <cell r="D165">
-            <v>424774</v>
+            <v>341046</v>
           </cell>
           <cell r="E165">
-            <v>1584</v>
-[...2 lines deleted...]
-            <v>0</v>
+            <v>914</v>
           </cell>
           <cell r="G165">
-            <v>49125</v>
+            <v>40720</v>
           </cell>
           <cell r="I165">
-            <v>4900970</v>
+            <v>5988887</v>
           </cell>
           <cell r="J165">
-            <v>5376453</v>
+            <v>6371567</v>
           </cell>
         </row>
         <row r="170">
           <cell r="C170">
-            <v>30</v>
+            <v>29</v>
           </cell>
           <cell r="D170">
-            <v>32411</v>
+            <v>30190</v>
           </cell>
           <cell r="E170">
-            <v>50853</v>
+            <v>53970</v>
           </cell>
         </row>
         <row r="171">
           <cell r="C171">
-            <v>22</v>
+            <v>23</v>
           </cell>
           <cell r="D171">
-            <v>23969</v>
+            <v>24560</v>
           </cell>
           <cell r="E171">
-            <v>28353</v>
+            <v>37340</v>
           </cell>
         </row>
         <row r="172">
           <cell r="C172">
-            <v>8</v>
+            <v>6</v>
           </cell>
           <cell r="D172">
-            <v>8442</v>
+            <v>5630</v>
           </cell>
           <cell r="E172">
-            <v>22500</v>
+            <v>16630</v>
           </cell>
         </row>
         <row r="173">
           <cell r="C173">
-            <v>53</v>
+            <v>57</v>
           </cell>
           <cell r="D173">
-            <v>21789</v>
-[...2 lines deleted...]
-            <v>6072</v>
+            <v>24837</v>
           </cell>
         </row>
         <row r="175">
           <cell r="C175">
-            <v>83</v>
+            <v>86</v>
           </cell>
           <cell r="D175">
-            <v>54200</v>
+            <v>55027</v>
           </cell>
           <cell r="E175">
-            <v>56925</v>
+            <v>53970</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
-            <v>1635</v>
+            <v>1709</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>179</v>
+            <v>230</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
-            <v>98</v>
+            <v>108</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>79</v>
+            <v>87</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
-            <v>28</v>
+            <v>17</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>2019</v>
+            <v>2151</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1">
         <row r="9">
           <cell r="C9">
-            <v>7346130</v>
+            <v>7515764</v>
           </cell>
           <cell r="H9">
-            <v>7346130</v>
+            <v>7515764</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>-282188</v>
+          </cell>
+          <cell r="H10">
+            <v>-282188</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>7346130</v>
+            <v>7233576</v>
           </cell>
           <cell r="H12">
-            <v>7346130</v>
+            <v>7233576</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>7346130</v>
+            <v>7233576</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
-            <v>468932</v>
+            <v>333768</v>
           </cell>
           <cell r="D19">
             <v>0</v>
           </cell>
           <cell r="E19">
             <v>0</v>
           </cell>
           <cell r="F19">
             <v>0</v>
           </cell>
           <cell r="G19">
             <v>0</v>
           </cell>
           <cell r="H19">
-            <v>468932</v>
+            <v>333768</v>
           </cell>
         </row>
         <row r="20">
           <cell r="C20">
-            <v>-53917</v>
+            <v>191727</v>
           </cell>
           <cell r="D20">
-            <v>4867</v>
+            <v>5</v>
           </cell>
           <cell r="E20">
-            <v>270</v>
+            <v>0</v>
           </cell>
           <cell r="F20">
             <v>0</v>
           </cell>
           <cell r="G20">
             <v>0</v>
           </cell>
           <cell r="H20">
-            <v>-48780</v>
+            <v>191732</v>
           </cell>
         </row>
         <row r="21">
           <cell r="C21">
             <v>0</v>
           </cell>
           <cell r="D21">
             <v>0</v>
           </cell>
           <cell r="E21">
             <v>0</v>
           </cell>
           <cell r="F21">
             <v>0</v>
           </cell>
           <cell r="G21">
             <v>0</v>
           </cell>
           <cell r="H21">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
-            <v>415015</v>
+            <v>525495</v>
           </cell>
           <cell r="D22">
-            <v>4867</v>
+            <v>5</v>
           </cell>
           <cell r="E22">
-            <v>270</v>
+            <v>0</v>
           </cell>
           <cell r="F22">
             <v>0</v>
           </cell>
           <cell r="G22">
             <v>0</v>
           </cell>
           <cell r="H22">
-            <v>420152</v>
+            <v>525500</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
-            <v>415015</v>
+            <v>525495</v>
           </cell>
           <cell r="D24">
-            <v>4867</v>
+            <v>5</v>
           </cell>
           <cell r="E24">
-            <v>270</v>
+            <v>0</v>
           </cell>
           <cell r="F24">
             <v>0</v>
           </cell>
           <cell r="G24">
             <v>0</v>
           </cell>
           <cell r="H24">
-            <v>420152</v>
+            <v>525500</v>
           </cell>
         </row>
         <row r="25">
           <cell r="E25">
             <v>0</v>
           </cell>
           <cell r="F25">
             <v>0</v>
           </cell>
           <cell r="G25">
             <v>0</v>
           </cell>
           <cell r="H25">
             <v>0</v>
           </cell>
         </row>
         <row r="26">
           <cell r="C26">
-            <v>4150</v>
+            <v>5255</v>
           </cell>
           <cell r="D26">
             <v>97</v>
           </cell>
           <cell r="E26">
             <v>0</v>
           </cell>
           <cell r="F26">
             <v>0</v>
           </cell>
           <cell r="G26">
             <v>0</v>
           </cell>
           <cell r="H26">
-            <v>4247</v>
+            <v>5352</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>2683528</v>
+            <v>3506605</v>
           </cell>
           <cell r="D29">
             <v>0</v>
           </cell>
           <cell r="E29">
             <v>0</v>
           </cell>
           <cell r="F29">
             <v>0</v>
           </cell>
           <cell r="G29">
             <v>0</v>
           </cell>
           <cell r="H29">
-            <v>2683528</v>
+            <v>3506605</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>1569852</v>
+            <v>189902</v>
           </cell>
           <cell r="D30">
             <v>0</v>
           </cell>
           <cell r="E30">
             <v>0</v>
           </cell>
           <cell r="F30">
             <v>0</v>
           </cell>
           <cell r="G30">
             <v>0</v>
           </cell>
           <cell r="H30">
-            <v>1569852</v>
+            <v>189902</v>
           </cell>
         </row>
         <row r="31">
           <cell r="C31">
             <v>0</v>
           </cell>
           <cell r="D31">
             <v>0</v>
           </cell>
           <cell r="E31">
             <v>0</v>
           </cell>
           <cell r="F31">
             <v>0</v>
           </cell>
           <cell r="G31">
             <v>0</v>
           </cell>
           <cell r="H31">
             <v>0</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
           <cell r="D32">
             <v>0</v>
           </cell>
           <cell r="E32">
             <v>0</v>
           </cell>
           <cell r="F32">
             <v>0</v>
           </cell>
           <cell r="G32">
             <v>0</v>
           </cell>
           <cell r="H32">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
           <cell r="D34">
             <v>0</v>
           </cell>
           <cell r="E34">
             <v>0</v>
           </cell>
           <cell r="F34">
             <v>0</v>
           </cell>
           <cell r="G34">
             <v>0</v>
           </cell>
           <cell r="H34">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
-            <v>11717090</v>
+            <v>11609983</v>
           </cell>
           <cell r="D49">
-            <v>0</v>
+            <v>210852</v>
           </cell>
           <cell r="E49">
-            <v>109698</v>
+            <v>30740</v>
           </cell>
           <cell r="F49">
-            <v>84750</v>
+            <v>73588</v>
           </cell>
           <cell r="G49">
-            <v>761144</v>
+            <v>521793</v>
           </cell>
           <cell r="H49">
-            <v>12672682</v>
+            <v>12446956</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
-            <v>2446975</v>
+            <v>453102</v>
           </cell>
           <cell r="D50">
-            <v>31605</v>
+            <v>-114615</v>
           </cell>
           <cell r="E50">
-            <v>-72479</v>
+            <v>173049</v>
           </cell>
           <cell r="F50">
-            <v>-18332</v>
+            <v>-16292</v>
           </cell>
           <cell r="G50">
-            <v>-270043</v>
+            <v>44155</v>
           </cell>
           <cell r="H50">
-            <v>2117726</v>
+            <v>539399</v>
           </cell>
         </row>
         <row r="51">
           <cell r="C51">
             <v>0</v>
           </cell>
           <cell r="D51">
             <v>0</v>
           </cell>
           <cell r="E51">
             <v>0</v>
           </cell>
           <cell r="F51">
             <v>0</v>
           </cell>
           <cell r="G51">
             <v>0</v>
           </cell>
           <cell r="H51">
             <v>0</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
-            <v>14164065</v>
+            <v>12063085</v>
           </cell>
           <cell r="D52">
-            <v>31605</v>
+            <v>96237</v>
           </cell>
           <cell r="E52">
-            <v>37219</v>
+            <v>203789</v>
           </cell>
           <cell r="F52">
-            <v>66418</v>
+            <v>57296</v>
           </cell>
           <cell r="G52">
-            <v>491101</v>
+            <v>565948</v>
           </cell>
           <cell r="H52">
-            <v>14790408</v>
+            <v>12986355</v>
           </cell>
         </row>
         <row r="53">
           <cell r="E53">
-            <v>30219</v>
+            <v>82214</v>
           </cell>
           <cell r="F53">
-            <v>64247</v>
+            <v>42273</v>
           </cell>
           <cell r="G53">
-            <v>227086</v>
+            <v>305135</v>
           </cell>
           <cell r="H53">
-            <v>321552</v>
+            <v>429622</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
-            <v>14164065</v>
+            <v>12063085</v>
           </cell>
           <cell r="D54">
-            <v>31605</v>
+            <v>96237</v>
           </cell>
           <cell r="E54">
-            <v>7000</v>
+            <v>121575</v>
           </cell>
           <cell r="F54">
-            <v>2171</v>
+            <v>15023</v>
           </cell>
           <cell r="G54">
-            <v>264015</v>
+            <v>260813</v>
           </cell>
           <cell r="H54">
-            <v>14468856</v>
+            <v>12556733</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
-            <v>181</v>
+            <v>135</v>
           </cell>
           <cell r="F55">
-            <v>3295</v>
+            <v>2895</v>
           </cell>
           <cell r="G55">
-            <v>107839</v>
+            <v>111214</v>
           </cell>
           <cell r="H55">
-            <v>111315</v>
+            <v>114244</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
-            <v>120255</v>
+            <v>120631</v>
           </cell>
           <cell r="D56">
-            <v>632</v>
+            <v>1925</v>
           </cell>
           <cell r="E56">
-            <v>49572</v>
+            <v>12157</v>
           </cell>
           <cell r="F56">
-            <v>50296</v>
+            <v>7512</v>
           </cell>
           <cell r="G56">
-            <v>462738</v>
+            <v>260813</v>
           </cell>
           <cell r="H56">
-            <v>683493</v>
+            <v>403038</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
-            <v>8502133</v>
+            <v>8215458</v>
           </cell>
           <cell r="D59">
-            <v>1449478</v>
+            <v>91415</v>
           </cell>
           <cell r="E59">
-            <v>58516</v>
+            <v>25237</v>
           </cell>
           <cell r="F59">
-            <v>35727</v>
+            <v>105739</v>
           </cell>
           <cell r="G59">
-            <v>237665</v>
+            <v>239696</v>
           </cell>
           <cell r="H59">
-            <v>10283519</v>
+            <v>8677545</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>-4049072</v>
+            <v>-226793</v>
           </cell>
           <cell r="D60">
-            <v>-257088</v>
+            <v>90132</v>
           </cell>
           <cell r="E60">
-            <v>18748</v>
+            <v>-14910</v>
           </cell>
           <cell r="F60">
-            <v>46634</v>
+            <v>-4981</v>
           </cell>
           <cell r="G60">
-            <v>9069</v>
+            <v>-79541</v>
           </cell>
           <cell r="H60">
-            <v>-4231709</v>
+            <v>-236093</v>
           </cell>
         </row>
         <row r="61">
           <cell r="C61">
             <v>0</v>
           </cell>
           <cell r="D61">
             <v>0</v>
           </cell>
           <cell r="E61">
             <v>0</v>
           </cell>
           <cell r="F61">
             <v>0</v>
           </cell>
           <cell r="G61">
-            <v>-89608</v>
+            <v>-7360</v>
           </cell>
           <cell r="H61">
-            <v>-89608</v>
+            <v>-7360</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>4453061</v>
+            <v>7988665</v>
           </cell>
           <cell r="D62">
-            <v>1192390</v>
+            <v>181547</v>
           </cell>
           <cell r="E62">
-            <v>77264</v>
+            <v>10327</v>
           </cell>
           <cell r="F62">
-            <v>82361</v>
+            <v>100758</v>
           </cell>
           <cell r="G62">
-            <v>336342</v>
+            <v>167515</v>
           </cell>
           <cell r="H62">
-            <v>6141418</v>
+            <v>8448812</v>
           </cell>
         </row>
         <row r="63">
           <cell r="E63">
-            <v>21628</v>
+            <v>20830</v>
           </cell>
           <cell r="F63">
-            <v>23318</v>
+            <v>24498</v>
           </cell>
           <cell r="G63">
-            <v>78148</v>
+            <v>54330</v>
           </cell>
           <cell r="H63">
-            <v>123094</v>
+            <v>99658</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>4453061</v>
+            <v>7988665</v>
           </cell>
           <cell r="D64">
-            <v>1192390</v>
+            <v>181547</v>
           </cell>
           <cell r="E64">
-            <v>55636</v>
+            <v>-10503</v>
           </cell>
           <cell r="F64">
-            <v>59043</v>
+            <v>76260</v>
           </cell>
           <cell r="G64">
-            <v>258194</v>
+            <v>113185</v>
           </cell>
           <cell r="H64">
-            <v>6018324</v>
+            <v>8349154</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>1841</v>
+            <v>343</v>
           </cell>
           <cell r="F65">
-            <v>1945</v>
+            <v>1659</v>
           </cell>
           <cell r="G65">
-            <v>39824</v>
+            <v>37886</v>
           </cell>
           <cell r="H65">
-            <v>43610</v>
+            <v>39888</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>23145</v>
+            <v>79887</v>
           </cell>
           <cell r="D66">
-            <v>23848</v>
+            <v>3631</v>
           </cell>
           <cell r="E66">
-            <v>22251</v>
+            <v>-1050</v>
           </cell>
           <cell r="F66">
-            <v>21864</v>
+            <v>38130</v>
           </cell>
           <cell r="G66">
-            <v>91111</v>
+            <v>113185</v>
           </cell>
           <cell r="H66">
-            <v>182219</v>
+            <v>233783</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>12151132</v>
+            <v>12444870</v>
           </cell>
           <cell r="D69">
-            <v>0</v>
+            <v>80212</v>
           </cell>
           <cell r="E69">
-            <v>33323</v>
+            <v>25677</v>
           </cell>
           <cell r="F69">
-            <v>64417</v>
+            <v>79553</v>
           </cell>
           <cell r="G69">
-            <v>228313</v>
+            <v>218883</v>
           </cell>
           <cell r="H69">
-            <v>12477185</v>
+            <v>12849195</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>-157887</v>
+            <v>-390170</v>
           </cell>
           <cell r="D70">
-            <v>64222</v>
+            <v>61209</v>
           </cell>
           <cell r="E70">
-            <v>-17895</v>
+            <v>19590</v>
           </cell>
           <cell r="F70">
-            <v>-12325</v>
+            <v>-27383</v>
           </cell>
           <cell r="G70">
-            <v>-43267</v>
+            <v>30670</v>
           </cell>
           <cell r="H70">
-            <v>-167152</v>
+            <v>-306084</v>
           </cell>
         </row>
         <row r="71">
           <cell r="C71">
             <v>0</v>
           </cell>
           <cell r="D71">
             <v>0</v>
           </cell>
           <cell r="E71">
             <v>0</v>
           </cell>
           <cell r="F71">
             <v>0</v>
           </cell>
           <cell r="G71">
-            <v>-9904</v>
+            <v>-872</v>
           </cell>
           <cell r="H71">
-            <v>-9904</v>
+            <v>-872</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>11993245</v>
+            <v>12054700</v>
           </cell>
           <cell r="D72">
-            <v>64222</v>
+            <v>141421</v>
           </cell>
           <cell r="E72">
-            <v>15428</v>
+            <v>45267</v>
           </cell>
           <cell r="F72">
-            <v>52092</v>
+            <v>52170</v>
           </cell>
           <cell r="G72">
-            <v>194950</v>
+            <v>250425</v>
           </cell>
           <cell r="H72">
-            <v>12319937</v>
+            <v>12543983</v>
           </cell>
         </row>
         <row r="73">
           <cell r="E73">
-            <v>15589</v>
+            <v>10874</v>
           </cell>
           <cell r="F73">
-            <v>27564</v>
+            <v>10734</v>
           </cell>
           <cell r="G73">
-            <v>102695</v>
+            <v>57727</v>
           </cell>
           <cell r="H73">
-            <v>145848</v>
+            <v>79335</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>11993245</v>
+            <v>12054700</v>
           </cell>
           <cell r="D74">
-            <v>64222</v>
+            <v>141421</v>
           </cell>
           <cell r="E74">
-            <v>-161</v>
+            <v>34393</v>
           </cell>
           <cell r="F74">
-            <v>24528</v>
+            <v>41436</v>
           </cell>
           <cell r="G74">
-            <v>92255</v>
+            <v>192698</v>
           </cell>
           <cell r="H74">
-            <v>12174089</v>
+            <v>12464648</v>
           </cell>
         </row>
         <row r="75">
           <cell r="E75">
-            <v>1420</v>
+            <v>1641</v>
           </cell>
           <cell r="F75">
-            <v>2832</v>
+            <v>1835</v>
           </cell>
           <cell r="G75">
-            <v>39932</v>
+            <v>40865</v>
           </cell>
           <cell r="H75">
-            <v>44184</v>
+            <v>44341</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>98546</v>
+            <v>120547</v>
           </cell>
           <cell r="D76">
-            <v>1284</v>
+            <v>2828</v>
           </cell>
           <cell r="E76">
-            <v>7464</v>
+            <v>3439</v>
           </cell>
           <cell r="F76">
-            <v>18668</v>
+            <v>20718</v>
           </cell>
           <cell r="G76">
-            <v>86158</v>
+            <v>192698</v>
           </cell>
           <cell r="H76">
-            <v>212120</v>
+            <v>340230</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
-            <v>5641349</v>
+            <v>5072816</v>
           </cell>
           <cell r="D79">
-            <v>0</v>
+            <v>24399</v>
           </cell>
           <cell r="E79">
-            <v>74626</v>
+            <v>73147</v>
           </cell>
           <cell r="F79">
-            <v>11284</v>
+            <v>5455</v>
           </cell>
           <cell r="G79">
-            <v>204922</v>
+            <v>161439</v>
           </cell>
           <cell r="H79">
-            <v>5932181</v>
+            <v>5337256</v>
           </cell>
         </row>
         <row r="80">
           <cell r="C80">
-            <v>232543</v>
+            <v>354225</v>
           </cell>
           <cell r="D80">
-            <v>14021</v>
+            <v>14786</v>
           </cell>
           <cell r="E80">
-            <v>-61618</v>
+            <v>-22243</v>
           </cell>
           <cell r="F80">
-            <v>26193</v>
+            <v>34804</v>
           </cell>
           <cell r="G80">
-            <v>-5503</v>
+            <v>-443</v>
           </cell>
           <cell r="H80">
-            <v>205636</v>
+            <v>381129</v>
           </cell>
         </row>
         <row r="81">
           <cell r="C81">
             <v>0</v>
           </cell>
           <cell r="D81">
             <v>0</v>
           </cell>
           <cell r="E81">
             <v>0</v>
           </cell>
           <cell r="F81">
             <v>0</v>
           </cell>
           <cell r="G81">
-            <v>0</v>
+            <v>-6085</v>
           </cell>
           <cell r="H81">
-            <v>0</v>
+            <v>-6085</v>
           </cell>
         </row>
         <row r="82">
           <cell r="C82">
-            <v>5873892</v>
+            <v>5427041</v>
           </cell>
           <cell r="D82">
-            <v>14021</v>
+            <v>39185</v>
           </cell>
           <cell r="E82">
-            <v>13008</v>
+            <v>50904</v>
           </cell>
           <cell r="F82">
-            <v>37477</v>
+            <v>40259</v>
           </cell>
           <cell r="G82">
-            <v>199419</v>
+            <v>167081</v>
           </cell>
           <cell r="H82">
-            <v>6137817</v>
+            <v>5724470</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>30521</v>
+            <v>7923</v>
           </cell>
           <cell r="F83">
-            <v>70</v>
+            <v>10549</v>
           </cell>
           <cell r="G83">
-            <v>81647</v>
+            <v>68016</v>
           </cell>
           <cell r="H83">
-            <v>112238</v>
+            <v>86488</v>
           </cell>
         </row>
         <row r="84">
           <cell r="C84">
-            <v>5873892</v>
+            <v>5427041</v>
           </cell>
           <cell r="D84">
-            <v>14021</v>
+            <v>39185</v>
           </cell>
           <cell r="E84">
-            <v>-17513</v>
+            <v>42981</v>
           </cell>
           <cell r="F84">
-            <v>37407</v>
+            <v>29710</v>
           </cell>
           <cell r="G84">
-            <v>117772</v>
+            <v>99065</v>
           </cell>
           <cell r="H84">
-            <v>6025579</v>
+            <v>5637982</v>
           </cell>
         </row>
         <row r="85">
           <cell r="E85">
-            <v>557</v>
+            <v>265</v>
           </cell>
           <cell r="F85">
-            <v>5</v>
+            <v>1258</v>
           </cell>
           <cell r="G85">
-            <v>51896</v>
+            <v>48288</v>
           </cell>
           <cell r="H85">
-            <v>52458</v>
+            <v>49811</v>
           </cell>
         </row>
         <row r="86">
           <cell r="C86">
-            <v>37353</v>
+            <v>54270</v>
           </cell>
           <cell r="D86">
-            <v>280</v>
+            <v>784</v>
           </cell>
           <cell r="E86">
-            <v>20777</v>
+            <v>4298</v>
           </cell>
           <cell r="F86">
-            <v>23</v>
+            <v>14855</v>
           </cell>
           <cell r="G86">
-            <v>108398</v>
+            <v>99065</v>
           </cell>
           <cell r="H86">
-            <v>166831</v>
+            <v>173272</v>
           </cell>
         </row>
         <row r="89">
           <cell r="C89">
-            <v>4687945</v>
+            <v>4812367</v>
           </cell>
           <cell r="H89">
-            <v>4687945</v>
+            <v>4812367</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>303357</v>
+            <v>72959</v>
           </cell>
           <cell r="H90">
-            <v>303357</v>
+            <v>72959</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
           <cell r="H92">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
           <cell r="H94">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
             <v>0</v>
           </cell>
           <cell r="H96">
             <v>0</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>53198239</v>
+            <v>53511631</v>
           </cell>
           <cell r="D99">
-            <v>1449478</v>
+            <v>406878</v>
           </cell>
           <cell r="E99">
-            <v>276163</v>
+            <v>154801</v>
           </cell>
           <cell r="F99">
-            <v>196178</v>
+            <v>264335</v>
           </cell>
           <cell r="G99">
-            <v>1432044</v>
+            <v>1141811</v>
           </cell>
           <cell r="H99">
-            <v>56552102</v>
+            <v>55479456</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>291851</v>
+            <v>362764</v>
           </cell>
           <cell r="D100">
-            <v>-142373</v>
+            <v>51517</v>
           </cell>
           <cell r="E100">
-            <v>-132974</v>
+            <v>155486</v>
           </cell>
           <cell r="F100">
-            <v>42170</v>
+            <v>-13852</v>
           </cell>
           <cell r="G100">
-            <v>-309744</v>
+            <v>-5159</v>
           </cell>
           <cell r="H100">
-            <v>-251070</v>
+            <v>550756</v>
           </cell>
         </row>
         <row r="101">
           <cell r="C101">
             <v>0</v>
           </cell>
           <cell r="D101">
             <v>0</v>
           </cell>
           <cell r="E101">
             <v>0</v>
           </cell>
           <cell r="F101">
             <v>0</v>
           </cell>
           <cell r="G101">
-            <v>-99512</v>
+            <v>-14317</v>
           </cell>
           <cell r="H101">
-            <v>-99512</v>
+            <v>-14317</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>53490090</v>
+            <v>53874395</v>
           </cell>
           <cell r="D102">
-            <v>1307105</v>
+            <v>458395</v>
           </cell>
           <cell r="E102">
-            <v>143189</v>
+            <v>310287</v>
           </cell>
           <cell r="F102">
-            <v>238348</v>
+            <v>250483</v>
           </cell>
           <cell r="G102">
-            <v>1221812</v>
+            <v>1150969</v>
           </cell>
           <cell r="H102">
-            <v>56400544</v>
+            <v>56044529</v>
           </cell>
         </row>
         <row r="103">
           <cell r="E103">
-            <v>97957</v>
+            <v>121841</v>
           </cell>
           <cell r="F103">
-            <v>115199</v>
+            <v>88054</v>
           </cell>
           <cell r="G103">
-            <v>489576</v>
+            <v>485208</v>
           </cell>
           <cell r="H103">
-            <v>702732</v>
+            <v>695103</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>53490090</v>
+            <v>53874395</v>
           </cell>
           <cell r="D104">
-            <v>1307105</v>
+            <v>458395</v>
           </cell>
           <cell r="E104">
-            <v>45232</v>
+            <v>188446</v>
           </cell>
           <cell r="F104">
-            <v>123149</v>
+            <v>162429</v>
           </cell>
           <cell r="G104">
-            <v>732236</v>
+            <v>665761</v>
           </cell>
           <cell r="H104">
-            <v>55697812</v>
+            <v>55349426</v>
           </cell>
         </row>
         <row r="105">
           <cell r="E105">
-            <v>3999</v>
+            <v>2384</v>
           </cell>
           <cell r="F105">
-            <v>8077</v>
+            <v>7647</v>
           </cell>
           <cell r="G105">
-            <v>239491</v>
+            <v>238253</v>
           </cell>
           <cell r="H105">
-            <v>251567</v>
+            <v>248284</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>283449</v>
+            <v>380590</v>
           </cell>
           <cell r="D106">
-            <v>26141</v>
+            <v>9265</v>
           </cell>
           <cell r="E106">
-            <v>100064</v>
+            <v>18844</v>
           </cell>
           <cell r="F106">
-            <v>90851</v>
+            <v>81215</v>
           </cell>
           <cell r="G106">
-            <v>748405</v>
+            <v>665761</v>
           </cell>
           <cell r="H106">
-            <v>1248910</v>
+            <v>1155675</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>7346130</v>
+            <v>7233576</v>
           </cell>
           <cell r="D116">
-            <v>54312</v>
+            <v>439861</v>
           </cell>
           <cell r="E116">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
           <cell r="F116">
             <v>0</v>
           </cell>
           <cell r="G116">
-            <v>13786930</v>
+            <v>11275970</v>
           </cell>
           <cell r="H116">
-            <v>4185333</v>
+            <v>7204927</v>
           </cell>
           <cell r="I116">
-            <v>11874147</v>
+            <v>11887860</v>
           </cell>
           <cell r="J116">
-            <v>5733817</v>
+            <v>5017024</v>
           </cell>
           <cell r="K116">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
           <cell r="L116">
-            <v>52225351</v>
+            <v>51641051</v>
           </cell>
         </row>
         <row r="117">
           <cell r="C117">
             <v>0</v>
           </cell>
           <cell r="D117">
-            <v>365840</v>
+            <v>85639</v>
           </cell>
           <cell r="E117">
             <v>0</v>
           </cell>
           <cell r="F117">
             <v>0</v>
           </cell>
           <cell r="G117">
-            <v>1003478</v>
+            <v>1710385</v>
           </cell>
           <cell r="H117">
-            <v>1956085</v>
+            <v>1243884</v>
           </cell>
           <cell r="I117">
-            <v>445790</v>
+            <v>656123</v>
           </cell>
           <cell r="J117">
-            <v>404000</v>
+            <v>707446</v>
           </cell>
           <cell r="K117">
             <v>0</v>
           </cell>
           <cell r="L117">
-            <v>4175193</v>
+            <v>4403477</v>
           </cell>
         </row>
         <row r="118">
           <cell r="C118">
             <v>0</v>
           </cell>
           <cell r="D118">
-            <v>360703</v>
+            <v>85634</v>
           </cell>
           <cell r="E118">
             <v>0</v>
           </cell>
           <cell r="F118">
             <v>0</v>
           </cell>
           <cell r="G118">
-            <v>377135</v>
+            <v>787115</v>
           </cell>
           <cell r="H118">
-            <v>267728</v>
+            <v>783738</v>
           </cell>
           <cell r="I118">
-            <v>119098</v>
+            <v>166840</v>
           </cell>
           <cell r="J118">
-            <v>140075</v>
+            <v>410017</v>
           </cell>
           <cell r="K118">
             <v>0</v>
           </cell>
           <cell r="L118">
-            <v>1264739</v>
+            <v>2233344</v>
           </cell>
         </row>
         <row r="119">
           <cell r="C119">
             <v>0</v>
           </cell>
           <cell r="D119">
-            <v>4867</v>
+            <v>5</v>
           </cell>
           <cell r="E119">
             <v>0</v>
           </cell>
           <cell r="F119">
             <v>0</v>
           </cell>
           <cell r="G119">
-            <v>31605</v>
+            <v>96237</v>
           </cell>
           <cell r="H119">
-            <v>1192390</v>
+            <v>181547</v>
           </cell>
           <cell r="I119">
-            <v>64222</v>
+            <v>141421</v>
           </cell>
           <cell r="J119">
-            <v>14021</v>
+            <v>39185</v>
           </cell>
           <cell r="K119">
             <v>0</v>
           </cell>
           <cell r="L119">
-            <v>1307105</v>
+            <v>458395</v>
           </cell>
         </row>
         <row r="120">
           <cell r="C120">
             <v>0</v>
           </cell>
           <cell r="D120">
-            <v>270</v>
+            <v>0</v>
           </cell>
           <cell r="E120">
             <v>0</v>
           </cell>
           <cell r="F120">
             <v>0</v>
           </cell>
           <cell r="G120">
-            <v>37219</v>
+            <v>203789</v>
           </cell>
           <cell r="H120">
-            <v>77264</v>
+            <v>10327</v>
           </cell>
           <cell r="I120">
-            <v>15428</v>
+            <v>45267</v>
           </cell>
           <cell r="J120">
-            <v>13008</v>
+            <v>50904</v>
           </cell>
           <cell r="K120">
             <v>0</v>
           </cell>
           <cell r="L120">
-            <v>143189</v>
+            <v>310287</v>
           </cell>
         </row>
         <row r="121">
           <cell r="C121">
             <v>0</v>
           </cell>
           <cell r="D121">
             <v>0</v>
           </cell>
           <cell r="E121">
             <v>0</v>
           </cell>
           <cell r="F121">
             <v>0</v>
           </cell>
           <cell r="G121">
-            <v>66418</v>
+            <v>57296</v>
           </cell>
           <cell r="H121">
-            <v>82361</v>
+            <v>100757</v>
           </cell>
           <cell r="I121">
-            <v>52092</v>
+            <v>52170</v>
           </cell>
           <cell r="J121">
-            <v>37477</v>
+            <v>40259</v>
           </cell>
           <cell r="K121">
             <v>0</v>
           </cell>
           <cell r="L121">
-            <v>238348</v>
+            <v>250482</v>
           </cell>
         </row>
         <row r="122">
           <cell r="C122">
             <v>0</v>
           </cell>
           <cell r="D122">
             <v>0</v>
           </cell>
           <cell r="E122">
             <v>0</v>
           </cell>
           <cell r="F122">
             <v>0</v>
           </cell>
           <cell r="G122">
-            <v>491101</v>
+            <v>565948</v>
           </cell>
           <cell r="H122">
-            <v>336342</v>
+            <v>167515</v>
           </cell>
           <cell r="I122">
-            <v>194950</v>
+            <v>250425</v>
           </cell>
           <cell r="J122">
-            <v>199419</v>
+            <v>167081</v>
           </cell>
           <cell r="K122">
             <v>0</v>
           </cell>
           <cell r="L122">
-            <v>1221812</v>
+            <v>1150969</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>7346130</v>
+            <v>7233576</v>
           </cell>
           <cell r="D123">
-            <v>420152</v>
+            <v>525500</v>
           </cell>
           <cell r="E123">
-            <v>4253380</v>
+            <v>3696507</v>
           </cell>
           <cell r="F123">
             <v>0</v>
           </cell>
           <cell r="G123">
-            <v>14790408</v>
+            <v>12986355</v>
           </cell>
           <cell r="H123">
-            <v>6141418</v>
+            <v>8448811</v>
           </cell>
           <cell r="I123">
-            <v>12319937</v>
+            <v>12543983</v>
           </cell>
           <cell r="J123">
-            <v>6137817</v>
+            <v>5724470</v>
           </cell>
           <cell r="K123">
-            <v>4991302</v>
+            <v>4885326</v>
           </cell>
           <cell r="L123">
-            <v>56400544</v>
+            <v>56044528</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
-            <v>5002525</v>
+            <v>5167832</v>
           </cell>
           <cell r="D127">
-            <v>17608006</v>
+            <v>16907582</v>
           </cell>
           <cell r="E127">
-            <v>3837326</v>
+            <v>3598748</v>
           </cell>
           <cell r="F127">
-            <v>954021</v>
+            <v>969489</v>
           </cell>
           <cell r="G127">
-            <v>114084</v>
+            <v>113782</v>
           </cell>
           <cell r="H127">
-            <v>8118577</v>
+            <v>9068209</v>
           </cell>
           <cell r="I127">
             <v>0</v>
           </cell>
           <cell r="J127">
-            <v>35634539</v>
+            <v>35825642</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
-            <v>137671</v>
+            <v>167864</v>
           </cell>
           <cell r="D128">
-            <v>849790</v>
+            <v>1363569</v>
           </cell>
           <cell r="E128">
-            <v>682438</v>
+            <v>888565</v>
           </cell>
           <cell r="F128">
-            <v>28813</v>
+            <v>28467</v>
           </cell>
           <cell r="G128">
-            <v>1017</v>
+            <v>3088</v>
           </cell>
           <cell r="H128">
-            <v>2475464</v>
+            <v>1951924</v>
           </cell>
           <cell r="I128">
             <v>0</v>
           </cell>
           <cell r="J128">
-            <v>4175193</v>
+            <v>4403477</v>
           </cell>
         </row>
         <row r="129">
           <cell r="C129">
-            <v>55481</v>
+            <v>62253</v>
           </cell>
           <cell r="D129">
-            <v>259173</v>
+            <v>576857</v>
           </cell>
           <cell r="E129">
-            <v>251070</v>
+            <v>433645</v>
           </cell>
           <cell r="F129">
-            <v>4464</v>
+            <v>8744</v>
           </cell>
           <cell r="G129">
-            <v>734</v>
+            <v>2368</v>
           </cell>
           <cell r="H129">
-            <v>693817</v>
+            <v>1149477</v>
           </cell>
           <cell r="I129">
             <v>0</v>
           </cell>
           <cell r="J129">
-            <v>1264739</v>
+            <v>2233344</v>
           </cell>
         </row>
         <row r="130">
           <cell r="C130">
-            <v>22491</v>
+            <v>29361</v>
           </cell>
           <cell r="D130">
-            <v>78243</v>
+            <v>180606</v>
           </cell>
           <cell r="E130">
-            <v>9958</v>
+            <v>22310</v>
           </cell>
           <cell r="F130">
-            <v>4257</v>
+            <v>3677</v>
           </cell>
           <cell r="G130">
-            <v>174</v>
+            <v>699</v>
           </cell>
           <cell r="H130">
-            <v>1191982</v>
+            <v>221742</v>
           </cell>
           <cell r="I130">
             <v>0</v>
           </cell>
           <cell r="J130">
-            <v>1307105</v>
+            <v>458395</v>
           </cell>
         </row>
         <row r="131">
           <cell r="C131">
-            <v>13123</v>
+            <v>27603</v>
           </cell>
           <cell r="D131">
-            <v>28436</v>
+            <v>96171</v>
           </cell>
           <cell r="E131">
-            <v>34437</v>
+            <v>42023</v>
           </cell>
           <cell r="F131">
-            <v>4047</v>
+            <v>3313</v>
           </cell>
           <cell r="G131">
-            <v>109</v>
+            <v>21</v>
           </cell>
           <cell r="H131">
-            <v>63037</v>
+            <v>141155</v>
           </cell>
           <cell r="I131">
             <v>0</v>
           </cell>
           <cell r="J131">
-            <v>143189</v>
+            <v>310286</v>
           </cell>
         </row>
         <row r="132">
           <cell r="C132">
-            <v>15495</v>
+            <v>19020</v>
           </cell>
           <cell r="D132">
-            <v>89569</v>
+            <v>92429</v>
           </cell>
           <cell r="E132">
-            <v>24796</v>
+            <v>37794</v>
           </cell>
           <cell r="F132">
-            <v>6123</v>
+            <v>4579</v>
           </cell>
           <cell r="G132">
             <v>0</v>
           </cell>
           <cell r="H132">
-            <v>102365</v>
+            <v>96661</v>
           </cell>
           <cell r="I132">
             <v>0</v>
           </cell>
           <cell r="J132">
-            <v>238348</v>
+            <v>250483</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
-            <v>31081</v>
+            <v>29627</v>
           </cell>
           <cell r="D133">
-            <v>394369</v>
+            <v>417506</v>
           </cell>
           <cell r="E133">
-            <v>362177</v>
+            <v>352793</v>
           </cell>
           <cell r="F133">
-            <v>9922</v>
+            <v>8154</v>
           </cell>
           <cell r="G133">
             <v>0</v>
           </cell>
           <cell r="H133">
-            <v>424263</v>
+            <v>342889</v>
           </cell>
           <cell r="I133">
             <v>0</v>
           </cell>
           <cell r="J133">
-            <v>1221812</v>
+            <v>1150969</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
-            <v>5140196</v>
+            <v>5335696</v>
           </cell>
           <cell r="D134">
-            <v>18457796</v>
+            <v>18271151</v>
           </cell>
           <cell r="E134">
-            <v>4519764</v>
+            <v>4487313</v>
           </cell>
           <cell r="F134">
-            <v>982834</v>
+            <v>997956</v>
           </cell>
           <cell r="G134">
-            <v>115101</v>
+            <v>116870</v>
           </cell>
           <cell r="H134">
-            <v>10594041</v>
+            <v>11020133</v>
           </cell>
           <cell r="I134">
             <v>0</v>
           </cell>
           <cell r="J134">
-            <v>39809732</v>
+            <v>40229119</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
-            <v>4061154</v>
+            <v>4045311</v>
           </cell>
           <cell r="D142">
-            <v>1482892</v>
+            <v>1497298</v>
           </cell>
           <cell r="E142">
-            <v>1298870</v>
+            <v>1341236</v>
           </cell>
           <cell r="F142">
-            <v>1476215</v>
+            <v>1539026</v>
           </cell>
           <cell r="G142">
-            <v>2795924</v>
+            <v>2871367</v>
           </cell>
           <cell r="H142">
-            <v>1630002</v>
+            <v>1797098</v>
           </cell>
           <cell r="I142">
-            <v>5871844</v>
+            <v>5984088</v>
           </cell>
           <cell r="J142">
-            <v>1944524</v>
+            <v>1869544</v>
           </cell>
           <cell r="K142">
-            <v>3477192</v>
+            <v>3442135</v>
           </cell>
           <cell r="L142">
-            <v>2958109</v>
+            <v>2951157</v>
           </cell>
           <cell r="M142">
-            <v>6887669</v>
+            <v>6697081</v>
           </cell>
           <cell r="N142">
-            <v>2773052</v>
+            <v>2875810</v>
           </cell>
           <cell r="O142">
-            <v>2892837</v>
+            <v>3007134</v>
           </cell>
           <cell r="P142">
-            <v>259447</v>
+            <v>310833</v>
           </cell>
           <cell r="Q142">
-            <v>39809731</v>
+            <v>40229118</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
-            <v>140135</v>
+            <v>314544</v>
           </cell>
           <cell r="D143">
             <v>0</v>
           </cell>
           <cell r="E143">
-            <v>176</v>
+            <v>61118</v>
           </cell>
           <cell r="F143">
-            <v>195306</v>
+            <v>6820</v>
           </cell>
           <cell r="G143">
-            <v>217545</v>
+            <v>204617</v>
           </cell>
           <cell r="H143">
-            <v>29706</v>
+            <v>136871</v>
           </cell>
           <cell r="I143">
-            <v>192424</v>
+            <v>82678</v>
           </cell>
           <cell r="J143">
-            <v>59509</v>
+            <v>123</v>
           </cell>
           <cell r="K143">
-            <v>1012</v>
+            <v>69403</v>
           </cell>
           <cell r="L143">
-            <v>90491</v>
+            <v>223624</v>
           </cell>
           <cell r="M143">
-            <v>61091</v>
+            <v>403156</v>
           </cell>
           <cell r="N143">
-            <v>0</v>
+            <v>112007</v>
           </cell>
           <cell r="O143">
-            <v>604248</v>
+            <v>96777</v>
           </cell>
           <cell r="P143">
-            <v>11707</v>
+            <v>0</v>
           </cell>
           <cell r="Q143">
-            <v>1603350</v>
+            <v>1711738</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
-            <v>31536</v>
+            <v>127582</v>
           </cell>
           <cell r="D144">
-            <v>0</v>
+            <v>2957</v>
           </cell>
           <cell r="E144">
-            <v>108</v>
+            <v>6068</v>
           </cell>
           <cell r="F144">
-            <v>45113</v>
+            <v>99049</v>
           </cell>
           <cell r="G144">
-            <v>110182</v>
+            <v>137829</v>
           </cell>
           <cell r="H144">
-            <v>4719</v>
+            <v>45178</v>
           </cell>
           <cell r="I144">
-            <v>89802</v>
+            <v>153615</v>
           </cell>
           <cell r="J144">
-            <v>35716</v>
+            <v>11260</v>
           </cell>
           <cell r="K144">
-            <v>795</v>
+            <v>14075</v>
           </cell>
           <cell r="L144">
-            <v>66181</v>
+            <v>18300</v>
           </cell>
           <cell r="M144">
-            <v>33521</v>
+            <v>33517</v>
           </cell>
           <cell r="N144">
-            <v>0</v>
+            <v>5407</v>
           </cell>
           <cell r="O144">
-            <v>278772</v>
+            <v>39693</v>
           </cell>
           <cell r="P144">
-            <v>6287</v>
+            <v>573</v>
           </cell>
           <cell r="Q144">
-            <v>702732</v>
+            <v>695103</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
-            <v>126924</v>
+            <v>140562</v>
           </cell>
           <cell r="D145">
-            <v>0</v>
+            <v>3258</v>
           </cell>
           <cell r="E145">
-            <v>70</v>
+            <v>6685</v>
           </cell>
           <cell r="F145">
-            <v>132814</v>
+            <v>109126</v>
           </cell>
           <cell r="G145">
-            <v>144087</v>
+            <v>151851</v>
           </cell>
           <cell r="H145">
-            <v>25774</v>
+            <v>49774</v>
           </cell>
           <cell r="I145">
-            <v>109284</v>
+            <v>169243</v>
           </cell>
           <cell r="J145">
-            <v>32904</v>
+            <v>12406</v>
           </cell>
           <cell r="K145">
-            <v>198</v>
+            <v>15507</v>
           </cell>
           <cell r="L145">
-            <v>24486</v>
+            <v>20162</v>
           </cell>
           <cell r="M145">
-            <v>26407</v>
+            <v>36927</v>
           </cell>
           <cell r="N145">
-            <v>0</v>
+            <v>5957</v>
           </cell>
           <cell r="O145">
-            <v>311822</v>
+            <v>43730</v>
           </cell>
           <cell r="P145">
-            <v>4551</v>
+            <v>632</v>
           </cell>
           <cell r="Q145">
-            <v>939321</v>
+            <v>765820</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
-            <v>-18325</v>
+            <v>46400</v>
           </cell>
           <cell r="D146">
-            <v>0</v>
+            <v>-6215</v>
           </cell>
           <cell r="E146">
-            <v>-2</v>
+            <v>48365</v>
           </cell>
           <cell r="F146">
-            <v>17379</v>
+            <v>-201355</v>
           </cell>
           <cell r="G146">
-            <v>-36724</v>
+            <v>-85063</v>
           </cell>
           <cell r="H146">
-            <v>-787</v>
+            <v>41919</v>
           </cell>
           <cell r="I146">
-            <v>-6662</v>
+            <v>-240180</v>
           </cell>
           <cell r="J146">
-            <v>-9111</v>
+            <v>-23543</v>
           </cell>
           <cell r="K146">
-            <v>19</v>
+            <v>39821</v>
           </cell>
           <cell r="L146">
-            <v>-176</v>
+            <v>185162</v>
           </cell>
           <cell r="M146">
-            <v>1163</v>
+            <v>332712</v>
           </cell>
           <cell r="N146">
-            <v>0</v>
+            <v>100643</v>
           </cell>
           <cell r="O146">
-            <v>13654</v>
+            <v>13354</v>
           </cell>
           <cell r="P146">
-            <v>869</v>
+            <v>-1205</v>
           </cell>
           <cell r="Q146">
-            <v>-38703</v>
+            <v>250815</v>
           </cell>
         </row>
         <row r="147">
           <cell r="C147">
-            <v>50.44</v>
+            <v>0.5327380207689959</v>
           </cell>
           <cell r="D147">
-            <v>18.420000000000002</v>
+            <v>0.19718325068737017</v>
           </cell>
           <cell r="E147">
-            <v>16.13</v>
+            <v>0.17663102095837008</v>
           </cell>
           <cell r="F147">
-            <v>18.329999999999998</v>
+            <v>0.20267852463062166</v>
           </cell>
           <cell r="G147">
-            <v>34.72</v>
+            <v>0.37813813881835279</v>
           </cell>
           <cell r="H147">
-            <v>20.239999999999998</v>
+            <v>0.23666472902773633</v>
           </cell>
           <cell r="I147">
-            <v>72.92</v>
+            <v>0.78806084309154456</v>
           </cell>
           <cell r="J147">
-            <v>24.15</v>
+            <v>0.24620534003456143</v>
           </cell>
           <cell r="K147">
-            <v>43.18</v>
+            <v>0.45330413091099497</v>
           </cell>
           <cell r="L147">
-            <v>36.74</v>
+            <v>0.38864590118252162</v>
           </cell>
           <cell r="M147">
-            <v>85.54</v>
+            <v>0.88195683270572967</v>
           </cell>
           <cell r="N147">
-            <v>34.44</v>
+            <v>0.37872324958641901</v>
           </cell>
           <cell r="O147">
-            <v>35.93</v>
+            <v>0.39601766473508559</v>
           </cell>
           <cell r="P147">
-            <v>3.22</v>
+            <v>4.0934444152671903E-2</v>
           </cell>
           <cell r="Q147">
-            <v>494.39</v>
+            <v>5.2978820912909761</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
-            <v>1118</v>
+            <v>4374</v>
           </cell>
           <cell r="D148">
-            <v>97</v>
+            <v>2573</v>
           </cell>
           <cell r="E148">
-            <v>162</v>
+            <v>2991</v>
           </cell>
           <cell r="F148">
-            <v>734</v>
+            <v>2079</v>
           </cell>
           <cell r="G148">
-            <v>1658</v>
+            <v>3971</v>
           </cell>
           <cell r="H148">
-            <v>252</v>
+            <v>4139</v>
           </cell>
           <cell r="I148">
-            <v>3367</v>
+            <v>9564</v>
           </cell>
           <cell r="J148">
-            <v>1129</v>
+            <v>3985</v>
           </cell>
           <cell r="K148">
-            <v>415</v>
+            <v>8207</v>
           </cell>
           <cell r="L148">
-            <v>1424</v>
+            <v>1773</v>
           </cell>
           <cell r="M148">
-            <v>2654</v>
+            <v>13623</v>
           </cell>
           <cell r="N148">
-            <v>50</v>
+            <v>12075</v>
           </cell>
           <cell r="O148">
-            <v>64991</v>
+            <v>10734</v>
           </cell>
           <cell r="P148">
-            <v>204</v>
+            <v>785</v>
           </cell>
           <cell r="Q148">
-            <v>78255</v>
+            <v>80873</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>8052222</v>
+            <v>7593434</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>42486</v>
+            <v>41647</v>
           </cell>
           <cell r="D153">
-            <v>5048719</v>
+            <v>5056877</v>
           </cell>
           <cell r="E153">
-            <v>713657</v>
+            <v>737628</v>
           </cell>
           <cell r="F153">
-            <v>1116169</v>
+            <v>1237089</v>
           </cell>
           <cell r="G153">
-            <v>266714</v>
+            <v>274877</v>
           </cell>
           <cell r="H153">
-            <v>26005872</v>
+            <v>26197085</v>
           </cell>
           <cell r="I153">
-            <v>372146</v>
+            <v>379551</v>
           </cell>
           <cell r="J153">
-            <v>71446</v>
+            <v>69462</v>
           </cell>
           <cell r="K153">
-            <v>1343228</v>
+            <v>1292254</v>
           </cell>
           <cell r="L153">
-            <v>144054</v>
+            <v>137004</v>
           </cell>
           <cell r="M153">
-            <v>1407330</v>
+            <v>1492196</v>
           </cell>
           <cell r="N153">
-            <v>866549</v>
+            <v>896946</v>
           </cell>
           <cell r="O153">
-            <v>2411361</v>
+            <v>2416502</v>
           </cell>
           <cell r="P153">
-            <v>39809731</v>
+            <v>40229118</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
             <v>0</v>
           </cell>
           <cell r="D154">
-            <v>64539</v>
+            <v>179638</v>
           </cell>
           <cell r="E154">
-            <v>3797</v>
+            <v>3015</v>
           </cell>
           <cell r="F154">
-            <v>132274</v>
+            <v>137942</v>
           </cell>
           <cell r="G154">
-            <v>12791</v>
+            <v>13313</v>
           </cell>
           <cell r="H154">
-            <v>944368</v>
+            <v>981659</v>
           </cell>
           <cell r="I154">
-            <v>12703</v>
+            <v>6329</v>
           </cell>
           <cell r="J154">
-            <v>0</v>
+            <v>28</v>
           </cell>
           <cell r="K154">
-            <v>29492</v>
+            <v>26874</v>
           </cell>
           <cell r="L154">
-            <v>6522</v>
+            <v>6759</v>
           </cell>
           <cell r="M154">
-            <v>76542</v>
+            <v>70763</v>
           </cell>
           <cell r="N154">
-            <v>59974</v>
+            <v>63859</v>
           </cell>
           <cell r="O154">
-            <v>260348</v>
+            <v>221559</v>
           </cell>
           <cell r="P154">
-            <v>1603350</v>
+            <v>1711738</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>321</v>
+            <v>372</v>
           </cell>
           <cell r="D155">
-            <v>5760</v>
+            <v>6349</v>
           </cell>
           <cell r="E155">
-            <v>1421</v>
+            <v>1455</v>
           </cell>
           <cell r="F155">
-            <v>3631</v>
+            <v>3839</v>
           </cell>
           <cell r="G155">
-            <v>1102</v>
+            <v>1186</v>
           </cell>
           <cell r="H155">
-            <v>51535</v>
+            <v>52422</v>
           </cell>
           <cell r="I155">
             <v>1081</v>
           </cell>
           <cell r="J155">
-            <v>686</v>
+            <v>725</v>
           </cell>
           <cell r="K155">
-            <v>2127</v>
+            <v>2152</v>
           </cell>
           <cell r="L155">
-            <v>877</v>
+            <v>867</v>
           </cell>
           <cell r="M155">
-            <v>4390</v>
+            <v>4895</v>
           </cell>
           <cell r="N155">
-            <v>1517</v>
+            <v>1562</v>
           </cell>
           <cell r="O155">
-            <v>3809</v>
+            <v>3972</v>
           </cell>
           <cell r="P155">
-            <v>78257</v>
+            <v>80877</v>
           </cell>
         </row>
         <row r="164">
           <cell r="C164">
             <v>0</v>
           </cell>
           <cell r="D164">
-            <v>566674</v>
+            <v>569747</v>
           </cell>
           <cell r="E164">
-            <v>220235</v>
+            <v>218167</v>
           </cell>
           <cell r="F164">
             <v>0</v>
           </cell>
           <cell r="G164">
-            <v>2013229</v>
+            <v>1932180</v>
           </cell>
           <cell r="H164">
             <v>0</v>
           </cell>
           <cell r="I164">
-            <v>2787507</v>
+            <v>2696756</v>
           </cell>
           <cell r="J164">
-            <v>5587645</v>
+            <v>5416850</v>
           </cell>
         </row>
         <row r="165">
           <cell r="C165">
             <v>0</v>
           </cell>
           <cell r="D165">
-            <v>91182</v>
+            <v>125482</v>
           </cell>
           <cell r="E165">
-            <v>148045</v>
+            <v>147658</v>
           </cell>
           <cell r="F165">
             <v>0</v>
           </cell>
           <cell r="G165">
-            <v>1237096</v>
+            <v>1140812</v>
           </cell>
           <cell r="H165">
             <v>0</v>
           </cell>
           <cell r="I165">
-            <v>1807272</v>
+            <v>1098011</v>
           </cell>
           <cell r="J165">
-            <v>3283595</v>
+            <v>2511963</v>
           </cell>
         </row>
         <row r="170">
           <cell r="D170">
-            <v>249687</v>
+            <v>195928</v>
           </cell>
           <cell r="E170">
-            <v>329902</v>
+            <v>322935</v>
           </cell>
         </row>
         <row r="171">
           <cell r="D171">
-            <v>159816</v>
+            <v>135650</v>
           </cell>
           <cell r="E171">
-            <v>202767</v>
+            <v>221560</v>
           </cell>
         </row>
         <row r="172">
           <cell r="D172">
-            <v>89871</v>
+            <v>60278</v>
           </cell>
           <cell r="E172">
-            <v>127135</v>
+            <v>101375</v>
           </cell>
         </row>
         <row r="173">
           <cell r="D173">
-            <v>7417</v>
+            <v>6542</v>
           </cell>
           <cell r="E173">
-            <v>3251</v>
+            <v>3275</v>
           </cell>
         </row>
         <row r="175">
           <cell r="D175">
-            <v>257104</v>
+            <v>202470</v>
           </cell>
           <cell r="E175">
-            <v>333153</v>
+            <v>326210</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
-            <v>56</v>
+            <v>12</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>201</v>
+            <v>59</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
-            <v>149</v>
+            <v>48</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>80</v>
+            <v>30</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
-            <v>21</v>
+            <v>10</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>507</v>
+            <v>159</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="9">
           <cell r="C9">
-            <v>13306488</v>
+            <v>9224790</v>
           </cell>
           <cell r="D9">
             <v>0</v>
           </cell>
           <cell r="E9">
             <v>0</v>
           </cell>
           <cell r="F9">
             <v>0</v>
           </cell>
           <cell r="G9">
             <v>0</v>
           </cell>
           <cell r="H9">
-            <v>13306488</v>
+            <v>9224790</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>-4081698</v>
+            <v>-285385</v>
           </cell>
           <cell r="D10">
             <v>0</v>
           </cell>
           <cell r="E10">
             <v>0</v>
           </cell>
           <cell r="F10">
             <v>0</v>
           </cell>
           <cell r="G10">
             <v>0</v>
           </cell>
           <cell r="H10">
-            <v>-4081698</v>
+            <v>-285385</v>
           </cell>
         </row>
         <row r="11">
           <cell r="C11">
             <v>0</v>
           </cell>
           <cell r="D11">
             <v>0</v>
           </cell>
           <cell r="E11">
             <v>0</v>
           </cell>
           <cell r="F11">
             <v>0</v>
           </cell>
           <cell r="G11">
             <v>0</v>
           </cell>
           <cell r="H11">
             <v>0</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>9224790</v>
+            <v>8939405</v>
           </cell>
           <cell r="H12">
-            <v>9224790</v>
-[...4 lines deleted...]
-            <v>0</v>
+            <v>8939405</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>9224790</v>
-[...4 lines deleted...]
-            <v>0</v>
+            <v>8939405</v>
           </cell>
         </row>
         <row r="16">
           <cell r="C16">
             <v>0</v>
           </cell>
           <cell r="D16">
             <v>0</v>
           </cell>
           <cell r="E16">
             <v>0</v>
           </cell>
           <cell r="F16">
             <v>0</v>
           </cell>
           <cell r="G16">
             <v>0</v>
           </cell>
           <cell r="H16">
             <v>0</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
-            <v>463455</v>
+            <v>566064</v>
           </cell>
           <cell r="D19">
             <v>0</v>
           </cell>
           <cell r="E19">
             <v>0</v>
           </cell>
           <cell r="F19">
             <v>0</v>
           </cell>
           <cell r="G19">
             <v>0</v>
           </cell>
           <cell r="H19">
-            <v>463455</v>
+            <v>566064</v>
           </cell>
         </row>
         <row r="20">
           <cell r="C20">
-            <v>102609</v>
+            <v>-10621</v>
           </cell>
           <cell r="D20">
             <v>0</v>
           </cell>
           <cell r="E20">
             <v>0</v>
           </cell>
           <cell r="F20">
             <v>0</v>
           </cell>
           <cell r="G20">
             <v>0</v>
           </cell>
           <cell r="H20">
-            <v>102609</v>
+            <v>-10621</v>
           </cell>
         </row>
         <row r="21">
           <cell r="C21">
             <v>0</v>
           </cell>
           <cell r="D21">
             <v>0</v>
           </cell>
           <cell r="E21">
             <v>0</v>
           </cell>
           <cell r="F21">
             <v>0</v>
           </cell>
           <cell r="G21">
             <v>0</v>
           </cell>
           <cell r="H21">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
           <cell r="D22">
             <v>0</v>
           </cell>
           <cell r="E22">
             <v>0</v>
           </cell>
           <cell r="F22">
             <v>0</v>
           </cell>
           <cell r="G22">
             <v>0</v>
           </cell>
           <cell r="H22">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
         </row>
         <row r="23">
           <cell r="E23">
             <v>0</v>
           </cell>
           <cell r="F23">
             <v>0</v>
           </cell>
           <cell r="G23">
             <v>0</v>
           </cell>
           <cell r="H23">
             <v>0</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
           <cell r="D24">
             <v>0</v>
           </cell>
           <cell r="E24">
             <v>0</v>
           </cell>
           <cell r="F24">
             <v>0</v>
           </cell>
           <cell r="G24">
             <v>0</v>
           </cell>
           <cell r="H24">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
         </row>
         <row r="25">
           <cell r="E25">
             <v>0</v>
           </cell>
           <cell r="F25">
             <v>0</v>
           </cell>
           <cell r="G25">
             <v>0</v>
           </cell>
           <cell r="H25">
             <v>0</v>
           </cell>
         </row>
         <row r="26">
           <cell r="C26">
-            <v>5661</v>
+            <v>5554</v>
           </cell>
           <cell r="D26">
             <v>0</v>
           </cell>
           <cell r="E26">
             <v>0</v>
           </cell>
           <cell r="F26">
             <v>0</v>
           </cell>
           <cell r="G26">
             <v>0</v>
           </cell>
           <cell r="H26">
-            <v>5661</v>
+            <v>5554</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>4225271</v>
+            <v>1220028</v>
           </cell>
           <cell r="D29">
             <v>0</v>
           </cell>
           <cell r="E29">
             <v>0</v>
           </cell>
           <cell r="F29">
             <v>0</v>
           </cell>
           <cell r="G29">
             <v>0</v>
           </cell>
           <cell r="H29">
-            <v>4225271</v>
+            <v>1220028</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>-3005243</v>
+            <v>3795568</v>
           </cell>
           <cell r="D30">
             <v>0</v>
           </cell>
           <cell r="E30">
             <v>0</v>
           </cell>
           <cell r="F30">
             <v>0</v>
           </cell>
           <cell r="G30">
             <v>0</v>
           </cell>
           <cell r="H30">
-            <v>-3005243</v>
+            <v>3795568</v>
           </cell>
         </row>
         <row r="31">
           <cell r="C31">
             <v>0</v>
           </cell>
           <cell r="D31">
             <v>0</v>
           </cell>
           <cell r="E31">
             <v>0</v>
           </cell>
           <cell r="F31">
             <v>0</v>
           </cell>
           <cell r="G31">
             <v>0</v>
           </cell>
           <cell r="H31">
             <v>0</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>1220028</v>
+            <v>5015596</v>
           </cell>
           <cell r="D32">
             <v>0</v>
           </cell>
           <cell r="E32">
             <v>0</v>
           </cell>
           <cell r="F32">
             <v>0</v>
           </cell>
           <cell r="G32">
             <v>0</v>
           </cell>
           <cell r="H32">
-            <v>1220028</v>
+            <v>5015596</v>
           </cell>
         </row>
         <row r="33">
           <cell r="E33">
             <v>0</v>
           </cell>
           <cell r="F33">
             <v>0</v>
           </cell>
           <cell r="G33">
             <v>0</v>
           </cell>
           <cell r="H33">
             <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>1220028</v>
+            <v>5015596</v>
           </cell>
           <cell r="D34">
             <v>0</v>
           </cell>
           <cell r="E34">
             <v>0</v>
           </cell>
           <cell r="F34">
             <v>0</v>
           </cell>
           <cell r="G34">
             <v>0</v>
           </cell>
           <cell r="H34">
-            <v>1220028</v>
+            <v>5015596</v>
           </cell>
         </row>
         <row r="35">
           <cell r="E35">
             <v>0</v>
           </cell>
           <cell r="F35">
             <v>0</v>
           </cell>
           <cell r="G35">
             <v>0</v>
           </cell>
           <cell r="H35">
             <v>0</v>
           </cell>
         </row>
         <row r="36">
           <cell r="C36">
-            <v>12200</v>
+            <v>50156</v>
           </cell>
           <cell r="D36">
             <v>0</v>
           </cell>
           <cell r="E36">
             <v>0</v>
           </cell>
           <cell r="F36">
             <v>0</v>
           </cell>
           <cell r="G36">
             <v>0</v>
           </cell>
           <cell r="H36">
-            <v>12200</v>
+            <v>50156</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
             <v>0</v>
           </cell>
           <cell r="D39">
             <v>0</v>
           </cell>
           <cell r="E39">
             <v>0</v>
           </cell>
           <cell r="F39">
             <v>0</v>
           </cell>
           <cell r="G39">
             <v>0</v>
           </cell>
           <cell r="H39">
             <v>0</v>
           </cell>
         </row>
         <row r="40">
           <cell r="C40">
             <v>0</v>
@@ -10811,5507 +10780,6326 @@
             <v>0</v>
           </cell>
         </row>
         <row r="46">
           <cell r="C46">
             <v>0</v>
           </cell>
           <cell r="D46">
             <v>0</v>
           </cell>
           <cell r="E46">
             <v>0</v>
           </cell>
           <cell r="F46">
             <v>0</v>
           </cell>
           <cell r="G46">
             <v>0</v>
           </cell>
           <cell r="H46">
             <v>0</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
-            <v>5353765</v>
+            <v>6492136</v>
           </cell>
           <cell r="D49">
             <v>0</v>
           </cell>
           <cell r="E49">
-            <v>10063</v>
+            <v>0</v>
           </cell>
           <cell r="F49">
-            <v>5270</v>
+            <v>0</v>
           </cell>
           <cell r="G49">
-            <v>12462</v>
+            <v>0</v>
           </cell>
           <cell r="H49">
-            <v>5381560</v>
+            <v>6492136</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
-            <v>1138371</v>
+            <v>-588319</v>
           </cell>
           <cell r="D50">
             <v>0</v>
           </cell>
           <cell r="E50">
-            <v>-10063</v>
+            <v>0</v>
           </cell>
           <cell r="F50">
-            <v>-5270</v>
+            <v>0</v>
           </cell>
           <cell r="G50">
-            <v>-7489</v>
+            <v>0</v>
           </cell>
           <cell r="H50">
-            <v>1115549</v>
+            <v>-588319</v>
           </cell>
         </row>
         <row r="51">
           <cell r="C51">
             <v>0</v>
           </cell>
           <cell r="D51">
             <v>0</v>
           </cell>
           <cell r="E51">
             <v>0</v>
           </cell>
           <cell r="F51">
             <v>0</v>
           </cell>
           <cell r="G51">
-            <v>4973</v>
+            <v>0</v>
           </cell>
           <cell r="H51">
-            <v>4973</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
           <cell r="D52">
             <v>0</v>
           </cell>
           <cell r="E52">
             <v>0</v>
           </cell>
           <cell r="F52">
             <v>0</v>
           </cell>
           <cell r="G52">
             <v>0</v>
           </cell>
           <cell r="H52">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
         </row>
         <row r="53">
           <cell r="E53">
             <v>0</v>
           </cell>
           <cell r="F53">
             <v>0</v>
           </cell>
           <cell r="G53">
             <v>0</v>
           </cell>
           <cell r="H53">
             <v>0</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
           <cell r="D54">
             <v>0</v>
           </cell>
           <cell r="E54">
             <v>0</v>
           </cell>
           <cell r="F54">
             <v>0</v>
           </cell>
           <cell r="G54">
             <v>0</v>
           </cell>
           <cell r="H54">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
             <v>0</v>
           </cell>
           <cell r="F55">
             <v>0</v>
           </cell>
           <cell r="G55">
             <v>0</v>
           </cell>
           <cell r="H55">
             <v>0</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
-            <v>64921</v>
+            <v>59038</v>
           </cell>
           <cell r="D56">
             <v>0</v>
           </cell>
           <cell r="E56">
             <v>0</v>
           </cell>
           <cell r="F56">
             <v>0</v>
           </cell>
           <cell r="G56">
             <v>0</v>
           </cell>
           <cell r="H56">
-            <v>64921</v>
+            <v>59038</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
-            <v>6201984</v>
+            <v>6346072</v>
           </cell>
           <cell r="D59">
             <v>17127</v>
           </cell>
           <cell r="E59">
-            <v>45369</v>
+            <v>51458</v>
           </cell>
           <cell r="F59">
-            <v>37191</v>
+            <v>40135</v>
           </cell>
           <cell r="G59">
-            <v>73032</v>
+            <v>83959</v>
           </cell>
           <cell r="H59">
-            <v>6374703</v>
+            <v>6538751</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>144088</v>
+            <v>299836</v>
           </cell>
           <cell r="D60">
-            <v>0</v>
+            <v>31095</v>
           </cell>
           <cell r="E60">
-            <v>14494</v>
+            <v>21310</v>
           </cell>
           <cell r="F60">
-            <v>8276</v>
+            <v>2671</v>
           </cell>
           <cell r="G60">
-            <v>20211</v>
+            <v>-777</v>
           </cell>
           <cell r="H60">
-            <v>187069</v>
+            <v>354135</v>
           </cell>
         </row>
         <row r="61">
+          <cell r="C61">
+            <v>0</v>
+          </cell>
           <cell r="D61">
             <v>0</v>
           </cell>
           <cell r="E61">
-            <v>8405</v>
+            <v>8404</v>
           </cell>
           <cell r="F61">
-            <v>5332</v>
+            <v>6351</v>
           </cell>
           <cell r="G61">
-            <v>9284</v>
+            <v>4746</v>
           </cell>
           <cell r="H61">
-            <v>23021</v>
+            <v>19501</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>6346072</v>
+            <v>6645908</v>
           </cell>
           <cell r="D62">
-            <v>17127</v>
+            <v>48222</v>
           </cell>
           <cell r="E62">
-            <v>51458</v>
+            <v>64364</v>
           </cell>
           <cell r="F62">
-            <v>40135</v>
+            <v>36455</v>
           </cell>
           <cell r="G62">
-            <v>83959</v>
+            <v>78436</v>
           </cell>
           <cell r="H62">
-            <v>6538751</v>
+            <v>6873385</v>
           </cell>
         </row>
         <row r="63">
           <cell r="E63">
-            <v>3421</v>
+            <v>18469</v>
           </cell>
           <cell r="F63">
-            <v>-6154</v>
+            <v>6014</v>
           </cell>
           <cell r="G63">
-            <v>-34304</v>
+            <v>-45308</v>
           </cell>
           <cell r="H63">
-            <v>-37037</v>
+            <v>-20825</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>6346072</v>
+            <v>6645908</v>
           </cell>
           <cell r="D64">
-            <v>17127</v>
+            <v>48222</v>
           </cell>
           <cell r="E64">
-            <v>48037</v>
+            <v>45895</v>
           </cell>
           <cell r="F64">
-            <v>46289</v>
+            <v>30441</v>
           </cell>
           <cell r="G64">
-            <v>118263</v>
+            <v>123744</v>
           </cell>
           <cell r="H64">
-            <v>6575788</v>
+            <v>6894210</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>516</v>
+            <v>720</v>
           </cell>
           <cell r="F65">
-            <v>949</v>
+            <v>877</v>
           </cell>
           <cell r="G65">
-            <v>-7246</v>
+            <v>208</v>
           </cell>
           <cell r="H65">
-            <v>-5781</v>
+            <v>1805</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>63461</v>
+            <v>66459</v>
           </cell>
           <cell r="D66">
-            <v>343</v>
+            <v>964</v>
           </cell>
           <cell r="E66">
-            <v>47521</v>
+            <v>45175</v>
           </cell>
           <cell r="F66">
-            <v>45340</v>
+            <v>29564</v>
           </cell>
           <cell r="G66">
-            <v>125509</v>
+            <v>123536</v>
           </cell>
           <cell r="H66">
-            <v>282174</v>
+            <v>265698</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>9404421</v>
+            <v>9394064</v>
           </cell>
           <cell r="D69">
             <v>37300</v>
           </cell>
           <cell r="E69">
-            <v>65882</v>
+            <v>49766</v>
           </cell>
           <cell r="F69">
-            <v>84291</v>
+            <v>84785</v>
           </cell>
           <cell r="G69">
-            <v>652690</v>
+            <v>610542</v>
           </cell>
           <cell r="H69">
-            <v>10244584</v>
+            <v>10176457</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>-10357</v>
+            <v>66473</v>
           </cell>
           <cell r="D70">
-            <v>0</v>
+            <v>10309</v>
           </cell>
           <cell r="E70">
-            <v>-16116</v>
+            <v>147</v>
           </cell>
           <cell r="F70">
-            <v>494</v>
+            <v>-12621</v>
           </cell>
           <cell r="G70">
-            <v>-35638</v>
+            <v>-42161</v>
           </cell>
           <cell r="H70">
-            <v>-61617</v>
+            <v>22147</v>
           </cell>
         </row>
         <row r="71">
           <cell r="C71">
             <v>0</v>
           </cell>
           <cell r="D71">
             <v>0</v>
           </cell>
           <cell r="E71">
             <v>0</v>
           </cell>
           <cell r="F71">
-            <v>0</v>
+            <v>374</v>
           </cell>
           <cell r="G71">
-            <v>6510</v>
+            <v>5738</v>
           </cell>
           <cell r="H71">
-            <v>6510</v>
+            <v>6112</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>9394064</v>
+            <v>9460537</v>
           </cell>
           <cell r="D72">
-            <v>37300</v>
+            <v>47609</v>
           </cell>
           <cell r="E72">
-            <v>49766</v>
+            <v>49913</v>
           </cell>
           <cell r="F72">
-            <v>84785</v>
+            <v>71790</v>
           </cell>
           <cell r="G72">
-            <v>610542</v>
+            <v>562643</v>
           </cell>
           <cell r="H72">
-            <v>10176457</v>
+            <v>10192492</v>
           </cell>
         </row>
         <row r="73">
           <cell r="E73">
-            <v>8245</v>
+            <v>43341</v>
           </cell>
           <cell r="F73">
-            <v>50464</v>
+            <v>63803</v>
           </cell>
           <cell r="G73">
-            <v>550317</v>
+            <v>466227</v>
           </cell>
           <cell r="H73">
-            <v>609026</v>
+            <v>573371</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>9394064</v>
+            <v>9460537</v>
           </cell>
           <cell r="D74">
-            <v>37300</v>
+            <v>47609</v>
           </cell>
           <cell r="E74">
-            <v>41521</v>
+            <v>6572</v>
           </cell>
           <cell r="F74">
-            <v>34321</v>
+            <v>7987</v>
           </cell>
           <cell r="G74">
-            <v>60225</v>
+            <v>96416</v>
           </cell>
           <cell r="H74">
-            <v>9567431</v>
+            <v>9619121</v>
           </cell>
         </row>
         <row r="75">
           <cell r="E75">
-            <v>-642</v>
+            <v>71</v>
           </cell>
           <cell r="F75">
-            <v>552</v>
+            <v>-533</v>
           </cell>
           <cell r="G75">
-            <v>-476</v>
+            <v>-11943</v>
           </cell>
           <cell r="H75">
-            <v>-566</v>
+            <v>-12405</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>93941</v>
+            <v>94605</v>
           </cell>
           <cell r="D76">
-            <v>746</v>
+            <v>952</v>
           </cell>
           <cell r="E76">
-            <v>42163</v>
+            <v>6501</v>
           </cell>
           <cell r="F76">
-            <v>33769</v>
+            <v>8520</v>
           </cell>
           <cell r="G76">
-            <v>60701</v>
+            <v>108359</v>
           </cell>
           <cell r="H76">
-            <v>231320</v>
+            <v>218937</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
-            <v>1125531</v>
+            <v>1167043</v>
           </cell>
           <cell r="D79">
             <v>0</v>
           </cell>
           <cell r="E79">
-            <v>6987</v>
+            <v>0</v>
           </cell>
           <cell r="F79">
-            <v>41776</v>
+            <v>6480</v>
           </cell>
           <cell r="G79">
-            <v>8082</v>
+            <v>2884</v>
           </cell>
           <cell r="H79">
-            <v>1182376</v>
+            <v>1176407</v>
           </cell>
         </row>
         <row r="80">
           <cell r="C80">
-            <v>41512</v>
+            <v>-15583</v>
           </cell>
           <cell r="D80">
             <v>0</v>
           </cell>
           <cell r="E80">
-            <v>-6987</v>
+            <v>26148</v>
           </cell>
           <cell r="F80">
-            <v>-34851</v>
+            <v>-2195</v>
           </cell>
           <cell r="G80">
-            <v>-5198</v>
+            <v>81</v>
           </cell>
           <cell r="H80">
-            <v>-5524</v>
+            <v>8451</v>
           </cell>
         </row>
         <row r="81">
           <cell r="C81">
             <v>0</v>
           </cell>
           <cell r="D81">
             <v>0</v>
           </cell>
           <cell r="E81">
             <v>0</v>
           </cell>
           <cell r="F81">
-            <v>445</v>
+            <v>0</v>
           </cell>
           <cell r="G81">
             <v>0</v>
           </cell>
           <cell r="H81">
-            <v>445</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="82">
           <cell r="C82">
-            <v>1167043</v>
+            <v>1151460</v>
           </cell>
           <cell r="D82">
             <v>0</v>
           </cell>
           <cell r="E82">
-            <v>0</v>
+            <v>26148</v>
           </cell>
           <cell r="F82">
-            <v>6480</v>
+            <v>4285</v>
           </cell>
           <cell r="G82">
-            <v>2884</v>
+            <v>2965</v>
           </cell>
           <cell r="H82">
-            <v>1176407</v>
+            <v>1184858</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>0</v>
+            <v>25600</v>
           </cell>
           <cell r="F83">
-            <v>6367</v>
+            <v>4372</v>
           </cell>
           <cell r="G83">
-            <v>1169</v>
+            <v>0</v>
           </cell>
           <cell r="H83">
-            <v>7536</v>
+            <v>29972</v>
           </cell>
         </row>
         <row r="84">
           <cell r="C84">
-            <v>1167043</v>
+            <v>1151460</v>
           </cell>
           <cell r="D84">
             <v>0</v>
           </cell>
           <cell r="E84">
-            <v>0</v>
+            <v>548</v>
           </cell>
           <cell r="F84">
-            <v>113</v>
+            <v>-87</v>
           </cell>
           <cell r="G84">
-            <v>1715</v>
+            <v>2965</v>
           </cell>
           <cell r="H84">
-            <v>1168871</v>
+            <v>1154886</v>
           </cell>
         </row>
         <row r="85">
           <cell r="E85">
-            <v>0</v>
+            <v>15</v>
           </cell>
           <cell r="F85">
-            <v>-183</v>
+            <v>-281</v>
           </cell>
           <cell r="G85">
-            <v>170</v>
+            <v>220</v>
           </cell>
           <cell r="H85">
-            <v>-13</v>
+            <v>-46</v>
           </cell>
         </row>
         <row r="86">
           <cell r="C86">
-            <v>11670</v>
+            <v>11515</v>
           </cell>
           <cell r="D86">
             <v>0</v>
           </cell>
           <cell r="E86">
-            <v>0</v>
+            <v>533</v>
           </cell>
           <cell r="F86">
-            <v>296</v>
+            <v>194</v>
           </cell>
           <cell r="G86">
-            <v>1545</v>
+            <v>2745</v>
           </cell>
           <cell r="H86">
-            <v>13511</v>
+            <v>14987</v>
           </cell>
         </row>
         <row r="89">
           <cell r="C89">
-            <v>4260498</v>
+            <v>5282695</v>
           </cell>
           <cell r="D89">
             <v>0</v>
           </cell>
           <cell r="E89">
             <v>0</v>
           </cell>
           <cell r="F89">
             <v>0</v>
           </cell>
           <cell r="G89">
             <v>0</v>
           </cell>
           <cell r="H89">
-            <v>4260498</v>
+            <v>5282695</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>1022197</v>
+            <v>-1452733</v>
           </cell>
           <cell r="D90">
             <v>0</v>
           </cell>
           <cell r="E90">
             <v>0</v>
           </cell>
           <cell r="F90">
             <v>0</v>
           </cell>
           <cell r="G90">
             <v>0</v>
           </cell>
           <cell r="H90">
-            <v>1022197</v>
+            <v>-1452733</v>
           </cell>
         </row>
         <row r="91">
           <cell r="C91">
             <v>0</v>
           </cell>
           <cell r="D91">
             <v>0</v>
           </cell>
           <cell r="E91">
             <v>0</v>
           </cell>
           <cell r="F91">
             <v>0</v>
           </cell>
           <cell r="G91">
             <v>0</v>
           </cell>
           <cell r="H91">
             <v>0</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
           <cell r="D92">
             <v>0</v>
           </cell>
           <cell r="E92">
             <v>0</v>
           </cell>
           <cell r="F92">
             <v>0</v>
           </cell>
           <cell r="G92">
             <v>0</v>
           </cell>
           <cell r="H92">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
         </row>
         <row r="93">
           <cell r="E93">
             <v>0</v>
           </cell>
           <cell r="F93">
             <v>0</v>
           </cell>
           <cell r="G93">
             <v>0</v>
           </cell>
           <cell r="H93">
             <v>0</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
           <cell r="D94">
             <v>0</v>
           </cell>
           <cell r="E94">
             <v>0</v>
           </cell>
           <cell r="F94">
             <v>0</v>
           </cell>
           <cell r="G94">
             <v>0</v>
           </cell>
           <cell r="H94">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
         </row>
         <row r="95">
           <cell r="E95">
             <v>0</v>
           </cell>
           <cell r="F95">
             <v>0</v>
           </cell>
           <cell r="G95">
             <v>0</v>
           </cell>
           <cell r="H95">
             <v>0</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
             <v>0</v>
           </cell>
           <cell r="D96">
             <v>0</v>
           </cell>
           <cell r="E96">
             <v>0</v>
           </cell>
           <cell r="F96">
             <v>0</v>
           </cell>
           <cell r="G96">
             <v>0</v>
           </cell>
           <cell r="H96">
             <v>0</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>44341413</v>
+            <v>39692892</v>
           </cell>
           <cell r="D99">
             <v>54427</v>
           </cell>
           <cell r="E99">
-            <v>128301</v>
+            <v>101224</v>
           </cell>
           <cell r="F99">
-            <v>168528</v>
+            <v>131400</v>
           </cell>
           <cell r="G99">
-            <v>746266</v>
+            <v>697385</v>
           </cell>
           <cell r="H99">
-            <v>45438935</v>
+            <v>40677328</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>-4648521</v>
+            <v>1809236</v>
           </cell>
           <cell r="D100">
-            <v>0</v>
+            <v>41404</v>
           </cell>
           <cell r="E100">
-            <v>-18672</v>
+            <v>47605</v>
           </cell>
           <cell r="F100">
-            <v>-31351</v>
+            <v>-12145</v>
           </cell>
           <cell r="G100">
-            <v>-28114</v>
+            <v>-42857</v>
           </cell>
           <cell r="H100">
-            <v>-4726658</v>
+            <v>1843243</v>
           </cell>
         </row>
         <row r="101">
           <cell r="C101">
             <v>0</v>
           </cell>
           <cell r="D101">
             <v>0</v>
           </cell>
           <cell r="E101">
-            <v>8405</v>
+            <v>8404</v>
           </cell>
           <cell r="F101">
-            <v>5777</v>
+            <v>6725</v>
           </cell>
           <cell r="G101">
-            <v>20767</v>
+            <v>10484</v>
           </cell>
           <cell r="H101">
-            <v>34949</v>
+            <v>25613</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>39692892</v>
+            <v>41502128</v>
           </cell>
           <cell r="D102">
-            <v>54427</v>
+            <v>95831</v>
           </cell>
           <cell r="E102">
-            <v>101224</v>
+            <v>140425</v>
           </cell>
           <cell r="F102">
-            <v>131400</v>
+            <v>112530</v>
           </cell>
           <cell r="G102">
-            <v>697385</v>
+            <v>644044</v>
           </cell>
           <cell r="H102">
-            <v>40677328</v>
+            <v>42494958</v>
           </cell>
         </row>
         <row r="103">
           <cell r="E103">
-            <v>11666</v>
+            <v>87410</v>
           </cell>
           <cell r="F103">
-            <v>50677</v>
+            <v>74189</v>
           </cell>
           <cell r="G103">
-            <v>517182</v>
+            <v>420919</v>
           </cell>
           <cell r="H103">
-            <v>579525</v>
+            <v>582518</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>39692892</v>
+            <v>41502128</v>
           </cell>
           <cell r="D104">
-            <v>54427</v>
+            <v>95831</v>
           </cell>
           <cell r="E104">
-            <v>89558</v>
+            <v>53015</v>
           </cell>
           <cell r="F104">
-            <v>80723</v>
+            <v>38341</v>
           </cell>
           <cell r="G104">
-            <v>180203</v>
+            <v>223125</v>
           </cell>
           <cell r="H104">
-            <v>40097803</v>
+            <v>41912440</v>
           </cell>
         </row>
         <row r="105">
           <cell r="E105">
-            <v>-126</v>
+            <v>806</v>
           </cell>
           <cell r="F105">
-            <v>1318</v>
+            <v>63</v>
           </cell>
           <cell r="G105">
-            <v>-7552</v>
+            <v>-11515</v>
           </cell>
           <cell r="H105">
-            <v>-6360</v>
+            <v>-10646</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>251854</v>
+            <v>287327</v>
           </cell>
           <cell r="D106">
-            <v>1089</v>
+            <v>1916</v>
           </cell>
           <cell r="E106">
-            <v>89684</v>
+            <v>52209</v>
           </cell>
           <cell r="F106">
-            <v>79405</v>
+            <v>38278</v>
           </cell>
           <cell r="G106">
-            <v>187755</v>
+            <v>234640</v>
           </cell>
           <cell r="H106">
-            <v>609787</v>
+            <v>614370</v>
           </cell>
         </row>
         <row r="107">
           <cell r="C107">
-            <v>205007</v>
+            <v>179220</v>
           </cell>
           <cell r="D107">
             <v>0</v>
           </cell>
           <cell r="E107">
-            <v>-81355</v>
+            <v>-42469</v>
           </cell>
           <cell r="F107">
-            <v>-41028</v>
+            <v>-10258</v>
           </cell>
           <cell r="G107">
-            <v>58354</v>
+            <v>-14322</v>
           </cell>
           <cell r="H107">
-            <v>140978</v>
+            <v>112171</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>9224790</v>
+            <v>8939405</v>
           </cell>
           <cell r="D116">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
           <cell r="E116">
-            <v>1220028</v>
+            <v>5015596</v>
+          </cell>
+          <cell r="F116">
+            <v>0</v>
           </cell>
           <cell r="G116">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
           <cell r="H116">
-            <v>6237087</v>
+            <v>6537687</v>
           </cell>
           <cell r="I116">
-            <v>9211870</v>
+            <v>9316754</v>
           </cell>
           <cell r="J116">
-            <v>1167043</v>
+            <v>1151460</v>
           </cell>
           <cell r="K116">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
           <cell r="L116">
-            <v>39401713</v>
+            <v>41250124</v>
           </cell>
         </row>
         <row r="117">
           <cell r="C117">
             <v>0</v>
           </cell>
           <cell r="D117">
             <v>0</v>
           </cell>
           <cell r="E117">
             <v>0</v>
           </cell>
           <cell r="F117">
             <v>0</v>
           </cell>
           <cell r="G117">
             <v>0</v>
           </cell>
           <cell r="H117">
-            <v>301664</v>
+            <v>335698</v>
           </cell>
           <cell r="I117">
-            <v>964587</v>
+            <v>875737</v>
           </cell>
           <cell r="J117">
-            <v>9364</v>
+            <v>33398</v>
           </cell>
           <cell r="K117">
             <v>0</v>
           </cell>
           <cell r="L117">
-            <v>1275615</v>
+            <v>1244833</v>
           </cell>
         </row>
         <row r="118">
           <cell r="C118">
             <v>0</v>
           </cell>
           <cell r="D118">
             <v>0</v>
           </cell>
           <cell r="E118">
             <v>0</v>
           </cell>
           <cell r="F118">
             <v>0</v>
           </cell>
           <cell r="G118">
             <v>0</v>
           </cell>
           <cell r="H118">
-            <v>92674</v>
+            <v>108221</v>
           </cell>
           <cell r="I118">
-            <v>176818</v>
+            <v>143782</v>
           </cell>
           <cell r="J118">
             <v>0</v>
           </cell>
           <cell r="K118">
             <v>0</v>
           </cell>
           <cell r="L118">
-            <v>269492</v>
+            <v>252003</v>
           </cell>
         </row>
         <row r="119">
           <cell r="C119">
             <v>0</v>
           </cell>
           <cell r="D119">
             <v>0</v>
           </cell>
           <cell r="E119">
             <v>0</v>
           </cell>
           <cell r="F119">
             <v>0</v>
           </cell>
           <cell r="G119">
             <v>0</v>
           </cell>
           <cell r="H119">
-            <v>33438</v>
+            <v>48222</v>
           </cell>
           <cell r="I119">
-            <v>42676</v>
+            <v>47609</v>
           </cell>
           <cell r="J119">
             <v>0</v>
           </cell>
           <cell r="K119">
             <v>0</v>
           </cell>
           <cell r="L119">
-            <v>76114</v>
+            <v>95831</v>
           </cell>
         </row>
         <row r="120">
           <cell r="C120">
             <v>0</v>
           </cell>
           <cell r="D120">
             <v>0</v>
           </cell>
           <cell r="E120">
             <v>0</v>
           </cell>
           <cell r="F120">
             <v>0</v>
           </cell>
           <cell r="G120">
             <v>0</v>
           </cell>
           <cell r="H120">
-            <v>51458</v>
+            <v>64364</v>
           </cell>
           <cell r="I120">
-            <v>49766</v>
+            <v>49913</v>
           </cell>
           <cell r="J120">
-            <v>0</v>
+            <v>26148</v>
           </cell>
           <cell r="K120">
             <v>0</v>
           </cell>
           <cell r="L120">
-            <v>101224</v>
+            <v>140425</v>
           </cell>
         </row>
         <row r="121">
           <cell r="C121">
             <v>0</v>
           </cell>
           <cell r="D121">
             <v>0</v>
           </cell>
           <cell r="E121">
             <v>0</v>
           </cell>
           <cell r="F121">
             <v>0</v>
           </cell>
           <cell r="G121">
             <v>0</v>
           </cell>
           <cell r="H121">
-            <v>40135</v>
+            <v>36455</v>
           </cell>
           <cell r="I121">
-            <v>84785</v>
+            <v>71790</v>
           </cell>
           <cell r="J121">
-            <v>6480</v>
+            <v>4285</v>
           </cell>
           <cell r="K121">
             <v>0</v>
           </cell>
           <cell r="L121">
-            <v>131400</v>
+            <v>112530</v>
           </cell>
         </row>
         <row r="122">
           <cell r="C122">
             <v>0</v>
           </cell>
           <cell r="D122">
             <v>0</v>
           </cell>
           <cell r="E122">
             <v>0</v>
           </cell>
           <cell r="F122">
             <v>0</v>
           </cell>
           <cell r="G122">
             <v>0</v>
           </cell>
           <cell r="H122">
-            <v>83959</v>
+            <v>78436</v>
           </cell>
           <cell r="I122">
-            <v>610542</v>
+            <v>562643</v>
           </cell>
           <cell r="J122">
-            <v>2884</v>
+            <v>2965</v>
           </cell>
           <cell r="K122">
             <v>0</v>
           </cell>
           <cell r="L122">
-            <v>697385</v>
+            <v>644044</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>9224790</v>
+            <v>8939405</v>
           </cell>
           <cell r="D123">
-            <v>566064</v>
+            <v>555443</v>
           </cell>
           <cell r="E123">
-            <v>1220028</v>
+            <v>5015596</v>
           </cell>
           <cell r="F123">
             <v>0</v>
           </cell>
           <cell r="G123">
-            <v>6492136</v>
+            <v>5903817</v>
           </cell>
           <cell r="H123">
-            <v>6538751</v>
+            <v>6873385</v>
           </cell>
           <cell r="I123">
-            <v>10176457</v>
+            <v>10192491</v>
           </cell>
           <cell r="J123">
-            <v>1176407</v>
+            <v>1184858</v>
           </cell>
           <cell r="K123">
-            <v>5282695</v>
+            <v>3829962</v>
           </cell>
           <cell r="L123">
-            <v>40677328</v>
+            <v>42494957</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
-            <v>3897208</v>
+            <v>4070714</v>
           </cell>
           <cell r="D127">
-            <v>10388278</v>
+            <v>10501612</v>
           </cell>
           <cell r="E127">
-            <v>1685947</v>
+            <v>1707294</v>
           </cell>
           <cell r="F127">
-            <v>1487738</v>
+            <v>1566086</v>
           </cell>
           <cell r="G127">
-            <v>141971</v>
+            <v>150596</v>
           </cell>
           <cell r="H127">
-            <v>6015211</v>
+            <v>5420849</v>
           </cell>
           <cell r="I127">
             <v>0</v>
           </cell>
           <cell r="J127">
-            <v>23616353</v>
+            <v>23417151</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
-            <v>130910</v>
+            <v>130538</v>
           </cell>
           <cell r="D128">
-            <v>964587</v>
+            <v>875737</v>
           </cell>
           <cell r="E128">
-            <v>34187</v>
+            <v>52149</v>
           </cell>
           <cell r="F128">
-            <v>89434</v>
+            <v>85756</v>
           </cell>
           <cell r="G128">
-            <v>2626</v>
+            <v>3139</v>
           </cell>
           <cell r="H128">
-            <v>53871</v>
+            <v>97514</v>
           </cell>
           <cell r="I128">
             <v>0</v>
           </cell>
           <cell r="J128">
-            <v>1275615</v>
+            <v>1244833</v>
           </cell>
         </row>
         <row r="129">
           <cell r="C129">
-            <v>49952</v>
+            <v>49671</v>
           </cell>
           <cell r="D129">
-            <v>176818</v>
+            <v>143782</v>
           </cell>
           <cell r="E129">
-            <v>5152</v>
+            <v>30802</v>
           </cell>
           <cell r="F129">
-            <v>25801</v>
+            <v>22727</v>
           </cell>
           <cell r="G129">
-            <v>502</v>
+            <v>519</v>
           </cell>
           <cell r="H129">
-            <v>11267</v>
+            <v>4502</v>
           </cell>
           <cell r="I129">
             <v>0</v>
           </cell>
           <cell r="J129">
-            <v>269492</v>
+            <v>252003</v>
           </cell>
         </row>
         <row r="130">
           <cell r="C130">
-            <v>9781</v>
+            <v>10093</v>
           </cell>
           <cell r="D130">
-            <v>42676</v>
+            <v>47609</v>
           </cell>
           <cell r="E130">
-            <v>4775</v>
+            <v>2010</v>
           </cell>
           <cell r="F130">
-            <v>13707</v>
+            <v>11845</v>
           </cell>
           <cell r="G130">
-            <v>449</v>
+            <v>336</v>
           </cell>
           <cell r="H130">
-            <v>4726</v>
+            <v>23938</v>
           </cell>
           <cell r="I130">
             <v>0</v>
           </cell>
           <cell r="J130">
-            <v>76114</v>
+            <v>95831</v>
           </cell>
         </row>
         <row r="131">
           <cell r="C131">
-            <v>11800</v>
+            <v>15142</v>
           </cell>
           <cell r="D131">
-            <v>49766</v>
+            <v>49913</v>
           </cell>
           <cell r="E131">
-            <v>9609</v>
+            <v>10217</v>
           </cell>
           <cell r="F131">
-            <v>25921</v>
+            <v>26840</v>
           </cell>
           <cell r="G131">
-            <v>1522</v>
+            <v>1987</v>
           </cell>
           <cell r="H131">
-            <v>2606</v>
+            <v>36326</v>
           </cell>
           <cell r="I131">
             <v>0</v>
           </cell>
           <cell r="J131">
-            <v>101224</v>
+            <v>140425</v>
           </cell>
         </row>
         <row r="132">
           <cell r="C132">
-            <v>16450</v>
+            <v>17720</v>
           </cell>
           <cell r="D132">
-            <v>84786</v>
+            <v>71790</v>
           </cell>
           <cell r="E132">
-            <v>6770</v>
+            <v>1035</v>
           </cell>
           <cell r="F132">
-            <v>11948</v>
+            <v>12095</v>
           </cell>
           <cell r="G132">
-            <v>153</v>
+            <v>251</v>
           </cell>
           <cell r="H132">
-            <v>11293</v>
+            <v>9639</v>
           </cell>
           <cell r="I132">
             <v>0</v>
           </cell>
           <cell r="J132">
-            <v>131400</v>
+            <v>112530</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
-            <v>42927</v>
+            <v>37912</v>
           </cell>
           <cell r="D133">
-            <v>610541</v>
+            <v>562643</v>
           </cell>
           <cell r="E133">
-            <v>7881</v>
+            <v>8085</v>
           </cell>
           <cell r="F133">
-            <v>12057</v>
+            <v>12249</v>
           </cell>
           <cell r="G133">
-            <v>0</v>
+            <v>46</v>
           </cell>
           <cell r="H133">
-            <v>23979</v>
+            <v>23109</v>
           </cell>
           <cell r="I133">
             <v>0</v>
           </cell>
           <cell r="J133">
-            <v>697385</v>
+            <v>644044</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
-            <v>4028118</v>
+            <v>4201252</v>
           </cell>
           <cell r="D134">
-            <v>11352865</v>
+            <v>11377349</v>
           </cell>
           <cell r="E134">
-            <v>1720134</v>
+            <v>1759443</v>
           </cell>
           <cell r="F134">
-            <v>1577172</v>
+            <v>1651842</v>
           </cell>
           <cell r="G134">
-            <v>144597</v>
+            <v>153735</v>
           </cell>
           <cell r="H134">
-            <v>6069082</v>
+            <v>5518363</v>
           </cell>
           <cell r="I134">
             <v>0</v>
           </cell>
           <cell r="J134">
-            <v>24891968</v>
+            <v>24661984</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
-            <v>465084</v>
+            <v>474178</v>
           </cell>
           <cell r="D142">
-            <v>146258</v>
+            <v>70334</v>
           </cell>
           <cell r="E142">
-            <v>1151283</v>
+            <v>963645</v>
           </cell>
           <cell r="F142">
-            <v>1108862</v>
+            <v>1117565</v>
           </cell>
           <cell r="G142">
-            <v>76074</v>
+            <v>67441</v>
           </cell>
           <cell r="H142">
-            <v>127121</v>
+            <v>105698</v>
           </cell>
           <cell r="I142">
-            <v>595666</v>
+            <v>625170</v>
           </cell>
           <cell r="J142">
-            <v>251807</v>
+            <v>210626</v>
           </cell>
           <cell r="K142">
-            <v>1386122</v>
+            <v>1483898</v>
           </cell>
           <cell r="L142">
-            <v>438087</v>
+            <v>441483</v>
           </cell>
           <cell r="M142">
-            <v>930137</v>
+            <v>1069261</v>
           </cell>
           <cell r="N142">
-            <v>302647</v>
+            <v>322861</v>
           </cell>
           <cell r="O142">
-            <v>14701094</v>
+            <v>0</v>
           </cell>
           <cell r="P142">
-            <v>3211726</v>
+            <v>17709823</v>
           </cell>
           <cell r="Q142">
-            <v>24891968</v>
+            <v>24661983</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
-            <v>26629</v>
+            <v>33157</v>
           </cell>
           <cell r="D143">
-            <v>0</v>
+            <v>15428</v>
           </cell>
           <cell r="E143">
-            <v>251</v>
+            <v>60350</v>
           </cell>
           <cell r="F143">
-            <v>8088</v>
+            <v>13314</v>
           </cell>
           <cell r="G143">
-            <v>1246</v>
+            <v>63981</v>
           </cell>
           <cell r="H143">
-            <v>1798</v>
+            <v>17740</v>
           </cell>
           <cell r="I143">
-            <v>0</v>
+            <v>48893</v>
           </cell>
           <cell r="J143">
-            <v>558</v>
+            <v>57397</v>
           </cell>
           <cell r="K143">
-            <v>12137</v>
+            <v>105031</v>
           </cell>
           <cell r="L143">
-            <v>21222</v>
+            <v>59926</v>
           </cell>
           <cell r="M143">
-            <v>54165</v>
+            <v>133123</v>
           </cell>
           <cell r="N143">
-            <v>0</v>
+            <v>52558</v>
           </cell>
           <cell r="O143">
-            <v>795037</v>
+            <v>24</v>
           </cell>
           <cell r="P143">
-            <v>8878</v>
+            <v>236077</v>
           </cell>
           <cell r="Q143">
-            <v>930009</v>
+            <v>896999</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
-            <v>28656</v>
+            <v>41292</v>
           </cell>
           <cell r="D144">
-            <v>0</v>
+            <v>14172</v>
           </cell>
           <cell r="E144">
-            <v>0</v>
+            <v>38754</v>
           </cell>
           <cell r="F144">
-            <v>555</v>
+            <v>10715</v>
           </cell>
           <cell r="G144">
-            <v>0</v>
+            <v>55801</v>
           </cell>
           <cell r="H144">
-            <v>0</v>
+            <v>8938</v>
           </cell>
           <cell r="I144">
-            <v>0</v>
+            <v>35465</v>
           </cell>
           <cell r="J144">
-            <v>0</v>
+            <v>31312</v>
           </cell>
           <cell r="K144">
-            <v>10722</v>
+            <v>75241</v>
           </cell>
           <cell r="L144">
-            <v>15186</v>
+            <v>54491</v>
           </cell>
           <cell r="M144">
-            <v>33322</v>
+            <v>109003</v>
           </cell>
           <cell r="N144">
-            <v>0</v>
+            <v>41412</v>
           </cell>
           <cell r="O144">
-            <v>485423</v>
+            <v>0</v>
           </cell>
           <cell r="P144">
-            <v>5661</v>
+            <v>216385</v>
           </cell>
           <cell r="Q144">
-            <v>579525</v>
+            <v>732981</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
-            <v>10298</v>
+            <v>7663</v>
           </cell>
           <cell r="D145">
-            <v>0</v>
+            <v>3118</v>
           </cell>
           <cell r="E145">
-            <v>236</v>
+            <v>18542</v>
           </cell>
           <cell r="F145">
-            <v>6039</v>
+            <v>4579</v>
           </cell>
           <cell r="G145">
-            <v>1127</v>
+            <v>14087</v>
           </cell>
           <cell r="H145">
-            <v>1648</v>
+            <v>10579</v>
           </cell>
           <cell r="I145">
-            <v>0</v>
+            <v>16853</v>
           </cell>
           <cell r="J145">
-            <v>558</v>
+            <v>30293</v>
           </cell>
           <cell r="K145">
-            <v>3583</v>
+            <v>27644</v>
           </cell>
           <cell r="L145">
-            <v>4678</v>
+            <v>9201</v>
           </cell>
           <cell r="M145">
-            <v>35116</v>
+            <v>34829</v>
           </cell>
           <cell r="N145">
-            <v>0</v>
+            <v>15074</v>
           </cell>
           <cell r="O145">
-            <v>290013</v>
+            <v>21</v>
           </cell>
           <cell r="P145">
-            <v>3548</v>
+            <v>132644</v>
           </cell>
           <cell r="Q145">
-            <v>356844</v>
+            <v>325127</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
-            <v>-12325</v>
+            <v>-15798</v>
           </cell>
           <cell r="D146">
-            <v>0</v>
+            <v>-1862</v>
           </cell>
           <cell r="E146">
-            <v>15</v>
+            <v>3054</v>
           </cell>
           <cell r="F146">
-            <v>1494</v>
+            <v>-1980</v>
           </cell>
           <cell r="G146">
-            <v>119</v>
+            <v>-5907</v>
           </cell>
           <cell r="H146">
-            <v>150</v>
+            <v>-1777</v>
           </cell>
           <cell r="I146">
-            <v>0</v>
+            <v>-3425</v>
           </cell>
           <cell r="J146">
-            <v>0</v>
+            <v>-4208</v>
           </cell>
           <cell r="K146">
-            <v>-2168</v>
+            <v>2146</v>
           </cell>
           <cell r="L146">
-            <v>1358</v>
+            <v>-3766</v>
           </cell>
           <cell r="M146">
-            <v>-14273</v>
+            <v>-10709</v>
           </cell>
           <cell r="N146">
-            <v>0</v>
+            <v>-3928</v>
           </cell>
           <cell r="O146">
-            <v>19601</v>
+            <v>3</v>
           </cell>
           <cell r="P146">
-            <v>-331</v>
+            <v>-112952</v>
           </cell>
           <cell r="Q146">
-            <v>-6360</v>
+            <v>-161109</v>
           </cell>
         </row>
         <row r="147">
           <cell r="C147">
-            <v>10.15</v>
+            <v>0.11018728990361534</v>
           </cell>
           <cell r="D147">
-            <v>3.19</v>
+            <v>1.6343889526888387E-2</v>
           </cell>
           <cell r="E147">
-            <v>25.12</v>
+            <v>0.22392736689422413</v>
           </cell>
           <cell r="F147">
-            <v>24.2</v>
+            <v>0.25969458439896809</v>
           </cell>
           <cell r="G147">
-            <v>1.66</v>
+            <v>1.5671627571059228E-2</v>
           </cell>
           <cell r="H147">
-            <v>2.77</v>
+            <v>2.4561612238932076E-2</v>
           </cell>
           <cell r="I147">
-            <v>13</v>
+            <v>0.14527411231445408</v>
           </cell>
           <cell r="J147">
-            <v>5.49</v>
+            <v>4.8944295440190994E-2</v>
           </cell>
           <cell r="K147">
-            <v>30.24</v>
+            <v>0.34482135213652892</v>
           </cell>
           <cell r="L147">
-            <v>9.56</v>
+            <v>0.10258977706371407</v>
           </cell>
           <cell r="M147">
-            <v>20.3</v>
+            <v>0.24846992435252088</v>
           </cell>
           <cell r="N147">
-            <v>6.6</v>
-[...2 lines deleted...]
-            <v>320.77</v>
+            <v>7.5024945496356119E-2</v>
           </cell>
           <cell r="P147">
-            <v>70.08</v>
+            <v>4.1153267360415597</v>
           </cell>
           <cell r="Q147">
-            <v>543.13</v>
+            <v>5.7308375133790124</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
-            <v>363</v>
+            <v>383</v>
           </cell>
           <cell r="D148">
-            <v>25</v>
+            <v>21</v>
           </cell>
           <cell r="E148">
-            <v>49</v>
+            <v>143</v>
           </cell>
           <cell r="F148">
-            <v>263</v>
+            <v>386</v>
           </cell>
           <cell r="G148">
-            <v>76</v>
+            <v>118</v>
           </cell>
           <cell r="H148">
-            <v>106</v>
+            <v>136</v>
           </cell>
           <cell r="I148">
-            <v>154</v>
+            <v>248</v>
           </cell>
           <cell r="J148">
-            <v>161</v>
+            <v>219</v>
           </cell>
           <cell r="K148">
-            <v>217</v>
+            <v>433</v>
           </cell>
           <cell r="L148">
-            <v>153</v>
+            <v>193</v>
           </cell>
           <cell r="M148">
-            <v>1257</v>
+            <v>1515</v>
           </cell>
           <cell r="N148">
-            <v>7</v>
+            <v>28</v>
           </cell>
           <cell r="O148">
-            <v>107080</v>
+            <v>0</v>
           </cell>
           <cell r="P148">
-            <v>685</v>
+            <v>115169</v>
           </cell>
           <cell r="Q148">
-            <v>110596</v>
+            <v>118992</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>4583020</v>
+            <v>4303382</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>103035</v>
+            <v>103835</v>
           </cell>
           <cell r="D153">
-            <v>3123974</v>
+            <v>3085639</v>
           </cell>
           <cell r="E153">
-            <v>291789</v>
+            <v>297957</v>
           </cell>
           <cell r="F153">
-            <v>301269</v>
+            <v>208157</v>
           </cell>
           <cell r="G153">
-            <v>267863</v>
+            <v>276769</v>
           </cell>
           <cell r="H153">
-            <v>17682842</v>
+            <v>17480283</v>
           </cell>
           <cell r="I153">
-            <v>157929</v>
+            <v>109093</v>
           </cell>
           <cell r="J153">
-            <v>278472</v>
+            <v>285661</v>
           </cell>
           <cell r="K153">
-            <v>116313</v>
+            <v>122577</v>
           </cell>
           <cell r="L153">
-            <v>151948</v>
+            <v>156117</v>
           </cell>
           <cell r="M153">
-            <v>1661571</v>
+            <v>1739463</v>
           </cell>
           <cell r="N153">
-            <v>233910</v>
+            <v>228129</v>
           </cell>
           <cell r="O153">
-            <v>521053</v>
+            <v>568303</v>
           </cell>
           <cell r="P153">
-            <v>24891968</v>
+            <v>24661983</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
-            <v>7190</v>
+            <v>7041</v>
           </cell>
           <cell r="D154">
-            <v>209072</v>
+            <v>191345</v>
           </cell>
           <cell r="E154">
-            <v>11823</v>
+            <v>14778</v>
           </cell>
           <cell r="F154">
-            <v>20761</v>
+            <v>26284</v>
           </cell>
           <cell r="G154">
-            <v>12152</v>
+            <v>7423</v>
           </cell>
           <cell r="H154">
-            <v>527592</v>
+            <v>498673</v>
           </cell>
           <cell r="I154">
-            <v>10137</v>
+            <v>33224</v>
           </cell>
           <cell r="J154">
-            <v>7554</v>
+            <v>3048</v>
           </cell>
           <cell r="K154">
-            <v>4175</v>
+            <v>4131</v>
           </cell>
           <cell r="L154">
-            <v>2097</v>
+            <v>1264</v>
           </cell>
           <cell r="M154">
-            <v>75058</v>
+            <v>69988</v>
           </cell>
           <cell r="N154">
-            <v>24269</v>
+            <v>24809</v>
           </cell>
           <cell r="O154">
-            <v>18129</v>
+            <v>14991</v>
           </cell>
           <cell r="P154">
-            <v>930009</v>
+            <v>896999</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>1247</v>
+            <v>1378</v>
           </cell>
           <cell r="D155">
-            <v>14550</v>
+            <v>15859</v>
           </cell>
           <cell r="E155">
-            <v>3142</v>
+            <v>3643</v>
           </cell>
           <cell r="F155">
-            <v>1835</v>
+            <v>2235</v>
           </cell>
           <cell r="G155">
-            <v>2496</v>
+            <v>2728</v>
           </cell>
           <cell r="H155">
-            <v>65677</v>
+            <v>69641</v>
           </cell>
           <cell r="I155">
-            <v>972</v>
+            <v>1063</v>
           </cell>
           <cell r="J155">
-            <v>1761</v>
+            <v>2198</v>
           </cell>
           <cell r="K155">
-            <v>1150</v>
+            <v>1296</v>
           </cell>
           <cell r="L155">
-            <v>976</v>
+            <v>1029</v>
           </cell>
           <cell r="M155">
-            <v>10636</v>
+            <v>11177</v>
           </cell>
           <cell r="N155">
-            <v>1636</v>
+            <v>1809</v>
           </cell>
           <cell r="O155">
-            <v>4518</v>
+            <v>4936</v>
           </cell>
           <cell r="P155">
-            <v>110596</v>
+            <v>118992</v>
           </cell>
         </row>
         <row r="164">
           <cell r="C164">
             <v>0</v>
           </cell>
           <cell r="D164">
             <v>0</v>
           </cell>
           <cell r="E164">
             <v>0</v>
           </cell>
           <cell r="F164">
             <v>0</v>
           </cell>
           <cell r="G164">
-            <v>440544</v>
+            <v>436263</v>
           </cell>
           <cell r="H164">
             <v>0</v>
           </cell>
           <cell r="I164">
-            <v>10510201</v>
+            <v>10556529</v>
           </cell>
           <cell r="J164">
-            <v>10950745</v>
+            <v>10992792</v>
           </cell>
         </row>
         <row r="165">
           <cell r="C165">
             <v>0</v>
           </cell>
           <cell r="D165">
             <v>0</v>
           </cell>
           <cell r="E165">
             <v>0</v>
           </cell>
           <cell r="F165">
             <v>0</v>
           </cell>
           <cell r="G165">
             <v>0</v>
           </cell>
           <cell r="H165">
             <v>0</v>
           </cell>
           <cell r="I165">
-            <v>0</v>
+            <v>577079</v>
           </cell>
           <cell r="J165">
-            <v>0</v>
+            <v>577079</v>
           </cell>
         </row>
         <row r="169">
           <cell r="C169">
             <v>0</v>
           </cell>
           <cell r="D169">
             <v>0</v>
           </cell>
           <cell r="E169">
             <v>0</v>
           </cell>
           <cell r="F169">
             <v>0</v>
           </cell>
           <cell r="G169">
             <v>0</v>
           </cell>
         </row>
         <row r="170">
           <cell r="C170">
-            <v>12</v>
+            <v>11</v>
           </cell>
           <cell r="D170">
-            <v>131680</v>
+            <v>131391</v>
           </cell>
           <cell r="E170">
-            <v>11930</v>
+            <v>12774</v>
           </cell>
           <cell r="F170">
-            <v>3599</v>
+            <v>3082</v>
           </cell>
           <cell r="G170">
             <v>0</v>
           </cell>
         </row>
         <row r="171">
           <cell r="C171">
-            <v>12</v>
+            <v>11</v>
           </cell>
           <cell r="D171">
-            <v>131680</v>
+            <v>131391</v>
           </cell>
           <cell r="E171">
-            <v>11930</v>
+            <v>12774</v>
           </cell>
           <cell r="F171">
-            <v>3599</v>
+            <v>3082</v>
           </cell>
           <cell r="G171">
             <v>0</v>
           </cell>
         </row>
         <row r="172">
           <cell r="C172">
             <v>0</v>
           </cell>
           <cell r="D172">
             <v>0</v>
           </cell>
           <cell r="E172">
             <v>0</v>
           </cell>
           <cell r="F172">
             <v>0</v>
           </cell>
           <cell r="G172">
             <v>0</v>
           </cell>
         </row>
         <row r="173">
           <cell r="C173">
-            <v>68</v>
+            <v>86</v>
           </cell>
           <cell r="D173">
             <v>0</v>
           </cell>
           <cell r="E173">
-            <v>2954</v>
+            <v>11030</v>
           </cell>
           <cell r="F173">
-            <v>7802</v>
+            <v>2274</v>
           </cell>
           <cell r="G173">
             <v>0</v>
           </cell>
         </row>
         <row r="174">
           <cell r="C174">
             <v>0</v>
           </cell>
           <cell r="D174">
             <v>0</v>
           </cell>
           <cell r="E174">
             <v>0</v>
           </cell>
           <cell r="F174">
             <v>0</v>
           </cell>
           <cell r="G174">
             <v>0</v>
           </cell>
         </row>
         <row r="175">
           <cell r="C175">
-            <v>80</v>
+            <v>97</v>
           </cell>
           <cell r="D175">
-            <v>131680</v>
+            <v>131391</v>
           </cell>
           <cell r="E175">
-            <v>14884</v>
+            <v>23804</v>
           </cell>
           <cell r="F175">
-            <v>11401</v>
+            <v>5356</v>
           </cell>
           <cell r="G175">
             <v>0</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
-            <v>9</v>
+            <v>2</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>138</v>
+            <v>186</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
-            <v>77</v>
+            <v>106</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>56</v>
+            <v>58</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
-            <v>13</v>
+            <v>11</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>293</v>
+            <v>363</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3">
         <row r="9">
           <cell r="C9">
-            <v>2556455</v>
+            <v>5017757</v>
           </cell>
           <cell r="H9">
-            <v>2556455</v>
+            <v>5017757</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>2461302</v>
+            <v>-507379</v>
           </cell>
           <cell r="H10">
-            <v>2461302</v>
+            <v>-507379</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>5017757</v>
+            <v>4510378</v>
           </cell>
           <cell r="H12">
-            <v>5017757</v>
+            <v>4510378</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>5017757</v>
+            <v>4510378</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
-            <v>308266</v>
+            <v>299209</v>
           </cell>
           <cell r="H19">
-            <v>308266</v>
+            <v>299209</v>
           </cell>
         </row>
         <row r="20">
           <cell r="C20">
-            <v>-9058</v>
+            <v>889</v>
           </cell>
           <cell r="H20">
-            <v>-9058</v>
+            <v>889</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
-            <v>299208</v>
+            <v>300098</v>
           </cell>
           <cell r="H22">
-            <v>299208</v>
+            <v>300098</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
-            <v>299208</v>
+            <v>300098</v>
           </cell>
           <cell r="H24">
-            <v>299208</v>
+            <v>300098</v>
           </cell>
         </row>
         <row r="26">
           <cell r="C26">
-            <v>2992</v>
+            <v>3001</v>
           </cell>
           <cell r="H26">
-            <v>2992</v>
+            <v>3001</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>4086396</v>
+            <v>3636039</v>
           </cell>
           <cell r="H29">
-            <v>4086396</v>
+            <v>3636039</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>-450357</v>
+            <v>-329097</v>
           </cell>
           <cell r="H30">
-            <v>-450357</v>
+            <v>-329097</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
           <cell r="H32">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
           <cell r="H34">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
-            <v>3051555</v>
+            <v>1927166</v>
           </cell>
           <cell r="H39">
-            <v>3051555</v>
+            <v>1927166</v>
           </cell>
         </row>
         <row r="40">
           <cell r="C40">
-            <v>-1124389</v>
+            <v>-9328</v>
           </cell>
           <cell r="H40">
-            <v>-1124389</v>
+            <v>-9328</v>
           </cell>
         </row>
         <row r="42">
           <cell r="C42">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
           <cell r="H42">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
         </row>
         <row r="44">
           <cell r="C44">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
           <cell r="H44">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
-            <v>2094230</v>
+            <v>3084939</v>
           </cell>
           <cell r="D49">
-            <v>1151</v>
+            <v>997</v>
           </cell>
           <cell r="E49">
-            <v>3978</v>
+            <v>9414</v>
           </cell>
           <cell r="F49">
-            <v>483</v>
+            <v>1467</v>
           </cell>
           <cell r="G49">
-            <v>158941</v>
+            <v>166336</v>
           </cell>
           <cell r="H49">
-            <v>2258783</v>
+            <v>3263153</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
-            <v>990710</v>
+            <v>100034</v>
           </cell>
           <cell r="D50">
-            <v>-154</v>
+            <v>19238</v>
           </cell>
           <cell r="E50">
-            <v>5436</v>
+            <v>-5385</v>
           </cell>
           <cell r="F50">
-            <v>984</v>
+            <v>382</v>
           </cell>
           <cell r="G50">
-            <v>33607</v>
+            <v>-22535</v>
           </cell>
           <cell r="H50">
-            <v>1030583</v>
+            <v>91734</v>
           </cell>
         </row>
         <row r="51">
           <cell r="G51">
-            <v>26213</v>
+            <v>7084</v>
           </cell>
           <cell r="H51">
-            <v>26213</v>
+            <v>7084</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
-            <v>3084940</v>
+            <v>3184973</v>
           </cell>
           <cell r="D52">
-            <v>997</v>
+            <v>20235</v>
           </cell>
           <cell r="E52">
-            <v>9414</v>
+            <v>4029</v>
           </cell>
           <cell r="F52">
-            <v>1467</v>
+            <v>1849</v>
           </cell>
           <cell r="G52">
-            <v>166335</v>
+            <v>136717</v>
           </cell>
           <cell r="H52">
-            <v>3263153</v>
+            <v>3347803</v>
           </cell>
         </row>
         <row r="53">
           <cell r="E53">
-            <v>1929</v>
+            <v>1030</v>
           </cell>
           <cell r="F53">
-            <v>441</v>
+            <v>729</v>
           </cell>
           <cell r="G53">
-            <v>67471</v>
+            <v>62203</v>
           </cell>
           <cell r="H53">
-            <v>69841</v>
+            <v>63962</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
-            <v>3084940</v>
+            <v>3184973</v>
           </cell>
           <cell r="D54">
-            <v>997</v>
+            <v>20235</v>
           </cell>
           <cell r="E54">
-            <v>7485</v>
+            <v>2999</v>
           </cell>
           <cell r="F54">
-            <v>1026</v>
+            <v>1120</v>
           </cell>
           <cell r="G54">
-            <v>98864</v>
+            <v>74514</v>
           </cell>
           <cell r="H54">
-            <v>3193312</v>
+            <v>3283841</v>
           </cell>
         </row>
         <row r="55">
           <cell r="E55">
-            <v>495</v>
+            <v>79</v>
           </cell>
           <cell r="F55">
-            <v>79</v>
+            <v>41</v>
           </cell>
           <cell r="G55">
-            <v>35199</v>
+            <v>23111</v>
           </cell>
           <cell r="H55">
-            <v>35773</v>
+            <v>23231</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
-            <v>30792</v>
+            <v>31758</v>
           </cell>
           <cell r="D56">
-            <v>20</v>
+            <v>405</v>
           </cell>
           <cell r="E56">
-            <v>3413</v>
+            <v>1656</v>
           </cell>
           <cell r="F56">
-            <v>739</v>
+            <v>1006</v>
           </cell>
           <cell r="G56">
-            <v>65939</v>
+            <v>45398</v>
           </cell>
           <cell r="H56">
-            <v>100903</v>
+            <v>80223</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
-            <v>1700691</v>
+            <v>1575400</v>
           </cell>
           <cell r="D59">
-            <v>2437</v>
+            <v>7458</v>
           </cell>
           <cell r="E59">
-            <v>25862</v>
+            <v>22459</v>
           </cell>
           <cell r="F59">
-            <v>14695</v>
+            <v>11781</v>
           </cell>
           <cell r="G59">
-            <v>124689</v>
+            <v>123922</v>
           </cell>
           <cell r="H59">
-            <v>1868374</v>
+            <v>1741020</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>-125290</v>
+            <v>285467</v>
           </cell>
           <cell r="D60">
-            <v>5020</v>
+            <v>-2058</v>
           </cell>
           <cell r="E60">
-            <v>-3404</v>
+            <v>-726</v>
           </cell>
           <cell r="F60">
-            <v>-2913</v>
+            <v>-2301</v>
           </cell>
           <cell r="G60">
-            <v>12193</v>
+            <v>3970</v>
           </cell>
           <cell r="H60">
-            <v>-114394</v>
+            <v>284352</v>
           </cell>
         </row>
         <row r="61">
           <cell r="G61">
-            <v>12959</v>
+            <v>579</v>
           </cell>
           <cell r="H61">
-            <v>12959</v>
+            <v>579</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>1575401</v>
+            <v>1860867</v>
           </cell>
           <cell r="D62">
-            <v>7457</v>
+            <v>5400</v>
           </cell>
           <cell r="E62">
-            <v>22458</v>
+            <v>21733</v>
           </cell>
           <cell r="F62">
-            <v>11782</v>
+            <v>9480</v>
           </cell>
           <cell r="G62">
-            <v>123923</v>
+            <v>127313</v>
           </cell>
           <cell r="H62">
-            <v>1741021</v>
+            <v>2024793</v>
           </cell>
         </row>
         <row r="63">
           <cell r="E63">
-            <v>2341</v>
+            <v>6804</v>
           </cell>
           <cell r="F63">
-            <v>63</v>
+            <v>0</v>
           </cell>
           <cell r="G63">
-            <v>24072</v>
+            <v>25560</v>
           </cell>
           <cell r="H63">
-            <v>26476</v>
+            <v>32364</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>1575401</v>
+            <v>1860867</v>
           </cell>
           <cell r="D64">
-            <v>7457</v>
+            <v>5400</v>
           </cell>
           <cell r="E64">
-            <v>20117</v>
+            <v>14929</v>
           </cell>
           <cell r="F64">
-            <v>11719</v>
+            <v>9480</v>
           </cell>
           <cell r="G64">
-            <v>99851</v>
+            <v>101753</v>
           </cell>
           <cell r="H64">
-            <v>1714545</v>
+            <v>1992429</v>
           </cell>
         </row>
         <row r="65">
           <cell r="E65">
-            <v>3270</v>
+            <v>3279</v>
           </cell>
           <cell r="F65">
-            <v>1170</v>
+            <v>1074</v>
           </cell>
           <cell r="G65">
-            <v>36000</v>
+            <v>38662</v>
           </cell>
           <cell r="H65">
-            <v>40440</v>
+            <v>43015</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>15995</v>
+            <v>16463</v>
           </cell>
           <cell r="D66">
-            <v>149</v>
+            <v>108</v>
           </cell>
           <cell r="E66">
-            <v>3393</v>
+            <v>2497</v>
           </cell>
           <cell r="F66">
-            <v>5321</v>
+            <v>4222</v>
           </cell>
           <cell r="G66">
-            <v>63968</v>
+            <v>62629</v>
           </cell>
           <cell r="H66">
-            <v>88826</v>
+            <v>85919</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>4612001</v>
+            <v>4594179</v>
           </cell>
           <cell r="D69">
-            <v>13576</v>
+            <v>5931</v>
           </cell>
           <cell r="E69">
-            <v>26289</v>
+            <v>33087</v>
           </cell>
           <cell r="F69">
-            <v>2132</v>
+            <v>1988</v>
           </cell>
           <cell r="G69">
-            <v>595619</v>
+            <v>599962</v>
           </cell>
           <cell r="H69">
-            <v>5249617</v>
+            <v>5235147</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>-17822</v>
+            <v>-73388</v>
           </cell>
           <cell r="D70">
-            <v>-7645</v>
+            <v>2902</v>
           </cell>
           <cell r="E70">
-            <v>6797</v>
+            <v>-9133</v>
           </cell>
           <cell r="F70">
-            <v>-144</v>
+            <v>-138</v>
           </cell>
           <cell r="G70">
-            <v>6949</v>
+            <v>12827</v>
           </cell>
           <cell r="H70">
-            <v>-11865</v>
+            <v>-66930</v>
           </cell>
         </row>
         <row r="71">
           <cell r="G71">
-            <v>2605</v>
+            <v>18360</v>
           </cell>
           <cell r="H71">
-            <v>2605</v>
+            <v>18360</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>4594179</v>
+            <v>4520791</v>
           </cell>
           <cell r="D72">
-            <v>5931</v>
+            <v>8833</v>
           </cell>
           <cell r="E72">
-            <v>33086</v>
+            <v>23954</v>
           </cell>
           <cell r="F72">
-            <v>1988</v>
+            <v>1850</v>
           </cell>
           <cell r="G72">
-            <v>599963</v>
+            <v>594429</v>
           </cell>
           <cell r="H72">
-            <v>5235147</v>
+            <v>5149857</v>
           </cell>
         </row>
         <row r="73">
           <cell r="E73">
-            <v>24150</v>
+            <v>18312</v>
           </cell>
           <cell r="F73">
-            <v>337</v>
+            <v>214</v>
           </cell>
           <cell r="G73">
-            <v>267218</v>
+            <v>269994</v>
           </cell>
           <cell r="H73">
-            <v>291705</v>
+            <v>288520</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>4594179</v>
+            <v>4520791</v>
           </cell>
           <cell r="D74">
-            <v>5931</v>
+            <v>8833</v>
           </cell>
           <cell r="E74">
-            <v>8936</v>
+            <v>5642</v>
           </cell>
           <cell r="F74">
-            <v>1651</v>
+            <v>1636</v>
           </cell>
           <cell r="G74">
-            <v>332745</v>
+            <v>324435</v>
           </cell>
           <cell r="H74">
-            <v>4943442</v>
+            <v>4861337</v>
           </cell>
         </row>
         <row r="75">
           <cell r="E75">
-            <v>1690</v>
+            <v>1131</v>
           </cell>
           <cell r="F75">
-            <v>105</v>
+            <v>67</v>
           </cell>
           <cell r="G75">
-            <v>155369</v>
+            <v>143060</v>
           </cell>
           <cell r="H75">
-            <v>157164</v>
+            <v>144258</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>45942</v>
+            <v>45208</v>
           </cell>
           <cell r="D76">
-            <v>119</v>
+            <v>177</v>
           </cell>
           <cell r="E76">
-            <v>4476</v>
+            <v>1975</v>
           </cell>
           <cell r="F76">
-            <v>774</v>
+            <v>785</v>
           </cell>
           <cell r="G76">
-            <v>178629</v>
+            <v>163416</v>
           </cell>
           <cell r="H76">
-            <v>229940</v>
+            <v>211561</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
-            <v>1117917</v>
+            <v>1048305</v>
           </cell>
           <cell r="D79">
-            <v>0</v>
+            <v>2723</v>
           </cell>
           <cell r="E79">
-            <v>10483</v>
+            <v>15098</v>
           </cell>
           <cell r="F79">
             <v>0</v>
           </cell>
           <cell r="G79">
-            <v>117147</v>
+            <v>112733</v>
           </cell>
           <cell r="H79">
-            <v>1245547</v>
+            <v>1178859</v>
           </cell>
         </row>
         <row r="80">
           <cell r="C80">
-            <v>-69612</v>
+            <v>443395</v>
           </cell>
           <cell r="D80">
-            <v>2723</v>
+            <v>-2723</v>
           </cell>
           <cell r="E80">
-            <v>4615</v>
+            <v>-12334</v>
           </cell>
           <cell r="F80">
             <v>0</v>
           </cell>
           <cell r="G80">
-            <v>-4414</v>
+            <v>675</v>
           </cell>
           <cell r="H80">
-            <v>-66688</v>
+            <v>429013</v>
           </cell>
         </row>
         <row r="81">
           <cell r="G81">
             <v>0</v>
           </cell>
           <cell r="H81">
             <v>0</v>
           </cell>
         </row>
         <row r="82">
           <cell r="C82">
-            <v>1048305</v>
+            <v>1491700</v>
           </cell>
           <cell r="D82">
-            <v>2723</v>
+            <v>0</v>
           </cell>
           <cell r="E82">
-            <v>15098</v>
+            <v>2764</v>
           </cell>
           <cell r="F82">
             <v>0</v>
           </cell>
           <cell r="G82">
-            <v>112733</v>
+            <v>113408</v>
           </cell>
           <cell r="H82">
-            <v>1178859</v>
+            <v>1607872</v>
           </cell>
         </row>
         <row r="83">
           <cell r="E83">
-            <v>12292</v>
+            <v>928</v>
           </cell>
           <cell r="F83">
             <v>0</v>
           </cell>
           <cell r="G83">
-            <v>52361</v>
+            <v>54067</v>
           </cell>
           <cell r="H83">
-            <v>64653</v>
+            <v>54995</v>
           </cell>
         </row>
         <row r="84">
           <cell r="C84">
-            <v>1048305</v>
+            <v>1491700</v>
           </cell>
           <cell r="D84">
-            <v>2723</v>
+            <v>0</v>
           </cell>
           <cell r="E84">
-            <v>2806</v>
+            <v>1836</v>
           </cell>
           <cell r="F84">
             <v>0</v>
           </cell>
           <cell r="G84">
-            <v>60372</v>
+            <v>59341</v>
           </cell>
           <cell r="H84">
-            <v>1114206</v>
+            <v>1552877</v>
           </cell>
         </row>
         <row r="85">
           <cell r="E85">
-            <v>533</v>
+            <v>75</v>
           </cell>
           <cell r="F85">
             <v>0</v>
           </cell>
           <cell r="G85">
-            <v>17520</v>
+            <v>19030</v>
           </cell>
           <cell r="H85">
-            <v>18053</v>
+            <v>19105</v>
           </cell>
         </row>
         <row r="86">
           <cell r="C86">
-            <v>10483</v>
+            <v>14917</v>
           </cell>
           <cell r="D86">
-            <v>54</v>
+            <v>0</v>
           </cell>
           <cell r="E86">
-            <v>2272</v>
+            <v>1760</v>
           </cell>
           <cell r="F86">
             <v>0</v>
           </cell>
           <cell r="G86">
-            <v>42852</v>
+            <v>40311</v>
           </cell>
           <cell r="H86">
-            <v>55661</v>
+            <v>56988</v>
           </cell>
         </row>
         <row r="89">
           <cell r="C89">
-            <v>1201254</v>
+            <v>894129</v>
           </cell>
           <cell r="H89">
-            <v>1201254</v>
+            <v>894129</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>-307125</v>
+            <v>130249</v>
           </cell>
           <cell r="H90">
-            <v>-307125</v>
+            <v>130249</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
           <cell r="H92">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
           <cell r="H94">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>20728765</v>
+            <v>22077123</v>
           </cell>
           <cell r="D99">
-            <v>17164</v>
+            <v>17109</v>
           </cell>
           <cell r="E99">
-            <v>66612</v>
+            <v>80058</v>
           </cell>
           <cell r="F99">
-            <v>17310</v>
+            <v>15236</v>
           </cell>
           <cell r="G99">
-            <v>996396</v>
+            <v>1002953</v>
           </cell>
           <cell r="H99">
-            <v>21826247</v>
+            <v>23192479</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>1348359</v>
+            <v>40842</v>
           </cell>
           <cell r="D100">
-            <v>-56</v>
+            <v>17359</v>
           </cell>
           <cell r="E100">
-            <v>13444</v>
+            <v>-27578</v>
           </cell>
           <cell r="F100">
-            <v>-2073</v>
+            <v>-2057</v>
           </cell>
           <cell r="G100">
-            <v>48335</v>
+            <v>-5063</v>
           </cell>
           <cell r="H100">
-            <v>1408009</v>
+            <v>23503</v>
           </cell>
         </row>
         <row r="101">
           <cell r="G101">
-            <v>41777</v>
+            <v>26023</v>
           </cell>
           <cell r="H101">
-            <v>41777</v>
+            <v>26023</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>22077124</v>
+            <v>22117965</v>
           </cell>
           <cell r="D102">
-            <v>17108</v>
+            <v>34468</v>
           </cell>
           <cell r="E102">
-            <v>80056</v>
+            <v>52480</v>
           </cell>
           <cell r="F102">
-            <v>15237</v>
+            <v>13179</v>
           </cell>
           <cell r="G102">
-            <v>1002954</v>
+            <v>971867</v>
           </cell>
           <cell r="H102">
-            <v>23192479</v>
+            <v>23189959</v>
           </cell>
         </row>
         <row r="103">
           <cell r="E103">
-            <v>40712</v>
+            <v>27074</v>
           </cell>
           <cell r="F103">
-            <v>841</v>
+            <v>943</v>
           </cell>
           <cell r="G103">
-            <v>411122</v>
+            <v>411824</v>
           </cell>
           <cell r="H103">
-            <v>452675</v>
+            <v>439841</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>22077124</v>
+            <v>22117965</v>
           </cell>
           <cell r="D104">
-            <v>17108</v>
+            <v>34468</v>
           </cell>
           <cell r="E104">
-            <v>39344</v>
+            <v>25406</v>
           </cell>
           <cell r="F104">
-            <v>14396</v>
+            <v>12236</v>
           </cell>
           <cell r="G104">
-            <v>591832</v>
+            <v>560043</v>
           </cell>
           <cell r="H104">
-            <v>22739804</v>
+            <v>22750118</v>
           </cell>
         </row>
         <row r="105">
           <cell r="E105">
-            <v>5988</v>
+            <v>4564</v>
           </cell>
           <cell r="F105">
-            <v>1354</v>
+            <v>1182</v>
           </cell>
           <cell r="G105">
-            <v>244088</v>
+            <v>223863</v>
           </cell>
           <cell r="H105">
-            <v>251430</v>
+            <v>229609</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>106204</v>
+            <v>111347</v>
           </cell>
           <cell r="D106">
-            <v>342</v>
+            <v>690</v>
           </cell>
           <cell r="E106">
-            <v>13554</v>
+            <v>7888</v>
           </cell>
           <cell r="F106">
-            <v>6834</v>
+            <v>6013</v>
           </cell>
           <cell r="G106">
-            <v>351388</v>
+            <v>311754</v>
           </cell>
           <cell r="H106">
-            <v>478322</v>
+            <v>437692</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>5017757</v>
+            <v>4510378</v>
           </cell>
           <cell r="D116">
-            <v>299209</v>
+            <v>300096</v>
           </cell>
           <cell r="E116">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
           <cell r="F116">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
           <cell r="G116">
-            <v>2965679</v>
+            <v>3083534</v>
           </cell>
           <cell r="H116">
-            <v>1518253</v>
+            <v>1762149</v>
           </cell>
           <cell r="I116">
-            <v>4481770</v>
+            <v>4431356</v>
           </cell>
           <cell r="J116">
-            <v>1038576</v>
+            <v>1485140</v>
           </cell>
           <cell r="K116">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
           <cell r="L116">
-            <v>21778578</v>
+            <v>21821811</v>
           </cell>
         </row>
         <row r="117">
           <cell r="G117">
-            <v>297474</v>
+            <v>264269</v>
           </cell>
           <cell r="H117">
-            <v>222769</v>
+            <v>262644</v>
           </cell>
           <cell r="I117">
-            <v>753378</v>
+            <v>718502</v>
           </cell>
           <cell r="J117">
-            <v>140283</v>
+            <v>122732</v>
           </cell>
           <cell r="L117">
-            <v>1413904</v>
+            <v>1368147</v>
           </cell>
         </row>
         <row r="118">
           <cell r="G118">
-            <v>119260</v>
+            <v>101439</v>
           </cell>
           <cell r="H118">
-            <v>57148</v>
+            <v>98718</v>
           </cell>
           <cell r="I118">
-            <v>112410</v>
+            <v>89435</v>
           </cell>
           <cell r="J118">
-            <v>9729</v>
+            <v>6560</v>
           </cell>
           <cell r="L118">
-            <v>298547</v>
+            <v>296152</v>
           </cell>
         </row>
         <row r="119">
           <cell r="G119">
-            <v>997</v>
+            <v>20235</v>
           </cell>
           <cell r="H119">
-            <v>7458</v>
+            <v>5400</v>
           </cell>
           <cell r="I119">
-            <v>5931</v>
+            <v>8833</v>
           </cell>
           <cell r="J119">
-            <v>2723</v>
+            <v>0</v>
           </cell>
           <cell r="L119">
-            <v>17109</v>
+            <v>34468</v>
           </cell>
         </row>
         <row r="120">
           <cell r="G120">
-            <v>9414</v>
+            <v>4029</v>
           </cell>
           <cell r="H120">
-            <v>22459</v>
+            <v>21733</v>
           </cell>
           <cell r="I120">
-            <v>33087</v>
+            <v>23954</v>
           </cell>
           <cell r="J120">
-            <v>15098</v>
+            <v>2764</v>
           </cell>
           <cell r="L120">
-            <v>80058</v>
+            <v>52480</v>
           </cell>
         </row>
         <row r="121">
           <cell r="G121">
-            <v>1467</v>
+            <v>1849</v>
           </cell>
           <cell r="H121">
-            <v>11782</v>
+            <v>9480</v>
           </cell>
           <cell r="I121">
-            <v>1988</v>
+            <v>1850</v>
           </cell>
           <cell r="J121">
             <v>0</v>
           </cell>
           <cell r="L121">
-            <v>15237</v>
+            <v>13179</v>
           </cell>
         </row>
         <row r="122">
           <cell r="G122">
-            <v>166336</v>
+            <v>136717</v>
           </cell>
           <cell r="H122">
-            <v>123922</v>
+            <v>127313</v>
           </cell>
           <cell r="I122">
-            <v>599962</v>
+            <v>594430</v>
           </cell>
           <cell r="J122">
-            <v>112733</v>
+            <v>113408</v>
           </cell>
           <cell r="L122">
-            <v>1002953</v>
+            <v>971868</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>5017757</v>
+            <v>4510378</v>
           </cell>
           <cell r="D123">
-            <v>299209</v>
+            <v>300096</v>
           </cell>
           <cell r="E123">
-            <v>3636039</v>
+            <v>3306942</v>
           </cell>
           <cell r="F123">
-            <v>1927166</v>
+            <v>1917838</v>
           </cell>
           <cell r="G123">
-            <v>3263153</v>
+            <v>3347803</v>
           </cell>
           <cell r="H123">
-            <v>1741022</v>
+            <v>2024793</v>
           </cell>
           <cell r="I123">
-            <v>5235148</v>
+            <v>5149858</v>
           </cell>
           <cell r="J123">
-            <v>1178859</v>
+            <v>1607872</v>
           </cell>
           <cell r="K123">
-            <v>894129</v>
+            <v>1024378</v>
           </cell>
           <cell r="L123">
-            <v>23192482</v>
+            <v>23189958</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
-            <v>1604225</v>
+            <v>1895954</v>
           </cell>
           <cell r="D127">
-            <v>5520345</v>
+            <v>5916496</v>
           </cell>
           <cell r="E127">
-            <v>1024086</v>
+            <v>1051637</v>
           </cell>
           <cell r="F127">
-            <v>636673</v>
+            <v>669865</v>
           </cell>
           <cell r="G127">
-            <v>49145</v>
+            <v>46617</v>
           </cell>
           <cell r="H127">
-            <v>1463272</v>
+            <v>1472484</v>
           </cell>
           <cell r="J127">
-            <v>10297746</v>
+            <v>11053053</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
-            <v>51439</v>
+            <v>79665</v>
           </cell>
           <cell r="D128">
-            <v>893661</v>
+            <v>841232</v>
           </cell>
           <cell r="E128">
-            <v>327979</v>
+            <v>299083</v>
           </cell>
           <cell r="F128">
-            <v>69605</v>
+            <v>82352</v>
           </cell>
           <cell r="G128">
-            <v>4641</v>
+            <v>6242</v>
           </cell>
           <cell r="H128">
-            <v>66579</v>
+            <v>59572</v>
           </cell>
           <cell r="J128">
-            <v>1413904</v>
+            <v>1368146</v>
           </cell>
         </row>
         <row r="129">
           <cell r="C129">
-            <v>27078</v>
+            <v>37650</v>
           </cell>
           <cell r="D129">
-            <v>122139</v>
+            <v>95994</v>
           </cell>
           <cell r="E129">
-            <v>106206</v>
+            <v>110195</v>
           </cell>
           <cell r="F129">
-            <v>34383</v>
+            <v>47617</v>
           </cell>
           <cell r="G129">
-            <v>1114</v>
+            <v>2285</v>
           </cell>
           <cell r="H129">
-            <v>7627</v>
+            <v>2409</v>
           </cell>
           <cell r="J129">
-            <v>298547</v>
+            <v>296150</v>
           </cell>
         </row>
         <row r="130">
           <cell r="C130">
-            <v>2557</v>
+            <v>19578</v>
           </cell>
           <cell r="D130">
-            <v>8654</v>
+            <v>8833</v>
           </cell>
           <cell r="E130">
-            <v>1617</v>
+            <v>1588</v>
           </cell>
           <cell r="F130">
-            <v>4076</v>
+            <v>4306</v>
           </cell>
           <cell r="G130">
-            <v>205</v>
+            <v>162</v>
           </cell>
           <cell r="H130">
             <v>0</v>
           </cell>
           <cell r="J130">
-            <v>17109</v>
+            <v>34467</v>
           </cell>
         </row>
         <row r="131">
           <cell r="C131">
-            <v>4536</v>
+            <v>2769</v>
           </cell>
           <cell r="D131">
-            <v>48185</v>
+            <v>26717</v>
           </cell>
           <cell r="E131">
-            <v>1856</v>
+            <v>1260</v>
           </cell>
           <cell r="F131">
-            <v>5726</v>
+            <v>5797</v>
           </cell>
           <cell r="G131">
-            <v>284</v>
+            <v>565</v>
           </cell>
           <cell r="H131">
-            <v>19471</v>
+            <v>15372</v>
           </cell>
           <cell r="J131">
-            <v>80058</v>
+            <v>52480</v>
           </cell>
         </row>
         <row r="132">
           <cell r="C132">
-            <v>1176</v>
+            <v>1696</v>
           </cell>
           <cell r="D132">
-            <v>1988</v>
+            <v>1850</v>
           </cell>
           <cell r="E132">
-            <v>767</v>
+            <v>507</v>
           </cell>
           <cell r="F132">
-            <v>10792</v>
+            <v>8683</v>
           </cell>
           <cell r="G132">
-            <v>514</v>
+            <v>444</v>
           </cell>
           <cell r="H132">
             <v>0</v>
           </cell>
           <cell r="J132">
-            <v>15237</v>
+            <v>13180</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
-            <v>16092</v>
+            <v>17972</v>
           </cell>
           <cell r="D133">
-            <v>712695</v>
+            <v>707838</v>
           </cell>
           <cell r="E133">
-            <v>217533</v>
+            <v>185533</v>
           </cell>
           <cell r="F133">
-            <v>14628</v>
+            <v>15949</v>
           </cell>
           <cell r="G133">
-            <v>2524</v>
+            <v>2786</v>
           </cell>
           <cell r="H133">
-            <v>39481</v>
+            <v>41791</v>
           </cell>
           <cell r="J133">
-            <v>1002953</v>
+            <v>971869</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
-            <v>1655664</v>
+            <v>1975619</v>
           </cell>
           <cell r="D134">
-            <v>6414006</v>
+            <v>6757728</v>
           </cell>
           <cell r="E134">
-            <v>1352065</v>
+            <v>1350720</v>
           </cell>
           <cell r="F134">
-            <v>706278</v>
+            <v>752217</v>
           </cell>
           <cell r="G134">
-            <v>53786</v>
+            <v>52859</v>
           </cell>
           <cell r="H134">
-            <v>1529851</v>
+            <v>1532056</v>
           </cell>
           <cell r="J134">
-            <v>11711650</v>
+            <v>12421199</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
-            <v>222452</v>
+            <v>194045</v>
           </cell>
           <cell r="D142">
-            <v>165135</v>
+            <v>160199</v>
           </cell>
           <cell r="E142">
-            <v>386216</v>
+            <v>374915</v>
           </cell>
           <cell r="F142">
-            <v>362711</v>
+            <v>438294</v>
           </cell>
           <cell r="G142">
-            <v>226529</v>
+            <v>221167</v>
           </cell>
           <cell r="H142">
-            <v>80196</v>
+            <v>54130</v>
           </cell>
           <cell r="I142">
-            <v>476323</v>
+            <v>461748</v>
           </cell>
           <cell r="J142">
-            <v>213398</v>
+            <v>205733</v>
           </cell>
           <cell r="K142">
-            <v>103124</v>
+            <v>99653</v>
           </cell>
           <cell r="L142">
-            <v>923218</v>
+            <v>906449</v>
           </cell>
           <cell r="M142">
-            <v>1508020</v>
+            <v>2062942</v>
           </cell>
           <cell r="N142">
-            <v>376506</v>
+            <v>375405</v>
           </cell>
           <cell r="O142">
-            <v>6444177</v>
+            <v>6663292</v>
           </cell>
           <cell r="P142">
-            <v>223645</v>
+            <v>203227</v>
           </cell>
           <cell r="Q142">
-            <v>11711650</v>
+            <v>12421199</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
-            <v>20180</v>
+            <v>20805</v>
           </cell>
           <cell r="D143">
-            <v>13</v>
+            <v>1</v>
           </cell>
           <cell r="E143">
-            <v>2354</v>
+            <v>1122</v>
           </cell>
           <cell r="F143">
-            <v>13655</v>
+            <v>15322</v>
           </cell>
           <cell r="G143">
-            <v>88823</v>
+            <v>81137</v>
           </cell>
           <cell r="H143">
-            <v>398</v>
+            <v>70</v>
           </cell>
           <cell r="I143">
-            <v>47053</v>
+            <v>43627</v>
           </cell>
           <cell r="J143">
-            <v>16596</v>
+            <v>13043</v>
           </cell>
           <cell r="K143">
-            <v>14969</v>
+            <v>13398</v>
           </cell>
           <cell r="L143">
-            <v>26727</v>
+            <v>33177</v>
           </cell>
           <cell r="M143">
-            <v>114629</v>
+            <v>95961</v>
           </cell>
           <cell r="N143">
-            <v>2362</v>
+            <v>2268</v>
           </cell>
           <cell r="O143">
-            <v>700935</v>
+            <v>669151</v>
           </cell>
           <cell r="P143">
-            <v>49554</v>
+            <v>48445</v>
           </cell>
           <cell r="Q143">
-            <v>1098248</v>
+            <v>1037527</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
-            <v>9132</v>
+            <v>8850</v>
           </cell>
           <cell r="D144">
             <v>0</v>
           </cell>
           <cell r="E144">
             <v>255</v>
           </cell>
           <cell r="F144">
-            <v>1243</v>
+            <v>1970</v>
           </cell>
           <cell r="G144">
-            <v>56888</v>
+            <v>51507</v>
           </cell>
           <cell r="H144">
             <v>0</v>
           </cell>
           <cell r="I144">
             <v>13537</v>
           </cell>
           <cell r="J144">
-            <v>4487</v>
+            <v>4609</v>
           </cell>
           <cell r="K144">
-            <v>6858</v>
+            <v>6368</v>
           </cell>
           <cell r="L144">
-            <v>14474</v>
+            <v>20330</v>
           </cell>
           <cell r="M144">
-            <v>39072</v>
+            <v>40746</v>
           </cell>
           <cell r="N144">
-            <v>625</v>
+            <v>581</v>
           </cell>
           <cell r="O144">
-            <v>283437</v>
+            <v>270142</v>
           </cell>
           <cell r="P144">
-            <v>22665</v>
+            <v>20946</v>
           </cell>
           <cell r="Q144">
-            <v>452673</v>
+            <v>439841</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
-            <v>7089</v>
+            <v>7307</v>
           </cell>
           <cell r="D145">
-            <v>5</v>
+            <v>1</v>
           </cell>
           <cell r="E145">
-            <v>1774</v>
+            <v>743</v>
           </cell>
           <cell r="F145">
-            <v>9802</v>
+            <v>10408</v>
           </cell>
           <cell r="G145">
-            <v>22997</v>
+            <v>18765</v>
           </cell>
           <cell r="H145">
-            <v>134</v>
+            <v>67</v>
           </cell>
           <cell r="I145">
-            <v>25648</v>
+            <v>22026</v>
           </cell>
           <cell r="J145">
-            <v>5927</v>
+            <v>5702</v>
           </cell>
           <cell r="K145">
-            <v>4868</v>
+            <v>4227</v>
           </cell>
           <cell r="L145">
-            <v>8465</v>
+            <v>8605</v>
           </cell>
           <cell r="M145">
-            <v>43927</v>
+            <v>32225</v>
           </cell>
           <cell r="N145">
-            <v>1134</v>
+            <v>1078</v>
           </cell>
           <cell r="O145">
-            <v>224560</v>
+            <v>198184</v>
           </cell>
           <cell r="P145">
-            <v>15447</v>
+            <v>16318</v>
           </cell>
           <cell r="Q145">
-            <v>371777</v>
+            <v>325656</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
-            <v>3959</v>
+            <v>4648</v>
           </cell>
           <cell r="D146">
-            <v>8</v>
+            <v>0</v>
           </cell>
           <cell r="E146">
-            <v>325</v>
+            <v>124</v>
           </cell>
           <cell r="F146">
-            <v>2610</v>
+            <v>2944</v>
           </cell>
           <cell r="G146">
-            <v>8938</v>
+            <v>10865</v>
           </cell>
           <cell r="H146">
-            <v>264</v>
+            <v>3</v>
           </cell>
           <cell r="I146">
-            <v>7868</v>
+            <v>8064</v>
           </cell>
           <cell r="J146">
-            <v>6182</v>
+            <v>2732</v>
           </cell>
           <cell r="K146">
-            <v>3243</v>
+            <v>2803</v>
           </cell>
           <cell r="L146">
-            <v>3788</v>
+            <v>4242</v>
           </cell>
           <cell r="M146">
-            <v>31630</v>
+            <v>22990</v>
           </cell>
           <cell r="N146">
-            <v>603</v>
+            <v>609</v>
           </cell>
           <cell r="O146">
-            <v>192938</v>
+            <v>200825</v>
           </cell>
           <cell r="P146">
-            <v>11442</v>
+            <v>11181</v>
           </cell>
           <cell r="Q146">
-            <v>273798</v>
+            <v>272030</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
-            <v>51</v>
+            <v>62</v>
           </cell>
           <cell r="D148">
-            <v>19</v>
+            <v>29</v>
           </cell>
           <cell r="E148">
-            <v>60</v>
+            <v>78</v>
           </cell>
           <cell r="F148">
-            <v>76</v>
+            <v>97</v>
           </cell>
           <cell r="G148">
-            <v>278</v>
+            <v>284</v>
           </cell>
           <cell r="H148">
-            <v>25</v>
+            <v>34</v>
           </cell>
           <cell r="I148">
-            <v>138</v>
+            <v>181</v>
           </cell>
           <cell r="J148">
-            <v>139</v>
+            <v>155</v>
           </cell>
           <cell r="K148">
-            <v>147</v>
+            <v>216</v>
           </cell>
           <cell r="L148">
-            <v>186</v>
+            <v>214</v>
           </cell>
           <cell r="M148">
-            <v>916</v>
+            <v>1137</v>
           </cell>
           <cell r="N148">
-            <v>320</v>
+            <v>396</v>
           </cell>
           <cell r="O148">
-            <v>24828</v>
+            <v>30689</v>
           </cell>
           <cell r="P148">
-            <v>3762</v>
+            <v>3807</v>
           </cell>
           <cell r="Q148">
-            <v>30945</v>
+            <v>37379</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>61900</v>
+            <v>63459</v>
           </cell>
           <cell r="D153">
-            <v>1226431</v>
+            <v>1232473</v>
           </cell>
           <cell r="E153">
-            <v>50952</v>
+            <v>54108</v>
           </cell>
           <cell r="F153">
-            <v>156672</v>
+            <v>160088</v>
           </cell>
           <cell r="G153">
-            <v>97162</v>
+            <v>97856</v>
           </cell>
           <cell r="H153">
-            <v>8863749</v>
+            <v>9541424</v>
           </cell>
           <cell r="I153">
             <v>0</v>
           </cell>
           <cell r="J153">
-            <v>138929</v>
+            <v>144701</v>
           </cell>
           <cell r="K153">
-            <v>49134</v>
+            <v>49934</v>
           </cell>
           <cell r="L153">
-            <v>156073</v>
+            <v>153751</v>
           </cell>
           <cell r="M153">
-            <v>562035</v>
+            <v>559813</v>
           </cell>
           <cell r="N153">
-            <v>120035</v>
+            <v>127012</v>
           </cell>
           <cell r="O153">
-            <v>228578</v>
+            <v>236580</v>
           </cell>
           <cell r="P153">
-            <v>11711650</v>
+            <v>12421199</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
-            <v>8196</v>
+            <v>8680</v>
           </cell>
           <cell r="D154">
-            <v>105817</v>
+            <v>74466</v>
           </cell>
           <cell r="E154">
-            <v>8745</v>
+            <v>8946</v>
           </cell>
           <cell r="F154">
-            <v>6586</v>
+            <v>6689</v>
           </cell>
           <cell r="G154">
-            <v>2587</v>
+            <v>2508</v>
           </cell>
           <cell r="H154">
-            <v>896747</v>
+            <v>862918</v>
           </cell>
           <cell r="I154">
             <v>0</v>
           </cell>
           <cell r="J154">
-            <v>2928</v>
+            <v>3133</v>
           </cell>
           <cell r="K154">
-            <v>242</v>
+            <v>739</v>
           </cell>
           <cell r="L154">
-            <v>1720</v>
+            <v>1747</v>
           </cell>
           <cell r="M154">
-            <v>44205</v>
+            <v>43934</v>
           </cell>
           <cell r="N154">
-            <v>3502</v>
+            <v>3628</v>
           </cell>
           <cell r="O154">
-            <v>16973</v>
+            <v>20139</v>
           </cell>
           <cell r="P154">
-            <v>1098248</v>
+            <v>1037527</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>722</v>
+            <v>798</v>
           </cell>
           <cell r="D155">
-            <v>3904</v>
+            <v>5091</v>
           </cell>
           <cell r="E155">
-            <v>691</v>
+            <v>747</v>
           </cell>
           <cell r="F155">
-            <v>1368</v>
+            <v>1566</v>
           </cell>
           <cell r="G155">
-            <v>1453</v>
+            <v>1652</v>
           </cell>
           <cell r="H155">
-            <v>14040</v>
+            <v>17200</v>
           </cell>
           <cell r="I155">
             <v>0</v>
           </cell>
           <cell r="J155">
-            <v>1010</v>
+            <v>1118</v>
           </cell>
           <cell r="K155">
-            <v>586</v>
+            <v>626</v>
           </cell>
           <cell r="L155">
-            <v>884</v>
+            <v>1048</v>
           </cell>
           <cell r="M155">
-            <v>3264</v>
+            <v>3929</v>
           </cell>
           <cell r="N155">
-            <v>888</v>
+            <v>1035</v>
           </cell>
           <cell r="O155">
-            <v>2135</v>
+            <v>2569</v>
           </cell>
           <cell r="P155">
-            <v>30945</v>
+            <v>37379</v>
           </cell>
         </row>
         <row r="164">
           <cell r="D164">
-            <v>91098</v>
+            <v>90324</v>
           </cell>
           <cell r="G164">
-            <v>20396</v>
+            <v>20643</v>
           </cell>
           <cell r="I164">
-            <v>5235148</v>
+            <v>5149857</v>
           </cell>
           <cell r="J164">
-            <v>5346642</v>
+            <v>5260824</v>
           </cell>
         </row>
         <row r="165">
           <cell r="D165">
-            <v>25688</v>
+            <v>37873</v>
           </cell>
           <cell r="G165">
-            <v>52645</v>
+            <v>442534</v>
           </cell>
           <cell r="I165">
-            <v>1178859</v>
+            <v>1607872</v>
           </cell>
           <cell r="J165">
-            <v>1257192</v>
+            <v>2088279</v>
           </cell>
         </row>
         <row r="170">
           <cell r="C170">
-            <v>9</v>
+            <v>10</v>
           </cell>
           <cell r="D170">
             <v>7438</v>
           </cell>
           <cell r="E170">
-            <v>16760</v>
+            <v>16075</v>
           </cell>
         </row>
         <row r="171">
           <cell r="C171">
-            <v>9</v>
+            <v>10</v>
           </cell>
           <cell r="D171">
             <v>7438</v>
           </cell>
           <cell r="E171">
-            <v>16760</v>
+            <v>16075</v>
           </cell>
         </row>
         <row r="173">
           <cell r="C173">
-            <v>11</v>
+            <v>31</v>
           </cell>
           <cell r="D173">
-            <v>2890</v>
+            <v>23277</v>
           </cell>
           <cell r="E173">
-            <v>1728</v>
+            <v>19412</v>
           </cell>
         </row>
         <row r="175">
           <cell r="C175">
-            <v>20</v>
+            <v>41</v>
           </cell>
           <cell r="D175">
-            <v>10328</v>
+            <v>30715</v>
           </cell>
           <cell r="E175">
-            <v>18488</v>
+            <v>35487</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
             <v>1</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>8</v>
+            <v>11</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
             <v>10</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>6</v>
+            <v>10</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
-            <v>2</v>
+            <v>4</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>27</v>
+            <v>36</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="4">
         <row r="9">
           <cell r="C9">
-            <v>621392</v>
+            <v>555470</v>
           </cell>
           <cell r="D9">
             <v>0</v>
           </cell>
           <cell r="E9">
             <v>0</v>
           </cell>
           <cell r="F9">
             <v>0</v>
           </cell>
           <cell r="G9">
             <v>0</v>
           </cell>
           <cell r="H9">
-            <v>621392</v>
+            <v>555470</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>-65922</v>
+            <v>-56910</v>
           </cell>
           <cell r="D10">
             <v>0</v>
           </cell>
           <cell r="E10">
             <v>0</v>
           </cell>
           <cell r="F10">
             <v>0</v>
           </cell>
           <cell r="G10">
             <v>0</v>
           </cell>
           <cell r="H10">
-            <v>-65922</v>
+            <v>-56910</v>
           </cell>
         </row>
         <row r="11">
           <cell r="C11">
             <v>0</v>
           </cell>
           <cell r="D11">
             <v>0</v>
           </cell>
           <cell r="E11">
             <v>0</v>
           </cell>
           <cell r="F11">
             <v>0</v>
           </cell>
+          <cell r="G11">
+            <v>0</v>
+          </cell>
           <cell r="H11">
             <v>0</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>555470</v>
+            <v>498560</v>
           </cell>
           <cell r="H12">
-            <v>555470</v>
+            <v>498560</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="H13">
+            <v>0</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>555470</v>
+            <v>498560</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="H15">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="C16">
+            <v>0</v>
+          </cell>
+          <cell r="D16">
+            <v>0</v>
+          </cell>
+          <cell r="E16">
+            <v>0</v>
+          </cell>
+          <cell r="F16">
+            <v>0</v>
+          </cell>
+          <cell r="G16">
+            <v>0</v>
+          </cell>
+          <cell r="H16">
+            <v>0</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
             <v>0</v>
           </cell>
           <cell r="D19">
             <v>0</v>
           </cell>
           <cell r="E19">
             <v>0</v>
           </cell>
           <cell r="F19">
             <v>0</v>
           </cell>
           <cell r="G19">
             <v>0</v>
           </cell>
           <cell r="H19">
             <v>0</v>
           </cell>
         </row>
+        <row r="20">
+          <cell r="C20">
+            <v>0</v>
+          </cell>
+          <cell r="D20">
+            <v>0</v>
+          </cell>
+          <cell r="E20">
+            <v>0</v>
+          </cell>
+          <cell r="F20">
+            <v>0</v>
+          </cell>
+          <cell r="G20">
+            <v>0</v>
+          </cell>
+          <cell r="H20">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="21">
+          <cell r="C21">
+            <v>0</v>
+          </cell>
+          <cell r="D21">
+            <v>0</v>
+          </cell>
+          <cell r="E21">
+            <v>0</v>
+          </cell>
+          <cell r="F21">
+            <v>0</v>
+          </cell>
+          <cell r="G21">
+            <v>0</v>
+          </cell>
+          <cell r="H21">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="22">
           <cell r="C22">
             <v>0</v>
           </cell>
           <cell r="D22">
             <v>0</v>
           </cell>
           <cell r="E22">
             <v>0</v>
           </cell>
           <cell r="F22">
             <v>0</v>
           </cell>
           <cell r="G22">
             <v>0</v>
           </cell>
           <cell r="H22">
             <v>0</v>
           </cell>
         </row>
+        <row r="23">
+          <cell r="E23">
+            <v>0</v>
+          </cell>
+          <cell r="F23">
+            <v>0</v>
+          </cell>
+          <cell r="G23">
+            <v>0</v>
+          </cell>
+          <cell r="H23">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="24">
           <cell r="C24">
             <v>0</v>
           </cell>
           <cell r="D24">
             <v>0</v>
           </cell>
           <cell r="E24">
             <v>0</v>
           </cell>
           <cell r="F24">
             <v>0</v>
           </cell>
           <cell r="G24">
             <v>0</v>
           </cell>
           <cell r="H24">
             <v>0</v>
           </cell>
         </row>
+        <row r="25">
+          <cell r="E25">
+            <v>0</v>
+          </cell>
+          <cell r="F25">
+            <v>0</v>
+          </cell>
+          <cell r="G25">
+            <v>0</v>
+          </cell>
+          <cell r="H25">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="D26">
+            <v>0</v>
+          </cell>
+          <cell r="E26">
+            <v>0</v>
+          </cell>
+          <cell r="F26">
+            <v>0</v>
+          </cell>
+          <cell r="G26">
+            <v>0</v>
+          </cell>
+          <cell r="H26">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="29">
           <cell r="C29">
-            <v>67082</v>
+            <v>33915</v>
           </cell>
           <cell r="D29">
             <v>0</v>
           </cell>
           <cell r="E29">
             <v>0</v>
           </cell>
           <cell r="F29">
             <v>0</v>
           </cell>
           <cell r="G29">
             <v>0</v>
           </cell>
           <cell r="H29">
-            <v>67082</v>
+            <v>33915</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>-33167</v>
+            <v>46414</v>
           </cell>
           <cell r="D30">
             <v>0</v>
           </cell>
           <cell r="E30">
             <v>0</v>
           </cell>
           <cell r="F30">
             <v>0</v>
           </cell>
           <cell r="G30">
             <v>0</v>
           </cell>
           <cell r="H30">
-            <v>-33167</v>
+            <v>46414</v>
           </cell>
         </row>
         <row r="31">
           <cell r="C31">
             <v>0</v>
           </cell>
           <cell r="D31">
             <v>0</v>
           </cell>
           <cell r="E31">
             <v>0</v>
           </cell>
           <cell r="F31">
             <v>0</v>
           </cell>
           <cell r="H31">
             <v>0</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>33915</v>
+            <v>80329</v>
           </cell>
           <cell r="D32">
             <v>0</v>
           </cell>
           <cell r="E32">
             <v>0</v>
           </cell>
           <cell r="F32">
             <v>0</v>
           </cell>
           <cell r="G32">
             <v>0</v>
           </cell>
           <cell r="H32">
-            <v>33915</v>
+            <v>80329</v>
+          </cell>
+        </row>
+        <row r="33">
+          <cell r="E33">
+            <v>0</v>
+          </cell>
+          <cell r="F33">
+            <v>0</v>
+          </cell>
+          <cell r="G33">
+            <v>0</v>
+          </cell>
+          <cell r="H33">
+            <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>33915</v>
+            <v>80329</v>
           </cell>
           <cell r="D34">
             <v>0</v>
           </cell>
           <cell r="E34">
             <v>0</v>
           </cell>
           <cell r="F34">
             <v>0</v>
           </cell>
           <cell r="G34">
             <v>0</v>
           </cell>
           <cell r="H34">
-            <v>33915</v>
+            <v>80329</v>
+          </cell>
+        </row>
+        <row r="35">
+          <cell r="E35">
+            <v>0</v>
+          </cell>
+          <cell r="F35">
+            <v>0</v>
+          </cell>
+          <cell r="G35">
+            <v>0</v>
+          </cell>
+          <cell r="H35">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="36">
+          <cell r="C36">
+            <v>0</v>
+          </cell>
+          <cell r="D36">
+            <v>0</v>
+          </cell>
+          <cell r="E36">
+            <v>0</v>
+          </cell>
+          <cell r="F36">
+            <v>0</v>
+          </cell>
+          <cell r="H36">
+            <v>0</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
             <v>0</v>
           </cell>
           <cell r="D39">
             <v>0</v>
           </cell>
           <cell r="E39">
             <v>0</v>
           </cell>
           <cell r="F39">
             <v>0</v>
           </cell>
           <cell r="G39">
             <v>0</v>
           </cell>
           <cell r="H39">
             <v>0</v>
           </cell>
         </row>
+        <row r="40">
+          <cell r="C40">
+            <v>0</v>
+          </cell>
+          <cell r="D40">
+            <v>0</v>
+          </cell>
+          <cell r="E40">
+            <v>0</v>
+          </cell>
+          <cell r="F40">
+            <v>0</v>
+          </cell>
+          <cell r="G40">
+            <v>0</v>
+          </cell>
+          <cell r="H40">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="41">
+          <cell r="C41">
+            <v>0</v>
+          </cell>
+          <cell r="D41">
+            <v>0</v>
+          </cell>
+          <cell r="E41">
+            <v>0</v>
+          </cell>
+          <cell r="F41">
+            <v>0</v>
+          </cell>
+          <cell r="G41">
+            <v>0</v>
+          </cell>
+          <cell r="H41">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="42">
           <cell r="C42">
             <v>0</v>
           </cell>
           <cell r="D42">
             <v>0</v>
           </cell>
           <cell r="E42">
             <v>0</v>
           </cell>
           <cell r="F42">
             <v>0</v>
           </cell>
           <cell r="G42">
             <v>0</v>
           </cell>
           <cell r="H42">
             <v>0</v>
           </cell>
         </row>
+        <row r="43">
+          <cell r="E43">
+            <v>0</v>
+          </cell>
+          <cell r="F43">
+            <v>0</v>
+          </cell>
+          <cell r="G43">
+            <v>0</v>
+          </cell>
+          <cell r="H43">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="44">
           <cell r="C44">
             <v>0</v>
           </cell>
           <cell r="D44">
             <v>0</v>
           </cell>
           <cell r="E44">
             <v>0</v>
           </cell>
           <cell r="F44">
             <v>0</v>
           </cell>
           <cell r="G44">
             <v>0</v>
           </cell>
           <cell r="H44">
             <v>0</v>
           </cell>
         </row>
+        <row r="45">
+          <cell r="F45">
+            <v>0</v>
+          </cell>
+          <cell r="G45">
+            <v>0</v>
+          </cell>
+          <cell r="H45">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="46">
+          <cell r="C46">
+            <v>0</v>
+          </cell>
+          <cell r="D46">
+            <v>0</v>
+          </cell>
+          <cell r="E46">
+            <v>0</v>
+          </cell>
+          <cell r="F46">
+            <v>0</v>
+          </cell>
+          <cell r="G46">
+            <v>0</v>
+          </cell>
+          <cell r="H46">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="49">
           <cell r="C49">
             <v>0</v>
           </cell>
           <cell r="D49">
             <v>0</v>
           </cell>
           <cell r="E49">
             <v>0</v>
           </cell>
           <cell r="F49">
             <v>0</v>
           </cell>
           <cell r="G49">
             <v>0</v>
           </cell>
           <cell r="H49">
             <v>0</v>
           </cell>
         </row>
+        <row r="50">
+          <cell r="C50">
+            <v>0</v>
+          </cell>
+          <cell r="D50">
+            <v>0</v>
+          </cell>
+          <cell r="E50">
+            <v>0</v>
+          </cell>
+          <cell r="F50">
+            <v>0</v>
+          </cell>
+          <cell r="G50">
+            <v>0</v>
+          </cell>
+          <cell r="H50">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="51">
+          <cell r="C51">
+            <v>0</v>
+          </cell>
+          <cell r="D51">
+            <v>0</v>
+          </cell>
+          <cell r="E51">
+            <v>0</v>
+          </cell>
+          <cell r="F51">
+            <v>0</v>
+          </cell>
+          <cell r="G51">
+            <v>0</v>
+          </cell>
+          <cell r="H51">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="52">
           <cell r="C52">
             <v>0</v>
           </cell>
           <cell r="D52">
             <v>0</v>
           </cell>
           <cell r="E52">
             <v>0</v>
           </cell>
           <cell r="F52">
             <v>0</v>
           </cell>
           <cell r="G52">
             <v>0</v>
           </cell>
           <cell r="H52">
             <v>0</v>
           </cell>
         </row>
+        <row r="53">
+          <cell r="E53">
+            <v>0</v>
+          </cell>
+          <cell r="F53">
+            <v>0</v>
+          </cell>
+          <cell r="G53">
+            <v>0</v>
+          </cell>
+          <cell r="H53">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="54">
           <cell r="C54">
             <v>0</v>
           </cell>
           <cell r="D54">
             <v>0</v>
           </cell>
           <cell r="E54">
             <v>0</v>
           </cell>
           <cell r="F54">
             <v>0</v>
           </cell>
           <cell r="G54">
             <v>0</v>
           </cell>
           <cell r="H54">
             <v>0</v>
           </cell>
         </row>
+        <row r="55">
+          <cell r="E55">
+            <v>0</v>
+          </cell>
+          <cell r="F55">
+            <v>0</v>
+          </cell>
+          <cell r="G55">
+            <v>0</v>
+          </cell>
+          <cell r="H55">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="56">
+          <cell r="D56">
+            <v>0</v>
+          </cell>
+          <cell r="E56">
+            <v>0</v>
+          </cell>
+          <cell r="F56">
+            <v>0</v>
+          </cell>
+          <cell r="G56">
+            <v>0</v>
+          </cell>
+          <cell r="H56">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="59">
           <cell r="C59">
-            <v>2982269</v>
+            <v>3090596</v>
           </cell>
           <cell r="D59">
-            <v>15011</v>
+            <v>10356</v>
           </cell>
           <cell r="E59">
-            <v>28770</v>
+            <v>20782</v>
           </cell>
           <cell r="F59">
-            <v>37346</v>
+            <v>40330</v>
           </cell>
           <cell r="G59">
-            <v>107867</v>
+            <v>107620</v>
           </cell>
           <cell r="H59">
-            <v>3171263</v>
+            <v>3269684</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>108327</v>
+            <v>97848</v>
           </cell>
           <cell r="D60">
-            <v>-4655</v>
+            <v>-2124</v>
           </cell>
           <cell r="E60">
-            <v>-7988</v>
+            <v>3831</v>
           </cell>
           <cell r="F60">
-            <v>2984</v>
+            <v>-1401</v>
           </cell>
           <cell r="G60">
-            <v>-247</v>
+            <v>2223</v>
           </cell>
           <cell r="H60">
-            <v>98421</v>
+            <v>100377</v>
+          </cell>
+        </row>
+        <row r="61">
+          <cell r="C61">
+            <v>0</v>
+          </cell>
+          <cell r="D61">
+            <v>0</v>
+          </cell>
+          <cell r="E61">
+            <v>0</v>
+          </cell>
+          <cell r="F61">
+            <v>0</v>
+          </cell>
+          <cell r="G61">
+            <v>0</v>
+          </cell>
+          <cell r="H61">
+            <v>0</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>3090596</v>
+            <v>3188444</v>
           </cell>
           <cell r="D62">
-            <v>10356</v>
+            <v>8232</v>
           </cell>
           <cell r="E62">
-            <v>20782</v>
+            <v>24613</v>
           </cell>
           <cell r="F62">
-            <v>40330</v>
+            <v>38929</v>
           </cell>
           <cell r="G62">
-            <v>107620</v>
+            <v>109843</v>
           </cell>
           <cell r="H62">
-            <v>3269684</v>
+            <v>3370061</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>3090596</v>
+            <v>3188444</v>
           </cell>
           <cell r="D64">
-            <v>10356</v>
+            <v>8232</v>
           </cell>
           <cell r="E64">
-            <v>20782</v>
+            <v>24613</v>
           </cell>
           <cell r="F64">
-            <v>40330</v>
+            <v>38929</v>
           </cell>
           <cell r="G64">
-            <v>107620</v>
+            <v>109843</v>
           </cell>
           <cell r="H64">
-            <v>3269684</v>
+            <v>3370061</v>
+          </cell>
+        </row>
+        <row r="65">
+          <cell r="E65">
+            <v>0</v>
+          </cell>
+          <cell r="F65">
+            <v>0</v>
+          </cell>
+          <cell r="G65">
+            <v>0</v>
+          </cell>
+          <cell r="H65">
+            <v>0</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>30906</v>
+            <v>31884</v>
           </cell>
           <cell r="D66">
-            <v>207</v>
+            <v>165</v>
           </cell>
           <cell r="E66">
-            <v>2078</v>
+            <v>2461</v>
           </cell>
           <cell r="F66">
-            <v>20165</v>
+            <v>19465</v>
           </cell>
           <cell r="G66">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
           <cell r="H66">
-            <v>160977</v>
+            <v>163818</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>178342</v>
+            <v>177141</v>
           </cell>
           <cell r="D69">
-            <v>0</v>
+            <v>8973</v>
           </cell>
           <cell r="E69">
-            <v>0</v>
+            <v>11791</v>
           </cell>
           <cell r="F69">
-            <v>0</v>
+            <v>1780</v>
           </cell>
           <cell r="G69">
             <v>0</v>
           </cell>
           <cell r="H69">
-            <v>178342</v>
+            <v>199685</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>-1201</v>
+            <v>6091</v>
           </cell>
           <cell r="D70">
-            <v>8973</v>
+            <v>2252</v>
           </cell>
           <cell r="E70">
-            <v>11791</v>
+            <v>3742</v>
           </cell>
           <cell r="F70">
-            <v>1780</v>
+            <v>2401</v>
           </cell>
           <cell r="G70">
             <v>0</v>
           </cell>
           <cell r="H70">
-            <v>21343</v>
+            <v>14486</v>
           </cell>
         </row>
         <row r="71">
           <cell r="C71">
             <v>0</v>
           </cell>
           <cell r="D71">
             <v>0</v>
           </cell>
           <cell r="E71">
             <v>0</v>
           </cell>
           <cell r="F71">
             <v>0</v>
           </cell>
+          <cell r="G71">
+            <v>0</v>
+          </cell>
           <cell r="H71">
             <v>0</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>177141</v>
+            <v>183232</v>
           </cell>
           <cell r="D72">
-            <v>8973</v>
+            <v>11225</v>
           </cell>
           <cell r="E72">
-            <v>11791</v>
+            <v>15533</v>
           </cell>
           <cell r="F72">
-            <v>1780</v>
+            <v>4181</v>
           </cell>
           <cell r="G72">
             <v>0</v>
           </cell>
           <cell r="H72">
-            <v>199685</v>
+            <v>214171</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>0</v>
+          </cell>
+          <cell r="F73">
+            <v>0</v>
+          </cell>
+          <cell r="H73">
+            <v>0</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>177141</v>
+            <v>183232</v>
           </cell>
           <cell r="D74">
-            <v>8973</v>
+            <v>11225</v>
           </cell>
           <cell r="E74">
-            <v>11791</v>
+            <v>15533</v>
           </cell>
           <cell r="F74">
-            <v>1780</v>
+            <v>4181</v>
           </cell>
           <cell r="G74">
             <v>0</v>
           </cell>
           <cell r="H74">
-            <v>199685</v>
+            <v>214171</v>
+          </cell>
+        </row>
+        <row r="75">
+          <cell r="E75">
+            <v>0</v>
+          </cell>
+          <cell r="F75">
+            <v>0</v>
+          </cell>
+          <cell r="G75">
+            <v>0</v>
+          </cell>
+          <cell r="H75">
+            <v>0</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>1771</v>
+            <v>1832</v>
           </cell>
           <cell r="D76">
-            <v>179</v>
+            <v>224</v>
           </cell>
           <cell r="E76">
-            <v>1179</v>
+            <v>1553</v>
           </cell>
           <cell r="F76">
-            <v>890</v>
+            <v>2091</v>
           </cell>
           <cell r="G76">
             <v>0</v>
           </cell>
           <cell r="H76">
-            <v>4019</v>
+            <v>5700</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
             <v>0</v>
           </cell>
           <cell r="D79">
             <v>0</v>
           </cell>
           <cell r="E79">
             <v>0</v>
           </cell>
           <cell r="F79">
             <v>0</v>
           </cell>
           <cell r="G79">
             <v>0</v>
           </cell>
           <cell r="H79">
             <v>0</v>
           </cell>
         </row>
+        <row r="80">
+          <cell r="C80">
+            <v>0</v>
+          </cell>
+          <cell r="D80">
+            <v>0</v>
+          </cell>
+          <cell r="E80">
+            <v>0</v>
+          </cell>
+          <cell r="F80">
+            <v>0</v>
+          </cell>
+          <cell r="G80">
+            <v>0</v>
+          </cell>
+          <cell r="H80">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="81">
+          <cell r="C81">
+            <v>0</v>
+          </cell>
+          <cell r="D81">
+            <v>0</v>
+          </cell>
+          <cell r="E81">
+            <v>0</v>
+          </cell>
+          <cell r="F81">
+            <v>0</v>
+          </cell>
+          <cell r="G81">
+            <v>0</v>
+          </cell>
+          <cell r="H81">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="82">
           <cell r="C82">
             <v>0</v>
           </cell>
           <cell r="D82">
             <v>0</v>
           </cell>
           <cell r="E82">
             <v>0</v>
           </cell>
           <cell r="F82">
             <v>0</v>
           </cell>
           <cell r="G82">
             <v>0</v>
           </cell>
           <cell r="H82">
             <v>0</v>
           </cell>
         </row>
+        <row r="83">
+          <cell r="E83">
+            <v>0</v>
+          </cell>
+          <cell r="F83">
+            <v>0</v>
+          </cell>
+          <cell r="G83">
+            <v>0</v>
+          </cell>
+          <cell r="H83">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="84">
           <cell r="C84">
             <v>0</v>
           </cell>
           <cell r="D84">
             <v>0</v>
           </cell>
           <cell r="E84">
             <v>0</v>
           </cell>
           <cell r="F84">
             <v>0</v>
           </cell>
           <cell r="G84">
             <v>0</v>
           </cell>
           <cell r="H84">
             <v>0</v>
           </cell>
         </row>
+        <row r="85">
+          <cell r="F85">
+            <v>0</v>
+          </cell>
+          <cell r="G85">
+            <v>0</v>
+          </cell>
+          <cell r="H85">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="86">
+          <cell r="C86">
+            <v>0</v>
+          </cell>
+          <cell r="D86">
+            <v>0</v>
+          </cell>
+          <cell r="E86">
+            <v>0</v>
+          </cell>
+          <cell r="F86">
+            <v>0</v>
+          </cell>
+          <cell r="G86">
+            <v>0</v>
+          </cell>
+          <cell r="H86">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="89">
           <cell r="C89">
-            <v>402803</v>
+            <v>246310</v>
           </cell>
           <cell r="D89">
             <v>0</v>
           </cell>
           <cell r="E89">
             <v>0</v>
           </cell>
           <cell r="F89">
             <v>0</v>
           </cell>
           <cell r="G89">
             <v>0</v>
           </cell>
           <cell r="H89">
-            <v>402803</v>
+            <v>246310</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>-156493</v>
+            <v>48356</v>
           </cell>
           <cell r="D90">
             <v>0</v>
           </cell>
           <cell r="E90">
             <v>0</v>
           </cell>
           <cell r="F90">
             <v>0</v>
           </cell>
+          <cell r="G90">
+            <v>0</v>
+          </cell>
           <cell r="H90">
-            <v>-156493</v>
+            <v>48356</v>
+          </cell>
+        </row>
+        <row r="91">
+          <cell r="C91">
+            <v>0</v>
+          </cell>
+          <cell r="D91">
+            <v>0</v>
+          </cell>
+          <cell r="E91">
+            <v>0</v>
+          </cell>
+          <cell r="F91">
+            <v>0</v>
+          </cell>
+          <cell r="H91">
+            <v>0</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>246310</v>
+            <v>294666</v>
           </cell>
           <cell r="D92">
             <v>0</v>
           </cell>
           <cell r="E92">
             <v>0</v>
           </cell>
           <cell r="F92">
             <v>0</v>
           </cell>
           <cell r="G92">
             <v>0</v>
           </cell>
           <cell r="H92">
-            <v>246310</v>
+            <v>294666</v>
+          </cell>
+        </row>
+        <row r="93">
+          <cell r="E93">
+            <v>0</v>
+          </cell>
+          <cell r="F93">
+            <v>0</v>
+          </cell>
+          <cell r="G93">
+            <v>0</v>
+          </cell>
+          <cell r="H93">
+            <v>0</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>246310</v>
+            <v>294666</v>
           </cell>
           <cell r="D94">
             <v>0</v>
           </cell>
           <cell r="E94">
             <v>0</v>
           </cell>
           <cell r="F94">
             <v>0</v>
           </cell>
           <cell r="G94">
             <v>0</v>
           </cell>
           <cell r="H94">
-            <v>246310</v>
+            <v>294666</v>
+          </cell>
+        </row>
+        <row r="95">
+          <cell r="E95">
+            <v>0</v>
+          </cell>
+          <cell r="F95">
+            <v>0</v>
+          </cell>
+          <cell r="G95">
+            <v>0</v>
+          </cell>
+          <cell r="H95">
+            <v>0</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
             <v>0</v>
           </cell>
-          <cell r="D96">
-[...1 lines deleted...]
-          </cell>
           <cell r="E96">
             <v>0</v>
           </cell>
           <cell r="F96">
+            <v>0</v>
+          </cell>
+          <cell r="G96">
             <v>0</v>
           </cell>
           <cell r="H96">
             <v>0</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>4251888</v>
+            <v>4103432</v>
           </cell>
           <cell r="D99">
-            <v>15011</v>
+            <v>19329</v>
           </cell>
           <cell r="E99">
-            <v>28770</v>
+            <v>32573</v>
           </cell>
           <cell r="F99">
-            <v>37346</v>
+            <v>42110</v>
           </cell>
           <cell r="G99">
-            <v>107867</v>
+            <v>107620</v>
           </cell>
           <cell r="H99">
-            <v>4440882</v>
+            <v>4305064</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>-148456</v>
+            <v>141799</v>
           </cell>
           <cell r="D100">
-            <v>4318</v>
+            <v>128</v>
           </cell>
           <cell r="E100">
-            <v>3803</v>
+            <v>7573</v>
           </cell>
           <cell r="F100">
-            <v>4764</v>
+            <v>1000</v>
           </cell>
           <cell r="G100">
-            <v>-247</v>
+            <v>2223</v>
           </cell>
           <cell r="H100">
-            <v>-135818</v>
+            <v>152723</v>
           </cell>
         </row>
         <row r="101">
           <cell r="C101">
             <v>0</v>
           </cell>
           <cell r="D101">
             <v>0</v>
           </cell>
           <cell r="E101">
             <v>0</v>
           </cell>
           <cell r="F101">
             <v>0</v>
           </cell>
+          <cell r="G101">
+            <v>0</v>
+          </cell>
           <cell r="H101">
             <v>0</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>4103432</v>
+            <v>4245231</v>
           </cell>
           <cell r="D102">
-            <v>19329</v>
+            <v>19457</v>
           </cell>
           <cell r="E102">
-            <v>32573</v>
+            <v>40146</v>
           </cell>
           <cell r="F102">
-            <v>42110</v>
+            <v>43110</v>
           </cell>
           <cell r="G102">
-            <v>107620</v>
+            <v>109843</v>
           </cell>
           <cell r="H102">
-            <v>4305064</v>
+            <v>4457787</v>
+          </cell>
+        </row>
+        <row r="103">
+          <cell r="E103">
+            <v>0</v>
+          </cell>
+          <cell r="F103">
+            <v>0</v>
+          </cell>
+          <cell r="G103">
+            <v>0</v>
+          </cell>
+          <cell r="H103">
+            <v>0</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>4103432</v>
+            <v>4245231</v>
           </cell>
           <cell r="D104">
-            <v>19329</v>
+            <v>19457</v>
           </cell>
           <cell r="E104">
-            <v>32573</v>
+            <v>40146</v>
           </cell>
           <cell r="F104">
-            <v>42110</v>
+            <v>43110</v>
           </cell>
           <cell r="G104">
-            <v>107620</v>
+            <v>109843</v>
           </cell>
           <cell r="H104">
-            <v>4305064</v>
+            <v>4457787</v>
+          </cell>
+        </row>
+        <row r="105">
+          <cell r="E105">
+            <v>0</v>
+          </cell>
+          <cell r="F105">
+            <v>0</v>
+          </cell>
+          <cell r="G105">
+            <v>0</v>
+          </cell>
+          <cell r="H105">
+            <v>0</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>32677</v>
+            <v>33716</v>
           </cell>
           <cell r="D106">
-            <v>386</v>
+            <v>389</v>
           </cell>
           <cell r="E106">
-            <v>3257</v>
+            <v>4014</v>
           </cell>
           <cell r="F106">
-            <v>21055</v>
+            <v>21556</v>
           </cell>
           <cell r="G106">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
           <cell r="H106">
-            <v>164996</v>
+            <v>169518</v>
           </cell>
         </row>
         <row r="107">
           <cell r="C107">
-            <v>-31191</v>
+            <v>-32179</v>
           </cell>
           <cell r="D107">
             <v>0</v>
           </cell>
-          <cell r="E107">
-[...1 lines deleted...]
-          </cell>
           <cell r="F107">
             <v>0</v>
           </cell>
           <cell r="G107">
-            <v>-121330</v>
+            <v>-125502</v>
           </cell>
           <cell r="H107">
-            <v>-152521</v>
+            <v>-157681</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>555470</v>
+            <v>498560</v>
           </cell>
           <cell r="D116">
             <v>0</v>
           </cell>
           <cell r="E116">
-            <v>33915</v>
+            <v>80329</v>
           </cell>
           <cell r="F116">
             <v>0</v>
           </cell>
           <cell r="G116">
             <v>0</v>
           </cell>
           <cell r="H116">
-            <v>3090596</v>
+            <v>3188444</v>
           </cell>
           <cell r="I116">
-            <v>177141</v>
+            <v>183232</v>
           </cell>
           <cell r="J116">
             <v>0</v>
           </cell>
           <cell r="K116">
-            <v>246310</v>
+            <v>294667</v>
           </cell>
           <cell r="L116">
-            <v>4103432</v>
+            <v>4245232</v>
           </cell>
         </row>
         <row r="117">
           <cell r="C117">
             <v>0</v>
           </cell>
           <cell r="D117">
             <v>0</v>
           </cell>
           <cell r="E117">
             <v>0</v>
           </cell>
           <cell r="F117">
             <v>0</v>
           </cell>
           <cell r="G117">
             <v>0</v>
           </cell>
           <cell r="H117">
-            <v>179089</v>
+            <v>181617</v>
           </cell>
           <cell r="I117">
-            <v>22544</v>
+            <v>30939</v>
           </cell>
           <cell r="J117">
             <v>0</v>
           </cell>
           <cell r="K117">
             <v>0</v>
           </cell>
           <cell r="L117">
-            <v>201633</v>
+            <v>212556</v>
+          </cell>
+        </row>
+        <row r="118">
+          <cell r="C118">
+            <v>0</v>
+          </cell>
+          <cell r="D118">
+            <v>0</v>
+          </cell>
+          <cell r="E118">
+            <v>0</v>
+          </cell>
+          <cell r="F118">
+            <v>0</v>
+          </cell>
+          <cell r="G118">
+            <v>0</v>
+          </cell>
+          <cell r="H118">
+            <v>0</v>
+          </cell>
+          <cell r="I118">
+            <v>0</v>
+          </cell>
+          <cell r="J118">
+            <v>0</v>
+          </cell>
+          <cell r="K118">
+            <v>0</v>
+          </cell>
+          <cell r="L118">
+            <v>0</v>
           </cell>
         </row>
         <row r="119">
           <cell r="C119">
             <v>0</v>
           </cell>
           <cell r="D119">
             <v>0</v>
           </cell>
           <cell r="E119">
             <v>0</v>
           </cell>
           <cell r="F119">
             <v>0</v>
           </cell>
           <cell r="G119">
             <v>0</v>
           </cell>
           <cell r="H119">
-            <v>10356</v>
+            <v>8232</v>
           </cell>
           <cell r="I119">
-            <v>8973</v>
+            <v>11225</v>
           </cell>
           <cell r="J119">
             <v>0</v>
           </cell>
           <cell r="K119">
             <v>0</v>
           </cell>
           <cell r="L119">
-            <v>19329</v>
+            <v>19457</v>
           </cell>
         </row>
         <row r="120">
           <cell r="C120">
             <v>0</v>
           </cell>
           <cell r="D120">
             <v>0</v>
           </cell>
           <cell r="E120">
             <v>0</v>
           </cell>
           <cell r="F120">
             <v>0</v>
           </cell>
           <cell r="G120">
             <v>0</v>
           </cell>
           <cell r="H120">
-            <v>20782</v>
+            <v>24613</v>
           </cell>
           <cell r="I120">
-            <v>11791</v>
+            <v>15533</v>
           </cell>
           <cell r="J120">
             <v>0</v>
           </cell>
           <cell r="K120">
             <v>0</v>
           </cell>
           <cell r="L120">
-            <v>32573</v>
+            <v>40146</v>
           </cell>
         </row>
         <row r="121">
           <cell r="C121">
             <v>0</v>
           </cell>
           <cell r="D121">
             <v>0</v>
           </cell>
           <cell r="E121">
             <v>0</v>
           </cell>
           <cell r="F121">
             <v>0</v>
           </cell>
           <cell r="G121">
             <v>0</v>
           </cell>
           <cell r="H121">
-            <v>40330</v>
+            <v>38929</v>
           </cell>
           <cell r="I121">
-            <v>1780</v>
+            <v>4181</v>
           </cell>
           <cell r="J121">
             <v>0</v>
           </cell>
           <cell r="K121">
             <v>0</v>
           </cell>
           <cell r="L121">
-            <v>42110</v>
+            <v>43110</v>
           </cell>
         </row>
         <row r="122">
           <cell r="C122">
             <v>0</v>
           </cell>
           <cell r="D122">
             <v>0</v>
           </cell>
           <cell r="E122">
             <v>0</v>
           </cell>
           <cell r="F122">
             <v>0</v>
           </cell>
           <cell r="G122">
             <v>0</v>
           </cell>
           <cell r="H122">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
           <cell r="I122">
             <v>0</v>
           </cell>
           <cell r="J122">
             <v>0</v>
           </cell>
           <cell r="L122">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>555470</v>
+            <v>498560</v>
           </cell>
           <cell r="D123">
             <v>0</v>
           </cell>
           <cell r="E123">
-            <v>33915</v>
+            <v>80329</v>
           </cell>
           <cell r="F123">
             <v>0</v>
           </cell>
           <cell r="G123">
             <v>0</v>
           </cell>
           <cell r="H123">
-            <v>3269685</v>
+            <v>3370061</v>
           </cell>
           <cell r="I123">
-            <v>199685</v>
+            <v>214171</v>
           </cell>
           <cell r="J123">
             <v>0</v>
           </cell>
           <cell r="K123">
-            <v>246310</v>
+            <v>294667</v>
           </cell>
           <cell r="L123">
-            <v>4305065</v>
+            <v>4457788</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
             <v>0</v>
           </cell>
           <cell r="D127">
-            <v>177141</v>
+            <v>183232</v>
           </cell>
           <cell r="E127">
             <v>0</v>
           </cell>
           <cell r="F127">
-            <v>3090596</v>
+            <v>3188444</v>
           </cell>
           <cell r="G127">
             <v>0</v>
           </cell>
           <cell r="H127">
             <v>0</v>
           </cell>
           <cell r="I127">
             <v>0</v>
           </cell>
           <cell r="J127">
-            <v>3267737</v>
+            <v>3371676</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
             <v>0</v>
           </cell>
           <cell r="D128">
-            <v>22544</v>
+            <v>30939</v>
           </cell>
           <cell r="E128">
             <v>0</v>
           </cell>
           <cell r="F128">
-            <v>179089</v>
+            <v>181617</v>
           </cell>
           <cell r="G128">
             <v>0</v>
           </cell>
           <cell r="H128">
             <v>0</v>
           </cell>
           <cell r="I128">
             <v>0</v>
           </cell>
           <cell r="J128">
-            <v>201633</v>
+            <v>212556</v>
+          </cell>
+        </row>
+        <row r="129">
+          <cell r="C129">
+            <v>0</v>
+          </cell>
+          <cell r="D129">
+            <v>0</v>
+          </cell>
+          <cell r="E129">
+            <v>0</v>
+          </cell>
+          <cell r="F129">
+            <v>0</v>
+          </cell>
+          <cell r="G129">
+            <v>0</v>
+          </cell>
+          <cell r="H129">
+            <v>0</v>
+          </cell>
+          <cell r="I129">
+            <v>0</v>
+          </cell>
+          <cell r="J129">
+            <v>0</v>
           </cell>
         </row>
         <row r="130">
           <cell r="C130">
             <v>0</v>
           </cell>
           <cell r="D130">
-            <v>8973</v>
+            <v>11225</v>
           </cell>
           <cell r="E130">
             <v>0</v>
           </cell>
           <cell r="F130">
-            <v>10356</v>
+            <v>8232</v>
           </cell>
           <cell r="G130">
             <v>0</v>
           </cell>
           <cell r="H130">
             <v>0</v>
           </cell>
           <cell r="I130">
             <v>0</v>
           </cell>
           <cell r="J130">
-            <v>19329</v>
+            <v>19457</v>
           </cell>
         </row>
         <row r="131">
           <cell r="C131">
             <v>0</v>
           </cell>
           <cell r="D131">
-            <v>11791</v>
+            <v>15533</v>
           </cell>
           <cell r="E131">
             <v>0</v>
           </cell>
           <cell r="F131">
-            <v>20782</v>
+            <v>24613</v>
           </cell>
           <cell r="G131">
             <v>0</v>
           </cell>
           <cell r="H131">
             <v>0</v>
           </cell>
           <cell r="I131">
             <v>0</v>
           </cell>
           <cell r="J131">
-            <v>32573</v>
+            <v>40146</v>
           </cell>
         </row>
         <row r="132">
           <cell r="C132">
             <v>0</v>
           </cell>
           <cell r="D132">
-            <v>1780</v>
+            <v>4181</v>
           </cell>
           <cell r="E132">
             <v>0</v>
           </cell>
           <cell r="F132">
-            <v>40330</v>
+            <v>38929</v>
           </cell>
           <cell r="G132">
             <v>0</v>
           </cell>
           <cell r="H132">
             <v>0</v>
           </cell>
           <cell r="I132">
             <v>0</v>
           </cell>
           <cell r="J132">
-            <v>42110</v>
+            <v>43110</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
             <v>0</v>
           </cell>
           <cell r="D133">
             <v>0</v>
           </cell>
           <cell r="E133">
             <v>0</v>
           </cell>
           <cell r="F133">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
           <cell r="G133">
             <v>0</v>
           </cell>
           <cell r="H133">
             <v>0</v>
           </cell>
+          <cell r="I133">
+            <v>0</v>
+          </cell>
           <cell r="J133">
-            <v>107621</v>
+            <v>109843</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
             <v>0</v>
           </cell>
           <cell r="D134">
-            <v>199685</v>
+            <v>214171</v>
           </cell>
           <cell r="E134">
             <v>0</v>
           </cell>
           <cell r="F134">
-            <v>3269685</v>
+            <v>3370061</v>
           </cell>
           <cell r="G134">
             <v>0</v>
           </cell>
           <cell r="H134">
             <v>0</v>
           </cell>
           <cell r="I134">
             <v>0</v>
           </cell>
           <cell r="J134">
-            <v>3469370</v>
+            <v>3584232</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
             <v>0</v>
           </cell>
           <cell r="D142">
             <v>0</v>
           </cell>
           <cell r="E142">
             <v>0</v>
           </cell>
           <cell r="F142">
             <v>0</v>
           </cell>
           <cell r="G142">
             <v>0</v>
           </cell>
           <cell r="H142">
             <v>0</v>
           </cell>
           <cell r="I142">
             <v>0</v>
           </cell>
           <cell r="J142">
             <v>0</v>
           </cell>
           <cell r="K142">
             <v>0</v>
           </cell>
           <cell r="L142">
             <v>0</v>
           </cell>
           <cell r="M142">
             <v>0</v>
           </cell>
           <cell r="N142">
             <v>0</v>
           </cell>
           <cell r="O142">
-            <v>3469369</v>
+            <v>3584232</v>
           </cell>
           <cell r="P142">
             <v>0</v>
           </cell>
           <cell r="Q142">
-            <v>3469369</v>
+            <v>3584232</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
             <v>0</v>
           </cell>
           <cell r="D143">
             <v>0</v>
           </cell>
           <cell r="E143">
             <v>0</v>
           </cell>
           <cell r="F143">
             <v>0</v>
           </cell>
           <cell r="G143">
             <v>0</v>
           </cell>
           <cell r="H143">
             <v>0</v>
           </cell>
           <cell r="I143">
             <v>0</v>
           </cell>
           <cell r="J143">
             <v>0</v>
           </cell>
           <cell r="K143">
             <v>0</v>
           </cell>
           <cell r="L143">
             <v>0</v>
           </cell>
           <cell r="M143">
             <v>0</v>
           </cell>
           <cell r="N143">
             <v>0</v>
           </cell>
           <cell r="O143">
-            <v>182303</v>
+            <v>193099</v>
           </cell>
           <cell r="P143">
             <v>0</v>
           </cell>
           <cell r="Q143">
-            <v>182303</v>
+            <v>193099</v>
+          </cell>
+        </row>
+        <row r="144">
+          <cell r="C144">
+            <v>0</v>
+          </cell>
+          <cell r="D144">
+            <v>0</v>
+          </cell>
+          <cell r="E144">
+            <v>0</v>
+          </cell>
+          <cell r="F144">
+            <v>0</v>
+          </cell>
+          <cell r="G144">
+            <v>0</v>
+          </cell>
+          <cell r="H144">
+            <v>0</v>
+          </cell>
+          <cell r="I144">
+            <v>0</v>
+          </cell>
+          <cell r="J144">
+            <v>0</v>
+          </cell>
+          <cell r="K144">
+            <v>0</v>
+          </cell>
+          <cell r="L144">
+            <v>0</v>
+          </cell>
+          <cell r="N144">
+            <v>0</v>
+          </cell>
+          <cell r="O144">
+            <v>0</v>
+          </cell>
+          <cell r="P144">
+            <v>0</v>
+          </cell>
+          <cell r="Q144">
+            <v>0</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
             <v>0</v>
           </cell>
           <cell r="D145">
             <v>0</v>
           </cell>
           <cell r="E145">
             <v>0</v>
           </cell>
           <cell r="F145">
             <v>0</v>
           </cell>
           <cell r="G145">
             <v>0</v>
           </cell>
           <cell r="H145">
             <v>0</v>
           </cell>
           <cell r="I145">
             <v>0</v>
           </cell>
           <cell r="J145">
             <v>0</v>
           </cell>
           <cell r="K145">
             <v>0</v>
           </cell>
           <cell r="L145">
             <v>0</v>
           </cell>
           <cell r="M145">
             <v>0</v>
           </cell>
           <cell r="N145">
             <v>0</v>
           </cell>
           <cell r="O145">
-            <v>131933</v>
+            <v>135413</v>
           </cell>
           <cell r="P145">
             <v>0</v>
           </cell>
           <cell r="Q145">
-            <v>131933</v>
+            <v>135413</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
             <v>0</v>
           </cell>
           <cell r="D146">
             <v>0</v>
           </cell>
           <cell r="E146">
             <v>0</v>
           </cell>
           <cell r="F146">
             <v>0</v>
           </cell>
           <cell r="G146">
             <v>0</v>
           </cell>
           <cell r="H146">
             <v>0</v>
           </cell>
           <cell r="I146">
             <v>0</v>
           </cell>
           <cell r="J146">
             <v>0</v>
           </cell>
           <cell r="K146">
             <v>0</v>
           </cell>
           <cell r="L146">
             <v>0</v>
           </cell>
           <cell r="M146">
             <v>0</v>
           </cell>
           <cell r="N146">
             <v>0</v>
           </cell>
           <cell r="O146">
-            <v>50370</v>
+            <v>57686</v>
           </cell>
           <cell r="P146">
             <v>0</v>
           </cell>
           <cell r="Q146">
-            <v>50370</v>
+            <v>57686</v>
           </cell>
         </row>
         <row r="148">
+          <cell r="C148">
+            <v>0</v>
+          </cell>
+          <cell r="D148">
+            <v>0</v>
+          </cell>
+          <cell r="E148">
+            <v>0</v>
+          </cell>
+          <cell r="F148">
+            <v>0</v>
+          </cell>
+          <cell r="G148">
+            <v>0</v>
+          </cell>
+          <cell r="H148">
+            <v>0</v>
+          </cell>
+          <cell r="I148">
+            <v>0</v>
+          </cell>
+          <cell r="J148">
+            <v>0</v>
+          </cell>
+          <cell r="K148">
+            <v>0</v>
+          </cell>
+          <cell r="L148">
+            <v>0</v>
+          </cell>
+          <cell r="M148">
+            <v>0</v>
+          </cell>
+          <cell r="N148">
+            <v>0</v>
+          </cell>
           <cell r="O148">
-            <v>45736</v>
+            <v>44375</v>
+          </cell>
+          <cell r="P148">
+            <v>0</v>
           </cell>
           <cell r="Q148">
-            <v>45736</v>
+            <v>44375</v>
+          </cell>
+        </row>
+        <row r="149">
+          <cell r="C149">
+            <v>0</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>262018</v>
+            <v>275753</v>
           </cell>
           <cell r="D153">
-            <v>288425</v>
+            <v>298393</v>
           </cell>
           <cell r="E153">
             <v>0</v>
           </cell>
           <cell r="F153">
-            <v>174509</v>
+            <v>184181</v>
           </cell>
           <cell r="G153">
-            <v>407934</v>
+            <v>430790</v>
           </cell>
           <cell r="H153">
-            <v>955887</v>
+            <v>969713</v>
           </cell>
           <cell r="I153">
-            <v>100387</v>
+            <v>103686</v>
           </cell>
           <cell r="J153">
-            <v>157881</v>
+            <v>158509</v>
           </cell>
           <cell r="K153">
-            <v>152998</v>
+            <v>151025</v>
           </cell>
           <cell r="L153">
-            <v>139637</v>
+            <v>140368</v>
           </cell>
           <cell r="M153">
-            <v>401819</v>
+            <v>434605</v>
           </cell>
           <cell r="N153">
-            <v>0</v>
+            <v>216</v>
           </cell>
           <cell r="O153">
-            <v>427874</v>
+            <v>436993</v>
           </cell>
           <cell r="P153">
-            <v>3469369</v>
+            <v>3584232</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
-            <v>12534</v>
+            <v>13937</v>
           </cell>
           <cell r="D154">
-            <v>17221</v>
+            <v>19276</v>
           </cell>
           <cell r="E154">
             <v>0</v>
           </cell>
           <cell r="F154">
-            <v>8132</v>
+            <v>9074</v>
           </cell>
           <cell r="G154">
-            <v>17374</v>
+            <v>20440</v>
           </cell>
           <cell r="H154">
-            <v>66907</v>
+            <v>69237</v>
           </cell>
           <cell r="I154">
-            <v>3811</v>
+            <v>4257</v>
           </cell>
           <cell r="J154">
-            <v>4944</v>
+            <v>5115</v>
           </cell>
           <cell r="K154">
-            <v>4823</v>
+            <v>4949</v>
           </cell>
           <cell r="L154">
-            <v>4622</v>
+            <v>4712</v>
           </cell>
           <cell r="M154">
-            <v>15569</v>
+            <v>15635</v>
           </cell>
           <cell r="N154">
-            <v>0</v>
+            <v>209</v>
           </cell>
           <cell r="O154">
-            <v>26366</v>
+            <v>26258</v>
           </cell>
           <cell r="P154">
-            <v>182303</v>
+            <v>193099</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>2880</v>
+            <v>2783</v>
           </cell>
           <cell r="D155">
-            <v>3516</v>
+            <v>3575</v>
           </cell>
           <cell r="E155">
             <v>0</v>
           </cell>
           <cell r="F155">
-            <v>2301</v>
+            <v>2232</v>
           </cell>
           <cell r="G155">
-            <v>5268</v>
+            <v>5016</v>
           </cell>
           <cell r="H155">
-            <v>11886</v>
+            <v>11600</v>
           </cell>
           <cell r="I155">
-            <v>1557</v>
+            <v>1457</v>
           </cell>
           <cell r="J155">
-            <v>2357</v>
+            <v>2250</v>
           </cell>
           <cell r="K155">
-            <v>2319</v>
+            <v>2201</v>
           </cell>
           <cell r="L155">
-            <v>1866</v>
+            <v>1803</v>
           </cell>
           <cell r="M155">
-            <v>5402</v>
+            <v>5328</v>
           </cell>
           <cell r="N155">
-            <v>0</v>
+            <v>4</v>
           </cell>
           <cell r="O155">
-            <v>6384</v>
+            <v>6126</v>
           </cell>
           <cell r="P155">
-            <v>45736</v>
+            <v>44375</v>
           </cell>
         </row>
         <row r="164">
           <cell r="C164">
             <v>0</v>
           </cell>
           <cell r="D164">
             <v>0</v>
           </cell>
           <cell r="E164">
             <v>0</v>
           </cell>
           <cell r="F164">
             <v>0</v>
           </cell>
           <cell r="G164">
             <v>0</v>
           </cell>
           <cell r="H164">
             <v>0</v>
           </cell>
           <cell r="I164">
-            <v>1996844</v>
+            <v>214171</v>
           </cell>
           <cell r="J164">
-            <v>1996844</v>
+            <v>214171</v>
           </cell>
         </row>
         <row r="165">
           <cell r="C165">
             <v>0</v>
           </cell>
           <cell r="D165">
             <v>0</v>
           </cell>
           <cell r="E165">
             <v>0</v>
           </cell>
           <cell r="F165">
             <v>0</v>
           </cell>
           <cell r="G165">
             <v>0</v>
           </cell>
           <cell r="H165">
             <v>0</v>
           </cell>
+          <cell r="I165">
+            <v>0</v>
+          </cell>
           <cell r="J165">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="169">
+          <cell r="C169">
+            <v>0</v>
+          </cell>
+          <cell r="D169">
+            <v>0</v>
+          </cell>
+          <cell r="E169">
+            <v>0</v>
+          </cell>
+          <cell r="F169">
+            <v>0</v>
+          </cell>
+          <cell r="G169">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="170">
+          <cell r="C170">
+            <v>0</v>
+          </cell>
+          <cell r="D170">
+            <v>0</v>
+          </cell>
+          <cell r="E170">
+            <v>0</v>
+          </cell>
+          <cell r="F170">
+            <v>0</v>
+          </cell>
+          <cell r="G170">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="171">
+          <cell r="C171">
+            <v>0</v>
+          </cell>
+          <cell r="D171">
+            <v>0</v>
+          </cell>
+          <cell r="E171">
+            <v>0</v>
+          </cell>
+          <cell r="F171">
+            <v>0</v>
+          </cell>
+          <cell r="G171">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="172">
+          <cell r="C172">
+            <v>0</v>
+          </cell>
+          <cell r="D172">
+            <v>0</v>
+          </cell>
+          <cell r="E172">
+            <v>0</v>
+          </cell>
+          <cell r="F172">
+            <v>0</v>
+          </cell>
+          <cell r="G172">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="173">
+          <cell r="C173">
+            <v>0</v>
+          </cell>
+          <cell r="D173">
+            <v>0</v>
+          </cell>
+          <cell r="E173">
+            <v>0</v>
+          </cell>
+          <cell r="F173">
+            <v>0</v>
+          </cell>
+          <cell r="G173">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="174">
+          <cell r="C174">
+            <v>0</v>
+          </cell>
+          <cell r="D174">
+            <v>0</v>
+          </cell>
+          <cell r="E174">
+            <v>0</v>
+          </cell>
+          <cell r="F174">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="175">
+          <cell r="C175">
+            <v>0</v>
+          </cell>
+          <cell r="D175">
+            <v>0</v>
+          </cell>
+          <cell r="E175">
+            <v>0</v>
+          </cell>
+          <cell r="F175">
+            <v>0</v>
+          </cell>
+          <cell r="G175">
             <v>0</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
-            <v>2</v>
+            <v>5</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>5</v>
+            <v>8</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
-            <v>1</v>
+            <v>4</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>2</v>
+            <v>1</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
             <v>0</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>10</v>
+            <v>18</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="5">
         <row r="9">
           <cell r="C9">
-            <v>215001</v>
+            <v>227599</v>
+          </cell>
+          <cell r="D9">
+            <v>0</v>
+          </cell>
+          <cell r="E9">
+            <v>0</v>
+          </cell>
+          <cell r="F9">
+            <v>0</v>
+          </cell>
+          <cell r="G9">
+            <v>0</v>
           </cell>
           <cell r="H9">
-            <v>215001</v>
+            <v>227599</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>12598</v>
+            <v>37101</v>
           </cell>
           <cell r="H10">
-            <v>12598</v>
+            <v>37101</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>227599</v>
+            <v>264700</v>
           </cell>
           <cell r="H12">
-            <v>227599</v>
+            <v>264700</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>227599</v>
-[...19 lines deleted...]
-            <v>0</v>
+            <v>264700</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
             <v>0</v>
           </cell>
           <cell r="D19">
             <v>0</v>
           </cell>
           <cell r="E19">
             <v>0</v>
           </cell>
           <cell r="F19">
             <v>0</v>
           </cell>
           <cell r="G19">
             <v>0</v>
           </cell>
           <cell r="H19">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
             <v>0</v>
@@ -16330,120 +17118,116 @@
           </cell>
           <cell r="H22">
             <v>0</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
             <v>0</v>
           </cell>
           <cell r="D24">
             <v>0</v>
           </cell>
           <cell r="E24">
             <v>0</v>
           </cell>
           <cell r="F24">
             <v>0</v>
           </cell>
           <cell r="G24">
             <v>0</v>
           </cell>
           <cell r="H24">
             <v>0</v>
           </cell>
         </row>
-        <row r="26">
-[...18 lines deleted...]
-        </row>
         <row r="29">
           <cell r="C29">
-            <v>78383</v>
+            <v>71380</v>
+          </cell>
+          <cell r="D29">
+            <v>0</v>
+          </cell>
+          <cell r="E29">
+            <v>0</v>
+          </cell>
+          <cell r="F29">
+            <v>0</v>
+          </cell>
+          <cell r="G29">
+            <v>0</v>
           </cell>
           <cell r="H29">
-            <v>78383</v>
+            <v>71380</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>-7003</v>
+            <v>40413</v>
           </cell>
           <cell r="H30">
-            <v>-7003</v>
+            <v>40413</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>71380</v>
+            <v>111793</v>
+          </cell>
+          <cell r="D32">
+            <v>0</v>
+          </cell>
+          <cell r="E32">
+            <v>0</v>
+          </cell>
+          <cell r="F32">
+            <v>0</v>
+          </cell>
+          <cell r="G32">
+            <v>0</v>
           </cell>
           <cell r="H32">
-            <v>71380</v>
+            <v>111793</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>71380</v>
+            <v>111793</v>
+          </cell>
+          <cell r="D34">
+            <v>0</v>
+          </cell>
+          <cell r="E34">
+            <v>0</v>
+          </cell>
+          <cell r="F34">
+            <v>0</v>
+          </cell>
+          <cell r="G34">
+            <v>0</v>
           </cell>
           <cell r="H34">
-            <v>71380</v>
-[...19 lines deleted...]
-            <v>0</v>
+            <v>111793</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
             <v>0</v>
           </cell>
           <cell r="D39">
             <v>0</v>
           </cell>
           <cell r="E39">
             <v>0</v>
           </cell>
           <cell r="F39">
             <v>0</v>
           </cell>
           <cell r="G39">
             <v>0</v>
           </cell>
           <cell r="H39">
             <v>0</v>
           </cell>
         </row>
         <row r="42">
           <cell r="C42">
             <v>0</v>
@@ -16462,1392 +17246,1930 @@
           </cell>
           <cell r="H42">
             <v>0</v>
           </cell>
         </row>
         <row r="44">
           <cell r="C44">
             <v>0</v>
           </cell>
           <cell r="D44">
             <v>0</v>
           </cell>
           <cell r="E44">
             <v>0</v>
           </cell>
           <cell r="F44">
             <v>0</v>
           </cell>
           <cell r="G44">
             <v>0</v>
           </cell>
           <cell r="H44">
             <v>0</v>
           </cell>
         </row>
-        <row r="46">
-[...18 lines deleted...]
-        </row>
         <row r="49">
           <cell r="C49">
-            <v>23318</v>
+            <v>50225</v>
           </cell>
           <cell r="D49">
             <v>0</v>
           </cell>
           <cell r="E49">
-            <v>34002</v>
+            <v>0</v>
+          </cell>
+          <cell r="F49">
+            <v>3027</v>
           </cell>
           <cell r="G49">
-            <v>1928</v>
+            <v>122</v>
           </cell>
           <cell r="H49">
-            <v>59248</v>
+            <v>53374</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
-            <v>26907</v>
+            <v>-28389</v>
+          </cell>
+          <cell r="D50">
+            <v>26910</v>
           </cell>
           <cell r="E50">
-            <v>-34002</v>
+            <v>166</v>
           </cell>
           <cell r="F50">
-            <v>3027</v>
+            <v>-3027</v>
           </cell>
           <cell r="G50">
-            <v>-1806</v>
+            <v>5</v>
           </cell>
           <cell r="H50">
-            <v>-5874</v>
+            <v>-4335</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
-            <v>50225</v>
+            <v>21836</v>
           </cell>
           <cell r="D52">
-            <v>0</v>
+            <v>26910</v>
           </cell>
           <cell r="E52">
-            <v>0</v>
+            <v>166</v>
           </cell>
           <cell r="F52">
-            <v>3027</v>
+            <v>0</v>
           </cell>
           <cell r="G52">
-            <v>122</v>
+            <v>127</v>
           </cell>
           <cell r="H52">
-            <v>53374</v>
+            <v>49039</v>
           </cell>
         </row>
         <row r="53">
+          <cell r="E53">
+            <v>334</v>
+          </cell>
           <cell r="F53">
-            <v>4365</v>
+            <v>0</v>
+          </cell>
+          <cell r="G53">
+            <v>0</v>
           </cell>
           <cell r="H53">
-            <v>4365</v>
+            <v>334</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
-            <v>50225</v>
+            <v>21836</v>
           </cell>
           <cell r="D54">
-            <v>0</v>
+            <v>26910</v>
           </cell>
           <cell r="E54">
-            <v>0</v>
+            <v>-168</v>
           </cell>
           <cell r="F54">
-            <v>-1338</v>
+            <v>0</v>
           </cell>
           <cell r="G54">
-            <v>122</v>
+            <v>127</v>
           </cell>
           <cell r="H54">
-            <v>49009</v>
+            <v>48705</v>
           </cell>
         </row>
         <row r="55">
+          <cell r="E55">
+            <v>3</v>
+          </cell>
           <cell r="G55">
-            <v>21</v>
+            <v>26</v>
           </cell>
           <cell r="H55">
-            <v>21</v>
+            <v>29</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
-            <v>502</v>
+            <v>218</v>
           </cell>
           <cell r="D56">
-            <v>0</v>
+            <v>538</v>
           </cell>
           <cell r="E56">
             <v>0</v>
           </cell>
           <cell r="F56">
             <v>0</v>
           </cell>
           <cell r="G56">
-            <v>117</v>
+            <v>102</v>
           </cell>
           <cell r="H56">
-            <v>619</v>
+            <v>858</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
-            <v>19876</v>
+            <v>9160</v>
           </cell>
           <cell r="D59">
             <v>0</v>
           </cell>
           <cell r="E59">
             <v>0</v>
           </cell>
           <cell r="F59">
             <v>0</v>
           </cell>
           <cell r="G59">
-            <v>43</v>
+            <v>1000</v>
           </cell>
           <cell r="H59">
-            <v>19919</v>
+            <v>10160</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
-            <v>-10716</v>
+            <v>1618</v>
+          </cell>
+          <cell r="D60">
+            <v>2</v>
+          </cell>
+          <cell r="E60">
+            <v>89</v>
+          </cell>
+          <cell r="F60">
+            <v>0</v>
           </cell>
           <cell r="G60">
-            <v>957</v>
+            <v>116</v>
           </cell>
           <cell r="H60">
-            <v>-9759</v>
+            <v>1825</v>
+          </cell>
+        </row>
+        <row r="61">
+          <cell r="C61">
+            <v>0</v>
+          </cell>
+          <cell r="D61">
+            <v>0</v>
+          </cell>
+          <cell r="E61">
+            <v>0</v>
+          </cell>
+          <cell r="F61">
+            <v>0</v>
+          </cell>
+          <cell r="G61">
+            <v>0</v>
+          </cell>
+          <cell r="H61">
+            <v>0</v>
           </cell>
         </row>
         <row r="62">
           <cell r="C62">
-            <v>9160</v>
+            <v>10778</v>
           </cell>
           <cell r="D62">
-            <v>0</v>
+            <v>2</v>
           </cell>
           <cell r="E62">
-            <v>0</v>
+            <v>89</v>
           </cell>
           <cell r="F62">
             <v>0</v>
           </cell>
           <cell r="G62">
-            <v>1000</v>
+            <v>1116</v>
           </cell>
           <cell r="H62">
-            <v>10160</v>
+            <v>11985</v>
+          </cell>
+        </row>
+        <row r="63">
+          <cell r="E63">
+            <v>0</v>
+          </cell>
+          <cell r="F63">
+            <v>0</v>
+          </cell>
+          <cell r="G63">
+            <v>0</v>
+          </cell>
+          <cell r="H63">
+            <v>0</v>
           </cell>
         </row>
         <row r="64">
           <cell r="C64">
-            <v>9160</v>
+            <v>10778</v>
           </cell>
           <cell r="D64">
-            <v>0</v>
+            <v>2</v>
           </cell>
           <cell r="E64">
-            <v>0</v>
+            <v>89</v>
           </cell>
           <cell r="F64">
             <v>0</v>
           </cell>
           <cell r="G64">
-            <v>1000</v>
+            <v>1116</v>
           </cell>
           <cell r="H64">
-            <v>10160</v>
+            <v>11985</v>
           </cell>
         </row>
         <row r="65">
+          <cell r="E65">
+            <v>6</v>
+          </cell>
+          <cell r="F65">
+            <v>0</v>
+          </cell>
           <cell r="G65">
-            <v>46</v>
+            <v>91</v>
           </cell>
           <cell r="H65">
-            <v>46</v>
+            <v>97</v>
           </cell>
         </row>
         <row r="66">
           <cell r="C66">
-            <v>92</v>
+            <v>108</v>
           </cell>
           <cell r="D66">
             <v>0</v>
           </cell>
           <cell r="E66">
-            <v>0</v>
+            <v>8</v>
           </cell>
           <cell r="F66">
             <v>0</v>
           </cell>
           <cell r="G66">
-            <v>956</v>
+            <v>1025</v>
           </cell>
           <cell r="H66">
-            <v>1048</v>
+            <v>1141</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
-            <v>39002</v>
+            <v>45089</v>
           </cell>
           <cell r="D69">
-            <v>1666</v>
+            <v>0</v>
           </cell>
           <cell r="E69">
             <v>0</v>
           </cell>
           <cell r="F69">
-            <v>667</v>
+            <v>0</v>
           </cell>
           <cell r="H69">
-            <v>41335</v>
+            <v>45089</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
-            <v>6087</v>
+            <v>853</v>
           </cell>
           <cell r="D70">
-            <v>-1666</v>
+            <v>0</v>
+          </cell>
+          <cell r="E70">
+            <v>1669</v>
           </cell>
           <cell r="F70">
-            <v>-667</v>
+            <v>0</v>
           </cell>
           <cell r="H70">
-            <v>3754</v>
+            <v>2522</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>45089</v>
+            <v>45942</v>
           </cell>
           <cell r="D72">
             <v>0</v>
           </cell>
           <cell r="E72">
-            <v>0</v>
+            <v>1669</v>
           </cell>
           <cell r="F72">
             <v>0</v>
           </cell>
           <cell r="H72">
-            <v>45089</v>
+            <v>47611</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="E73">
+            <v>1330</v>
+          </cell>
+          <cell r="F73">
+            <v>0</v>
+          </cell>
+          <cell r="H73">
+            <v>1330</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
-            <v>45089</v>
+            <v>45942</v>
           </cell>
           <cell r="D74">
             <v>0</v>
           </cell>
           <cell r="E74">
-            <v>0</v>
+            <v>339</v>
           </cell>
           <cell r="F74">
             <v>0</v>
           </cell>
           <cell r="H74">
-            <v>45089</v>
+            <v>46281</v>
+          </cell>
+        </row>
+        <row r="75">
+          <cell r="E75">
+            <v>46</v>
+          </cell>
+          <cell r="F75">
+            <v>0</v>
+          </cell>
+          <cell r="H75">
+            <v>46</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
-            <v>451</v>
+            <v>459</v>
           </cell>
           <cell r="D76">
             <v>0</v>
           </cell>
           <cell r="E76">
-            <v>0</v>
+            <v>29</v>
           </cell>
           <cell r="F76">
             <v>0</v>
           </cell>
-          <cell r="G76">
-[...1 lines deleted...]
-          </cell>
           <cell r="H76">
-            <v>451</v>
+            <v>488</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
-            <v>86825</v>
+            <v>84190</v>
+          </cell>
+          <cell r="D79">
+            <v>8226</v>
+          </cell>
+          <cell r="E79">
+            <v>0</v>
+          </cell>
+          <cell r="F79">
+            <v>0</v>
+          </cell>
+          <cell r="G79">
+            <v>0</v>
           </cell>
           <cell r="H79">
-            <v>86825</v>
+            <v>92416</v>
           </cell>
         </row>
         <row r="80">
           <cell r="C80">
-            <v>-2635</v>
+            <v>-26009</v>
           </cell>
           <cell r="D80">
-            <v>8226</v>
+            <v>-8226</v>
+          </cell>
+          <cell r="E80">
+            <v>0</v>
+          </cell>
+          <cell r="F80">
+            <v>0</v>
+          </cell>
+          <cell r="G80">
+            <v>0</v>
           </cell>
           <cell r="H80">
-            <v>5591</v>
+            <v>-34235</v>
+          </cell>
+        </row>
+        <row r="81">
+          <cell r="C81">
+            <v>0</v>
+          </cell>
+          <cell r="D81">
+            <v>0</v>
+          </cell>
+          <cell r="E81">
+            <v>0</v>
+          </cell>
+          <cell r="F81">
+            <v>0</v>
+          </cell>
+          <cell r="G81">
+            <v>0</v>
+          </cell>
+          <cell r="H81">
+            <v>0</v>
           </cell>
         </row>
         <row r="82">
           <cell r="C82">
-            <v>84190</v>
+            <v>58181</v>
           </cell>
           <cell r="D82">
-            <v>8226</v>
+            <v>0</v>
+          </cell>
+          <cell r="E82">
+            <v>0</v>
+          </cell>
+          <cell r="F82">
+            <v>0</v>
+          </cell>
+          <cell r="G82">
+            <v>0</v>
           </cell>
           <cell r="H82">
-            <v>92416</v>
+            <v>58181</v>
+          </cell>
+        </row>
+        <row r="83">
+          <cell r="E83">
+            <v>0</v>
+          </cell>
+          <cell r="F83">
+            <v>0</v>
+          </cell>
+          <cell r="G83">
+            <v>0</v>
+          </cell>
+          <cell r="H83">
+            <v>0</v>
           </cell>
         </row>
         <row r="84">
           <cell r="C84">
-            <v>84190</v>
+            <v>58181</v>
           </cell>
           <cell r="D84">
-            <v>8226</v>
+            <v>0</v>
+          </cell>
+          <cell r="E84">
+            <v>0</v>
+          </cell>
+          <cell r="F84">
+            <v>0</v>
+          </cell>
+          <cell r="G84">
+            <v>0</v>
           </cell>
           <cell r="H84">
-            <v>92416</v>
+            <v>58181</v>
+          </cell>
+        </row>
+        <row r="85">
+          <cell r="E85">
+            <v>0</v>
+          </cell>
+          <cell r="F85">
+            <v>0</v>
+          </cell>
+          <cell r="G85">
+            <v>0</v>
+          </cell>
+          <cell r="H85">
+            <v>0</v>
           </cell>
         </row>
         <row r="86">
           <cell r="C86">
-            <v>842</v>
+            <v>582</v>
           </cell>
           <cell r="D86">
-            <v>164</v>
-[...7 lines deleted...]
-          <cell r="G86">
             <v>0</v>
           </cell>
           <cell r="H86">
-            <v>1006</v>
+            <v>582</v>
           </cell>
         </row>
         <row r="89">
           <cell r="C89">
-            <v>14684</v>
+            <v>13300</v>
           </cell>
           <cell r="D89">
             <v>0</v>
           </cell>
           <cell r="E89">
             <v>0</v>
           </cell>
           <cell r="F89">
             <v>0</v>
           </cell>
           <cell r="G89">
             <v>0</v>
           </cell>
           <cell r="H89">
-            <v>14684</v>
+            <v>13300</v>
           </cell>
         </row>
         <row r="90">
           <cell r="C90">
-            <v>-1384</v>
+            <v>4218</v>
           </cell>
           <cell r="H90">
-            <v>-1384</v>
+            <v>4218</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
-            <v>13300</v>
+            <v>17518</v>
           </cell>
           <cell r="D92">
             <v>0</v>
           </cell>
           <cell r="E92">
             <v>0</v>
           </cell>
           <cell r="F92">
             <v>0</v>
           </cell>
           <cell r="G92">
             <v>0</v>
           </cell>
           <cell r="H92">
-            <v>13300</v>
+            <v>17518</v>
+          </cell>
+        </row>
+        <row r="93">
+          <cell r="E93">
+            <v>0</v>
+          </cell>
+          <cell r="F93">
+            <v>0</v>
+          </cell>
+          <cell r="G93">
+            <v>0</v>
+          </cell>
+          <cell r="H93">
+            <v>0</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
-            <v>13300</v>
+            <v>17518</v>
           </cell>
           <cell r="D94">
             <v>0</v>
           </cell>
           <cell r="E94">
             <v>0</v>
           </cell>
           <cell r="F94">
             <v>0</v>
           </cell>
           <cell r="G94">
             <v>0</v>
           </cell>
           <cell r="H94">
-            <v>13300</v>
+            <v>17518</v>
+          </cell>
+        </row>
+        <row r="95">
+          <cell r="E95">
+            <v>0</v>
+          </cell>
+          <cell r="F95">
+            <v>0</v>
+          </cell>
+          <cell r="G95">
+            <v>0</v>
+          </cell>
+          <cell r="H95">
+            <v>0</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
             <v>0</v>
           </cell>
           <cell r="D96">
             <v>0</v>
           </cell>
           <cell r="E96">
             <v>0</v>
           </cell>
           <cell r="F96">
             <v>0</v>
           </cell>
           <cell r="G96">
             <v>0</v>
           </cell>
           <cell r="H96">
             <v>0</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>477089</v>
+            <v>500943</v>
           </cell>
           <cell r="D99">
-            <v>1666</v>
+            <v>8226</v>
           </cell>
           <cell r="E99">
-            <v>34002</v>
+            <v>0</v>
           </cell>
           <cell r="F99">
-            <v>667</v>
+            <v>3027</v>
           </cell>
           <cell r="G99">
-            <v>1971</v>
+            <v>1122</v>
           </cell>
           <cell r="H99">
-            <v>515395</v>
+            <v>513318</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>23854</v>
+            <v>29805</v>
           </cell>
           <cell r="D100">
-            <v>6560</v>
+            <v>18686</v>
           </cell>
           <cell r="E100">
-            <v>-34002</v>
+            <v>1924</v>
           </cell>
           <cell r="F100">
-            <v>2360</v>
+            <v>-3027</v>
           </cell>
           <cell r="G100">
-            <v>-849</v>
+            <v>121</v>
           </cell>
           <cell r="H100">
-            <v>-2077</v>
+            <v>47509</v>
+          </cell>
+        </row>
+        <row r="101">
+          <cell r="C101">
+            <v>0</v>
+          </cell>
+          <cell r="D101">
+            <v>0</v>
+          </cell>
+          <cell r="E101">
+            <v>0</v>
+          </cell>
+          <cell r="F101">
+            <v>0</v>
+          </cell>
+          <cell r="G101">
+            <v>0</v>
+          </cell>
+          <cell r="H101">
+            <v>0</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>500943</v>
+            <v>530748</v>
           </cell>
           <cell r="D102">
-            <v>8226</v>
+            <v>26912</v>
           </cell>
           <cell r="E102">
-            <v>0</v>
+            <v>1924</v>
           </cell>
           <cell r="F102">
-            <v>3027</v>
+            <v>0</v>
           </cell>
           <cell r="G102">
-            <v>1122</v>
+            <v>1243</v>
           </cell>
           <cell r="H102">
-            <v>513318</v>
+            <v>560827</v>
           </cell>
         </row>
         <row r="103">
+          <cell r="E103">
+            <v>1664</v>
+          </cell>
           <cell r="F103">
-            <v>4365</v>
+            <v>0</v>
+          </cell>
+          <cell r="G103">
+            <v>0</v>
           </cell>
           <cell r="H103">
-            <v>4365</v>
+            <v>1664</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>500943</v>
+            <v>530748</v>
           </cell>
           <cell r="D104">
-            <v>8226</v>
+            <v>26912</v>
           </cell>
           <cell r="E104">
-            <v>0</v>
+            <v>260</v>
           </cell>
           <cell r="F104">
-            <v>-1338</v>
+            <v>0</v>
           </cell>
           <cell r="G104">
-            <v>1122</v>
+            <v>1243</v>
           </cell>
           <cell r="H104">
-            <v>508953</v>
+            <v>559163</v>
           </cell>
         </row>
         <row r="105">
+          <cell r="E105">
+            <v>55</v>
+          </cell>
+          <cell r="F105">
+            <v>0</v>
+          </cell>
           <cell r="G105">
-            <v>67</v>
+            <v>117</v>
           </cell>
           <cell r="H105">
-            <v>67</v>
+            <v>172</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>1887</v>
+            <v>1367</v>
           </cell>
           <cell r="D106">
-            <v>164</v>
+            <v>538</v>
           </cell>
           <cell r="E106">
-            <v>0</v>
+            <v>37</v>
           </cell>
           <cell r="F106">
             <v>0</v>
           </cell>
           <cell r="G106">
-            <v>1073</v>
+            <v>1127</v>
           </cell>
           <cell r="H106">
-            <v>3124</v>
-[...19 lines deleted...]
-            <v>0</v>
+            <v>3069</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>227599</v>
+            <v>264700</v>
           </cell>
           <cell r="D116">
             <v>0</v>
           </cell>
           <cell r="E116">
-            <v>71380</v>
+            <v>111793</v>
           </cell>
           <cell r="F116">
             <v>0</v>
           </cell>
           <cell r="G116">
-            <v>50225</v>
+            <v>21836</v>
           </cell>
           <cell r="H116">
-            <v>9160</v>
+            <v>10778</v>
           </cell>
           <cell r="I116">
-            <v>45089</v>
+            <v>45942</v>
           </cell>
           <cell r="J116">
-            <v>84190</v>
+            <v>58181</v>
           </cell>
           <cell r="K116">
-            <v>13300</v>
+            <v>17518</v>
           </cell>
           <cell r="L116">
-            <v>500943</v>
+            <v>530748</v>
           </cell>
         </row>
         <row r="117">
           <cell r="G117">
-            <v>3149</v>
+            <v>27203</v>
           </cell>
           <cell r="H117">
-            <v>999</v>
-[...2 lines deleted...]
-            <v>8226</v>
+            <v>1207</v>
+          </cell>
+          <cell r="I117">
+            <v>1669</v>
           </cell>
           <cell r="L117">
-            <v>12374</v>
-[...7 lines deleted...]
-            <v>8226</v>
+            <v>30079</v>
+          </cell>
+        </row>
+        <row r="119">
+          <cell r="G119">
+            <v>26910</v>
+          </cell>
+          <cell r="H119">
+            <v>2</v>
+          </cell>
+          <cell r="L119">
+            <v>26912</v>
           </cell>
         </row>
         <row r="120">
           <cell r="G120">
-            <v>3027</v>
+            <v>166</v>
+          </cell>
+          <cell r="H120">
+            <v>89</v>
+          </cell>
+          <cell r="I120">
+            <v>1669</v>
           </cell>
           <cell r="L120">
-            <v>3027</v>
+            <v>1924</v>
           </cell>
         </row>
         <row r="122">
           <cell r="G122">
-            <v>122</v>
+            <v>127</v>
           </cell>
           <cell r="H122">
-            <v>999</v>
+            <v>1116</v>
           </cell>
           <cell r="L122">
-            <v>1121</v>
+            <v>1243</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>227599</v>
+            <v>264700</v>
           </cell>
           <cell r="D123">
             <v>0</v>
           </cell>
           <cell r="E123">
-            <v>71380</v>
+            <v>111793</v>
           </cell>
           <cell r="F123">
             <v>0</v>
           </cell>
           <cell r="G123">
-            <v>53374</v>
+            <v>49039</v>
           </cell>
           <cell r="H123">
-            <v>10159</v>
+            <v>11985</v>
           </cell>
           <cell r="I123">
-            <v>45089</v>
+            <v>47611</v>
           </cell>
           <cell r="J123">
-            <v>92416</v>
+            <v>58181</v>
           </cell>
           <cell r="K123">
-            <v>13300</v>
+            <v>17518</v>
           </cell>
           <cell r="L123">
-            <v>513317</v>
+            <v>560827</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
-            <v>23434</v>
+            <v>23288</v>
           </cell>
           <cell r="D127">
-            <v>129279</v>
+            <v>104123</v>
           </cell>
           <cell r="E127">
-            <v>31870</v>
+            <v>2537</v>
           </cell>
           <cell r="F127">
-            <v>334</v>
+            <v>312</v>
           </cell>
           <cell r="G127">
-            <v>20</v>
+            <v>14</v>
           </cell>
           <cell r="H127">
-            <v>3728</v>
+            <v>6464</v>
           </cell>
           <cell r="I127">
             <v>0</v>
           </cell>
           <cell r="J127">
-            <v>188665</v>
+            <v>136738</v>
           </cell>
         </row>
         <row r="128">
+          <cell r="C128">
+            <v>166</v>
+          </cell>
           <cell r="D128">
-            <v>8226</v>
+            <v>1669</v>
           </cell>
           <cell r="E128">
-            <v>4148</v>
+            <v>28244</v>
+          </cell>
+          <cell r="H128">
+            <v>0</v>
           </cell>
           <cell r="J128">
-            <v>12374</v>
-[...7 lines deleted...]
-            <v>8226</v>
+            <v>30079</v>
+          </cell>
+        </row>
+        <row r="130">
+          <cell r="E130">
+            <v>26912</v>
+          </cell>
+          <cell r="J130">
+            <v>26912</v>
+          </cell>
+        </row>
+        <row r="131">
+          <cell r="C131">
+            <v>166</v>
+          </cell>
+          <cell r="D131">
+            <v>1669</v>
+          </cell>
+          <cell r="E131">
+            <v>89</v>
+          </cell>
+          <cell r="J131">
+            <v>1924</v>
+          </cell>
+        </row>
+        <row r="132">
+          <cell r="D132">
+            <v>0</v>
+          </cell>
+          <cell r="H132">
+            <v>0</v>
+          </cell>
+          <cell r="J132">
+            <v>0</v>
           </cell>
         </row>
         <row r="133">
           <cell r="E133">
-            <v>4148</v>
+            <v>1243</v>
           </cell>
           <cell r="J133">
-            <v>4148</v>
+            <v>1243</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
-            <v>23434</v>
+            <v>23454</v>
           </cell>
           <cell r="D134">
-            <v>137505</v>
+            <v>105792</v>
           </cell>
           <cell r="E134">
-            <v>36018</v>
+            <v>30781</v>
           </cell>
           <cell r="F134">
-            <v>334</v>
+            <v>312</v>
           </cell>
           <cell r="G134">
-            <v>20</v>
+            <v>14</v>
           </cell>
           <cell r="H134">
-            <v>3728</v>
+            <v>6464</v>
           </cell>
           <cell r="I134">
             <v>0</v>
           </cell>
           <cell r="J134">
-            <v>201039</v>
+            <v>166817</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
-            <v>9278</v>
+            <v>9484</v>
           </cell>
           <cell r="D142">
             <v>0</v>
           </cell>
           <cell r="E142">
             <v>0</v>
           </cell>
           <cell r="F142">
             <v>0</v>
           </cell>
           <cell r="G142">
-            <v>19268</v>
+            <v>15708</v>
           </cell>
           <cell r="H142">
-            <v>218</v>
+            <v>34050</v>
           </cell>
           <cell r="I142">
-            <v>91301</v>
+            <v>24467</v>
           </cell>
           <cell r="J142">
-            <v>25</v>
+            <v>0</v>
           </cell>
           <cell r="K142">
-            <v>0</v>
+            <v>9724</v>
           </cell>
           <cell r="L142">
-            <v>10415</v>
+            <v>28</v>
           </cell>
           <cell r="M142">
-            <v>10237</v>
+            <v>2608</v>
           </cell>
           <cell r="N142">
             <v>0</v>
           </cell>
           <cell r="O142">
-            <v>57975</v>
+            <v>69733</v>
           </cell>
           <cell r="P142">
-            <v>2322</v>
+            <v>1015</v>
           </cell>
           <cell r="Q142">
-            <v>201039</v>
+            <v>166817</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
-            <v>3027</v>
+            <v>0</v>
+          </cell>
+          <cell r="D143">
+            <v>0</v>
+          </cell>
+          <cell r="E143">
+            <v>0</v>
+          </cell>
+          <cell r="F143">
+            <v>0</v>
           </cell>
           <cell r="G143">
-            <v>73</v>
+            <v>57</v>
+          </cell>
+          <cell r="H143">
+            <v>0</v>
+          </cell>
+          <cell r="I143">
+            <v>24</v>
           </cell>
           <cell r="J143">
-            <v>25</v>
+            <v>0</v>
+          </cell>
+          <cell r="K143">
+            <v>0</v>
+          </cell>
+          <cell r="L143">
+            <v>20</v>
           </cell>
           <cell r="M143">
-            <v>24</v>
+            <v>0</v>
+          </cell>
+          <cell r="N143">
+            <v>0</v>
           </cell>
           <cell r="O143">
-            <v>999</v>
+            <v>1402</v>
+          </cell>
+          <cell r="P143">
+            <v>0</v>
           </cell>
           <cell r="Q143">
-            <v>4148</v>
+            <v>1503</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
-            <v>4365</v>
+            <v>0</v>
+          </cell>
+          <cell r="D144">
+            <v>0</v>
+          </cell>
+          <cell r="E144">
+            <v>0</v>
+          </cell>
+          <cell r="F144">
+            <v>0</v>
+          </cell>
+          <cell r="G144">
+            <v>334</v>
+          </cell>
+          <cell r="H144">
+            <v>0</v>
+          </cell>
+          <cell r="I144">
+            <v>0</v>
+          </cell>
+          <cell r="J144">
+            <v>0</v>
+          </cell>
+          <cell r="K144">
+            <v>0</v>
+          </cell>
+          <cell r="L144">
+            <v>0</v>
+          </cell>
+          <cell r="M144">
+            <v>0</v>
+          </cell>
+          <cell r="N144">
+            <v>0</v>
+          </cell>
+          <cell r="O144">
+            <v>1330</v>
+          </cell>
+          <cell r="P144">
+            <v>0</v>
           </cell>
           <cell r="Q144">
-            <v>4365</v>
+            <v>1664</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
             <v>0</v>
           </cell>
+          <cell r="D145">
+            <v>0</v>
+          </cell>
+          <cell r="E145">
+            <v>0</v>
+          </cell>
+          <cell r="F145">
+            <v>0</v>
+          </cell>
           <cell r="G145">
-            <v>73</v>
+            <v>57</v>
+          </cell>
+          <cell r="H145">
+            <v>0</v>
+          </cell>
+          <cell r="I145">
+            <v>24</v>
           </cell>
           <cell r="J145">
-            <v>24</v>
+            <v>0</v>
+          </cell>
+          <cell r="K145">
+            <v>0</v>
+          </cell>
+          <cell r="L145">
+            <v>20</v>
           </cell>
           <cell r="M145">
-            <v>20</v>
+            <v>0</v>
+          </cell>
+          <cell r="N145">
+            <v>0</v>
           </cell>
           <cell r="O145">
-            <v>956</v>
+            <v>1063</v>
           </cell>
           <cell r="P145">
             <v>0</v>
           </cell>
           <cell r="Q145">
-            <v>1073</v>
+            <v>1164</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
-            <v>-1338</v>
+            <v>0</v>
+          </cell>
+          <cell r="D146">
+            <v>0</v>
+          </cell>
+          <cell r="E146">
+            <v>0</v>
+          </cell>
+          <cell r="F146">
+            <v>0</v>
           </cell>
           <cell r="G146">
+            <v>-334</v>
+          </cell>
+          <cell r="H146">
+            <v>0</v>
+          </cell>
+          <cell r="I146">
             <v>0</v>
           </cell>
           <cell r="J146">
-            <v>1</v>
+            <v>0</v>
+          </cell>
+          <cell r="K146">
+            <v>0</v>
+          </cell>
+          <cell r="L146">
+            <v>0</v>
           </cell>
           <cell r="M146">
-            <v>4</v>
+            <v>0</v>
+          </cell>
+          <cell r="N146">
+            <v>0</v>
           </cell>
           <cell r="O146">
-            <v>43</v>
+            <v>-991</v>
           </cell>
           <cell r="P146">
             <v>0</v>
           </cell>
           <cell r="Q146">
-            <v>-1290</v>
+            <v>-1325</v>
           </cell>
         </row>
         <row r="147">
           <cell r="C147">
-            <v>5.52</v>
+            <v>6.8048589735310791E-2</v>
           </cell>
           <cell r="G147">
-            <v>11.47</v>
+            <v>0.11270637363583529</v>
           </cell>
           <cell r="H147">
-            <v>0.13</v>
+            <v>0.24431194437867276</v>
           </cell>
           <cell r="I147">
-            <v>54.36</v>
-[...2 lines deleted...]
-            <v>0.01</v>
+            <v>0.17555302035574116</v>
+          </cell>
+          <cell r="K147">
+            <v>6.9770612250755176E-2</v>
           </cell>
           <cell r="L147">
-            <v>6.2</v>
+            <v>2.00902626801845E-4</v>
           </cell>
           <cell r="M147">
-            <v>6.1</v>
+            <v>1.8712644667829032E-2</v>
           </cell>
           <cell r="O147">
-            <v>34.520000000000003</v>
+            <v>0.50034081695618171</v>
           </cell>
           <cell r="P147">
-            <v>1.38</v>
+            <v>7.2827202215668971E-3</v>
           </cell>
           <cell r="Q147">
-            <v>119.7</v>
+            <v>1.1969276248286946</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
+            <v>3</v>
+          </cell>
+          <cell r="D148">
+            <v>0</v>
+          </cell>
+          <cell r="E148">
+            <v>0</v>
+          </cell>
+          <cell r="F148">
+            <v>0</v>
+          </cell>
+          <cell r="G148">
+            <v>12</v>
+          </cell>
+          <cell r="H148">
+            <v>17</v>
+          </cell>
+          <cell r="I148">
+            <v>8</v>
+          </cell>
+          <cell r="J148">
+            <v>0</v>
+          </cell>
+          <cell r="K148">
+            <v>6</v>
+          </cell>
+          <cell r="L148">
+            <v>3</v>
+          </cell>
+          <cell r="M148">
+            <v>13</v>
+          </cell>
+          <cell r="N148">
+            <v>0</v>
+          </cell>
+          <cell r="O148">
+            <v>139</v>
+          </cell>
+          <cell r="P148">
             <v>2</v>
           </cell>
-          <cell r="D148">
-[...37 lines deleted...]
-          </cell>
           <cell r="Q148">
-            <v>202</v>
+            <v>203</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>167953</v>
+            <v>139371</v>
           </cell>
         </row>
         <row r="153">
+          <cell r="C153">
+            <v>0</v>
+          </cell>
           <cell r="D153">
-            <v>32372</v>
+            <v>42502</v>
           </cell>
           <cell r="E153">
             <v>0</v>
           </cell>
           <cell r="F153">
             <v>0</v>
           </cell>
           <cell r="G153">
-            <v>3849</v>
+            <v>3610</v>
           </cell>
           <cell r="H153">
-            <v>143932</v>
+            <v>99588</v>
           </cell>
           <cell r="I153">
             <v>0</v>
           </cell>
           <cell r="J153">
             <v>0</v>
           </cell>
           <cell r="K153">
             <v>0</v>
           </cell>
           <cell r="L153">
             <v>0</v>
           </cell>
           <cell r="M153">
-            <v>20886</v>
+            <v>21117</v>
           </cell>
           <cell r="N153">
             <v>0</v>
           </cell>
           <cell r="O153">
             <v>0</v>
           </cell>
           <cell r="P153">
-            <v>201039</v>
+            <v>166817</v>
           </cell>
         </row>
         <row r="154">
           <cell r="D154">
             <v>0</v>
           </cell>
           <cell r="G154">
             <v>5</v>
           </cell>
           <cell r="H154">
-            <v>3761</v>
+            <v>721</v>
           </cell>
           <cell r="M154">
-            <v>382</v>
+            <v>777</v>
           </cell>
           <cell r="P154">
-            <v>4148</v>
+            <v>1503</v>
           </cell>
         </row>
         <row r="155">
+          <cell r="C155">
+            <v>0</v>
+          </cell>
           <cell r="D155">
             <v>41</v>
           </cell>
+          <cell r="E155">
+            <v>0</v>
+          </cell>
+          <cell r="F155">
+            <v>0</v>
+          </cell>
           <cell r="G155">
-            <v>11</v>
+            <v>13</v>
           </cell>
           <cell r="H155">
-            <v>112</v>
+            <v>110</v>
+          </cell>
+          <cell r="I155">
+            <v>0</v>
+          </cell>
+          <cell r="J155">
+            <v>0</v>
+          </cell>
+          <cell r="K155">
+            <v>0</v>
+          </cell>
+          <cell r="L155">
+            <v>0</v>
           </cell>
           <cell r="M155">
-            <v>38</v>
+            <v>39</v>
+          </cell>
+          <cell r="N155">
+            <v>0</v>
+          </cell>
+          <cell r="O155">
+            <v>0</v>
           </cell>
           <cell r="P155">
-            <v>202</v>
+            <v>203</v>
           </cell>
         </row>
         <row r="164">
+          <cell r="C164">
+            <v>0</v>
+          </cell>
+          <cell r="D164">
+            <v>0</v>
+          </cell>
+          <cell r="E164">
+            <v>0</v>
+          </cell>
+          <cell r="F164">
+            <v>0</v>
+          </cell>
+          <cell r="G164">
+            <v>0</v>
+          </cell>
+          <cell r="H164">
+            <v>0</v>
+          </cell>
           <cell r="I164">
-            <v>128161</v>
+            <v>105792</v>
           </cell>
           <cell r="J164">
-            <v>128161</v>
+            <v>105792</v>
+          </cell>
+        </row>
+        <row r="165">
+          <cell r="C165">
+            <v>0</v>
+          </cell>
+          <cell r="D165">
+            <v>0</v>
+          </cell>
+          <cell r="E165">
+            <v>0</v>
+          </cell>
+          <cell r="F165">
+            <v>0</v>
+          </cell>
+          <cell r="G165">
+            <v>0</v>
+          </cell>
+          <cell r="H165">
+            <v>0</v>
+          </cell>
+          <cell r="J165">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="169">
+          <cell r="C169">
+            <v>0</v>
+          </cell>
+          <cell r="D169">
+            <v>0</v>
+          </cell>
+          <cell r="E169">
+            <v>0</v>
+          </cell>
+          <cell r="F169">
+            <v>0</v>
+          </cell>
+          <cell r="G169">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="170">
+          <cell r="C170">
+            <v>0</v>
+          </cell>
+          <cell r="D170">
+            <v>0</v>
+          </cell>
+          <cell r="E170">
+            <v>0</v>
+          </cell>
+          <cell r="F170">
+            <v>0</v>
+          </cell>
+          <cell r="G170">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="171">
+          <cell r="C171">
+            <v>0</v>
+          </cell>
+          <cell r="D171">
+            <v>0</v>
+          </cell>
+          <cell r="E171">
+            <v>0</v>
+          </cell>
+          <cell r="F171">
+            <v>0</v>
+          </cell>
+          <cell r="G171">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="172">
+          <cell r="C172">
+            <v>0</v>
+          </cell>
+          <cell r="D172">
+            <v>0</v>
+          </cell>
+          <cell r="E172">
+            <v>0</v>
+          </cell>
+          <cell r="F172">
+            <v>0</v>
+          </cell>
+          <cell r="G172">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="173">
+          <cell r="C173">
+            <v>0</v>
+          </cell>
+          <cell r="D173">
+            <v>0</v>
+          </cell>
+          <cell r="E173">
+            <v>0</v>
+          </cell>
+          <cell r="F173">
+            <v>0</v>
+          </cell>
+          <cell r="G173">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="174">
+          <cell r="C174">
+            <v>0</v>
+          </cell>
+          <cell r="D174">
+            <v>0</v>
+          </cell>
+          <cell r="E174">
+            <v>0</v>
+          </cell>
+          <cell r="F174">
+            <v>0</v>
+          </cell>
+          <cell r="G174">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="175">
+          <cell r="C175">
+            <v>0</v>
+          </cell>
+          <cell r="D175">
+            <v>0</v>
+          </cell>
+          <cell r="E175">
+            <v>0</v>
+          </cell>
+          <cell r="F175">
+            <v>0</v>
+          </cell>
+          <cell r="G175">
+            <v>0</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
             <v>4</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>14</v>
+            <v>15</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
             <v>7</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
-            <v>10</v>
+            <v>9</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
-            <v>1</v>
+            <v>2</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
-            <v>36</v>
+            <v>37</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="6">
         <row r="9">
           <cell r="C9">
-            <v>11981</v>
+            <v>7975</v>
           </cell>
           <cell r="D9">
             <v>0</v>
           </cell>
           <cell r="E9">
             <v>0</v>
           </cell>
           <cell r="F9">
             <v>0</v>
           </cell>
           <cell r="G9">
             <v>0</v>
           </cell>
           <cell r="H9">
-            <v>11981</v>
+            <v>7975</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
-            <v>-4006</v>
+            <v>-3577</v>
           </cell>
           <cell r="D10">
             <v>0</v>
           </cell>
           <cell r="E10">
             <v>0</v>
           </cell>
           <cell r="F10">
             <v>0</v>
           </cell>
           <cell r="G10">
             <v>0</v>
           </cell>
           <cell r="H10">
-            <v>-4006</v>
+            <v>-3577</v>
           </cell>
         </row>
         <row r="11">
           <cell r="C11">
             <v>0</v>
           </cell>
           <cell r="D11">
             <v>0</v>
           </cell>
           <cell r="E11">
             <v>0</v>
           </cell>
           <cell r="F11">
             <v>0</v>
           </cell>
           <cell r="G11">
             <v>0</v>
           </cell>
           <cell r="H11">
             <v>0</v>
           </cell>
         </row>
         <row r="12">
           <cell r="C12">
-            <v>7975</v>
+            <v>4398</v>
           </cell>
           <cell r="H12">
-            <v>7975</v>
+            <v>4398</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="H13">
+            <v>0</v>
           </cell>
         </row>
         <row r="14">
           <cell r="H14">
-            <v>7975</v>
+            <v>4398</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="H15">
+            <v>0</v>
           </cell>
         </row>
         <row r="16">
           <cell r="C16">
-            <v>80</v>
+            <v>44</v>
           </cell>
           <cell r="D16">
             <v>0</v>
           </cell>
           <cell r="E16">
             <v>0</v>
           </cell>
           <cell r="F16">
             <v>0</v>
           </cell>
           <cell r="G16">
             <v>0</v>
           </cell>
           <cell r="H16">
-            <v>80</v>
+            <v>44</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>7173</v>
+            <v>7282</v>
           </cell>
           <cell r="D29">
             <v>0</v>
           </cell>
           <cell r="E29">
             <v>0</v>
           </cell>
           <cell r="F29">
             <v>0</v>
           </cell>
           <cell r="G29">
             <v>0</v>
           </cell>
           <cell r="H29">
-            <v>7173</v>
+            <v>7282</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
-            <v>109</v>
+            <v>-1288</v>
           </cell>
           <cell r="D30">
             <v>0</v>
           </cell>
           <cell r="E30">
             <v>0</v>
           </cell>
           <cell r="F30">
             <v>0</v>
           </cell>
           <cell r="G30">
             <v>0</v>
           </cell>
           <cell r="H30">
-            <v>109</v>
+            <v>-1288</v>
           </cell>
         </row>
         <row r="31">
           <cell r="C31">
             <v>0</v>
           </cell>
           <cell r="D31">
             <v>0</v>
           </cell>
           <cell r="E31">
             <v>0</v>
           </cell>
           <cell r="F31">
             <v>0</v>
           </cell>
           <cell r="G31">
             <v>0</v>
           </cell>
           <cell r="H31">
             <v>0</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
           <cell r="D32">
             <v>0</v>
           </cell>
           <cell r="E32">
             <v>0</v>
           </cell>
           <cell r="F32">
             <v>0</v>
           </cell>
           <cell r="G32">
             <v>0</v>
           </cell>
           <cell r="H32">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
         </row>
         <row r="33">
           <cell r="E33">
             <v>0</v>
           </cell>
           <cell r="F33">
             <v>0</v>
           </cell>
           <cell r="G33">
             <v>0</v>
           </cell>
           <cell r="H33">
             <v>0</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
           <cell r="D34">
             <v>0</v>
           </cell>
           <cell r="E34">
             <v>0</v>
           </cell>
           <cell r="F34">
             <v>0</v>
           </cell>
           <cell r="G34">
             <v>0</v>
           </cell>
           <cell r="H34">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
         </row>
         <row r="35">
           <cell r="E35">
             <v>0</v>
           </cell>
           <cell r="F35">
             <v>0</v>
           </cell>
           <cell r="G35">
             <v>0</v>
           </cell>
           <cell r="H35">
             <v>0</v>
           </cell>
         </row>
         <row r="36">
           <cell r="C36">
-            <v>73</v>
+            <v>60</v>
           </cell>
           <cell r="D36">
             <v>0</v>
           </cell>
           <cell r="E36">
             <v>0</v>
           </cell>
           <cell r="F36">
             <v>0</v>
           </cell>
           <cell r="G36">
             <v>0</v>
           </cell>
           <cell r="H36">
-            <v>73</v>
+            <v>60</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
             <v>0</v>
           </cell>
           <cell r="D39">
             <v>0</v>
           </cell>
           <cell r="E39">
             <v>0</v>
           </cell>
           <cell r="F39">
             <v>0</v>
           </cell>
           <cell r="G39">
             <v>0</v>
           </cell>
           <cell r="H39">
             <v>0</v>
           </cell>
         </row>
         <row r="40">
           <cell r="C40">
             <v>0</v>
@@ -17968,176 +19290,182 @@
           </cell>
           <cell r="F46">
             <v>0</v>
           </cell>
           <cell r="G46">
             <v>0</v>
           </cell>
           <cell r="H46">
             <v>0</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
             <v>0</v>
           </cell>
           <cell r="D49">
             <v>0</v>
           </cell>
           <cell r="E49">
             <v>0</v>
           </cell>
           <cell r="F49">
             <v>0</v>
           </cell>
           <cell r="G49">
-            <v>722</v>
+            <v>723</v>
           </cell>
           <cell r="H49">
-            <v>722</v>
+            <v>723</v>
           </cell>
         </row>
         <row r="50">
           <cell r="C50">
             <v>0</v>
           </cell>
           <cell r="D50">
             <v>0</v>
           </cell>
           <cell r="E50">
             <v>0</v>
           </cell>
           <cell r="F50">
             <v>0</v>
           </cell>
           <cell r="G50">
-            <v>1</v>
+            <v>2</v>
           </cell>
           <cell r="H50">
-            <v>1</v>
+            <v>2</v>
           </cell>
         </row>
         <row r="51">
           <cell r="C51">
             <v>0</v>
           </cell>
           <cell r="D51">
             <v>0</v>
           </cell>
           <cell r="E51">
             <v>0</v>
           </cell>
           <cell r="F51">
             <v>0</v>
           </cell>
           <cell r="G51">
             <v>0</v>
           </cell>
           <cell r="H51">
             <v>0</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
             <v>0</v>
           </cell>
           <cell r="D52">
             <v>0</v>
           </cell>
           <cell r="E52">
             <v>0</v>
           </cell>
           <cell r="F52">
             <v>0</v>
           </cell>
           <cell r="G52">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H52">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="53">
           <cell r="E53">
             <v>0</v>
           </cell>
           <cell r="F53">
             <v>0</v>
           </cell>
           <cell r="G53">
             <v>0</v>
           </cell>
           <cell r="H53">
             <v>0</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
             <v>0</v>
           </cell>
           <cell r="D54">
             <v>0</v>
           </cell>
           <cell r="E54">
             <v>0</v>
           </cell>
           <cell r="F54">
             <v>0</v>
           </cell>
           <cell r="G54">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H54">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="55">
+          <cell r="E55">
+            <v>0</v>
+          </cell>
+          <cell r="F55">
+            <v>0</v>
+          </cell>
           <cell r="G55">
             <v>41</v>
           </cell>
           <cell r="H55">
             <v>41</v>
           </cell>
         </row>
         <row r="56">
           <cell r="C56">
             <v>0</v>
           </cell>
           <cell r="D56">
             <v>0</v>
           </cell>
           <cell r="E56">
             <v>0</v>
           </cell>
           <cell r="F56">
             <v>0</v>
           </cell>
           <cell r="G56">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H56">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="59">
           <cell r="C59">
             <v>0</v>
           </cell>
           <cell r="D59">
             <v>0</v>
           </cell>
           <cell r="E59">
             <v>0</v>
           </cell>
           <cell r="F59">
             <v>0</v>
           </cell>
           <cell r="G59">
             <v>0</v>
           </cell>
           <cell r="H59">
             <v>0</v>
           </cell>
         </row>
         <row r="60">
           <cell r="C60">
             <v>0</v>
@@ -18358,63 +19686,80 @@
           </cell>
           <cell r="H73">
             <v>0</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
             <v>0</v>
           </cell>
           <cell r="D74">
             <v>0</v>
           </cell>
           <cell r="E74">
             <v>0</v>
           </cell>
           <cell r="F74">
             <v>0</v>
           </cell>
           <cell r="G74">
             <v>0</v>
           </cell>
           <cell r="H74">
             <v>0</v>
           </cell>
         </row>
+        <row r="75">
+          <cell r="E75">
+            <v>0</v>
+          </cell>
+          <cell r="F75">
+            <v>0</v>
+          </cell>
+          <cell r="G75">
+            <v>0</v>
+          </cell>
+          <cell r="H75">
+            <v>0</v>
+          </cell>
+        </row>
         <row r="76">
           <cell r="C76">
             <v>0</v>
           </cell>
           <cell r="D76">
             <v>0</v>
           </cell>
           <cell r="E76">
             <v>0</v>
           </cell>
           <cell r="F76">
             <v>0</v>
           </cell>
+          <cell r="G76">
+            <v>0</v>
+          </cell>
           <cell r="H76">
             <v>0</v>
           </cell>
         </row>
         <row r="79">
           <cell r="C79">
             <v>0</v>
           </cell>
           <cell r="D79">
             <v>0</v>
           </cell>
           <cell r="E79">
             <v>0</v>
           </cell>
           <cell r="F79">
             <v>0</v>
           </cell>
           <cell r="G79">
             <v>0</v>
           </cell>
           <cell r="H79">
             <v>0</v>
           </cell>
         </row>
         <row r="80">
@@ -18673,278 +20018,278 @@
             <v>0</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
             <v>0</v>
           </cell>
           <cell r="D96">
             <v>0</v>
           </cell>
           <cell r="E96">
             <v>0</v>
           </cell>
           <cell r="F96">
             <v>0</v>
           </cell>
           <cell r="G96">
             <v>0</v>
           </cell>
           <cell r="H96">
             <v>0</v>
           </cell>
         </row>
         <row r="99">
           <cell r="C99">
-            <v>19154</v>
+            <v>15257</v>
           </cell>
           <cell r="D99">
             <v>0</v>
           </cell>
           <cell r="E99">
             <v>0</v>
           </cell>
           <cell r="F99">
             <v>0</v>
           </cell>
           <cell r="G99">
-            <v>722</v>
+            <v>723</v>
           </cell>
           <cell r="H99">
-            <v>19876</v>
+            <v>15980</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
-            <v>-3897</v>
+            <v>-4865</v>
           </cell>
           <cell r="D100">
             <v>0</v>
           </cell>
           <cell r="E100">
             <v>0</v>
           </cell>
           <cell r="F100">
             <v>0</v>
           </cell>
           <cell r="G100">
-            <v>1</v>
+            <v>2</v>
           </cell>
           <cell r="H100">
-            <v>-3896</v>
+            <v>-4863</v>
           </cell>
         </row>
         <row r="101">
           <cell r="C101">
             <v>0</v>
           </cell>
           <cell r="D101">
             <v>0</v>
           </cell>
           <cell r="E101">
             <v>0</v>
           </cell>
           <cell r="F101">
             <v>0</v>
           </cell>
           <cell r="G101">
             <v>0</v>
           </cell>
           <cell r="H101">
             <v>0</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
-            <v>15257</v>
+            <v>10392</v>
           </cell>
           <cell r="D102">
             <v>0</v>
           </cell>
           <cell r="E102">
             <v>0</v>
           </cell>
           <cell r="F102">
             <v>0</v>
           </cell>
           <cell r="G102">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H102">
-            <v>15980</v>
+            <v>11117</v>
           </cell>
         </row>
         <row r="103">
           <cell r="E103">
             <v>0</v>
           </cell>
           <cell r="F103">
             <v>0</v>
           </cell>
           <cell r="G103">
             <v>0</v>
           </cell>
           <cell r="H103">
             <v>0</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
-            <v>15257</v>
+            <v>10392</v>
           </cell>
           <cell r="D104">
             <v>0</v>
           </cell>
           <cell r="E104">
             <v>0</v>
           </cell>
           <cell r="F104">
             <v>0</v>
           </cell>
           <cell r="G104">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H104">
-            <v>15980</v>
+            <v>11117</v>
           </cell>
         </row>
         <row r="105">
           <cell r="E105">
             <v>0</v>
           </cell>
           <cell r="F105">
             <v>0</v>
           </cell>
           <cell r="G105">
             <v>41</v>
           </cell>
           <cell r="H105">
             <v>41</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
-            <v>153</v>
+            <v>104</v>
           </cell>
           <cell r="D106">
             <v>0</v>
           </cell>
           <cell r="E106">
             <v>0</v>
           </cell>
           <cell r="F106">
             <v>0</v>
           </cell>
           <cell r="G106">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H106">
-            <v>876</v>
+            <v>829</v>
           </cell>
         </row>
         <row r="107">
           <cell r="C107">
-            <v>45</v>
+            <v>47</v>
           </cell>
           <cell r="D107">
             <v>0</v>
           </cell>
           <cell r="E107">
             <v>0</v>
           </cell>
           <cell r="F107">
             <v>0</v>
           </cell>
           <cell r="G107">
             <v>0</v>
           </cell>
           <cell r="H107">
-            <v>45</v>
+            <v>47</v>
           </cell>
         </row>
         <row r="116">
           <cell r="C116">
-            <v>7975</v>
+            <v>4398</v>
           </cell>
           <cell r="D116">
             <v>0</v>
           </cell>
           <cell r="E116">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
           <cell r="F116">
             <v>0</v>
           </cell>
           <cell r="G116">
             <v>0</v>
           </cell>
           <cell r="H116">
             <v>0</v>
           </cell>
           <cell r="I116">
             <v>0</v>
           </cell>
           <cell r="J116">
             <v>0</v>
           </cell>
           <cell r="K116">
             <v>0</v>
           </cell>
           <cell r="L116">
-            <v>15257</v>
+            <v>10392</v>
           </cell>
         </row>
         <row r="117">
           <cell r="C117">
             <v>0</v>
           </cell>
           <cell r="D117">
             <v>0</v>
           </cell>
           <cell r="E117">
             <v>0</v>
           </cell>
           <cell r="F117">
             <v>0</v>
           </cell>
           <cell r="G117">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H117">
             <v>0</v>
           </cell>
           <cell r="I117">
             <v>0</v>
           </cell>
           <cell r="J117">
             <v>0</v>
           </cell>
           <cell r="K117">
             <v>0</v>
           </cell>
           <cell r="L117">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="118">
           <cell r="C118">
             <v>0</v>
           </cell>
           <cell r="D118">
             <v>0</v>
           </cell>
           <cell r="E118">
             <v>0</v>
           </cell>
           <cell r="F118">
             <v>0</v>
           </cell>
           <cell r="G118">
             <v>0</v>
           </cell>
           <cell r="H118">
             <v>0</v>
           </cell>
           <cell r="I118">
             <v>0</v>
           </cell>
           <cell r="J118">
@@ -19045,150 +20390,150 @@
           </cell>
           <cell r="J121">
             <v>0</v>
           </cell>
           <cell r="K121">
             <v>0</v>
           </cell>
           <cell r="L121">
             <v>0</v>
           </cell>
         </row>
         <row r="122">
           <cell r="C122">
             <v>0</v>
           </cell>
           <cell r="D122">
             <v>0</v>
           </cell>
           <cell r="E122">
             <v>0</v>
           </cell>
           <cell r="F122">
             <v>0</v>
           </cell>
           <cell r="G122">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H122">
             <v>0</v>
           </cell>
           <cell r="I122">
             <v>0</v>
           </cell>
           <cell r="J122">
             <v>0</v>
           </cell>
           <cell r="K122">
             <v>0</v>
           </cell>
           <cell r="L122">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="123">
           <cell r="C123">
-            <v>7975</v>
+            <v>4398</v>
           </cell>
           <cell r="D123">
             <v>0</v>
           </cell>
           <cell r="E123">
-            <v>7282</v>
+            <v>5994</v>
           </cell>
           <cell r="F123">
             <v>0</v>
           </cell>
           <cell r="G123">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="H123">
             <v>0</v>
           </cell>
           <cell r="I123">
             <v>0</v>
           </cell>
           <cell r="J123">
             <v>0</v>
           </cell>
           <cell r="K123">
             <v>0</v>
           </cell>
           <cell r="L123">
-            <v>15980</v>
+            <v>11117</v>
           </cell>
         </row>
         <row r="127">
           <cell r="C127">
             <v>0</v>
           </cell>
           <cell r="D127">
             <v>0</v>
           </cell>
           <cell r="E127">
             <v>0</v>
           </cell>
           <cell r="F127">
             <v>0</v>
           </cell>
           <cell r="G127">
             <v>0</v>
           </cell>
           <cell r="H127">
             <v>41</v>
           </cell>
           <cell r="I127">
             <v>0</v>
           </cell>
           <cell r="J127">
             <v>41</v>
           </cell>
         </row>
         <row r="128">
           <cell r="C128">
             <v>0</v>
           </cell>
           <cell r="D128">
             <v>0</v>
           </cell>
           <cell r="E128">
-            <v>33</v>
+            <v>35</v>
           </cell>
           <cell r="F128">
             <v>0</v>
           </cell>
           <cell r="G128">
             <v>0</v>
           </cell>
           <cell r="H128">
             <v>690</v>
           </cell>
           <cell r="I128">
             <v>0</v>
           </cell>
           <cell r="J128">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="129">
           <cell r="C129">
             <v>0</v>
           </cell>
           <cell r="D129">
             <v>0</v>
           </cell>
           <cell r="E129">
             <v>0</v>
           </cell>
           <cell r="F129">
             <v>0</v>
           </cell>
           <cell r="G129">
             <v>0</v>
           </cell>
           <cell r="H129">
             <v>0</v>
           </cell>
           <cell r="I129">
             <v>0</v>
           </cell>
           <cell r="J129">
@@ -19259,186 +20604,186 @@
           </cell>
           <cell r="F132">
             <v>0</v>
           </cell>
           <cell r="G132">
             <v>0</v>
           </cell>
           <cell r="H132">
             <v>0</v>
           </cell>
           <cell r="I132">
             <v>0</v>
           </cell>
           <cell r="J132">
             <v>0</v>
           </cell>
         </row>
         <row r="133">
           <cell r="C133">
             <v>0</v>
           </cell>
           <cell r="D133">
             <v>0</v>
           </cell>
           <cell r="E133">
-            <v>33</v>
+            <v>35</v>
           </cell>
           <cell r="F133">
             <v>0</v>
           </cell>
           <cell r="G133">
             <v>0</v>
           </cell>
           <cell r="H133">
             <v>690</v>
           </cell>
           <cell r="I133">
             <v>0</v>
           </cell>
           <cell r="J133">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="134">
           <cell r="C134">
             <v>0</v>
           </cell>
           <cell r="D134">
             <v>0</v>
           </cell>
           <cell r="E134">
-            <v>33</v>
+            <v>35</v>
           </cell>
           <cell r="F134">
             <v>0</v>
           </cell>
           <cell r="G134">
             <v>0</v>
           </cell>
           <cell r="H134">
             <v>731</v>
           </cell>
           <cell r="I134">
             <v>0</v>
           </cell>
           <cell r="J134">
-            <v>764</v>
+            <v>766</v>
           </cell>
         </row>
         <row r="142">
           <cell r="C142">
             <v>0</v>
           </cell>
           <cell r="D142">
             <v>731</v>
           </cell>
           <cell r="E142">
             <v>0</v>
           </cell>
           <cell r="F142">
             <v>0</v>
           </cell>
           <cell r="G142">
             <v>0</v>
           </cell>
           <cell r="H142">
             <v>0</v>
           </cell>
           <cell r="I142">
             <v>0</v>
           </cell>
           <cell r="J142">
             <v>0</v>
           </cell>
           <cell r="K142">
             <v>0</v>
           </cell>
           <cell r="L142">
             <v>0</v>
           </cell>
           <cell r="M142">
-            <v>0</v>
+            <v>35</v>
           </cell>
           <cell r="N142">
-            <v>33</v>
+            <v>0</v>
           </cell>
           <cell r="O142">
             <v>0</v>
           </cell>
           <cell r="P142">
             <v>0</v>
           </cell>
           <cell r="Q142">
-            <v>764</v>
+            <v>766</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
             <v>0</v>
           </cell>
           <cell r="D143">
             <v>690</v>
           </cell>
           <cell r="E143">
             <v>0</v>
           </cell>
           <cell r="F143">
             <v>0</v>
           </cell>
           <cell r="G143">
             <v>0</v>
           </cell>
           <cell r="H143">
             <v>0</v>
           </cell>
           <cell r="I143">
             <v>0</v>
           </cell>
           <cell r="J143">
             <v>0</v>
           </cell>
           <cell r="K143">
             <v>0</v>
           </cell>
           <cell r="L143">
             <v>0</v>
           </cell>
           <cell r="M143">
-            <v>0</v>
+            <v>35</v>
           </cell>
           <cell r="N143">
-            <v>33</v>
+            <v>0</v>
           </cell>
           <cell r="O143">
             <v>0</v>
           </cell>
           <cell r="P143">
             <v>0</v>
           </cell>
           <cell r="Q143">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
             <v>0</v>
           </cell>
           <cell r="D144">
             <v>0</v>
           </cell>
           <cell r="E144">
             <v>0</v>
           </cell>
           <cell r="F144">
             <v>0</v>
           </cell>
           <cell r="G144">
             <v>0</v>
           </cell>
           <cell r="H144">
             <v>0</v>
           </cell>
           <cell r="I144">
             <v>0</v>
           </cell>
           <cell r="J144">
@@ -19476,63 +20821,63 @@
           <cell r="E145">
             <v>0</v>
           </cell>
           <cell r="F145">
             <v>0</v>
           </cell>
           <cell r="G145">
             <v>0</v>
           </cell>
           <cell r="H145">
             <v>0</v>
           </cell>
           <cell r="I145">
             <v>0</v>
           </cell>
           <cell r="J145">
             <v>0</v>
           </cell>
           <cell r="K145">
             <v>0</v>
           </cell>
           <cell r="L145">
             <v>0</v>
           </cell>
           <cell r="M145">
-            <v>0</v>
+            <v>35</v>
           </cell>
           <cell r="N145">
-            <v>33</v>
+            <v>0</v>
           </cell>
           <cell r="O145">
             <v>0</v>
           </cell>
           <cell r="P145">
             <v>0</v>
           </cell>
           <cell r="Q145">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
             <v>0</v>
           </cell>
           <cell r="D146">
             <v>0</v>
           </cell>
           <cell r="E146">
             <v>0</v>
           </cell>
           <cell r="F146">
             <v>0</v>
           </cell>
           <cell r="G146">
             <v>0</v>
           </cell>
           <cell r="H146">
             <v>0</v>
           </cell>
           <cell r="I146">
             <v>0</v>
           </cell>
           <cell r="J146">
@@ -19540,125 +20885,125 @@
           </cell>
           <cell r="K146">
             <v>0</v>
           </cell>
           <cell r="L146">
             <v>0</v>
           </cell>
           <cell r="M146">
             <v>0</v>
           </cell>
           <cell r="N146">
             <v>0</v>
           </cell>
           <cell r="O146">
             <v>0</v>
           </cell>
           <cell r="P146">
             <v>0</v>
           </cell>
           <cell r="Q146">
             <v>0</v>
           </cell>
         </row>
         <row r="147">
           <cell r="D147">
-            <v>2.6</v>
-[...2 lines deleted...]
-            <v>0.12</v>
+            <v>3.0180421947896455E-2</v>
+          </cell>
+          <cell r="M147">
+            <v>1.445027042648941E-3</v>
           </cell>
           <cell r="Q147">
-            <v>2.72</v>
+            <v>3.1625448990545396E-2</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
             <v>0</v>
           </cell>
           <cell r="D148">
-            <v>2</v>
+            <v>1</v>
           </cell>
           <cell r="E148">
             <v>0</v>
           </cell>
           <cell r="F148">
             <v>0</v>
           </cell>
           <cell r="G148">
             <v>0</v>
           </cell>
           <cell r="H148">
             <v>0</v>
           </cell>
           <cell r="I148">
             <v>0</v>
           </cell>
           <cell r="J148">
             <v>0</v>
           </cell>
           <cell r="K148">
             <v>0</v>
           </cell>
           <cell r="L148">
             <v>0</v>
           </cell>
           <cell r="M148">
             <v>0</v>
           </cell>
           <cell r="N148">
+            <v>0</v>
+          </cell>
+          <cell r="O148">
+            <v>0</v>
+          </cell>
+          <cell r="P148">
+            <v>0</v>
+          </cell>
+          <cell r="Q148">
             <v>1</v>
-          </cell>
-[...7 lines deleted...]
-            <v>3</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>28132</v>
+            <v>24221</v>
           </cell>
         </row>
         <row r="153">
           <cell r="H153">
-            <v>764</v>
+            <v>766</v>
           </cell>
           <cell r="P153">
-            <v>764</v>
+            <v>766</v>
           </cell>
         </row>
         <row r="154">
           <cell r="H154">
-            <v>723</v>
+            <v>725</v>
           </cell>
           <cell r="P154">
-            <v>723</v>
+            <v>725</v>
           </cell>
         </row>
         <row r="155">
           <cell r="H155">
             <v>2</v>
           </cell>
           <cell r="P155">
             <v>2</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -19951,58 +21296,58 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{634286E1-5F1E-4121-960C-E89316889946}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A464C25-58E4-4346-9B0D-7726148DBCEE}">
   <sheetPr>
     <tabColor theme="1" tint="0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:AG184"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A71" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+    <sheetView tabSelected="1" topLeftCell="C128" zoomScale="72" zoomScaleNormal="72" workbookViewId="0">
+      <selection activeCell="L162" sqref="L162"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="47.88671875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="23.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.33203125" style="1" customWidth="1"/>
     <col min="5" max="6" width="17.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.21875" style="1" customWidth="1"/>
     <col min="8" max="8" width="17.33203125" style="1" customWidth="1"/>
     <col min="9" max="9" width="18.21875" style="1" customWidth="1"/>
     <col min="10" max="10" width="16.6640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="16.33203125" style="1" customWidth="1"/>
     <col min="12" max="33" width="15.44140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="27" x14ac:dyDescent="0.5">
       <c r="A1" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>59</v>
       </c>
     </row>
@@ -20064,1065 +21409,1065 @@
         <v>13</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="8" t="s">
+      <c r="B8" s="9" t="s">
         <v>149</v>
       </c>
-      <c r="C8" s="8"/>
-[...4 lines deleted...]
-      <c r="H8" s="8"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C9" s="2">
         <f>[1]FNB!C9+[1]BWHK!C9+[1]SBN!C9+[1]NBN!C9+[1]LBN!C9+'[1]Bank Bic'!C9+'[1]ATL '!C9</f>
-        <v>24086691</v>
+        <v>22565403</v>
       </c>
       <c r="D9" s="2">
         <f>[1]FNB!D9+[1]BWHK!D9+[1]SBN!D9+[1]NBN!D9+[1]LBN!D9+'[1]Bank Bic'!D9+'[1]ATL '!D9</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E9" s="2">
         <f>[1]FNB!E9+[1]BWHK!E9+[1]SBN!E9+[1]NBN!E9+[1]LBN!E9+'[1]Bank Bic'!E9+'[1]ATL '!E9</f>
         <v>0</v>
       </c>
       <c r="F9" s="2">
         <f>[1]FNB!F9+[1]BWHK!F9+[1]SBN!F9+[1]NBN!F9+[1]LBN!F9+'[1]Bank Bic'!F9+'[1]ATL '!F9</f>
         <v>0</v>
       </c>
       <c r="G9" s="2">
         <f>[1]FNB!G9+[1]BWHK!G9+[1]SBN!G9+[1]NBN!G9+[1]LBN!G9+'[1]Bank Bic'!G9+'[1]ATL '!G9</f>
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <f>[1]FNB!H9+[1]BWHK!H9+[1]SBN!H9+[1]NBN!H9+[1]LBN!H9+'[1]Bank Bic'!H9+'[1]ATL '!H9</f>
-        <v>24086691</v>
+        <v>22565407</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C10" s="2">
         <f>[1]FNB!C10+[1]BWHK!C10+[1]SBN!C10+[1]NBN!C10+[1]LBN!C10+'[1]Bank Bic'!C10+'[1]ATL '!C10</f>
-        <v>-1690922</v>
+        <v>-1086364</v>
       </c>
       <c r="D10" s="2">
         <f>[1]FNB!D10+[1]BWHK!D10+[1]SBN!D10+[1]NBN!D10+[1]LBN!D10+'[1]Bank Bic'!C10+'[1]ATL '!D10</f>
-        <v>12602</v>
+        <v>37098</v>
       </c>
       <c r="E10" s="2">
         <f>[1]FNB!E10+[1]BWHK!E10+[1]SBN!E10+[1]NBN!E10+[1]LBN!E10+'[1]Bank Bic'!D10+'[1]ATL '!E10</f>
         <v>0</v>
       </c>
       <c r="F10" s="2">
         <f>[1]FNB!F10+[1]BWHK!F10+[1]SBN!F10+[1]NBN!F10+[1]LBN!F10+'[1]Bank Bic'!E10+'[1]ATL '!F10</f>
         <v>0</v>
       </c>
       <c r="G10" s="2">
         <f>[1]FNB!G10+[1]BWHK!G10+[1]SBN!G10+[1]NBN!G10+[1]LBN!G10+'[1]Bank Bic'!F10+'[1]ATL '!G10</f>
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <f>[1]FNB!H10+[1]BWHK!H10+[1]SBN!H10+[1]NBN!H10+[1]LBN!H10+'[1]Bank Bic'!H10+'[1]ATL '!H10</f>
-        <v>-1690918</v>
+        <v>-1086367</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C11" s="2">
         <f>[1]FNB!C11+[1]BWHK!C11+[1]SBN!C11+[1]NBN!C11+[1]LBN!C11+'[1]Bank Bic'!C11+'[1]ATL '!C11</f>
         <v>0</v>
       </c>
       <c r="D11" s="2">
         <f>[1]FNB!D11+[1]BWHK!D11+[1]SBN!D11+[1]NBN!D11+[1]LBN!D11+'[1]Bank Bic'!C11+'[1]ATL '!D11</f>
         <v>0</v>
       </c>
       <c r="E11" s="2">
         <f>[1]FNB!E11+[1]BWHK!E11+[1]SBN!E11+[1]NBN!E11+[1]LBN!E11+'[1]Bank Bic'!D11+'[1]ATL '!E11</f>
         <v>0</v>
       </c>
       <c r="F11" s="2">
         <f>[1]FNB!F11+[1]BWHK!F11+[1]SBN!F11+[1]NBN!F11+[1]LBN!F11+'[1]Bank Bic'!E11+'[1]ATL '!F11</f>
         <v>0</v>
       </c>
       <c r="G11" s="2">
         <f>[1]FNB!G11+[1]BWHK!G11+[1]SBN!G11+[1]NBN!G11+[1]LBN!G11+'[1]Bank Bic'!F11+'[1]ATL '!G11</f>
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <f>[1]FNB!H11+[1]BWHK!H11+[1]SBN!H11+[1]NBN!H11+[1]LBN!H11+'[1]Bank Bic'!H11+'[1]ATL '!H11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C12" s="2">
         <f>[1]FNB!C12+[1]BWHK!C12+[1]SBN!C12+[1]NBN!C12+[1]LBN!C12+'[1]Bank Bic'!C12+'[1]ATL '!C12</f>
-        <v>22395769</v>
+        <v>21479039</v>
       </c>
       <c r="D12" s="1">
         <f>D9+D10-D11</f>
-        <v>12602</v>
+        <v>37102</v>
       </c>
       <c r="E12" s="1">
         <f>E9+E10-E11</f>
         <v>0</v>
       </c>
       <c r="F12" s="1">
         <f>F9+F10-F11</f>
         <v>0</v>
       </c>
       <c r="G12" s="1">
         <f>G9+G10-G11</f>
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <f>[1]FNB!H12+[1]BWHK!H12+[1]SBN!H12+[1]NBN!H12+[1]LBN!H12+'[1]Bank Bic'!H12+'[1]ATL '!H12</f>
-        <v>22395773</v>
+        <v>21479040</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2">
         <f>[1]FNB!H13+[1]BWHK!H13+[1]SBN!H13+[1]NBN!H13+[1]LBN!H13+'[1]Bank Bic'!H13+'[1]ATL '!H13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C14" s="1">
         <f>C12-C13</f>
-        <v>22395769</v>
+        <v>21479039</v>
       </c>
       <c r="D14" s="1">
         <f>D12-D13</f>
-        <v>12602</v>
+        <v>37102</v>
       </c>
       <c r="E14" s="1">
         <f>E12-E13</f>
         <v>0</v>
       </c>
       <c r="F14" s="1">
         <f>F12-F13</f>
         <v>0</v>
       </c>
       <c r="G14" s="1">
         <f>G12-G13</f>
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <f>[1]FNB!H14+[1]BWHK!H14+[1]SBN!H14+[1]NBN!H14+[1]LBN!H14+'[1]Bank Bic'!H14+'[1]ATL '!H14</f>
-        <v>22395773</v>
+        <v>21479040</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>162</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2">
         <f>[1]FNB!H15+[1]BWHK!H15+[1]SBN!H15+[1]NBN!H15+[1]LBN!H15+'[1]Bank Bic'!H15+'[1]ATL '!H15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C16" s="2">
         <f>[1]FNB!C16+[1]BWHK!C16+[1]SBN!C16+[1]NBN!C16+[1]LBN!C16+'[1]Bank Bic'!C16+'[1]ATL '!C16</f>
-        <v>240</v>
+        <v>324</v>
       </c>
       <c r="D16" s="2">
         <f>[1]FNB!D16+[1]BWHK!D16+[1]SBN!D16+[1]NBN!D16+[1]LBN!D16+'[1]Bank Bic'!D16+'[1]ATL '!D16</f>
         <v>0</v>
       </c>
       <c r="E16" s="2">
         <f>[1]FNB!E16+[1]BWHK!E16+[1]SBN!E16+[1]NBN!E16+[1]LBN!E16+'[1]Bank Bic'!E16+'[1]ATL '!E16</f>
         <v>0</v>
       </c>
       <c r="F16" s="2">
         <f>[1]FNB!F16+[1]BWHK!F16+[1]SBN!F16+[1]NBN!F16+[1]LBN!F16+'[1]Bank Bic'!F16+'[1]ATL '!F16</f>
         <v>0</v>
       </c>
       <c r="G16" s="2">
         <f>[1]FNB!G16+[1]BWHK!G16+[1]SBN!G16+[1]NBN!G16+[1]LBN!G16+'[1]Bank Bic'!G16+'[1]ATL '!G16</f>
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <f>[1]FNB!H16+[1]BWHK!H16+[1]SBN!H16+[1]NBN!H16+[1]LBN!H16+'[1]Bank Bic'!H16+'[1]ATL '!H16</f>
-        <v>240</v>
+        <v>324</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="8" t="s">
+      <c r="B18" s="9" t="s">
         <v>148</v>
       </c>
-      <c r="C18" s="8"/>
-[...4 lines deleted...]
-      <c r="H18" s="8"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="9"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C19" s="2">
         <f>[1]FNB!C19+[1]BWHK!C19+[1]SBN!C19+[1]NBN!C19+[1]LBN!C19+'[1]Bank Bic'!C19+'[1]ATL '!C19</f>
-        <v>2848206</v>
+        <v>2783879</v>
       </c>
       <c r="D19" s="2">
         <f>[1]FNB!D19+[1]BWHK!D19+[1]SBN!D19+[1]NBN!D19+[1]LBN!D19+'[1]Bank Bic'!D19+'[1]ATL '!D19</f>
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="E19" s="2">
         <f>[1]FNB!E19+[1]BWHK!E19+[1]SBN!E19+[1]NBN!E19+[1]LBN!E19+'[1]Bank Bic'!E19+'[1]ATL '!E19</f>
         <v>0</v>
       </c>
       <c r="F19" s="2">
         <f>[1]FNB!F19+[1]BWHK!F19+[1]SBN!F19+[1]NBN!F19+[1]LBN!F19+'[1]Bank Bic'!F19+'[1]ATL '!F19</f>
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <f>[1]FNB!G19+[1]BWHK!G19+[1]SBN!G19+[1]NBN!G19+[1]LBN!G19+'[1]Bank Bic'!G19+'[1]ATL '!G19</f>
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <f>[1]FNB!H19+[1]BWHK!H19+[1]SBN!H19+[1]NBN!H19+[1]LBN!H19+'[1]Bank Bic'!H19+'[1]ATL '!H19</f>
-        <v>2848284</v>
+        <v>2783879</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>68</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C20" s="2">
         <f>[1]FNB!C20+[1]BWHK!C20+[1]SBN!C20+[1]NBN!C20+[1]LBN!C20+'[1]Bank Bic'!C20+'[1]ATL '!C20</f>
-        <v>16919</v>
+        <v>1064906</v>
       </c>
       <c r="D20" s="2">
         <f>[1]FNB!D20+[1]BWHK!D20+[1]SBN!D20+[1]NBN!D20+[1]LBN!D20+'[1]Bank Bic'!D20+'[1]ATL '!D20</f>
-        <v>4789</v>
+        <v>5</v>
       </c>
       <c r="E20" s="2">
         <f>[1]FNB!E20+[1]BWHK!E20+[1]SBN!E20+[1]NBN!E20+[1]LBN!E20+'[1]Bank Bic'!E20+'[1]ATL '!E20</f>
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="F20" s="2">
         <f>[1]FNB!F20+[1]BWHK!F20+[1]SBN!F20+[1]NBN!F20+[1]LBN!F20+'[1]Bank Bic'!F20+'[1]ATL '!F20</f>
         <v>0</v>
       </c>
       <c r="G20" s="2">
         <f>[1]FNB!G20+[1]BWHK!G20+[1]SBN!G20+[1]NBN!G20+[1]LBN!G20+'[1]Bank Bic'!G20+'[1]ATL '!G20</f>
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <f>[1]FNB!H20+[1]BWHK!H20+[1]SBN!H20+[1]NBN!H20+[1]LBN!H20+'[1]Bank Bic'!H20+'[1]ATL '!H20</f>
-        <v>21978</v>
+        <v>1064911</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C21" s="2">
         <f>[1]FNB!C21+[1]BWHK!C21+[1]SBN!C21+[1]NBN!C21+[1]LBN!C21+'[1]Bank Bic'!C21+'[1]ATL '!C21</f>
         <v>0</v>
       </c>
       <c r="D21" s="2">
         <f>[1]FNB!D21+[1]BWHK!D21+[1]SBN!D21+[1]NBN!D21+[1]LBN!D21+'[1]Bank Bic'!D21+'[1]ATL '!D21</f>
         <v>0</v>
       </c>
       <c r="E21" s="2">
         <f>[1]FNB!E21+[1]BWHK!E21+[1]SBN!E21+[1]NBN!E21+[1]LBN!E21+'[1]Bank Bic'!E21+'[1]ATL '!E21</f>
         <v>0</v>
       </c>
       <c r="F21" s="2">
         <f>[1]FNB!F21+[1]BWHK!F21+[1]SBN!F21+[1]NBN!F21+[1]LBN!F21+'[1]Bank Bic'!F21+'[1]ATL '!F21</f>
         <v>0</v>
       </c>
       <c r="G21" s="2">
         <f>[1]FNB!G21+[1]BWHK!G21+[1]SBN!G21+[1]NBN!G21+[1]LBN!G21+'[1]Bank Bic'!G21+'[1]ATL '!G21</f>
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <f>[1]FNB!H21+[1]BWHK!H21+[1]SBN!H21+[1]NBN!H21+[1]LBN!H21+'[1]Bank Bic'!H21+'[1]ATL '!H21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C22" s="2">
         <f>[1]FNB!C22+[1]BWHK!C22+[1]SBN!C22+[1]NBN!C22+[1]LBN!C22+'[1]Bank Bic'!C22+'[1]ATL '!C22</f>
-        <v>2865125</v>
+        <v>3848785</v>
       </c>
       <c r="D22" s="2">
         <f>[1]FNB!D22+[1]BWHK!D22+[1]SBN!D22+[1]NBN!D22+[1]LBN!D22+'[1]Bank Bic'!D22+'[1]ATL '!D22</f>
-        <v>4867</v>
+        <v>5</v>
       </c>
       <c r="E22" s="2">
         <f>[1]FNB!E22+[1]BWHK!E22+[1]SBN!E22+[1]NBN!E22+[1]LBN!E22+'[1]Bank Bic'!E22+'[1]ATL '!E22</f>
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="F22" s="2">
         <f>[1]FNB!F22+[1]BWHK!F22+[1]SBN!F22+[1]NBN!F22+[1]LBN!F22+'[1]Bank Bic'!F22+'[1]ATL '!F22</f>
         <v>0</v>
       </c>
       <c r="G22" s="2">
         <f>[1]FNB!G22+[1]BWHK!G22+[1]SBN!G22+[1]NBN!G22+[1]LBN!G22+'[1]Bank Bic'!G22+'[1]ATL '!G22</f>
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <f>[1]FNB!H22+[1]BWHK!H22+[1]SBN!H22+[1]NBN!H22+[1]LBN!H22+'[1]Bank Bic'!H22+'[1]ATL '!H22</f>
-        <v>2870262</v>
+        <v>3848790</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <f>[1]FNB!E23+[1]BWHK!E23+[1]SBN!E23+[1]NBN!E23+[1]LBN!E23+'[1]Bank Bic'!E23+'[1]ATL '!E23</f>
         <v>0</v>
       </c>
       <c r="F23" s="2">
         <f>[1]FNB!F23+[1]BWHK!F23+[1]SBN!F23+[1]NBN!F23+[1]LBN!F23+'[1]Bank Bic'!F23+'[1]ATL '!F23</f>
         <v>0</v>
       </c>
       <c r="G23" s="2">
         <f>[1]FNB!G23+[1]BWHK!G23+[1]SBN!G23+[1]NBN!G23+[1]LBN!G23+'[1]Bank Bic'!G23+'[1]ATL '!G23</f>
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <f>[1]FNB!H23+[1]BWHK!H23+[1]SBN!H23+[1]NBN!H23+[1]LBN!H23+'[1]Bank Bic'!H23+'[1]ATL '!H23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C24" s="2">
         <f>[1]FNB!C24+[1]BWHK!C24+[1]SBN!C24+[1]NBN!C24+[1]LBN!C24+'[1]Bank Bic'!C24+'[1]ATL '!C24</f>
-        <v>2865125</v>
+        <v>3848785</v>
       </c>
       <c r="D24" s="2">
         <f>[1]FNB!D24+[1]BWHK!D24+[1]SBN!D24+[1]NBN!D24+[1]LBN!D24+'[1]Bank Bic'!D24+'[1]ATL '!D24</f>
-        <v>4867</v>
+        <v>5</v>
       </c>
       <c r="E24" s="2">
         <f>[1]FNB!E24+[1]BWHK!E24+[1]SBN!E24+[1]NBN!E24+[1]LBN!E24+'[1]Bank Bic'!E24+'[1]ATL '!E24</f>
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="F24" s="2">
         <f>[1]FNB!F24+[1]BWHK!F24+[1]SBN!F24+[1]NBN!F24+[1]LBN!F24+'[1]Bank Bic'!F24+'[1]ATL '!F24</f>
         <v>0</v>
       </c>
       <c r="G24" s="2">
         <f>[1]FNB!G24+[1]BWHK!G24+[1]SBN!G24+[1]NBN!G24+[1]LBN!G24+'[1]Bank Bic'!G24+'[1]ATL '!G24</f>
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <f>[1]FNB!H24+[1]BWHK!H24+[1]SBN!H24+[1]NBN!H24+[1]LBN!H24+'[1]Bank Bic'!H24+'[1]ATL '!H24</f>
-        <v>2870262</v>
+        <v>3848790</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>97</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <f>[1]FNB!E25+[1]BWHK!E25+[1]SBN!E25+[1]NBN!E25+[1]LBN!E25+'[1]Bank Bic'!E25+'[1]ATL '!E25</f>
         <v>0</v>
       </c>
       <c r="F25" s="2">
         <f>[1]FNB!F25+[1]BWHK!F25+[1]SBN!F25+[1]NBN!F25+[1]LBN!F25+'[1]Bank Bic'!F25+'[1]ATL '!F25</f>
         <v>0</v>
       </c>
       <c r="G25" s="2">
         <f>[1]FNB!G25+[1]BWHK!G25+[1]SBN!G25+[1]NBN!G25+[1]LBN!G25+'[1]Bank Bic'!G25+'[1]ATL '!G25</f>
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <f>[1]FNB!H25+[1]BWHK!H25+[1]SBN!H25+[1]NBN!H25+[1]LBN!H25+'[1]Bank Bic'!H25+'[1]ATL '!H25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C26" s="2">
         <f>[1]FNB!C26+[1]BWHK!C26+[1]SBN!C26+[1]NBN!C26+[1]LBN!C26+'[1]Bank Bic'!C26+'[1]ATL '!C26</f>
-        <v>28651</v>
+        <v>38487</v>
       </c>
       <c r="D26" s="2">
         <f>[1]FNB!D26+[1]BWHK!D26+[1]SBN!D26+[1]NBN!D26+[1]LBN!D26+'[1]Bank Bic'!D26+'[1]ATL '!D26</f>
         <v>97</v>
       </c>
       <c r="E26" s="2">
         <f>[1]FNB!E26+[1]BWHK!E26+[1]SBN!E26+[1]NBN!E26+[1]LBN!E26+'[1]Bank Bic'!E26+'[1]ATL '!E26</f>
         <v>0</v>
       </c>
       <c r="F26" s="2">
         <f>[1]FNB!F26+[1]BWHK!F26+[1]SBN!F26+[1]NBN!F26+[1]LBN!F26+'[1]Bank Bic'!F26+'[1]ATL '!F26</f>
         <v>0</v>
       </c>
       <c r="G26" s="2">
         <f>[1]FNB!G26+[1]BWHK!G26+[1]SBN!G26+[1]NBN!G26+[1]LBN!G26+'[1]Bank Bic'!G26+'[1]ATL '!G26</f>
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <f>[1]FNB!H26+[1]BWHK!H26+[1]SBN!H26+[1]NBN!H26+[1]LBN!H26+'[1]Bank Bic'!H26+'[1]ATL '!H26</f>
-        <v>28748</v>
+        <v>38584</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>13</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B28" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="C28" s="8"/>
-[...4 lines deleted...]
-      <c r="H28" s="8"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>252</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C29" s="2">
         <f>[1]FNB!C29+[1]BWHK!C29+[1]SBN!C29+[1]NBN!C29+[1]LBN!C29+'[1]Bank Bic'!C29+'[1]ATL '!C29</f>
-        <v>14878056</v>
+        <v>10721685</v>
       </c>
       <c r="D29" s="2">
         <f>[1]FNB!D29+[1]BWHK!D29+[1]SBN!D29+[1]NBN!D29+[1]LBN!D29+'[1]Bank Bic'!D29+'[1]ATL '!D29</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E29" s="2">
         <f>[1]FNB!E29+[1]BWHK!E29+[1]SBN!E29+[1]NBN!E29+[1]LBN!E29+'[1]Bank Bic'!E29+'[1]ATL '!E29</f>
         <v>0</v>
       </c>
       <c r="F29" s="2">
         <f>[1]FNB!F29+[1]BWHK!F29+[1]SBN!F29+[1]NBN!F29+[1]LBN!F29+'[1]Bank Bic'!F29+'[1]ATL '!F29</f>
         <v>0</v>
       </c>
       <c r="G29" s="2">
         <f>[1]FNB!G29+[1]BWHK!G29+[1]SBN!G29+[1]NBN!G29+[1]LBN!G29+'[1]Bank Bic'!G29+'[1]ATL '!G29</f>
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <f>[1]FNB!H29+[1]BWHK!H29+[1]SBN!H29+[1]NBN!H29+[1]LBN!H29+'[1]Bank Bic'!H29+'[1]ATL '!H29</f>
-        <v>14878056</v>
+        <v>10721687</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>250</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C30" s="2">
         <f>[1]FNB!C30+[1]BWHK!C30+[1]SBN!C30+[1]NBN!C30+[1]LBN!C30+'[1]Bank Bic'!C30+'[1]ATL '!C30</f>
-        <v>-3409596</v>
+        <v>4088416</v>
       </c>
       <c r="D30" s="2">
         <f>[1]FNB!D30+[1]BWHK!D30+[1]SBN!D30+[1]NBN!D30+[1]LBN!D30+'[1]Bank Bic'!D30+'[1]ATL '!D30</f>
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="E30" s="2">
         <f>[1]FNB!E30+[1]BWHK!E30+[1]SBN!E30+[1]NBN!E30+[1]LBN!E30+'[1]Bank Bic'!E30+'[1]ATL '!E30</f>
         <v>0</v>
       </c>
       <c r="F30" s="2">
         <f>[1]FNB!F30+[1]BWHK!F30+[1]SBN!F30+[1]NBN!F30+[1]LBN!F30+'[1]Bank Bic'!F30+'[1]ATL '!F30</f>
         <v>0</v>
       </c>
       <c r="G30" s="2">
         <f>[1]FNB!G30+[1]BWHK!G30+[1]SBN!G30+[1]NBN!G30+[1]LBN!G30+'[1]Bank Bic'!G30+'[1]ATL '!G30</f>
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <f>[1]FNB!H30+[1]BWHK!H30+[1]SBN!H30+[1]NBN!H30+[1]LBN!H30+'[1]Bank Bic'!H30+'[1]ATL '!H30</f>
-        <v>-3409594</v>
+        <v>4088414</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>249</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C31" s="2">
         <f>[1]FNB!C31+[1]BWHK!C31+[1]SBN!C31+[1]NBN!C31+[1]LBN!C31+'[1]Bank Bic'!C31+'[1]ATL '!C31</f>
         <v>0</v>
       </c>
       <c r="D31" s="2">
         <f>[1]FNB!D31+[1]BWHK!D31+[1]SBN!D31+[1]NBN!D31+[1]LBN!D31+'[1]Bank Bic'!D31+'[1]ATL '!D31</f>
         <v>0</v>
       </c>
       <c r="E31" s="2">
         <f>[1]FNB!E31+[1]BWHK!E31+[1]SBN!E31+[1]NBN!E31+[1]LBN!E31+'[1]Bank Bic'!E31+'[1]ATL '!E31</f>
         <v>0</v>
       </c>
       <c r="F31" s="2">
         <f>[1]FNB!F31+[1]BWHK!F31+[1]SBN!F31+[1]NBN!F31+[1]LBN!F31+'[1]Bank Bic'!F31+'[1]ATL '!F31</f>
         <v>0</v>
       </c>
       <c r="G31" s="2">
         <f>[1]FNB!G31+[1]BWHK!G31+[1]SBN!G31+[1]NBN!G31+[1]LBN!G31+'[1]Bank Bic'!G31+'[1]ATL '!G31</f>
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <f>[1]FNB!H31+[1]BWHK!H31+[1]SBN!H31+[1]NBN!H31+[1]LBN!H31+'[1]Bank Bic'!H31+'[1]ATL '!H31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>248</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C32" s="2">
         <f>[1]FNB!C32+[1]BWHK!C32+[1]SBN!C32+[1]NBN!C32+[1]LBN!C32+'[1]Bank Bic'!C32+'[1]ATL '!C32</f>
-        <v>11468460</v>
+        <v>14810101</v>
       </c>
       <c r="D32" s="2">
         <f>[1]FNB!D32+[1]BWHK!D32+[1]SBN!D32+[1]NBN!D32+[1]LBN!D32+'[1]Bank Bic'!D32+'[1]ATL '!D32</f>
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E32" s="2">
         <f>[1]FNB!E32+[1]BWHK!E32+[1]SBN!E32+[1]NBN!E32+[1]LBN!E32+'[1]Bank Bic'!E32+'[1]ATL '!E32</f>
         <v>0</v>
       </c>
       <c r="F32" s="2">
         <f>[1]FNB!F32+[1]BWHK!F32+[1]SBN!F32+[1]NBN!F32+[1]LBN!F32+'[1]Bank Bic'!F32+'[1]ATL '!F32</f>
         <v>0</v>
       </c>
       <c r="G32" s="2">
         <f>[1]FNB!G32+[1]BWHK!G32+[1]SBN!G32+[1]NBN!G32+[1]LBN!G32+'[1]Bank Bic'!G32+'[1]ATL '!G32</f>
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <f>[1]FNB!H32+[1]BWHK!H32+[1]SBN!H32+[1]NBN!H32+[1]LBN!H32+'[1]Bank Bic'!H32+'[1]ATL '!H32</f>
-        <v>11468462</v>
+        <v>14810101</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>246</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <f>[1]FNB!E33+[1]BWHK!E33+[1]SBN!E33+[1]NBN!E33+[1]LBN!E33+'[1]Bank Bic'!E33+'[1]ATL '!E33</f>
         <v>0</v>
       </c>
       <c r="F33" s="2">
         <f>[1]FNB!F33+[1]BWHK!F33+[1]SBN!F33+[1]NBN!F33+[1]LBN!F33+'[1]Bank Bic'!F33+'[1]ATL '!F33</f>
         <v>0</v>
       </c>
       <c r="G33" s="2">
         <f>[1]FNB!G33+[1]BWHK!G33+[1]SBN!G33+[1]NBN!G33+[1]LBN!G33+'[1]Bank Bic'!G33+'[1]ATL '!G33</f>
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <f>[1]FNB!H33+[1]BWHK!H33+[1]SBN!H33+[1]NBN!H33+[1]LBN!H33+'[1]Bank Bic'!H33+'[1]ATL '!H33</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>245</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C34" s="2">
         <f>[1]FNB!C34+[1]BWHK!C34+[1]SBN!C34+[1]NBN!C34+[1]LBN!C34+'[1]Bank Bic'!C34+'[1]ATL '!C34</f>
-        <v>11468460</v>
+        <v>14810101</v>
       </c>
       <c r="D34" s="2">
         <f>[1]FNB!D34+[1]BWHK!D34+[1]SBN!D34+[1]NBN!D34+[1]LBN!D34+'[1]Bank Bic'!D34+'[1]ATL '!D34</f>
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E34" s="2">
         <f>[1]FNB!E34+[1]BWHK!E34+[1]SBN!E34+[1]NBN!E34+[1]LBN!E34+'[1]Bank Bic'!E34+'[1]ATL '!E34</f>
         <v>0</v>
       </c>
       <c r="F34" s="2">
         <f>[1]FNB!F34+[1]BWHK!F34+[1]SBN!F34+[1]NBN!F34+[1]LBN!F34+'[1]Bank Bic'!F34+'[1]ATL '!F34</f>
         <v>0</v>
       </c>
       <c r="G34" s="2">
         <f>[1]FNB!G34+[1]BWHK!G34+[1]SBN!G34+[1]NBN!G34+[1]LBN!G34+'[1]Bank Bic'!G34+'[1]ATL '!G34</f>
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <f>[1]FNB!H34+[1]BWHK!H34+[1]SBN!H34+[1]NBN!H34+[1]LBN!H34+'[1]Bank Bic'!H34+'[1]ATL '!H34</f>
-        <v>11468462</v>
+        <v>14810101</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>243</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <f>[1]FNB!E35+[1]BWHK!E35+[1]SBN!E35+[1]NBN!E35+[1]LBN!E35+'[1]Bank Bic'!E35+'[1]ATL '!E35</f>
         <v>0</v>
       </c>
       <c r="F35" s="2">
         <f>[1]FNB!F35+[1]BWHK!F35+[1]SBN!F35+[1]NBN!F35+[1]LBN!F35+'[1]Bank Bic'!F35+'[1]ATL '!F35</f>
         <v>0</v>
       </c>
       <c r="G35" s="2">
         <f>[1]FNB!G35+[1]BWHK!G35+[1]SBN!G35+[1]NBN!G35+[1]LBN!G35+'[1]Bank Bic'!G35+'[1]ATL '!G35</f>
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <f>[1]FNB!H35+[1]BWHK!H35+[1]SBN!H35+[1]NBN!H35+[1]LBN!H35+'[1]Bank Bic'!H35+'[1]ATL '!H35</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>242</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C36" s="2">
         <f>[1]FNB!C36+[1]BWHK!C36+[1]SBN!C36+[1]NBN!C36+[1]LBN!C36+'[1]Bank Bic'!C36+'[1]ATL '!C36</f>
-        <v>12843</v>
+        <v>50271</v>
       </c>
       <c r="D36" s="2">
         <f>[1]FNB!D36+[1]BWHK!D36+[1]SBN!D36+[1]NBN!D36+[1]LBN!D36+'[1]Bank Bic'!D36+'[1]ATL '!D36</f>
         <v>0</v>
       </c>
       <c r="E36" s="2">
         <f>[1]FNB!E36+[1]BWHK!E36+[1]SBN!E36+[1]NBN!E36+[1]LBN!E36+'[1]Bank Bic'!E36+'[1]ATL '!E36</f>
         <v>0</v>
       </c>
       <c r="F36" s="2">
         <f>[1]FNB!F36+[1]BWHK!F36+[1]SBN!F36+[1]NBN!F36+[1]LBN!F36+'[1]Bank Bic'!F36+'[1]ATL '!F36</f>
         <v>0</v>
       </c>
       <c r="G36" s="2">
         <f>[1]FNB!G36+[1]BWHK!G36+[1]SBN!G36+[1]NBN!G36+[1]LBN!G36+'[1]Bank Bic'!G36+'[1]ATL '!G36</f>
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <f>[1]FNB!H36+[1]BWHK!H36+[1]SBN!H36+[1]NBN!H36+[1]LBN!H36+'[1]Bank Bic'!H36+'[1]ATL '!H36</f>
-        <v>12843</v>
+        <v>50271</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>13</v>
       </c>
-      <c r="B38" s="8" t="s">
+      <c r="B38" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="C38" s="8"/>
-[...4 lines deleted...]
-      <c r="H38" s="8"/>
+      <c r="C38" s="9"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="9"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>241</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C39" s="2">
         <f>[1]FNB!C39+[1]BWHK!C39+[1]SBN!C39+[1]NBN!C39+[1]LBN!C39+'[1]Bank Bic'!C39+'[1]ATL '!C39</f>
-        <v>3051555</v>
+        <v>1927166</v>
       </c>
       <c r="D39" s="2">
         <f>[1]FNB!D39+[1]BWHK!D39+[1]SBN!D39+[1]NBN!D39+[1]LBN!D39+'[1]Bank Bic'!D39+'[1]ATL '!D39</f>
         <v>0</v>
       </c>
       <c r="E39" s="2">
         <f>[1]FNB!E39+[1]BWHK!E39+[1]SBN!E39+[1]NBN!E39+[1]LBN!E39+'[1]Bank Bic'!E39+'[1]ATL '!E39</f>
         <v>0</v>
       </c>
       <c r="F39" s="2">
         <f>[1]FNB!F39+[1]BWHK!F39+[1]SBN!F39+[1]NBN!F39+[1]LBN!F39+'[1]Bank Bic'!F39+'[1]ATL '!F39</f>
         <v>0</v>
       </c>
       <c r="G39" s="2">
         <f>[1]FNB!G39+[1]BWHK!G39+[1]SBN!G39+[1]NBN!G39+[1]LBN!G39+'[1]Bank Bic'!G39+'[1]ATL '!G39</f>
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <f>[1]FNB!H39+[1]BWHK!H39+[1]SBN!H39+[1]NBN!H39+[1]LBN!H39+'[1]Bank Bic'!H39+'[1]ATL '!H39</f>
-        <v>3051555</v>
+        <v>1927166</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>239</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C40" s="2">
         <f>[1]FNB!C40+[1]BWHK!C40+[1]SBN!C40+[1]NBN!C40+[1]LBN!C40+'[1]Bank Bic'!C40+'[1]ATL '!C40</f>
-        <v>-1124389</v>
+        <v>-9328</v>
       </c>
       <c r="D40" s="2">
         <f>[1]FNB!D40+[1]BWHK!D40+[1]SBN!D40+[1]NBN!D40+[1]LBN!D40+'[1]Bank Bic'!D40+'[1]ATL '!D40</f>
         <v>0</v>
       </c>
       <c r="E40" s="2">
         <f>[1]FNB!E40+[1]BWHK!E40+[1]SBN!E40+[1]NBN!E40+[1]LBN!E40+'[1]Bank Bic'!E40+'[1]ATL '!E40</f>
         <v>0</v>
       </c>
       <c r="F40" s="2">
         <f>[1]FNB!F40+[1]BWHK!F40+[1]SBN!F40+[1]NBN!F40+[1]LBN!F40+'[1]Bank Bic'!F40+'[1]ATL '!F40</f>
         <v>0</v>
       </c>
       <c r="G40" s="2">
         <f>[1]FNB!G40+[1]BWHK!G40+[1]SBN!G40+[1]NBN!G40+[1]LBN!G40+'[1]Bank Bic'!G40+'[1]ATL '!G40</f>
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <f>[1]FNB!H40+[1]BWHK!H40+[1]SBN!H40+[1]NBN!H40+[1]LBN!H40+'[1]Bank Bic'!H40+'[1]ATL '!H40</f>
-        <v>-1124389</v>
+        <v>-9328</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>238</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C41" s="2">
         <f>[1]FNB!C41+[1]BWHK!C41+[1]SBN!C41+[1]NBN!C41+[1]LBN!C41+'[1]Bank Bic'!C41+'[1]ATL '!C41</f>
         <v>0</v>
       </c>
       <c r="D41" s="2">
         <f>[1]FNB!D41+[1]BWHK!D41+[1]SBN!D41+[1]NBN!D41+[1]LBN!D41+'[1]Bank Bic'!D41+'[1]ATL '!D41</f>
         <v>0</v>
       </c>
       <c r="E41" s="2">
         <f>[1]FNB!E41+[1]BWHK!E41+[1]SBN!E41+[1]NBN!E41+[1]LBN!E41+'[1]Bank Bic'!E41+'[1]ATL '!E41</f>
         <v>0</v>
       </c>
       <c r="F41" s="2">
         <f>[1]FNB!F41+[1]BWHK!F41+[1]SBN!F41+[1]NBN!F41+[1]LBN!F41+'[1]Bank Bic'!F41+'[1]ATL '!F41</f>
         <v>0</v>
       </c>
       <c r="G41" s="2">
         <f>[1]FNB!G41+[1]BWHK!G41+[1]SBN!G41+[1]NBN!G41+[1]LBN!G41+'[1]Bank Bic'!G41+'[1]ATL '!G41</f>
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <f>[1]FNB!H41+[1]BWHK!H41+[1]SBN!H41+[1]NBN!H41+[1]LBN!H41+'[1]Bank Bic'!H41+'[1]ATL '!H41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>237</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C42" s="2">
         <f>[1]FNB!C42+[1]BWHK!C42+[1]SBN!C42+[1]NBN!C42+[1]LBN!C42+'[1]Bank Bic'!C42+'[1]ATL '!C42</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
       <c r="D42" s="2">
         <f>[1]FNB!D42+[1]BWHK!D42+[1]SBN!D42+[1]NBN!D42+[1]LBN!D42+'[1]Bank Bic'!D42+'[1]ATL '!D42</f>
         <v>0</v>
       </c>
       <c r="E42" s="2">
         <f>[1]FNB!E42+[1]BWHK!E42+[1]SBN!E42+[1]NBN!E42+[1]LBN!E42+'[1]Bank Bic'!E42+'[1]ATL '!E42</f>
         <v>0</v>
       </c>
       <c r="F42" s="2">
         <f>[1]FNB!F42+[1]BWHK!F42+[1]SBN!F42+[1]NBN!F42+[1]LBN!F42+'[1]Bank Bic'!F42+'[1]ATL '!F42</f>
         <v>0</v>
       </c>
       <c r="G42" s="2">
         <f>[1]FNB!G42+[1]BWHK!G42+[1]SBN!G42+[1]NBN!G42+[1]LBN!G42+'[1]Bank Bic'!G42+'[1]ATL '!G42</f>
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <f>[1]FNB!H42+[1]BWHK!H42+[1]SBN!H42+[1]NBN!H42+[1]LBN!H42+'[1]Bank Bic'!H42+'[1]ATL '!H42</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>235</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <f>[1]FNB!E43+[1]BWHK!E43+[1]SBN!E43+[1]NBN!E43+[1]LBN!E43+'[1]Bank Bic'!E43+'[1]ATL '!E43</f>
         <v>0</v>
       </c>
       <c r="F43" s="2">
         <f>[1]FNB!F43+[1]BWHK!F43+[1]SBN!F43+[1]NBN!F43+[1]LBN!F43+'[1]Bank Bic'!F43+'[1]ATL '!F43</f>
         <v>0</v>
       </c>
       <c r="G43" s="2">
         <f>[1]FNB!G43+[1]BWHK!G43+[1]SBN!G43+[1]NBN!G43+[1]LBN!G43+'[1]Bank Bic'!G43+'[1]ATL '!G43</f>
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <f>[1]FNB!H43+[1]BWHK!H43+[1]SBN!H43+[1]NBN!H43+[1]LBN!H43+'[1]Bank Bic'!H43+'[1]ATL '!H43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>234</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C44" s="2">
         <f>[1]FNB!C44+[1]BWHK!C44+[1]SBN!C44+[1]NBN!C44+[1]LBN!C44+'[1]Bank Bic'!C44+'[1]ATL '!C44</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
       <c r="D44" s="2">
         <f>[1]FNB!D44+[1]BWHK!D44+[1]SBN!D44+[1]NBN!D44+[1]LBN!D44+'[1]Bank Bic'!D44+'[1]ATL '!D44</f>
         <v>0</v>
       </c>
       <c r="E44" s="2">
         <f>[1]FNB!E44+[1]BWHK!E44+[1]SBN!E44+[1]NBN!E44+[1]LBN!E44+'[1]Bank Bic'!E44+'[1]ATL '!E44</f>
         <v>0</v>
       </c>
       <c r="F44" s="2">
         <f>[1]FNB!F44+[1]BWHK!F44+[1]SBN!F44+[1]NBN!F44+[1]LBN!F44+'[1]Bank Bic'!F44+'[1]ATL '!F44</f>
         <v>0</v>
       </c>
       <c r="G44" s="2">
         <f>[1]FNB!G44+[1]BWHK!G44+[1]SBN!G44+[1]NBN!G44+[1]LBN!G44+'[1]Bank Bic'!G44+'[1]ATL '!G44</f>
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <f>[1]FNB!H44+[1]BWHK!H44+[1]SBN!H44+[1]NBN!H44+[1]LBN!H44+'[1]Bank Bic'!H44+'[1]ATL '!H44</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>232</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <f>[1]FNB!E45+[1]BWHK!E45+[1]SBN!E45+[1]NBN!E45+[1]LBN!E45+'[1]Bank Bic'!E45+'[1]ATL '!E45</f>
         <v>0</v>
       </c>
       <c r="F45" s="2">
         <f>[1]FNB!F45+[1]BWHK!F45+[1]SBN!F45+[1]NBN!F45+[1]LBN!F45+'[1]Bank Bic'!F45+'[1]ATL '!F45</f>
         <v>0</v>
       </c>
       <c r="G45" s="2">
         <f>[1]FNB!G45+[1]BWHK!G45+[1]SBN!G45+[1]NBN!G45+[1]LBN!G45+'[1]Bank Bic'!G45+'[1]ATL '!G45</f>
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <f>[1]FNB!H45+[1]BWHK!H45+[1]SBN!H45+[1]NBN!H45+[1]LBN!H45+'[1]Bank Bic'!H45+'[1]ATL '!H45</f>
@@ -21166,1368 +22511,1368 @@
         <v>13</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
         <v>13</v>
       </c>
-      <c r="B48" s="8" t="s">
+      <c r="B48" s="9" t="s">
         <v>145</v>
       </c>
-      <c r="C48" s="8"/>
-[...4 lines deleted...]
-      <c r="H48" s="8"/>
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
         <v>230</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C49" s="2">
         <f>[1]FNB!C49+[1]BWHK!C49+[1]SBN!C49+[1]NBN!C49+[1]LBN!C49+'[1]Bank Bic'!C49+'[1]ATL '!C49</f>
-        <v>27765331</v>
+        <v>29095681</v>
       </c>
       <c r="D49" s="2">
         <f>[1]FNB!D49+[1]BWHK!D49+[1]SBN!D49+[1]NBN!D49+[1]LBN!D49+'[1]Bank Bic'!D49+'[1]ATL '!D49</f>
-        <v>203195</v>
+        <v>592488</v>
       </c>
       <c r="E49" s="2">
         <f>[1]FNB!E49+[1]BWHK!E49+[1]SBN!E49+[1]NBN!E49+[1]LBN!E49+'[1]Bank Bic'!E49+'[1]ATL '!E49</f>
-        <v>166651</v>
+        <v>58691</v>
       </c>
       <c r="F49" s="2">
         <f>[1]FNB!F49+[1]BWHK!F49+[1]SBN!F49+[1]NBN!F49+[1]LBN!F49+'[1]Bank Bic'!F49+'[1]ATL '!F49</f>
-        <v>135979</v>
+        <v>111163</v>
       </c>
       <c r="G49" s="2">
         <f>[1]FNB!G49+[1]BWHK!G49+[1]SBN!G49+[1]NBN!G49+[1]LBN!G49+'[1]Bank Bic'!G49+'[1]ATL '!G49</f>
-        <v>1041883</v>
+        <v>761889</v>
       </c>
       <c r="H49" s="2">
         <f>[1]FNB!H49+[1]BWHK!H49+[1]SBN!H49+[1]NBN!H49+[1]LBN!H49+'[1]Bank Bic'!H49+'[1]ATL '!H49</f>
-        <v>29313039</v>
+        <v>30619912</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
         <v>228</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C50" s="2">
         <f>[1]FNB!C50+[1]BWHK!C50+[1]SBN!C50+[1]NBN!C50+[1]LBN!C50+'[1]Bank Bic'!C50+'[1]ATL '!C50</f>
-        <v>3884433</v>
+        <v>751806</v>
       </c>
       <c r="D50" s="2">
         <f>[1]FNB!D50+[1]BWHK!D50+[1]SBN!D50+[1]NBN!D50+[1]LBN!D50+'[1]Bank Bic'!D50+'[1]ATL '!D50</f>
-        <v>210046</v>
+        <v>152812</v>
       </c>
       <c r="E50" s="2">
         <f>[1]FNB!E50+[1]BWHK!E50+[1]SBN!E50+[1]NBN!E50+[1]LBN!E50+'[1]Bank Bic'!E50+'[1]ATL '!E50</f>
-        <v>-101481</v>
+        <v>164518</v>
       </c>
       <c r="F50" s="2">
         <f>[1]FNB!F50+[1]BWHK!F50+[1]SBN!F50+[1]NBN!F50+[1]LBN!F50+'[1]Bank Bic'!F50+'[1]ATL '!F50</f>
-        <v>-31986</v>
+        <v>-49684</v>
       </c>
       <c r="G50" s="2">
         <f>[1]FNB!G50+[1]BWHK!G50+[1]SBN!G50+[1]NBN!G50+[1]LBN!G50+'[1]Bank Bic'!G50+'[1]ATL '!G50</f>
-        <v>-258924</v>
+        <v>64654</v>
       </c>
       <c r="H50" s="2">
         <f>[1]FNB!H50+[1]BWHK!H50+[1]SBN!H50+[1]NBN!H50+[1]LBN!H50+'[1]Bank Bic'!H50+'[1]ATL '!H50</f>
-        <v>3702088</v>
+        <v>1084106</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
         <v>227</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C51" s="2">
         <f>[1]FNB!C51+[1]BWHK!C51+[1]SBN!C51+[1]NBN!C51+[1]LBN!C51+'[1]Bank Bic'!C51+'[1]ATL '!C51</f>
         <v>0</v>
       </c>
       <c r="D51" s="2">
         <f>[1]FNB!D51+[1]BWHK!D51+[1]SBN!D51+[1]NBN!D51+[1]LBN!D51+'[1]Bank Bic'!D51+'[1]ATL '!D51</f>
         <v>0</v>
       </c>
       <c r="E51" s="2">
         <f>[1]FNB!E51+[1]BWHK!E51+[1]SBN!E51+[1]NBN!E51+[1]LBN!E51+'[1]Bank Bic'!E51+'[1]ATL '!E51</f>
         <v>0</v>
       </c>
       <c r="F51" s="2">
         <f>[1]FNB!F51+[1]BWHK!F51+[1]SBN!F51+[1]NBN!F51+[1]LBN!F51+'[1]Bank Bic'!F51+'[1]ATL '!F51</f>
         <v>0</v>
       </c>
       <c r="G51" s="2">
         <f>[1]FNB!G51+[1]BWHK!G51+[1]SBN!G51+[1]NBN!G51+[1]LBN!G51+'[1]Bank Bic'!G51+'[1]ATL '!G51</f>
-        <v>51763</v>
+        <v>35586</v>
       </c>
       <c r="H51" s="2">
         <f>[1]FNB!H51+[1]BWHK!H51+[1]SBN!H51+[1]NBN!H51+[1]LBN!H51+'[1]Bank Bic'!H51+'[1]ATL '!H51</f>
-        <v>51763</v>
+        <v>35586</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
         <v>226</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C52" s="2">
         <f>[1]FNB!C52+[1]BWHK!C52+[1]SBN!C52+[1]NBN!C52+[1]LBN!C52+'[1]Bank Bic'!C52+'[1]ATL '!C52</f>
-        <v>31649764</v>
+        <v>29847487</v>
       </c>
       <c r="D52" s="2">
         <f>[1]FNB!D52+[1]BWHK!D52+[1]SBN!D52+[1]NBN!D52+[1]LBN!D52+'[1]Bank Bic'!D52+'[1]ATL '!D52</f>
-        <v>413241</v>
+        <v>745300</v>
       </c>
       <c r="E52" s="2">
         <f>[1]FNB!E52+[1]BWHK!E52+[1]SBN!E52+[1]NBN!E52+[1]LBN!E52+'[1]Bank Bic'!E52+'[1]ATL '!E52</f>
-        <v>65170</v>
+        <v>223209</v>
       </c>
       <c r="F52" s="2">
         <f>[1]FNB!F52+[1]BWHK!F52+[1]SBN!F52+[1]NBN!F52+[1]LBN!F52+'[1]Bank Bic'!F52+'[1]ATL '!F52</f>
-        <v>103993</v>
+        <v>61479</v>
       </c>
       <c r="G52" s="2">
         <f>[1]FNB!G52+[1]BWHK!G52+[1]SBN!G52+[1]NBN!G52+[1]LBN!G52+'[1]Bank Bic'!G52+'[1]ATL '!G52</f>
-        <v>731196</v>
+        <v>790957</v>
       </c>
       <c r="H52" s="2">
         <f>[1]FNB!H52+[1]BWHK!H52+[1]SBN!H52+[1]NBN!H52+[1]LBN!H52+'[1]Bank Bic'!H52+'[1]ATL '!H52</f>
-        <v>32963364</v>
+        <v>31668432</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
         <v>224</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <f>[1]FNB!E53+[1]BWHK!E53+[1]SBN!E53+[1]NBN!E53+[1]LBN!E53+'[1]Bank Bic'!E53+'[1]ATL '!E53</f>
-        <v>36495</v>
+        <v>88199</v>
       </c>
       <c r="F53" s="2">
         <f>[1]FNB!F53+[1]BWHK!F53+[1]SBN!F53+[1]NBN!F53+[1]LBN!F53+'[1]Bank Bic'!F53+'[1]ATL '!F53</f>
-        <v>78826</v>
+        <v>43002</v>
       </c>
       <c r="G53" s="2">
         <f>[1]FNB!G53+[1]BWHK!G53+[1]SBN!G53+[1]NBN!G53+[1]LBN!G53+'[1]Bank Bic'!G53+'[1]ATL '!G53</f>
-        <v>351223</v>
+        <v>403322</v>
       </c>
       <c r="H53" s="2">
         <f>[1]FNB!H53+[1]BWHK!H53+[1]SBN!H53+[1]NBN!H53+[1]LBN!H53+'[1]Bank Bic'!H53+'[1]ATL '!H53</f>
-        <v>466544</v>
+        <v>534523</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>223</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C54" s="2">
         <f>[1]FNB!C54+[1]BWHK!C54+[1]SBN!C54+[1]NBN!C54+[1]LBN!C54+'[1]Bank Bic'!C54+'[1]ATL '!C54</f>
-        <v>31649764</v>
+        <v>29847487</v>
       </c>
       <c r="D54" s="2">
         <f>[1]FNB!D54+[1]BWHK!D54+[1]SBN!D54+[1]NBN!D54+[1]LBN!D54+'[1]Bank Bic'!D54+'[1]ATL '!D54</f>
-        <v>413241</v>
+        <v>745300</v>
       </c>
       <c r="E54" s="2">
         <f>[1]FNB!E54+[1]BWHK!E54+[1]SBN!E54+[1]NBN!E54+[1]LBN!E54+'[1]Bank Bic'!E54+'[1]ATL '!E54</f>
-        <v>28675</v>
+        <v>135010</v>
       </c>
       <c r="F54" s="2">
         <f>[1]FNB!F54+[1]BWHK!F54+[1]SBN!F54+[1]NBN!F54+[1]LBN!F54+'[1]Bank Bic'!F54+'[1]ATL '!F54</f>
-        <v>25167</v>
+        <v>18477</v>
       </c>
       <c r="G54" s="2">
         <f>[1]FNB!G54+[1]BWHK!G54+[1]SBN!G54+[1]NBN!G54+[1]LBN!G54+'[1]Bank Bic'!G54+'[1]ATL '!G54</f>
-        <v>379973</v>
+        <v>387635</v>
       </c>
       <c r="H54" s="2">
         <f>[1]FNB!H54+[1]BWHK!H54+[1]SBN!H54+[1]NBN!H54+[1]LBN!H54+'[1]Bank Bic'!H54+'[1]ATL '!H54</f>
-        <v>32496820</v>
+        <v>31133909</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
         <v>221</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
         <f>[1]FNB!E55+[1]BWHK!E55+[1]SBN!E55+[1]NBN!E55+[1]LBN!E55+'[1]Bank Bic'!E55+'[1]ATL '!E55</f>
-        <v>1215</v>
+        <v>1027</v>
       </c>
       <c r="F55" s="2">
         <f>[1]FNB!F55+[1]BWHK!F55+[1]SBN!F55+[1]NBN!F55+[1]LBN!F55+'[1]Bank Bic'!F55+'[1]ATL '!F55</f>
-        <v>3435</v>
+        <v>3016</v>
       </c>
       <c r="G55" s="2">
         <f>[1]FNB!G55+[1]BWHK!G55+[1]SBN!G55+[1]NBN!G55+[1]LBN!G55+'[1]Bank Bic'!G55+'[1]ATL '!G55</f>
-        <v>168710</v>
+        <v>149038</v>
       </c>
       <c r="H55" s="2">
         <f>[1]FNB!H55+[1]BWHK!H55+[1]SBN!H55+[1]NBN!H55+[1]LBN!H55+'[1]Bank Bic'!H55+'[1]ATL '!H55</f>
-        <v>173360</v>
+        <v>153081</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>220</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C56" s="2">
         <f>[1]FNB!C56+[1]BWHK!C56+[1]SBN!C56+[1]NBN!C56+[1]LBN!C56+'[1]Bank Bic'!C56+'[1]ATL '!C56</f>
-        <v>298309</v>
+        <v>298383</v>
       </c>
       <c r="D56" s="2">
         <f>[1]FNB!D56+[1]BWHK!D56+[1]SBN!D56+[1]NBN!D56+[1]LBN!D56+'[1]Bank Bic'!D56+'[1]ATL '!D56</f>
-        <v>8265</v>
+        <v>14906</v>
       </c>
       <c r="E56" s="2">
         <f>[1]FNB!E56+[1]BWHK!E56+[1]SBN!E56+[1]NBN!E56+[1]LBN!E56+'[1]Bank Bic'!E56+'[1]ATL '!E56</f>
-        <v>54350</v>
+        <v>14792</v>
       </c>
       <c r="F56" s="2">
         <f>[1]FNB!F56+[1]BWHK!F56+[1]SBN!F56+[1]NBN!F56+[1]LBN!F56+'[1]Bank Bic'!F56+'[1]ATL '!F56</f>
-        <v>62658</v>
+        <v>9645</v>
       </c>
       <c r="G56" s="2">
         <f>[1]FNB!G56+[1]BWHK!G56+[1]SBN!G56+[1]NBN!G56+[1]LBN!G56+'[1]Bank Bic'!G56+'[1]ATL '!G56</f>
-        <v>529517</v>
+        <v>343849</v>
       </c>
       <c r="H56" s="2">
         <f>[1]FNB!H56+[1]BWHK!H56+[1]SBN!H56+[1]NBN!H56+[1]LBN!H56+'[1]Bank Bic'!H56+'[1]ATL '!H56</f>
-        <v>953099</v>
+        <v>681575</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>13</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>13</v>
       </c>
-      <c r="B58" s="8" t="s">
+      <c r="B58" s="9" t="s">
         <v>144</v>
       </c>
-      <c r="C58" s="8"/>
-[...4 lines deleted...]
-      <c r="H58" s="8"/>
+      <c r="C58" s="9"/>
+      <c r="D58" s="9"/>
+      <c r="E58" s="9"/>
+      <c r="F58" s="9"/>
+      <c r="G58" s="9"/>
+      <c r="H58" s="9"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
         <v>219</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C59" s="2">
         <f>[1]FNB!C59+[1]BWHK!C59+[1]SBN!C59+[1]NBN!C59+[1]LBN!C59+'[1]Bank Bic'!C59+'[1]ATL '!C59</f>
-        <v>28473909</v>
+        <v>28377944</v>
       </c>
       <c r="D59" s="2">
         <f>[1]FNB!D59+[1]BWHK!D59+[1]SBN!D59+[1]NBN!D59+[1]LBN!D59+'[1]Bank Bic'!D59+'[1]ATL '!D59</f>
-        <v>1629878</v>
+        <v>328294</v>
       </c>
       <c r="E59" s="2">
         <f>[1]FNB!E59+[1]BWHK!E59+[1]SBN!E59+[1]NBN!E59+[1]LBN!E59+'[1]Bank Bic'!E59+'[1]ATL '!E59</f>
-        <v>417729</v>
+        <v>340011</v>
       </c>
       <c r="F59" s="2">
         <f>[1]FNB!F59+[1]BWHK!F59+[1]SBN!F59+[1]NBN!F59+[1]LBN!F59+'[1]Bank Bic'!F59+'[1]ATL '!F59</f>
-        <v>306878</v>
+        <v>415837</v>
       </c>
       <c r="G59" s="2">
         <f>[1]FNB!G59+[1]BWHK!G59+[1]SBN!G59+[1]NBN!G59+[1]LBN!G59+'[1]Bank Bic'!G59+'[1]ATL '!G59</f>
-        <v>1082894</v>
+        <v>1064063</v>
       </c>
       <c r="H59" s="2">
         <f>[1]FNB!H59+[1]BWHK!H59+[1]SBN!H59+[1]NBN!H59+[1]LBN!H59+'[1]Bank Bic'!H59+'[1]ATL '!H59</f>
-        <v>31911288</v>
+        <v>30526149</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
         <v>217</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C60" s="2">
         <f>[1]FNB!C60+[1]BWHK!C60+[1]SBN!C60+[1]NBN!C60+[1]LBN!C60+'[1]Bank Bic'!C60+'[1]ATL '!C60</f>
-        <v>-3858361</v>
+        <v>625051</v>
       </c>
       <c r="D60" s="2">
         <f>[1]FNB!D60+[1]BWHK!D60+[1]SBN!D60+[1]NBN!D60+[1]LBN!D60+'[1]Bank Bic'!D60+'[1]ATL '!D60</f>
-        <v>-200610</v>
+        <v>154790</v>
       </c>
       <c r="E60" s="2">
         <f>[1]FNB!E60+[1]BWHK!E60+[1]SBN!E60+[1]NBN!E60+[1]LBN!E60+'[1]Bank Bic'!E60+'[1]ATL '!E60</f>
-        <v>-17287</v>
+        <v>19324</v>
       </c>
       <c r="F60" s="2">
         <f>[1]FNB!F60+[1]BWHK!F60+[1]SBN!F60+[1]NBN!F60+[1]LBN!F60+'[1]Bank Bic'!F60+'[1]ATL '!F60</f>
-        <v>90914</v>
+        <v>-39852</v>
       </c>
       <c r="G60" s="2">
         <f>[1]FNB!G60+[1]BWHK!G60+[1]SBN!G60+[1]NBN!G60+[1]LBN!G60+'[1]Bank Bic'!G60+'[1]ATL '!G60</f>
-        <v>129332</v>
+        <v>76325</v>
       </c>
       <c r="H60" s="2">
         <f>[1]FNB!H60+[1]BWHK!H60+[1]SBN!H60+[1]NBN!H60+[1]LBN!H60+'[1]Bank Bic'!H60+'[1]ATL '!H60</f>
-        <v>-3856012</v>
+        <v>835638</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>216</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C61" s="2">
         <f>[1]FNB!C61+[1]BWHK!C61+[1]SBN!C61+[1]NBN!C61+[1]LBN!C61+'[1]Bank Bic'!C61+'[1]ATL '!C61</f>
         <v>0</v>
       </c>
       <c r="D61" s="2">
         <f>[1]FNB!D61+[1]BWHK!D61+[1]SBN!D61+[1]NBN!D61+[1]LBN!D61+'[1]Bank Bic'!D61+'[1]ATL '!D61</f>
         <v>0</v>
       </c>
       <c r="E61" s="2">
         <f>[1]FNB!E61+[1]BWHK!E61+[1]SBN!E61+[1]NBN!E61+[1]LBN!E61+'[1]Bank Bic'!E61+'[1]ATL '!E61</f>
-        <v>8405</v>
+        <v>8404</v>
       </c>
       <c r="F61" s="2">
         <f>[1]FNB!F61+[1]BWHK!F61+[1]SBN!F61+[1]NBN!F61+[1]LBN!F61+'[1]Bank Bic'!F61+'[1]ATL '!F61</f>
-        <v>5332</v>
+        <v>6351</v>
       </c>
       <c r="G61" s="2">
         <f>[1]FNB!G61+[1]BWHK!G61+[1]SBN!G61+[1]NBN!G61+[1]LBN!G61+'[1]Bank Bic'!G61+'[1]ATL '!G61</f>
-        <v>51516</v>
+        <v>97966</v>
       </c>
       <c r="H61" s="2">
         <f>[1]FNB!H61+[1]BWHK!H61+[1]SBN!H61+[1]NBN!H61+[1]LBN!H61+'[1]Bank Bic'!H61+'[1]ATL '!H61</f>
-        <v>65253</v>
+        <v>112721</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>215</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C62" s="2">
         <f>[1]FNB!C62+[1]BWHK!C62+[1]SBN!C62+[1]NBN!C62+[1]LBN!C62+'[1]Bank Bic'!C62+'[1]ATL '!C62</f>
-        <v>24615548</v>
+        <v>29002995</v>
       </c>
       <c r="D62" s="2">
         <f>[1]FNB!D62+[1]BWHK!D62+[1]SBN!D62+[1]NBN!D62+[1]LBN!D62+'[1]Bank Bic'!D62+'[1]ATL '!D62</f>
-        <v>1429268</v>
+        <v>483084</v>
       </c>
       <c r="E62" s="2">
         <f>[1]FNB!E62+[1]BWHK!E62+[1]SBN!E62+[1]NBN!E62+[1]LBN!E62+'[1]Bank Bic'!E62+'[1]ATL '!E62</f>
-        <v>392037</v>
+        <v>350931</v>
       </c>
       <c r="F62" s="2">
         <f>[1]FNB!F62+[1]BWHK!F62+[1]SBN!F62+[1]NBN!F62+[1]LBN!F62+'[1]Bank Bic'!F62+'[1]ATL '!F62</f>
-        <v>392460</v>
+        <v>369634</v>
       </c>
       <c r="G62" s="2">
         <f>[1]FNB!G62+[1]BWHK!G62+[1]SBN!G62+[1]NBN!G62+[1]LBN!G62+'[1]Bank Bic'!G62+'[1]ATL '!G62</f>
-        <v>1160710</v>
+        <v>1042422</v>
       </c>
       <c r="H62" s="2">
         <f>[1]FNB!H62+[1]BWHK!H62+[1]SBN!H62+[1]NBN!H62+[1]LBN!H62+'[1]Bank Bic'!H62+'[1]ATL '!H62</f>
-        <v>27990023</v>
+        <v>31249066</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>213</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <f>[1]FNB!E63+[1]BWHK!E63+[1]SBN!E63+[1]NBN!E63+[1]LBN!E63+'[1]Bank Bic'!E63+'[1]ATL '!E63</f>
-        <v>69950</v>
+        <v>85198</v>
       </c>
       <c r="F63" s="2">
         <f>[1]FNB!F63+[1]BWHK!F63+[1]SBN!F63+[1]NBN!F63+[1]LBN!F63+'[1]Bank Bic'!F63+'[1]ATL '!F63</f>
-        <v>36536</v>
+        <v>48891</v>
       </c>
       <c r="G63" s="2">
         <f>[1]FNB!G63+[1]BWHK!G63+[1]SBN!G63+[1]NBN!G63+[1]LBN!G63+'[1]Bank Bic'!G63+'[1]ATL '!G63</f>
-        <v>154220</v>
+        <v>121770</v>
       </c>
       <c r="H63" s="2">
         <f>[1]FNB!H63+[1]BWHK!H63+[1]SBN!H63+[1]NBN!H63+[1]LBN!H63+'[1]Bank Bic'!H63+'[1]ATL '!H63</f>
-        <v>260706</v>
+        <v>255859</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>212</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C64" s="2">
         <f>[1]FNB!C64+[1]BWHK!C64+[1]SBN!C64+[1]NBN!C64+[1]LBN!C64+'[1]Bank Bic'!C64+'[1]ATL '!C64</f>
-        <v>24615548</v>
+        <v>29002995</v>
       </c>
       <c r="D64" s="2">
         <f>[1]FNB!D64+[1]BWHK!D64+[1]SBN!D64+[1]NBN!D64+[1]LBN!D64+'[1]Bank Bic'!D64+'[1]ATL '!D64</f>
-        <v>1429268</v>
+        <v>483084</v>
       </c>
       <c r="E64" s="2">
         <f>[1]FNB!E64+[1]BWHK!E64+[1]SBN!E64+[1]NBN!E64+[1]LBN!E64+'[1]Bank Bic'!E64+'[1]ATL '!E64</f>
-        <v>322087</v>
+        <v>265733</v>
       </c>
       <c r="F64" s="2">
         <f>[1]FNB!F64+[1]BWHK!F64+[1]SBN!F64+[1]NBN!F64+[1]LBN!F64+'[1]Bank Bic'!F64+'[1]ATL '!F64</f>
-        <v>355924</v>
+        <v>320743</v>
       </c>
       <c r="G64" s="2">
         <f>[1]FNB!G64+[1]BWHK!G64+[1]SBN!G64+[1]NBN!G64+[1]LBN!G64+'[1]Bank Bic'!G64+'[1]ATL '!G64</f>
-        <v>1006490</v>
+        <v>920652</v>
       </c>
       <c r="H64" s="2">
         <f>[1]FNB!H64+[1]BWHK!H64+[1]SBN!H64+[1]NBN!H64+[1]LBN!H64+'[1]Bank Bic'!H64+'[1]ATL '!H64</f>
-        <v>27729317</v>
+        <v>30993207</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>210</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <f>[1]FNB!E65+[1]BWHK!E65+[1]SBN!E65+[1]NBN!E65+[1]LBN!E65+'[1]Bank Bic'!E65+'[1]ATL '!E65</f>
-        <v>6596</v>
+        <v>30551</v>
       </c>
       <c r="F65" s="2">
         <f>[1]FNB!F65+[1]BWHK!F65+[1]SBN!F65+[1]NBN!F65+[1]LBN!F65+'[1]Bank Bic'!F65+'[1]ATL '!F65</f>
-        <v>17207</v>
+        <v>24313</v>
       </c>
       <c r="G65" s="2">
         <f>[1]FNB!G65+[1]BWHK!G65+[1]SBN!G65+[1]NBN!G65+[1]LBN!G65+'[1]Bank Bic'!G65+'[1]ATL '!G65</f>
-        <v>205295</v>
+        <v>197541</v>
       </c>
       <c r="H65" s="2">
         <f>[1]FNB!H65+[1]BWHK!H65+[1]SBN!H65+[1]NBN!H65+[1]LBN!H65+'[1]Bank Bic'!H65+'[1]ATL '!H65</f>
-        <v>229098</v>
+        <v>252405</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>209</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C66" s="2">
         <f>[1]FNB!C66+[1]BWHK!C66+[1]SBN!C66+[1]NBN!C66+[1]LBN!C66+'[1]Bank Bic'!C66+'[1]ATL '!C66</f>
-        <v>225012</v>
+        <v>287884</v>
       </c>
       <c r="D66" s="2">
         <f>[1]FNB!D66+[1]BWHK!D66+[1]SBN!D66+[1]NBN!D66+[1]LBN!D66+'[1]Bank Bic'!D66+'[1]ATL '!D66</f>
-        <v>28586</v>
+        <v>9662</v>
       </c>
       <c r="E66" s="2">
         <f>[1]FNB!E66+[1]BWHK!E66+[1]SBN!E66+[1]NBN!E66+[1]LBN!E66+'[1]Bank Bic'!E66+'[1]ATL '!E66</f>
-        <v>92898</v>
+        <v>65542</v>
       </c>
       <c r="F66" s="2">
         <f>[1]FNB!F66+[1]BWHK!F66+[1]SBN!F66+[1]NBN!F66+[1]LBN!F66+'[1]Bank Bic'!F66+'[1]ATL '!F66</f>
-        <v>185390</v>
+        <v>163846</v>
       </c>
       <c r="G66" s="2">
         <f>[1]FNB!G66+[1]BWHK!G66+[1]SBN!G66+[1]NBN!G66+[1]LBN!G66+'[1]Bank Bic'!G66+'[1]ATL '!G66</f>
-        <v>674056</v>
+        <v>760555</v>
       </c>
       <c r="H66" s="2">
         <f>[1]FNB!H66+[1]BWHK!H66+[1]SBN!H66+[1]NBN!H66+[1]LBN!H66+'[1]Bank Bic'!H66+'[1]ATL '!H66</f>
-        <v>1205942</v>
+        <v>1287489</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>13</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>13</v>
       </c>
-      <c r="B68" s="8" t="s">
+      <c r="B68" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="C68" s="8"/>
-[...4 lines deleted...]
-      <c r="H68" s="8"/>
+      <c r="C68" s="9"/>
+      <c r="D68" s="9"/>
+      <c r="E68" s="9"/>
+      <c r="F68" s="9"/>
+      <c r="G68" s="9"/>
+      <c r="H68" s="9"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>208</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C69" s="2">
         <f>[1]FNB!C69+[1]BWHK!C69+[1]SBN!C69+[1]NBN!C69+[1]LBN!C69+'[1]Bank Bic'!C69+'[1]ATL '!C69</f>
-        <v>41895656</v>
+        <v>42205546</v>
       </c>
       <c r="D69" s="2">
         <f>[1]FNB!D69+[1]BWHK!D69+[1]SBN!D69+[1]NBN!D69+[1]LBN!D69+'[1]Bank Bic'!D69+'[1]ATL '!D69</f>
-        <v>87149</v>
+        <v>228958</v>
       </c>
       <c r="E69" s="2">
         <f>[1]FNB!E69+[1]BWHK!E69+[1]SBN!E69+[1]NBN!E69+[1]LBN!E69+'[1]Bank Bic'!E69+'[1]ATL '!E69</f>
-        <v>481481</v>
+        <v>473163</v>
       </c>
       <c r="F69" s="2">
         <f>[1]FNB!F69+[1]BWHK!F69+[1]SBN!F69+[1]NBN!F69+[1]LBN!F69+'[1]Bank Bic'!F69+'[1]ATL '!F69</f>
-        <v>359768</v>
+        <v>357436</v>
       </c>
       <c r="G69" s="2">
         <f>[1]FNB!G69+[1]BWHK!G69+[1]SBN!G69+[1]NBN!G69+[1]LBN!G69+'[1]Bank Bic'!G69+'[1]ATL '!G69</f>
-        <v>1905097</v>
+        <v>1859300</v>
       </c>
       <c r="H69" s="2">
         <f>[1]FNB!H69+[1]BWHK!H69+[1]SBN!H69+[1]NBN!H69+[1]LBN!H69+'[1]Bank Bic'!H69+'[1]ATL '!H69</f>
-        <v>44729151</v>
+        <v>45124403</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>206</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C70" s="2">
         <f>[1]FNB!C70+[1]BWHK!C70+[1]SBN!C70+[1]NBN!C70+[1]LBN!C70+'[1]Bank Bic'!C70+'[1]ATL '!C70</f>
-        <v>-141735</v>
+        <v>-265535</v>
       </c>
       <c r="D70" s="2">
         <f>[1]FNB!D70+[1]BWHK!D70+[1]SBN!D70+[1]NBN!D70+[1]LBN!D70+'[1]Bank Bic'!D70+'[1]ATL '!D70</f>
-        <v>125819</v>
+        <v>71912</v>
       </c>
       <c r="E70" s="2">
         <f>[1]FNB!E70+[1]BWHK!E70+[1]SBN!E70+[1]NBN!E70+[1]LBN!E70+'[1]Bank Bic'!E70+'[1]ATL '!E70</f>
-        <v>-18568</v>
+        <v>-16481</v>
       </c>
       <c r="F70" s="2">
         <f>[1]FNB!F70+[1]BWHK!F70+[1]SBN!F70+[1]NBN!F70+[1]LBN!F70+'[1]Bank Bic'!F70+'[1]ATL '!F70</f>
-        <v>-29793</v>
+        <v>-63125</v>
       </c>
       <c r="G70" s="2">
         <f>[1]FNB!G70+[1]BWHK!G70+[1]SBN!G70+[1]NBN!G70+[1]LBN!G70+'[1]Bank Bic'!G70+'[1]ATL '!G70</f>
-        <v>-43699</v>
+        <v>14915</v>
       </c>
       <c r="H70" s="2">
         <f>[1]FNB!H70+[1]BWHK!H70+[1]SBN!H70+[1]NBN!H70+[1]LBN!H70+'[1]Bank Bic'!H70+'[1]ATL '!H70</f>
-        <v>-107976</v>
+        <v>-258314</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>205</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C71" s="2">
         <f>[1]FNB!C71+[1]BWHK!C71+[1]SBN!C71+[1]NBN!C71+[1]LBN!C71+'[1]Bank Bic'!C71+'[1]ATL '!C71</f>
         <v>0</v>
       </c>
       <c r="D71" s="2">
         <f>[1]FNB!D71+[1]BWHK!D71+[1]SBN!D71+[1]NBN!D71+[1]LBN!D71+'[1]Bank Bic'!D71+'[1]ATL '!D71</f>
         <v>0</v>
       </c>
       <c r="E71" s="2">
         <f>[1]FNB!E71+[1]BWHK!E71+[1]SBN!E71+[1]NBN!E71+[1]LBN!E71+'[1]Bank Bic'!E71+'[1]ATL '!E71</f>
         <v>0</v>
       </c>
       <c r="F71" s="2">
         <f>[1]FNB!F71+[1]BWHK!F71+[1]SBN!F71+[1]NBN!F71+[1]LBN!F71+'[1]Bank Bic'!F71+'[1]ATL '!F71</f>
-        <v>0</v>
+        <v>374</v>
       </c>
       <c r="G71" s="2">
         <f>[1]FNB!G71+[1]BWHK!G71+[1]SBN!G71+[1]NBN!G71+[1]LBN!G71+'[1]Bank Bic'!G71+'[1]ATL '!G71</f>
-        <v>26030</v>
+        <v>33922</v>
       </c>
       <c r="H71" s="2">
         <f>[1]FNB!H71+[1]BWHK!H71+[1]SBN!H71+[1]NBN!H71+[1]LBN!H71+'[1]Bank Bic'!H71+'[1]ATL '!H71</f>
-        <v>26030</v>
+        <v>34296</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>204</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C72" s="2">
         <f>[1]FNB!C72+[1]BWHK!C72+[1]SBN!C72+[1]NBN!C72+[1]LBN!C72+'[1]Bank Bic'!C72+'[1]ATL '!C72</f>
-        <v>41753921</v>
+        <v>41940011</v>
       </c>
       <c r="D72" s="2">
         <f>[1]FNB!D72+[1]BWHK!D72+[1]SBN!D72+[1]NBN!D72+[1]LBN!D72+'[1]Bank Bic'!D72+'[1]ATL '!D72</f>
-        <v>212968</v>
+        <v>300870</v>
       </c>
       <c r="E72" s="2">
         <f>[1]FNB!E72+[1]BWHK!E72+[1]SBN!E72+[1]NBN!E72+[1]LBN!E72+'[1]Bank Bic'!E72+'[1]ATL '!E72</f>
-        <v>462913</v>
+        <v>456682</v>
       </c>
       <c r="F72" s="2">
         <f>[1]FNB!F72+[1]BWHK!F72+[1]SBN!F72+[1]NBN!F72+[1]LBN!F72+'[1]Bank Bic'!F72+'[1]ATL '!F72</f>
-        <v>329975</v>
+        <v>293937</v>
       </c>
       <c r="G72" s="2">
         <f>[1]FNB!G72+[1]BWHK!G72+[1]SBN!G72+[1]NBN!G72+[1]LBN!G72+'[1]Bank Bic'!G72+'[1]ATL '!G72</f>
-        <v>1835368</v>
+        <v>1840293</v>
       </c>
       <c r="H72" s="2">
         <f>[1]FNB!H72+[1]BWHK!H72+[1]SBN!H72+[1]NBN!H72+[1]LBN!H72+'[1]Bank Bic'!H72+'[1]ATL '!H72</f>
-        <v>44595145</v>
+        <v>44831793</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
         <v>202</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <f>[1]FNB!E73+[1]BWHK!E73+[1]SBN!E73+[1]NBN!E73+[1]LBN!E73+'[1]Bank Bic'!E73+'[1]ATL '!E73</f>
-        <v>350610</v>
+        <v>346471</v>
       </c>
       <c r="F73" s="2">
         <f>[1]FNB!F73+[1]BWHK!F73+[1]SBN!F73+[1]NBN!F73+[1]LBN!F73+'[1]Bank Bic'!F73+'[1]ATL '!F73</f>
-        <v>224796</v>
+        <v>205045</v>
       </c>
       <c r="G73" s="2">
         <f>[1]FNB!G73+[1]BWHK!G73+[1]SBN!G73+[1]NBN!G73+[1]LBN!G73+'[1]Bank Bic'!G73+'[1]ATL '!G73</f>
-        <v>1207943</v>
+        <v>1081664</v>
       </c>
       <c r="H73" s="2">
         <f>[1]FNB!H73+[1]BWHK!H73+[1]SBN!H73+[1]NBN!H73+[1]LBN!H73+'[1]Bank Bic'!H73+'[1]ATL '!H73</f>
-        <v>1783349</v>
+        <v>1633180</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
         <v>201</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C74" s="2">
         <f>[1]FNB!C74+[1]BWHK!C74+[1]SBN!C74+[1]NBN!C74+[1]LBN!C74+'[1]Bank Bic'!C74+'[1]ATL '!C74</f>
-        <v>41753921</v>
+        <v>41940011</v>
       </c>
       <c r="D74" s="2">
         <f>[1]FNB!D74+[1]BWHK!D74+[1]SBN!D74+[1]NBN!D74+[1]LBN!D74+'[1]Bank Bic'!D74+'[1]ATL '!D74</f>
-        <v>212968</v>
+        <v>300870</v>
       </c>
       <c r="E74" s="2">
         <f>[1]FNB!E74+[1]BWHK!E74+[1]SBN!E74+[1]NBN!E74+[1]LBN!E74+'[1]Bank Bic'!E74+'[1]ATL '!E74</f>
-        <v>112303</v>
+        <v>110211</v>
       </c>
       <c r="F74" s="2">
         <f>[1]FNB!F74+[1]BWHK!F74+[1]SBN!F74+[1]NBN!F74+[1]LBN!F74+'[1]Bank Bic'!F74+'[1]ATL '!F74</f>
-        <v>105179</v>
+        <v>88892</v>
       </c>
       <c r="G74" s="2">
         <f>[1]FNB!G74+[1]BWHK!G74+[1]SBN!G74+[1]NBN!G74+[1]LBN!G74+'[1]Bank Bic'!G74+'[1]ATL '!G74</f>
-        <v>627425</v>
+        <v>758629</v>
       </c>
       <c r="H74" s="2">
         <f>[1]FNB!H74+[1]BWHK!H74+[1]SBN!H74+[1]NBN!H74+[1]LBN!H74+'[1]Bank Bic'!H74+'[1]ATL '!H74</f>
-        <v>42811796</v>
+        <v>43198613</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
         <v>199</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <f>[1]FNB!E75+[1]BWHK!E75+[1]SBN!E75+[1]NBN!E75+[1]LBN!E75+'[1]Bank Bic'!E75+'[1]ATL '!E75</f>
-        <v>66329</v>
+        <v>68709</v>
       </c>
       <c r="F75" s="2">
         <f>[1]FNB!F75+[1]BWHK!F75+[1]SBN!F75+[1]NBN!F75+[1]LBN!F75+'[1]Bank Bic'!F75+'[1]ATL '!F75</f>
-        <v>38804</v>
+        <v>29955</v>
       </c>
       <c r="G75" s="2">
         <f>[1]FNB!G75+[1]BWHK!G75+[1]SBN!G75+[1]NBN!G75+[1]LBN!G75+'[1]Bank Bic'!G75+'[1]ATL '!G75</f>
-        <v>315393</v>
+        <v>276579</v>
       </c>
       <c r="H75" s="2">
         <f>[1]FNB!H75+[1]BWHK!H75+[1]SBN!H75+[1]NBN!H75+[1]LBN!H75+'[1]Bank Bic'!H75+'[1]ATL '!H75</f>
-        <v>420526</v>
+        <v>375243</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
         <v>198</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C76" s="2">
         <f>[1]FNB!C76+[1]BWHK!C76+[1]SBN!C76+[1]NBN!C76+[1]LBN!C76+'[1]Bank Bic'!C76+'[1]ATL '!C76</f>
-        <v>396153</v>
+        <v>419399</v>
       </c>
       <c r="D76" s="2">
         <f>[1]FNB!D76+[1]BWHK!D76+[1]SBN!D76+[1]NBN!D76+[1]LBN!D76+'[1]Bank Bic'!D76+'[1]ATL '!D76</f>
-        <v>4259</v>
+        <v>6017</v>
       </c>
       <c r="E76" s="2">
         <f>[1]FNB!E76+[1]BWHK!E76+[1]SBN!E76+[1]NBN!E76+[1]LBN!E76+'[1]Bank Bic'!E76+'[1]ATL '!E76</f>
-        <v>55282</v>
+        <v>13497</v>
       </c>
       <c r="F76" s="2">
         <f>[1]FNB!F76+[1]BWHK!F76+[1]SBN!F76+[1]NBN!F76+[1]LBN!F76+'[1]Bank Bic'!F76+'[1]ATL '!F76</f>
-        <v>57893</v>
+        <v>34647</v>
       </c>
       <c r="G76" s="2">
         <f>[1]FNB!G76+[1]BWHK!G76+[1]SBN!G76+[1]NBN!G76+[1]LBN!G76+'[1]Bank Bic'!G76+'[1]ATL '!G76</f>
-        <v>347120</v>
+        <v>504956</v>
       </c>
       <c r="H76" s="2">
         <f>[1]FNB!H76+[1]BWHK!H76+[1]SBN!H76+[1]NBN!H76+[1]LBN!H76+'[1]Bank Bic'!H76+'[1]ATL '!H76</f>
-        <v>860707</v>
+        <v>978516</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
         <v>13</v>
       </c>
-      <c r="B78" s="8" t="s">
+      <c r="B78" s="9" t="s">
         <v>142</v>
       </c>
-      <c r="C78" s="8"/>
-[...4 lines deleted...]
-      <c r="H78" s="8"/>
+      <c r="C78" s="9"/>
+      <c r="D78" s="9"/>
+      <c r="E78" s="9"/>
+      <c r="F78" s="9"/>
+      <c r="G78" s="9"/>
+      <c r="H78" s="9"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
         <v>197</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C79" s="2">
         <f>[1]FNB!C79+[1]BWHK!C79+[1]SBN!C79+[1]NBN!C79+[1]LBN!C79+'[1]Bank Bic'!C79+'[1]ATL '!C79</f>
-        <v>11819866</v>
+        <v>11079363</v>
       </c>
       <c r="D79" s="2">
         <f>[1]FNB!D79+[1]BWHK!D79+[1]SBN!D79+[1]NBN!D79+[1]LBN!D79+'[1]Bank Bic'!D79+'[1]ATL '!D79</f>
-        <v>38071</v>
+        <v>136447</v>
       </c>
       <c r="E79" s="2">
         <f>[1]FNB!E79+[1]BWHK!E79+[1]SBN!E79+[1]NBN!E79+[1]LBN!E79+'[1]Bank Bic'!E79+'[1]ATL '!E79</f>
-        <v>160441</v>
+        <v>155435</v>
       </c>
       <c r="F79" s="2">
         <f>[1]FNB!F79+[1]BWHK!F79+[1]SBN!F79+[1]NBN!F79+[1]LBN!F79+'[1]Bank Bic'!F79+'[1]ATL '!F79</f>
-        <v>55921</v>
+        <v>16467</v>
       </c>
       <c r="G79" s="2">
         <f>[1]FNB!G79+[1]BWHK!G79+[1]SBN!G79+[1]NBN!G79+[1]LBN!G79+'[1]Bank Bic'!G79+'[1]ATL '!G79</f>
-        <v>394730</v>
+        <v>287148</v>
       </c>
       <c r="H79" s="2">
         <f>[1]FNB!H79+[1]BWHK!H79+[1]SBN!H79+[1]NBN!H79+[1]LBN!H79+'[1]Bank Bic'!H79+'[1]ATL '!H79</f>
-        <v>12469029</v>
+        <v>11674860</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
         <v>195</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C80" s="2">
         <f>[1]FNB!C80+[1]BWHK!C80+[1]SBN!C80+[1]NBN!C80+[1]LBN!C80+'[1]Bank Bic'!C80+'[1]ATL '!C80</f>
-        <v>60573</v>
+        <v>860165</v>
       </c>
       <c r="D80" s="2">
         <f>[1]FNB!D80+[1]BWHK!D80+[1]SBN!D80+[1]NBN!D80+[1]LBN!D80+'[1]Bank Bic'!D80+'[1]ATL '!D80</f>
-        <v>87998</v>
+        <v>-35577</v>
       </c>
       <c r="E80" s="2">
         <f>[1]FNB!E80+[1]BWHK!E80+[1]SBN!E80+[1]NBN!E80+[1]LBN!E80+'[1]Bank Bic'!E80+'[1]ATL '!E80</f>
-        <v>-65145</v>
+        <v>-42200</v>
       </c>
       <c r="F80" s="2">
         <f>[1]FNB!F80+[1]BWHK!F80+[1]SBN!F80+[1]NBN!F80+[1]LBN!F80+'[1]Bank Bic'!F80+'[1]ATL '!F80</f>
-        <v>-6987</v>
+        <v>65244</v>
       </c>
       <c r="G80" s="2">
         <f>[1]FNB!G80+[1]BWHK!G80+[1]SBN!G80+[1]NBN!G80+[1]LBN!G80+'[1]Bank Bic'!G80+'[1]ATL '!G80</f>
-        <v>-26641</v>
+        <v>-5681</v>
       </c>
       <c r="H80" s="2">
         <f>[1]FNB!H80+[1]BWHK!H80+[1]SBN!H80+[1]NBN!H80+[1]LBN!H80+'[1]Bank Bic'!H80+'[1]ATL '!H80</f>
-        <v>49798</v>
+        <v>841951</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
         <v>194</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C81" s="2">
         <f>[1]FNB!C81+[1]BWHK!C81+[1]SBN!C81+[1]NBN!C81+[1]LBN!C81+'[1]Bank Bic'!C81+'[1]ATL '!C81</f>
         <v>0</v>
       </c>
       <c r="D81" s="2">
         <f>[1]FNB!D81+[1]BWHK!D81+[1]SBN!D81+[1]NBN!D81+[1]LBN!D81+'[1]Bank Bic'!D81+'[1]ATL '!D81</f>
         <v>0</v>
       </c>
       <c r="E81" s="2">
         <f>[1]FNB!E81+[1]BWHK!E81+[1]SBN!E81+[1]NBN!E81+[1]LBN!E81+'[1]Bank Bic'!E81+'[1]ATL '!E81</f>
         <v>0</v>
       </c>
       <c r="F81" s="2">
         <f>[1]FNB!F81+[1]BWHK!F81+[1]SBN!F81+[1]NBN!F81+[1]LBN!F81+'[1]Bank Bic'!F81+'[1]ATL '!F81</f>
-        <v>445</v>
+        <v>0</v>
       </c>
       <c r="G81" s="2">
         <f>[1]FNB!G81+[1]BWHK!G81+[1]SBN!G81+[1]NBN!G81+[1]LBN!G81+'[1]Bank Bic'!G81+'[1]ATL '!G81</f>
-        <v>42961</v>
+        <v>-11080</v>
       </c>
       <c r="H81" s="2">
         <f>[1]FNB!H81+[1]BWHK!H81+[1]SBN!H81+[1]NBN!H81+[1]LBN!H81+'[1]Bank Bic'!H81+'[1]ATL '!H81</f>
-        <v>43406</v>
+        <v>-11080</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
         <v>193</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C82" s="2">
         <f>[1]FNB!C82+[1]BWHK!C82+[1]SBN!C82+[1]NBN!C82+[1]LBN!C82+'[1]Bank Bic'!C82+'[1]ATL '!C82</f>
-        <v>11880439</v>
+        <v>11939528</v>
       </c>
       <c r="D82" s="2">
         <f>[1]FNB!D82+[1]BWHK!D82+[1]SBN!D82+[1]NBN!D82+[1]LBN!D82+'[1]Bank Bic'!D82+'[1]ATL '!D82</f>
-        <v>126069</v>
+        <v>100870</v>
       </c>
       <c r="E82" s="2">
         <f>[1]FNB!E82+[1]BWHK!E82+[1]SBN!E82+[1]NBN!E82+[1]LBN!E82+'[1]Bank Bic'!E82+'[1]ATL '!E82</f>
-        <v>95296</v>
+        <v>113235</v>
       </c>
       <c r="F82" s="2">
         <f>[1]FNB!F82+[1]BWHK!F82+[1]SBN!F82+[1]NBN!F82+[1]LBN!F82+'[1]Bank Bic'!F82+'[1]ATL '!F82</f>
-        <v>48489</v>
+        <v>81711</v>
       </c>
       <c r="G82" s="2">
         <f>[1]FNB!G82+[1]BWHK!G82+[1]SBN!G82+[1]NBN!G82+[1]LBN!G82+'[1]Bank Bic'!G82+'[1]ATL '!G82</f>
-        <v>325128</v>
+        <v>292547</v>
       </c>
       <c r="H82" s="2">
         <f>[1]FNB!H82+[1]BWHK!H82+[1]SBN!H82+[1]NBN!H82+[1]LBN!H82+'[1]Bank Bic'!H82+'[1]ATL '!H82</f>
-        <v>12475421</v>
+        <v>12527891</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
         <v>191</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <f>[1]FNB!E83+[1]BWHK!E83+[1]SBN!E83+[1]NBN!E83+[1]LBN!E83+'[1]Bank Bic'!E83+'[1]ATL '!E83</f>
-        <v>82827</v>
+        <v>48969</v>
       </c>
       <c r="F83" s="2">
         <f>[1]FNB!F83+[1]BWHK!F83+[1]SBN!F83+[1]NBN!F83+[1]LBN!F83+'[1]Bank Bic'!F83+'[1]ATL '!F83</f>
-        <v>10421</v>
+        <v>39334</v>
       </c>
       <c r="G83" s="2">
         <f>[1]FNB!G83+[1]BWHK!G83+[1]SBN!G83+[1]NBN!G83+[1]LBN!G83+'[1]Bank Bic'!G83+'[1]ATL '!G83</f>
-        <v>159842</v>
+        <v>127428</v>
       </c>
       <c r="H83" s="2">
         <f>[1]FNB!H83+[1]BWHK!H83+[1]SBN!H83+[1]NBN!H83+[1]LBN!H83+'[1]Bank Bic'!H83+'[1]ATL '!H83</f>
-        <v>253090</v>
+        <v>215731</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
         <v>190</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C84" s="2">
         <f>[1]FNB!C84+[1]BWHK!C84+[1]SBN!C84+[1]NBN!C84+[1]LBN!C84+'[1]Bank Bic'!C84+'[1]ATL '!C84</f>
-        <v>11880439</v>
+        <v>11939528</v>
       </c>
       <c r="D84" s="2">
         <f>[1]FNB!D84+[1]BWHK!D84+[1]SBN!D84+[1]NBN!D84+[1]LBN!D84+'[1]Bank Bic'!D84+'[1]ATL '!D84</f>
-        <v>126069</v>
+        <v>100870</v>
       </c>
       <c r="E84" s="2">
         <f>[1]FNB!E84+[1]BWHK!E84+[1]SBN!E84+[1]NBN!E84+[1]LBN!E84+'[1]Bank Bic'!E84+'[1]ATL '!E84</f>
-        <v>12469</v>
+        <v>64266</v>
       </c>
       <c r="F84" s="2">
         <f>[1]FNB!F84+[1]BWHK!F84+[1]SBN!F84+[1]NBN!F84+[1]LBN!F84+'[1]Bank Bic'!F84+'[1]ATL '!F84</f>
-        <v>38068</v>
+        <v>42377</v>
       </c>
       <c r="G84" s="2">
         <f>[1]FNB!G84+[1]BWHK!G84+[1]SBN!G84+[1]NBN!G84+[1]LBN!G84+'[1]Bank Bic'!G84+'[1]ATL '!G84</f>
-        <v>165286</v>
+        <v>165119</v>
       </c>
       <c r="H84" s="2">
         <f>[1]FNB!H84+[1]BWHK!H84+[1]SBN!H84+[1]NBN!H84+[1]LBN!H84+'[1]Bank Bic'!H84+'[1]ATL '!H84</f>
-        <v>12222331</v>
+        <v>12312160</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>188</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
         <f>[1]FNB!E85+[1]BWHK!E85+[1]SBN!E85+[1]NBN!E85+[1]LBN!E85+'[1]Bank Bic'!E85+'[1]ATL '!E85</f>
-        <v>8832</v>
+        <v>3721</v>
       </c>
       <c r="F85" s="2">
         <f>[1]FNB!F85+[1]BWHK!F85+[1]SBN!F85+[1]NBN!F85+[1]LBN!F85+'[1]Bank Bic'!F85+'[1]ATL '!F85</f>
-        <v>73</v>
+        <v>6197</v>
       </c>
       <c r="G85" s="2">
         <f>[1]FNB!G85+[1]BWHK!G85+[1]SBN!G85+[1]NBN!G85+[1]LBN!G85+'[1]Bank Bic'!G85+'[1]ATL '!G85</f>
-        <v>81317</v>
+        <v>70195</v>
       </c>
       <c r="H85" s="2">
         <f>[1]FNB!H85+[1]BWHK!H85+[1]SBN!H85+[1]NBN!H85+[1]LBN!H85+'[1]Bank Bic'!H85+'[1]ATL '!H85</f>
-        <v>90222</v>
+        <v>80113</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
         <v>187</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C86" s="2">
         <f>[1]FNB!C86+[1]BWHK!C86+[1]SBN!C86+[1]NBN!C86+[1]LBN!C86+'[1]Bank Bic'!C86+'[1]ATL '!C86</f>
-        <v>97418</v>
+        <v>119395</v>
       </c>
       <c r="D86" s="2">
         <f>[1]FNB!D86+[1]BWHK!D86+[1]SBN!D86+[1]NBN!D86+[1]LBN!D86+'[1]Bank Bic'!D86+'[1]ATL '!D86</f>
-        <v>2520</v>
+        <v>2018</v>
       </c>
       <c r="E86" s="2">
         <f>[1]FNB!E86+[1]BWHK!E86+[1]SBN!E86+[1]NBN!E86+[1]LBN!E86+'[1]Bank Bic'!E86+'[1]ATL '!E86</f>
-        <v>24992</v>
+        <v>8145</v>
       </c>
       <c r="F86" s="2">
         <f>[1]FNB!F86+[1]BWHK!F86+[1]SBN!F86+[1]NBN!F86+[1]LBN!F86+'[1]Bank Bic'!F86+'[1]ATL '!F86</f>
-        <v>468</v>
+        <v>18816</v>
       </c>
       <c r="G86" s="2">
         <f>[1]FNB!G86+[1]BWHK!G86+[1]SBN!G86+[1]NBN!G86+[1]LBN!G86+'[1]Bank Bic'!G86+'[1]ATL '!G86</f>
-        <v>152795</v>
+        <v>143212</v>
       </c>
       <c r="H86" s="2">
         <f>[1]FNB!H86+[1]BWHK!H86+[1]SBN!H86+[1]NBN!H86+[1]LBN!H86+'[1]Bank Bic'!H86+'[1]ATL '!H86</f>
-        <v>278193</v>
+        <v>291586</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
         <v>13</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
         <v>13</v>
       </c>
-      <c r="B88" s="8" t="s">
+      <c r="B88" s="9" t="s">
         <v>141</v>
       </c>
-      <c r="C88" s="8"/>
-[...4 lines deleted...]
-      <c r="H88" s="8"/>
+      <c r="C88" s="9"/>
+      <c r="D88" s="9"/>
+      <c r="E88" s="9"/>
+      <c r="F88" s="9"/>
+      <c r="G88" s="9"/>
+      <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>186</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="2">
         <f>[1]FNB!C89+[1]BWHK!C89+[1]SBN!C89+[1]NBN!C89+[1]LBN!C89+'[1]Bank Bic'!C89+'[1]ATL '!C89</f>
-        <v>25298623</v>
+        <v>25901637</v>
       </c>
       <c r="D89" s="2">
         <f>[1]FNB!D89+[1]BWHK!D89+[1]SBN!D89+[1]NBN!D89+[1]LBN!D89+'[1]Bank Bic'!D89+'[1]ATL '!D89</f>
         <v>0</v>
       </c>
       <c r="E89" s="2">
         <f>[1]FNB!E89+[1]BWHK!E89+[1]SBN!E89+[1]NBN!E89+[1]LBN!E89+'[1]Bank Bic'!E89+'[1]ATL '!E89</f>
         <v>0</v>
       </c>
       <c r="F89" s="2">
         <f>[1]FNB!F89+[1]BWHK!F89+[1]SBN!F89+[1]NBN!F89+[1]LBN!F89+'[1]Bank Bic'!F89+'[1]ATL '!F89</f>
         <v>0</v>
       </c>
       <c r="G89" s="2">
         <f>[1]FNB!G89+[1]BWHK!G89+[1]SBN!G89+[1]NBN!G89+[1]LBN!G89+'[1]Bank Bic'!G89+'[1]ATL '!G89</f>
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <f>[1]FNB!H89+[1]BWHK!H89+[1]SBN!H89+[1]NBN!H89+[1]LBN!H89+'[1]Bank Bic'!H89+'[1]ATL '!H89</f>
-        <v>25298623</v>
+        <v>25901637</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C90" s="2">
         <f>[1]FNB!C90+[1]BWHK!C90+[1]SBN!C90+[1]NBN!C90+[1]LBN!C90+'[1]Bank Bic'!C90+'[1]ATL '!C90</f>
-        <v>781949</v>
+        <v>115964</v>
       </c>
       <c r="D90" s="2">
         <f>[1]FNB!D90+[1]BWHK!D90+[1]SBN!D90+[1]NBN!D90+[1]LBN!D90+'[1]Bank Bic'!D90+'[1]ATL '!D90</f>
         <v>0</v>
       </c>
       <c r="E90" s="2">
         <f>[1]FNB!E90+[1]BWHK!E90+[1]SBN!E90+[1]NBN!E90+[1]LBN!E90+'[1]Bank Bic'!E90+'[1]ATL '!E90</f>
         <v>0</v>
       </c>
       <c r="F90" s="2">
         <f>[1]FNB!F90+[1]BWHK!F90+[1]SBN!F90+[1]NBN!F90+[1]LBN!F90+'[1]Bank Bic'!F90+'[1]ATL '!F90</f>
         <v>0</v>
       </c>
       <c r="G90" s="2">
         <f>[1]FNB!G90+[1]BWHK!G90+[1]SBN!G90+[1]NBN!G90+[1]LBN!G90+'[1]Bank Bic'!G90+'[1]ATL '!G90</f>
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <f>[1]FNB!H90+[1]BWHK!H90+[1]SBN!H90+[1]NBN!H90+[1]LBN!H90+'[1]Bank Bic'!H90+'[1]ATL '!H90</f>
-        <v>781949</v>
+        <v>115964</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
         <v>183</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C91" s="2">
         <f>[1]FNB!C91+[1]BWHK!C91+[1]SBN!C91+[1]NBN!C91+[1]LBN!C91+'[1]Bank Bic'!C91+'[1]ATL '!C91</f>
         <v>0</v>
       </c>
       <c r="D91" s="2">
         <f>[1]FNB!D91+[1]BWHK!D91+[1]SBN!D91+[1]NBN!D91+[1]LBN!D91+'[1]Bank Bic'!D91+'[1]ATL '!D91</f>
         <v>0</v>
       </c>
       <c r="E91" s="2">
         <f>[1]FNB!E91+[1]BWHK!E91+[1]SBN!E91+[1]NBN!E91+[1]LBN!E91+'[1]Bank Bic'!E91+'[1]ATL '!E91</f>
         <v>0</v>
       </c>
       <c r="F91" s="2">
         <f>[1]FNB!F91+[1]BWHK!F91+[1]SBN!F91+[1]NBN!F91+[1]LBN!F91+'[1]Bank Bic'!F91+'[1]ATL '!F91</f>
         <v>0</v>
       </c>
       <c r="G91" s="2">
         <f>[1]FNB!G91+[1]BWHK!G91+[1]SBN!G91+[1]NBN!G91+[1]LBN!G91+'[1]Bank Bic'!G91+'[1]ATL '!G91</f>
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <f>[1]FNB!H91+[1]BWHK!H91+[1]SBN!H91+[1]NBN!H91+[1]LBN!H91+'[1]Bank Bic'!H91+'[1]ATL '!H91</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C92" s="2">
         <f>[1]FNB!C92+[1]BWHK!C92+[1]SBN!C92+[1]NBN!C92+[1]LBN!C92+'[1]Bank Bic'!C92+'[1]ATL '!C92</f>
-        <v>26080572</v>
+        <v>26017601</v>
       </c>
       <c r="D92" s="2">
         <f>[1]FNB!D92+[1]BWHK!D92+[1]SBN!D92+[1]NBN!D92+[1]LBN!D92+'[1]Bank Bic'!D92+'[1]ATL '!D92</f>
         <v>0</v>
       </c>
       <c r="E92" s="2">
         <f>[1]FNB!E92+[1]BWHK!E92+[1]SBN!E92+[1]NBN!E92+[1]LBN!E92+'[1]Bank Bic'!E92+'[1]ATL '!E92</f>
         <v>0</v>
       </c>
       <c r="F92" s="2">
         <f>[1]FNB!F92+[1]BWHK!F92+[1]SBN!F92+[1]NBN!F92+[1]LBN!F92+'[1]Bank Bic'!F92+'[1]ATL '!F92</f>
         <v>0</v>
       </c>
       <c r="G92" s="2">
         <f>[1]FNB!G92+[1]BWHK!G92+[1]SBN!G92+[1]NBN!G92+[1]LBN!G92+'[1]Bank Bic'!G92+'[1]ATL '!G92</f>
         <v>0</v>
       </c>
       <c r="H92" s="2">
         <f>[1]FNB!H92+[1]BWHK!H92+[1]SBN!H92+[1]NBN!H92+[1]LBN!H92+'[1]Bank Bic'!H92+'[1]ATL '!H92</f>
-        <v>26080572</v>
+        <v>26017601</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
         <v>180</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <f>[1]FNB!E93+[1]BWHK!E93+[1]SBN!E93+[1]NBN!E93+[1]LBN!E93+'[1]Bank Bic'!E93+'[1]ATL '!E93</f>
         <v>0</v>
       </c>
       <c r="F93" s="2">
         <f>[1]FNB!F93+[1]BWHK!F93+[1]SBN!F93+[1]NBN!F93+[1]LBN!F93+'[1]Bank Bic'!F93+'[1]ATL '!F93</f>
         <v>0</v>
       </c>
       <c r="G93" s="2">
         <f>[1]FNB!G93+[1]BWHK!G93+[1]SBN!G93+[1]NBN!G93+[1]LBN!G93+'[1]Bank Bic'!G93+'[1]ATL '!G93</f>
         <v>0</v>
       </c>
       <c r="H93" s="2">
         <f>[1]FNB!H93+[1]BWHK!H93+[1]SBN!H93+[1]NBN!H93+[1]LBN!H93+'[1]Bank Bic'!H93+'[1]ATL '!H93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
         <v>179</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C94" s="2">
         <f>[1]FNB!C94+[1]BWHK!C94+[1]SBN!C94+[1]NBN!C94+[1]LBN!C94+'[1]Bank Bic'!C94+'[1]ATL '!C94</f>
-        <v>26080572</v>
+        <v>26017601</v>
       </c>
       <c r="D94" s="2">
         <f>[1]FNB!D94+[1]BWHK!D94+[1]SBN!D94+[1]NBN!D94+[1]LBN!D94+'[1]Bank Bic'!D94+'[1]ATL '!D94</f>
         <v>0</v>
       </c>
       <c r="E94" s="2">
         <f>[1]FNB!E94+[1]BWHK!E94+[1]SBN!E94+[1]NBN!E94+[1]LBN!E94+'[1]Bank Bic'!E94+'[1]ATL '!E94</f>
         <v>0</v>
       </c>
       <c r="F94" s="2">
         <f>[1]FNB!F94+[1]BWHK!F94+[1]SBN!F94+[1]NBN!F94+[1]LBN!F94+'[1]Bank Bic'!F94+'[1]ATL '!F94</f>
         <v>0</v>
       </c>
       <c r="G94" s="2">
         <f>[1]FNB!G94+[1]BWHK!G94+[1]SBN!G94+[1]NBN!G94+[1]LBN!G94+'[1]Bank Bic'!G94+'[1]ATL '!G94</f>
         <v>0</v>
       </c>
       <c r="H94" s="2">
         <f>[1]FNB!H94+[1]BWHK!H94+[1]SBN!H94+[1]NBN!H94+[1]LBN!H94+'[1]Bank Bic'!H94+'[1]ATL '!H94</f>
-        <v>26080572</v>
+        <v>26017601</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
         <v>177</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <f>[1]FNB!E95+[1]BWHK!E95+[1]SBN!E95+[1]NBN!E95+[1]LBN!E95+'[1]Bank Bic'!E95+'[1]ATL '!E95</f>
         <v>0</v>
       </c>
       <c r="F95" s="2">
         <f>[1]FNB!F95+[1]BWHK!F95+[1]SBN!F95+[1]NBN!F95+[1]LBN!F95+'[1]Bank Bic'!F95+'[1]ATL '!F95</f>
         <v>0</v>
       </c>
       <c r="G95" s="2">
         <f>[1]FNB!G95+[1]BWHK!G95+[1]SBN!G95+[1]NBN!G95+[1]LBN!G95+'[1]Bank Bic'!G95+'[1]ATL '!G95</f>
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <f>[1]FNB!H95+[1]BWHK!H95+[1]SBN!H95+[1]NBN!H95+[1]LBN!H95+'[1]Bank Bic'!H95+'[1]ATL '!H95</f>
@@ -22566,335 +23911,335 @@
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A97" s="1"/>
       <c r="B97" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A98" s="7"/>
-      <c r="B98" s="6" t="s">
+      <c r="A98" s="8"/>
+      <c r="B98" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="C98" s="6"/>
-[...4 lines deleted...]
-      <c r="H98" s="6"/>
+      <c r="C98" s="7"/>
+      <c r="D98" s="7"/>
+      <c r="E98" s="7"/>
+      <c r="F98" s="7"/>
+      <c r="G98" s="7"/>
+      <c r="H98" s="7"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
         <v>175</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C99" s="2">
         <f>[1]FNB!C99+[1]BWHK!C99+[1]SBN!C99+[1]NBN!C99+[1]LBN!C99+'[1]Bank Bic'!C99+'[1]ATL '!C99</f>
-        <v>180117893</v>
+        <v>174658304</v>
       </c>
       <c r="D99" s="2">
         <f>[1]FNB!D99+[1]BWHK!D99+[1]SBN!D99+[1]NBN!D99+[1]LBN!D99+'[1]Bank Bic'!D99+'[1]ATL '!D99</f>
-        <v>1958371</v>
+        <v>1286193</v>
       </c>
       <c r="E99" s="2">
         <f>[1]FNB!E99+[1]BWHK!E99+[1]SBN!E99+[1]NBN!E99+[1]LBN!E99+'[1]Bank Bic'!E99+'[1]ATL '!E99</f>
-        <v>1226302</v>
+        <v>1027300</v>
       </c>
       <c r="F99" s="2">
         <f>[1]FNB!F99+[1]BWHK!F99+[1]SBN!F99+[1]NBN!F99+[1]LBN!F99+'[1]Bank Bic'!F99+'[1]ATL '!F99</f>
-        <v>858546</v>
+        <v>900903</v>
       </c>
       <c r="G99" s="2">
         <f>[1]FNB!G99+[1]BWHK!G99+[1]SBN!G99+[1]NBN!G99+[1]LBN!G99+'[1]Bank Bic'!G99+'[1]ATL '!G99</f>
-        <v>4424604</v>
+        <v>3972400</v>
       </c>
       <c r="H99" s="2">
         <f>[1]FNB!H99+[1]BWHK!H99+[1]SBN!H99+[1]NBN!H99+[1]LBN!H99+'[1]Bank Bic'!H99+'[1]ATL '!H99</f>
-        <v>188585716</v>
+        <v>181845100</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
         <v>173</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C100" s="2">
         <f>[1]FNB!C100+[1]BWHK!C100+[1]SBN!C100+[1]NBN!C100+[1]LBN!C100+'[1]Bank Bic'!C100+'[1]ATL '!C100</f>
-        <v>-5481129</v>
+        <v>6145081</v>
       </c>
       <c r="D100" s="2">
         <f>[1]FNB!D100+[1]BWHK!D100+[1]SBN!D100+[1]NBN!D100+[1]LBN!D100+'[1]Bank Bic'!D100+'[1]ATL '!D100</f>
-        <v>228048</v>
+        <v>343937</v>
       </c>
       <c r="E100" s="2">
         <f>[1]FNB!E100+[1]BWHK!E100+[1]SBN!E100+[1]NBN!E100+[1]LBN!E100+'[1]Bank Bic'!E100+'[1]ATL '!E100</f>
-        <v>-202211</v>
+        <v>125161</v>
       </c>
       <c r="F100" s="2">
         <f>[1]FNB!F100+[1]BWHK!F100+[1]SBN!F100+[1]NBN!F100+[1]LBN!F100+'[1]Bank Bic'!F100+'[1]ATL '!F100</f>
-        <v>22148</v>
+        <v>-87417</v>
       </c>
       <c r="G100" s="2">
         <f>[1]FNB!G100+[1]BWHK!G100+[1]SBN!G100+[1]NBN!G100+[1]LBN!G100+'[1]Bank Bic'!G100+'[1]ATL '!G100</f>
-        <v>-199932</v>
+        <v>150213</v>
       </c>
       <c r="H100" s="2">
         <f>[1]FNB!H100+[1]BWHK!H100+[1]SBN!H100+[1]NBN!H100+[1]LBN!H100+'[1]Bank Bic'!H100+'[1]ATL '!H100</f>
-        <v>-5633076</v>
+        <v>6676975</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
         <v>171</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C101" s="2">
         <f>[1]FNB!C101+[1]BWHK!C101+[1]SBN!C101+[1]NBN!C101+[1]LBN!C101+'[1]Bank Bic'!C101+'[1]ATL '!C101</f>
         <v>0</v>
       </c>
       <c r="D101" s="2">
         <f>[1]FNB!D101+[1]BWHK!D101+[1]SBN!D101+[1]NBN!D101+[1]LBN!D101+'[1]Bank Bic'!D101+'[1]ATL '!D101</f>
         <v>0</v>
       </c>
       <c r="E101" s="2">
         <f>[1]FNB!E101+[1]BWHK!E101+[1]SBN!E101+[1]NBN!E101+[1]LBN!E101+'[1]Bank Bic'!E101+'[1]ATL '!E101</f>
-        <v>8405</v>
+        <v>8404</v>
       </c>
       <c r="F101" s="2">
         <f>[1]FNB!F101+[1]BWHK!F101+[1]SBN!F101+[1]NBN!F101+[1]LBN!F101+'[1]Bank Bic'!F101+'[1]ATL '!F101</f>
-        <v>5777</v>
+        <v>6725</v>
       </c>
       <c r="G101" s="2">
         <f>[1]FNB!G101+[1]BWHK!G101+[1]SBN!G101+[1]NBN!G101+[1]LBN!G101+'[1]Bank Bic'!G101+'[1]ATL '!G101</f>
-        <v>172270</v>
+        <v>156394</v>
       </c>
       <c r="H101" s="2">
         <f>[1]FNB!H101+[1]BWHK!H101+[1]SBN!H101+[1]NBN!H101+[1]LBN!H101+'[1]Bank Bic'!H101+'[1]ATL '!H101</f>
-        <v>186452</v>
+        <v>171523</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
         <v>169</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C102" s="2">
         <f>[1]FNB!C102+[1]BWHK!C102+[1]SBN!C102+[1]NBN!C102+[1]LBN!C102+'[1]Bank Bic'!C102+'[1]ATL '!C102</f>
-        <v>174636764</v>
+        <v>180803385</v>
       </c>
       <c r="D102" s="2">
         <f>[1]FNB!D102+[1]BWHK!D102+[1]SBN!D102+[1]NBN!D102+[1]LBN!D102+'[1]Bank Bic'!D102+'[1]ATL '!D102</f>
-        <v>2186419</v>
+        <v>1630130</v>
       </c>
       <c r="E102" s="2">
         <f>[1]FNB!E102+[1]BWHK!E102+[1]SBN!E102+[1]NBN!E102+[1]LBN!E102+'[1]Bank Bic'!E102+'[1]ATL '!E102</f>
-        <v>1015686</v>
+        <v>1144057</v>
       </c>
       <c r="F102" s="2">
         <f>[1]FNB!F102+[1]BWHK!F102+[1]SBN!F102+[1]NBN!F102+[1]LBN!F102+'[1]Bank Bic'!F102+'[1]ATL '!F102</f>
-        <v>874917</v>
+        <v>806761</v>
       </c>
       <c r="G102" s="2">
         <f>[1]FNB!G102+[1]BWHK!G102+[1]SBN!G102+[1]NBN!G102+[1]LBN!G102+'[1]Bank Bic'!G102+'[1]ATL '!G102</f>
-        <v>4052402</v>
+        <v>3966219</v>
       </c>
       <c r="H102" s="2">
         <f>[1]FNB!H102+[1]BWHK!H102+[1]SBN!H102+[1]NBN!H102+[1]LBN!H102+'[1]Bank Bic'!H102+'[1]ATL '!H102</f>
-        <v>182766188</v>
+        <v>188350552</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
         <v>167</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <f>[1]FNB!E103+[1]BWHK!E103+[1]SBN!E103+[1]NBN!E103+[1]LBN!E103+'[1]Bank Bic'!E103+'[1]ATL '!E103</f>
-        <v>539882</v>
+        <v>568837</v>
       </c>
       <c r="F103" s="2">
         <f>[1]FNB!F103+[1]BWHK!F103+[1]SBN!F103+[1]NBN!F103+[1]LBN!F103+'[1]Bank Bic'!F103+'[1]ATL '!F103</f>
-        <v>350579</v>
+        <v>336272</v>
       </c>
       <c r="G103" s="2">
         <f>[1]FNB!G103+[1]BWHK!G103+[1]SBN!G103+[1]NBN!G103+[1]LBN!G103+'[1]Bank Bic'!G103+'[1]ATL '!G103</f>
-        <v>1873228</v>
+        <v>1734184</v>
       </c>
       <c r="H103" s="2">
         <f>[1]FNB!H103+[1]BWHK!H103+[1]SBN!H103+[1]NBN!H103+[1]LBN!H103+'[1]Bank Bic'!H103+'[1]ATL '!H103</f>
-        <v>2763689</v>
+        <v>2639293</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
         <v>165</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C104" s="2">
         <f>[1]FNB!C104+[1]BWHK!C104+[1]SBN!C104+[1]NBN!C104+[1]LBN!C104+'[1]Bank Bic'!C104+'[1]ATL '!C104</f>
-        <v>174636764</v>
+        <v>180803385</v>
       </c>
       <c r="D104" s="2">
         <f>[1]FNB!D104+[1]BWHK!D104+[1]SBN!D104+[1]NBN!D104+[1]LBN!D104+'[1]Bank Bic'!D104+'[1]ATL '!D104</f>
-        <v>2186419</v>
+        <v>1630130</v>
       </c>
       <c r="E104" s="2">
         <f>[1]FNB!E104+[1]BWHK!E104+[1]SBN!E104+[1]NBN!E104+[1]LBN!E104+'[1]Bank Bic'!E104+'[1]ATL '!E104</f>
-        <v>475804</v>
+        <v>575220</v>
       </c>
       <c r="F104" s="2">
         <f>[1]FNB!F104+[1]BWHK!F104+[1]SBN!F104+[1]NBN!F104+[1]LBN!F104+'[1]Bank Bic'!F104+'[1]ATL '!F104</f>
-        <v>524338</v>
+        <v>470489</v>
       </c>
       <c r="G104" s="2">
         <f>[1]FNB!G104+[1]BWHK!G104+[1]SBN!G104+[1]NBN!G104+[1]LBN!G104+'[1]Bank Bic'!G104+'[1]ATL '!G104</f>
-        <v>2179174</v>
+        <v>2232035</v>
       </c>
       <c r="H104" s="2">
         <f>[1]FNB!H104+[1]BWHK!H104+[1]SBN!H104+[1]NBN!H104+[1]LBN!H104+'[1]Bank Bic'!H104+'[1]ATL '!H104</f>
-        <v>180002499</v>
+        <v>185711259</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
         <v>163</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <f>[1]FNB!E105+[1]BWHK!E105+[1]SBN!E105+[1]NBN!E105+[1]LBN!E105+'[1]Bank Bic'!E105+'[1]ATL '!E105</f>
-        <v>82972</v>
+        <v>104008</v>
       </c>
       <c r="F105" s="2">
         <f>[1]FNB!F105+[1]BWHK!F105+[1]SBN!F105+[1]NBN!F105+[1]LBN!F105+'[1]Bank Bic'!F105+'[1]ATL '!F105</f>
-        <v>59519</v>
+        <v>63481</v>
       </c>
       <c r="G105" s="2">
         <f>[1]FNB!G105+[1]BWHK!G105+[1]SBN!G105+[1]NBN!G105+[1]LBN!G105+'[1]Bank Bic'!G105+'[1]ATL '!G105</f>
-        <v>770715</v>
+        <v>693353</v>
       </c>
       <c r="H105" s="2">
         <f>[1]FNB!H105+[1]BWHK!H105+[1]SBN!H105+[1]NBN!H105+[1]LBN!H105+'[1]Bank Bic'!H105+'[1]ATL '!H105</f>
-        <v>913206</v>
+        <v>860842</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
         <v>161</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C106" s="2">
         <f>[1]FNB!C106+[1]BWHK!C106+[1]SBN!C106+[1]NBN!C106+[1]LBN!C106+'[1]Bank Bic'!C106+'[1]ATL '!C106</f>
-        <v>1058626</v>
+        <v>1214143</v>
       </c>
       <c r="D106" s="2">
         <f>[1]FNB!D106+[1]BWHK!D106+[1]SBN!D106+[1]NBN!D106+[1]LBN!D106+'[1]Bank Bic'!D106+'[1]ATL '!D106</f>
-        <v>43727</v>
+        <v>32700</v>
       </c>
       <c r="E106" s="2">
         <f>[1]FNB!E106+[1]BWHK!E106+[1]SBN!E106+[1]NBN!E106+[1]LBN!E106+'[1]Bank Bic'!E106+'[1]ATL '!E106</f>
-        <v>227522</v>
+        <v>101976</v>
       </c>
       <c r="F106" s="2">
         <f>[1]FNB!F106+[1]BWHK!F106+[1]SBN!F106+[1]NBN!F106+[1]LBN!F106+'[1]Bank Bic'!F106+'[1]ATL '!F106</f>
-        <v>306409</v>
+        <v>226954</v>
       </c>
       <c r="G106" s="2">
         <f>[1]FNB!G106+[1]BWHK!G106+[1]SBN!G106+[1]NBN!G106+[1]LBN!G106+'[1]Bank Bic'!G106+'[1]ATL '!G106</f>
-        <v>1703488</v>
+        <v>1752572</v>
       </c>
       <c r="H106" s="2">
         <f>[1]FNB!H106+[1]BWHK!H106+[1]SBN!H106+[1]NBN!H106+[1]LBN!H106+'[1]Bank Bic'!H106+'[1]ATL '!H106</f>
-        <v>3339772</v>
+        <v>3328345</v>
       </c>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
         <v>159</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C107" s="2">
         <f>[1]FNB!C107+[1]BWHK!C107+[1]SBN!C107+[1]NBN!C107+[1]LBN!C107+'[1]Bank Bic'!C107+'[1]ATL '!C107</f>
-        <v>242032</v>
+        <v>264863</v>
       </c>
       <c r="D107" s="2">
         <f>[1]FNB!D107+[1]BWHK!D107+[1]SBN!D107+[1]NBN!D107+[1]LBN!D107+'[1]Bank Bic'!D107+'[1]ATL '!D107</f>
-        <v>99232</v>
+        <v>18941</v>
       </c>
       <c r="E107" s="2">
         <f>[1]FNB!E107+[1]BWHK!E107+[1]SBN!E107+[1]NBN!E107+[1]LBN!E107+'[1]Bank Bic'!E107+'[1]ATL '!E107</f>
-        <v>-48609</v>
+        <v>43829</v>
       </c>
       <c r="F107" s="2">
         <f>[1]FNB!F107+[1]BWHK!F107+[1]SBN!F107+[1]NBN!F107+[1]LBN!F107+'[1]Bank Bic'!F107+'[1]ATL '!F107</f>
-        <v>-4053</v>
+        <v>31419</v>
       </c>
       <c r="G107" s="2">
         <f>[1]FNB!G107+[1]BWHK!G107+[1]SBN!G107+[1]NBN!G107+[1]LBN!G107+'[1]Bank Bic'!G107+'[1]ATL '!G107</f>
-        <v>46587</v>
+        <v>-138779</v>
       </c>
       <c r="H107" s="2">
         <f>[1]FNB!H107+[1]BWHK!H107+[1]SBN!H107+[1]NBN!H107+[1]LBN!H107+'[1]Bank Bic'!H107+'[1]ATL '!H107</f>
-        <v>335189</v>
+        <v>220273</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
         <v>13</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>152</v>
       </c>
     </row>
@@ -22993,430 +24338,430 @@
       <c r="H115" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J115" s="1" t="s">
         <v>45</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>69</v>
       </c>
       <c r="L115" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
         <v>139</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C116" s="2">
         <f>[1]FNB!C116+[1]BWHK!C116+[1]SBN!C116+[1]NBN!C116+[1]LBN!C116+'[1]Bank Bic'!C116+'[1]ATL '!C116</f>
-        <v>22395768</v>
+        <v>21479038</v>
       </c>
       <c r="D116" s="2">
         <f>[1]FNB!D116+[1]BWHK!D116+[1]SBN!D116+[1]NBN!D116+[1]LBN!D116+'[1]Bank Bic'!D116+'[1]ATL '!D116</f>
-        <v>2504423</v>
+        <v>3763149</v>
       </c>
       <c r="E116" s="2">
         <f>[1]FNB!E116+[1]BWHK!E116+[1]SBN!E116+[1]NBN!E116+[1]LBN!E116+'[1]Bank Bic'!E116+'[1]ATL '!E116</f>
-        <v>11468460</v>
+        <v>14810101</v>
       </c>
       <c r="F116" s="2">
         <f>[1]FNB!F116+[1]BWHK!F116+[1]SBN!F116+[1]NBN!F116+[1]LBN!F116+'[1]Bank Bic'!F116+'[1]ATL '!F116</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
       <c r="G116" s="2">
         <f>[1]FNB!G116+[1]BWHK!G116+[1]SBN!G116+[1]NBN!G116+[1]LBN!G116+'[1]Bank Bic'!G116+'[1]ATL '!G116</f>
-        <v>31152179</v>
+        <v>28958933</v>
       </c>
       <c r="H116" s="2">
         <f>[1]FNB!H116+[1]BWHK!H116+[1]SBN!H116+[1]NBN!H116+[1]LBN!H116+'[1]Bank Bic'!H116+'[1]ATL '!H116</f>
-        <v>24130546</v>
+        <v>27956576</v>
       </c>
       <c r="I116" s="2">
         <f>[1]FNB!I116+[1]BWHK!I116+[1]SBN!I116+[1]NBN!I116+[1]LBN!I116+'[1]Bank Bic'!I116+'[1]ATL '!I116</f>
-        <v>41265833</v>
+        <v>41462811</v>
       </c>
       <c r="J116" s="2">
         <f>[1]FNB!J116+[1]BWHK!J116+[1]SBN!J116+[1]NBN!J116+[1]LBN!J116+'[1]Bank Bic'!J116+'[1]ATL '!J116</f>
-        <v>11727247</v>
+        <v>11522951</v>
       </c>
       <c r="K116" s="2">
         <f>[1]FNB!K116+[1]BWHK!K116+[1]SBN!K116+[1]NBN!K116+[1]LBN!K116+'[1]Bank Bic'!K116+'[1]ATL '!K116</f>
-        <v>26080572</v>
+        <v>26017602</v>
       </c>
       <c r="L116" s="2">
         <f>[1]FNB!L116+[1]BWHK!L116+[1]SBN!L116+[1]NBN!L116+[1]LBN!L116+'[1]Bank Bic'!L116+'[1]ATL '!L116</f>
-        <v>172652194</v>
+        <v>177888999</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
         <v>138</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C117" s="2">
         <f>[1]FNB!C117+[1]BWHK!C117+[1]SBN!C117+[1]NBN!C117+[1]LBN!C117+'[1]Bank Bic'!C117+'[1]ATL '!C117</f>
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D117" s="2">
         <f>[1]FNB!D117+[1]BWHK!D117+[1]SBN!D117+[1]NBN!D117+[1]LBN!D117+'[1]Bank Bic'!D117+'[1]ATL '!D117</f>
-        <v>365841</v>
+        <v>85639</v>
       </c>
       <c r="E117" s="2">
         <f>[1]FNB!E117+[1]BWHK!E117+[1]SBN!E117+[1]NBN!E117+[1]LBN!E117+'[1]Bank Bic'!E117+'[1]ATL '!E117</f>
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F117" s="2">
         <f>[1]FNB!F117+[1]BWHK!F117+[1]SBN!F117+[1]NBN!F117+[1]LBN!F117+'[1]Bank Bic'!F117+'[1]ATL '!F117</f>
         <v>0</v>
       </c>
       <c r="G117" s="2">
         <f>[1]FNB!G117+[1]BWHK!G117+[1]SBN!G117+[1]NBN!G117+[1]LBN!G117+'[1]Bank Bic'!G117+'[1]ATL '!G117</f>
-        <v>1811185</v>
+        <v>2709499</v>
       </c>
       <c r="H117" s="2">
         <f>[1]FNB!H117+[1]BWHK!H117+[1]SBN!H117+[1]NBN!H117+[1]LBN!H117+'[1]Bank Bic'!H117+'[1]ATL '!H117</f>
-        <v>3859478</v>
+        <v>3292490</v>
       </c>
       <c r="I117" s="2">
         <f>[1]FNB!I117+[1]BWHK!I117+[1]SBN!I117+[1]NBN!I117+[1]LBN!I117+'[1]Bank Bic'!I117+'[1]ATL '!I117</f>
-        <v>3329313</v>
+        <v>3368982</v>
       </c>
       <c r="J117" s="2">
         <f>[1]FNB!J117+[1]BWHK!J117+[1]SBN!J117+[1]NBN!J117+[1]LBN!J117+'[1]Bank Bic'!J117+'[1]ATL '!J117</f>
-        <v>748174</v>
+        <v>1004940</v>
       </c>
       <c r="K117" s="2">
         <f>[1]FNB!K117+[1]BWHK!K117+[1]SBN!K117+[1]NBN!K117+[1]LBN!K117+'[1]Bank Bic'!K117+'[1]ATL '!K117</f>
         <v>0</v>
       </c>
       <c r="L117" s="2">
         <f>[1]FNB!L117+[1]BWHK!L117+[1]SBN!L117+[1]NBN!L117+[1]LBN!L117+'[1]Bank Bic'!L117+'[1]ATL '!L117</f>
-        <v>10113998</v>
+        <v>10461551</v>
       </c>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
         <v>137</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C118" s="2">
         <f>[1]FNB!C118+[1]BWHK!C118+[1]SBN!C118+[1]NBN!C118+[1]LBN!C118+'[1]Bank Bic'!C118+'[1]ATL '!C118</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D118" s="2">
         <f>[1]FNB!D118+[1]BWHK!D118+[1]SBN!D118+[1]NBN!D118+[1]LBN!D118+'[1]Bank Bic'!D118+'[1]ATL '!D118</f>
-        <v>360704</v>
+        <v>85634</v>
       </c>
       <c r="E118" s="2">
         <f>[1]FNB!E118+[1]BWHK!E118+[1]SBN!E118+[1]NBN!E118+[1]LBN!E118+'[1]Bank Bic'!E118+'[1]ATL '!E118</f>
         <v>0</v>
       </c>
       <c r="F118" s="2">
         <f>[1]FNB!F118+[1]BWHK!F118+[1]SBN!F118+[1]NBN!F118+[1]LBN!F118+'[1]Bank Bic'!F118+'[1]ATL '!F118</f>
         <v>0</v>
       </c>
       <c r="G118" s="2">
         <f>[1]FNB!G118+[1]BWHK!G118+[1]SBN!G118+[1]NBN!G118+[1]LBN!G118+'[1]Bank Bic'!G118+'[1]ATL '!G118</f>
-        <v>497584</v>
+        <v>888554</v>
       </c>
       <c r="H118" s="2">
         <f>[1]FNB!H118+[1]BWHK!H118+[1]SBN!H118+[1]NBN!H118+[1]LBN!H118+'[1]Bank Bic'!H118+'[1]ATL '!H118</f>
-        <v>468691</v>
+        <v>1046419</v>
       </c>
       <c r="I118" s="2">
         <f>[1]FNB!I118+[1]BWHK!I118+[1]SBN!I118+[1]NBN!I118+[1]LBN!I118+'[1]Bank Bic'!I118+'[1]ATL '!I118</f>
-        <v>482713</v>
+        <v>477199</v>
       </c>
       <c r="J118" s="2">
         <f>[1]FNB!J118+[1]BWHK!J118+[1]SBN!J118+[1]NBN!J118+[1]LBN!J118+'[1]Bank Bic'!J118+'[1]ATL '!J118</f>
-        <v>161418</v>
+        <v>416577</v>
       </c>
       <c r="K118" s="2">
         <f>[1]FNB!K118+[1]BWHK!K118+[1]SBN!K118+[1]NBN!K118+[1]LBN!K118+'[1]Bank Bic'!K118+'[1]ATL '!K118</f>
         <v>0</v>
       </c>
       <c r="L118" s="2">
         <f>[1]FNB!L118+[1]BWHK!L118+[1]SBN!L118+[1]NBN!L118+[1]LBN!L118+'[1]Bank Bic'!L118+'[1]ATL '!L118</f>
-        <v>1971111</v>
+        <v>2914383</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
         <v>136</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C119" s="2">
         <f>[1]FNB!C119+[1]BWHK!C119+[1]SBN!C119+[1]NBN!C119+[1]LBN!C119+'[1]Bank Bic'!C119+'[1]ATL '!C119</f>
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D119" s="2">
         <f>[1]FNB!D119+[1]BWHK!D119+[1]SBN!D119+[1]NBN!D119+[1]LBN!D119+'[1]Bank Bic'!D119+'[1]ATL '!D119</f>
-        <v>4867</v>
+        <v>5</v>
       </c>
       <c r="E119" s="2">
         <f>[1]FNB!E119+[1]BWHK!E119+[1]SBN!E119+[1]NBN!E119+[1]LBN!E119+'[1]Bank Bic'!E119+'[1]ATL '!E119</f>
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F119" s="2">
         <f>[1]FNB!F119+[1]BWHK!F119+[1]SBN!F119+[1]NBN!F119+[1]LBN!F119+'[1]Bank Bic'!F119+'[1]ATL '!F119</f>
         <v>0</v>
       </c>
       <c r="G119" s="2">
         <f>[1]FNB!G119+[1]BWHK!G119+[1]SBN!G119+[1]NBN!G119+[1]LBN!G119+'[1]Bank Bic'!G119+'[1]ATL '!G119</f>
-        <v>413241</v>
+        <v>745300</v>
       </c>
       <c r="H119" s="2">
         <f>[1]FNB!H119+[1]BWHK!H119+[1]SBN!H119+[1]NBN!H119+[1]LBN!H119+'[1]Bank Bic'!H119+'[1]ATL '!H119</f>
-        <v>1445580</v>
+        <v>483084</v>
       </c>
       <c r="I119" s="2">
         <f>[1]FNB!I119+[1]BWHK!I119+[1]SBN!I119+[1]NBN!I119+[1]LBN!I119+'[1]Bank Bic'!I119+'[1]ATL '!I119</f>
-        <v>218344</v>
+        <v>300870</v>
       </c>
       <c r="J119" s="2">
         <f>[1]FNB!J119+[1]BWHK!J119+[1]SBN!J119+[1]NBN!J119+[1]LBN!J119+'[1]Bank Bic'!J119+'[1]ATL '!J119</f>
-        <v>117843</v>
+        <v>100870</v>
       </c>
       <c r="K119" s="2">
         <f>[1]FNB!K119+[1]BWHK!K119+[1]SBN!K119+[1]NBN!K119+[1]LBN!K119+'[1]Bank Bic'!K119+'[1]ATL '!K119</f>
         <v>0</v>
       </c>
       <c r="L119" s="2">
         <f>[1]FNB!L119+[1]BWHK!L119+[1]SBN!L119+[1]NBN!L119+[1]LBN!L119+'[1]Bank Bic'!L119+'[1]ATL '!L119</f>
-        <v>2199881</v>
+        <v>1630130</v>
       </c>
     </row>
     <row r="120" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
         <v>135</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C120" s="2">
         <f>[1]FNB!C120+[1]BWHK!C120+[1]SBN!C120+[1]NBN!C120+[1]LBN!C120+'[1]Bank Bic'!C120+'[1]ATL '!C120</f>
         <v>0</v>
       </c>
       <c r="D120" s="2">
         <f>[1]FNB!D120+[1]BWHK!D120+[1]SBN!D120+[1]NBN!D120+[1]LBN!D120+'[1]Bank Bic'!D120+'[1]ATL '!D120</f>
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="E120" s="2">
         <f>[1]FNB!E120+[1]BWHK!E120+[1]SBN!E120+[1]NBN!E120+[1]LBN!E120+'[1]Bank Bic'!E120+'[1]ATL '!E120</f>
         <v>0</v>
       </c>
       <c r="F120" s="2">
         <f>[1]FNB!F120+[1]BWHK!F120+[1]SBN!F120+[1]NBN!F120+[1]LBN!F120+'[1]Bank Bic'!F120+'[1]ATL '!F120</f>
         <v>0</v>
       </c>
       <c r="G120" s="2">
         <f>[1]FNB!G120+[1]BWHK!G120+[1]SBN!G120+[1]NBN!G120+[1]LBN!G120+'[1]Bank Bic'!G120+'[1]ATL '!G120</f>
-        <v>68197</v>
+        <v>223209</v>
       </c>
       <c r="H120" s="2">
         <f>[1]FNB!H120+[1]BWHK!H120+[1]SBN!H120+[1]NBN!H120+[1]LBN!H120+'[1]Bank Bic'!H120+'[1]ATL '!H120</f>
-        <v>392038</v>
+        <v>350931</v>
       </c>
       <c r="I120" s="2">
         <f>[1]FNB!I120+[1]BWHK!I120+[1]SBN!I120+[1]NBN!I120+[1]LBN!I120+'[1]Bank Bic'!I120+'[1]ATL '!I120</f>
-        <v>462914</v>
+        <v>456682</v>
       </c>
       <c r="J120" s="2">
         <f>[1]FNB!J120+[1]BWHK!J120+[1]SBN!J120+[1]NBN!J120+[1]LBN!J120+'[1]Bank Bic'!J120+'[1]ATL '!J120</f>
-        <v>95296</v>
+        <v>113235</v>
       </c>
       <c r="K120" s="2">
         <f>[1]FNB!K120+[1]BWHK!K120+[1]SBN!K120+[1]NBN!K120+[1]LBN!K120+'[1]Bank Bic'!K120+'[1]ATL '!K120</f>
         <v>0</v>
       </c>
       <c r="L120" s="2">
         <f>[1]FNB!L120+[1]BWHK!L120+[1]SBN!L120+[1]NBN!L120+[1]LBN!L120+'[1]Bank Bic'!L120+'[1]ATL '!L120</f>
-        <v>1018715</v>
+        <v>1144057</v>
       </c>
     </row>
     <row r="121" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
         <v>134</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C121" s="2">
         <f>[1]FNB!C121+[1]BWHK!C121+[1]SBN!C121+[1]NBN!C121+[1]LBN!C121+'[1]Bank Bic'!C121+'[1]ATL '!C121</f>
         <v>0</v>
       </c>
       <c r="D121" s="2">
         <f>[1]FNB!D121+[1]BWHK!D121+[1]SBN!D121+[1]NBN!D121+[1]LBN!D121+'[1]Bank Bic'!D121+'[1]ATL '!D121</f>
         <v>0</v>
       </c>
       <c r="E121" s="2">
         <f>[1]FNB!E121+[1]BWHK!E121+[1]SBN!E121+[1]NBN!E121+[1]LBN!E121+'[1]Bank Bic'!E121+'[1]ATL '!E121</f>
         <v>0</v>
       </c>
       <c r="F121" s="2">
         <f>[1]FNB!F121+[1]BWHK!F121+[1]SBN!F121+[1]NBN!F121+[1]LBN!F121+'[1]Bank Bic'!F121+'[1]ATL '!F121</f>
         <v>0</v>
       </c>
       <c r="G121" s="2">
         <f>[1]FNB!G121+[1]BWHK!G121+[1]SBN!G121+[1]NBN!G121+[1]LBN!G121+'[1]Bank Bic'!G121+'[1]ATL '!G121</f>
-        <v>100966</v>
+        <v>61479</v>
       </c>
       <c r="H121" s="2">
         <f>[1]FNB!H121+[1]BWHK!H121+[1]SBN!H121+[1]NBN!H121+[1]LBN!H121+'[1]Bank Bic'!H121+'[1]ATL '!H121</f>
-        <v>392460</v>
+        <v>369633</v>
       </c>
       <c r="I121" s="2">
         <f>[1]FNB!I121+[1]BWHK!I121+[1]SBN!I121+[1]NBN!I121+[1]LBN!I121+'[1]Bank Bic'!I121+'[1]ATL '!I121</f>
-        <v>329975</v>
+        <v>293937</v>
       </c>
       <c r="J121" s="2">
         <f>[1]FNB!J121+[1]BWHK!J121+[1]SBN!J121+[1]NBN!J121+[1]LBN!J121+'[1]Bank Bic'!J121+'[1]ATL '!J121</f>
-        <v>48489</v>
+        <v>81711</v>
       </c>
       <c r="K121" s="2">
         <f>[1]FNB!K121+[1]BWHK!K121+[1]SBN!K121+[1]NBN!K121+[1]LBN!K121+'[1]Bank Bic'!K121+'[1]ATL '!K121</f>
         <v>0</v>
       </c>
       <c r="L121" s="2">
         <f>[1]FNB!L121+[1]BWHK!L121+[1]SBN!L121+[1]NBN!L121+[1]LBN!L121+'[1]Bank Bic'!L121+'[1]ATL '!L121</f>
-        <v>871890</v>
+        <v>806760</v>
       </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
         <v>133</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C122" s="2">
         <f>[1]FNB!C122+[1]BWHK!C122+[1]SBN!C122+[1]NBN!C122+[1]LBN!C122+'[1]Bank Bic'!C122+'[1]ATL '!C122</f>
         <v>0</v>
       </c>
       <c r="D122" s="2">
         <f>[1]FNB!D122+[1]BWHK!D122+[1]SBN!D122+[1]NBN!D122+[1]LBN!D122+'[1]Bank Bic'!D122+'[1]ATL '!D122</f>
         <v>0</v>
       </c>
       <c r="E122" s="2">
         <f>[1]FNB!E122+[1]BWHK!E122+[1]SBN!E122+[1]NBN!E122+[1]LBN!E122+'[1]Bank Bic'!E122+'[1]ATL '!E122</f>
         <v>0</v>
       </c>
       <c r="F122" s="2">
         <f>[1]FNB!F122+[1]BWHK!F122+[1]SBN!F122+[1]NBN!F122+[1]LBN!F122+'[1]Bank Bic'!F122+'[1]ATL '!F122</f>
         <v>0</v>
       </c>
       <c r="G122" s="2">
         <f>[1]FNB!G122+[1]BWHK!G122+[1]SBN!G122+[1]NBN!G122+[1]LBN!G122+'[1]Bank Bic'!G122+'[1]ATL '!G122</f>
-        <v>731197</v>
+        <v>790957</v>
       </c>
       <c r="H122" s="2">
         <f>[1]FNB!H122+[1]BWHK!H122+[1]SBN!H122+[1]NBN!H122+[1]LBN!H122+'[1]Bank Bic'!H122+'[1]ATL '!H122</f>
-        <v>1160709</v>
+        <v>1042423</v>
       </c>
       <c r="I122" s="2">
         <f>[1]FNB!I122+[1]BWHK!I122+[1]SBN!I122+[1]NBN!I122+[1]LBN!I122+'[1]Bank Bic'!I122+'[1]ATL '!I122</f>
-        <v>1835367</v>
+        <v>1840294</v>
       </c>
       <c r="J122" s="2">
         <f>[1]FNB!J122+[1]BWHK!J122+[1]SBN!J122+[1]NBN!J122+[1]LBN!J122+'[1]Bank Bic'!J122+'[1]ATL '!J122</f>
-        <v>325128</v>
+        <v>292547</v>
       </c>
       <c r="K122" s="2">
         <f>[1]FNB!K122+[1]BWHK!K122+[1]SBN!K122+[1]NBN!K122+[1]LBN!K122+'[1]Bank Bic'!K122+'[1]ATL '!K122</f>
         <v>0</v>
       </c>
       <c r="L122" s="2">
         <f>[1]FNB!L122+[1]BWHK!L122+[1]SBN!L122+[1]NBN!L122+[1]LBN!L122+'[1]Bank Bic'!L122+'[1]ATL '!L122</f>
-        <v>4052401</v>
+        <v>3966221</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
         <v>132</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C123" s="2">
         <f>[1]FNB!C123+[1]BWHK!C123+[1]SBN!C123+[1]NBN!C123+[1]LBN!C123+'[1]Bank Bic'!C123+'[1]ATL '!C123</f>
-        <v>22395773</v>
+        <v>21479039</v>
       </c>
       <c r="D123" s="2">
         <f>[1]FNB!D123+[1]BWHK!D123+[1]SBN!D123+[1]NBN!D123+[1]LBN!D123+'[1]Bank Bic'!D123+'[1]ATL '!D123</f>
-        <v>2870264</v>
+        <v>3848788</v>
       </c>
       <c r="E123" s="2">
         <f>[1]FNB!E123+[1]BWHK!E123+[1]SBN!E123+[1]NBN!E123+[1]LBN!E123+'[1]Bank Bic'!E123+'[1]ATL '!E123</f>
-        <v>11468462</v>
+        <v>14810101</v>
       </c>
       <c r="F123" s="2">
         <f>[1]FNB!F123+[1]BWHK!F123+[1]SBN!F123+[1]NBN!F123+[1]LBN!F123+'[1]Bank Bic'!F123+'[1]ATL '!F123</f>
-        <v>1927166</v>
+        <v>1917838</v>
       </c>
       <c r="G123" s="2">
         <f>[1]FNB!G123+[1]BWHK!G123+[1]SBN!G123+[1]NBN!G123+[1]LBN!G123+'[1]Bank Bic'!G123+'[1]ATL '!G123</f>
-        <v>32963364</v>
+        <v>31668432</v>
       </c>
       <c r="H123" s="2">
         <f>[1]FNB!H123+[1]BWHK!H123+[1]SBN!H123+[1]NBN!H123+[1]LBN!H123+'[1]Bank Bic'!H123+'[1]ATL '!H123</f>
-        <v>27990024</v>
+        <v>31249066</v>
       </c>
       <c r="I123" s="2">
         <f>[1]FNB!I123+[1]BWHK!I123+[1]SBN!I123+[1]NBN!I123+[1]LBN!I123+'[1]Bank Bic'!I123+'[1]ATL '!I123</f>
-        <v>44595146</v>
+        <v>44831793</v>
       </c>
       <c r="J123" s="2">
         <f>[1]FNB!J123+[1]BWHK!J123+[1]SBN!J123+[1]NBN!J123+[1]LBN!J123+'[1]Bank Bic'!J123+'[1]ATL '!J123</f>
-        <v>12475421</v>
+        <v>12527891</v>
       </c>
       <c r="K123" s="2">
         <f>[1]FNB!K123+[1]BWHK!K123+[1]SBN!K123+[1]NBN!K123+[1]LBN!K123+'[1]Bank Bic'!K123+'[1]ATL '!K123</f>
-        <v>26080572</v>
+        <v>26017602</v>
       </c>
       <c r="L123" s="2">
         <f>[1]FNB!L123+[1]BWHK!L123+[1]SBN!L123+[1]NBN!L123+[1]LBN!L123+'[1]Bank Bic'!L123+'[1]ATL '!L123</f>
-        <v>182766192</v>
+        <v>188350550</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
         <v>16</v>
       </c>
-      <c r="B125" s="4" t="s">
+      <c r="B125" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>130</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>129</v>
       </c>
       <c r="J125" s="1" t="s">
         <v>17</v>
@@ -23441,382 +24786,382 @@
       <c r="F126" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J126" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
         <v>128</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C127" s="2">
         <f>[1]FNB!C127+[1]BWHK!C127+[1]SBN!C127+[1]NBN!C127+[1]LBN!C127+'[1]Bank Bic'!C127+'[1]ATL '!C127</f>
-        <v>14986561</v>
+        <v>15713527</v>
       </c>
       <c r="D127" s="2">
         <f>[1]FNB!D127+[1]BWHK!D127+[1]SBN!D127+[1]NBN!D127+[1]LBN!D127+'[1]Bank Bic'!D127+'[1]ATL '!D127</f>
-        <v>53002486</v>
+        <v>53021858</v>
       </c>
       <c r="E127" s="2">
         <f>[1]FNB!E127+[1]BWHK!E127+[1]SBN!E127+[1]NBN!E127+[1]LBN!E127+'[1]Bank Bic'!E127+'[1]ATL '!E127</f>
-        <v>10132470</v>
+        <v>10515125</v>
       </c>
       <c r="F127" s="2">
         <f>[1]FNB!F127+[1]BWHK!F127+[1]SBN!F127+[1]NBN!F127+[1]LBN!F127+'[1]Bank Bic'!F127+'[1]ATL '!F127</f>
-        <v>9407848</v>
+        <v>9657692</v>
       </c>
       <c r="G127" s="2">
         <f>[1]FNB!G127+[1]BWHK!G127+[1]SBN!G127+[1]NBN!G127+[1]LBN!G127+'[1]Bank Bic'!G127+'[1]ATL '!G127</f>
-        <v>817848</v>
+        <v>834047</v>
       </c>
       <c r="H127" s="2">
         <f>[1]FNB!H127+[1]BWHK!H127+[1]SBN!H127+[1]NBN!H127+[1]LBN!H127+'[1]Bank Bic'!H127+'[1]ATL '!H127</f>
-        <v>22442531</v>
+        <v>23034332</v>
       </c>
       <c r="I127" s="2">
         <f>[1]FNB!I127+[1]BWHK!I127+[1]SBN!I127+[1]NBN!I127+[1]LBN!I127+'[1]Bank Bic'!I127+'[1]ATL '!I127</f>
-        <v>0</v>
+        <v>864229</v>
       </c>
       <c r="J127" s="2">
         <f>[1]FNB!J127+[1]BWHK!J127+[1]SBN!J127+[1]NBN!J127+[1]LBN!J127+'[1]Bank Bic'!J127+'[1]ATL '!J127</f>
-        <v>110789744</v>
+        <v>113640810</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
         <v>126</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C128" s="2">
         <f>[1]FNB!C128+[1]BWHK!C128+[1]SBN!C128+[1]NBN!C128+[1]LBN!C128+'[1]Bank Bic'!C128+'[1]ATL '!C128</f>
-        <v>489135</v>
+        <v>544067</v>
       </c>
       <c r="D128" s="2">
         <f>[1]FNB!D128+[1]BWHK!D128+[1]SBN!D128+[1]NBN!D128+[1]LBN!D128+'[1]Bank Bic'!D128+'[1]ATL '!D128</f>
-        <v>4068123</v>
+        <v>4340524</v>
       </c>
       <c r="E128" s="2">
         <f>[1]FNB!E128+[1]BWHK!E128+[1]SBN!E128+[1]NBN!E128+[1]LBN!E128+'[1]Bank Bic'!E128+'[1]ATL '!E128</f>
-        <v>1825105</v>
+        <v>2142550</v>
       </c>
       <c r="F128" s="2">
         <f>[1]FNB!F128+[1]BWHK!F128+[1]SBN!F128+[1]NBN!F128+[1]LBN!F128+'[1]Bank Bic'!F128+'[1]ATL '!F128</f>
-        <v>766186</v>
+        <v>783679</v>
       </c>
       <c r="G128" s="2">
         <f>[1]FNB!G128+[1]BWHK!G128+[1]SBN!G128+[1]NBN!G128+[1]LBN!G128+'[1]Bank Bic'!G128+'[1]ATL '!G128</f>
-        <v>57940</v>
+        <v>65154</v>
       </c>
       <c r="H128" s="2">
         <f>[1]FNB!H128+[1]BWHK!H128+[1]SBN!H128+[1]NBN!H128+[1]LBN!H128+'[1]Bank Bic'!H128+'[1]ATL '!H128</f>
-        <v>2907509</v>
+        <v>2585576</v>
       </c>
       <c r="I128" s="2">
         <f>[1]FNB!I128+[1]BWHK!I128+[1]SBN!I128+[1]NBN!I128+[1]LBN!I128+'[1]Bank Bic'!I128+'[1]ATL '!I128</f>
         <v>0</v>
       </c>
       <c r="J128" s="2">
         <f>[1]FNB!J128+[1]BWHK!J128+[1]SBN!J128+[1]NBN!J128+[1]LBN!J128+'[1]Bank Bic'!J128+'[1]ATL '!J128</f>
-        <v>10113998</v>
+        <v>10461550</v>
       </c>
     </row>
     <row r="129" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
         <v>124</v>
       </c>
-      <c r="B129" s="5" t="s">
+      <c r="B129" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C129" s="2">
         <f>[1]FNB!C129+[1]BWHK!C129+[1]SBN!C129+[1]NBN!C129+[1]LBN!C129+'[1]Bank Bic'!C129+'[1]ATL '!C129</f>
-        <v>132511</v>
+        <v>149574</v>
       </c>
       <c r="D129" s="2">
         <f>[1]FNB!D129+[1]BWHK!D129+[1]SBN!D129+[1]NBN!D129+[1]LBN!D129+'[1]Bank Bic'!D129+'[1]ATL '!D129</f>
-        <v>644131</v>
+        <v>893778</v>
       </c>
       <c r="E129" s="2">
         <f>[1]FNB!E129+[1]BWHK!E129+[1]SBN!E129+[1]NBN!E129+[1]LBN!E129+'[1]Bank Bic'!E129+'[1]ATL '!E129</f>
-        <v>376708</v>
+        <v>586358</v>
       </c>
       <c r="F129" s="2">
         <f>[1]FNB!F129+[1]BWHK!F129+[1]SBN!F129+[1]NBN!F129+[1]LBN!F129+'[1]Bank Bic'!F129+'[1]ATL '!F129</f>
-        <v>96812</v>
+        <v>111352</v>
       </c>
       <c r="G129" s="2">
         <f>[1]FNB!G129+[1]BWHK!G129+[1]SBN!G129+[1]NBN!G129+[1]LBN!G129+'[1]Bank Bic'!G129+'[1]ATL '!G129</f>
-        <v>2350</v>
+        <v>5172</v>
       </c>
       <c r="H129" s="2">
         <f>[1]FNB!H129+[1]BWHK!H129+[1]SBN!H129+[1]NBN!H129+[1]LBN!H129+'[1]Bank Bic'!H129+'[1]ATL '!H129</f>
-        <v>718599</v>
+        <v>1168147</v>
       </c>
       <c r="I129" s="2">
         <f>[1]FNB!I129+[1]BWHK!I129+[1]SBN!I129+[1]NBN!I129+[1]LBN!I129+'[1]Bank Bic'!I129+'[1]ATL '!I129</f>
         <v>0</v>
       </c>
       <c r="J129" s="2">
         <f>[1]FNB!J129+[1]BWHK!J129+[1]SBN!J129+[1]NBN!J129+[1]LBN!J129+'[1]Bank Bic'!J129+'[1]ATL '!J129</f>
-        <v>1971111</v>
-[...23 lines deleted...]
-      <c r="AG129" s="5"/>
+        <v>2914381</v>
+      </c>
+      <c r="K129" s="6"/>
+      <c r="L129" s="6"/>
+      <c r="M129" s="6"/>
+      <c r="N129" s="6"/>
+      <c r="O129" s="6"/>
+      <c r="P129" s="6"/>
+      <c r="Q129" s="6"/>
+      <c r="R129" s="6"/>
+      <c r="S129" s="6"/>
+      <c r="T129" s="6"/>
+      <c r="U129" s="6"/>
+      <c r="V129" s="6"/>
+      <c r="W129" s="6"/>
+      <c r="X129" s="6"/>
+      <c r="Y129" s="6"/>
+      <c r="Z129" s="6"/>
+      <c r="AA129" s="6"/>
+      <c r="AB129" s="6"/>
+      <c r="AC129" s="6"/>
+      <c r="AD129" s="6"/>
+      <c r="AE129" s="6"/>
+      <c r="AF129" s="6"/>
+      <c r="AG129" s="6"/>
     </row>
     <row r="130" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
         <v>122</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C130" s="2">
         <f>[1]FNB!C130+[1]BWHK!C130+[1]SBN!C130+[1]NBN!C130+[1]LBN!C130+'[1]Bank Bic'!C130+'[1]ATL '!C130</f>
-        <v>54594</v>
+        <v>77548</v>
       </c>
       <c r="D130" s="2">
         <f>[1]FNB!D130+[1]BWHK!D130+[1]SBN!D130+[1]NBN!D130+[1]LBN!D130+'[1]Bank Bic'!D130+'[1]ATL '!D130</f>
-        <v>336187</v>
+        <v>401740</v>
       </c>
       <c r="E130" s="2">
         <f>[1]FNB!E130+[1]BWHK!E130+[1]SBN!E130+[1]NBN!E130+[1]LBN!E130+'[1]Bank Bic'!E130+'[1]ATL '!E130</f>
-        <v>452593</v>
+        <v>570570</v>
       </c>
       <c r="F130" s="2">
         <f>[1]FNB!F130+[1]BWHK!F130+[1]SBN!F130+[1]NBN!F130+[1]LBN!F130+'[1]Bank Bic'!F130+'[1]ATL '!F130</f>
-        <v>53088</v>
+        <v>45798</v>
       </c>
       <c r="G130" s="2">
         <f>[1]FNB!G130+[1]BWHK!G130+[1]SBN!G130+[1]NBN!G130+[1]LBN!G130+'[1]Bank Bic'!G130+'[1]ATL '!G130</f>
-        <v>9383</v>
+        <v>6848</v>
       </c>
       <c r="H130" s="2">
         <f>[1]FNB!H130+[1]BWHK!H130+[1]SBN!H130+[1]NBN!H130+[1]LBN!H130+'[1]Bank Bic'!H130+'[1]ATL '!H130</f>
-        <v>1294036</v>
+        <v>527625</v>
       </c>
       <c r="I130" s="2">
         <f>[1]FNB!I130+[1]BWHK!I130+[1]SBN!I130+[1]NBN!I130+[1]LBN!I130+'[1]Bank Bic'!I130+'[1]ATL '!I130</f>
         <v>0</v>
       </c>
       <c r="J130" s="2">
         <f>[1]FNB!J130+[1]BWHK!J130+[1]SBN!J130+[1]NBN!J130+[1]LBN!J130+'[1]Bank Bic'!J130+'[1]ATL '!J130</f>
-        <v>2199881</v>
+        <v>1630129</v>
       </c>
     </row>
     <row r="131" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
         <v>120</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C131" s="2">
         <f>[1]FNB!C131+[1]BWHK!C131+[1]SBN!C131+[1]NBN!C131+[1]LBN!C131+'[1]Bank Bic'!C131+'[1]ATL '!C131</f>
-        <v>50607</v>
+        <v>103626</v>
       </c>
       <c r="D131" s="2">
         <f>[1]FNB!D131+[1]BWHK!D131+[1]SBN!D131+[1]NBN!D131+[1]LBN!D131+'[1]Bank Bic'!D131+'[1]ATL '!D131</f>
-        <v>558210</v>
+        <v>543768</v>
       </c>
       <c r="E131" s="2">
         <f>[1]FNB!E131+[1]BWHK!E131+[1]SBN!E131+[1]NBN!E131+[1]LBN!E131+'[1]Bank Bic'!E131+'[1]ATL '!E131</f>
-        <v>98430</v>
+        <v>98682</v>
       </c>
       <c r="F131" s="2">
         <f>[1]FNB!F131+[1]BWHK!F131+[1]SBN!F131+[1]NBN!F131+[1]LBN!F131+'[1]Bank Bic'!F131+'[1]ATL '!F131</f>
-        <v>160782</v>
+        <v>156470</v>
       </c>
       <c r="G131" s="2">
         <f>[1]FNB!G131+[1]BWHK!G131+[1]SBN!G131+[1]NBN!G131+[1]LBN!G131+'[1]Bank Bic'!G131+'[1]ATL '!G131</f>
-        <v>5323</v>
+        <v>2956</v>
       </c>
       <c r="H131" s="2">
         <f>[1]FNB!H131+[1]BWHK!H131+[1]SBN!H131+[1]NBN!H131+[1]LBN!H131+'[1]Bank Bic'!H131+'[1]ATL '!H131</f>
-        <v>142336</v>
+        <v>238553</v>
       </c>
       <c r="I131" s="2">
         <f>[1]FNB!I131+[1]BWHK!I131+[1]SBN!I131+[1]NBN!I131+[1]LBN!I131+'[1]Bank Bic'!I131+'[1]ATL '!I131</f>
         <v>0</v>
       </c>
       <c r="J131" s="2">
         <f>[1]FNB!J131+[1]BWHK!J131+[1]SBN!J131+[1]NBN!J131+[1]LBN!J131+'[1]Bank Bic'!J131+'[1]ATL '!J131</f>
-        <v>1015688</v>
+        <v>1144055</v>
       </c>
     </row>
     <row r="132" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
         <v>118</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C132" s="2">
         <f>[1]FNB!C132+[1]BWHK!C132+[1]SBN!C132+[1]NBN!C132+[1]LBN!C132+'[1]Bank Bic'!C132+'[1]ATL '!C132</f>
-        <v>101029</v>
+        <v>66347</v>
       </c>
       <c r="D132" s="2">
         <f>[1]FNB!D132+[1]BWHK!D132+[1]SBN!D132+[1]NBN!D132+[1]LBN!D132+'[1]Bank Bic'!D132+'[1]ATL '!D132</f>
-        <v>371985</v>
+        <v>371362</v>
       </c>
       <c r="E132" s="2">
         <f>[1]FNB!E132+[1]BWHK!E132+[1]SBN!E132+[1]NBN!E132+[1]LBN!E132+'[1]Bank Bic'!E132+'[1]ATL '!E132</f>
-        <v>97766</v>
+        <v>86652</v>
       </c>
       <c r="F132" s="2">
         <f>[1]FNB!F132+[1]BWHK!F132+[1]SBN!F132+[1]NBN!F132+[1]LBN!F132+'[1]Bank Bic'!F132+'[1]ATL '!F132</f>
-        <v>152728</v>
+        <v>157000</v>
       </c>
       <c r="G132" s="2">
         <f>[1]FNB!G132+[1]BWHK!G132+[1]SBN!G132+[1]NBN!G132+[1]LBN!G132+'[1]Bank Bic'!G132+'[1]ATL '!G132</f>
-        <v>3234</v>
+        <v>1022</v>
       </c>
       <c r="H132" s="2">
         <f>[1]FNB!H132+[1]BWHK!H132+[1]SBN!H132+[1]NBN!H132+[1]LBN!H132+'[1]Bank Bic'!H132+'[1]ATL '!H132</f>
-        <v>145148</v>
+        <v>124378</v>
       </c>
       <c r="I132" s="2">
         <f>[1]FNB!I132+[1]BWHK!I132+[1]SBN!I132+[1]NBN!I132+[1]LBN!I132+'[1]Bank Bic'!I132+'[1]ATL '!I132</f>
         <v>0</v>
       </c>
       <c r="J132" s="2">
         <f>[1]FNB!J132+[1]BWHK!J132+[1]SBN!J132+[1]NBN!J132+[1]LBN!J132+'[1]Bank Bic'!J132+'[1]ATL '!J132</f>
-        <v>871890</v>
+        <v>806761</v>
       </c>
     </row>
     <row r="133" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
         <v>116</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C133" s="2">
         <f>[1]FNB!C133+[1]BWHK!C133+[1]SBN!C133+[1]NBN!C133+[1]LBN!C133+'[1]Bank Bic'!C133+'[1]ATL '!C133</f>
-        <v>150394</v>
+        <v>146972</v>
       </c>
       <c r="D133" s="2">
         <f>[1]FNB!D133+[1]BWHK!D133+[1]SBN!D133+[1]NBN!D133+[1]LBN!D133+'[1]Bank Bic'!D133+'[1]ATL '!D133</f>
-        <v>2157610</v>
+        <v>2129876</v>
       </c>
       <c r="E133" s="2">
         <f>[1]FNB!E133+[1]BWHK!E133+[1]SBN!E133+[1]NBN!E133+[1]LBN!E133+'[1]Bank Bic'!E133+'[1]ATL '!E133</f>
-        <v>799608</v>
+        <v>800288</v>
       </c>
       <c r="F133" s="2">
         <f>[1]FNB!F133+[1]BWHK!F133+[1]SBN!F133+[1]NBN!F133+[1]LBN!F133+'[1]Bank Bic'!F133+'[1]ATL '!F133</f>
-        <v>302776</v>
+        <v>313059</v>
       </c>
       <c r="G133" s="2">
         <f>[1]FNB!G133+[1]BWHK!G133+[1]SBN!G133+[1]NBN!G133+[1]LBN!G133+'[1]Bank Bic'!G133+'[1]ATL '!G133</f>
-        <v>37650</v>
+        <v>49156</v>
       </c>
       <c r="H133" s="2">
         <f>[1]FNB!H133+[1]BWHK!H133+[1]SBN!H133+[1]NBN!H133+[1]LBN!H133+'[1]Bank Bic'!H133+'[1]ATL '!H133</f>
-        <v>607390</v>
+        <v>526873</v>
       </c>
       <c r="I133" s="2">
         <f>[1]FNB!I133+[1]BWHK!I133+[1]SBN!I133+[1]NBN!I133+[1]LBN!I133+'[1]Bank Bic'!I133+'[1]ATL '!I133</f>
         <v>0</v>
       </c>
       <c r="J133" s="2">
         <f>[1]FNB!J133+[1]BWHK!J133+[1]SBN!J133+[1]NBN!J133+[1]LBN!J133+'[1]Bank Bic'!J133+'[1]ATL '!J133</f>
-        <v>4055428</v>
+        <v>3966224</v>
       </c>
     </row>
     <row r="134" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
         <v>114</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C134" s="2">
         <f>[1]FNB!C134+[1]BWHK!C134+[1]SBN!C134+[1]NBN!C134+[1]LBN!C134+'[1]Bank Bic'!C134+'[1]ATL '!C134</f>
-        <v>15475696</v>
+        <v>16257594</v>
       </c>
       <c r="D134" s="2">
         <f>[1]FNB!D134+[1]BWHK!D134+[1]SBN!D134+[1]NBN!D134+[1]LBN!D134+'[1]Bank Bic'!D134+'[1]ATL '!D134</f>
-        <v>57070609</v>
+        <v>57362382</v>
       </c>
       <c r="E134" s="2">
         <f>[1]FNB!E134+[1]BWHK!E134+[1]SBN!E134+[1]NBN!E134+[1]LBN!E134+'[1]Bank Bic'!E134+'[1]ATL '!E134</f>
-        <v>11957575</v>
+        <v>12657675</v>
       </c>
       <c r="F134" s="2">
         <f>[1]FNB!F134+[1]BWHK!F134+[1]SBN!F134+[1]NBN!F134+[1]LBN!F134+'[1]Bank Bic'!F134+'[1]ATL '!F134</f>
-        <v>10174034</v>
+        <v>10441371</v>
       </c>
       <c r="G134" s="2">
         <f>[1]FNB!G134+[1]BWHK!G134+[1]SBN!G134+[1]NBN!G134+[1]LBN!G134+'[1]Bank Bic'!G134+'[1]ATL '!G134</f>
-        <v>875788</v>
+        <v>899201</v>
       </c>
       <c r="H134" s="2">
         <f>[1]FNB!H134+[1]BWHK!H134+[1]SBN!H134+[1]NBN!H134+[1]LBN!H134+'[1]Bank Bic'!H134+'[1]ATL '!H134</f>
-        <v>25350040</v>
+        <v>25619908</v>
       </c>
       <c r="I134" s="2">
         <f>[1]FNB!I134+[1]BWHK!I134+[1]SBN!I134+[1]NBN!I134+[1]LBN!I134+'[1]Bank Bic'!I134+'[1]ATL '!I134</f>
-        <v>0</v>
+        <v>864229</v>
       </c>
       <c r="J134" s="2">
         <f>[1]FNB!J134+[1]BWHK!J134+[1]SBN!J134+[1]NBN!J134+[1]LBN!J134+'[1]Bank Bic'!J134+'[1]ATL '!J134</f>
-        <v>120903742</v>
+        <v>124102360</v>
       </c>
     </row>
     <row r="135" spans="1:33" ht="27" x14ac:dyDescent="0.5">
       <c r="A135" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
         <v>58</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
         <v>57</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>13</v>
       </c>
@@ -23922,543 +25267,605 @@
       <c r="M141" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N141" s="1" t="s">
         <v>66</v>
       </c>
       <c r="O141" s="1" t="s">
         <v>65</v>
       </c>
       <c r="P141" s="1" t="s">
         <v>64</v>
       </c>
       <c r="Q141" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="142" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
         <v>96</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C142" s="2">
         <f>[1]FNB!C142+[1]BWHK!C142+[1]SBN!C142+[1]NBN!C142+[1]LBN!C142+'[1]Bank Bic'!C142+'[1]ATL '!C142</f>
-        <v>6433368</v>
+        <v>6287964</v>
       </c>
       <c r="D142" s="2">
         <f>[1]FNB!D142+[1]BWHK!D142+[1]SBN!D142+[1]NBN!D142+[1]LBN!D142+'[1]Bank Bic'!D142+'[1]ATL '!D142</f>
-        <v>2060825</v>
+        <v>2061790</v>
       </c>
       <c r="E142" s="2">
         <f>[1]FNB!E142+[1]BWHK!E142+[1]SBN!E142+[1]NBN!E142+[1]LBN!E142+'[1]Bank Bic'!E142+'[1]ATL '!E142</f>
-        <v>3098790</v>
+        <v>3138443</v>
       </c>
       <c r="F142" s="2">
         <f>[1]FNB!F142+[1]BWHK!F142+[1]SBN!F142+[1]NBN!F142+[1]LBN!F142+'[1]Bank Bic'!F142+'[1]ATL '!F142</f>
-        <v>4878669</v>
+        <v>4846767</v>
       </c>
       <c r="G142" s="2">
         <f>[1]FNB!G142+[1]BWHK!G142+[1]SBN!G142+[1]NBN!G142+[1]LBN!G142+'[1]Bank Bic'!G142+'[1]ATL '!G142</f>
-        <v>3986814</v>
+        <v>4022975</v>
       </c>
       <c r="H142" s="2">
         <f>[1]FNB!H142+[1]BWHK!H142+[1]SBN!H142+[1]NBN!H142+[1]LBN!H142+'[1]Bank Bic'!H142+'[1]ATL '!H142</f>
-        <v>2936453</v>
+        <v>3642541</v>
       </c>
       <c r="I142" s="2">
         <f>[1]FNB!I142+[1]BWHK!I142+[1]SBN!I142+[1]NBN!I142+[1]LBN!I142+'[1]Bank Bic'!I142+'[1]ATL '!I142</f>
-        <v>9146209</v>
+        <v>9065718</v>
       </c>
       <c r="J142" s="2">
         <f>[1]FNB!J142+[1]BWHK!J142+[1]SBN!J142+[1]NBN!J142+[1]LBN!J142+'[1]Bank Bic'!J142+'[1]ATL '!J142</f>
-        <v>3572218</v>
+        <v>3682366</v>
       </c>
       <c r="K142" s="2">
         <f>[1]FNB!K142+[1]BWHK!K142+[1]SBN!K142+[1]NBN!K142+[1]LBN!K142+'[1]Bank Bic'!K142+'[1]ATL '!K142</f>
-        <v>6781093</v>
+        <v>7825332</v>
       </c>
       <c r="L142" s="2">
         <f>[1]FNB!L142+[1]BWHK!L142+[1]SBN!L142+[1]NBN!L142+[1]LBN!L142+'[1]Bank Bic'!L142+'[1]ATL '!L142</f>
-        <v>8286831</v>
+        <v>8178322</v>
       </c>
       <c r="M142" s="2">
         <f>[1]FNB!M142+[1]BWHK!M142+[1]SBN!M142+[1]NBN!M142+[1]LBN!M142+'[1]Bank Bic'!M142+'[1]ATL '!M142</f>
-        <v>9353342</v>
+        <v>9849216</v>
       </c>
       <c r="N142" s="2">
         <f>[1]FNB!N142+[1]BWHK!N142+[1]SBN!N142+[1]NBN!N142+[1]LBN!N142+'[1]Bank Bic'!N142+'[1]ATL '!N142</f>
-        <v>5003921</v>
+        <v>5546099</v>
       </c>
       <c r="O142" s="2">
         <f>[1]FNB!O142+[1]BWHK!O142+[1]SBN!O142+[1]NBN!O142+[1]LBN!O142+'[1]Bank Bic'!O142+'[1]ATL '!O142</f>
-        <v>50771725</v>
+        <v>36692703</v>
       </c>
       <c r="P142" s="2">
         <f>[1]FNB!P142+[1]BWHK!P142+[1]SBN!P142+[1]NBN!P142+[1]LBN!P142+'[1]Bank Bic'!P142+'[1]ATL '!P142</f>
-        <v>4593482</v>
+        <v>19262120</v>
       </c>
       <c r="Q142" s="2">
         <f>[1]FNB!Q142+[1]BWHK!Q142+[1]SBN!Q142+[1]NBN!Q142+[1]LBN!Q142+'[1]Bank Bic'!Q142+'[1]ATL '!Q142</f>
-        <v>120903740</v>
+        <v>124102356</v>
       </c>
     </row>
     <row r="143" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
         <v>95</v>
       </c>
-      <c r="B143" s="4" t="s">
+      <c r="B143" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C143" s="2">
         <f>[1]FNB!C143+[1]BWHK!C143+[1]SBN!C143+[1]NBN!C143+[1]LBN!C143+'[1]Bank Bic'!C143+'[1]ATL '!C143</f>
-        <v>257427</v>
+        <v>416941</v>
       </c>
       <c r="D143" s="2">
         <f>[1]FNB!D143+[1]BWHK!D143+[1]SBN!D143+[1]NBN!D143+[1]LBN!D143+'[1]Bank Bic'!D143+'[1]ATL '!D143</f>
-        <v>703</v>
+        <v>16119</v>
       </c>
       <c r="E143" s="2">
         <f>[1]FNB!E143+[1]BWHK!E143+[1]SBN!E143+[1]NBN!E143+[1]LBN!E143+'[1]Bank Bic'!E143+'[1]ATL '!E143</f>
-        <v>70114</v>
+        <v>191607</v>
       </c>
       <c r="F143" s="2">
         <f>[1]FNB!F143+[1]BWHK!F143+[1]SBN!F143+[1]NBN!F143+[1]LBN!F143+'[1]Bank Bic'!F143+'[1]ATL '!F143</f>
-        <v>256894</v>
+        <v>79522</v>
       </c>
       <c r="G143" s="2">
         <f>[1]FNB!G143+[1]BWHK!G143+[1]SBN!G143+[1]NBN!G143+[1]LBN!G143+'[1]Bank Bic'!G143+'[1]ATL '!G143</f>
-        <v>476345</v>
+        <v>521430</v>
       </c>
       <c r="H143" s="2">
         <f>[1]FNB!H143+[1]BWHK!H143+[1]SBN!H143+[1]NBN!H143+[1]LBN!H143+'[1]Bank Bic'!H143+'[1]ATL '!H143</f>
-        <v>45259</v>
+        <v>167646</v>
       </c>
       <c r="I143" s="2">
         <f>[1]FNB!I143+[1]BWHK!I143+[1]SBN!I143+[1]NBN!I143+[1]LBN!I143+'[1]Bank Bic'!I143+'[1]ATL '!I143</f>
-        <v>363282</v>
+        <v>307955</v>
       </c>
       <c r="J143" s="2">
         <f>[1]FNB!J143+[1]BWHK!J143+[1]SBN!J143+[1]NBN!J143+[1]LBN!J143+'[1]Bank Bic'!J143+'[1]ATL '!J143</f>
-        <v>160185</v>
+        <v>151227</v>
       </c>
       <c r="K143" s="2">
         <f>[1]FNB!K143+[1]BWHK!K143+[1]SBN!K143+[1]NBN!K143+[1]LBN!K143+'[1]Bank Bic'!K143+'[1]ATL '!K143</f>
-        <v>42565</v>
+        <v>204964</v>
       </c>
       <c r="L143" s="2">
         <f>[1]FNB!L143+[1]BWHK!L143+[1]SBN!L143+[1]NBN!L143+[1]LBN!L143+'[1]Bank Bic'!L143+'[1]ATL '!L143</f>
-        <v>190262</v>
+        <v>363138</v>
       </c>
       <c r="M143" s="2">
         <f>[1]FNB!M143+[1]BWHK!M143+[1]SBN!M143+[1]NBN!M143+[1]LBN!M143+'[1]Bank Bic'!M143+'[1]ATL '!M143</f>
-        <v>238696</v>
+        <v>641106</v>
       </c>
       <c r="N143" s="2">
         <f>[1]FNB!N143+[1]BWHK!N143+[1]SBN!N143+[1]NBN!N143+[1]LBN!N143+'[1]Bank Bic'!N143+'[1]ATL '!N143</f>
-        <v>2395</v>
+        <v>166833</v>
       </c>
       <c r="O143" s="2">
         <f>[1]FNB!O143+[1]BWHK!O143+[1]SBN!O143+[1]NBN!O143+[1]LBN!O143+'[1]Bank Bic'!O143+'[1]ATL '!O143</f>
-        <v>3694793</v>
+        <v>2322093</v>
       </c>
       <c r="P143" s="2">
         <f>[1]FNB!P143+[1]BWHK!P143+[1]SBN!P143+[1]NBN!P143+[1]LBN!P143+'[1]Bank Bic'!P143+'[1]ATL '!P143</f>
-        <v>144086</v>
+        <v>364792</v>
       </c>
       <c r="Q143" s="2">
         <f>[1]FNB!Q143+[1]BWHK!Q143+[1]SBN!Q143+[1]NBN!Q143+[1]LBN!Q143+'[1]Bank Bic'!Q143+'[1]ATL '!Q143</f>
-        <v>5943006</v>
+        <v>5915373</v>
       </c>
     </row>
     <row r="144" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
         <v>94</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C144" s="2">
         <f>[1]FNB!C144+[1]BWHK!C144+[1]SBN!C144+[1]NBN!C144+[1]LBN!C144+'[1]Bank Bic'!C144+'[1]ATL '!C144</f>
-        <v>134515</v>
+        <v>206897</v>
       </c>
       <c r="D144" s="2">
         <f>[1]FNB!D144+[1]BWHK!D144+[1]SBN!D144+[1]NBN!D144+[1]LBN!D144+'[1]Bank Bic'!D144+'[1]ATL '!D144</f>
-        <v>0</v>
+        <v>17129</v>
       </c>
       <c r="E144" s="2">
         <f>[1]FNB!E144+[1]BWHK!E144+[1]SBN!E144+[1]NBN!E144+[1]LBN!E144+'[1]Bank Bic'!E144+'[1]ATL '!E144</f>
-        <v>38883</v>
+        <v>74231</v>
       </c>
       <c r="F144" s="2">
         <f>[1]FNB!F144+[1]BWHK!F144+[1]SBN!F144+[1]NBN!F144+[1]LBN!F144+'[1]Bank Bic'!F144+'[1]ATL '!F144</f>
-        <v>56582</v>
+        <v>120756</v>
       </c>
       <c r="G144" s="2">
         <f>[1]FNB!G144+[1]BWHK!G144+[1]SBN!G144+[1]NBN!G144+[1]LBN!G144+'[1]Bank Bic'!G144+'[1]ATL '!G144</f>
-        <v>229718</v>
+        <v>297749</v>
       </c>
       <c r="H144" s="2">
         <f>[1]FNB!H144+[1]BWHK!H144+[1]SBN!H144+[1]NBN!H144+[1]LBN!H144+'[1]Bank Bic'!H144+'[1]ATL '!H144</f>
-        <v>7994</v>
+        <v>58451</v>
       </c>
       <c r="I144" s="2">
         <f>[1]FNB!I144+[1]BWHK!I144+[1]SBN!I144+[1]NBN!I144+[1]LBN!I144+'[1]Bank Bic'!I144+'[1]ATL '!I144</f>
-        <v>167696</v>
+        <v>264016</v>
       </c>
       <c r="J144" s="2">
         <f>[1]FNB!J144+[1]BWHK!J144+[1]SBN!J144+[1]NBN!J144+[1]LBN!J144+'[1]Bank Bic'!J144+'[1]ATL '!J144</f>
-        <v>46677</v>
+        <v>56357</v>
       </c>
       <c r="K144" s="2">
         <f>[1]FNB!K144+[1]BWHK!K144+[1]SBN!K144+[1]NBN!K144+[1]LBN!K144+'[1]Bank Bic'!K144+'[1]ATL '!K144</f>
-        <v>114376</v>
+        <v>97634</v>
       </c>
       <c r="L144" s="2">
         <f>[1]FNB!L144+[1]BWHK!L144+[1]SBN!L144+[1]NBN!L144+[1]LBN!L144+'[1]Bank Bic'!L144+'[1]ATL '!L144</f>
-        <v>173533</v>
+        <v>120308</v>
       </c>
       <c r="M144" s="2">
         <f>[1]FNB!M144+[1]BWHK!M144+[1]SBN!M144+[1]NBN!M144+[1]LBN!M144+'[1]Bank Bic'!M144+'[1]ATL '!M144</f>
-        <v>109515</v>
+        <v>186861</v>
       </c>
       <c r="N144" s="2">
         <f>[1]FNB!N144+[1]BWHK!N144+[1]SBN!N144+[1]NBN!N144+[1]LBN!N144+'[1]Bank Bic'!N144+'[1]ATL '!N144</f>
-        <v>625</v>
+        <v>47400</v>
       </c>
       <c r="O144" s="2">
         <f>[1]FNB!O144+[1]BWHK!O144+[1]SBN!O144+[1]NBN!O144+[1]LBN!O144+'[1]Bank Bic'!O144+'[1]ATL '!O144</f>
-        <v>1605498</v>
+        <v>979606</v>
       </c>
       <c r="P144" s="2">
         <f>[1]FNB!P144+[1]BWHK!P144+[1]SBN!P144+[1]NBN!P144+[1]LBN!P144+'[1]Bank Bic'!P144+'[1]ATL '!P144</f>
-        <v>78075</v>
+        <v>262360</v>
       </c>
       <c r="Q144" s="2">
         <f>[1]FNB!Q144+[1]BWHK!Q144+[1]SBN!Q144+[1]NBN!Q144+[1]LBN!Q144+'[1]Bank Bic'!Q144+'[1]ATL '!Q144</f>
-        <v>2763687</v>
+        <v>2789755</v>
       </c>
     </row>
     <row r="145" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
         <v>92</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C145" s="2">
         <f>[1]FNB!C145+[1]BWHK!C145+[1]SBN!C145+[1]NBN!C145+[1]LBN!C145+'[1]Bank Bic'!C145+'[1]ATL '!C145</f>
-        <v>151331</v>
+        <v>170529</v>
       </c>
       <c r="D145" s="2">
         <f>[1]FNB!D145+[1]BWHK!D145+[1]SBN!D145+[1]NBN!D145+[1]LBN!D145+'[1]Bank Bic'!D145+'[1]ATL '!D145</f>
-        <v>695</v>
+        <v>7067</v>
       </c>
       <c r="E145" s="2">
         <f>[1]FNB!E145+[1]BWHK!E145+[1]SBN!E145+[1]NBN!E145+[1]LBN!E145+'[1]Bank Bic'!E145+'[1]ATL '!E145</f>
-        <v>32964</v>
+        <v>54400</v>
       </c>
       <c r="F145" s="2">
         <f>[1]FNB!F145+[1]BWHK!F145+[1]SBN!F145+[1]NBN!F145+[1]LBN!F145+'[1]Bank Bic'!F145+'[1]ATL '!F145</f>
-        <v>169699</v>
+        <v>151948</v>
       </c>
       <c r="G145" s="2">
         <f>[1]FNB!G145+[1]BWHK!G145+[1]SBN!G145+[1]NBN!G145+[1]LBN!G145+'[1]Bank Bic'!G145+'[1]ATL '!G145</f>
-        <v>231210</v>
+        <v>268234</v>
       </c>
       <c r="H145" s="2">
         <f>[1]FNB!H145+[1]BWHK!H145+[1]SBN!H145+[1]NBN!H145+[1]LBN!H145+'[1]Bank Bic'!H145+'[1]ATL '!H145</f>
-        <v>33520</v>
+        <v>66546</v>
       </c>
       <c r="I145" s="2">
         <f>[1]FNB!I145+[1]BWHK!I145+[1]SBN!I145+[1]NBN!I145+[1]LBN!I145+'[1]Bank Bic'!I145+'[1]ATL '!I145</f>
-        <v>162739</v>
+        <v>258772</v>
       </c>
       <c r="J145" s="2">
         <f>[1]FNB!J145+[1]BWHK!J145+[1]SBN!J145+[1]NBN!J145+[1]LBN!J145+'[1]Bank Bic'!J145+'[1]ATL '!J145</f>
-        <v>90496</v>
+        <v>105649</v>
       </c>
       <c r="K145" s="2">
         <f>[1]FNB!K145+[1]BWHK!K145+[1]SBN!K145+[1]NBN!K145+[1]LBN!K145+'[1]Bank Bic'!K145+'[1]ATL '!K145</f>
-        <v>31182</v>
+        <v>59673</v>
       </c>
       <c r="L145" s="2">
         <f>[1]FNB!L145+[1]BWHK!L145+[1]SBN!L145+[1]NBN!L145+[1]LBN!L145+'[1]Bank Bic'!L145+'[1]ATL '!L145</f>
-        <v>45891</v>
+        <v>49652</v>
       </c>
       <c r="M145" s="2">
         <f>[1]FNB!M145+[1]BWHK!M145+[1]SBN!M145+[1]NBN!M145+[1]LBN!M145+'[1]Bank Bic'!M145+'[1]ATL '!M145</f>
-        <v>105470</v>
+        <v>107282</v>
       </c>
       <c r="N145" s="2">
         <f>[1]FNB!N145+[1]BWHK!N145+[1]SBN!N145+[1]NBN!N145+[1]LBN!N145+'[1]Bank Bic'!N145+'[1]ATL '!N145</f>
-        <v>1167</v>
+        <v>22109</v>
       </c>
       <c r="O145" s="2">
         <f>[1]FNB!O145+[1]BWHK!O145+[1]SBN!O145+[1]NBN!O145+[1]LBN!O145+'[1]Bank Bic'!O145+'[1]ATL '!O145</f>
-        <v>1310414</v>
+        <v>852594</v>
       </c>
       <c r="P145" s="2">
         <f>[1]FNB!P145+[1]BWHK!P145+[1]SBN!P145+[1]NBN!P145+[1]LBN!P145+'[1]Bank Bic'!P145+'[1]ATL '!P145</f>
-        <v>49927</v>
+        <v>192324</v>
       </c>
       <c r="Q145" s="2">
         <f>[1]FNB!Q145+[1]BWHK!Q145+[1]SBN!Q145+[1]NBN!Q145+[1]LBN!Q145+'[1]Bank Bic'!Q145+'[1]ATL '!Q145</f>
-        <v>2416705</v>
+        <v>2366779</v>
       </c>
     </row>
     <row r="146" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
         <v>90</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C146" s="2">
         <f>[1]FNB!C146+[1]BWHK!C146+[1]SBN!C146+[1]NBN!C146+[1]LBN!C146+'[1]Bank Bic'!C146+'[1]ATL '!C146</f>
-        <v>-28419</v>
+        <v>39515</v>
       </c>
       <c r="D146" s="2">
         <f>[1]FNB!D146+[1]BWHK!D146+[1]SBN!D146+[1]NBN!D146+[1]LBN!D146+'[1]Bank Bic'!D146+'[1]ATL '!D146</f>
-        <v>8</v>
+        <v>-8077</v>
       </c>
       <c r="E146" s="2">
         <f>[1]FNB!E146+[1]BWHK!E146+[1]SBN!E146+[1]NBN!E146+[1]LBN!E146+'[1]Bank Bic'!E146+'[1]ATL '!E146</f>
-        <v>-1733</v>
+        <v>62976</v>
       </c>
       <c r="F146" s="2">
         <f>[1]FNB!F146+[1]BWHK!F146+[1]SBN!F146+[1]NBN!F146+[1]LBN!F146+'[1]Bank Bic'!F146+'[1]ATL '!F146</f>
-        <v>30613</v>
+        <v>-193182</v>
       </c>
       <c r="G146" s="2">
         <f>[1]FNB!G146+[1]BWHK!G146+[1]SBN!G146+[1]NBN!G146+[1]LBN!G146+'[1]Bank Bic'!G146+'[1]ATL '!G146</f>
-        <v>15417</v>
+        <v>-44553</v>
       </c>
       <c r="H146" s="2">
         <f>[1]FNB!H146+[1]BWHK!H146+[1]SBN!H146+[1]NBN!H146+[1]LBN!H146+'[1]Bank Bic'!H146+'[1]ATL '!H146</f>
-        <v>3745</v>
+        <v>42649</v>
       </c>
       <c r="I146" s="2">
         <f>[1]FNB!I146+[1]BWHK!I146+[1]SBN!I146+[1]NBN!I146+[1]LBN!I146+'[1]Bank Bic'!I146+'[1]ATL '!I146</f>
-        <v>32847</v>
+        <v>-214833</v>
       </c>
       <c r="J146" s="2">
         <f>[1]FNB!J146+[1]BWHK!J146+[1]SBN!J146+[1]NBN!J146+[1]LBN!J146+'[1]Bank Bic'!J146+'[1]ATL '!J146</f>
-        <v>23012</v>
+        <v>-10779</v>
       </c>
       <c r="K146" s="2">
         <f>[1]FNB!K146+[1]BWHK!K146+[1]SBN!K146+[1]NBN!K146+[1]LBN!K146+'[1]Bank Bic'!K146+'[1]ATL '!K146</f>
-        <v>-102993</v>
+        <v>47657</v>
       </c>
       <c r="L146" s="2">
         <f>[1]FNB!L146+[1]BWHK!L146+[1]SBN!L146+[1]NBN!L146+[1]LBN!L146+'[1]Bank Bic'!L146+'[1]ATL '!L146</f>
-        <v>-29162</v>
+        <v>193178</v>
       </c>
       <c r="M146" s="2">
         <f>[1]FNB!M146+[1]BWHK!M146+[1]SBN!M146+[1]NBN!M146+[1]LBN!M146+'[1]Bank Bic'!M146+'[1]ATL '!M146</f>
-        <v>23711</v>
+        <v>346963</v>
       </c>
       <c r="N146" s="2">
         <f>[1]FNB!N146+[1]BWHK!N146+[1]SBN!N146+[1]NBN!N146+[1]LBN!N146+'[1]Bank Bic'!N146+'[1]ATL '!N146</f>
-        <v>603</v>
+        <v>97324</v>
       </c>
       <c r="O146" s="2">
         <f>[1]FNB!O146+[1]BWHK!O146+[1]SBN!O146+[1]NBN!O146+[1]LBN!O146+'[1]Bank Bic'!O146+'[1]ATL '!O146</f>
-        <v>778881</v>
+        <v>489893</v>
       </c>
       <c r="P146" s="2">
         <f>[1]FNB!P146+[1]BWHK!P146+[1]SBN!P146+[1]NBN!P146+[1]LBN!P146+'[1]Bank Bic'!P146+'[1]ATL '!P146</f>
-        <v>16084</v>
+        <v>-89892</v>
       </c>
       <c r="Q146" s="2">
         <f>[1]FNB!Q146+[1]BWHK!Q146+[1]SBN!Q146+[1]NBN!Q146+[1]LBN!Q146+'[1]Bank Bic'!Q146+'[1]ATL '!Q146</f>
-        <v>762614</v>
+        <v>758839</v>
       </c>
     </row>
     <row r="147" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
         <v>88</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C147" s="2">
         <f>[1]FNB!C147+[1]BWHK!C147+[1]SBN!C147+[1]NBN!C147+[1]LBN!C147+'[1]Bank Bic'!C147+'[1]ATL '!C147</f>
-        <v>88.34</v>
+        <v>0.94023021268190821</v>
       </c>
       <c r="D147" s="2">
         <f>[1]FNB!D147+[1]BWHK!D147+[1]SBN!D147+[1]NBN!D147+[1]LBN!D147+'[1]Bank Bic'!D147+'[1]ATL '!D147</f>
-        <v>27.740000000000006</v>
+        <v>0.2925237017774745</v>
       </c>
       <c r="E147" s="2">
         <f>[1]FNB!E147+[1]BWHK!E147+[1]SBN!E147+[1]NBN!E147+[1]LBN!E147+'[1]Bank Bic'!E147+'[1]ATL '!E147</f>
-        <v>44.730000000000004</v>
+        <v>0.46774774764873217</v>
       </c>
       <c r="F147" s="2">
         <f>[1]FNB!F147+[1]BWHK!F147+[1]SBN!F147+[1]NBN!F147+[1]LBN!F147+'[1]Bank Bic'!F147+'[1]ATL '!F147</f>
-        <v>68.150000000000006</v>
+        <v>0.71901455663172764</v>
       </c>
       <c r="G147" s="2">
         <f>[1]FNB!G147+[1]BWHK!G147+[1]SBN!G147+[1]NBN!G147+[1]LBN!G147+'[1]Bank Bic'!G147+'[1]ATL '!G147</f>
-        <v>59.379999999999995</v>
+        <v>0.6306399368458725</v>
       </c>
       <c r="H147" s="2">
         <f>[1]FNB!H147+[1]BWHK!H147+[1]SBN!H147+[1]NBN!H147+[1]LBN!H147+'[1]Bank Bic'!H147+'[1]ATL '!H147</f>
-        <v>37.720000000000006</v>
+        <v>0.74748382330656771</v>
       </c>
       <c r="I147" s="2">
         <f>[1]FNB!I147+[1]BWHK!I147+[1]SBN!I147+[1]NBN!I147+[1]LBN!I147+'[1]Bank Bic'!I147+'[1]ATL '!I147</f>
-        <v>168.29000000000002</v>
+        <v>1.3975184479801166</v>
       </c>
       <c r="J147" s="2">
         <f>[1]FNB!J147+[1]BWHK!J147+[1]SBN!J147+[1]NBN!J147+[1]LBN!J147+'[1]Bank Bic'!J147+'[1]ATL '!J147</f>
-        <v>45.07</v>
+        <v>0.49972407932589324</v>
       </c>
       <c r="K147" s="2">
         <f>[1]FNB!K147+[1]BWHK!K147+[1]SBN!K147+[1]NBN!K147+[1]LBN!K147+'[1]Bank Bic'!K147+'[1]ATL '!K147</f>
-        <v>97.499999999999986</v>
+        <v>1.276604912888192</v>
       </c>
       <c r="L147" s="2">
         <f>[1]FNB!L147+[1]BWHK!L147+[1]SBN!L147+[1]NBN!L147+[1]LBN!L147+'[1]Bank Bic'!L147+'[1]ATL '!L147</f>
-        <v>105.00000000000001</v>
+        <v>1.0597195969354503</v>
       </c>
       <c r="M147" s="2">
         <f>[1]FNB!M147+[1]BWHK!M147+[1]SBN!M147+[1]NBN!M147+[1]LBN!M147+'[1]Bank Bic'!M147+'[1]ATL '!M147</f>
-        <v>112.17</v>
+        <v>1.1531171758302277</v>
       </c>
       <c r="N147" s="2">
         <f>[1]FNB!N147+[1]BWHK!N147+[1]SBN!N147+[1]NBN!N147+[1]LBN!N147+'[1]Bank Bic'!N147+'[1]ATL '!N147</f>
-        <v>61.75</v>
+        <v>0.74263913489762046</v>
       </c>
       <c r="O147" s="2">
         <f>[1]FNB!O147+[1]BWHK!O147+[1]SBN!O147+[1]NBN!O147+[1]LBN!O147+'[1]Bank Bic'!O147+'[1]ATL '!O147</f>
-        <v>699.09999999999991</v>
+        <v>4.3196925987713053</v>
       </c>
       <c r="P147" s="2">
         <f>[1]FNB!P147+[1]BWHK!P147+[1]SBN!P147+[1]NBN!P147+[1]LBN!P147+'[1]Bank Bic'!P147+'[1]ATL '!P147</f>
-        <v>86.57</v>
+        <v>4.3154914377298326</v>
       </c>
       <c r="Q147" s="2">
         <f>[1]FNB!Q147+[1]BWHK!Q147+[1]SBN!Q147+[1]NBN!Q147+[1]LBN!Q147+'[1]Bank Bic'!Q147+'[1]ATL '!Q147</f>
-        <v>1701.4900000000002</v>
+        <v>18.562147363250922</v>
       </c>
     </row>
     <row r="148" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
         <v>86</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C148" s="2">
         <f>[1]FNB!C148+[1]BWHK!C148+[1]SBN!C148+[1]NBN!C148+[1]LBN!C148+'[1]Bank Bic'!C148+'[1]ATL '!C148</f>
-        <v>6348</v>
+        <v>9434</v>
       </c>
       <c r="D148" s="2">
         <f>[1]FNB!D148+[1]BWHK!D148+[1]SBN!D148+[1]NBN!D148+[1]LBN!D148+'[1]Bank Bic'!D148+'[1]ATL '!D148</f>
-        <v>271</v>
+        <v>2755</v>
       </c>
       <c r="E148" s="2">
         <f>[1]FNB!E148+[1]BWHK!E148+[1]SBN!E148+[1]NBN!E148+[1]LBN!E148+'[1]Bank Bic'!E148+'[1]ATL '!E148</f>
-        <v>548</v>
+        <v>3485</v>
       </c>
       <c r="F148" s="2">
         <f>[1]FNB!F148+[1]BWHK!F148+[1]SBN!F148+[1]NBN!F148+[1]LBN!F148+'[1]Bank Bic'!F148+'[1]ATL '!F148</f>
-        <v>2264</v>
+        <v>3582</v>
       </c>
       <c r="G148" s="2">
         <f>[1]FNB!G148+[1]BWHK!G148+[1]SBN!G148+[1]NBN!G148+[1]LBN!G148+'[1]Bank Bic'!G148+'[1]ATL '!G148</f>
-        <v>5914</v>
+        <v>8133</v>
       </c>
       <c r="H148" s="2">
         <f>[1]FNB!H148+[1]BWHK!H148+[1]SBN!H148+[1]NBN!H148+[1]LBN!H148+'[1]Bank Bic'!H148+'[1]ATL '!H148</f>
-        <v>756</v>
+        <v>4699</v>
       </c>
       <c r="I148" s="2">
         <f>[1]FNB!I148+[1]BWHK!I148+[1]SBN!I148+[1]NBN!I148+[1]LBN!I148+'[1]Bank Bic'!I148+'[1]ATL '!I148</f>
-        <v>7792</v>
+        <v>14041</v>
       </c>
       <c r="J148" s="2">
         <f>[1]FNB!J148+[1]BWHK!J148+[1]SBN!J148+[1]NBN!J148+[1]LBN!J148+'[1]Bank Bic'!J148+'[1]ATL '!J148</f>
-        <v>2983</v>
+        <v>5905</v>
       </c>
       <c r="K148" s="2">
         <f>[1]FNB!K148+[1]BWHK!K148+[1]SBN!K148+[1]NBN!K148+[1]LBN!K148+'[1]Bank Bic'!K148+'[1]ATL '!K148</f>
-        <v>5581</v>
+        <v>13727</v>
       </c>
       <c r="L148" s="2">
         <f>[1]FNB!L148+[1]BWHK!L148+[1]SBN!L148+[1]NBN!L148+[1]LBN!L148+'[1]Bank Bic'!L148+'[1]ATL '!L148</f>
-        <v>3043</v>
+        <v>3419</v>
       </c>
       <c r="M148" s="2">
         <f>[1]FNB!M148+[1]BWHK!M148+[1]SBN!M148+[1]NBN!M148+[1]LBN!M148+'[1]Bank Bic'!M148+'[1]ATL '!M148</f>
-        <v>4894</v>
+        <v>16338</v>
       </c>
       <c r="N148" s="2">
         <f>[1]FNB!N148+[1]BWHK!N148+[1]SBN!N148+[1]NBN!N148+[1]LBN!N148+'[1]Bank Bic'!N148+'[1]ATL '!N148</f>
-        <v>468</v>
+        <v>12593</v>
       </c>
       <c r="O148" s="2">
         <f>[1]FNB!O148+[1]BWHK!O148+[1]SBN!O148+[1]NBN!O148+[1]LBN!O148+'[1]Bank Bic'!O148+'[1]ATL '!O148</f>
-        <v>640198</v>
+        <v>472191</v>
       </c>
       <c r="P148" s="2">
         <f>[1]FNB!P148+[1]BWHK!P148+[1]SBN!P148+[1]NBN!P148+[1]LBN!P148+'[1]Bank Bic'!P148+'[1]ATL '!P148</f>
-        <v>9578</v>
+        <v>124651</v>
       </c>
       <c r="Q148" s="2">
         <f>[1]FNB!Q148+[1]BWHK!Q148+[1]SBN!Q148+[1]NBN!Q148+[1]LBN!Q148+'[1]Bank Bic'!Q148+'[1]ATL '!Q148</f>
-        <v>690638</v>
+        <v>694953</v>
       </c>
     </row>
     <row r="149" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
         <v>85</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C149" s="2">
         <f>[1]FNB!C149+[1]BWHK!C149+[1]SBN!C149+[1]NBN!C149+[1]LBN!C149+'[1]Bank Bic'!C149+'[1]ATL '!C149</f>
-        <v>20368829</v>
+        <v>18886593</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2"/>
       <c r="F149" s="2"/>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
       <c r="I149" s="2"/>
       <c r="J149" s="2"/>
       <c r="K149" s="2"/>
       <c r="L149" s="2"/>
       <c r="M149" s="2"/>
       <c r="N149" s="2"/>
       <c r="O149" s="2"/>
       <c r="P149" s="2"/>
       <c r="Q149" s="2"/>
     </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="C150" s="4">
+        <f>C142/Q142</f>
+        <v>5.066756347478206E-2</v>
+      </c>
+      <c r="D150" s="4">
+        <f>D142/Q142</f>
+        <v>1.6613624966152939E-2</v>
+      </c>
+      <c r="E150" s="4">
+        <f>E142/Q142</f>
+        <v>2.5289149224532046E-2</v>
+      </c>
+      <c r="F150" s="4">
+        <f>F142/Q142</f>
+        <v>3.9054592968404245E-2</v>
+      </c>
+      <c r="G150" s="4">
+        <f>G142/Q142</f>
+        <v>3.2416588448973521E-2</v>
+      </c>
+      <c r="H150" s="4">
+        <f>H142/Q142</f>
+        <v>2.9351102730072264E-2</v>
+      </c>
+      <c r="I150" s="4">
+        <f>I142/Q142</f>
+        <v>7.3050329519932719E-2</v>
+      </c>
+      <c r="J150" s="4">
+        <f>J142/Q142</f>
+        <v>2.96720071938038E-2</v>
+      </c>
+      <c r="K150" s="4">
+        <f>K142/Q142</f>
+        <v>6.3055466892183734E-2</v>
+      </c>
+      <c r="L150" s="4">
+        <f>L142/Q142</f>
+        <v>6.5899812570842736E-2</v>
+      </c>
+      <c r="M150" s="4">
+        <f>M142/Q142</f>
+        <v>7.9363650437063421E-2</v>
+      </c>
+      <c r="N150" s="4">
+        <f>N142/Q142</f>
+        <v>4.468971564085375E-2</v>
+      </c>
+      <c r="O150" s="4">
+        <f>O142/Q142</f>
+        <v>0.29566483814376576</v>
+      </c>
+      <c r="P150" s="4">
+        <f>P142/Q142</f>
+        <v>0.15521155778863699</v>
+      </c>
+      <c r="Q150" s="4">
+        <f>SUM(C150:P150)</f>
+        <v>1</v>
+      </c>
+    </row>
     <row r="151" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
         <v>16</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>77</v>
       </c>
@@ -24524,232 +25931,291 @@
       <c r="L152" s="1" t="s">
         <v>68</v>
       </c>
       <c r="M152" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N152" s="1" t="s">
         <v>66</v>
       </c>
       <c r="O152" s="1" t="s">
         <v>65</v>
       </c>
       <c r="P152" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="153" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
         <v>44</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C153" s="2">
         <f>[1]FNB!C153+[1]BWHK!C153+[1]SBN!C153+[1]NBN!C153+[1]LBN!C153+'[1]Bank Bic'!C153+'[1]ATL '!C153</f>
-        <v>569124</v>
+        <v>584776</v>
       </c>
       <c r="D153" s="2">
         <f>[1]FNB!D153+[1]BWHK!D153+[1]SBN!D153+[1]NBN!D153+[1]LBN!D153+'[1]Bank Bic'!D153+'[1]ATL '!D153</f>
-        <v>10967820</v>
+        <v>11540818</v>
       </c>
       <c r="E153" s="2">
         <f>[1]FNB!E153+[1]BWHK!E153+[1]SBN!E153+[1]NBN!E153+[1]LBN!E153+'[1]Bank Bic'!E153+'[1]ATL '!E153</f>
-        <v>1617114</v>
+        <v>1620838</v>
       </c>
       <c r="F153" s="2">
         <f>[1]FNB!F153+[1]BWHK!F153+[1]SBN!F153+[1]NBN!F153+[1]LBN!F153+'[1]Bank Bic'!F153+'[1]ATL '!F153</f>
-        <v>2398430</v>
+        <v>2420217</v>
       </c>
       <c r="G153" s="2">
         <f>[1]FNB!G153+[1]BWHK!G153+[1]SBN!G153+[1]NBN!G153+[1]LBN!G153+'[1]Bank Bic'!G153+'[1]ATL '!G153</f>
-        <v>1258528</v>
+        <v>1319830</v>
       </c>
       <c r="H153" s="2">
         <f>[1]FNB!H153+[1]BWHK!H153+[1]SBN!H153+[1]NBN!H153+[1]LBN!H153+'[1]Bank Bic'!H153+'[1]ATL '!H153</f>
-        <v>71693752</v>
+        <v>91436907</v>
       </c>
       <c r="I153" s="2">
         <f>[1]FNB!I153+[1]BWHK!I153+[1]SBN!I153+[1]NBN!I153+[1]LBN!I153+'[1]Bank Bic'!I153+'[1]ATL '!I153</f>
-        <v>844706</v>
+        <v>820689</v>
       </c>
       <c r="J153" s="2">
         <f>[1]FNB!J153+[1]BWHK!J153+[1]SBN!J153+[1]NBN!J153+[1]LBN!J153+'[1]Bank Bic'!J153+'[1]ATL '!J153</f>
-        <v>879918</v>
+        <v>856342</v>
       </c>
       <c r="K153" s="2">
         <f>[1]FNB!K153+[1]BWHK!K153+[1]SBN!K153+[1]NBN!K153+[1]LBN!K153+'[1]Bank Bic'!K153+'[1]ATL '!K153</f>
-        <v>1813638</v>
+        <v>1766585</v>
       </c>
       <c r="L153" s="2">
         <f>[1]FNB!L153+[1]BWHK!L153+[1]SBN!L153+[1]NBN!L153+[1]LBN!L153+'[1]Bank Bic'!L153+'[1]ATL '!L153</f>
-        <v>739280</v>
+        <v>740162</v>
       </c>
       <c r="M153" s="2">
         <f>[1]FNB!M153+[1]BWHK!M153+[1]SBN!M153+[1]NBN!M153+[1]LBN!M153+'[1]Bank Bic'!M153+'[1]ATL '!M153</f>
-        <v>5388540</v>
+        <v>5023752</v>
       </c>
       <c r="N153" s="2">
         <f>[1]FNB!N153+[1]BWHK!N153+[1]SBN!N153+[1]NBN!N153+[1]LBN!N153+'[1]Bank Bic'!N153+'[1]ATL '!N153</f>
-        <v>1493896</v>
+        <v>1514150</v>
       </c>
       <c r="O153" s="2">
         <f>[1]FNB!O153+[1]BWHK!O153+[1]SBN!O153+[1]NBN!O153+[1]LBN!O153+'[1]Bank Bic'!O153+'[1]ATL '!O153</f>
-        <v>21238994</v>
+        <v>4457290</v>
       </c>
       <c r="P153" s="2">
         <f>[1]FNB!P153+[1]BWHK!P153+[1]SBN!P153+[1]NBN!P153+[1]LBN!P153+'[1]Bank Bic'!P153+'[1]ATL '!P153</f>
-        <v>120903740</v>
+        <v>124102356</v>
       </c>
     </row>
     <row r="154" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
         <v>42</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C154" s="2">
         <f>[1]FNB!C154+[1]BWHK!C154+[1]SBN!C154+[1]NBN!C154+[1]LBN!C154+'[1]Bank Bic'!C154+'[1]ATL '!C154</f>
-        <v>29833</v>
+        <v>30927</v>
       </c>
       <c r="D154" s="2">
         <f>[1]FNB!D154+[1]BWHK!D154+[1]SBN!D154+[1]NBN!D154+[1]LBN!D154+'[1]Bank Bic'!D154+'[1]ATL '!D154</f>
-        <v>418707</v>
+        <v>485949</v>
       </c>
       <c r="E154" s="2">
         <f>[1]FNB!E154+[1]BWHK!E154+[1]SBN!E154+[1]NBN!E154+[1]LBN!E154+'[1]Bank Bic'!E154+'[1]ATL '!E154</f>
-        <v>34905</v>
+        <v>36736</v>
       </c>
       <c r="F154" s="2">
         <f>[1]FNB!F154+[1]BWHK!F154+[1]SBN!F154+[1]NBN!F154+[1]LBN!F154+'[1]Bank Bic'!F154+'[1]ATL '!F154</f>
-        <v>174000</v>
+        <v>185451</v>
       </c>
       <c r="G154" s="2">
         <f>[1]FNB!G154+[1]BWHK!G154+[1]SBN!G154+[1]NBN!G154+[1]LBN!G154+'[1]Bank Bic'!G154+'[1]ATL '!G154</f>
-        <v>49267</v>
+        <v>48830</v>
       </c>
       <c r="H154" s="2">
         <f>[1]FNB!H154+[1]BWHK!H154+[1]SBN!H154+[1]NBN!H154+[1]LBN!H154+'[1]Bank Bic'!H154+'[1]ATL '!H154</f>
-        <v>3530700</v>
+        <v>4397615</v>
       </c>
       <c r="I154" s="2">
         <f>[1]FNB!I154+[1]BWHK!I154+[1]SBN!I154+[1]NBN!I154+[1]LBN!I154+'[1]Bank Bic'!I154+'[1]ATL '!I154</f>
-        <v>28864</v>
+        <v>45985</v>
       </c>
       <c r="J154" s="2">
         <f>[1]FNB!J154+[1]BWHK!J154+[1]SBN!J154+[1]NBN!J154+[1]LBN!J154+'[1]Bank Bic'!J154+'[1]ATL '!J154</f>
-        <v>21717</v>
+        <v>15015</v>
       </c>
       <c r="K154" s="2">
         <f>[1]FNB!K154+[1]BWHK!K154+[1]SBN!K154+[1]NBN!K154+[1]LBN!K154+'[1]Bank Bic'!K154+'[1]ATL '!K154</f>
-        <v>40580</v>
+        <v>38413</v>
       </c>
       <c r="L154" s="2">
         <f>[1]FNB!L154+[1]BWHK!L154+[1]SBN!L154+[1]NBN!L154+[1]LBN!L154+'[1]Bank Bic'!L154+'[1]ATL '!L154</f>
-        <v>16886</v>
+        <v>19626</v>
       </c>
       <c r="M154" s="2">
         <f>[1]FNB!M154+[1]BWHK!M154+[1]SBN!M154+[1]NBN!M154+[1]LBN!M154+'[1]Bank Bic'!M154+'[1]ATL '!M154</f>
-        <v>236822</v>
+        <v>220774</v>
       </c>
       <c r="N154" s="2">
         <f>[1]FNB!N154+[1]BWHK!N154+[1]SBN!N154+[1]NBN!N154+[1]LBN!N154+'[1]Bank Bic'!N154+'[1]ATL '!N154</f>
-        <v>90111</v>
+        <v>95031</v>
       </c>
       <c r="O154" s="2">
         <f>[1]FNB!O154+[1]BWHK!O154+[1]SBN!O154+[1]NBN!O154+[1]LBN!O154+'[1]Bank Bic'!O154+'[1]ATL '!O154</f>
-        <v>1270614</v>
+        <v>295021</v>
       </c>
       <c r="P154" s="2">
         <f>[1]FNB!P154+[1]BWHK!P154+[1]SBN!P154+[1]NBN!P154+[1]LBN!P154+'[1]Bank Bic'!P154+'[1]ATL '!P154</f>
-        <v>5943006</v>
+        <v>5915373</v>
       </c>
     </row>
     <row r="155" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
         <v>30</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C155" s="2">
         <f>[1]FNB!C155+[1]BWHK!C155+[1]SBN!C155+[1]NBN!C155+[1]LBN!C155+'[1]Bank Bic'!C155+'[1]ATL '!C155</f>
-        <v>15191</v>
+        <v>13995</v>
       </c>
       <c r="D155" s="2">
         <f>[1]FNB!D155+[1]BWHK!D155+[1]SBN!D155+[1]NBN!D155+[1]LBN!D155+'[1]Bank Bic'!D155+'[1]ATL '!D155</f>
-        <v>68090</v>
+        <v>87779</v>
       </c>
       <c r="E155" s="2">
         <f>[1]FNB!E155+[1]BWHK!E155+[1]SBN!E155+[1]NBN!E155+[1]LBN!E155+'[1]Bank Bic'!E155+'[1]ATL '!E155</f>
-        <v>17310</v>
+        <v>17515</v>
       </c>
       <c r="F155" s="2">
         <f>[1]FNB!F155+[1]BWHK!F155+[1]SBN!F155+[1]NBN!F155+[1]LBN!F155+'[1]Bank Bic'!F155+'[1]ATL '!F155</f>
-        <v>32872</v>
+        <v>32751</v>
       </c>
       <c r="G155" s="2">
         <f>[1]FNB!G155+[1]BWHK!G155+[1]SBN!G155+[1]NBN!G155+[1]LBN!G155+'[1]Bank Bic'!G155+'[1]ATL '!G155</f>
-        <v>29979</v>
+        <v>32011</v>
       </c>
       <c r="H155" s="2">
         <f>[1]FNB!H155+[1]BWHK!H155+[1]SBN!H155+[1]NBN!H155+[1]LBN!H155+'[1]Bank Bic'!H155+'[1]ATL '!H155</f>
-        <v>295526</v>
+        <v>313259</v>
       </c>
       <c r="I155" s="2">
         <f>[1]FNB!I155+[1]BWHK!I155+[1]SBN!I155+[1]NBN!I155+[1]LBN!I155+'[1]Bank Bic'!I155+'[1]ATL '!I155</f>
-        <v>14340</v>
+        <v>16885</v>
       </c>
       <c r="J155" s="2">
         <f>[1]FNB!J155+[1]BWHK!J155+[1]SBN!J155+[1]NBN!J155+[1]LBN!J155+'[1]Bank Bic'!J155+'[1]ATL '!J155</f>
-        <v>26453</v>
+        <v>20990</v>
       </c>
       <c r="K155" s="2">
         <f>[1]FNB!K155+[1]BWHK!K155+[1]SBN!K155+[1]NBN!K155+[1]LBN!K155+'[1]Bank Bic'!K155+'[1]ATL '!K155</f>
-        <v>15749</v>
+        <v>15332</v>
       </c>
       <c r="L155" s="2">
         <f>[1]FNB!L155+[1]BWHK!L155+[1]SBN!L155+[1]NBN!L155+[1]LBN!L155+'[1]Bank Bic'!L155+'[1]ATL '!L155</f>
-        <v>13390</v>
+        <v>12791</v>
       </c>
       <c r="M155" s="2">
         <f>[1]FNB!M155+[1]BWHK!M155+[1]SBN!M155+[1]NBN!M155+[1]LBN!M155+'[1]Bank Bic'!M155+'[1]ATL '!M155</f>
-        <v>95438</v>
+        <v>67130</v>
       </c>
       <c r="N155" s="2">
         <f>[1]FNB!N155+[1]BWHK!N155+[1]SBN!N155+[1]NBN!N155+[1]LBN!N155+'[1]Bank Bic'!N155+'[1]ATL '!N155</f>
-        <v>16262</v>
+        <v>15800</v>
       </c>
       <c r="O155" s="2">
         <f>[1]FNB!O155+[1]BWHK!O155+[1]SBN!O155+[1]NBN!O155+[1]LBN!O155+'[1]Bank Bic'!O155+'[1]ATL '!O155</f>
-        <v>50039</v>
+        <v>48720</v>
       </c>
       <c r="P155" s="2">
         <f>[1]FNB!P155+[1]BWHK!P155+[1]SBN!P155+[1]NBN!P155+[1]LBN!P155+'[1]Bank Bic'!P155+'[1]ATL '!P155</f>
-        <v>690639</v>
-      </c>
+        <v>694958</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="C156" s="4">
+        <f>C153/124102356</f>
+        <v>4.7120459179679072E-3</v>
+      </c>
+      <c r="D156" s="4">
+        <f>D153/124102356</f>
+        <v>9.2994350566559747E-2</v>
+      </c>
+      <c r="E156" s="4">
+        <f>E153/124102356</f>
+        <v>1.3060493388215773E-2</v>
+      </c>
+      <c r="F156" s="4">
+        <f>F153/124102356</f>
+        <v>1.9501781255466255E-2</v>
+      </c>
+      <c r="G156" s="4">
+        <f>G153/124102356</f>
+        <v>1.063501163507323E-2</v>
+      </c>
+      <c r="H156" s="4">
+        <f>H153/124102356</f>
+        <v>0.73678622990847975</v>
+      </c>
+      <c r="I156" s="4">
+        <f>I153/124102356</f>
+        <v>6.6130009651065771E-3</v>
+      </c>
+      <c r="J156" s="4">
+        <f>J153/124102356</f>
+        <v>6.9002880170945342E-3</v>
+      </c>
+      <c r="K156" s="4">
+        <f>K153/124102356</f>
+        <v>1.4234903002163795E-2</v>
+      </c>
+      <c r="L156" s="4">
+        <f>L153/124102356</f>
+        <v>5.9641252902563752E-3</v>
+      </c>
+      <c r="M156" s="4">
+        <f>M153/124102356</f>
+        <v>4.0480714161462011E-2</v>
+      </c>
+      <c r="N156" s="4">
+        <f>N153/124102356</f>
+        <v>1.2200815913599578E-2</v>
+      </c>
+      <c r="O156" s="4">
+        <f>O153/124102356</f>
+        <v>3.5916239978554476E-2</v>
+      </c>
+      <c r="P156" s="4">
+        <f>P153/124102356</f>
+        <v>1</v>
+      </c>
+      <c r="Q156" s="4"/>
     </row>
     <row r="157" spans="1:17" ht="27" x14ac:dyDescent="0.5">
       <c r="A157" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C157" s="1">
         <v>115900709</v>
       </c>
       <c r="D157" s="1">
         <v>118869468</v>
       </c>
       <c r="E157" s="1">
         <f>C157-D157</f>
         <v>-2968759</v>
       </c>
     </row>
     <row r="158" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
         <v>58</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>13</v>
@@ -24826,115 +26292,115 @@
         <v>31</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J163" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
         <v>44</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C164" s="2">
         <f>[1]FNB!C164+[1]BWHK!C164+[1]SBN!C164+[1]NBN!C164+[1]LBN!C164+'[1]Bank Bic'!C164+'[1]ATL '!C164</f>
         <v>0</v>
       </c>
       <c r="D164" s="2">
         <f>[1]FNB!D164+[1]BWHK!D164+[1]SBN!D164+[1]NBN!D164+[1]LBN!D164+'[1]Bank Bic'!D164+'[1]ATL '!D164</f>
-        <v>919335</v>
+        <v>806639</v>
       </c>
       <c r="E164" s="2">
         <f>[1]FNB!E164+[1]BWHK!E164+[1]SBN!E164+[1]NBN!E164+[1]LBN!E164+'[1]Bank Bic'!E164+'[1]ATL '!E164</f>
-        <v>228667</v>
+        <v>226722</v>
       </c>
       <c r="F164" s="2">
         <f>[1]FNB!F164+[1]BWHK!F164+[1]SBN!F164+[1]NBN!F164+[1]LBN!F164+'[1]Bank Bic'!F164+'[1]ATL '!F164</f>
         <v>0</v>
       </c>
       <c r="G164" s="2">
         <f>[1]FNB!G164+[1]BWHK!G164+[1]SBN!G164+[1]NBN!G164+[1]LBN!G164+'[1]Bank Bic'!G164+'[1]ATL '!G164</f>
-        <v>2483296</v>
+        <v>2400154</v>
       </c>
       <c r="H164" s="2">
         <f>[1]FNB!H164+[1]BWHK!H164+[1]SBN!H164+[1]NBN!H164+[1]LBN!H164+'[1]Bank Bic'!H164+'[1]ATL '!H164</f>
         <v>0</v>
       </c>
       <c r="I164" s="2">
         <f>[1]FNB!I164+[1]BWHK!I164+[1]SBN!I164+[1]NBN!I164+[1]LBN!I164+'[1]Bank Bic'!I164+'[1]ATL '!I164</f>
-        <v>37340040</v>
+        <v>35474544</v>
       </c>
       <c r="J164" s="2">
         <f>[1]FNB!J164+[1]BWHK!J164+[1]SBN!J164+[1]NBN!J164+[1]LBN!J164+'[1]Bank Bic'!J164+'[1]ATL '!J164</f>
-        <v>40971338</v>
+        <v>38908059</v>
       </c>
     </row>
     <row r="165" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
         <v>42</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C165" s="2">
         <f>[1]FNB!C165+[1]BWHK!C165+[1]SBN!C165+[1]NBN!C165+[1]LBN!C165+'[1]Bank Bic'!C165+'[1]ATL '!C165</f>
         <v>0</v>
       </c>
       <c r="D165" s="2">
         <f>[1]FNB!D165+[1]BWHK!D165+[1]SBN!D165+[1]NBN!D165+[1]LBN!D165+'[1]Bank Bic'!D165+'[1]ATL '!D165</f>
-        <v>541644</v>
+        <v>504401</v>
       </c>
       <c r="E165" s="2">
         <f>[1]FNB!E165+[1]BWHK!E165+[1]SBN!E165+[1]NBN!E165+[1]LBN!E165+'[1]Bank Bic'!E165+'[1]ATL '!E165</f>
-        <v>149629</v>
+        <v>148572</v>
       </c>
       <c r="F165" s="2">
         <f>[1]FNB!F165+[1]BWHK!F165+[1]SBN!F165+[1]NBN!F165+[1]LBN!F165+'[1]Bank Bic'!F165+'[1]ATL '!F165</f>
         <v>0</v>
       </c>
       <c r="G165" s="2">
         <f>[1]FNB!G165+[1]BWHK!G165+[1]SBN!G165+[1]NBN!G165+[1]LBN!G165+'[1]Bank Bic'!G165+'[1]ATL '!G165</f>
-        <v>1338866</v>
+        <v>1624066</v>
       </c>
       <c r="H165" s="2">
         <f>[1]FNB!H165+[1]BWHK!H165+[1]SBN!H165+[1]NBN!H165+[1]LBN!H165+'[1]Bank Bic'!H165+'[1]ATL '!H165</f>
         <v>0</v>
       </c>
       <c r="I165" s="2">
         <f>[1]FNB!I165+[1]BWHK!I165+[1]SBN!I165+[1]NBN!I165+[1]LBN!I165+'[1]Bank Bic'!I165+'[1]ATL '!I165</f>
-        <v>7887101</v>
+        <v>9271849</v>
       </c>
       <c r="J165" s="2">
         <f>[1]FNB!J165+[1]BWHK!J165+[1]SBN!J165+[1]NBN!J165+[1]LBN!J165+'[1]Bank Bic'!J165+'[1]ATL '!J165</f>
-        <v>9917240</v>
+        <v>11548888</v>
       </c>
     </row>
     <row r="167" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
         <v>16</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>35</v>
       </c>
     </row>
@@ -24976,319 +26442,319 @@
         <f>[1]FNB!D169+[1]BWHK!D169+[1]SBN!D169+[1]NBN!D169+[1]LBN!D169+'[1]Bank Bic'!D169+'[1]ATL '!D169</f>
         <v>0</v>
       </c>
       <c r="E169" s="2">
         <f>[1]FNB!E169+[1]BWHK!E169+[1]SBN!E169+[1]NBN!E169+[1]LBN!E169+'[1]Bank Bic'!E169+'[1]ATL '!E169</f>
         <v>0</v>
       </c>
       <c r="F169" s="2">
         <f>[1]FNB!F169+[1]BWHK!F169+[1]SBN!F169+[1]NBN!F169+[1]LBN!F169+'[1]Bank Bic'!F169+'[1]ATL '!F169</f>
         <v>0</v>
       </c>
       <c r="G169" s="2">
         <f>[1]FNB!G169+[1]BWHK!G169+[1]SBN!G169+[1]NBN!G169+[1]LBN!G169+'[1]Bank Bic'!G169+'[1]ATL '!G169</f>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
         <v>28</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C170" s="2">
         <f>[1]FNB!C170+[1]BWHK!C170+[1]SBN!C170+[1]NBN!C170+[1]LBN!C170+'[1]Bank Bic'!C170+'[1]ATL '!C170</f>
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D170" s="2">
         <f>[1]FNB!D170+[1]BWHK!D170+[1]SBN!D170+[1]NBN!D170+[1]LBN!D170+'[1]Bank Bic'!D170+'[1]ATL '!D170</f>
-        <v>421216</v>
+        <v>364947</v>
       </c>
       <c r="E170" s="2">
         <f>[1]FNB!E170+[1]BWHK!E170+[1]SBN!E170+[1]NBN!E170+[1]LBN!E170+'[1]Bank Bic'!E170+'[1]ATL '!E170</f>
-        <v>409445</v>
+        <v>405754</v>
       </c>
       <c r="F170" s="2">
         <f>[1]FNB!F170+[1]BWHK!F170+[1]SBN!F170+[1]NBN!F170+[1]LBN!F170+'[1]Bank Bic'!F170+'[1]ATL '!F170</f>
-        <v>3599</v>
+        <v>3082</v>
       </c>
       <c r="G170" s="2">
         <f>[1]FNB!G170+[1]BWHK!G170+[1]SBN!G170+[1]NBN!G170+[1]LBN!G170+'[1]Bank Bic'!G170+'[1]ATL '!G170</f>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
         <v>26</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C171" s="2">
         <f>[1]FNB!C171+[1]BWHK!C171+[1]SBN!C171+[1]NBN!C171+[1]LBN!C171+'[1]Bank Bic'!C171+'[1]ATL '!C171</f>
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D171" s="2">
         <f>[1]FNB!D171+[1]BWHK!D171+[1]SBN!D171+[1]NBN!D171+[1]LBN!D171+'[1]Bank Bic'!D171+'[1]ATL '!D171</f>
-        <v>322903</v>
+        <v>299039</v>
       </c>
       <c r="E171" s="2">
         <f>[1]FNB!E171+[1]BWHK!E171+[1]SBN!E171+[1]NBN!E171+[1]LBN!E171+'[1]Bank Bic'!E171+'[1]ATL '!E171</f>
-        <v>259810</v>
+        <v>287749</v>
       </c>
       <c r="F171" s="2">
         <f>[1]FNB!F171+[1]BWHK!F171+[1]SBN!F171+[1]NBN!F171+[1]LBN!F171+'[1]Bank Bic'!F171+'[1]ATL '!F171</f>
-        <v>3599</v>
+        <v>3082</v>
       </c>
       <c r="G171" s="2">
         <f>[1]FNB!G171+[1]BWHK!G171+[1]SBN!G171+[1]NBN!G171+[1]LBN!G171+'[1]Bank Bic'!G171+'[1]ATL '!G171</f>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
         <v>24</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C172" s="2">
         <f>[1]FNB!C172+[1]BWHK!C172+[1]SBN!C172+[1]NBN!C172+[1]LBN!C172+'[1]Bank Bic'!C172+'[1]ATL '!C172</f>
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D172" s="2">
         <f>[1]FNB!D172+[1]BWHK!D172+[1]SBN!D172+[1]NBN!D172+[1]LBN!D172+'[1]Bank Bic'!D172+'[1]ATL '!D172</f>
-        <v>98313</v>
+        <v>65908</v>
       </c>
       <c r="E172" s="2">
         <f>[1]FNB!E172+[1]BWHK!E172+[1]SBN!E172+[1]NBN!E172+[1]LBN!E172+'[1]Bank Bic'!E172+'[1]ATL '!E172</f>
-        <v>149635</v>
+        <v>118005</v>
       </c>
       <c r="F172" s="2">
         <f>[1]FNB!F172+[1]BWHK!F172+[1]SBN!F172+[1]NBN!F172+[1]LBN!F172+'[1]Bank Bic'!F172+'[1]ATL '!F172</f>
         <v>0</v>
       </c>
       <c r="G172" s="2">
         <f>[1]FNB!G172+[1]BWHK!G172+[1]SBN!G172+[1]NBN!G172+[1]LBN!G172+'[1]Bank Bic'!G172+'[1]ATL '!G172</f>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
         <v>22</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C173" s="2">
         <f>[1]FNB!C173+[1]BWHK!C173+[1]SBN!C173+[1]NBN!C173+[1]LBN!C173+'[1]Bank Bic'!C173+'[1]ATL '!C173</f>
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="D173" s="2">
         <f>[1]FNB!D173+[1]BWHK!D173+[1]SBN!D173+[1]NBN!D173+[1]LBN!D173+'[1]Bank Bic'!D173+'[1]ATL '!D173</f>
-        <v>32096</v>
+        <v>54656</v>
       </c>
       <c r="E173" s="2">
         <f>[1]FNB!E173+[1]BWHK!E173+[1]SBN!E173+[1]NBN!E173+[1]LBN!E173+'[1]Bank Bic'!E173+'[1]ATL '!E173</f>
-        <v>14005</v>
+        <v>33717</v>
       </c>
       <c r="F173" s="2">
         <f>[1]FNB!F173+[1]BWHK!F173+[1]SBN!F173+[1]NBN!F173+[1]LBN!F173+'[1]Bank Bic'!F173+'[1]ATL '!F173</f>
-        <v>7802</v>
+        <v>2274</v>
       </c>
       <c r="G173" s="2">
         <f>[1]FNB!G173+[1]BWHK!G173+[1]SBN!G173+[1]NBN!G173+[1]LBN!G173+'[1]Bank Bic'!G173+'[1]ATL '!G173</f>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
         <v>20</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C174" s="2">
         <f>[1]FNB!C174+[1]BWHK!C174+[1]SBN!C174+[1]NBN!C174+[1]LBN!C174+'[1]Bank Bic'!C174+'[1]ATL '!C174</f>
         <v>0</v>
       </c>
       <c r="D174" s="2">
         <f>[1]FNB!D174+[1]BWHK!D174+[1]SBN!D174+[1]NBN!D174+[1]LBN!D174+'[1]Bank Bic'!D174+'[1]ATL '!D174</f>
         <v>0</v>
       </c>
       <c r="E174" s="2">
         <f>[1]FNB!E174+[1]BWHK!E174+[1]SBN!E174+[1]NBN!E174+[1]LBN!E174+'[1]Bank Bic'!E174+'[1]ATL '!E174</f>
         <v>0</v>
       </c>
       <c r="F174" s="2">
         <f>[1]FNB!F174+[1]BWHK!F174+[1]SBN!F174+[1]NBN!F174+[1]LBN!F174+'[1]Bank Bic'!F174+'[1]ATL '!F174</f>
         <v>0</v>
       </c>
       <c r="G174" s="2">
         <f>[1]FNB!G174+[1]BWHK!G174+[1]SBN!G174+[1]NBN!G174+[1]LBN!G174+'[1]Bank Bic'!G174+'[1]ATL '!G174</f>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
         <v>18</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C175" s="2">
         <f>[1]FNB!C175+[1]BWHK!C175+[1]SBN!C175+[1]NBN!C175+[1]LBN!C175+'[1]Bank Bic'!C175+'[1]ATL '!C175</f>
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="D175" s="2">
         <f>[1]FNB!D175+[1]BWHK!D175+[1]SBN!D175+[1]NBN!D175+[1]LBN!D175+'[1]Bank Bic'!D175+'[1]ATL '!D175</f>
-        <v>453312</v>
+        <v>419603</v>
       </c>
       <c r="E175" s="2">
         <f>[1]FNB!E175+[1]BWHK!E175+[1]SBN!E175+[1]NBN!E175+[1]LBN!E175+'[1]Bank Bic'!E175+'[1]ATL '!E175</f>
-        <v>423450</v>
+        <v>439471</v>
       </c>
       <c r="F175" s="2">
         <f>[1]FNB!F175+[1]BWHK!F175+[1]SBN!F175+[1]NBN!F175+[1]LBN!F175+'[1]Bank Bic'!F175+'[1]ATL '!F175</f>
-        <v>11401</v>
+        <v>5356</v>
       </c>
       <c r="G175" s="2">
         <f>[1]FNB!G175+[1]BWHK!G175+[1]SBN!G175+[1]NBN!G175+[1]LBN!G175+'[1]Bank Bic'!G175+'[1]ATL '!G175</f>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
         <v>16</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
         <v>13</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
         <v>11</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C179" s="2">
         <f>[1]FNB!C179+[1]BWHK!C179+[1]SBN!C179+[1]NBN!C179+[1]LBN!C179+'[1]Bank Bic'!C179+'[1]ATL '!C179</f>
-        <v>1707</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>9</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C180" s="2">
         <f>[1]FNB!C180+[1]BWHK!C180+[1]SBN!C180+[1]NBN!C180+[1]LBN!C180+'[1]Bank Bic'!C180+'[1]ATL '!C180</f>
-        <v>545</v>
+        <v>509</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
         <v>7</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C181" s="2">
         <f>[1]FNB!C181+[1]BWHK!C181+[1]SBN!C181+[1]NBN!C181+[1]LBN!C181+'[1]Bank Bic'!C181+'[1]ATL '!C181</f>
-        <v>342</v>
+        <v>283</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
         <v>5</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C182" s="2">
         <f>[1]FNB!C182+[1]BWHK!C182+[1]SBN!C182+[1]NBN!C182+[1]LBN!C182+'[1]Bank Bic'!C182+'[1]ATL '!C182</f>
-        <v>233</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
         <v>3</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C183" s="2">
         <f>[1]FNB!C183+[1]BWHK!C183+[1]SBN!C183+[1]NBN!C183+[1]LBN!C183+'[1]Bank Bic'!C183+'[1]ATL '!C183</f>
-        <v>65</v>
+        <v>44</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
         <v>1</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C184" s="2">
         <f>[1]FNB!C184+[1]BWHK!C184+[1]SBN!C184+[1]NBN!C184+[1]LBN!C184+'[1]Bank Bic'!C184+'[1]ATL '!C184</f>
-        <v>2892</v>
+        <v>2764</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B68:H68"/>
     <mergeCell ref="B78:H78"/>
     <mergeCell ref="B88:H88"/>
     <mergeCell ref="B98:H98"/>
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="B18:H18"/>
     <mergeCell ref="B28:H28"/>
     <mergeCell ref="B38:H38"/>
     <mergeCell ref="B48:H48"/>
     <mergeCell ref="B58:H58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Public</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{82f1ab62-2277-4c0d-aa3e-21682a26c75c}" enabled="1" method="Privileged" siteId="{7fbedcc9-7201-4aa8-8786-7001cf6a0802}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>